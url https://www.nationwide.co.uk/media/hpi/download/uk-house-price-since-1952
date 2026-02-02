--- v0 (2025-10-02)
+++ v1 (2026-02-02)
@@ -4,60 +4,60 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\HPD\Press\Embargo\Internet HP Files\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{019D02F2-AF9C-4DDD-820A-95768823FD02}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7A06E053-1F4F-4E70-92E0-608321FD39CF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13896" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="UK HP Since 1952" sheetId="1" r:id="rId1"/>
     <sheet name="Notes" sheetId="3" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Notes!$A$1:$M$29</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'UK HP Since 1952'!$A$1:$M$267</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">Notes!$A:$A,Notes!$1:$3</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'UK HP Since 1952'!$A:$A,'UK HP Since 1952'!$1:$6</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
@@ -108,51 +108,51 @@
   <c r="M220" i="1"/>
   <c r="B221" i="1"/>
   <c r="D221" i="1"/>
   <c r="E221" i="1"/>
   <c r="G221" i="1"/>
   <c r="H221" i="1"/>
   <c r="J221" i="1"/>
   <c r="K221" i="1"/>
   <c r="M221" i="1"/>
   <c r="B222" i="1"/>
   <c r="D222" i="1"/>
   <c r="E222" i="1"/>
   <c r="G222" i="1"/>
   <c r="H222" i="1"/>
   <c r="J222" i="1"/>
   <c r="K222" i="1"/>
   <c r="M222" i="1"/>
   <c r="D223" i="1"/>
   <c r="G223" i="1"/>
   <c r="J223" i="1"/>
   <c r="M223" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="338" uniqueCount="314">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="339" uniqueCount="315">
   <si>
     <t>£</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>Q4 1952</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>Q1 1953</t>
   </si>
   <si>
     <t>Q2 1953</t>
   </si>
   <si>
     <t>Q3 1953</t>
   </si>
   <si>
     <t>Q4 1953</t>
   </si>
   <si>
@@ -1051,50 +1051,53 @@
     <t>Q4 2023</t>
   </si>
   <si>
     <t>Q1 2024</t>
   </si>
   <si>
     <t>Q2 2024</t>
   </si>
   <si>
     <t>Q3 2024</t>
   </si>
   <si>
     <t>Q4 2024</t>
   </si>
   <si>
     <t>2024 - Major update to the neighbourhood classification (ACORN) variables used in the model following Census 2021 publication</t>
   </si>
   <si>
     <t>Q1 2025</t>
   </si>
   <si>
     <t>Q2 2025</t>
   </si>
   <si>
     <t>Q3 2025</t>
+  </si>
+  <si>
+    <t>Q4 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -2442,55 +2445,55 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A2:M298"/>
+  <dimension ref="A2:M299"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane ySplit="6" topLeftCell="A279" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A298" sqref="A298"/>
+      <pane ySplit="6" topLeftCell="A288" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A299" sqref="A299"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="10" style="1" customWidth="1"/>
     <col min="2" max="13" width="8.5546875" style="1" customWidth="1"/>
     <col min="14" max="16384" width="9.109375" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:13" ht="39.75" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="3" spans="1:13" ht="36" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B3" s="12" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="4" spans="1:13" x14ac:dyDescent="0.3">
       <c r="B4" s="60" t="s">
         <v>222</v>
       </c>
       <c r="C4" s="61"/>
       <c r="D4" s="62"/>
       <c r="E4" s="61" t="s">
         <v>223</v>
       </c>
       <c r="F4" s="61"/>
@@ -13837,50 +13840,73 @@
       <c r="G297" s="13">
         <v>5.0304293951541794</v>
       </c>
     </row>
     <row r="298" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A298" s="1" t="s">
         <v>313</v>
       </c>
       <c r="B298" s="20">
         <v>14429.199396333346</v>
       </c>
       <c r="C298" s="7">
         <v>272818.61054448999</v>
       </c>
       <c r="D298" s="22">
         <v>2.3171550126260851</v>
       </c>
       <c r="E298" s="20">
         <v>14986.957301027123</v>
       </c>
       <c r="F298" s="7">
         <v>315707.74308473</v>
       </c>
       <c r="G298" s="13">
         <v>5.520300718106081</v>
+      </c>
+    </row>
+    <row r="299" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A299" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="B299" s="20">
+        <v>14442.860824874984</v>
+      </c>
+      <c r="C299" s="7">
+        <v>273076.912606192</v>
+      </c>
+      <c r="D299" s="22">
+        <v>1.6977904799035086</v>
+      </c>
+      <c r="E299" s="20">
+        <v>15032.365952099095</v>
+      </c>
+      <c r="F299" s="7">
+        <v>316664.29900588898</v>
+      </c>
+      <c r="G299" s="13">
+        <v>2.9222016565380402</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="E4:G4"/>
     <mergeCell ref="H4:J4"/>
     <mergeCell ref="K4:M4"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
   <pageMargins left="0.74803149606299213" right="0.74803149606299213" top="0.49" bottom="0.47" header="0.37" footer="0.28999999999999998"/>
   <pageSetup paperSize="9" scale="70" fitToHeight="4" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;"Tahoma,Regular"www.nationwide.co.uk/hpi&amp;C&amp;"Tahoma,Regular"&amp;P</oddFooter>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="83" max="12" man="1"/>
     <brk id="163" max="12" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">