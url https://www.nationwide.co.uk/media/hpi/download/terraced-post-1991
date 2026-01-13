--- v0 (2025-10-02)
+++ v1 (2026-01-13)
@@ -1,88 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\HPD\Press\Embargo\Internet HP Files\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{6764359A-174D-4C06-8728-7B6F1FD70564}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{CA1C190E-F62F-450A-91E9-026E70048963}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{49FC8ED4-582F-4F58-AF9B-C7ACF0E02658}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{0F20A129-EB16-46F3-97E1-1FD12B9485B7}"/>
   </bookViews>
   <sheets>
     <sheet name="Z9 terr" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Z9 terr'!$A$1:$AC$91</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Z9 terr'!$A:$A,'Z9 terr'!$1:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1257" uniqueCount="157">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1284" uniqueCount="158">
   <si>
     <t>Q1 1993</t>
   </si>
   <si>
     <t>NORTH</t>
   </si>
   <si>
     <t>YORKS &amp; THE HUMBER</t>
   </si>
   <si>
     <t>NORTH WEST</t>
   </si>
   <si>
     <t>EAST MIDS</t>
   </si>
   <si>
     <t>WEST MIDS</t>
   </si>
   <si>
     <t>EAST ANGLIA</t>
   </si>
   <si>
     <t>OUTER S EAST</t>
   </si>
   <si>
@@ -509,63 +509,67 @@
     <t>Q3 2023</t>
   </si>
   <si>
     <t>Q4 2023</t>
   </si>
   <si>
     <t>Q1 2024</t>
   </si>
   <si>
     <t>Q2 2024</t>
   </si>
   <si>
     <t>Q3 2024</t>
   </si>
   <si>
     <t>Q4 2024</t>
   </si>
   <si>
     <t>Q1 2025</t>
   </si>
   <si>
     <t>Q2 2025</t>
   </si>
   <si>
     <t>Q3 2025</t>
+  </si>
+  <si>
+    <t>Q4 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
-  <fonts count="3">
+  <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="MS Sans Serif"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="12">
     <border>
       <left/>
@@ -772,52 +776,52 @@
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="1" fontId="2" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="1" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="1" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="2" applyFont="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal_Z5" xfId="2" xr:uid="{57456E63-729C-4FCA-99BB-27994D7F54A7}"/>
-    <cellStyle name="Normal_Z9" xfId="1" xr:uid="{2FFF5300-09FE-4013-B163-210B8FFA38EC}"/>
+    <cellStyle name="Normal_Z5" xfId="2" xr:uid="{838D1CCD-86E1-49A6-9A30-432E8BC5EE61}"/>
+    <cellStyle name="Normal_Z9" xfId="1" xr:uid="{09F06765-927C-4A81-97A0-985291C41F83}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Nationwide Brand Refresh">
       <a:dk1>
         <a:srgbClr val="02081E"/>
       </a:dk1>
@@ -1167,67 +1171,67 @@
         <a:extLst>
           <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
             <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:effectLst>
                 <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                   <a:srgbClr val="808080"/>
                 </a:outerShdw>
               </a:effectLst>
             </a14:hiddenEffects>
           </a:ext>
         </a:extLst>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{14086769-D60E-48F4-89B8-85673A724801}">
-  <dimension ref="A1:AC142"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E56F212C-4F2D-4007-BB77-72455112CEE2}">
+  <dimension ref="A1:AC143"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="1" ySplit="3" topLeftCell="S121" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="3" topLeftCell="Q121" activePane="bottomRight" state="frozen"/>
       <selection activeCell="AF67" sqref="AF67"/>
       <selection pane="topRight" activeCell="AF67" sqref="AF67"/>
       <selection pane="bottomLeft" activeCell="AF67" sqref="AF67"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.8"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="16384" width="9.109375" style="6"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:29">
+    <row r="1" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2"/>
       <c r="D1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="2"/>
       <c r="F1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G1" s="2"/>
       <c r="H1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="I1" s="2"/>
       <c r="J1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="K1" s="2"/>
       <c r="L1" s="1" t="s">
         <v>6</v>
@@ -1244,84 +1248,84 @@
       <c r="R1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="S1" s="2"/>
       <c r="T1" s="1" t="s">
         <v>10</v>
       </c>
       <c r="U1" s="2"/>
       <c r="V1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="W1" s="2"/>
       <c r="X1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="Y1" s="2"/>
       <c r="Z1" s="1" t="s">
         <v>13</v>
       </c>
       <c r="AA1" s="2"/>
       <c r="AB1" s="1" t="s">
         <v>14</v>
       </c>
       <c r="AC1" s="5"/>
     </row>
-    <row r="2" spans="1:29">
+    <row r="2" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A2" s="7" t="s">
         <v>15</v>
       </c>
       <c r="B2" s="8"/>
       <c r="C2" s="9"/>
       <c r="D2" s="8"/>
       <c r="E2" s="9"/>
       <c r="F2" s="8"/>
       <c r="G2" s="9"/>
       <c r="H2" s="8"/>
       <c r="I2" s="9"/>
       <c r="J2" s="8"/>
       <c r="K2" s="9"/>
       <c r="L2" s="8"/>
       <c r="M2" s="9"/>
       <c r="N2" s="8"/>
       <c r="O2" s="10"/>
       <c r="P2" s="8"/>
       <c r="Q2" s="9"/>
       <c r="R2" s="8"/>
       <c r="S2" s="9"/>
       <c r="T2" s="8"/>
       <c r="U2" s="9"/>
       <c r="V2" s="8"/>
       <c r="W2" s="9"/>
       <c r="X2" s="8"/>
       <c r="Y2" s="9"/>
       <c r="Z2" s="8"/>
       <c r="AA2" s="9"/>
       <c r="AB2" s="8"/>
       <c r="AC2" s="11"/>
     </row>
-    <row r="3" spans="1:29">
+    <row r="3" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A3" s="8"/>
       <c r="B3" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C3" s="9" t="s">
         <v>17</v>
       </c>
       <c r="D3" s="8" t="s">
         <v>16</v>
       </c>
       <c r="E3" s="9" t="s">
         <v>17</v>
       </c>
       <c r="F3" s="8" t="s">
         <v>16</v>
       </c>
       <c r="G3" s="9" t="s">
         <v>17</v>
       </c>
       <c r="H3" s="8" t="s">
         <v>16</v>
       </c>
       <c r="I3" s="9" t="s">
         <v>17</v>
       </c>
@@ -1364,51 +1368,51 @@
       <c r="V3" s="8" t="s">
         <v>16</v>
       </c>
       <c r="W3" s="9" t="s">
         <v>17</v>
       </c>
       <c r="X3" s="8" t="s">
         <v>16</v>
       </c>
       <c r="Y3" s="9" t="s">
         <v>17</v>
       </c>
       <c r="Z3" s="8" t="s">
         <v>16</v>
       </c>
       <c r="AA3" s="9" t="s">
         <v>17</v>
       </c>
       <c r="AB3" s="8" t="s">
         <v>16</v>
       </c>
       <c r="AC3" s="10" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="4" spans="1:29">
+    <row r="4" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A4" s="12" t="s">
         <v>18</v>
       </c>
       <c r="B4" s="1">
         <v>33942.890230403202</v>
       </c>
       <c r="C4" s="13">
         <v>94.552268446534853</v>
       </c>
       <c r="D4" s="1">
         <v>36834.669253240012</v>
       </c>
       <c r="E4" s="13">
         <v>102.74654360022824</v>
       </c>
       <c r="F4" s="1">
         <v>38713.636588331516</v>
       </c>
       <c r="G4" s="13">
         <v>101.75885507467206</v>
       </c>
       <c r="H4" s="1">
         <v>38249.225587903027</v>
       </c>
       <c r="I4" s="13">
@@ -1453,51 +1457,51 @@
       <c r="V4" s="1">
         <v>38238.4666398544</v>
       </c>
       <c r="W4" s="13">
         <v>107.34657281692353</v>
       </c>
       <c r="X4" s="1">
         <v>41335.86321996605</v>
       </c>
       <c r="Y4" s="13">
         <v>92.836498202230018</v>
       </c>
       <c r="Z4" s="1">
         <v>20383.639639450983</v>
       </c>
       <c r="AA4" s="13">
         <v>91.786758092711963</v>
       </c>
       <c r="AB4" s="1">
         <v>39744.342301701268</v>
       </c>
       <c r="AC4" s="14">
         <v>104.36929656311985</v>
       </c>
     </row>
-    <row r="5" spans="1:29">
+    <row r="5" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A5" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B5" s="8">
         <v>35631.249431304626</v>
       </c>
       <c r="C5" s="16">
         <v>99.25540926083174</v>
       </c>
       <c r="D5" s="8">
         <v>38862.756774561378</v>
       </c>
       <c r="E5" s="16">
         <v>108.40368637248743</v>
       </c>
       <c r="F5" s="8">
         <v>39684.255889184307</v>
       </c>
       <c r="G5" s="16">
         <v>104.31012944391922</v>
       </c>
       <c r="H5" s="8">
         <v>38723.094556465658</v>
       </c>
       <c r="I5" s="16">
@@ -1542,51 +1546,51 @@
       <c r="V5" s="8">
         <v>38969.530575151468</v>
       </c>
       <c r="W5" s="16">
         <v>109.39888335289045</v>
       </c>
       <c r="X5" s="8">
         <v>44207.762546098886</v>
       </c>
       <c r="Y5" s="16">
         <v>99.286516560591892</v>
       </c>
       <c r="Z5" s="8">
         <v>20102.512164997617</v>
       </c>
       <c r="AA5" s="16">
         <v>90.520851711551018</v>
       </c>
       <c r="AB5" s="8">
         <v>40820.856724879479</v>
       </c>
       <c r="AC5" s="17">
         <v>107.19624114391752</v>
       </c>
     </row>
-    <row r="6" spans="1:29">
+    <row r="6" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A6" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="8">
         <v>35159.304801063001</v>
       </c>
       <c r="C6" s="16">
         <v>97.940747042393511</v>
       </c>
       <c r="D6" s="8">
         <v>40490.834717677717</v>
       </c>
       <c r="E6" s="16">
         <v>112.94504332663622</v>
       </c>
       <c r="F6" s="8">
         <v>39392.095504387333</v>
       </c>
       <c r="G6" s="16">
         <v>103.54218540985045</v>
       </c>
       <c r="H6" s="8">
         <v>37857.034468162572</v>
       </c>
       <c r="I6" s="16">
@@ -1631,51 +1635,51 @@
       <c r="V6" s="8">
         <v>37112.538991408466</v>
       </c>
       <c r="W6" s="16">
         <v>104.18576421445418</v>
       </c>
       <c r="X6" s="8">
         <v>45073.199101514321</v>
       </c>
       <c r="Y6" s="16">
         <v>101.23020644541232</v>
       </c>
       <c r="Z6" s="8">
         <v>19147.955670998075</v>
       </c>
       <c r="AA6" s="16">
         <v>86.22251993418827</v>
       </c>
       <c r="AB6" s="8">
         <v>40414.221910316352</v>
       </c>
       <c r="AC6" s="17">
         <v>106.12841143291456</v>
       </c>
     </row>
-    <row r="7" spans="1:29">
+    <row r="7" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A7" s="18" t="s">
         <v>21</v>
       </c>
       <c r="B7" s="19">
         <v>35076.943609639471</v>
       </c>
       <c r="C7" s="20">
         <v>97.71131939412335</v>
       </c>
       <c r="D7" s="19">
         <v>37191.597382942105</v>
       </c>
       <c r="E7" s="20">
         <v>103.74215812274382</v>
       </c>
       <c r="F7" s="19">
         <v>38366.67801919776</v>
       </c>
       <c r="G7" s="20">
         <v>100.84687392630227</v>
       </c>
       <c r="H7" s="19">
         <v>37056.101966915448</v>
       </c>
       <c r="I7" s="20">
@@ -1720,51 +1724,51 @@
       <c r="V7" s="19">
         <v>38042.383953209297</v>
       </c>
       <c r="W7" s="20">
         <v>106.79611129872686</v>
       </c>
       <c r="X7" s="8">
         <v>41988.298716418103</v>
       </c>
       <c r="Y7" s="20">
         <v>94.301807550461675</v>
       </c>
       <c r="Z7" s="19">
         <v>19630.832353438476</v>
       </c>
       <c r="AA7" s="20">
         <v>88.396895365845083</v>
       </c>
       <c r="AB7" s="19">
         <v>40023.661872279248</v>
       </c>
       <c r="AC7" s="21">
         <v>105.10279434945227</v>
       </c>
     </row>
-    <row r="8" spans="1:29">
+    <row r="8" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A8" s="12" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="1">
         <v>33493.570450175117</v>
       </c>
       <c r="C8" s="13">
         <v>93.300630645803011</v>
       </c>
       <c r="D8" s="1">
         <v>39097.60999605836</v>
       </c>
       <c r="E8" s="13">
         <v>109.05878542051461</v>
       </c>
       <c r="F8" s="1">
         <v>38449.418936723421</v>
       </c>
       <c r="G8" s="13">
         <v>101.06435855903702</v>
       </c>
       <c r="H8" s="1">
         <v>37156.251101416601</v>
       </c>
       <c r="I8" s="13">
@@ -1809,51 +1813,51 @@
       <c r="V8" s="1">
         <v>36388.993426491135</v>
       </c>
       <c r="W8" s="13">
         <v>102.15455994566669</v>
       </c>
       <c r="X8" s="1">
         <v>43158.855469297006</v>
       </c>
       <c r="Y8" s="13">
         <v>96.930768975700786</v>
       </c>
       <c r="Z8" s="1">
         <v>20142.064785125829</v>
       </c>
       <c r="AA8" s="13">
         <v>90.698955663536836</v>
       </c>
       <c r="AB8" s="1">
         <v>39597.08423317234</v>
       </c>
       <c r="AC8" s="14">
         <v>103.98259445319586</v>
       </c>
     </row>
-    <row r="9" spans="1:29">
+    <row r="9" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A9" s="15" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="8">
         <v>34014.659515604995</v>
       </c>
       <c r="C9" s="16">
         <v>94.752190983318044</v>
       </c>
       <c r="D9" s="8">
         <v>39469.43423261321</v>
       </c>
       <c r="E9" s="16">
         <v>110.09595110999462</v>
       </c>
       <c r="F9" s="8">
         <v>39861.274665394543</v>
       </c>
       <c r="G9" s="16">
         <v>104.77542357749338</v>
       </c>
       <c r="H9" s="8">
         <v>36620.739492738197</v>
       </c>
       <c r="I9" s="16">
@@ -1898,51 +1902,51 @@
       <c r="V9" s="8">
         <v>40897.595182821125</v>
       </c>
       <c r="W9" s="16">
         <v>114.8115252810379</v>
       </c>
       <c r="X9" s="8">
         <v>45819.452226459231</v>
       </c>
       <c r="Y9" s="16">
         <v>102.90622144777699</v>
       </c>
       <c r="Z9" s="8">
         <v>21703.995795925715</v>
       </c>
       <c r="AA9" s="16">
         <v>97.732271910372518</v>
       </c>
       <c r="AB9" s="8">
         <v>40479.802778927449</v>
       </c>
       <c r="AC9" s="17">
         <v>106.30062787250188</v>
       </c>
     </row>
-    <row r="10" spans="1:29">
+    <row r="10" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A10" s="15" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="8">
         <v>34131.456832890079</v>
       </c>
       <c r="C10" s="16">
         <v>95.077544871063367</v>
       </c>
       <c r="D10" s="8">
         <v>39164.839078845333</v>
       </c>
       <c r="E10" s="16">
         <v>109.24631407289058</v>
       </c>
       <c r="F10" s="8">
         <v>38232.492126542122</v>
       </c>
       <c r="G10" s="16">
         <v>100.49416609497635</v>
       </c>
       <c r="H10" s="8">
         <v>36441.217905484387</v>
       </c>
       <c r="I10" s="16">
@@ -1987,51 +1991,51 @@
       <c r="V10" s="8">
         <v>38131.92932880525</v>
       </c>
       <c r="W10" s="16">
         <v>107.04749138863379</v>
       </c>
       <c r="X10" s="8">
         <v>44320.561818423928</v>
       </c>
       <c r="Y10" s="16">
         <v>99.539853218561049</v>
       </c>
       <c r="Z10" s="8">
         <v>22050.691519437645</v>
       </c>
       <c r="AA10" s="16">
         <v>99.293429636305717</v>
       </c>
       <c r="AB10" s="8">
         <v>39758.343134441595</v>
       </c>
       <c r="AC10" s="17">
         <v>104.40606298016893</v>
       </c>
     </row>
-    <row r="11" spans="1:29">
+    <row r="11" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A11" s="18" t="s">
         <v>25</v>
       </c>
       <c r="B11" s="19">
         <v>33584.776030502187</v>
       </c>
       <c r="C11" s="20">
         <v>93.554695472232638</v>
       </c>
       <c r="D11" s="19">
         <v>36134.921260709576</v>
       </c>
       <c r="E11" s="20">
         <v>100.79466812309532</v>
       </c>
       <c r="F11" s="19">
         <v>36525.851134362696</v>
       </c>
       <c r="G11" s="20">
         <v>96.008257544602017</v>
       </c>
       <c r="H11" s="19">
         <v>34077.481280819156</v>
       </c>
       <c r="I11" s="20">
@@ -2076,51 +2080,51 @@
       <c r="V11" s="19">
         <v>36565.086361815251</v>
       </c>
       <c r="W11" s="20">
         <v>102.64890437852148</v>
       </c>
       <c r="X11" s="8">
         <v>40340.825645134646</v>
       </c>
       <c r="Y11" s="20">
         <v>90.601736500619594</v>
       </c>
       <c r="Z11" s="19">
         <v>21083.299836222643</v>
       </c>
       <c r="AA11" s="20">
         <v>94.937301487518027</v>
       </c>
       <c r="AB11" s="19">
         <v>38465.211427698865</v>
       </c>
       <c r="AC11" s="21">
         <v>101.01027785000642</v>
       </c>
     </row>
-    <row r="12" spans="1:29">
+    <row r="12" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A12" s="12" t="s">
         <v>0</v>
       </c>
       <c r="B12" s="1">
         <v>35898.54668542026</v>
       </c>
       <c r="C12" s="13">
         <v>100</v>
       </c>
       <c r="D12" s="1">
         <v>35850.032480467977</v>
       </c>
       <c r="E12" s="13">
         <v>100</v>
       </c>
       <c r="F12" s="1">
         <v>38044.489160105928</v>
       </c>
       <c r="G12" s="13">
         <v>100</v>
       </c>
       <c r="H12" s="1">
         <v>33788.582408081202</v>
       </c>
       <c r="I12" s="13">
@@ -2165,51 +2169,51 @@
       <c r="V12" s="1">
         <v>35621.506710856062</v>
       </c>
       <c r="W12" s="13">
         <v>100</v>
       </c>
       <c r="X12" s="1">
         <v>44525.444216909433</v>
       </c>
       <c r="Y12" s="13">
         <v>100</v>
       </c>
       <c r="Z12" s="1">
         <v>22207.603866847414</v>
       </c>
       <c r="AA12" s="13">
         <v>100</v>
       </c>
       <c r="AB12" s="1">
         <v>38080.492645329774</v>
       </c>
       <c r="AC12" s="14">
         <v>100</v>
       </c>
     </row>
-    <row r="13" spans="1:29">
+    <row r="13" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A13" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B13" s="8">
         <v>37458.165948479633</v>
       </c>
       <c r="C13" s="16">
         <v>104.34451922727222</v>
       </c>
       <c r="D13" s="8">
         <v>38288.71254871483</v>
       </c>
       <c r="E13" s="16">
         <v>106.80244869952492</v>
       </c>
       <c r="F13" s="8">
         <v>33824.471522048771</v>
       </c>
       <c r="G13" s="16">
         <v>88.907676956056122</v>
       </c>
       <c r="H13" s="8">
         <v>36083.223207879579</v>
       </c>
       <c r="I13" s="16">
@@ -2254,51 +2258,51 @@
       <c r="V13" s="8">
         <v>38739.505193387529</v>
       </c>
       <c r="W13" s="16">
         <v>108.75313475042094</v>
       </c>
       <c r="X13" s="8">
         <v>46471.791324026402</v>
       </c>
       <c r="Y13" s="16">
         <v>104.37131429309312</v>
       </c>
       <c r="Z13" s="8">
         <v>24322.083021323724</v>
       </c>
       <c r="AA13" s="16">
         <v>109.5214196324571</v>
       </c>
       <c r="AB13" s="8">
         <v>40079.876631727529</v>
       </c>
       <c r="AC13" s="17">
         <v>105.25041523233276</v>
       </c>
     </row>
-    <row r="14" spans="1:29">
+    <row r="14" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A14" s="15" t="s">
         <v>27</v>
       </c>
       <c r="B14" s="8">
         <v>33377.252518611058</v>
       </c>
       <c r="C14" s="16">
         <v>92.97661214838763</v>
       </c>
       <c r="D14" s="8">
         <v>39624.851995895304</v>
       </c>
       <c r="E14" s="16">
         <v>110.52947306947057</v>
       </c>
       <c r="F14" s="8">
         <v>38121.862682799714</v>
       </c>
       <c r="G14" s="16">
         <v>100.20337642691999</v>
       </c>
       <c r="H14" s="8">
         <v>35381.726919209905</v>
       </c>
       <c r="I14" s="16">
@@ -2343,51 +2347,51 @@
       <c r="V14" s="8">
         <v>37790.607055524546</v>
       </c>
       <c r="W14" s="16">
         <v>106.0892998218052</v>
       </c>
       <c r="X14" s="8">
         <v>46780.899458267086</v>
       </c>
       <c r="Y14" s="16">
         <v>105.06554236802224</v>
       </c>
       <c r="Z14" s="8">
         <v>25801.064686695492</v>
       </c>
       <c r="AA14" s="16">
         <v>116.18121811517257</v>
       </c>
       <c r="AB14" s="8">
         <v>40209.909694772396</v>
       </c>
       <c r="AC14" s="17">
         <v>105.59188419455434</v>
       </c>
     </row>
-    <row r="15" spans="1:29">
+    <row r="15" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A15" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B15" s="19">
         <v>38369.050842759701</v>
       </c>
       <c r="C15" s="20">
         <v>106.88190577459451</v>
       </c>
       <c r="D15" s="19">
         <v>38177.156893097286</v>
       </c>
       <c r="E15" s="20">
         <v>106.49127560455402</v>
       </c>
       <c r="F15" s="19">
         <v>37394.085825487571</v>
       </c>
       <c r="G15" s="20">
         <v>98.290413805055422</v>
       </c>
       <c r="H15" s="19">
         <v>34641.34887066322</v>
       </c>
       <c r="I15" s="20">
@@ -2432,51 +2436,51 @@
       <c r="V15" s="19">
         <v>38158.754316175189</v>
       </c>
       <c r="W15" s="20">
         <v>107.12279698305369</v>
       </c>
       <c r="X15" s="8">
         <v>43981.487711434514</v>
       </c>
       <c r="Y15" s="20">
         <v>98.778324360280408</v>
       </c>
       <c r="Z15" s="19">
         <v>22664.096291407946</v>
       </c>
       <c r="AA15" s="20">
         <v>102.0555681166576</v>
       </c>
       <c r="AB15" s="19">
         <v>39762.442877055881</v>
       </c>
       <c r="AC15" s="21">
         <v>104.41682897170288</v>
       </c>
     </row>
-    <row r="16" spans="1:29">
+    <row r="16" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A16" s="12" t="s">
         <v>29</v>
       </c>
       <c r="B16" s="1">
         <v>33899.674949584391</v>
       </c>
       <c r="C16" s="13">
         <v>94.431886746413369</v>
       </c>
       <c r="D16" s="1">
         <v>37488.387595489236</v>
       </c>
       <c r="E16" s="13">
         <v>104.57002407435441</v>
       </c>
       <c r="F16" s="1">
         <v>38146.036726285172</v>
       </c>
       <c r="G16" s="13">
         <v>100.26691793850063</v>
       </c>
       <c r="H16" s="1">
         <v>34983.554081198803</v>
       </c>
       <c r="I16" s="13">
@@ -2521,51 +2525,51 @@
       <c r="V16" s="1">
         <v>36569.693584486085</v>
       </c>
       <c r="W16" s="13">
         <v>102.66183820164197</v>
       </c>
       <c r="X16" s="1">
         <v>44295.126145272261</v>
       </c>
       <c r="Y16" s="13">
         <v>99.48272706609022</v>
       </c>
       <c r="Z16" s="1">
         <v>24869.828566476466</v>
       </c>
       <c r="AA16" s="13">
         <v>111.98789709863004</v>
       </c>
       <c r="AB16" s="1">
         <v>39809.806175289828</v>
       </c>
       <c r="AC16" s="14">
         <v>104.54120577185373</v>
       </c>
     </row>
-    <row r="17" spans="1:29">
+    <row r="17" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="B17" s="8">
         <v>34325.272333298723</v>
       </c>
       <c r="C17" s="16">
         <v>95.617442773078878</v>
       </c>
       <c r="D17" s="8">
         <v>37810.740722323921</v>
       </c>
       <c r="E17" s="16">
         <v>105.46919516160602</v>
       </c>
       <c r="F17" s="8">
         <v>37007.344973651874</v>
       </c>
       <c r="G17" s="16">
         <v>97.273864863609163</v>
       </c>
       <c r="H17" s="8">
         <v>34778.536657610915</v>
       </c>
       <c r="I17" s="16">
@@ -2610,51 +2614,51 @@
       <c r="V17" s="8">
         <v>34862.396836245396</v>
       </c>
       <c r="W17" s="16">
         <v>97.86895629998908</v>
       </c>
       <c r="X17" s="8">
         <v>46638.4417381436</v>
       </c>
       <c r="Y17" s="16">
         <v>104.74559559909278</v>
       </c>
       <c r="Z17" s="8">
         <v>25445.102981497832</v>
       </c>
       <c r="AA17" s="16">
         <v>114.57833602428182</v>
       </c>
       <c r="AB17" s="8">
         <v>39503.357881616503</v>
       </c>
       <c r="AC17" s="17">
         <v>103.73646751248432</v>
       </c>
     </row>
-    <row r="18" spans="1:29">
+    <row r="18" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A18" s="15" t="s">
         <v>31</v>
       </c>
       <c r="B18" s="8">
         <v>35349.290794627719</v>
       </c>
       <c r="C18" s="16">
         <v>98.469977362577694</v>
       </c>
       <c r="D18" s="8">
         <v>37159.643605174126</v>
       </c>
       <c r="E18" s="16">
         <v>103.65302632687894</v>
       </c>
       <c r="F18" s="8">
         <v>36257.599633926788</v>
       </c>
       <c r="G18" s="16">
         <v>95.303158050935536</v>
       </c>
       <c r="H18" s="8">
         <v>33387.57936917551</v>
       </c>
       <c r="I18" s="16">
@@ -2699,51 +2703,51 @@
       <c r="V18" s="8">
         <v>35095.749958445915</v>
       </c>
       <c r="W18" s="16">
         <v>98.52404684429051</v>
       </c>
       <c r="X18" s="8">
         <v>46910.058767752867</v>
       </c>
       <c r="Y18" s="16">
         <v>105.35562214545595</v>
       </c>
       <c r="Z18" s="8">
         <v>27254.468748826286</v>
       </c>
       <c r="AA18" s="16">
         <v>122.72584161820843</v>
       </c>
       <c r="AB18" s="8">
         <v>40273.955119148559</v>
       </c>
       <c r="AC18" s="17">
         <v>105.76006853232714</v>
       </c>
     </row>
-    <row r="19" spans="1:29">
+    <row r="19" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A19" s="18" t="s">
         <v>32</v>
       </c>
       <c r="B19" s="19">
         <v>31106.028569734608</v>
       </c>
       <c r="C19" s="20">
         <v>86.649826920062836</v>
       </c>
       <c r="D19" s="19">
         <v>35270.953416869546</v>
       </c>
       <c r="E19" s="20">
         <v>98.384718161932142</v>
       </c>
       <c r="F19" s="19">
         <v>36289.791213568686</v>
       </c>
       <c r="G19" s="20">
         <v>95.38777366899896</v>
       </c>
       <c r="H19" s="19">
         <v>35212.985058916092</v>
       </c>
       <c r="I19" s="20">
@@ -2788,51 +2792,51 @@
       <c r="V19" s="19">
         <v>36243.070738764509</v>
       </c>
       <c r="W19" s="20">
         <v>101.74491223224709</v>
       </c>
       <c r="X19" s="8">
         <v>44225.17361588982</v>
       </c>
       <c r="Y19" s="20">
         <v>99.325620201436237</v>
       </c>
       <c r="Z19" s="19">
         <v>25318.709831239255</v>
       </c>
       <c r="AA19" s="20">
         <v>114.00919245068239</v>
       </c>
       <c r="AB19" s="19">
         <v>39965.028883912957</v>
       </c>
       <c r="AC19" s="21">
         <v>104.94882315766023</v>
       </c>
     </row>
-    <row r="20" spans="1:29">
+    <row r="20" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A20" s="12" t="s">
         <v>33</v>
       </c>
       <c r="B20" s="1">
         <v>34515.286891488082</v>
       </c>
       <c r="C20" s="13">
         <v>96.146752663683813</v>
       </c>
       <c r="D20" s="1">
         <v>35182.286561876994</v>
       </c>
       <c r="E20" s="13">
         <v>98.137391035964086</v>
       </c>
       <c r="F20" s="1">
         <v>36709.947422374142</v>
       </c>
       <c r="G20" s="13">
         <v>96.492154929152761</v>
       </c>
       <c r="H20" s="1">
         <v>35031.349733104165</v>
       </c>
       <c r="I20" s="13">
@@ -2877,51 +2881,51 @@
       <c r="V20" s="1">
         <v>34723.475014745229</v>
       </c>
       <c r="W20" s="13">
         <v>97.478962068055509</v>
       </c>
       <c r="X20" s="1">
         <v>45304.790387832792</v>
       </c>
       <c r="Y20" s="13">
         <v>101.75033890089161</v>
       </c>
       <c r="Z20" s="1">
         <v>24479.645591331318</v>
       </c>
       <c r="AA20" s="13">
         <v>110.23091792390858</v>
       </c>
       <c r="AB20" s="1">
         <v>39101.090070955492</v>
       </c>
       <c r="AC20" s="14">
         <v>102.68010562555283</v>
       </c>
     </row>
-    <row r="21" spans="1:29">
+    <row r="21" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A21" s="15" t="s">
         <v>34</v>
       </c>
       <c r="B21" s="8">
         <v>33891.307750465443</v>
       </c>
       <c r="C21" s="16">
         <v>94.408578841521646</v>
       </c>
       <c r="D21" s="8">
         <v>35211.840253625094</v>
       </c>
       <c r="E21" s="16">
         <v>98.219828037281175</v>
       </c>
       <c r="F21" s="8">
         <v>34464.514686137169</v>
       </c>
       <c r="G21" s="16">
         <v>90.590031426357598</v>
       </c>
       <c r="H21" s="8">
         <v>34356.582745851316</v>
       </c>
       <c r="I21" s="16">
@@ -2966,51 +2970,51 @@
       <c r="V21" s="8">
         <v>38382.691481768641</v>
       </c>
       <c r="W21" s="16">
         <v>107.75145417998581</v>
       </c>
       <c r="X21" s="8">
         <v>45128.707427413887</v>
       </c>
       <c r="Y21" s="16">
         <v>101.35487297457517</v>
       </c>
       <c r="Z21" s="8">
         <v>25673.28170871934</v>
       </c>
       <c r="AA21" s="16">
         <v>115.60581619994427</v>
       </c>
       <c r="AB21" s="8">
         <v>40097.465305593883</v>
       </c>
       <c r="AC21" s="17">
         <v>105.29660337918835</v>
       </c>
     </row>
-    <row r="22" spans="1:29">
+    <row r="22" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A22" s="15" t="s">
         <v>35</v>
       </c>
       <c r="B22" s="8">
         <v>33532.513029268172</v>
       </c>
       <c r="C22" s="16">
         <v>93.409110187981454</v>
       </c>
       <c r="D22" s="8">
         <v>36682.975906034422</v>
       </c>
       <c r="E22" s="16">
         <v>102.32341051858253</v>
       </c>
       <c r="F22" s="8">
         <v>33113.823499231847</v>
       </c>
       <c r="G22" s="16">
         <v>87.039737502785414</v>
       </c>
       <c r="H22" s="8">
         <v>34932.981917785692</v>
       </c>
       <c r="I22" s="16">
@@ -3055,51 +3059,51 @@
       <c r="V22" s="8">
         <v>35345.348585353822</v>
       </c>
       <c r="W22" s="16">
         <v>99.224743277301968</v>
       </c>
       <c r="X22" s="8">
         <v>46579.734909216189</v>
       </c>
       <c r="Y22" s="16">
         <v>104.61374553008187</v>
       </c>
       <c r="Z22" s="8">
         <v>24847.273111249728</v>
       </c>
       <c r="AA22" s="16">
         <v>111.88633073711721</v>
       </c>
       <c r="AB22" s="8">
         <v>39393.88987851912</v>
       </c>
       <c r="AC22" s="17">
         <v>103.44900273592029</v>
       </c>
     </row>
-    <row r="23" spans="1:29">
+    <row r="23" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A23" s="18" t="s">
         <v>36</v>
       </c>
       <c r="B23" s="8">
         <v>31952.073811837035</v>
       </c>
       <c r="C23" s="16">
         <v>89.006594311000242</v>
       </c>
       <c r="D23" s="8">
         <v>34665.735199775125</v>
       </c>
       <c r="E23" s="16">
         <v>96.696523827870763</v>
       </c>
       <c r="F23" s="8">
         <v>35687.211629297024</v>
       </c>
       <c r="G23" s="16">
         <v>93.803892277568593</v>
       </c>
       <c r="H23" s="8">
         <v>34581.107502695748</v>
       </c>
       <c r="I23" s="16">
@@ -3144,51 +3148,51 @@
       <c r="V23" s="8">
         <v>35681.809289551798</v>
       </c>
       <c r="W23" s="16">
         <v>100.16928699615437</v>
       </c>
       <c r="X23" s="8">
         <v>40370.631640957414</v>
       </c>
       <c r="Y23" s="16">
         <v>90.668677990697859</v>
       </c>
       <c r="Z23" s="8">
         <v>26576.993832498229</v>
       </c>
       <c r="AA23" s="16">
         <v>119.67519770187207</v>
       </c>
       <c r="AB23" s="8">
         <v>39076.104679009564</v>
       </c>
       <c r="AC23" s="17">
         <v>102.61449357536578</v>
       </c>
     </row>
-    <row r="24" spans="1:29">
+    <row r="24" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A24" s="12" t="s">
         <v>37</v>
       </c>
       <c r="B24" s="1">
         <v>32288.647990430458</v>
       </c>
       <c r="C24" s="13">
         <v>89.944164796911082</v>
       </c>
       <c r="D24" s="1">
         <v>33870.412501728431</v>
       </c>
       <c r="E24" s="13">
         <v>94.47805248204979</v>
       </c>
       <c r="F24" s="1">
         <v>35486.375467994345</v>
       </c>
       <c r="G24" s="13">
         <v>93.275994109564593</v>
       </c>
       <c r="H24" s="1">
         <v>33880.942318386107</v>
       </c>
       <c r="I24" s="13">
@@ -3233,51 +3237,51 @@
       <c r="V24" s="1">
         <v>37754.119485571937</v>
       </c>
       <c r="W24" s="13">
         <v>105.98686852868562</v>
       </c>
       <c r="X24" s="1">
         <v>43551.953675625402</v>
       </c>
       <c r="Y24" s="13">
         <v>97.813630928550438</v>
       </c>
       <c r="Z24" s="1">
         <v>26478.761324816805</v>
       </c>
       <c r="AA24" s="13">
         <v>119.23286043635524</v>
       </c>
       <c r="AB24" s="1">
         <v>39611.425031924744</v>
       </c>
       <c r="AC24" s="14">
         <v>104.02025362658411</v>
       </c>
     </row>
-    <row r="25" spans="1:29">
+    <row r="25" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A25" s="15" t="s">
         <v>38</v>
       </c>
       <c r="B25" s="8">
         <v>35955.696164928537</v>
       </c>
       <c r="C25" s="16">
         <v>100.1591971953881</v>
       </c>
       <c r="D25" s="8">
         <v>35545.111519989681</v>
       </c>
       <c r="E25" s="16">
         <v>99.149454158390455</v>
       </c>
       <c r="F25" s="8">
         <v>36237.438572203049</v>
       </c>
       <c r="G25" s="16">
         <v>95.25016466827006</v>
       </c>
       <c r="H25" s="8">
         <v>35317.700473235476</v>
       </c>
       <c r="I25" s="16">
@@ -3322,51 +3326,51 @@
       <c r="V25" s="8">
         <v>36215.299289887364</v>
       </c>
       <c r="W25" s="16">
         <v>101.6669496432343</v>
       </c>
       <c r="X25" s="8">
         <v>45087.839806679738</v>
       </c>
       <c r="Y25" s="16">
         <v>101.26308810537756</v>
       </c>
       <c r="Z25" s="8">
         <v>29108.924902879553</v>
       </c>
       <c r="AA25" s="16">
         <v>131.07638751758702</v>
       </c>
       <c r="AB25" s="8">
         <v>40938.188553324922</v>
       </c>
       <c r="AC25" s="17">
         <v>107.50435645518262</v>
       </c>
     </row>
-    <row r="26" spans="1:29">
+    <row r="26" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A26" s="15" t="s">
         <v>39</v>
       </c>
       <c r="B26" s="8">
         <v>34073.532975151546</v>
       </c>
       <c r="C26" s="16">
         <v>94.916190545925588</v>
       </c>
       <c r="D26" s="8">
         <v>37403.015272826429</v>
       </c>
       <c r="E26" s="16">
         <v>104.33188670945989</v>
       </c>
       <c r="F26" s="8">
         <v>36958.040387518697</v>
       </c>
       <c r="G26" s="16">
         <v>97.144267680885307</v>
       </c>
       <c r="H26" s="8">
         <v>35907.614941766005</v>
       </c>
       <c r="I26" s="16">
@@ -3411,51 +3415,51 @@
       <c r="V26" s="8">
         <v>38333.772862349222</v>
       </c>
       <c r="W26" s="16">
         <v>107.61412529096239</v>
       </c>
       <c r="X26" s="8">
         <v>46433.226622187321</v>
       </c>
       <c r="Y26" s="16">
         <v>104.28470156520835</v>
       </c>
       <c r="Z26" s="8">
         <v>30424.963575702113</v>
       </c>
       <c r="AA26" s="16">
         <v>137.00245986971146</v>
       </c>
       <c r="AB26" s="8">
         <v>41925.028911793263</v>
       </c>
       <c r="AC26" s="17">
         <v>110.09581546717459</v>
       </c>
     </row>
-    <row r="27" spans="1:29">
+    <row r="27" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A27" s="18" t="s">
         <v>40</v>
       </c>
       <c r="B27" s="8">
         <v>36161.726494811781</v>
       </c>
       <c r="C27" s="16">
         <v>100.73312106949</v>
       </c>
       <c r="D27" s="8">
         <v>37250.66586235525</v>
       </c>
       <c r="E27" s="16">
         <v>103.90692360641619</v>
       </c>
       <c r="F27" s="8">
         <v>37765.835967850711</v>
       </c>
       <c r="G27" s="16">
         <v>99.267559642915586</v>
       </c>
       <c r="H27" s="8">
         <v>38550.623823334448</v>
       </c>
       <c r="I27" s="16">
@@ -3500,51 +3504,51 @@
       <c r="V27" s="8">
         <v>37908.865034537012</v>
       </c>
       <c r="W27" s="16">
         <v>106.42128459710507</v>
       </c>
       <c r="X27" s="8">
         <v>46725.01048476094</v>
       </c>
       <c r="Y27" s="16">
         <v>104.94002093979373</v>
       </c>
       <c r="Z27" s="8">
         <v>31098.329865773201</v>
       </c>
       <c r="AA27" s="16">
         <v>140.03460279746025</v>
       </c>
       <c r="AB27" s="8">
         <v>42851.105208388806</v>
       </c>
       <c r="AC27" s="17">
         <v>112.5277070532965</v>
       </c>
     </row>
-    <row r="28" spans="1:29">
+    <row r="28" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A28" s="12" t="s">
         <v>41</v>
       </c>
       <c r="B28" s="1">
         <v>36077.843508158519</v>
       </c>
       <c r="C28" s="13">
         <v>100.49945426568223</v>
       </c>
       <c r="D28" s="1">
         <v>36893.915894736383</v>
       </c>
       <c r="E28" s="13">
         <v>102.91180604881501</v>
       </c>
       <c r="F28" s="1">
         <v>38203.688485176375</v>
       </c>
       <c r="G28" s="13">
         <v>100.41845567803651</v>
       </c>
       <c r="H28" s="1">
         <v>37383.43113323197</v>
       </c>
       <c r="I28" s="13">
@@ -3589,51 +3593,51 @@
       <c r="V28" s="1">
         <v>36154.626306433936</v>
       </c>
       <c r="W28" s="13">
         <v>101.49662281246346</v>
       </c>
       <c r="X28" s="1">
         <v>45454.435206222697</v>
       </c>
       <c r="Y28" s="13">
         <v>102.08642722302244</v>
       </c>
       <c r="Z28" s="1">
         <v>28933.924121552751</v>
       </c>
       <c r="AA28" s="13">
         <v>130.28836562033021</v>
       </c>
       <c r="AB28" s="1">
         <v>43263.484639682385</v>
       </c>
       <c r="AC28" s="14">
         <v>113.61062222231585</v>
       </c>
     </row>
-    <row r="29" spans="1:29">
+    <row r="29" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A29" s="15" t="s">
         <v>42</v>
       </c>
       <c r="B29" s="8">
         <v>36300.831434962856</v>
       </c>
       <c r="C29" s="16">
         <v>101.1206156980889</v>
       </c>
       <c r="D29" s="8">
         <v>39914.844601263561</v>
       </c>
       <c r="E29" s="16">
         <v>111.33837779089934</v>
       </c>
       <c r="F29" s="8">
         <v>38177.711736793448</v>
       </c>
       <c r="G29" s="16">
         <v>100.35017575377833</v>
       </c>
       <c r="H29" s="8">
         <v>37306.49335855418</v>
       </c>
       <c r="I29" s="16">
@@ -3678,51 +3682,51 @@
       <c r="V29" s="8">
         <v>38593.449902185217</v>
       </c>
       <c r="W29" s="16">
         <v>108.34311478021625</v>
       </c>
       <c r="X29" s="8">
         <v>48969.981320473016</v>
       </c>
       <c r="Y29" s="16">
         <v>109.98201630939749</v>
       </c>
       <c r="Z29" s="8">
         <v>35791.262435145531</v>
       </c>
       <c r="AA29" s="16">
         <v>161.16670060283477</v>
       </c>
       <c r="AB29" s="8">
         <v>45329.568687321378</v>
       </c>
       <c r="AC29" s="17">
         <v>119.03619291249016</v>
       </c>
     </row>
-    <row r="30" spans="1:29">
+    <row r="30" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A30" s="15" t="s">
         <v>43</v>
       </c>
       <c r="B30" s="8">
         <v>37841.86198172404</v>
       </c>
       <c r="C30" s="16">
         <v>105.41335367510305</v>
       </c>
       <c r="D30" s="8">
         <v>40484.18438866864</v>
       </c>
       <c r="E30" s="16">
         <v>112.92649291385013</v>
       </c>
       <c r="F30" s="8">
         <v>39802.406318621317</v>
       </c>
       <c r="G30" s="16">
         <v>104.62068803478314</v>
       </c>
       <c r="H30" s="8">
         <v>41606.750248179676</v>
       </c>
       <c r="I30" s="16">
@@ -3767,51 +3771,51 @@
       <c r="V30" s="8">
         <v>40606.928507896191</v>
       </c>
       <c r="W30" s="16">
         <v>113.99553881172793</v>
       </c>
       <c r="X30" s="8">
         <v>47678.524947312122</v>
       </c>
       <c r="Y30" s="16">
         <v>107.08152559925554</v>
       </c>
       <c r="Z30" s="8">
         <v>34296.991852588333</v>
       </c>
       <c r="AA30" s="16">
         <v>154.43805670448103</v>
       </c>
       <c r="AB30" s="8">
         <v>47544.60185428401</v>
       </c>
       <c r="AC30" s="17">
         <v>124.85290643978819</v>
       </c>
     </row>
-    <row r="31" spans="1:29">
+    <row r="31" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A31" s="18" t="s">
         <v>44</v>
       </c>
       <c r="B31" s="19">
         <v>36497.074458198105</v>
       </c>
       <c r="C31" s="20">
         <v>101.66727577587682</v>
       </c>
       <c r="D31" s="19">
         <v>40804.141533394955</v>
       </c>
       <c r="E31" s="20">
         <v>113.81898065399551</v>
       </c>
       <c r="F31" s="19">
         <v>38932.018601903466</v>
       </c>
       <c r="G31" s="20">
         <v>102.33287254314934</v>
       </c>
       <c r="H31" s="19">
         <v>40809.232360866699</v>
       </c>
       <c r="I31" s="20">
@@ -3856,51 +3860,51 @@
       <c r="V31" s="19">
         <v>40109.002960108934</v>
       </c>
       <c r="W31" s="20">
         <v>112.59771599690716</v>
       </c>
       <c r="X31" s="19">
         <v>48507.863396532201</v>
       </c>
       <c r="Y31" s="20">
         <v>108.94414250023443</v>
       </c>
       <c r="Z31" s="19">
         <v>37839.030749604193</v>
       </c>
       <c r="AA31" s="20">
         <v>170.38772384666015</v>
       </c>
       <c r="AB31" s="19">
         <v>48518.719194262259</v>
       </c>
       <c r="AC31" s="21">
         <v>127.41095459596853</v>
       </c>
     </row>
-    <row r="32" spans="1:29">
+    <row r="32" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A32" s="15" t="s">
         <v>45</v>
       </c>
       <c r="B32" s="8">
         <v>36349.676837928127</v>
       </c>
       <c r="C32" s="16">
         <v>101.25668082460588</v>
       </c>
       <c r="D32" s="8">
         <v>40578.354544404334</v>
       </c>
       <c r="E32" s="16">
         <v>113.18917093453811</v>
       </c>
       <c r="F32" s="8">
         <v>39708.626980447778</v>
       </c>
       <c r="G32" s="16">
         <v>104.37418889589635</v>
       </c>
       <c r="H32" s="8">
         <v>41020.293621794139</v>
       </c>
       <c r="I32" s="16">
@@ -3945,51 +3949,51 @@
       <c r="V32" s="8">
         <v>39697.37421448122</v>
       </c>
       <c r="W32" s="16">
         <v>111.44215357511251</v>
       </c>
       <c r="X32" s="8">
         <v>49036.442475210853</v>
       </c>
       <c r="Y32" s="16">
         <v>110.13128187183425</v>
       </c>
       <c r="Z32" s="8">
         <v>38543.901298832876</v>
       </c>
       <c r="AA32" s="16">
         <v>173.56172926144939</v>
       </c>
       <c r="AB32" s="8">
         <v>49306.850333696311</v>
       </c>
       <c r="AC32" s="17">
         <v>129.48059993058769</v>
       </c>
     </row>
-    <row r="33" spans="1:29">
+    <row r="33" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A33" s="15" t="s">
         <v>46</v>
       </c>
       <c r="B33" s="8">
         <v>37844.902718376667</v>
       </c>
       <c r="C33" s="16">
         <v>105.42182403653375</v>
       </c>
       <c r="D33" s="8">
         <v>41268.979127302315</v>
       </c>
       <c r="E33" s="16">
         <v>115.11559759335425</v>
       </c>
       <c r="F33" s="8">
         <v>40248.36837114401</v>
       </c>
       <c r="G33" s="16">
         <v>105.79289999601073</v>
       </c>
       <c r="H33" s="8">
         <v>42844.449584957161</v>
       </c>
       <c r="I33" s="16">
@@ -4034,51 +4038,51 @@
       <c r="V33" s="8">
         <v>40508.371832206081</v>
       </c>
       <c r="W33" s="16">
         <v>113.71886136377462</v>
       </c>
       <c r="X33" s="8">
         <v>50152.627911240037</v>
       </c>
       <c r="Y33" s="16">
         <v>112.63813038431982</v>
       </c>
       <c r="Z33" s="8">
         <v>40342.805820657602</v>
       </c>
       <c r="AA33" s="16">
         <v>181.66212826266818</v>
       </c>
       <c r="AB33" s="8">
         <v>51227.972326089504</v>
       </c>
       <c r="AC33" s="17">
         <v>134.52549787948226</v>
       </c>
     </row>
-    <row r="34" spans="1:29">
+    <row r="34" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A34" s="15" t="s">
         <v>47</v>
       </c>
       <c r="B34" s="8">
         <v>36239.211871038744</v>
       </c>
       <c r="C34" s="16">
         <v>100.948966509992</v>
       </c>
       <c r="D34" s="8">
         <v>41854.142569128628</v>
       </c>
       <c r="E34" s="16">
         <v>116.74785118237159</v>
       </c>
       <c r="F34" s="8">
         <v>40232.792293452258</v>
       </c>
       <c r="G34" s="16">
         <v>105.75195825113357</v>
       </c>
       <c r="H34" s="8">
         <v>43711.214906772519</v>
       </c>
       <c r="I34" s="16">
@@ -4123,51 +4127,51 @@
       <c r="V34" s="8">
         <v>42320.510183516541</v>
       </c>
       <c r="W34" s="16">
         <v>118.80606434488321</v>
       </c>
       <c r="X34" s="8">
         <v>52184.577321275945</v>
       </c>
       <c r="Y34" s="16">
         <v>117.20169947559513</v>
       </c>
       <c r="Z34" s="8">
         <v>41596.370155011122</v>
       </c>
       <c r="AA34" s="16">
         <v>187.30688103234857</v>
       </c>
       <c r="AB34" s="8">
         <v>52049.075934465531</v>
       </c>
       <c r="AC34" s="17">
         <v>136.68172945984423</v>
       </c>
     </row>
-    <row r="35" spans="1:29">
+    <row r="35" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A35" s="15" t="s">
         <v>48</v>
       </c>
       <c r="B35" s="8">
         <v>36508.330225736427</v>
       </c>
       <c r="C35" s="16">
         <v>101.69863015809446</v>
       </c>
       <c r="D35" s="8">
         <v>40978.130744398972</v>
       </c>
       <c r="E35" s="16">
         <v>114.30430576799313</v>
       </c>
       <c r="F35" s="8">
         <v>39920.672298199519</v>
       </c>
       <c r="G35" s="16">
         <v>104.9315503493762</v>
       </c>
       <c r="H35" s="8">
         <v>42536.615441894413</v>
       </c>
       <c r="I35" s="16">
@@ -4212,51 +4216,51 @@
       <c r="V35" s="8">
         <v>39955.859776834914</v>
       </c>
       <c r="W35" s="16">
         <v>112.16779823818601</v>
       </c>
       <c r="X35" s="8">
         <v>49372.999530459259</v>
       </c>
       <c r="Y35" s="16">
         <v>110.88715766637736</v>
       </c>
       <c r="Z35" s="8">
         <v>41367.341670610534</v>
       </c>
       <c r="AA35" s="16">
         <v>186.27557443225879</v>
       </c>
       <c r="AB35" s="8">
         <v>52076.14019135492</v>
       </c>
       <c r="AC35" s="17">
         <v>136.75280064356411</v>
       </c>
     </row>
-    <row r="36" spans="1:29">
+    <row r="36" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A36" s="12" t="s">
         <v>49</v>
       </c>
       <c r="B36" s="1">
         <v>37073.027875017411</v>
       </c>
       <c r="C36" s="14">
         <v>103.2716677917052</v>
       </c>
       <c r="D36" s="2">
         <v>41739.516735552155</v>
       </c>
       <c r="E36" s="13">
         <v>116.42811413990468</v>
       </c>
       <c r="F36" s="1">
         <v>42852.696624799035</v>
       </c>
       <c r="G36" s="14">
         <v>112.6383809346429</v>
       </c>
       <c r="H36" s="2">
         <v>43923.181569275068</v>
       </c>
       <c r="I36" s="13">
@@ -4301,51 +4305,51 @@
       <c r="V36" s="1">
         <v>42824.517216793887</v>
       </c>
       <c r="W36" s="14">
         <v>120.22095967025064</v>
       </c>
       <c r="X36" s="2">
         <v>51153.633044993949</v>
       </c>
       <c r="Y36" s="13">
         <v>114.88629466736984</v>
       </c>
       <c r="Z36" s="1">
         <v>41479.386556372767</v>
       </c>
       <c r="AA36" s="14">
         <v>186.78010831368979</v>
       </c>
       <c r="AB36" s="2">
         <v>53299.44192642127</v>
       </c>
       <c r="AC36" s="14">
         <v>139.96521111960448</v>
       </c>
     </row>
-    <row r="37" spans="1:29">
+    <row r="37" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A37" s="15" t="s">
         <v>50</v>
       </c>
       <c r="B37" s="8">
         <v>38950.168877584096</v>
       </c>
       <c r="C37" s="17">
         <v>108.50068449540665</v>
       </c>
       <c r="D37" s="9">
         <v>42905.612595024977</v>
       </c>
       <c r="E37" s="16">
         <v>119.6808193086047</v>
       </c>
       <c r="F37" s="8">
         <v>43045.40745479786</v>
       </c>
       <c r="G37" s="17">
         <v>113.1449216564484</v>
       </c>
       <c r="H37" s="9">
         <v>45354.809082008192</v>
       </c>
       <c r="I37" s="16">
@@ -4390,51 +4394,51 @@
       <c r="V37" s="8">
         <v>44074.317083817987</v>
       </c>
       <c r="W37" s="17">
         <v>123.72951386243815</v>
       </c>
       <c r="X37" s="9">
         <v>50835.264735607372</v>
       </c>
       <c r="Y37" s="16">
         <v>114.1712691016829</v>
       </c>
       <c r="Z37" s="8">
         <v>43777.847115323282</v>
       </c>
       <c r="AA37" s="17">
         <v>197.12998924965953</v>
       </c>
       <c r="AB37" s="9">
         <v>55205.425792317765</v>
       </c>
       <c r="AC37" s="17">
         <v>144.97035609934056</v>
       </c>
     </row>
-    <row r="38" spans="1:29">
+    <row r="38" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A38" s="15" t="s">
         <v>51</v>
       </c>
       <c r="B38" s="8">
         <v>40302.537140298278</v>
       </c>
       <c r="C38" s="16">
         <v>112.26787951465079</v>
       </c>
       <c r="D38" s="8">
         <v>44038.267384543637</v>
       </c>
       <c r="E38" s="16">
         <v>122.84024403195959</v>
       </c>
       <c r="F38" s="8">
         <v>44037.353035104643</v>
       </c>
       <c r="G38" s="16">
         <v>115.75225218501008</v>
       </c>
       <c r="H38" s="8">
         <v>47313.437917284864</v>
       </c>
       <c r="I38" s="16">
@@ -4479,51 +4483,51 @@
       <c r="V38" s="8">
         <v>44074.696702710411</v>
       </c>
       <c r="W38" s="16">
         <v>123.73057956382891</v>
       </c>
       <c r="X38" s="8">
         <v>52271.406033275496</v>
       </c>
       <c r="Y38" s="16">
         <v>117.39670867432778</v>
       </c>
       <c r="Z38" s="8">
         <v>47994.387136214769</v>
       </c>
       <c r="AA38" s="16">
         <v>216.11690943327352</v>
       </c>
       <c r="AB38" s="8">
         <v>57459.29702087363</v>
       </c>
       <c r="AC38" s="17">
         <v>150.8890590151556</v>
       </c>
     </row>
-    <row r="39" spans="1:29">
+    <row r="39" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A39" s="18" t="s">
         <v>52</v>
       </c>
       <c r="B39" s="19">
         <v>40452.124801572325</v>
       </c>
       <c r="C39" s="20">
         <v>112.68457510565864</v>
       </c>
       <c r="D39" s="19">
         <v>44854.574102685474</v>
       </c>
       <c r="E39" s="20">
         <v>125.11724815625594</v>
       </c>
       <c r="F39" s="19">
         <v>44212.33510904885</v>
       </c>
       <c r="G39" s="20">
         <v>116.21219284345294</v>
       </c>
       <c r="H39" s="19">
         <v>47247.270020053911</v>
       </c>
       <c r="I39" s="20">
@@ -4568,51 +4572,51 @@
       <c r="V39" s="19">
         <v>45945.278162850009</v>
       </c>
       <c r="W39" s="20">
         <v>128.98184946468774</v>
       </c>
       <c r="X39" s="19">
         <v>53761.92828996601</v>
       </c>
       <c r="Y39" s="20">
         <v>120.74428281514784</v>
       </c>
       <c r="Z39" s="19">
         <v>44703.823265511666</v>
       </c>
       <c r="AA39" s="20">
         <v>201.29962482016217</v>
       </c>
       <c r="AB39" s="19">
         <v>59230.438375989928</v>
       </c>
       <c r="AC39" s="21">
         <v>155.54010534381572</v>
       </c>
     </row>
-    <row r="40" spans="1:29">
+    <row r="40" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A40" s="12" t="s">
         <v>53</v>
       </c>
       <c r="B40" s="9">
         <v>38418.533605896766</v>
       </c>
       <c r="C40" s="16">
         <v>107.01974634950882</v>
       </c>
       <c r="D40" s="8">
         <v>42642.061795076937</v>
       </c>
       <c r="E40" s="16">
         <v>118.9456712997664</v>
       </c>
       <c r="F40" s="8">
         <v>44554.605705878384</v>
       </c>
       <c r="G40" s="16">
         <v>117.11185164919777</v>
       </c>
       <c r="H40" s="8">
         <v>48568.76389916538</v>
       </c>
       <c r="I40" s="16">
@@ -4657,51 +4661,51 @@
       <c r="V40" s="8">
         <v>49602.496635857038</v>
       </c>
       <c r="W40" s="16">
         <v>139.24873262236298</v>
       </c>
       <c r="X40" s="8">
         <v>52608.87991302833</v>
       </c>
       <c r="Y40" s="16">
         <v>118.15464357130222</v>
       </c>
       <c r="Z40" s="8">
         <v>46807.168247904978</v>
       </c>
       <c r="AA40" s="16">
         <v>210.77090769698478</v>
       </c>
       <c r="AB40" s="8">
         <v>61356.754989524394</v>
       </c>
       <c r="AC40" s="17">
         <v>161.1238477426821</v>
       </c>
     </row>
-    <row r="41" spans="1:29">
+    <row r="41" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A41" s="15" t="s">
         <v>54</v>
       </c>
       <c r="B41" s="9">
         <v>42805.203677963764</v>
       </c>
       <c r="C41" s="16">
         <v>119.23937771928954</v>
       </c>
       <c r="D41" s="8">
         <v>47443.915474231908</v>
       </c>
       <c r="E41" s="16">
         <v>132.33995115647545</v>
       </c>
       <c r="F41" s="8">
         <v>45722.870839191775</v>
       </c>
       <c r="G41" s="16">
         <v>120.18263840203569</v>
       </c>
       <c r="H41" s="8">
         <v>48726.769234318912</v>
       </c>
       <c r="I41" s="16">
@@ -4746,51 +4750,51 @@
       <c r="V41" s="8">
         <v>48660.710298218837</v>
       </c>
       <c r="W41" s="16">
         <v>136.60486259945014</v>
       </c>
       <c r="X41" s="8">
         <v>55049.997585050041</v>
       </c>
       <c r="Y41" s="16">
         <v>123.63716646344811</v>
       </c>
       <c r="Z41" s="8">
         <v>56797.328327764117</v>
       </c>
       <c r="AA41" s="16">
         <v>255.75622056440733</v>
       </c>
       <c r="AB41" s="8">
         <v>64571.070294233963</v>
       </c>
       <c r="AC41" s="17">
         <v>169.56469259898878</v>
       </c>
     </row>
-    <row r="42" spans="1:29">
+    <row r="42" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A42" s="15" t="s">
         <v>55</v>
       </c>
       <c r="B42" s="9">
         <v>41218.309583554095</v>
       </c>
       <c r="C42" s="16">
         <v>114.81888095568613</v>
       </c>
       <c r="D42" s="8">
         <v>45716.810066551712</v>
       </c>
       <c r="E42" s="16">
         <v>127.52236721531398</v>
       </c>
       <c r="F42" s="8">
         <v>45173.363078300732</v>
       </c>
       <c r="G42" s="16">
         <v>118.73825638239941</v>
       </c>
       <c r="H42" s="8">
         <v>49318.629804789962</v>
       </c>
       <c r="I42" s="16">
@@ -4835,51 +4839,51 @@
       <c r="V42" s="8">
         <v>48628.207119894287</v>
       </c>
       <c r="W42" s="16">
         <v>136.51361666033705</v>
       </c>
       <c r="X42" s="8">
         <v>55008.119018657853</v>
       </c>
       <c r="Y42" s="16">
         <v>123.54311110447588</v>
       </c>
       <c r="Z42" s="8">
         <v>50635.700684166477</v>
       </c>
       <c r="AA42" s="16">
         <v>228.01064440706233</v>
       </c>
       <c r="AB42" s="8">
         <v>64003.477623275699</v>
       </c>
       <c r="AC42" s="17">
         <v>168.07418490980353</v>
       </c>
     </row>
-    <row r="43" spans="1:29">
+    <row r="43" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A43" s="15" t="s">
         <v>56</v>
       </c>
       <c r="B43" s="9">
         <v>41919.557042652974</v>
       </c>
       <c r="C43" s="16">
         <v>116.7722955750687</v>
       </c>
       <c r="D43" s="8">
         <v>47612.051753383763</v>
       </c>
       <c r="E43" s="16">
         <v>132.80895011552371</v>
       </c>
       <c r="F43" s="8">
         <v>46629.31425465543</v>
       </c>
       <c r="G43" s="16">
         <v>122.56522635491632</v>
       </c>
       <c r="H43" s="8">
         <v>52523.994592578289</v>
       </c>
       <c r="I43" s="16">
@@ -4924,51 +4928,51 @@
       <c r="V43" s="8">
         <v>47370.04604964226</v>
       </c>
       <c r="W43" s="16">
         <v>132.98159012236758</v>
       </c>
       <c r="X43" s="8">
         <v>55745.891855658927</v>
       </c>
       <c r="Y43" s="16">
         <v>125.20008017008915</v>
       </c>
       <c r="Z43" s="8">
         <v>52303.538092195005</v>
       </c>
       <c r="AA43" s="16">
         <v>235.52085315370857</v>
       </c>
       <c r="AB43" s="8">
         <v>64693.890218198889</v>
       </c>
       <c r="AC43" s="17">
         <v>169.88721973935125</v>
       </c>
     </row>
-    <row r="44" spans="1:29">
+    <row r="44" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A44" s="12" t="s">
         <v>57</v>
       </c>
       <c r="B44" s="2">
         <v>42796.190212466048</v>
       </c>
       <c r="C44" s="14">
         <v>119.21426955662018</v>
       </c>
       <c r="D44" s="2">
         <v>48678.529445399756</v>
       </c>
       <c r="E44" s="13">
         <v>135.7837805918895</v>
       </c>
       <c r="F44" s="1">
         <v>46562.302972301208</v>
       </c>
       <c r="G44" s="14">
         <v>122.38908709313725</v>
       </c>
       <c r="H44" s="2">
         <v>52811.372527982137</v>
       </c>
       <c r="I44" s="13">
@@ -5013,51 +5017,51 @@
       <c r="V44" s="1">
         <v>50163.427789177949</v>
       </c>
       <c r="W44" s="14">
         <v>140.82343062117042</v>
       </c>
       <c r="X44" s="2">
         <v>53818.288752558998</v>
       </c>
       <c r="Y44" s="13">
         <v>120.87086316394439</v>
       </c>
       <c r="Z44" s="1">
         <v>51431.270581838551</v>
       </c>
       <c r="AA44" s="14">
         <v>231.59306555633242</v>
       </c>
       <c r="AB44" s="2">
         <v>66321.171781740646</v>
       </c>
       <c r="AC44" s="14">
         <v>174.16048788926142</v>
       </c>
     </row>
-    <row r="45" spans="1:29">
+    <row r="45" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A45" s="15" t="s">
         <v>58</v>
       </c>
       <c r="B45" s="9">
         <v>39461.644265785828</v>
       </c>
       <c r="C45" s="17">
         <v>109.9254647035967</v>
       </c>
       <c r="D45" s="9">
         <v>49677.467979614456</v>
       </c>
       <c r="E45" s="16">
         <v>138.57021749333148</v>
       </c>
       <c r="F45" s="8">
         <v>48419.638496025887</v>
       </c>
       <c r="G45" s="17">
         <v>127.27109645829995</v>
       </c>
       <c r="H45" s="9">
         <v>55379.197430988032</v>
       </c>
       <c r="I45" s="16">
@@ -5102,51 +5106,51 @@
       <c r="V45" s="8">
         <v>49616.700838166726</v>
       </c>
       <c r="W45" s="17">
         <v>139.28860797751003</v>
       </c>
       <c r="X45" s="9">
         <v>54550.157633666124</v>
       </c>
       <c r="Y45" s="16">
         <v>122.51457249459537</v>
       </c>
       <c r="Z45" s="8">
         <v>55120.099168155677</v>
       </c>
       <c r="AA45" s="17">
         <v>248.20372111572843</v>
       </c>
       <c r="AB45" s="9">
         <v>68965.247565200989</v>
       </c>
       <c r="AC45" s="17">
         <v>181.10387438398581</v>
       </c>
     </row>
-    <row r="46" spans="1:29">
+    <row r="46" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A46" s="15" t="s">
         <v>59</v>
       </c>
       <c r="B46" s="9">
         <v>45893.967924254379</v>
       </c>
       <c r="C46" s="16">
         <v>127.8435261639537</v>
       </c>
       <c r="D46" s="8">
         <v>50278.693714910347</v>
       </c>
       <c r="E46" s="16">
         <v>140.24727520764026</v>
       </c>
       <c r="F46" s="8">
         <v>49789.054417443462</v>
       </c>
       <c r="G46" s="16">
         <v>130.87060837618782</v>
       </c>
       <c r="H46" s="8">
         <v>56693.312319791723</v>
       </c>
       <c r="I46" s="16">
@@ -5191,51 +5195,51 @@
       <c r="V46" s="8">
         <v>53447.967723986738</v>
       </c>
       <c r="W46" s="16">
         <v>150.04409599467576</v>
       </c>
       <c r="X46" s="8">
         <v>56686.926232363287</v>
       </c>
       <c r="Y46" s="16">
         <v>127.31355571930551</v>
       </c>
       <c r="Z46" s="8">
         <v>54530.282315493496</v>
       </c>
       <c r="AA46" s="16">
         <v>245.54779814358514</v>
       </c>
       <c r="AB46" s="8">
         <v>71925.773227754908</v>
       </c>
       <c r="AC46" s="17">
         <v>188.87826346589017</v>
       </c>
     </row>
-    <row r="47" spans="1:29">
+    <row r="47" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A47" s="15" t="s">
         <v>60</v>
       </c>
       <c r="B47" s="9">
         <v>46130.051693282127</v>
       </c>
       <c r="C47" s="16">
         <v>128.50116774230656</v>
       </c>
       <c r="D47" s="8">
         <v>51458.738070454885</v>
       </c>
       <c r="E47" s="16">
         <v>143.53888827992259</v>
       </c>
       <c r="F47" s="8">
         <v>50631.488520369639</v>
       </c>
       <c r="G47" s="16">
         <v>133.08494774970626</v>
       </c>
       <c r="H47" s="8">
         <v>59148.381658481492</v>
       </c>
       <c r="I47" s="16">
@@ -5280,51 +5284,51 @@
       <c r="V47" s="8">
         <v>52540.757339998549</v>
       </c>
       <c r="W47" s="16">
         <v>147.49729079816311</v>
       </c>
       <c r="X47" s="8">
         <v>58554.425766599059</v>
       </c>
       <c r="Y47" s="16">
         <v>131.50778570865293</v>
       </c>
       <c r="Z47" s="8">
         <v>51288.293896261719</v>
       </c>
       <c r="AA47" s="16">
         <v>230.94924695062383</v>
       </c>
       <c r="AB47" s="8">
         <v>73028.156044972842</v>
       </c>
       <c r="AC47" s="17">
         <v>191.77313887489603</v>
       </c>
     </row>
-    <row r="48" spans="1:29">
+    <row r="48" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A48" s="12" t="s">
         <v>61</v>
       </c>
       <c r="B48" s="2">
         <v>48474.906363659124</v>
       </c>
       <c r="C48" s="14">
         <v>135.0330607766542</v>
       </c>
       <c r="D48" s="2">
         <v>54990.694795500582</v>
       </c>
       <c r="E48" s="13">
         <v>153.39092042792691</v>
       </c>
       <c r="F48" s="1">
         <v>51805.941510132885</v>
       </c>
       <c r="G48" s="14">
         <v>136.17199929302097</v>
       </c>
       <c r="H48" s="2">
         <v>62614.457966593334</v>
       </c>
       <c r="I48" s="13">
@@ -5369,51 +5373,51 @@
       <c r="V48" s="1">
         <v>55239.990354869464</v>
       </c>
       <c r="W48" s="14">
         <v>155.07482825827367</v>
       </c>
       <c r="X48" s="2">
         <v>59363.757913503076</v>
       </c>
       <c r="Y48" s="13">
         <v>133.32547031829159</v>
       </c>
       <c r="Z48" s="1">
         <v>54055.424046999084</v>
       </c>
       <c r="AA48" s="14">
         <v>243.40952932655483</v>
       </c>
       <c r="AB48" s="2">
         <v>76410.833560797706</v>
       </c>
       <c r="AC48" s="14">
         <v>200.65610566666027</v>
       </c>
     </row>
-    <row r="49" spans="1:29">
+    <row r="49" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A49" s="15" t="s">
         <v>62</v>
       </c>
       <c r="B49" s="9">
         <v>52199.677422909677</v>
       </c>
       <c r="C49" s="17">
         <v>145.40888766427395</v>
       </c>
       <c r="D49" s="9">
         <v>56980.112353581695</v>
       </c>
       <c r="E49" s="16">
         <v>158.94019729166476</v>
       </c>
       <c r="F49" s="8">
         <v>57714.871897108693</v>
       </c>
       <c r="G49" s="17">
         <v>151.70363217185593</v>
       </c>
       <c r="H49" s="9">
         <v>68700.265490252568</v>
       </c>
       <c r="I49" s="16">
@@ -5458,51 +5462,51 @@
       <c r="V49" s="8">
         <v>58320.735002565947</v>
       </c>
       <c r="W49" s="17">
         <v>163.72338058567308</v>
       </c>
       <c r="X49" s="9">
         <v>61754.505062970406</v>
       </c>
       <c r="Y49" s="16">
         <v>138.69486570898241</v>
       </c>
       <c r="Z49" s="8">
         <v>62127.132977540641</v>
       </c>
       <c r="AA49" s="17">
         <v>279.75612925213886</v>
       </c>
       <c r="AB49" s="9">
         <v>82432.61637852565</v>
       </c>
       <c r="AC49" s="17">
         <v>216.46940638682955</v>
       </c>
     </row>
-    <row r="50" spans="1:29">
+    <row r="50" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A50" s="15" t="s">
         <v>63</v>
       </c>
       <c r="B50" s="9">
         <v>54350.198735570208</v>
       </c>
       <c r="C50" s="17">
         <v>151.3994402387433</v>
       </c>
       <c r="D50" s="9">
         <v>60176.801888605405</v>
       </c>
       <c r="E50" s="16">
         <v>167.85703589359727</v>
       </c>
       <c r="F50" s="8">
         <v>61943.031024838128</v>
       </c>
       <c r="G50" s="17">
         <v>162.81735513429524</v>
       </c>
       <c r="H50" s="9">
         <v>73239.454337353731</v>
       </c>
       <c r="I50" s="16">
@@ -5547,51 +5551,51 @@
       <c r="V50" s="8">
         <v>62410.00178963568</v>
       </c>
       <c r="W50" s="17">
         <v>175.20314987298255</v>
       </c>
       <c r="X50" s="9">
         <v>65155.038500865339</v>
       </c>
       <c r="Y50" s="16">
         <v>146.332147038123</v>
       </c>
       <c r="Z50" s="8">
         <v>59830.111802001251</v>
       </c>
       <c r="AA50" s="17">
         <v>269.4127298052112</v>
       </c>
       <c r="AB50" s="9">
         <v>88614.336383004978</v>
       </c>
       <c r="AC50" s="17">
         <v>232.7027047899096</v>
       </c>
     </row>
-    <row r="51" spans="1:29">
+    <row r="51" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A51" s="22" t="s">
         <v>64</v>
       </c>
       <c r="B51" s="9">
         <v>59244.991963759421</v>
       </c>
       <c r="C51" s="17">
         <v>165.03451374487264</v>
       </c>
       <c r="D51" s="9">
         <v>67771.219983136165</v>
       </c>
       <c r="E51" s="16">
         <v>189.0408886520805</v>
       </c>
       <c r="F51" s="8">
         <v>63287.792871002952</v>
       </c>
       <c r="G51" s="17">
         <v>166.35206377634205</v>
       </c>
       <c r="H51" s="9">
         <v>76794.861438839536</v>
       </c>
       <c r="I51" s="16">
@@ -5636,51 +5640,51 @@
       <c r="V51" s="8">
         <v>65702.980213325922</v>
       </c>
       <c r="W51" s="17">
         <v>184.44750455573003</v>
       </c>
       <c r="X51" s="9">
         <v>66501.143444754809</v>
       </c>
       <c r="Y51" s="16">
         <v>149.35537334740314</v>
       </c>
       <c r="Z51" s="8">
         <v>60025.515852877244</v>
       </c>
       <c r="AA51" s="17">
         <v>270.29262685330156</v>
       </c>
       <c r="AB51" s="9">
         <v>94799.886607384775</v>
       </c>
       <c r="AC51" s="17">
         <v>248.94606141344423</v>
       </c>
     </row>
-    <row r="52" spans="1:29">
+    <row r="52" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A52" s="12" t="s">
         <v>65</v>
       </c>
       <c r="B52" s="2">
         <v>65192.592449478718</v>
       </c>
       <c r="C52" s="14">
         <v>181.6023167198461</v>
       </c>
       <c r="D52" s="2">
         <v>68470.269367427638</v>
       </c>
       <c r="E52" s="13">
         <v>190.99081543296234</v>
       </c>
       <c r="F52" s="1">
         <v>67262.598269915426</v>
       </c>
       <c r="G52" s="14">
         <v>176.79984606140562</v>
       </c>
       <c r="H52" s="2">
         <v>81429.859700834713</v>
       </c>
       <c r="I52" s="13">
@@ -5725,51 +5729,51 @@
       <c r="V52" s="1">
         <v>69295.491283445925</v>
       </c>
       <c r="W52" s="14">
         <v>194.53273508592866</v>
       </c>
       <c r="X52" s="2">
         <v>64825.418728408018</v>
       </c>
       <c r="Y52" s="13">
         <v>145.59185173449492</v>
       </c>
       <c r="Z52" s="1">
         <v>64538.38670204932</v>
       </c>
       <c r="AA52" s="14">
         <v>290.61391354514996</v>
       </c>
       <c r="AB52" s="2">
         <v>98871.361127351978</v>
       </c>
       <c r="AC52" s="14">
         <v>259.63782046679393</v>
       </c>
     </row>
-    <row r="53" spans="1:29">
+    <row r="53" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A53" s="15" t="s">
         <v>66</v>
       </c>
       <c r="B53" s="9">
         <v>64633.337223313145</v>
       </c>
       <c r="C53" s="17">
         <v>180.04443965293768</v>
       </c>
       <c r="D53" s="9">
         <v>75447.409676373878</v>
       </c>
       <c r="E53" s="16">
         <v>210.45283492415123</v>
       </c>
       <c r="F53" s="8">
         <v>72632.106930376118</v>
       </c>
       <c r="G53" s="17">
         <v>190.91360807793242</v>
       </c>
       <c r="H53" s="9">
         <v>87619.676386725638</v>
       </c>
       <c r="I53" s="16">
@@ -5814,51 +5818,51 @@
       <c r="V53" s="8">
         <v>76783.999471819785</v>
       </c>
       <c r="W53" s="17">
         <v>215.55517034999247</v>
       </c>
       <c r="X53" s="9">
         <v>71383.689576278513</v>
       </c>
       <c r="Y53" s="16">
         <v>160.32111713142464</v>
       </c>
       <c r="Z53" s="8">
         <v>66735.446737328297</v>
       </c>
       <c r="AA53" s="17">
         <v>300.50719175945949</v>
       </c>
       <c r="AB53" s="9">
         <v>102480.62697930145</v>
       </c>
       <c r="AC53" s="17">
         <v>269.11581195594056</v>
       </c>
     </row>
-    <row r="54" spans="1:29">
+    <row r="54" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A54" s="15" t="s">
         <v>67</v>
       </c>
       <c r="B54" s="9">
         <v>73681.393154734003</v>
       </c>
       <c r="C54" s="16">
         <v>205.24895840604813</v>
       </c>
       <c r="D54" s="8">
         <v>78476.577266838722</v>
       </c>
       <c r="E54" s="16">
         <v>218.90238819056799</v>
       </c>
       <c r="F54" s="8">
         <v>77235.663805439661</v>
       </c>
       <c r="G54" s="16">
         <v>203.01406461367404</v>
       </c>
       <c r="H54" s="8">
         <v>91544.482587732637</v>
       </c>
       <c r="I54" s="16">
@@ -5903,51 +5907,51 @@
       <c r="V54" s="8">
         <v>82682.296835260102</v>
       </c>
       <c r="W54" s="16">
         <v>232.11341818413794</v>
       </c>
       <c r="X54" s="8">
         <v>76707.107633222709</v>
       </c>
       <c r="Y54" s="16">
         <v>172.27701819107656</v>
       </c>
       <c r="Z54" s="8">
         <v>68288.248206880424</v>
       </c>
       <c r="AA54" s="16">
         <v>307.49939802746763</v>
       </c>
       <c r="AB54" s="8">
         <v>106584.02909387795</v>
       </c>
       <c r="AC54" s="17">
         <v>279.89141339785033</v>
       </c>
     </row>
-    <row r="55" spans="1:29">
+    <row r="55" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A55" s="23" t="s">
         <v>68</v>
       </c>
       <c r="B55" s="9">
         <v>73387.612901641376</v>
       </c>
       <c r="C55" s="17">
         <v>204.43059588104947</v>
       </c>
       <c r="D55" s="9">
         <v>81254.108400235345</v>
       </c>
       <c r="E55" s="16">
         <v>226.65002728938859</v>
       </c>
       <c r="F55" s="8">
         <v>79955.838100044857</v>
       </c>
       <c r="G55" s="17">
         <v>210.16404705438353</v>
       </c>
       <c r="H55" s="9">
         <v>96527.120700280662</v>
       </c>
       <c r="I55" s="16">
@@ -5992,51 +5996,51 @@
       <c r="V55" s="8">
         <v>85501.764312982472</v>
       </c>
       <c r="W55" s="17">
         <v>240.02848898843695</v>
       </c>
       <c r="X55" s="9">
         <v>79642.042706530425</v>
       </c>
       <c r="Y55" s="16">
         <v>178.86860896557829</v>
       </c>
       <c r="Z55" s="8">
         <v>68115.074805891243</v>
       </c>
       <c r="AA55" s="17">
         <v>306.71960475473321</v>
       </c>
       <c r="AB55" s="9">
         <v>109558.90120006014</v>
       </c>
       <c r="AC55" s="17">
         <v>287.70347647667984</v>
       </c>
     </row>
-    <row r="56" spans="1:29">
+    <row r="56" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A56" s="12" t="s">
         <v>69</v>
       </c>
       <c r="B56" s="2">
         <v>90105.76691862756</v>
       </c>
       <c r="C56" s="14">
         <v>251.00115530644277</v>
       </c>
       <c r="D56" s="2">
         <v>87949.256895445273</v>
       </c>
       <c r="E56" s="13">
         <v>245.32545944933887</v>
       </c>
       <c r="F56" s="1">
         <v>87903.89375933152</v>
       </c>
       <c r="G56" s="14">
         <v>231.05552394040024</v>
       </c>
       <c r="H56" s="2">
         <v>100859.14100965447</v>
       </c>
       <c r="I56" s="13">
@@ -6081,51 +6085,51 @@
       <c r="V56" s="1">
         <v>95723.478723579188</v>
       </c>
       <c r="W56" s="14">
         <v>268.72383445365705</v>
       </c>
       <c r="X56" s="2">
         <v>80513.126969728837</v>
       </c>
       <c r="Y56" s="13">
         <v>180.82498307597425</v>
       </c>
       <c r="Z56" s="1">
         <v>70923.436980364306</v>
       </c>
       <c r="AA56" s="14">
         <v>319.36555337355526</v>
       </c>
       <c r="AB56" s="2">
         <v>116098.48565085026</v>
       </c>
       <c r="AC56" s="14">
         <v>304.87653280160146</v>
       </c>
     </row>
-    <row r="57" spans="1:29">
+    <row r="57" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A57" s="15" t="s">
         <v>70</v>
       </c>
       <c r="B57" s="9">
         <v>92784.046784536695</v>
       </c>
       <c r="C57" s="17">
         <v>258.46184693103402</v>
       </c>
       <c r="D57" s="9">
         <v>98518.762282573807</v>
       </c>
       <c r="E57" s="16">
         <v>274.80801401295622</v>
       </c>
       <c r="F57" s="8">
         <v>96898.294695307966</v>
       </c>
       <c r="G57" s="17">
         <v>254.69732104306212</v>
       </c>
       <c r="H57" s="9">
         <v>109551.38682133671</v>
       </c>
       <c r="I57" s="16">
@@ -6170,51 +6174,51 @@
       <c r="V57" s="8">
         <v>104166.56845572806</v>
       </c>
       <c r="W57" s="17">
         <v>292.42605963094229</v>
       </c>
       <c r="X57" s="9">
         <v>92161.520983210576</v>
       </c>
       <c r="Y57" s="16">
         <v>206.98619093891125</v>
       </c>
       <c r="Z57" s="8">
         <v>77541.186887148942</v>
       </c>
       <c r="AA57" s="17">
         <v>349.16503082489771</v>
       </c>
       <c r="AB57" s="9">
         <v>123827.18733526152</v>
       </c>
       <c r="AC57" s="17">
         <v>325.17223053953268</v>
       </c>
     </row>
-    <row r="58" spans="1:29" s="24" customFormat="1">
+    <row r="58" spans="1:29" s="24" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A58" s="15" t="s">
         <v>71</v>
       </c>
       <c r="B58" s="9">
         <v>98254.17249281051</v>
       </c>
       <c r="C58" s="16">
         <v>273.69958275418207</v>
       </c>
       <c r="D58" s="8">
         <v>102140.21005163043</v>
       </c>
       <c r="E58" s="16">
         <v>284.90967227792351</v>
       </c>
       <c r="F58" s="8">
         <v>101348.47098440351</v>
       </c>
       <c r="G58" s="16">
         <v>266.39461646571186</v>
       </c>
       <c r="H58" s="8">
         <v>111110.85702235653</v>
       </c>
       <c r="I58" s="16">
@@ -6259,51 +6263,51 @@
       <c r="V58" s="8">
         <v>109582.59437098853</v>
       </c>
       <c r="W58" s="16">
         <v>307.63043029168659</v>
       </c>
       <c r="X58" s="8">
         <v>97360.142048927155</v>
       </c>
       <c r="Y58" s="16">
         <v>218.66180958157108</v>
       </c>
       <c r="Z58" s="8">
         <v>77659.615649518528</v>
       </c>
       <c r="AA58" s="16">
         <v>349.69831106116118</v>
       </c>
       <c r="AB58" s="8">
         <v>127919.05857612942</v>
       </c>
       <c r="AC58" s="17">
         <v>335.91755171743432</v>
       </c>
     </row>
-    <row r="59" spans="1:29" s="24" customFormat="1">
+    <row r="59" spans="1:29" s="24" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A59" s="18" t="s">
         <v>72</v>
       </c>
       <c r="B59" s="25">
         <v>93378.926677480806</v>
       </c>
       <c r="C59" s="20">
         <v>260.11896107038081</v>
       </c>
       <c r="D59" s="19">
         <v>99792.550014272507</v>
       </c>
       <c r="E59" s="20">
         <v>278.3611146479214</v>
       </c>
       <c r="F59" s="19">
         <v>102697.28679812493</v>
       </c>
       <c r="G59" s="20">
         <v>269.93998096790051</v>
       </c>
       <c r="H59" s="19">
         <v>111183.65518637979</v>
       </c>
       <c r="I59" s="20">
@@ -6348,51 +6352,51 @@
       <c r="V59" s="19">
         <v>115262.01480850883</v>
       </c>
       <c r="W59" s="20">
         <v>323.5742265033989</v>
       </c>
       <c r="X59" s="19">
         <v>92405.46758406359</v>
       </c>
       <c r="Y59" s="20">
         <v>207.53407227989152</v>
       </c>
       <c r="Z59" s="19">
         <v>80317.930543688213</v>
       </c>
       <c r="AA59" s="20">
         <v>361.668602453733</v>
       </c>
       <c r="AB59" s="19">
         <v>127341.36142697281</v>
       </c>
       <c r="AC59" s="21">
         <v>334.40050950231097</v>
       </c>
     </row>
-    <row r="60" spans="1:29" s="24" customFormat="1">
+    <row r="60" spans="1:29" s="24" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A60" s="26" t="s">
         <v>73</v>
       </c>
       <c r="B60" s="2">
         <v>99667.96053047762</v>
       </c>
       <c r="C60" s="13">
         <v>277.6378704237531</v>
       </c>
       <c r="D60" s="1">
         <v>99957.317101508452</v>
       </c>
       <c r="E60" s="13">
         <v>278.82071559061427</v>
       </c>
       <c r="F60" s="1">
         <v>102369.72080235909</v>
       </c>
       <c r="G60" s="13">
         <v>269.07897322933604</v>
       </c>
       <c r="H60" s="1">
         <v>110964.18780849875</v>
       </c>
       <c r="I60" s="13">
@@ -6437,51 +6441,51 @@
       <c r="V60" s="1">
         <v>112898.81922559431</v>
       </c>
       <c r="W60" s="13">
         <v>316.9400445130164</v>
       </c>
       <c r="X60" s="1">
         <v>101975.69574346329</v>
       </c>
       <c r="Y60" s="13">
         <v>229.02791322345971</v>
       </c>
       <c r="Z60" s="1">
         <v>82292.527950542062</v>
       </c>
       <c r="AA60" s="13">
         <v>370.56013986899472</v>
       </c>
       <c r="AB60" s="1">
         <v>128215.80594492031</v>
       </c>
       <c r="AC60" s="14">
         <v>336.69681518851047</v>
       </c>
     </row>
-    <row r="61" spans="1:29">
+    <row r="61" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A61" s="15" t="s">
         <v>74</v>
       </c>
       <c r="B61" s="9">
         <v>105201.12539592758</v>
       </c>
       <c r="C61" s="17">
         <v>293.05120989383585</v>
       </c>
       <c r="D61" s="9">
         <v>105923.61023757744</v>
       </c>
       <c r="E61" s="16">
         <v>295.46308025044988</v>
       </c>
       <c r="F61" s="8">
         <v>108465.79832564866</v>
       </c>
       <c r="G61" s="17">
         <v>285.10252265231537</v>
       </c>
       <c r="H61" s="9">
         <v>113202.00690824699</v>
       </c>
       <c r="I61" s="16">
@@ -6526,51 +6530,51 @@
       <c r="V61" s="8">
         <v>112036.92156317532</v>
       </c>
       <c r="W61" s="17">
         <v>314.52044539438526</v>
       </c>
       <c r="X61" s="9">
         <v>104106.64649094778</v>
       </c>
       <c r="Y61" s="16">
         <v>233.81383009630073</v>
       </c>
       <c r="Z61" s="8">
         <v>93563.787486377871</v>
       </c>
       <c r="AA61" s="17">
         <v>421.31419511699067</v>
       </c>
       <c r="AB61" s="9">
         <v>132952.95271295618</v>
       </c>
       <c r="AC61" s="17">
         <v>349.13664051366112</v>
       </c>
     </row>
-    <row r="62" spans="1:29" s="24" customFormat="1">
+    <row r="62" spans="1:29" s="24" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A62" s="27" t="s">
         <v>75</v>
       </c>
       <c r="B62" s="9">
         <v>104203.3403407499</v>
       </c>
       <c r="C62" s="17">
         <v>290.27175181738141</v>
       </c>
       <c r="D62" s="9">
         <v>103439.72864412247</v>
       </c>
       <c r="E62" s="16">
         <v>288.53454651813524</v>
       </c>
       <c r="F62" s="8">
         <v>106416.82148818893</v>
       </c>
       <c r="G62" s="17">
         <v>279.71678379054003</v>
       </c>
       <c r="H62" s="9">
         <v>112639.58169239474</v>
       </c>
       <c r="I62" s="16">
@@ -6615,51 +6619,51 @@
       <c r="V62" s="8">
         <v>115551.39408853919</v>
       </c>
       <c r="W62" s="17">
         <v>324.38659887826583</v>
       </c>
       <c r="X62" s="9">
         <v>100545.49574388735</v>
       </c>
       <c r="Y62" s="16">
         <v>225.81581725287577</v>
       </c>
       <c r="Z62" s="8">
         <v>89082.210883846434</v>
       </c>
       <c r="AA62" s="17">
         <v>401.13382523376453</v>
       </c>
       <c r="AB62" s="9">
         <v>131348.55544037954</v>
       </c>
       <c r="AC62" s="17">
         <v>344.92346688820544</v>
       </c>
     </row>
-    <row r="63" spans="1:29" s="24" customFormat="1">
+    <row r="63" spans="1:29" s="24" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A63" s="23" t="s">
         <v>76</v>
       </c>
       <c r="B63" s="9">
         <v>94594.204127944759</v>
       </c>
       <c r="C63" s="17">
         <v>263.50427207228137</v>
       </c>
       <c r="D63" s="9">
         <v>107552.64805200802</v>
       </c>
       <c r="E63" s="16">
         <v>300.00711466748459</v>
       </c>
       <c r="F63" s="8">
         <v>107737.37780583468</v>
       </c>
       <c r="G63" s="17">
         <v>283.1878681625455</v>
       </c>
       <c r="H63" s="9">
         <v>111508.01590112397</v>
       </c>
       <c r="I63" s="16">
@@ -6704,51 +6708,51 @@
       <c r="V63" s="8">
         <v>112232.29034136432</v>
       </c>
       <c r="W63" s="17">
         <v>315.06890276249948</v>
       </c>
       <c r="X63" s="9">
         <v>104857.44202037783</v>
       </c>
       <c r="Y63" s="16">
         <v>235.50004691599707</v>
       </c>
       <c r="Z63" s="8">
         <v>95387.78638922557</v>
       </c>
       <c r="AA63" s="17">
         <v>429.52759316652384</v>
       </c>
       <c r="AB63" s="9">
         <v>131321.50562664345</v>
       </c>
       <c r="AC63" s="17">
         <v>344.85243363244365</v>
       </c>
     </row>
-    <row r="64" spans="1:29" s="24" customFormat="1">
+    <row r="64" spans="1:29" s="24" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A64" s="26" t="s">
         <v>77</v>
       </c>
       <c r="B64" s="2">
         <v>104443.1808498117</v>
       </c>
       <c r="C64" s="13">
         <v>290.93985827629615</v>
       </c>
       <c r="D64" s="1">
         <v>112247.85687970255</v>
       </c>
       <c r="E64" s="13">
         <v>313.10391961529763</v>
       </c>
       <c r="F64" s="1">
         <v>110080.44311493178</v>
       </c>
       <c r="G64" s="13">
         <v>289.34661903770268</v>
       </c>
       <c r="H64" s="1">
         <v>114060.05980862318</v>
       </c>
       <c r="I64" s="13">
@@ -6793,51 +6797,51 @@
       <c r="V64" s="1">
         <v>120679.85726674607</v>
       </c>
       <c r="W64" s="13">
         <v>338.78369673219777</v>
       </c>
       <c r="X64" s="1">
         <v>105771.5489323894</v>
       </c>
       <c r="Y64" s="13">
         <v>237.55304588790725</v>
       </c>
       <c r="Z64" s="1">
         <v>92656.797732428327</v>
       </c>
       <c r="AA64" s="13">
         <v>417.23005457041171</v>
       </c>
       <c r="AB64" s="1">
         <v>134900.5932633768</v>
       </c>
       <c r="AC64" s="14">
         <v>354.25117663208886</v>
       </c>
     </row>
-    <row r="65" spans="1:29">
+    <row r="65" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A65" s="28" t="s">
         <v>78</v>
       </c>
       <c r="B65" s="9">
         <v>108484.66745734897</v>
       </c>
       <c r="C65" s="16">
         <v>302.19793689143592</v>
       </c>
       <c r="D65" s="8">
         <v>114827.35428723725</v>
       </c>
       <c r="E65" s="16">
         <v>320.29916388443485</v>
       </c>
       <c r="F65" s="8">
         <v>111178.40199568776</v>
       </c>
       <c r="G65" s="16">
         <v>292.23260569436491</v>
       </c>
       <c r="H65" s="8">
         <v>116740.26421385269</v>
       </c>
       <c r="I65" s="16">
@@ -6882,51 +6886,51 @@
       <c r="V65" s="8">
         <v>120627.75588017877</v>
       </c>
       <c r="W65" s="16">
         <v>338.63743288381477</v>
       </c>
       <c r="X65" s="8">
         <v>114403.17328031575</v>
       </c>
       <c r="Y65" s="16">
         <v>256.93887010535173</v>
       </c>
       <c r="Z65" s="8">
         <v>114638.70891744284</v>
       </c>
       <c r="AA65" s="16">
         <v>516.21376896307595</v>
       </c>
       <c r="AB65" s="8">
         <v>138279.12786451014</v>
       </c>
       <c r="AC65" s="17">
         <v>363.12326406173429</v>
       </c>
     </row>
-    <row r="66" spans="1:29">
+    <row r="66" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A66" s="27" t="s">
         <v>79</v>
       </c>
       <c r="B66" s="9">
         <v>104845.64693766704</v>
       </c>
       <c r="C66" s="16">
         <v>292.06097911548261</v>
       </c>
       <c r="D66" s="8">
         <v>114255.15929880334</v>
       </c>
       <c r="E66" s="16">
         <v>318.70308447015356</v>
       </c>
       <c r="F66" s="8">
         <v>113590.60031849287</v>
       </c>
       <c r="G66" s="16">
         <v>298.5730728055243</v>
       </c>
       <c r="H66" s="8">
         <v>117769.84058459595</v>
       </c>
       <c r="I66" s="16">
@@ -6971,51 +6975,51 @@
       <c r="V66" s="8">
         <v>126502.35311402386</v>
       </c>
       <c r="W66" s="16">
         <v>355.12914751433249</v>
       </c>
       <c r="X66" s="8">
         <v>118762.39017237566</v>
       </c>
       <c r="Y66" s="16">
         <v>266.72926516760782</v>
       </c>
       <c r="Z66" s="8">
         <v>125082.6076222408</v>
       </c>
       <c r="AA66" s="16">
         <v>563.242249691648</v>
       </c>
       <c r="AB66" s="8">
         <v>140362.6516193705</v>
       </c>
       <c r="AC66" s="17">
         <v>368.59463170990438</v>
       </c>
     </row>
-    <row r="67" spans="1:29">
+    <row r="67" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A67" s="23" t="s">
         <v>80</v>
       </c>
       <c r="B67" s="9">
         <v>107075.97431061545</v>
       </c>
       <c r="C67" s="16">
         <v>298.27384169315968</v>
       </c>
       <c r="D67" s="8">
         <v>116305.61399569189</v>
       </c>
       <c r="E67" s="16">
         <v>324.42261819165213</v>
       </c>
       <c r="F67" s="8">
         <v>115760.82321731307</v>
       </c>
       <c r="G67" s="16">
         <v>304.27750713157621</v>
       </c>
       <c r="H67" s="8">
         <v>121598.57779895944</v>
       </c>
       <c r="I67" s="16">
@@ -7060,51 +7064,51 @@
       <c r="V67" s="8">
         <v>123795.04949795347</v>
       </c>
       <c r="W67" s="16">
         <v>347.52895351342767</v>
       </c>
       <c r="X67" s="8">
         <v>122450.75936231166</v>
       </c>
       <c r="Y67" s="16">
         <v>275.01299878285892</v>
       </c>
       <c r="Z67" s="8">
         <v>143180.5904607288</v>
       </c>
       <c r="AA67" s="16">
         <v>644.73678168618505</v>
       </c>
       <c r="AB67" s="8">
         <v>144016.88353852608</v>
       </c>
       <c r="AC67" s="17">
         <v>378.19070483109527</v>
       </c>
     </row>
-    <row r="68" spans="1:29">
+    <row r="68" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A68" s="26" t="s">
         <v>81</v>
       </c>
       <c r="B68" s="2">
         <v>109196.53010878166</v>
       </c>
       <c r="C68" s="13">
         <v>304.18092148875331</v>
       </c>
       <c r="D68" s="1">
         <v>118403.68874242685</v>
       </c>
       <c r="E68" s="13">
         <v>330.27498317312887</v>
       </c>
       <c r="F68" s="1">
         <v>116200.87518230248</v>
       </c>
       <c r="G68" s="13">
         <v>305.43418441836411</v>
       </c>
       <c r="H68" s="1">
         <v>122013.27905114755</v>
       </c>
       <c r="I68" s="13">
@@ -7149,51 +7153,51 @@
       <c r="V68" s="1">
         <v>127369.39702358517</v>
       </c>
       <c r="W68" s="13">
         <v>357.56319365561222</v>
       </c>
       <c r="X68" s="1">
         <v>123497.18951692872</v>
       </c>
       <c r="Y68" s="13">
         <v>277.36318343125743</v>
       </c>
       <c r="Z68" s="1">
         <v>162712.3458778171</v>
       </c>
       <c r="AA68" s="13">
         <v>732.68753735616644</v>
       </c>
       <c r="AB68" s="1">
         <v>146406.38321249129</v>
       </c>
       <c r="AC68" s="14">
         <v>384.46557027524875</v>
       </c>
     </row>
-    <row r="69" spans="1:29">
+    <row r="69" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A69" s="28" t="s">
         <v>82</v>
       </c>
       <c r="B69" s="9">
         <v>117130.88936139963</v>
       </c>
       <c r="C69" s="16">
         <v>326.2830954908012</v>
       </c>
       <c r="D69" s="8">
         <v>121540.69155532599</v>
       </c>
       <c r="E69" s="16">
         <v>339.02533176655976</v>
       </c>
       <c r="F69" s="8">
         <v>120477.73950931616</v>
       </c>
       <c r="G69" s="16">
         <v>316.67592907424574</v>
       </c>
       <c r="H69" s="8">
         <v>125158.79561784823</v>
       </c>
       <c r="I69" s="16">
@@ -7238,51 +7242,51 @@
       <c r="V69" s="8">
         <v>131653.42611306102</v>
       </c>
       <c r="W69" s="16">
         <v>369.58971775592562</v>
       </c>
       <c r="X69" s="8">
         <v>130652.80243115046</v>
       </c>
       <c r="Y69" s="16">
         <v>293.43402346457094</v>
       </c>
       <c r="Z69" s="8">
         <v>174497.5113069299</v>
       </c>
       <c r="AA69" s="16">
         <v>785.75569139824324</v>
       </c>
       <c r="AB69" s="8">
         <v>152511.4370752229</v>
       </c>
       <c r="AC69" s="17">
         <v>400.49754212916423</v>
       </c>
     </row>
-    <row r="70" spans="1:29">
+    <row r="70" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A70" s="27" t="s">
         <v>83</v>
       </c>
       <c r="B70" s="9">
         <v>115122.2186300755</v>
       </c>
       <c r="C70" s="16">
         <v>320.68768588013882</v>
       </c>
       <c r="D70" s="8">
         <v>122496.8405861901</v>
       </c>
       <c r="E70" s="16">
         <v>341.69241172355851</v>
       </c>
       <c r="F70" s="8">
         <v>120353.48353633702</v>
       </c>
       <c r="G70" s="16">
         <v>316.34932205251334</v>
       </c>
       <c r="H70" s="8">
         <v>125070.99828346544</v>
       </c>
       <c r="I70" s="16">
@@ -7327,51 +7331,51 @@
       <c r="V70" s="8">
         <v>129415.12207015253</v>
       </c>
       <c r="W70" s="16">
         <v>363.30614288898619</v>
       </c>
       <c r="X70" s="8">
         <v>130671.30791099332</v>
       </c>
       <c r="Y70" s="16">
         <v>293.47558504844352</v>
       </c>
       <c r="Z70" s="8">
         <v>166189.06737259982</v>
       </c>
       <c r="AA70" s="16">
         <v>748.34308270733743</v>
       </c>
       <c r="AB70" s="8">
         <v>153832.42843786409</v>
       </c>
       <c r="AC70" s="17">
         <v>403.9664871739264</v>
       </c>
     </row>
-    <row r="71" spans="1:29">
+    <row r="71" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A71" s="23" t="s">
         <v>84</v>
       </c>
       <c r="B71" s="25">
         <v>114783.47686178975</v>
       </c>
       <c r="C71" s="20">
         <v>319.74407729549563</v>
       </c>
       <c r="D71" s="19">
         <v>120314.45544658968</v>
       </c>
       <c r="E71" s="20">
         <v>335.60487152177643</v>
       </c>
       <c r="F71" s="19">
         <v>120476.94141812548</v>
       </c>
       <c r="G71" s="20">
         <v>316.6738312902873</v>
       </c>
       <c r="H71" s="19">
         <v>124088.35026651132</v>
       </c>
       <c r="I71" s="20">
@@ -7416,51 +7420,51 @@
       <c r="V71" s="19">
         <v>134701.06811774825</v>
       </c>
       <c r="W71" s="20">
         <v>378.14534127130719</v>
       </c>
       <c r="X71" s="19">
         <v>130824.24440765227</v>
       </c>
       <c r="Y71" s="20">
         <v>293.81906617333453</v>
       </c>
       <c r="Z71" s="19">
         <v>177089.88666522803</v>
       </c>
       <c r="AA71" s="20">
         <v>797.42905955557126</v>
       </c>
       <c r="AB71" s="19">
         <v>153459.58621005018</v>
       </c>
       <c r="AC71" s="21">
         <v>402.98739735151668</v>
       </c>
     </row>
-    <row r="72" spans="1:29">
+    <row r="72" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A72" s="28" t="s">
         <v>85</v>
       </c>
       <c r="B72" s="9">
         <v>112206.13614863409</v>
       </c>
       <c r="C72" s="14">
         <v>312.564564610091</v>
       </c>
       <c r="D72" s="8">
         <v>119353.16320230438</v>
       </c>
       <c r="E72" s="14">
         <v>332.92344509682403</v>
       </c>
       <c r="F72" s="9">
         <v>117678.1083229926</v>
       </c>
       <c r="G72" s="16">
         <v>309.31709406783619</v>
       </c>
       <c r="H72" s="8">
         <v>122693.80217724951</v>
       </c>
       <c r="I72" s="16">
@@ -7505,51 +7509,51 @@
       <c r="V72" s="8">
         <v>125694.54100171971</v>
       </c>
       <c r="W72" s="16">
         <v>352.86138237216358</v>
       </c>
       <c r="X72" s="8">
         <v>129739.3907131833</v>
       </c>
       <c r="Y72" s="16">
         <v>291.38258583372465</v>
       </c>
       <c r="Z72" s="8">
         <v>140060.31325431188</v>
       </c>
       <c r="AA72" s="16">
         <v>630.6862914796526</v>
       </c>
       <c r="AB72" s="8">
         <v>149667.66565135264</v>
       </c>
       <c r="AC72" s="17">
         <v>393.02975159831084</v>
       </c>
     </row>
-    <row r="73" spans="1:29">
+    <row r="73" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A73" s="28" t="s">
         <v>86</v>
       </c>
       <c r="B73" s="9">
         <v>109709.52773197919</v>
       </c>
       <c r="C73" s="17">
         <v>305.60994207750565</v>
       </c>
       <c r="D73" s="8">
         <v>111780.11072675031</v>
       </c>
       <c r="E73" s="17">
         <v>311.79918954787837</v>
       </c>
       <c r="F73" s="9">
         <v>111968.54964403967</v>
       </c>
       <c r="G73" s="16">
         <v>294.30951003924037</v>
       </c>
       <c r="H73" s="8">
         <v>114957.06540273919</v>
       </c>
       <c r="I73" s="16">
@@ -7594,51 +7598,51 @@
       <c r="V73" s="8">
         <v>118488.2135298158</v>
       </c>
       <c r="W73" s="16">
         <v>332.63111100717464</v>
       </c>
       <c r="X73" s="8">
         <v>130634.35174172641</v>
       </c>
       <c r="Y73" s="16">
         <v>293.39258493487506</v>
       </c>
       <c r="Z73" s="8">
         <v>128596.40101248253</v>
       </c>
       <c r="AA73" s="16">
         <v>579.06472838547631</v>
       </c>
       <c r="AB73" s="8">
         <v>144286.37690169821</v>
       </c>
       <c r="AC73" s="17">
         <v>378.89839883516743</v>
       </c>
     </row>
-    <row r="74" spans="1:29">
+    <row r="74" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A74" s="27" t="s">
         <v>87</v>
       </c>
       <c r="B74" s="9">
         <v>104442.92610895823</v>
       </c>
       <c r="C74" s="17">
         <v>290.9391486630193</v>
       </c>
       <c r="D74" s="8">
         <v>109610.05709862635</v>
       </c>
       <c r="E74" s="17">
         <v>305.74604683648403</v>
       </c>
       <c r="F74" s="9">
         <v>108666.59150661</v>
       </c>
       <c r="G74" s="16">
         <v>285.6303078464241</v>
       </c>
       <c r="H74" s="8">
         <v>110676.65094434783</v>
       </c>
       <c r="I74" s="16">
@@ -7683,51 +7687,51 @@
       <c r="V74" s="8">
         <v>115107.49741853014</v>
       </c>
       <c r="W74" s="16">
         <v>323.14045094406356</v>
       </c>
       <c r="X74" s="8">
         <v>124311.75002333989</v>
       </c>
       <c r="Y74" s="16">
         <v>279.19261044930801</v>
       </c>
       <c r="Z74" s="8">
         <v>118692.60902111161</v>
       </c>
       <c r="AA74" s="16">
         <v>534.46832775282735</v>
       </c>
       <c r="AB74" s="8">
         <v>136761.11191734136</v>
       </c>
       <c r="AC74" s="17">
         <v>359.13692921752124</v>
       </c>
     </row>
-    <row r="75" spans="1:29">
+    <row r="75" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A75" s="27" t="s">
         <v>88</v>
       </c>
       <c r="B75" s="9">
         <v>99646.311231360509</v>
       </c>
       <c r="C75" s="17">
         <v>277.57756352802602</v>
       </c>
       <c r="D75" s="8">
         <v>102841.25459500913</v>
       </c>
       <c r="E75" s="17">
         <v>286.86516435107751</v>
       </c>
       <c r="F75" s="9">
         <v>103624.03518384023</v>
       </c>
       <c r="G75" s="16">
         <v>272.37594056724015</v>
       </c>
       <c r="H75" s="8">
         <v>103474.24737792145</v>
       </c>
       <c r="I75" s="16">
@@ -7772,51 +7776,51 @@
       <c r="V75" s="8">
         <v>106545.97270993663</v>
       </c>
       <c r="W75" s="16">
         <v>299.10574410785807</v>
       </c>
       <c r="X75" s="8">
         <v>111592.76528408691</v>
       </c>
       <c r="Y75" s="16">
         <v>250.62695554580748</v>
       </c>
       <c r="Z75" s="8">
         <v>107706.49696302784</v>
       </c>
       <c r="AA75" s="16">
         <v>484.99828080875176</v>
       </c>
       <c r="AB75" s="8">
         <v>128933.85042277856</v>
       </c>
       <c r="AC75" s="17">
         <v>338.58241179710978</v>
       </c>
     </row>
-    <row r="76" spans="1:29">
+    <row r="76" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A76" s="12" t="s">
         <v>89</v>
       </c>
       <c r="B76" s="29">
         <v>95643.997310960302</v>
       </c>
       <c r="C76" s="30">
         <v>266.42860545049558</v>
       </c>
       <c r="D76" s="29">
         <v>95416.725408910715</v>
       </c>
       <c r="E76" s="30">
         <v>266.15519933181713</v>
       </c>
       <c r="F76" s="29">
         <v>94805.266831976012</v>
       </c>
       <c r="G76" s="30">
         <v>249.19579399002777</v>
       </c>
       <c r="H76" s="29">
         <v>94871.093889772645</v>
       </c>
       <c r="I76" s="30">
@@ -7861,51 +7865,51 @@
       <c r="V76" s="29">
         <v>97331.923995522171</v>
       </c>
       <c r="W76" s="30">
         <v>273.23921131572786</v>
       </c>
       <c r="X76" s="29">
         <v>114218.51424108515</v>
       </c>
       <c r="Y76" s="30">
         <v>256.52414310491793</v>
       </c>
       <c r="Z76" s="29" t="s">
         <v>116</v>
       </c>
       <c r="AA76" s="30" t="s">
         <v>116</v>
       </c>
       <c r="AB76" s="29">
         <v>122879.52388536262</v>
       </c>
       <c r="AC76" s="30">
         <v>322.68365073379027</v>
       </c>
     </row>
-    <row r="77" spans="1:29">
+    <row r="77" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A77" s="15" t="s">
         <v>90</v>
       </c>
       <c r="B77" s="31">
         <v>92419.190255975773</v>
       </c>
       <c r="C77" s="32">
         <v>257.44549233663167</v>
       </c>
       <c r="D77" s="31">
         <v>101471.36810347956</v>
       </c>
       <c r="E77" s="32">
         <v>283.04400605149738</v>
       </c>
       <c r="F77" s="31">
         <v>94504.017539389635</v>
       </c>
       <c r="G77" s="32">
         <v>248.40395974744246</v>
       </c>
       <c r="H77" s="31">
         <v>103294.94576847331</v>
       </c>
       <c r="I77" s="32">
@@ -7950,51 +7954,51 @@
       <c r="V77" s="31">
         <v>115932.17102119151</v>
       </c>
       <c r="W77" s="32">
         <v>325.45555122703405</v>
       </c>
       <c r="X77" s="31">
         <v>115290.5411431635</v>
       </c>
       <c r="Y77" s="32">
         <v>258.93181566368202</v>
       </c>
       <c r="Z77" s="31">
         <v>99950.842644803823</v>
       </c>
       <c r="AA77" s="32">
         <v>450.07486284468212</v>
       </c>
       <c r="AB77" s="31">
         <v>126204.28955201081</v>
       </c>
       <c r="AC77" s="32">
         <v>331.41454005713507</v>
       </c>
     </row>
-    <row r="78" spans="1:29">
+    <row r="78" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A78" s="15" t="s">
         <v>91</v>
       </c>
       <c r="B78" s="31">
         <v>95365.469298472904</v>
       </c>
       <c r="C78" s="32">
         <v>265.65272999534653</v>
       </c>
       <c r="D78" s="31">
         <v>98686.55445042465</v>
       </c>
       <c r="E78" s="32">
         <v>275.27605310871513</v>
       </c>
       <c r="F78" s="31">
         <v>98555.068015046229</v>
       </c>
       <c r="G78" s="32">
         <v>259.05215233746043</v>
       </c>
       <c r="H78" s="31">
         <v>102807.07963812094</v>
       </c>
       <c r="I78" s="32">
@@ -8039,51 +8043,51 @@
       <c r="V78" s="31">
         <v>112440.2347999551</v>
       </c>
       <c r="W78" s="32">
         <v>315.65266374790275</v>
       </c>
       <c r="X78" s="31">
         <v>125503.72008959029</v>
       </c>
       <c r="Y78" s="32">
         <v>281.86966418164951</v>
       </c>
       <c r="Z78" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AA78" s="32" t="s">
         <v>116</v>
       </c>
       <c r="AB78" s="31">
         <v>130278.73265053773</v>
       </c>
       <c r="AC78" s="32">
         <v>342.11409464660704</v>
       </c>
     </row>
-    <row r="79" spans="1:29">
+    <row r="79" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A79" s="33" t="s">
         <v>92</v>
       </c>
       <c r="B79" s="31">
         <v>98513.002457609924</v>
       </c>
       <c r="C79" s="32">
         <v>274.42058677439366</v>
       </c>
       <c r="D79" s="31">
         <v>104152.00631009458</v>
       </c>
       <c r="E79" s="32">
         <v>290.52137223819614</v>
       </c>
       <c r="F79" s="31">
         <v>103232.77079189307</v>
       </c>
       <c r="G79" s="32">
         <v>271.34750149344791</v>
       </c>
       <c r="H79" s="31">
         <v>105350.70759593476</v>
       </c>
       <c r="I79" s="32">
@@ -8128,51 +8132,51 @@
       <c r="V79" s="31">
         <v>110686.96047612857</v>
       </c>
       <c r="W79" s="32">
         <v>310.73070932846156</v>
       </c>
       <c r="X79" s="31">
         <v>119172.36931488148</v>
       </c>
       <c r="Y79" s="32">
         <v>267.65004013058984</v>
       </c>
       <c r="Z79" s="31">
         <v>98232.822036130994</v>
       </c>
       <c r="AA79" s="32">
         <v>442.33868104418821</v>
       </c>
       <c r="AB79" s="31">
         <v>133211.6225430737</v>
       </c>
       <c r="AC79" s="32">
         <v>349.81591174191624</v>
       </c>
     </row>
-    <row r="80" spans="1:29">
+    <row r="80" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A80" s="12" t="s">
         <v>93</v>
       </c>
       <c r="B80" s="29">
         <v>98694.997040646544</v>
       </c>
       <c r="C80" s="30">
         <v>274.92755599694033</v>
       </c>
       <c r="D80" s="29">
         <v>103274.49056432067</v>
       </c>
       <c r="E80" s="30">
         <v>288.07363178983809</v>
       </c>
       <c r="F80" s="29">
         <v>100460.30579680114</v>
       </c>
       <c r="G80" s="30">
         <v>264.06007286370783</v>
       </c>
       <c r="H80" s="29">
         <v>109040.31190271127</v>
       </c>
       <c r="I80" s="30">
@@ -8217,51 +8221,51 @@
       <c r="V80" s="29">
         <v>120100.54584134102</v>
       </c>
       <c r="W80" s="30">
         <v>337.15739992755277</v>
       </c>
       <c r="X80" s="29">
         <v>113857.85489397985</v>
       </c>
       <c r="Y80" s="30">
         <v>255.7141358080826</v>
       </c>
       <c r="Z80" s="29">
         <v>96824.903581137041</v>
       </c>
       <c r="AA80" s="30">
         <v>435.99887750916679</v>
       </c>
       <c r="AB80" s="29">
         <v>134009.58397617046</v>
       </c>
       <c r="AC80" s="30">
         <v>351.91137158937335</v>
       </c>
     </row>
-    <row r="81" spans="1:29">
+    <row r="81" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A81" s="33" t="s">
         <v>94</v>
       </c>
       <c r="B81" s="31">
         <v>101402.60717690235</v>
       </c>
       <c r="C81" s="32">
         <v>282.46995084646625</v>
       </c>
       <c r="D81" s="31">
         <v>106554.45346451407</v>
       </c>
       <c r="E81" s="32">
         <v>297.22275292935285</v>
       </c>
       <c r="F81" s="31">
         <v>104830.34752610326</v>
       </c>
       <c r="G81" s="32">
         <v>275.54673446904911</v>
       </c>
       <c r="H81" s="31">
         <v>112256.74267178588</v>
       </c>
       <c r="I81" s="32">
@@ -8306,51 +8310,51 @@
       <c r="V81" s="31">
         <v>118045.0647768761</v>
       </c>
       <c r="W81" s="32">
         <v>331.38706269519059</v>
       </c>
       <c r="X81" s="31">
         <v>120932.14426336378</v>
       </c>
       <c r="Y81" s="32">
         <v>271.60233073528184</v>
       </c>
       <c r="Z81" s="31">
         <v>99083.94314902692</v>
       </c>
       <c r="AA81" s="32">
         <v>446.17124721386182</v>
       </c>
       <c r="AB81" s="31">
         <v>138015.33490313962</v>
       </c>
       <c r="AC81" s="32">
         <v>362.43053940654823</v>
       </c>
     </row>
-    <row r="82" spans="1:29">
+    <row r="82" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A82" s="33" t="s">
         <v>95</v>
       </c>
       <c r="B82" s="31">
         <v>99541.076858634202</v>
       </c>
       <c r="C82" s="32">
         <v>277.28441970343482</v>
       </c>
       <c r="D82" s="31">
         <v>103846.23707284116</v>
       </c>
       <c r="E82" s="32">
         <v>289.6684602152572</v>
       </c>
       <c r="F82" s="31">
         <v>103957.36244569227</v>
       </c>
       <c r="G82" s="32">
         <v>273.25209180283503</v>
       </c>
       <c r="H82" s="31">
         <v>108743.02943774062</v>
       </c>
       <c r="I82" s="32">
@@ -8395,51 +8399,51 @@
       <c r="V82" s="31">
         <v>123271.81105575887</v>
       </c>
       <c r="W82" s="32">
         <v>346.06006999190288</v>
       </c>
       <c r="X82" s="31">
         <v>120512.87648677547</v>
       </c>
       <c r="Y82" s="32">
         <v>270.66069436542148</v>
       </c>
       <c r="Z82" s="31">
         <v>83944.512416010228</v>
       </c>
       <c r="AA82" s="32">
         <v>377.998963415079</v>
       </c>
       <c r="AB82" s="31">
         <v>137112.10978809188</v>
       </c>
       <c r="AC82" s="32">
         <v>360.05865539900634</v>
       </c>
     </row>
-    <row r="83" spans="1:29">
+    <row r="83" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A83" s="33" t="s">
         <v>96</v>
       </c>
       <c r="B83" s="31">
         <v>97542.954671029234</v>
       </c>
       <c r="C83" s="32">
         <v>271.71839441245419</v>
       </c>
       <c r="D83" s="31">
         <v>99380.89001361077</v>
       </c>
       <c r="E83" s="32">
         <v>277.21283116760367</v>
       </c>
       <c r="F83" s="31">
         <v>101083.09407384388</v>
       </c>
       <c r="G83" s="32">
         <v>265.69707283608699</v>
       </c>
       <c r="H83" s="31">
         <v>107993.70938664541</v>
       </c>
       <c r="I83" s="32">
@@ -8484,51 +8488,51 @@
       <c r="V83" s="31">
         <v>111732.76237564303</v>
       </c>
       <c r="W83" s="32">
         <v>313.66658149131911</v>
       </c>
       <c r="X83" s="31">
         <v>123064.55458236398</v>
       </c>
       <c r="Y83" s="32">
         <v>276.39152566978265</v>
       </c>
       <c r="Z83" s="31">
         <v>99636.199905167916</v>
       </c>
       <c r="AA83" s="32">
         <v>448.65803849243571</v>
       </c>
       <c r="AB83" s="31">
         <v>132787.18517512089</v>
       </c>
       <c r="AC83" s="32">
         <v>348.70133223291174</v>
       </c>
     </row>
-    <row r="84" spans="1:29">
+    <row r="84" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A84" s="12" t="s">
         <v>97</v>
       </c>
       <c r="B84" s="29">
         <v>97782.85222701286</v>
       </c>
       <c r="C84" s="30">
         <v>272.38665978287673</v>
       </c>
       <c r="D84" s="29">
         <v>99516.171718732236</v>
       </c>
       <c r="E84" s="30">
         <v>277.59018565171789</v>
       </c>
       <c r="F84" s="29">
         <v>103214.78414567529</v>
       </c>
       <c r="G84" s="30">
         <v>271.30022356538302</v>
       </c>
       <c r="H84" s="29">
         <v>107937.73362615917</v>
       </c>
       <c r="I84" s="30">
@@ -8573,51 +8577,51 @@
       <c r="V84" s="29">
         <v>106777.2753397038</v>
       </c>
       <c r="W84" s="30">
         <v>299.7550783194755</v>
       </c>
       <c r="X84" s="29">
         <v>114262.18912643295</v>
       </c>
       <c r="Y84" s="30">
         <v>256.62223282893063</v>
       </c>
       <c r="Z84" s="29" t="s">
         <v>116</v>
       </c>
       <c r="AA84" s="30" t="s">
         <v>116</v>
       </c>
       <c r="AB84" s="29">
         <v>133529.54838209477</v>
       </c>
       <c r="AC84" s="30">
         <v>350.65079022414108</v>
       </c>
     </row>
-    <row r="85" spans="1:29">
+    <row r="85" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A85" s="15" t="s">
         <v>98</v>
       </c>
       <c r="B85" s="31">
         <v>99560.995609933918</v>
       </c>
       <c r="C85" s="32">
         <v>277.33990593655244</v>
       </c>
       <c r="D85" s="31">
         <v>102274.72419315336</v>
       </c>
       <c r="E85" s="32">
         <v>285.28488572186166</v>
       </c>
       <c r="F85" s="31">
         <v>101476.03605644872</v>
       </c>
       <c r="G85" s="32">
         <v>266.72992145957937</v>
       </c>
       <c r="H85" s="31">
         <v>108819.85903401654</v>
       </c>
       <c r="I85" s="32">
@@ -8662,51 +8666,51 @@
       <c r="V85" s="31">
         <v>117010.84092019357</v>
       </c>
       <c r="W85" s="32">
         <v>328.48369348883597</v>
       </c>
       <c r="X85" s="31">
         <v>123145.71826043352</v>
       </c>
       <c r="Y85" s="32">
         <v>276.5738117300275</v>
       </c>
       <c r="Z85" s="31">
         <v>77258.068268658986</v>
       </c>
       <c r="AA85" s="32">
         <v>347.89015839747378</v>
       </c>
       <c r="AB85" s="31">
         <v>137842.48243759802</v>
       </c>
       <c r="AC85" s="32">
         <v>361.97662598911558</v>
       </c>
     </row>
-    <row r="86" spans="1:29">
+    <row r="86" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A86" s="33" t="s">
         <v>99</v>
       </c>
       <c r="B86" s="31">
         <v>96232.318100241799</v>
       </c>
       <c r="C86" s="32">
         <v>268.06744836644134</v>
       </c>
       <c r="D86" s="31">
         <v>98570.248993954039</v>
       </c>
       <c r="E86" s="32">
         <v>274.95163092992357</v>
       </c>
       <c r="F86" s="31">
         <v>99855.38661897619</v>
       </c>
       <c r="G86" s="32">
         <v>262.47004184691798</v>
       </c>
       <c r="H86" s="31">
         <v>107303.95687036964</v>
       </c>
       <c r="I86" s="32">
@@ -8751,51 +8755,51 @@
       <c r="V86" s="31">
         <v>114538.58650766111</v>
       </c>
       <c r="W86" s="32">
         <v>321.54335142919194</v>
       </c>
       <c r="X86" s="31">
         <v>114951.8372719273</v>
       </c>
       <c r="Y86" s="32">
         <v>258.17111832041428</v>
       </c>
       <c r="Z86" s="31">
         <v>77248.406727674941</v>
       </c>
       <c r="AA86" s="32">
         <v>347.84665284396169</v>
       </c>
       <c r="AB86" s="31">
         <v>136482.82222550872</v>
       </c>
       <c r="AC86" s="32">
         <v>358.40613590971253</v>
       </c>
     </row>
-    <row r="87" spans="1:29">
+    <row r="87" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A87" s="33" t="s">
         <v>100</v>
       </c>
       <c r="B87" s="31">
         <v>95182.086537065959</v>
       </c>
       <c r="C87" s="32">
         <v>265.141893824139</v>
       </c>
       <c r="D87" s="31">
         <v>98089.584336993124</v>
       </c>
       <c r="E87" s="32">
         <v>273.61086601646696</v>
       </c>
       <c r="F87" s="31">
         <v>99886.230732035096</v>
       </c>
       <c r="G87" s="32">
         <v>262.55111564693425</v>
       </c>
       <c r="H87" s="31">
         <v>106500.85845837767</v>
       </c>
       <c r="I87" s="32">
@@ -8840,51 +8844,51 @@
       <c r="V87" s="31">
         <v>113271.31203427466</v>
       </c>
       <c r="W87" s="32">
         <v>317.98574090004428</v>
       </c>
       <c r="X87" s="31">
         <v>115846.74175261163</v>
       </c>
       <c r="Y87" s="32">
         <v>260.18099042034152</v>
       </c>
       <c r="Z87" s="31">
         <v>72948.302219287812</v>
       </c>
       <c r="AA87" s="32">
         <v>328.48344493477106</v>
       </c>
       <c r="AB87" s="31">
         <v>134486.57705294053</v>
       </c>
       <c r="AC87" s="32">
         <v>353.16396325412057</v>
       </c>
     </row>
-    <row r="88" spans="1:29">
+    <row r="88" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A88" s="34" t="s">
         <v>101</v>
       </c>
       <c r="B88" s="29">
         <v>98753.741421849627</v>
       </c>
       <c r="C88" s="30">
         <v>275.09119599528861</v>
       </c>
       <c r="D88" s="29">
         <v>97892.599630640761</v>
       </c>
       <c r="E88" s="30">
         <v>273.06139731944501</v>
       </c>
       <c r="F88" s="29">
         <v>101407.12441407547</v>
       </c>
       <c r="G88" s="30">
         <v>266.54878709848111</v>
       </c>
       <c r="H88" s="29">
         <v>107634.50003850099</v>
       </c>
       <c r="I88" s="30">
@@ -8929,51 +8933,51 @@
       <c r="V88" s="29">
         <v>113197.78441385379</v>
       </c>
       <c r="W88" s="30">
         <v>317.77932733922086</v>
       </c>
       <c r="X88" s="29">
         <v>119247.41720245025</v>
       </c>
       <c r="Y88" s="30">
         <v>267.81859069507863</v>
       </c>
       <c r="Z88" s="29" t="s">
         <v>116</v>
       </c>
       <c r="AA88" s="30" t="s">
         <v>116</v>
       </c>
       <c r="AB88" s="29">
         <v>133947.71905021989</v>
       </c>
       <c r="AC88" s="30">
         <v>351.74891327632906</v>
       </c>
     </row>
-    <row r="89" spans="1:29">
+    <row r="89" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A89" s="33" t="s">
         <v>102</v>
       </c>
       <c r="B89" s="31">
         <v>96775.235559325112</v>
       </c>
       <c r="C89" s="32">
         <v>269.57981449045445</v>
       </c>
       <c r="D89" s="31">
         <v>101395.73949145389</v>
       </c>
       <c r="E89" s="32">
         <v>282.83304777114751</v>
       </c>
       <c r="F89" s="31">
         <v>101076.26866245057</v>
       </c>
       <c r="G89" s="32">
         <v>265.67913223143182</v>
       </c>
       <c r="H89" s="31">
         <v>107637.55787626523</v>
       </c>
       <c r="I89" s="32">
@@ -9018,51 +9022,51 @@
       <c r="V89" s="31">
         <v>109540.70771766243</v>
       </c>
       <c r="W89" s="32">
         <v>307.51284219058215</v>
       </c>
       <c r="X89" s="31">
         <v>115420.14106288712</v>
       </c>
       <c r="Y89" s="32">
         <v>259.22288501066544</v>
       </c>
       <c r="Z89" s="31">
         <v>67051.251486348119</v>
       </c>
       <c r="AA89" s="32">
         <v>301.92924859599771</v>
       </c>
       <c r="AB89" s="31">
         <v>135801.35901420415</v>
       </c>
       <c r="AC89" s="32">
         <v>356.61660230873866</v>
       </c>
     </row>
-    <row r="90" spans="1:29">
+    <row r="90" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A90" s="33" t="s">
         <v>103</v>
       </c>
       <c r="B90" s="31">
         <v>99285.857528227963</v>
       </c>
       <c r="C90" s="32">
         <v>276.57347356780787</v>
       </c>
       <c r="D90" s="31">
         <v>101350.23747870856</v>
       </c>
       <c r="E90" s="32">
         <v>282.70612455909708</v>
       </c>
       <c r="F90" s="31">
         <v>99886.843988376379</v>
       </c>
       <c r="G90" s="32">
         <v>262.55272759219844</v>
       </c>
       <c r="H90" s="31">
         <v>106869.50465707915</v>
       </c>
       <c r="I90" s="32">
@@ -9107,51 +9111,51 @@
       <c r="V90" s="31">
         <v>109129.37794369711</v>
       </c>
       <c r="W90" s="32">
         <v>306.35811906978847</v>
       </c>
       <c r="X90" s="31">
         <v>114385.56050344418</v>
       </c>
       <c r="Y90" s="32">
         <v>256.89931344919398</v>
       </c>
       <c r="Z90" s="31">
         <v>65604.183465476221</v>
       </c>
       <c r="AA90" s="32">
         <v>295.41315604703004</v>
       </c>
       <c r="AB90" s="31">
         <v>135105.11020901392</v>
       </c>
       <c r="AC90" s="32">
         <v>354.78824149504101</v>
       </c>
     </row>
-    <row r="91" spans="1:29">
+    <row r="91" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A91" s="33" t="s">
         <v>104</v>
       </c>
       <c r="B91" s="31">
         <v>94761.302999595937</v>
       </c>
       <c r="C91" s="32">
         <v>263.9697473827876</v>
       </c>
       <c r="D91" s="31">
         <v>97529.007659315204</v>
       </c>
       <c r="E91" s="32">
         <v>272.0471946920872</v>
       </c>
       <c r="F91" s="31">
         <v>96302.95689977819</v>
       </c>
       <c r="G91" s="32">
         <v>253.13247470480701</v>
       </c>
       <c r="H91" s="31">
         <v>108766.90738638166</v>
       </c>
       <c r="I91" s="32">
@@ -9196,51 +9200,51 @@
       <c r="V91" s="31">
         <v>110724.39112192848</v>
       </c>
       <c r="W91" s="32">
         <v>310.83578811163528</v>
       </c>
       <c r="X91" s="31">
         <v>112367.89670800565</v>
       </c>
       <c r="Y91" s="32">
         <v>252.36782851754609</v>
       </c>
       <c r="Z91" s="31">
         <v>66444.324177714618</v>
       </c>
       <c r="AA91" s="32">
         <v>299.19627788798016</v>
       </c>
       <c r="AB91" s="31">
         <v>134357.03490099631</v>
       </c>
       <c r="AC91" s="32">
         <v>352.82378343252338</v>
       </c>
     </row>
-    <row r="92" spans="1:29">
+    <row r="92" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A92" s="33" t="s">
         <v>105</v>
       </c>
       <c r="B92" s="31">
         <v>96964.461563243516</v>
       </c>
       <c r="C92" s="32">
         <v>270.1069277621325</v>
       </c>
       <c r="D92" s="31">
         <v>97641.510880825634</v>
       </c>
       <c r="E92" s="32">
         <v>272.36101092522927</v>
       </c>
       <c r="F92" s="31">
         <v>98270.689751219761</v>
       </c>
       <c r="G92" s="32">
         <v>258.30466362068546</v>
       </c>
       <c r="H92" s="31">
         <v>108925.59698039117</v>
       </c>
       <c r="I92" s="32">
@@ -9285,51 +9289,51 @@
       <c r="V92" s="31">
         <v>112297.2362254084</v>
       </c>
       <c r="W92" s="32">
         <v>315.25122487641585</v>
       </c>
       <c r="X92" s="31">
         <v>113148.53353836924</v>
       </c>
       <c r="Y92" s="32">
         <v>254.12106611931074</v>
       </c>
       <c r="Z92" s="31">
         <v>69035.243720376777</v>
       </c>
       <c r="AA92" s="32">
         <v>310.86309056257949</v>
       </c>
       <c r="AB92" s="31">
         <v>135175.18274839639</v>
       </c>
       <c r="AC92" s="32">
         <v>354.97225313594885</v>
       </c>
     </row>
-    <row r="93" spans="1:29">
+    <row r="93" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A93" s="33" t="s">
         <v>106</v>
       </c>
       <c r="B93" s="31">
         <v>99665.978702740642</v>
       </c>
       <c r="C93" s="32">
         <v>277.63234978874152</v>
       </c>
       <c r="D93" s="31">
         <v>99755.933515389275</v>
       </c>
       <c r="E93" s="32">
         <v>278.25897666826069</v>
       </c>
       <c r="F93" s="31">
         <v>101076.30405251456</v>
       </c>
       <c r="G93" s="32">
         <v>265.67922525427105</v>
       </c>
       <c r="H93" s="31">
         <v>109832.0596543891</v>
       </c>
       <c r="I93" s="32">
@@ -9374,51 +9378,51 @@
       <c r="V93" s="31">
         <v>112478.13662741071</v>
       </c>
       <c r="W93" s="32">
         <v>315.75906527595509</v>
       </c>
       <c r="X93" s="31">
         <v>117512.08556409374</v>
       </c>
       <c r="Y93" s="32">
         <v>263.92119748794369</v>
       </c>
       <c r="Z93" s="31">
         <v>69283.296089496522</v>
       </c>
       <c r="AA93" s="32">
         <v>311.98006099580147</v>
       </c>
       <c r="AB93" s="31">
         <v>138460.18380933782</v>
       </c>
       <c r="AC93" s="32">
         <v>363.59871995069557</v>
       </c>
     </row>
-    <row r="94" spans="1:29">
+    <row r="94" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A94" s="6" t="s">
         <v>107</v>
       </c>
       <c r="B94" s="31">
         <v>100268.6929209192</v>
       </c>
       <c r="C94" s="32">
         <v>279.31128744451945</v>
       </c>
       <c r="D94" s="31">
         <v>102611.49271584062</v>
       </c>
       <c r="E94" s="32">
         <v>286.2242670818946</v>
       </c>
       <c r="F94" s="31">
         <v>101379.66152876172</v>
       </c>
       <c r="G94" s="32">
         <v>266.47660086094697</v>
       </c>
       <c r="H94" s="31">
         <v>112332.90008043409</v>
       </c>
       <c r="I94" s="32">
@@ -9463,51 +9467,51 @@
       <c r="V94" s="31">
         <v>119648.10693118229</v>
       </c>
       <c r="W94" s="32">
         <v>335.88727142391809</v>
       </c>
       <c r="X94" s="31">
         <v>117165.56296596381</v>
       </c>
       <c r="Y94" s="32">
         <v>263.14294001241615</v>
       </c>
       <c r="Z94" s="31">
         <v>66915.621397936528</v>
       </c>
       <c r="AA94" s="32">
         <v>301.31851143936967</v>
       </c>
       <c r="AB94" s="31">
         <v>141628.36440354623</v>
       </c>
       <c r="AC94" s="32">
         <v>371.91841429844442</v>
       </c>
     </row>
-    <row r="95" spans="1:29">
+    <row r="95" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A95" s="6" t="s">
         <v>108</v>
       </c>
       <c r="B95" s="31">
         <v>100023.12374112746</v>
       </c>
       <c r="C95" s="32">
         <v>278.62722303950699</v>
       </c>
       <c r="D95" s="31">
         <v>106420.60272599239</v>
       </c>
       <c r="E95" s="32">
         <v>296.84938998025478</v>
       </c>
       <c r="F95" s="31">
         <v>102075.1787713153</v>
       </c>
       <c r="G95" s="32">
         <v>268.30476903433629</v>
       </c>
       <c r="H95" s="31">
         <v>113377.71589206802</v>
       </c>
       <c r="I95" s="32">
@@ -9552,51 +9556,51 @@
       <c r="V95" s="31">
         <v>120032.84108424086</v>
       </c>
       <c r="W95" s="32">
         <v>336.96733284911693</v>
       </c>
       <c r="X95" s="31">
         <v>118126.58171562784</v>
       </c>
       <c r="Y95" s="32">
         <v>265.30129860168108</v>
       </c>
       <c r="Z95" s="31">
         <v>65707.760052429265</v>
       </c>
       <c r="AA95" s="32">
         <v>295.87955749931666</v>
       </c>
       <c r="AB95" s="31">
         <v>144811.9636755645</v>
       </c>
       <c r="AC95" s="32">
         <v>380.27859834771436</v>
       </c>
     </row>
-    <row r="96" spans="1:29">
+    <row r="96" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A96" s="6" t="s">
         <v>109</v>
       </c>
       <c r="B96" s="31">
         <v>99589.85982068532</v>
       </c>
       <c r="C96" s="32">
         <v>277.42031089278743</v>
       </c>
       <c r="D96" s="31">
         <v>106302.17544948384</v>
       </c>
       <c r="E96" s="32">
         <v>296.51904920141988</v>
       </c>
       <c r="F96" s="31">
         <v>103803.81803155859</v>
       </c>
       <c r="G96" s="32">
         <v>272.84850006715027</v>
       </c>
       <c r="H96" s="31">
         <v>118543.61941689231</v>
       </c>
       <c r="I96" s="32">
@@ -9641,51 +9645,51 @@
       <c r="V96" s="31">
         <v>121529.41319270761</v>
       </c>
       <c r="W96" s="32">
         <v>341.16864898269489</v>
       </c>
       <c r="X96" s="31">
         <v>120228.01249011709</v>
       </c>
       <c r="Y96" s="32">
         <v>270.02091636507043</v>
       </c>
       <c r="Z96" s="31">
         <v>73110.87009108864</v>
       </c>
       <c r="AA96" s="32">
         <v>329.21548191082462</v>
       </c>
       <c r="AB96" s="31">
         <v>148570.91266069998</v>
       </c>
       <c r="AC96" s="32">
         <v>390.14966020645966</v>
       </c>
     </row>
-    <row r="97" spans="1:29">
+    <row r="97" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A97" s="6" t="s">
         <v>110</v>
       </c>
       <c r="B97" s="31">
         <v>105305.11559015517</v>
       </c>
       <c r="C97" s="32">
         <v>293.34088789985333</v>
       </c>
       <c r="D97" s="31">
         <v>109718.41036774765</v>
       </c>
       <c r="E97" s="32">
         <v>306.04828720176215</v>
       </c>
       <c r="F97" s="31">
         <v>108408.23882473451</v>
       </c>
       <c r="G97" s="32">
         <v>284.95122741301822</v>
       </c>
       <c r="H97" s="31">
         <v>118564.68036143607</v>
       </c>
       <c r="I97" s="32">
@@ -9730,51 +9734,51 @@
       <c r="V97" s="31">
         <v>126081.70576156642</v>
       </c>
       <c r="W97" s="32">
         <v>353.94826722234518</v>
       </c>
       <c r="X97" s="31">
         <v>124794.15838141365</v>
       </c>
       <c r="Y97" s="32">
         <v>280.27605468340408</v>
       </c>
       <c r="Z97" s="31">
         <v>69853.796148965892</v>
       </c>
       <c r="AA97" s="32">
         <v>314.5490011790377</v>
       </c>
       <c r="AB97" s="31">
         <v>156152.16310969499</v>
       </c>
       <c r="AC97" s="32">
         <v>410.05814857504379</v>
       </c>
     </row>
-    <row r="98" spans="1:29">
+    <row r="98" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A98" s="6" t="s">
         <v>111</v>
       </c>
       <c r="B98" s="31">
         <v>101708.12909380358</v>
       </c>
       <c r="C98" s="32">
         <v>283.32102127998138</v>
       </c>
       <c r="D98" s="31">
         <v>114107.3040546855</v>
       </c>
       <c r="E98" s="32">
         <v>318.29065738463169</v>
       </c>
       <c r="F98" s="31">
         <v>109710.69663964964</v>
       </c>
       <c r="G98" s="32">
         <v>288.37473984193764</v>
       </c>
       <c r="H98" s="31">
         <v>121845.40933354794</v>
       </c>
       <c r="I98" s="32">
@@ -9819,51 +9823,51 @@
       <c r="V98" s="31">
         <v>127406.17906260265</v>
       </c>
       <c r="W98" s="32">
         <v>357.6664516096231</v>
       </c>
       <c r="X98" s="31">
         <v>124858.37693619456</v>
       </c>
       <c r="Y98" s="32">
         <v>280.42028357524413</v>
       </c>
       <c r="Z98" s="31">
         <v>73650.509817092214</v>
       </c>
       <c r="AA98" s="32">
         <v>331.64545918004802</v>
       </c>
       <c r="AB98" s="31">
         <v>158798.79725024369</v>
       </c>
       <c r="AC98" s="32">
         <v>417.00825335755979</v>
       </c>
     </row>
-    <row r="99" spans="1:29">
+    <row r="99" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A99" s="6" t="s">
         <v>112</v>
       </c>
       <c r="B99" s="31">
         <v>103796.5696265493</v>
       </c>
       <c r="C99" s="32">
         <v>289.13863989013504</v>
       </c>
       <c r="D99" s="31">
         <v>110156.97367882333</v>
       </c>
       <c r="E99" s="32">
         <v>307.27161471566222</v>
       </c>
       <c r="F99" s="31">
         <v>109878.47943988224</v>
       </c>
       <c r="G99" s="32">
         <v>288.81575719802964</v>
       </c>
       <c r="H99" s="31">
         <v>120168.9759755249</v>
       </c>
       <c r="I99" s="32">
@@ -9908,51 +9912,51 @@
       <c r="V99" s="31">
         <v>120390.62105721803</v>
       </c>
       <c r="W99" s="32">
         <v>337.97172599812461</v>
       </c>
       <c r="X99" s="31">
         <v>125475.48842500805</v>
       </c>
       <c r="Y99" s="32">
         <v>281.80625849288259</v>
       </c>
       <c r="Z99" s="31">
         <v>76957.44573867791</v>
       </c>
       <c r="AA99" s="32">
         <v>346.53646651885623</v>
       </c>
       <c r="AB99" s="31">
         <v>158683.47243330433</v>
       </c>
       <c r="AC99" s="32">
         <v>416.70540849151905</v>
       </c>
     </row>
-    <row r="100" spans="1:29">
+    <row r="100" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A100" s="6" t="s">
         <v>113</v>
       </c>
       <c r="B100" s="31">
         <v>105674.97462583706</v>
       </c>
       <c r="C100" s="32">
         <v>294.37117761860708</v>
       </c>
       <c r="D100" s="31">
         <v>108301.3762703548</v>
       </c>
       <c r="E100" s="32">
         <v>302.09561547638816</v>
       </c>
       <c r="F100" s="31">
         <v>107675.23486261413</v>
       </c>
       <c r="G100" s="32">
         <v>283.02452533788818</v>
       </c>
       <c r="H100" s="31">
         <v>121774.42616300583</v>
       </c>
       <c r="I100" s="32">
@@ -9997,51 +10001,51 @@
       <c r="V100" s="31">
         <v>117253.32029492463</v>
       </c>
       <c r="W100" s="32">
         <v>329.16440409633304</v>
       </c>
       <c r="X100" s="31">
         <v>122845.56133204</v>
       </c>
       <c r="Y100" s="32">
         <v>275.89968722959293</v>
       </c>
       <c r="Z100" s="31">
         <v>78715.481298251718</v>
       </c>
       <c r="AA100" s="32">
         <v>354.45283412931371</v>
       </c>
       <c r="AB100" s="31">
         <v>158489.01091392571</v>
       </c>
       <c r="AC100" s="32">
         <v>416.19474934330435</v>
       </c>
     </row>
-    <row r="101" spans="1:29">
+    <row r="101" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A101" s="6" t="s">
         <v>114</v>
       </c>
       <c r="B101" s="31">
         <v>102917.70517254359</v>
       </c>
       <c r="C101" s="32">
         <v>286.69045038066207</v>
       </c>
       <c r="D101" s="31">
         <v>111317.95122805805</v>
       </c>
       <c r="E101" s="32">
         <v>310.5100428812915</v>
       </c>
       <c r="F101" s="31">
         <v>108706.34519918435</v>
       </c>
       <c r="G101" s="32">
         <v>285.73480049030491</v>
       </c>
       <c r="H101" s="31">
         <v>124251.98356246682</v>
       </c>
       <c r="I101" s="32">
@@ -10086,51 +10090,51 @@
       <c r="V101" s="31">
         <v>123307.66028951241</v>
       </c>
       <c r="W101" s="32">
         <v>346.16070928839457</v>
       </c>
       <c r="X101" s="31">
         <v>126647.22429611083</v>
       </c>
       <c r="Y101" s="32">
         <v>284.4378681078133</v>
       </c>
       <c r="Z101" s="31">
         <v>82123.18118600898</v>
       </c>
       <c r="AA101" s="32">
         <v>369.79757779544349</v>
       </c>
       <c r="AB101" s="31">
         <v>163269.25927266275</v>
       </c>
       <c r="AC101" s="32">
         <v>428.7477601545321</v>
       </c>
     </row>
-    <row r="102" spans="1:29">
+    <row r="102" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A102" s="6" t="s">
         <v>115</v>
       </c>
       <c r="B102" s="31" t="s">
         <v>116</v>
       </c>
       <c r="C102" s="32" t="s">
         <v>116</v>
       </c>
       <c r="D102" s="31" t="s">
         <v>116</v>
       </c>
       <c r="E102" s="32" t="s">
         <v>116</v>
       </c>
       <c r="F102" s="31" t="s">
         <v>116</v>
       </c>
       <c r="G102" s="32" t="s">
         <v>116</v>
       </c>
       <c r="H102" s="31" t="s">
         <v>116</v>
       </c>
       <c r="I102" s="32" t="s">
@@ -10175,51 +10179,51 @@
       <c r="V102" s="31" t="s">
         <v>116</v>
       </c>
       <c r="W102" s="32" t="s">
         <v>116</v>
       </c>
       <c r="X102" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Y102" s="32" t="s">
         <v>116</v>
       </c>
       <c r="Z102" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AA102" s="32" t="s">
         <v>116</v>
       </c>
       <c r="AB102" s="31">
         <v>162865.09949229652</v>
       </c>
       <c r="AC102" s="32">
         <v>427.68642992403738</v>
       </c>
     </row>
-    <row r="103" spans="1:29">
+    <row r="103" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A103" s="6" t="s">
         <v>117</v>
       </c>
       <c r="B103" s="31" t="s">
         <v>116</v>
       </c>
       <c r="C103" s="32" t="s">
         <v>116</v>
       </c>
       <c r="D103" s="31" t="s">
         <v>116</v>
       </c>
       <c r="E103" s="32" t="s">
         <v>116</v>
       </c>
       <c r="F103" s="31" t="s">
         <v>116</v>
       </c>
       <c r="G103" s="32" t="s">
         <v>116</v>
       </c>
       <c r="H103" s="31" t="s">
         <v>116</v>
       </c>
       <c r="I103" s="32" t="s">
@@ -10264,51 +10268,51 @@
       <c r="V103" s="31" t="s">
         <v>116</v>
       </c>
       <c r="W103" s="32" t="s">
         <v>116</v>
       </c>
       <c r="X103" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Y103" s="32" t="s">
         <v>116</v>
       </c>
       <c r="Z103" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AA103" s="32" t="s">
         <v>116</v>
       </c>
       <c r="AB103" s="31">
         <v>164466.28843987171</v>
       </c>
       <c r="AC103" s="32">
         <v>431.89117843527168</v>
       </c>
     </row>
-    <row r="104" spans="1:29">
+    <row r="104" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A104" s="6" t="s">
         <v>118</v>
       </c>
       <c r="B104" s="31" t="s">
         <v>116</v>
       </c>
       <c r="C104" s="32" t="s">
         <v>116</v>
       </c>
       <c r="D104" s="31" t="s">
         <v>116</v>
       </c>
       <c r="E104" s="32" t="s">
         <v>116</v>
       </c>
       <c r="F104" s="31" t="s">
         <v>116</v>
       </c>
       <c r="G104" s="32" t="s">
         <v>116</v>
       </c>
       <c r="H104" s="31" t="s">
         <v>116</v>
       </c>
       <c r="I104" s="32" t="s">
@@ -10353,51 +10357,51 @@
       <c r="V104" s="31" t="s">
         <v>116</v>
       </c>
       <c r="W104" s="32" t="s">
         <v>116</v>
       </c>
       <c r="X104" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Y104" s="32" t="s">
         <v>116</v>
       </c>
       <c r="Z104" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AA104" s="32" t="s">
         <v>116</v>
       </c>
       <c r="AB104" s="31">
         <v>165935.75947744961</v>
       </c>
       <c r="AC104" s="32">
         <v>435.75003354847649</v>
       </c>
     </row>
-    <row r="105" spans="1:29">
+    <row r="105" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A105" s="6" t="s">
         <v>119</v>
       </c>
       <c r="B105" s="31" t="s">
         <v>116</v>
       </c>
       <c r="C105" s="32" t="s">
         <v>116</v>
       </c>
       <c r="D105" s="31" t="s">
         <v>116</v>
       </c>
       <c r="E105" s="32" t="s">
         <v>116</v>
       </c>
       <c r="F105" s="31" t="s">
         <v>116</v>
       </c>
       <c r="G105" s="32" t="s">
         <v>116</v>
       </c>
       <c r="H105" s="31" t="s">
         <v>116</v>
       </c>
       <c r="I105" s="32" t="s">
@@ -10442,51 +10446,51 @@
       <c r="V105" s="31" t="s">
         <v>116</v>
       </c>
       <c r="W105" s="32" t="s">
         <v>116</v>
       </c>
       <c r="X105" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Y105" s="32" t="s">
         <v>116</v>
       </c>
       <c r="Z105" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AA105" s="32" t="s">
         <v>116</v>
       </c>
       <c r="AB105" s="31">
         <v>171337.11917173027</v>
       </c>
       <c r="AC105" s="32">
         <v>449.93409294231708</v>
       </c>
     </row>
-    <row r="106" spans="1:29">
+    <row r="106" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A106" s="6" t="s">
         <v>120</v>
       </c>
       <c r="B106" s="31" t="s">
         <v>116</v>
       </c>
       <c r="C106" s="32" t="s">
         <v>116</v>
       </c>
       <c r="D106" s="31" t="s">
         <v>116</v>
       </c>
       <c r="E106" s="32" t="s">
         <v>116</v>
       </c>
       <c r="F106" s="31" t="s">
         <v>116</v>
       </c>
       <c r="G106" s="32" t="s">
         <v>116</v>
       </c>
       <c r="H106" s="31" t="s">
         <v>116</v>
       </c>
       <c r="I106" s="32" t="s">
@@ -10531,51 +10535,51 @@
       <c r="V106" s="31" t="s">
         <v>116</v>
       </c>
       <c r="W106" s="32" t="s">
         <v>116</v>
       </c>
       <c r="X106" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Y106" s="32" t="s">
         <v>116</v>
       </c>
       <c r="Z106" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AA106" s="32" t="s">
         <v>116</v>
       </c>
       <c r="AB106" s="31">
         <v>172384.15909728504</v>
       </c>
       <c r="AC106" s="32">
         <v>452.68363700758584</v>
       </c>
     </row>
-    <row r="107" spans="1:29">
+    <row r="107" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A107" s="6" t="s">
         <v>121</v>
       </c>
       <c r="B107" s="31" t="s">
         <v>116</v>
       </c>
       <c r="C107" s="32" t="s">
         <v>116</v>
       </c>
       <c r="D107" s="31" t="s">
         <v>116</v>
       </c>
       <c r="E107" s="32" t="s">
         <v>116</v>
       </c>
       <c r="F107" s="31" t="s">
         <v>116</v>
       </c>
       <c r="G107" s="32" t="s">
         <v>116</v>
       </c>
       <c r="H107" s="31" t="s">
         <v>116</v>
       </c>
       <c r="I107" s="32" t="s">
@@ -10620,51 +10624,51 @@
       <c r="V107" s="31" t="s">
         <v>116</v>
       </c>
       <c r="W107" s="32" t="s">
         <v>116</v>
       </c>
       <c r="X107" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Y107" s="32" t="s">
         <v>116</v>
       </c>
       <c r="Z107" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AA107" s="32" t="s">
         <v>116</v>
       </c>
       <c r="AB107" s="31">
         <v>171867.80615223068</v>
       </c>
       <c r="AC107" s="32">
         <v>451.32768568136868</v>
       </c>
     </row>
-    <row r="108" spans="1:29">
+    <row r="108" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A108" s="6" t="s">
         <v>122</v>
       </c>
       <c r="B108" s="31" t="s">
         <v>116</v>
       </c>
       <c r="C108" s="32" t="s">
         <v>116</v>
       </c>
       <c r="D108" s="31" t="s">
         <v>116</v>
       </c>
       <c r="E108" s="32" t="s">
         <v>116</v>
       </c>
       <c r="F108" s="31" t="s">
         <v>116</v>
       </c>
       <c r="G108" s="32" t="s">
         <v>116</v>
       </c>
       <c r="H108" s="31" t="s">
         <v>116</v>
       </c>
       <c r="I108" s="32" t="s">
@@ -10709,51 +10713,51 @@
       <c r="V108" s="31" t="s">
         <v>116</v>
       </c>
       <c r="W108" s="32" t="s">
         <v>116</v>
       </c>
       <c r="X108" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Y108" s="32" t="s">
         <v>116</v>
       </c>
       <c r="Z108" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AA108" s="32" t="s">
         <v>116</v>
       </c>
       <c r="AB108" s="31">
         <v>173047.6562152222</v>
       </c>
       <c r="AC108" s="32">
         <v>454.42599135188686</v>
       </c>
     </row>
-    <row r="109" spans="1:29">
+    <row r="109" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A109" s="6" t="s">
         <v>123</v>
       </c>
       <c r="B109" s="31" t="s">
         <v>116</v>
       </c>
       <c r="C109" s="32" t="s">
         <v>116</v>
       </c>
       <c r="D109" s="31" t="s">
         <v>116</v>
       </c>
       <c r="E109" s="32" t="s">
         <v>116</v>
       </c>
       <c r="F109" s="31" t="s">
         <v>116</v>
       </c>
       <c r="G109" s="32" t="s">
         <v>116</v>
       </c>
       <c r="H109" s="31" t="s">
         <v>116</v>
       </c>
       <c r="I109" s="32" t="s">
@@ -10798,51 +10802,51 @@
       <c r="V109" s="31" t="s">
         <v>116</v>
       </c>
       <c r="W109" s="32" t="s">
         <v>116</v>
       </c>
       <c r="X109" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Y109" s="32" t="s">
         <v>116</v>
       </c>
       <c r="Z109" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AA109" s="32" t="s">
         <v>116</v>
       </c>
       <c r="AB109" s="31">
         <v>175490.305921138</v>
       </c>
       <c r="AC109" s="32">
         <v>460.84042965410612</v>
       </c>
     </row>
-    <row r="110" spans="1:29">
+    <row r="110" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A110" s="6" t="s">
         <v>124</v>
       </c>
       <c r="B110" s="31" t="s">
         <v>116</v>
       </c>
       <c r="C110" s="32" t="s">
         <v>116</v>
       </c>
       <c r="D110" s="31" t="s">
         <v>116</v>
       </c>
       <c r="E110" s="32" t="s">
         <v>116</v>
       </c>
       <c r="F110" s="31" t="s">
         <v>116</v>
       </c>
       <c r="G110" s="32" t="s">
         <v>116</v>
       </c>
       <c r="H110" s="31" t="s">
         <v>116</v>
       </c>
       <c r="I110" s="32" t="s">
@@ -10887,51 +10891,51 @@
       <c r="V110" s="31" t="s">
         <v>116</v>
       </c>
       <c r="W110" s="32" t="s">
         <v>116</v>
       </c>
       <c r="X110" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Y110" s="32" t="s">
         <v>116</v>
       </c>
       <c r="Z110" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AA110" s="32" t="s">
         <v>116</v>
       </c>
       <c r="AB110" s="31">
         <v>176993.97270289899</v>
       </c>
       <c r="AC110" s="32">
         <v>464.7890833539563</v>
       </c>
     </row>
-    <row r="111" spans="1:29">
+    <row r="111" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A111" s="6" t="s">
         <v>125</v>
       </c>
       <c r="B111" s="31" t="s">
         <v>116</v>
       </c>
       <c r="C111" s="32" t="s">
         <v>116</v>
       </c>
       <c r="D111" s="31" t="s">
         <v>116</v>
       </c>
       <c r="E111" s="32" t="s">
         <v>116</v>
       </c>
       <c r="F111" s="31" t="s">
         <v>116</v>
       </c>
       <c r="G111" s="32" t="s">
         <v>116</v>
       </c>
       <c r="H111" s="31" t="s">
         <v>116</v>
       </c>
       <c r="I111" s="32" t="s">
@@ -10976,51 +10980,51 @@
       <c r="V111" s="31" t="s">
         <v>116</v>
       </c>
       <c r="W111" s="32" t="s">
         <v>116</v>
       </c>
       <c r="X111" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Y111" s="32" t="s">
         <v>116</v>
       </c>
       <c r="Z111" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AA111" s="32" t="s">
         <v>116</v>
       </c>
       <c r="AB111" s="31">
         <v>176317.63812249</v>
       </c>
       <c r="AC111" s="32">
         <v>463.01301762206526</v>
       </c>
     </row>
-    <row r="112" spans="1:29">
+    <row r="112" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A112" s="6" t="s">
         <v>126</v>
       </c>
       <c r="B112" s="31" t="s">
         <v>116</v>
       </c>
       <c r="C112" s="32" t="s">
         <v>116</v>
       </c>
       <c r="D112" s="31" t="s">
         <v>116</v>
       </c>
       <c r="E112" s="32" t="s">
         <v>116</v>
       </c>
       <c r="F112" s="31" t="s">
         <v>116</v>
       </c>
       <c r="G112" s="32" t="s">
         <v>116</v>
       </c>
       <c r="H112" s="31" t="s">
         <v>116</v>
       </c>
       <c r="I112" s="32" t="s">
@@ -11065,51 +11069,51 @@
       <c r="V112" s="31" t="s">
         <v>116</v>
       </c>
       <c r="W112" s="32" t="s">
         <v>116</v>
       </c>
       <c r="X112" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Y112" s="32" t="s">
         <v>116</v>
       </c>
       <c r="Z112" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AA112" s="32" t="s">
         <v>116</v>
       </c>
       <c r="AB112" s="31">
         <v>177549.04829814099</v>
       </c>
       <c r="AC112" s="32">
         <v>466.24672099644107</v>
       </c>
     </row>
-    <row r="113" spans="1:29">
+    <row r="113" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A113" s="6" t="s">
         <v>127</v>
       </c>
       <c r="B113" s="31" t="s">
         <v>116</v>
       </c>
       <c r="C113" s="32" t="s">
         <v>116</v>
       </c>
       <c r="D113" s="31" t="s">
         <v>116</v>
       </c>
       <c r="E113" s="32" t="s">
         <v>116</v>
       </c>
       <c r="F113" s="31" t="s">
         <v>116</v>
       </c>
       <c r="G113" s="32" t="s">
         <v>116</v>
       </c>
       <c r="H113" s="31" t="s">
         <v>116</v>
       </c>
       <c r="I113" s="32" t="s">
@@ -11154,51 +11158,51 @@
       <c r="V113" s="31" t="s">
         <v>116</v>
       </c>
       <c r="W113" s="32" t="s">
         <v>116</v>
       </c>
       <c r="X113" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Y113" s="32" t="s">
         <v>116</v>
       </c>
       <c r="Z113" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AA113" s="32" t="s">
         <v>116</v>
       </c>
       <c r="AB113" s="31">
         <v>178864.59152769801</v>
       </c>
       <c r="AC113" s="32">
         <v>469.70135915411834</v>
       </c>
     </row>
-    <row r="114" spans="1:29">
+    <row r="114" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A114" s="6" t="s">
         <v>128</v>
       </c>
       <c r="B114" s="31" t="s">
         <v>116</v>
       </c>
       <c r="C114" s="32" t="s">
         <v>116</v>
       </c>
       <c r="D114" s="31" t="s">
         <v>116</v>
       </c>
       <c r="E114" s="32" t="s">
         <v>116</v>
       </c>
       <c r="F114" s="31" t="s">
         <v>116</v>
       </c>
       <c r="G114" s="32" t="s">
         <v>116</v>
       </c>
       <c r="H114" s="31" t="s">
         <v>116</v>
       </c>
       <c r="I114" s="32" t="s">
@@ -11243,51 +11247,51 @@
       <c r="V114" s="31" t="s">
         <v>116</v>
       </c>
       <c r="W114" s="32" t="s">
         <v>116</v>
       </c>
       <c r="X114" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Y114" s="32" t="s">
         <v>116</v>
       </c>
       <c r="Z114" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AA114" s="32" t="s">
         <v>116</v>
       </c>
       <c r="AB114" s="31">
         <v>180461.80114017599</v>
       </c>
       <c r="AC114" s="32">
         <v>473.89565786593886</v>
       </c>
     </row>
-    <row r="115" spans="1:29">
+    <row r="115" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A115" s="6" t="s">
         <v>129</v>
       </c>
       <c r="B115" s="31" t="s">
         <v>116</v>
       </c>
       <c r="C115" s="32" t="s">
         <v>116</v>
       </c>
       <c r="D115" s="31" t="s">
         <v>116</v>
       </c>
       <c r="E115" s="32" t="s">
         <v>116</v>
       </c>
       <c r="F115" s="31" t="s">
         <v>116</v>
       </c>
       <c r="G115" s="32" t="s">
         <v>116</v>
       </c>
       <c r="H115" s="31" t="s">
         <v>116</v>
       </c>
       <c r="I115" s="32" t="s">
@@ -11332,51 +11336,51 @@
       <c r="V115" s="31" t="s">
         <v>116</v>
       </c>
       <c r="W115" s="32" t="s">
         <v>116</v>
       </c>
       <c r="X115" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Y115" s="32" t="s">
         <v>116</v>
       </c>
       <c r="Z115" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AA115" s="32" t="s">
         <v>116</v>
       </c>
       <c r="AB115" s="31">
         <v>179000.228039279</v>
       </c>
       <c r="AC115" s="32">
         <v>470.05754286435615</v>
       </c>
     </row>
-    <row r="116" spans="1:29">
+    <row r="116" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A116" s="6" t="s">
         <v>130</v>
       </c>
       <c r="B116" s="31" t="s">
         <v>116</v>
       </c>
       <c r="C116" s="32" t="s">
         <v>116</v>
       </c>
       <c r="D116" s="31" t="s">
         <v>116</v>
       </c>
       <c r="E116" s="32" t="s">
         <v>116</v>
       </c>
       <c r="F116" s="31" t="s">
         <v>116</v>
       </c>
       <c r="G116" s="32" t="s">
         <v>116</v>
       </c>
       <c r="H116" s="31" t="s">
         <v>116</v>
       </c>
       <c r="I116" s="32" t="s">
@@ -11421,51 +11425,51 @@
       <c r="V116" s="31" t="s">
         <v>116</v>
       </c>
       <c r="W116" s="32" t="s">
         <v>116</v>
       </c>
       <c r="X116" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Y116" s="32" t="s">
         <v>116</v>
       </c>
       <c r="Z116" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AA116" s="32" t="s">
         <v>116</v>
       </c>
       <c r="AB116" s="31">
         <v>178811.93384977701</v>
       </c>
       <c r="AC116" s="32">
         <v>469.5630792258321</v>
       </c>
     </row>
-    <row r="117" spans="1:29">
+    <row r="117" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A117" s="6" t="s">
         <v>131</v>
       </c>
       <c r="B117" s="31" t="s">
         <v>116</v>
       </c>
       <c r="C117" s="32" t="s">
         <v>116</v>
       </c>
       <c r="D117" s="31" t="s">
         <v>116</v>
       </c>
       <c r="E117" s="32" t="s">
         <v>116</v>
       </c>
       <c r="F117" s="31" t="s">
         <v>116</v>
       </c>
       <c r="G117" s="32" t="s">
         <v>116</v>
       </c>
       <c r="H117" s="31" t="s">
         <v>116</v>
       </c>
       <c r="I117" s="32" t="s">
@@ -11510,51 +11514,51 @@
       <c r="V117" s="31" t="s">
         <v>116</v>
       </c>
       <c r="W117" s="32" t="s">
         <v>116</v>
       </c>
       <c r="X117" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Y117" s="32" t="s">
         <v>116</v>
       </c>
       <c r="Z117" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AA117" s="32" t="s">
         <v>116</v>
       </c>
       <c r="AB117" s="31">
         <v>180279.57512644501</v>
       </c>
       <c r="AC117" s="32">
         <v>473.41712935679323</v>
       </c>
     </row>
-    <row r="118" spans="1:29">
+    <row r="118" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A118" s="6" t="s">
         <v>132</v>
       </c>
       <c r="B118" s="31" t="s">
         <v>116</v>
       </c>
       <c r="C118" s="32" t="s">
         <v>116</v>
       </c>
       <c r="D118" s="31" t="s">
         <v>116</v>
       </c>
       <c r="E118" s="32" t="s">
         <v>116</v>
       </c>
       <c r="F118" s="31" t="s">
         <v>116</v>
       </c>
       <c r="G118" s="32" t="s">
         <v>116</v>
       </c>
       <c r="H118" s="31" t="s">
         <v>116</v>
       </c>
       <c r="I118" s="32" t="s">
@@ -11599,51 +11603,51 @@
       <c r="V118" s="31" t="s">
         <v>116</v>
       </c>
       <c r="W118" s="32" t="s">
         <v>116</v>
       </c>
       <c r="X118" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Y118" s="32" t="s">
         <v>116</v>
       </c>
       <c r="Z118" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AA118" s="32" t="s">
         <v>116</v>
       </c>
       <c r="AB118" s="31">
         <v>181599.39569867199</v>
       </c>
       <c r="AC118" s="32">
         <v>476.88299988667166</v>
       </c>
     </row>
-    <row r="119" spans="1:29">
+    <row r="119" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A119" s="6" t="s">
         <v>133</v>
       </c>
       <c r="B119" s="31" t="s">
         <v>116</v>
       </c>
       <c r="C119" s="32" t="s">
         <v>116</v>
       </c>
       <c r="D119" s="31" t="s">
         <v>116</v>
       </c>
       <c r="E119" s="32" t="s">
         <v>116</v>
       </c>
       <c r="F119" s="31" t="s">
         <v>116</v>
       </c>
       <c r="G119" s="32" t="s">
         <v>116</v>
       </c>
       <c r="H119" s="31" t="s">
         <v>116</v>
       </c>
       <c r="I119" s="32" t="s">
@@ -11688,51 +11692,51 @@
       <c r="V119" s="31" t="s">
         <v>116</v>
       </c>
       <c r="W119" s="32" t="s">
         <v>116</v>
       </c>
       <c r="X119" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Y119" s="32" t="s">
         <v>116</v>
       </c>
       <c r="Z119" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AA119" s="32" t="s">
         <v>116</v>
       </c>
       <c r="AB119" s="31">
         <v>179366.49428105299</v>
       </c>
       <c r="AC119" s="32">
         <v>471.01936403926919</v>
       </c>
     </row>
-    <row r="120" spans="1:29">
+    <row r="120" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A120" s="6" t="s">
         <v>134</v>
       </c>
       <c r="B120" s="31" t="s">
         <v>116</v>
       </c>
       <c r="C120" s="32" t="s">
         <v>116</v>
       </c>
       <c r="D120" s="31" t="s">
         <v>116</v>
       </c>
       <c r="E120" s="32" t="s">
         <v>116</v>
       </c>
       <c r="F120" s="31" t="s">
         <v>116</v>
       </c>
       <c r="G120" s="32" t="s">
         <v>116</v>
       </c>
       <c r="H120" s="31" t="s">
         <v>116</v>
       </c>
       <c r="I120" s="32" t="s">
@@ -11777,51 +11781,51 @@
       <c r="V120" s="31" t="s">
         <v>116</v>
       </c>
       <c r="W120" s="32" t="s">
         <v>116</v>
       </c>
       <c r="X120" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Y120" s="32" t="s">
         <v>116</v>
       </c>
       <c r="Z120" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AA120" s="32" t="s">
         <v>116</v>
       </c>
       <c r="AB120" s="31">
         <v>182884.72097032901</v>
       </c>
       <c r="AC120" s="32">
         <v>480.25828518990591</v>
       </c>
     </row>
-    <row r="121" spans="1:29">
+    <row r="121" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A121" s="6" t="s">
         <v>135</v>
       </c>
       <c r="B121" s="31" t="s">
         <v>116</v>
       </c>
       <c r="C121" s="32" t="s">
         <v>116</v>
       </c>
       <c r="D121" s="31" t="s">
         <v>116</v>
       </c>
       <c r="E121" s="32" t="s">
         <v>116</v>
       </c>
       <c r="F121" s="31" t="s">
         <v>116</v>
       </c>
       <c r="G121" s="32" t="s">
         <v>116</v>
       </c>
       <c r="H121" s="31" t="s">
         <v>116</v>
       </c>
       <c r="I121" s="32" t="s">
@@ -11866,51 +11870,51 @@
       <c r="V121" s="31" t="s">
         <v>116</v>
       </c>
       <c r="W121" s="32" t="s">
         <v>116</v>
       </c>
       <c r="X121" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Y121" s="32" t="s">
         <v>116</v>
       </c>
       <c r="Z121" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AA121" s="32" t="s">
         <v>116</v>
       </c>
       <c r="AB121" s="31">
         <v>184486.188035289</v>
       </c>
       <c r="AC121" s="32">
         <v>484.4637640419669</v>
       </c>
     </row>
-    <row r="122" spans="1:29">
+    <row r="122" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A122" s="6" t="s">
         <v>136</v>
       </c>
       <c r="B122" s="31" t="s">
         <v>116</v>
       </c>
       <c r="C122" s="32" t="s">
         <v>116</v>
       </c>
       <c r="D122" s="31" t="s">
         <v>116</v>
       </c>
       <c r="E122" s="32" t="s">
         <v>116</v>
       </c>
       <c r="F122" s="31" t="s">
         <v>116</v>
       </c>
       <c r="G122" s="32" t="s">
         <v>116</v>
       </c>
       <c r="H122" s="31" t="s">
         <v>116</v>
       </c>
       <c r="I122" s="32" t="s">
@@ -11955,51 +11959,51 @@
       <c r="V122" s="31" t="s">
         <v>116</v>
       </c>
       <c r="W122" s="32" t="s">
         <v>116</v>
       </c>
       <c r="X122" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Y122" s="32" t="s">
         <v>116</v>
       </c>
       <c r="Z122" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AA122" s="32" t="s">
         <v>116</v>
       </c>
       <c r="AB122" s="31">
         <v>186837.34676347999</v>
       </c>
       <c r="AC122" s="32">
         <v>490.6379455319202</v>
       </c>
     </row>
-    <row r="123" spans="1:29">
+    <row r="123" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A123" s="6" t="s">
         <v>137</v>
       </c>
       <c r="B123" s="31" t="s">
         <v>116</v>
       </c>
       <c r="C123" s="32" t="s">
         <v>116</v>
       </c>
       <c r="D123" s="31" t="s">
         <v>116</v>
       </c>
       <c r="E123" s="32" t="s">
         <v>116</v>
       </c>
       <c r="F123" s="31" t="s">
         <v>116</v>
       </c>
       <c r="G123" s="32" t="s">
         <v>116</v>
       </c>
       <c r="H123" s="31" t="s">
         <v>116</v>
       </c>
       <c r="I123" s="32" t="s">
@@ -12044,51 +12048,51 @@
       <c r="V123" s="31" t="s">
         <v>116</v>
       </c>
       <c r="W123" s="32" t="s">
         <v>116</v>
       </c>
       <c r="X123" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Y123" s="32" t="s">
         <v>116</v>
       </c>
       <c r="Z123" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AA123" s="32" t="s">
         <v>116</v>
       </c>
       <c r="AB123" s="31">
         <v>192061.73628635501</v>
       </c>
       <c r="AC123" s="32">
         <v>504.35727834500489</v>
       </c>
     </row>
-    <row r="124" spans="1:29">
+    <row r="124" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A124" s="6" t="s">
         <v>138</v>
       </c>
       <c r="B124" s="31" t="s">
         <v>116</v>
       </c>
       <c r="C124" s="32" t="s">
         <v>116</v>
       </c>
       <c r="D124" s="31" t="s">
         <v>116</v>
       </c>
       <c r="E124" s="32" t="s">
         <v>116</v>
       </c>
       <c r="F124" s="31" t="s">
         <v>116</v>
       </c>
       <c r="G124" s="32" t="s">
         <v>116</v>
       </c>
       <c r="H124" s="31" t="s">
         <v>116</v>
       </c>
       <c r="I124" s="32" t="s">
@@ -12133,51 +12137,51 @@
       <c r="V124" s="31" t="s">
         <v>116</v>
       </c>
       <c r="W124" s="32" t="s">
         <v>116</v>
       </c>
       <c r="X124" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Y124" s="32" t="s">
         <v>116</v>
       </c>
       <c r="Z124" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AA124" s="32" t="s">
         <v>116</v>
       </c>
       <c r="AB124" s="31">
         <v>194205.346421817</v>
       </c>
       <c r="AC124" s="32">
         <v>509.98643381688106</v>
       </c>
     </row>
-    <row r="125" spans="1:29">
+    <row r="125" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A125" s="6" t="s">
         <v>139</v>
       </c>
       <c r="B125" s="31" t="s">
         <v>116</v>
       </c>
       <c r="C125" s="32" t="s">
         <v>116</v>
       </c>
       <c r="D125" s="31" t="s">
         <v>116</v>
       </c>
       <c r="E125" s="32" t="s">
         <v>116</v>
       </c>
       <c r="F125" s="31" t="s">
         <v>116</v>
       </c>
       <c r="G125" s="32" t="s">
         <v>116</v>
       </c>
       <c r="H125" s="31" t="s">
         <v>116</v>
       </c>
       <c r="I125" s="32" t="s">
@@ -12222,51 +12226,51 @@
       <c r="V125" s="31" t="s">
         <v>116</v>
       </c>
       <c r="W125" s="32" t="s">
         <v>116</v>
       </c>
       <c r="X125" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Y125" s="32" t="s">
         <v>116</v>
       </c>
       <c r="Z125" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AA125" s="32" t="s">
         <v>116</v>
       </c>
       <c r="AB125" s="31">
         <v>204033.73736984801</v>
       </c>
       <c r="AC125" s="32">
         <v>535.79595009486013</v>
       </c>
     </row>
-    <row r="126" spans="1:29">
+    <row r="126" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A126" s="6" t="s">
         <v>140</v>
       </c>
       <c r="B126" s="31" t="s">
         <v>116</v>
       </c>
       <c r="C126" s="32" t="s">
         <v>116</v>
       </c>
       <c r="D126" s="31" t="s">
         <v>116</v>
       </c>
       <c r="E126" s="32" t="s">
         <v>116</v>
       </c>
       <c r="F126" s="31" t="s">
         <v>116</v>
       </c>
       <c r="G126" s="32" t="s">
         <v>116</v>
       </c>
       <c r="H126" s="31" t="s">
         <v>116</v>
       </c>
       <c r="I126" s="32" t="s">
@@ -12311,51 +12315,51 @@
       <c r="V126" s="31" t="s">
         <v>116</v>
       </c>
       <c r="W126" s="32" t="s">
         <v>116</v>
       </c>
       <c r="X126" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Y126" s="32" t="s">
         <v>116</v>
       </c>
       <c r="Z126" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AA126" s="32" t="s">
         <v>116</v>
       </c>
       <c r="AB126" s="31">
         <v>206978.188997233</v>
       </c>
       <c r="AC126" s="32">
         <v>543.52812849603981</v>
       </c>
     </row>
-    <row r="127" spans="1:29">
+    <row r="127" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A127" s="6" t="s">
         <v>141</v>
       </c>
       <c r="B127" s="31" t="s">
         <v>116</v>
       </c>
       <c r="C127" s="32" t="s">
         <v>116</v>
       </c>
       <c r="D127" s="31" t="s">
         <v>116</v>
       </c>
       <c r="E127" s="32" t="s">
         <v>116</v>
       </c>
       <c r="F127" s="31" t="s">
         <v>116</v>
       </c>
       <c r="G127" s="32" t="s">
         <v>116</v>
       </c>
       <c r="H127" s="31" t="s">
         <v>116</v>
       </c>
       <c r="I127" s="32" t="s">
@@ -12400,51 +12404,51 @@
       <c r="V127" s="31" t="s">
         <v>116</v>
       </c>
       <c r="W127" s="32" t="s">
         <v>116</v>
       </c>
       <c r="X127" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Y127" s="32" t="s">
         <v>116</v>
       </c>
       <c r="Z127" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AA127" s="32" t="s">
         <v>116</v>
       </c>
       <c r="AB127" s="31">
         <v>212972.447858564</v>
       </c>
       <c r="AC127" s="32">
         <v>559.26915085402163</v>
       </c>
     </row>
-    <row r="128" spans="1:29">
+    <row r="128" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A128" s="6" t="s">
         <v>142</v>
       </c>
       <c r="B128" s="31" t="s">
         <v>116</v>
       </c>
       <c r="C128" s="32" t="s">
         <v>116</v>
       </c>
       <c r="D128" s="31" t="s">
         <v>116</v>
       </c>
       <c r="E128" s="32" t="s">
         <v>116</v>
       </c>
       <c r="F128" s="31" t="s">
         <v>116</v>
       </c>
       <c r="G128" s="32" t="s">
         <v>116</v>
       </c>
       <c r="H128" s="31" t="s">
         <v>116</v>
       </c>
       <c r="I128" s="32" t="s">
@@ -12489,51 +12493,51 @@
       <c r="V128" s="31" t="s">
         <v>116</v>
       </c>
       <c r="W128" s="32" t="s">
         <v>116</v>
       </c>
       <c r="X128" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Y128" s="32" t="s">
         <v>116</v>
       </c>
       <c r="Z128" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AA128" s="32" t="s">
         <v>116</v>
       </c>
       <c r="AB128" s="31">
         <v>219904.72774819299</v>
       </c>
       <c r="AC128" s="32">
         <v>577.47343186003218</v>
       </c>
     </row>
-    <row r="129" spans="1:29">
+    <row r="129" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A129" s="6" t="s">
         <v>143</v>
       </c>
       <c r="B129" s="31" t="s">
         <v>116</v>
       </c>
       <c r="C129" s="32" t="s">
         <v>116</v>
       </c>
       <c r="D129" s="31" t="s">
         <v>116</v>
       </c>
       <c r="E129" s="32" t="s">
         <v>116</v>
       </c>
       <c r="F129" s="31" t="s">
         <v>116</v>
       </c>
       <c r="G129" s="32" t="s">
         <v>116</v>
       </c>
       <c r="H129" s="31" t="s">
         <v>116</v>
       </c>
       <c r="I129" s="32" t="s">
@@ -12578,51 +12582,51 @@
       <c r="V129" s="31" t="s">
         <v>116</v>
       </c>
       <c r="W129" s="32" t="s">
         <v>116</v>
       </c>
       <c r="X129" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Y129" s="32" t="s">
         <v>116</v>
       </c>
       <c r="Z129" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AA129" s="32" t="s">
         <v>116</v>
       </c>
       <c r="AB129" s="31">
         <v>227915.13740190599</v>
       </c>
       <c r="AC129" s="32">
         <v>598.50889935862654</v>
       </c>
     </row>
-    <row r="130" spans="1:29">
+    <row r="130" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A130" s="6" t="s">
         <v>144</v>
       </c>
       <c r="B130" s="31" t="s">
         <v>116</v>
       </c>
       <c r="C130" s="32" t="s">
         <v>116</v>
       </c>
       <c r="D130" s="31" t="s">
         <v>116</v>
       </c>
       <c r="E130" s="32" t="s">
         <v>116</v>
       </c>
       <c r="F130" s="31" t="s">
         <v>116</v>
       </c>
       <c r="G130" s="32" t="s">
         <v>116</v>
       </c>
       <c r="H130" s="31" t="s">
         <v>116</v>
       </c>
       <c r="I130" s="32" t="s">
@@ -12667,51 +12671,51 @@
       <c r="V130" s="31" t="s">
         <v>116</v>
       </c>
       <c r="W130" s="32" t="s">
         <v>116</v>
       </c>
       <c r="X130" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Y130" s="32" t="s">
         <v>116</v>
       </c>
       <c r="Z130" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AA130" s="32" t="s">
         <v>116</v>
       </c>
       <c r="AB130" s="31">
         <v>230769.85259621899</v>
       </c>
       <c r="AC130" s="32">
         <v>606.0054284106559</v>
       </c>
     </row>
-    <row r="131" spans="1:29">
+    <row r="131" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A131" s="6" t="s">
         <v>145</v>
       </c>
       <c r="B131" s="31" t="s">
         <v>116</v>
       </c>
       <c r="C131" s="32" t="s">
         <v>116</v>
       </c>
       <c r="D131" s="31" t="s">
         <v>116</v>
       </c>
       <c r="E131" s="32" t="s">
         <v>116</v>
       </c>
       <c r="F131" s="31" t="s">
         <v>116</v>
       </c>
       <c r="G131" s="32" t="s">
         <v>116</v>
       </c>
       <c r="H131" s="31" t="s">
         <v>116</v>
       </c>
       <c r="I131" s="32" t="s">
@@ -12756,51 +12760,51 @@
       <c r="V131" s="31" t="s">
         <v>116</v>
       </c>
       <c r="W131" s="32" t="s">
         <v>116</v>
       </c>
       <c r="X131" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Y131" s="32" t="s">
         <v>116</v>
       </c>
       <c r="Z131" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AA131" s="32" t="s">
         <v>116</v>
       </c>
       <c r="AB131" s="31">
         <v>222899.06966166999</v>
       </c>
       <c r="AC131" s="32">
         <v>585.33662297303954</v>
       </c>
     </row>
-    <row r="132" spans="1:29">
+    <row r="132" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A132" s="6" t="s">
         <v>146</v>
       </c>
       <c r="B132" s="31" t="s">
         <v>116</v>
       </c>
       <c r="C132" s="32" t="s">
         <v>116</v>
       </c>
       <c r="D132" s="31" t="s">
         <v>116</v>
       </c>
       <c r="E132" s="32" t="s">
         <v>116</v>
       </c>
       <c r="F132" s="31" t="s">
         <v>116</v>
       </c>
       <c r="G132" s="32" t="s">
         <v>116</v>
       </c>
       <c r="H132" s="31" t="s">
         <v>116</v>
       </c>
       <c r="I132" s="32" t="s">
@@ -12845,51 +12849,51 @@
       <c r="V132" s="31" t="s">
         <v>116</v>
       </c>
       <c r="W132" s="32" t="s">
         <v>116</v>
       </c>
       <c r="X132" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Y132" s="32" t="s">
         <v>116</v>
       </c>
       <c r="Z132" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AA132" s="32" t="s">
         <v>116</v>
       </c>
       <c r="AB132" s="31">
         <v>216564.25666771899</v>
       </c>
       <c r="AC132" s="32">
         <v>568.70129986167251</v>
       </c>
     </row>
-    <row r="133" spans="1:29">
+    <row r="133" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A133" s="6" t="s">
         <v>147</v>
       </c>
       <c r="B133" s="31" t="s">
         <v>116</v>
       </c>
       <c r="C133" s="32" t="s">
         <v>116</v>
       </c>
       <c r="D133" s="31" t="s">
         <v>116</v>
       </c>
       <c r="E133" s="32" t="s">
         <v>116</v>
       </c>
       <c r="F133" s="31" t="s">
         <v>116</v>
       </c>
       <c r="G133" s="32" t="s">
         <v>116</v>
       </c>
       <c r="H133" s="31" t="s">
         <v>116</v>
       </c>
       <c r="I133" s="32" t="s">
@@ -12934,51 +12938,51 @@
       <c r="V133" s="31" t="s">
         <v>116</v>
       </c>
       <c r="W133" s="32" t="s">
         <v>116</v>
       </c>
       <c r="X133" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Y133" s="32" t="s">
         <v>116</v>
       </c>
       <c r="Z133" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AA133" s="32" t="s">
         <v>116</v>
       </c>
       <c r="AB133" s="31">
         <v>220554.28043988001</v>
       </c>
       <c r="AC133" s="32">
         <v>579.1791679116551</v>
       </c>
     </row>
-    <row r="134" spans="1:29">
+    <row r="134" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A134" s="6" t="s">
         <v>148</v>
       </c>
       <c r="B134" s="31" t="s">
         <v>116</v>
       </c>
       <c r="C134" s="32" t="s">
         <v>116</v>
       </c>
       <c r="D134" s="31" t="s">
         <v>116</v>
       </c>
       <c r="E134" s="32" t="s">
         <v>116</v>
       </c>
       <c r="F134" s="31" t="s">
         <v>116</v>
       </c>
       <c r="G134" s="32" t="s">
         <v>116</v>
       </c>
       <c r="H134" s="31" t="s">
         <v>116</v>
       </c>
       <c r="I134" s="32" t="s">
@@ -13023,51 +13027,51 @@
       <c r="V134" s="31" t="s">
         <v>116</v>
       </c>
       <c r="W134" s="32" t="s">
         <v>116</v>
       </c>
       <c r="X134" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Y134" s="32" t="s">
         <v>116</v>
       </c>
       <c r="Z134" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AA134" s="32" t="s">
         <v>116</v>
       </c>
       <c r="AB134" s="31">
         <v>218610.515666044</v>
       </c>
       <c r="AC134" s="32">
         <v>574.07480964628371</v>
       </c>
     </row>
-    <row r="135" spans="1:29">
+    <row r="135" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A135" s="6" t="s">
         <v>149</v>
       </c>
       <c r="B135" s="31" t="s">
         <v>116</v>
       </c>
       <c r="C135" s="32" t="s">
         <v>116</v>
       </c>
       <c r="D135" s="31" t="s">
         <v>116</v>
       </c>
       <c r="E135" s="32" t="s">
         <v>116</v>
       </c>
       <c r="F135" s="31" t="s">
         <v>116</v>
       </c>
       <c r="G135" s="32" t="s">
         <v>116</v>
       </c>
       <c r="H135" s="31" t="s">
         <v>116</v>
       </c>
       <c r="I135" s="32" t="s">
@@ -13112,51 +13116,51 @@
       <c r="V135" s="31" t="s">
         <v>116</v>
       </c>
       <c r="W135" s="32" t="s">
         <v>116</v>
       </c>
       <c r="X135" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Y135" s="32" t="s">
         <v>116</v>
       </c>
       <c r="Z135" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AA135" s="32" t="s">
         <v>116</v>
       </c>
       <c r="AB135" s="31">
         <v>218171.11409823099</v>
       </c>
       <c r="AC135" s="32">
         <v>572.9209339023289</v>
       </c>
     </row>
-    <row r="136" spans="1:29">
+    <row r="136" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A136" s="6" t="s">
         <v>150</v>
       </c>
       <c r="B136" s="31" t="s">
         <v>116</v>
       </c>
       <c r="C136" s="32" t="s">
         <v>116</v>
       </c>
       <c r="D136" s="31" t="s">
         <v>116</v>
       </c>
       <c r="E136" s="32" t="s">
         <v>116</v>
       </c>
       <c r="F136" s="31" t="s">
         <v>116</v>
       </c>
       <c r="G136" s="32" t="s">
         <v>116</v>
       </c>
       <c r="H136" s="31" t="s">
         <v>116</v>
       </c>
       <c r="I136" s="32" t="s">
@@ -13201,51 +13205,51 @@
       <c r="V136" s="31" t="s">
         <v>116</v>
       </c>
       <c r="W136" s="32" t="s">
         <v>116</v>
       </c>
       <c r="X136" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Y136" s="32" t="s">
         <v>116</v>
       </c>
       <c r="Z136" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AA136" s="32" t="s">
         <v>116</v>
       </c>
       <c r="AB136" s="31">
         <v>220973.230413023</v>
       </c>
       <c r="AC136" s="32">
         <v>580.27933743163737</v>
       </c>
     </row>
-    <row r="137" spans="1:29">
+    <row r="137" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A137" s="6" t="s">
         <v>151</v>
       </c>
       <c r="B137" s="31" t="s">
         <v>116</v>
       </c>
       <c r="C137" s="32" t="s">
         <v>116</v>
       </c>
       <c r="D137" s="31" t="s">
         <v>116</v>
       </c>
       <c r="E137" s="32" t="s">
         <v>116</v>
       </c>
       <c r="F137" s="31" t="s">
         <v>116</v>
       </c>
       <c r="G137" s="32" t="s">
         <v>116</v>
       </c>
       <c r="H137" s="31" t="s">
         <v>116</v>
       </c>
       <c r="I137" s="32" t="s">
@@ -13290,51 +13294,51 @@
       <c r="V137" s="31" t="s">
         <v>116</v>
       </c>
       <c r="W137" s="32" t="s">
         <v>116</v>
       </c>
       <c r="X137" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Y137" s="32" t="s">
         <v>116</v>
       </c>
       <c r="Z137" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AA137" s="32" t="s">
         <v>116</v>
       </c>
       <c r="AB137" s="31">
         <v>224543.11502636701</v>
       </c>
       <c r="AC137" s="32">
         <v>589.6539131404993</v>
       </c>
     </row>
-    <row r="138" spans="1:29">
+    <row r="138" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A138" s="6" t="s">
         <v>152</v>
       </c>
       <c r="B138" s="31" t="s">
         <v>116</v>
       </c>
       <c r="C138" s="32" t="s">
         <v>116</v>
       </c>
       <c r="D138" s="31" t="s">
         <v>116</v>
       </c>
       <c r="E138" s="32" t="s">
         <v>116</v>
       </c>
       <c r="F138" s="31" t="s">
         <v>116</v>
       </c>
       <c r="G138" s="32" t="s">
         <v>116</v>
       </c>
       <c r="H138" s="31" t="s">
         <v>116</v>
       </c>
       <c r="I138" s="32" t="s">
@@ -13379,51 +13383,51 @@
       <c r="V138" s="31" t="s">
         <v>116</v>
       </c>
       <c r="W138" s="32" t="s">
         <v>116</v>
       </c>
       <c r="X138" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Y138" s="32" t="s">
         <v>116</v>
       </c>
       <c r="Z138" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AA138" s="32" t="s">
         <v>116</v>
       </c>
       <c r="AB138" s="31">
         <v>226243.52295265</v>
       </c>
       <c r="AC138" s="32">
         <v>594.1192123216839</v>
       </c>
     </row>
-    <row r="139" spans="1:29">
+    <row r="139" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A139" s="6" t="s">
         <v>153</v>
       </c>
       <c r="B139" s="31" t="s">
         <v>116</v>
       </c>
       <c r="C139" s="32" t="s">
         <v>116</v>
       </c>
       <c r="D139" s="31" t="s">
         <v>116</v>
       </c>
       <c r="E139" s="32" t="s">
         <v>116</v>
       </c>
       <c r="F139" s="31" t="s">
         <v>116</v>
       </c>
       <c r="G139" s="32" t="s">
         <v>116</v>
       </c>
       <c r="H139" s="31" t="s">
         <v>116</v>
       </c>
       <c r="I139" s="32" t="s">
@@ -13468,51 +13472,51 @@
       <c r="V139" s="31" t="s">
         <v>116</v>
       </c>
       <c r="W139" s="32" t="s">
         <v>116</v>
       </c>
       <c r="X139" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Y139" s="32" t="s">
         <v>116</v>
       </c>
       <c r="Z139" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AA139" s="32" t="s">
         <v>116</v>
       </c>
       <c r="AB139" s="31">
         <v>227849.126769322</v>
       </c>
       <c r="AC139" s="32">
         <v>598.33555435177811</v>
       </c>
     </row>
-    <row r="140" spans="1:29">
+    <row r="140" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A140" s="6" t="s">
         <v>154</v>
       </c>
       <c r="B140" s="31" t="s">
         <v>116</v>
       </c>
       <c r="C140" s="32" t="s">
         <v>116</v>
       </c>
       <c r="D140" s="31" t="s">
         <v>116</v>
       </c>
       <c r="E140" s="32" t="s">
         <v>116</v>
       </c>
       <c r="F140" s="31" t="s">
         <v>116</v>
       </c>
       <c r="G140" s="32" t="s">
         <v>116</v>
       </c>
       <c r="H140" s="31" t="s">
         <v>116</v>
       </c>
       <c r="I140" s="32" t="s">
@@ -13557,51 +13561,51 @@
       <c r="V140" s="31" t="s">
         <v>116</v>
       </c>
       <c r="W140" s="32" t="s">
         <v>116</v>
       </c>
       <c r="X140" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Y140" s="32" t="s">
         <v>116</v>
       </c>
       <c r="Z140" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AA140" s="32" t="s">
         <v>116</v>
       </c>
       <c r="AB140" s="31">
         <v>230109.711972249</v>
       </c>
       <c r="AC140" s="32">
         <v>604.27188827471707</v>
       </c>
     </row>
-    <row r="141" spans="1:29">
+    <row r="141" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A141" s="6" t="s">
         <v>155</v>
       </c>
       <c r="B141" s="31" t="s">
         <v>116</v>
       </c>
       <c r="C141" s="32" t="s">
         <v>116</v>
       </c>
       <c r="D141" s="31" t="s">
         <v>116</v>
       </c>
       <c r="E141" s="32" t="s">
         <v>116</v>
       </c>
       <c r="F141" s="31" t="s">
         <v>116</v>
       </c>
       <c r="G141" s="32" t="s">
         <v>116</v>
       </c>
       <c r="H141" s="31" t="s">
         <v>116</v>
       </c>
       <c r="I141" s="32" t="s">
@@ -13646,51 +13650,51 @@
       <c r="V141" s="31" t="s">
         <v>116</v>
       </c>
       <c r="W141" s="32" t="s">
         <v>116</v>
       </c>
       <c r="X141" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Y141" s="32" t="s">
         <v>116</v>
       </c>
       <c r="Z141" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AA141" s="32" t="s">
         <v>116</v>
       </c>
       <c r="AB141" s="31">
         <v>232627.66517664201</v>
       </c>
       <c r="AC141" s="32">
         <v>610.88407480246099</v>
       </c>
     </row>
-    <row r="142" spans="1:29">
+    <row r="142" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A142" s="6" t="s">
         <v>156</v>
       </c>
       <c r="B142" s="31" t="s">
         <v>116</v>
       </c>
       <c r="C142" s="32" t="s">
         <v>116</v>
       </c>
       <c r="D142" s="31" t="s">
         <v>116</v>
       </c>
       <c r="E142" s="32" t="s">
         <v>116</v>
       </c>
       <c r="F142" s="31" t="s">
         <v>116</v>
       </c>
       <c r="G142" s="32" t="s">
         <v>116</v>
       </c>
       <c r="H142" s="31" t="s">
         <v>116</v>
       </c>
       <c r="I142" s="32" t="s">
@@ -13733,50 +13737,139 @@
         <v>116</v>
       </c>
       <c r="V142" s="31" t="s">
         <v>116</v>
       </c>
       <c r="W142" s="32" t="s">
         <v>116</v>
       </c>
       <c r="X142" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Y142" s="32" t="s">
         <v>116</v>
       </c>
       <c r="Z142" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AA142" s="32" t="s">
         <v>116</v>
       </c>
       <c r="AB142" s="31">
         <v>231596.916700984</v>
       </c>
       <c r="AC142" s="32">
         <v>608.17731235256815</v>
+      </c>
+    </row>
+    <row r="143" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A143" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="B143" s="31" t="s">
+        <v>116</v>
+      </c>
+      <c r="C143" s="32" t="s">
+        <v>116</v>
+      </c>
+      <c r="D143" s="31" t="s">
+        <v>116</v>
+      </c>
+      <c r="E143" s="32" t="s">
+        <v>116</v>
+      </c>
+      <c r="F143" s="31" t="s">
+        <v>116</v>
+      </c>
+      <c r="G143" s="32" t="s">
+        <v>116</v>
+      </c>
+      <c r="H143" s="31" t="s">
+        <v>116</v>
+      </c>
+      <c r="I143" s="32" t="s">
+        <v>116</v>
+      </c>
+      <c r="J143" s="31" t="s">
+        <v>116</v>
+      </c>
+      <c r="K143" s="32" t="s">
+        <v>116</v>
+      </c>
+      <c r="L143" s="31" t="s">
+        <v>116</v>
+      </c>
+      <c r="M143" s="32" t="s">
+        <v>116</v>
+      </c>
+      <c r="N143" s="31" t="s">
+        <v>116</v>
+      </c>
+      <c r="O143" s="32" t="s">
+        <v>116</v>
+      </c>
+      <c r="P143" s="31" t="s">
+        <v>116</v>
+      </c>
+      <c r="Q143" s="32" t="s">
+        <v>116</v>
+      </c>
+      <c r="R143" s="31" t="s">
+        <v>116</v>
+      </c>
+      <c r="S143" s="32" t="s">
+        <v>116</v>
+      </c>
+      <c r="T143" s="31" t="s">
+        <v>116</v>
+      </c>
+      <c r="U143" s="32" t="s">
+        <v>116</v>
+      </c>
+      <c r="V143" s="31" t="s">
+        <v>116</v>
+      </c>
+      <c r="W143" s="32" t="s">
+        <v>116</v>
+      </c>
+      <c r="X143" s="31" t="s">
+        <v>116</v>
+      </c>
+      <c r="Y143" s="32" t="s">
+        <v>116</v>
+      </c>
+      <c r="Z143" s="31" t="s">
+        <v>116</v>
+      </c>
+      <c r="AA143" s="32" t="s">
+        <v>116</v>
+      </c>
+      <c r="AB143" s="31">
+        <v>231949.89582519999</v>
+      </c>
+      <c r="AC143" s="32">
+        <v>609.10424133823949</v>
       </c>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.78740157480314965" bottom="0.78740157480314965" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="99" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Tahoma,Bold"Terraced Properties - Mix-adjusted regional and UK indices</oddHeader>
     <oddFooter>&amp;C&amp;"Tahoma,Regular"&amp;P&amp;R&amp;"Tahoma,Regular"Nationwide Building Society&amp;L&amp;"Calibri"&amp;11&amp;K000000&amp;"Tahoma,Regular"www.nationwide.co.uk/hpi_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;KFF0000NBS Secret</oddFooter>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="39" max="28" man="1"/>
     <brk id="75" max="28" man="1"/>
   </rowBreaks>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="15" max="90" man="1"/>
   </colBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -13805,47 +13898,47 @@
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Nationwide Building Society - Quarterly Terraced House Price Series</dc:title>
   <dc:creator>Andrew Harvey</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_SetDate">
-    <vt:lpwstr>2025-09-29T08:55:02Z</vt:lpwstr>
+    <vt:lpwstr>2025-12-31T09:29:19Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Name">
     <vt:lpwstr>NBS Public - No Visible Label</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_SiteId">
     <vt:lpwstr>18ed93f5-e470-4996-b0ef-9554af985d50</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_ActionId">
-    <vt:lpwstr>3e1b0042-b85a-4292-a959-eb2a50c4780e</vt:lpwstr>
+    <vt:lpwstr>dd6d6f2f-a976-4acb-a562-f1f22a4b5ee5</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>