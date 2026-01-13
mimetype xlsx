--- v0 (2025-10-02)
+++ v1 (2026-01-13)
@@ -1,88 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\HPD\Press\Embargo\Internet HP Files\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{8FD8D72E-0D06-43FD-B9CA-C5D023ADBF47}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{F50108DC-60AA-4A92-A90C-71F5E97DD100}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{943F467B-F25A-47F4-931C-8475061ED119}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{6DA2218D-2AF7-4F1B-9CFF-7914BD911D2E}"/>
   </bookViews>
   <sheets>
     <sheet name="Z8 semi" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Z8 semi'!$A$1:$AC$90</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Z8 semi'!$A:$A,'Z8 semi'!$1:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1249" uniqueCount="157">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1276" uniqueCount="158">
   <si>
     <t>Q1 1993</t>
   </si>
   <si>
     <t>NORTH</t>
   </si>
   <si>
     <t>YORKS &amp; THE HUMBER</t>
   </si>
   <si>
     <t>NORTH WEST</t>
   </si>
   <si>
     <t>EAST MIDS</t>
   </si>
   <si>
     <t>WEST MIDS</t>
   </si>
   <si>
     <t>EAST ANGLIA</t>
   </si>
   <si>
     <t>OUTER S EAST</t>
   </si>
   <si>
@@ -509,63 +509,67 @@
     <t>Q3 2023</t>
   </si>
   <si>
     <t>Q4 2023</t>
   </si>
   <si>
     <t>Q1 2024</t>
   </si>
   <si>
     <t>Q2 2024</t>
   </si>
   <si>
     <t>Q3 2024</t>
   </si>
   <si>
     <t>Q4 2024</t>
   </si>
   <si>
     <t>Q1 2025</t>
   </si>
   <si>
     <t>Q2 2025</t>
   </si>
   <si>
     <t>Q3 2025</t>
+  </si>
+  <si>
+    <t>Q4 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
-  <fonts count="3">
+  <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="MS Sans Serif"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="12">
     <border>
       <left/>
@@ -767,52 +771,52 @@
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="1" fontId="2" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="1" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="1" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal_Z5" xfId="2" xr:uid="{3E18B7DF-7542-4370-A4F9-603B8E6D6033}"/>
-    <cellStyle name="Normal_Z8" xfId="1" xr:uid="{58AB9483-E0A8-4401-8A39-5D6DC89482C3}"/>
+    <cellStyle name="Normal_Z5" xfId="2" xr:uid="{4D1AB928-9BB2-48A3-AE4D-6CEAF91E1987}"/>
+    <cellStyle name="Normal_Z8" xfId="1" xr:uid="{DB417D79-3A42-4924-87E2-C50BDDB14055}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Nationwide Brand Refresh">
       <a:dk1>
         <a:srgbClr val="02081E"/>
       </a:dk1>
@@ -1162,67 +1166,67 @@
         <a:extLst>
           <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
             <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:effectLst>
                 <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                   <a:srgbClr val="808080"/>
                 </a:outerShdw>
               </a:effectLst>
             </a14:hiddenEffects>
           </a:ext>
         </a:extLst>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CDE99447-3A58-42F3-9CB2-E28DFA448745}">
-  <dimension ref="A1:AC142"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6D3C0A6B-1704-4866-84F8-B28CCBD55BD6}">
+  <dimension ref="A1:AC143"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="1" ySplit="3" topLeftCell="S124" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="3" topLeftCell="R124" activePane="bottomRight" state="frozen"/>
       <selection activeCell="AF67" sqref="AF67"/>
       <selection pane="topRight" activeCell="AF67" sqref="AF67"/>
       <selection pane="bottomLeft" activeCell="AF67" sqref="AF67"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.8"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="16384" width="9.109375" style="6"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:29">
+    <row r="1" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2"/>
       <c r="D1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="2"/>
       <c r="F1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G1" s="2"/>
       <c r="H1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="I1" s="2"/>
       <c r="J1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="K1" s="2"/>
       <c r="L1" s="1" t="s">
         <v>6</v>
@@ -1239,84 +1243,84 @@
       <c r="R1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="S1" s="2"/>
       <c r="T1" s="1" t="s">
         <v>10</v>
       </c>
       <c r="U1" s="2"/>
       <c r="V1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="W1" s="2"/>
       <c r="X1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="Y1" s="2"/>
       <c r="Z1" s="1" t="s">
         <v>13</v>
       </c>
       <c r="AA1" s="2"/>
       <c r="AB1" s="1" t="s">
         <v>14</v>
       </c>
       <c r="AC1" s="5"/>
     </row>
-    <row r="2" spans="1:29">
+    <row r="2" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A2" s="7" t="s">
         <v>15</v>
       </c>
       <c r="B2" s="7"/>
       <c r="C2" s="8"/>
       <c r="D2" s="7"/>
       <c r="E2" s="8"/>
       <c r="F2" s="7"/>
       <c r="G2" s="8"/>
       <c r="H2" s="7"/>
       <c r="I2" s="8"/>
       <c r="J2" s="7"/>
       <c r="K2" s="8"/>
       <c r="L2" s="7"/>
       <c r="M2" s="8"/>
       <c r="N2" s="7"/>
       <c r="O2" s="9"/>
       <c r="P2" s="7"/>
       <c r="Q2" s="8"/>
       <c r="R2" s="7"/>
       <c r="S2" s="8"/>
       <c r="T2" s="7"/>
       <c r="U2" s="8"/>
       <c r="V2" s="7"/>
       <c r="W2" s="8"/>
       <c r="X2" s="7"/>
       <c r="Y2" s="8"/>
       <c r="Z2" s="7"/>
       <c r="AA2" s="8"/>
       <c r="AB2" s="7"/>
       <c r="AC2" s="10"/>
     </row>
-    <row r="3" spans="1:29">
+    <row r="3" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A3" s="7"/>
       <c r="B3" s="7" t="s">
         <v>16</v>
       </c>
       <c r="C3" s="8" t="s">
         <v>17</v>
       </c>
       <c r="D3" s="7" t="s">
         <v>16</v>
       </c>
       <c r="E3" s="8" t="s">
         <v>17</v>
       </c>
       <c r="F3" s="7" t="s">
         <v>16</v>
       </c>
       <c r="G3" s="8" t="s">
         <v>17</v>
       </c>
       <c r="H3" s="7" t="s">
         <v>16</v>
       </c>
       <c r="I3" s="8" t="s">
         <v>17</v>
       </c>
@@ -1359,51 +1363,51 @@
       <c r="V3" s="7" t="s">
         <v>16</v>
       </c>
       <c r="W3" s="8" t="s">
         <v>17</v>
       </c>
       <c r="X3" s="7" t="s">
         <v>16</v>
       </c>
       <c r="Y3" s="8" t="s">
         <v>17</v>
       </c>
       <c r="Z3" s="7" t="s">
         <v>16</v>
       </c>
       <c r="AA3" s="8" t="s">
         <v>17</v>
       </c>
       <c r="AB3" s="7" t="s">
         <v>16</v>
       </c>
       <c r="AC3" s="9" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="4" spans="1:29">
+    <row r="4" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A4" s="11" t="s">
         <v>18</v>
       </c>
       <c r="B4" s="2">
         <v>47458.448846720814</v>
       </c>
       <c r="C4" s="12">
         <v>105.02647957767428</v>
       </c>
       <c r="D4" s="1">
         <v>49380.334636499894</v>
       </c>
       <c r="E4" s="12">
         <v>101.34670111796835</v>
       </c>
       <c r="F4" s="1">
         <v>52914.643870845008</v>
       </c>
       <c r="G4" s="12">
         <v>102.92674267714025</v>
       </c>
       <c r="H4" s="1">
         <v>47393.470579298992</v>
       </c>
       <c r="I4" s="12">
@@ -1448,51 +1452,51 @@
       <c r="V4" s="1">
         <v>46074.165903346191</v>
       </c>
       <c r="W4" s="12">
         <v>99.652005205221229</v>
       </c>
       <c r="X4" s="1">
         <v>49595.981070210182</v>
       </c>
       <c r="Y4" s="12">
         <v>92.011983698565373</v>
       </c>
       <c r="Z4" s="1">
         <v>31491.417870407131</v>
       </c>
       <c r="AA4" s="12">
         <v>88.459575957484134</v>
       </c>
       <c r="AB4" s="1">
         <v>51357.587294375102</v>
       </c>
       <c r="AC4" s="13">
         <v>102.81841070572253</v>
       </c>
     </row>
-    <row r="5" spans="1:29">
+    <row r="5" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A5" s="14" t="s">
         <v>19</v>
       </c>
       <c r="B5" s="8">
         <v>46117.113288796965</v>
       </c>
       <c r="C5" s="15">
         <v>102.05807763862036</v>
       </c>
       <c r="D5" s="7">
         <v>52374.65876580184</v>
       </c>
       <c r="E5" s="15">
         <v>107.49216114404068</v>
       </c>
       <c r="F5" s="7">
         <v>55715.124803910134</v>
       </c>
       <c r="G5" s="15">
         <v>108.374088804488</v>
       </c>
       <c r="H5" s="7">
         <v>47675.561497486728</v>
       </c>
       <c r="I5" s="15">
@@ -1537,51 +1541,51 @@
       <c r="V5" s="7">
         <v>50933.108343176355</v>
       </c>
       <c r="W5" s="15">
         <v>110.16122111423155</v>
       </c>
       <c r="X5" s="7">
         <v>52646.972897546439</v>
       </c>
       <c r="Y5" s="15">
         <v>97.672277218798584</v>
       </c>
       <c r="Z5" s="7">
         <v>29920.456074453632</v>
       </c>
       <c r="AA5" s="15">
         <v>84.046735135666353</v>
       </c>
       <c r="AB5" s="7">
         <v>53005.254245141536</v>
       </c>
       <c r="AC5" s="16">
         <v>106.11705665416066</v>
       </c>
     </row>
-    <row r="6" spans="1:29">
+    <row r="6" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A6" s="14" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="8">
         <v>48498.216325578658</v>
       </c>
       <c r="C6" s="15">
         <v>107.32750543371294</v>
       </c>
       <c r="D6" s="7">
         <v>50492.019079832098</v>
       </c>
       <c r="E6" s="15">
         <v>103.62828855242464</v>
       </c>
       <c r="F6" s="7">
         <v>55419.399867107008</v>
       </c>
       <c r="G6" s="15">
         <v>107.79886043202002</v>
       </c>
       <c r="H6" s="7">
         <v>46937.462989459185</v>
       </c>
       <c r="I6" s="15">
@@ -1626,51 +1630,51 @@
       <c r="V6" s="7">
         <v>49757.699737816773</v>
       </c>
       <c r="W6" s="15">
         <v>107.6189759717959</v>
       </c>
       <c r="X6" s="7">
         <v>53452.851275818786</v>
       </c>
       <c r="Y6" s="15">
         <v>99.167367478222047</v>
       </c>
       <c r="Z6" s="7">
         <v>30866.241016740543</v>
       </c>
       <c r="AA6" s="15">
         <v>86.703450539398418</v>
       </c>
       <c r="AB6" s="7">
         <v>52682.904637321764</v>
       </c>
       <c r="AC6" s="16">
         <v>105.47170946957296</v>
       </c>
     </row>
-    <row r="7" spans="1:29">
+    <row r="7" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A7" s="17" t="s">
         <v>21</v>
       </c>
       <c r="B7" s="18">
         <v>48638.311102820255</v>
       </c>
       <c r="C7" s="19">
         <v>107.63753792778846</v>
       </c>
       <c r="D7" s="20">
         <v>51169.514396581086</v>
       </c>
       <c r="E7" s="19">
         <v>105.01875939230085</v>
       </c>
       <c r="F7" s="20">
         <v>56790.587896570258</v>
       </c>
       <c r="G7" s="19">
         <v>110.46602224482587</v>
       </c>
       <c r="H7" s="20">
         <v>46192.444583303164</v>
       </c>
       <c r="I7" s="19">
@@ -1715,51 +1719,51 @@
       <c r="V7" s="20">
         <v>49097.790363108295</v>
       </c>
       <c r="W7" s="19">
         <v>106.19168388404816</v>
       </c>
       <c r="X7" s="20">
         <v>52983.567724818793</v>
       </c>
       <c r="Y7" s="19">
         <v>98.296738255594335</v>
       </c>
       <c r="Z7" s="20">
         <v>29745.957964875124</v>
       </c>
       <c r="AA7" s="19">
         <v>83.556568930949268</v>
       </c>
       <c r="AB7" s="20">
         <v>51961.919969911709</v>
       </c>
       <c r="AC7" s="21">
         <v>104.02829085215643</v>
       </c>
     </row>
-    <row r="8" spans="1:29">
+    <row r="8" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A8" s="11" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="2">
         <v>49520.632050825829</v>
       </c>
       <c r="C8" s="12">
         <v>109.59013151815111</v>
       </c>
       <c r="D8" s="1">
         <v>51754.390112395391</v>
       </c>
       <c r="E8" s="12">
         <v>106.21914057234203</v>
       </c>
       <c r="F8" s="1">
         <v>53203.761535971709</v>
       </c>
       <c r="G8" s="12">
         <v>103.48911893718929</v>
       </c>
       <c r="H8" s="1">
         <v>44848.024199538675</v>
       </c>
       <c r="I8" s="12">
@@ -1804,51 +1808,51 @@
       <c r="V8" s="1">
         <v>47772.76691561834</v>
       </c>
       <c r="W8" s="12">
         <v>103.32584267135418</v>
       </c>
       <c r="X8" s="1">
         <v>54023.352148025173</v>
       </c>
       <c r="Y8" s="12">
         <v>100.22577817644293</v>
       </c>
       <c r="Z8" s="1">
         <v>29889.814712939798</v>
       </c>
       <c r="AA8" s="12">
         <v>83.960663372958564</v>
       </c>
       <c r="AB8" s="1">
         <v>50820.580511758046</v>
       </c>
       <c r="AC8" s="13">
         <v>101.74331767982943</v>
       </c>
     </row>
-    <row r="9" spans="1:29">
+    <row r="9" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A9" s="14" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="8">
         <v>48885.381044802431</v>
       </c>
       <c r="C9" s="15">
         <v>108.18430856286876</v>
       </c>
       <c r="D9" s="7">
         <v>48889.12920260532</v>
       </c>
       <c r="E9" s="15">
         <v>100.33856598354912</v>
       </c>
       <c r="F9" s="7">
         <v>53897.120261188735</v>
       </c>
       <c r="G9" s="15">
         <v>104.83780334424213</v>
       </c>
       <c r="H9" s="7">
         <v>45159.872002763739</v>
       </c>
       <c r="I9" s="15">
@@ -1893,51 +1897,51 @@
       <c r="V9" s="7">
         <v>47799.685965072546</v>
       </c>
       <c r="W9" s="15">
         <v>103.38406482695342</v>
       </c>
       <c r="X9" s="7">
         <v>55004.119174722917</v>
       </c>
       <c r="Y9" s="15">
         <v>102.04532721500017</v>
       </c>
       <c r="Z9" s="7">
         <v>33180.230884201621</v>
       </c>
       <c r="AA9" s="15">
         <v>93.203461535660225</v>
       </c>
       <c r="AB9" s="7">
         <v>51328.989497869909</v>
       </c>
       <c r="AC9" s="16">
         <v>102.76115762703921</v>
       </c>
     </row>
-    <row r="10" spans="1:29">
+    <row r="10" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A10" s="14" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="8">
         <v>47880.206533853976</v>
       </c>
       <c r="C10" s="15">
         <v>105.95983762436228</v>
       </c>
       <c r="D10" s="7">
         <v>50843.226313897452</v>
       </c>
       <c r="E10" s="15">
         <v>104.34909562761565</v>
       </c>
       <c r="F10" s="7">
         <v>54399.809930495867</v>
       </c>
       <c r="G10" s="15">
         <v>105.81560847443482</v>
       </c>
       <c r="H10" s="7">
         <v>43875.3345541608</v>
       </c>
       <c r="I10" s="15">
@@ -1982,51 +1986,51 @@
       <c r="V10" s="7">
         <v>46603.701297634063</v>
       </c>
       <c r="W10" s="15">
         <v>100.79731652737567</v>
       </c>
       <c r="X10" s="7">
         <v>54818.923334845458</v>
       </c>
       <c r="Y10" s="15">
         <v>101.70174621847296</v>
       </c>
       <c r="Z10" s="7">
         <v>31816.460669031745</v>
       </c>
       <c r="AA10" s="15">
         <v>89.37262306932557</v>
       </c>
       <c r="AB10" s="7">
         <v>50985.122476991819</v>
       </c>
       <c r="AC10" s="16">
         <v>102.07273236324828</v>
       </c>
     </row>
-    <row r="11" spans="1:29">
+    <row r="11" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A11" s="17" t="s">
         <v>25</v>
       </c>
       <c r="B11" s="18">
         <v>44074.144869303724</v>
       </c>
       <c r="C11" s="19">
         <v>97.536948393947071</v>
       </c>
       <c r="D11" s="20">
         <v>45946.136628639186</v>
       </c>
       <c r="E11" s="19">
         <v>94.29845728477811</v>
       </c>
       <c r="F11" s="20">
         <v>53468.204433044055</v>
       </c>
       <c r="G11" s="19">
         <v>104.00349915462395</v>
       </c>
       <c r="H11" s="20">
         <v>41475.335308447888</v>
       </c>
       <c r="I11" s="19">
@@ -2071,51 +2075,51 @@
       <c r="V11" s="20">
         <v>46126.201822381146</v>
       </c>
       <c r="W11" s="19">
         <v>99.764551652299787</v>
       </c>
       <c r="X11" s="20">
         <v>53764.938930798358</v>
       </c>
       <c r="Y11" s="19">
         <v>99.746362058082312</v>
       </c>
       <c r="Z11" s="20">
         <v>30988.1645018811</v>
       </c>
       <c r="AA11" s="19">
         <v>87.045934318286228</v>
       </c>
       <c r="AB11" s="20">
         <v>48719.48924332871</v>
       </c>
       <c r="AC11" s="21">
         <v>97.53691164814974</v>
       </c>
     </row>
-    <row r="12" spans="1:29">
+    <row r="12" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A12" s="11" t="s">
         <v>0</v>
       </c>
       <c r="B12" s="2">
         <v>45187.127129803528</v>
       </c>
       <c r="C12" s="12">
         <v>100</v>
       </c>
       <c r="D12" s="1">
         <v>48724.165751602312</v>
       </c>
       <c r="E12" s="12">
         <v>100</v>
       </c>
       <c r="F12" s="1">
         <v>51410.005305256003</v>
       </c>
       <c r="G12" s="12">
         <v>100</v>
       </c>
       <c r="H12" s="1">
         <v>42505.4587987833</v>
       </c>
       <c r="I12" s="12">
@@ -2160,51 +2164,51 @@
       <c r="V12" s="1">
         <v>46235.06151076642</v>
       </c>
       <c r="W12" s="12">
         <v>100</v>
       </c>
       <c r="X12" s="1">
         <v>53901.653976604211</v>
       </c>
       <c r="Y12" s="12">
         <v>100</v>
       </c>
       <c r="Z12" s="1">
         <v>35599.783889471379</v>
       </c>
       <c r="AA12" s="12">
         <v>100</v>
       </c>
       <c r="AB12" s="1">
         <v>49949.796871852166</v>
       </c>
       <c r="AC12" s="13">
         <v>100</v>
       </c>
     </row>
-    <row r="13" spans="1:29">
+    <row r="13" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="B13" s="8">
         <v>47462.379580999797</v>
       </c>
       <c r="C13" s="15">
         <v>105.03517836984952</v>
       </c>
       <c r="D13" s="7">
         <v>52419.067997054692</v>
       </c>
       <c r="E13" s="15">
         <v>107.58330530334605</v>
       </c>
       <c r="F13" s="7">
         <v>52480.059512696651</v>
       </c>
       <c r="G13" s="15">
         <v>102.08141236533046</v>
       </c>
       <c r="H13" s="7">
         <v>43277.130031348512</v>
       </c>
       <c r="I13" s="15">
@@ -2249,51 +2253,51 @@
       <c r="V13" s="7">
         <v>48258.365186535222</v>
       </c>
       <c r="W13" s="15">
         <v>104.37612411372623</v>
       </c>
       <c r="X13" s="7">
         <v>53357.138046815096</v>
       </c>
       <c r="Y13" s="15">
         <v>98.989797363128289</v>
       </c>
       <c r="Z13" s="7">
         <v>35108.92865689133</v>
       </c>
       <c r="AA13" s="15">
         <v>98.621184796784064</v>
       </c>
       <c r="AB13" s="7">
         <v>51186.322447780512</v>
       </c>
       <c r="AC13" s="16">
         <v>102.4755367456262</v>
       </c>
     </row>
-    <row r="14" spans="1:29">
+    <row r="14" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A14" s="14" t="s">
         <v>27</v>
       </c>
       <c r="B14" s="8">
         <v>46679.885615996143</v>
       </c>
       <c r="C14" s="15">
         <v>103.30350385388421</v>
       </c>
       <c r="D14" s="7">
         <v>48240.316075605027</v>
       </c>
       <c r="E14" s="15">
         <v>99.006961599991328</v>
       </c>
       <c r="F14" s="7">
         <v>52477.722209815787</v>
       </c>
       <c r="G14" s="15">
         <v>102.07686596844334</v>
       </c>
       <c r="H14" s="7">
         <v>42493.429024244586</v>
       </c>
       <c r="I14" s="15">
@@ -2338,51 +2342,51 @@
       <c r="V14" s="7">
         <v>47121.435121604402</v>
       </c>
       <c r="W14" s="15">
         <v>101.91710269625483</v>
       </c>
       <c r="X14" s="7">
         <v>55073.374709415766</v>
       </c>
       <c r="Y14" s="15">
         <v>102.17381220494669</v>
       </c>
       <c r="Z14" s="7">
         <v>33649.728591601175</v>
       </c>
       <c r="AA14" s="15">
         <v>94.522283326425111</v>
       </c>
       <c r="AB14" s="7">
         <v>51290.540866348347</v>
       </c>
       <c r="AC14" s="16">
         <v>102.68418307673184</v>
       </c>
     </row>
-    <row r="15" spans="1:29">
+    <row r="15" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A15" s="17" t="s">
         <v>28</v>
       </c>
       <c r="B15" s="18">
         <v>43129.834543799057</v>
       </c>
       <c r="C15" s="19">
         <v>95.447171093451601</v>
       </c>
       <c r="D15" s="20">
         <v>52803.007185415321</v>
       </c>
       <c r="E15" s="19">
         <v>108.37129044878284</v>
       </c>
       <c r="F15" s="20">
         <v>51149.441744865864</v>
       </c>
       <c r="G15" s="19">
         <v>99.493165661347433</v>
       </c>
       <c r="H15" s="20">
         <v>41002.173260162643</v>
       </c>
       <c r="I15" s="19">
@@ -2427,51 +2431,51 @@
       <c r="V15" s="20">
         <v>43832.044475767012</v>
       </c>
       <c r="W15" s="19">
         <v>94.802608763827777</v>
       </c>
       <c r="X15" s="20">
         <v>55677.872437162456</v>
       </c>
       <c r="Y15" s="19">
         <v>103.29529491122705</v>
       </c>
       <c r="Z15" s="20">
         <v>33898.031493995375</v>
       </c>
       <c r="AA15" s="19">
         <v>95.219767623422854</v>
       </c>
       <c r="AB15" s="20">
         <v>50105.120154170858</v>
       </c>
       <c r="AC15" s="21">
         <v>100.31095878671374</v>
       </c>
     </row>
-    <row r="16" spans="1:29">
+    <row r="16" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A16" s="11" t="s">
         <v>29</v>
       </c>
       <c r="B16" s="2">
         <v>45349.469688103149</v>
       </c>
       <c r="C16" s="12">
         <v>100.35926727059518</v>
       </c>
       <c r="D16" s="1">
         <v>48763.171289045174</v>
       </c>
       <c r="E16" s="12">
         <v>100.08005378202208</v>
       </c>
       <c r="F16" s="1">
         <v>52279.967804881147</v>
       </c>
       <c r="G16" s="12">
         <v>101.69220464860797</v>
       </c>
       <c r="H16" s="1">
         <v>42291.781162079009</v>
       </c>
       <c r="I16" s="12">
@@ -2516,51 +2520,51 @@
       <c r="V16" s="1">
         <v>44522.264425113419</v>
       </c>
       <c r="W16" s="12">
         <v>96.295458403890834</v>
       </c>
       <c r="X16" s="1">
         <v>53849.871078262258</v>
       </c>
       <c r="Y16" s="12">
         <v>99.903930780371923</v>
       </c>
       <c r="Z16" s="1">
         <v>36481.022012628571</v>
       </c>
       <c r="AA16" s="12">
         <v>102.47540301338127</v>
       </c>
       <c r="AB16" s="1">
         <v>50452.112421475438</v>
       </c>
       <c r="AC16" s="13">
         <v>101.00564082555125</v>
       </c>
     </row>
-    <row r="17" spans="1:29">
+    <row r="17" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A17" s="14" t="s">
         <v>30</v>
       </c>
       <c r="B17" s="8">
         <v>45734.565424615881</v>
       </c>
       <c r="C17" s="15">
         <v>101.2114917003681</v>
       </c>
       <c r="D17" s="7">
         <v>49951.47412528711</v>
       </c>
       <c r="E17" s="15">
         <v>102.51889048227459</v>
       </c>
       <c r="F17" s="7">
         <v>50522.063245385871</v>
       </c>
       <c r="G17" s="15">
         <v>98.272822469871741</v>
       </c>
       <c r="H17" s="7">
         <v>42270.319025812096</v>
       </c>
       <c r="I17" s="15">
@@ -2605,51 +2609,51 @@
       <c r="V17" s="7">
         <v>44487.167245152479</v>
       </c>
       <c r="W17" s="15">
         <v>96.21954809077755</v>
       </c>
       <c r="X17" s="7">
         <v>57211.389500376885</v>
       </c>
       <c r="Y17" s="15">
         <v>106.14032275374936</v>
       </c>
       <c r="Z17" s="7">
         <v>33369.252413681541</v>
       </c>
       <c r="AA17" s="15">
         <v>93.734424111351089</v>
       </c>
       <c r="AB17" s="7">
         <v>50117.279792269655</v>
       </c>
       <c r="AC17" s="16">
         <v>100.33530250552805</v>
       </c>
     </row>
-    <row r="18" spans="1:29">
+    <row r="18" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A18" s="14" t="s">
         <v>31</v>
       </c>
       <c r="B18" s="8">
         <v>43370.124215496697</v>
       </c>
       <c r="C18" s="15">
         <v>95.978936857199727</v>
       </c>
       <c r="D18" s="7">
         <v>46424.531977041515</v>
       </c>
       <c r="E18" s="15">
         <v>95.28030138825892</v>
       </c>
       <c r="F18" s="7">
         <v>52088.274060670228</v>
       </c>
       <c r="G18" s="15">
         <v>101.31933220272373</v>
       </c>
       <c r="H18" s="7">
         <v>42657.354374589588</v>
       </c>
       <c r="I18" s="15">
@@ -2694,51 +2698,51 @@
       <c r="V18" s="7">
         <v>43324.049108841798</v>
       </c>
       <c r="W18" s="15">
         <v>93.703885521495948</v>
       </c>
       <c r="X18" s="7">
         <v>53207.808369619466</v>
       </c>
       <c r="Y18" s="15">
         <v>98.712756370544938</v>
       </c>
       <c r="Z18" s="7">
         <v>32479.734654536991</v>
       </c>
       <c r="AA18" s="15">
         <v>91.235763552325551</v>
       </c>
       <c r="AB18" s="7">
         <v>50663.808549183406</v>
       </c>
       <c r="AC18" s="16">
         <v>101.42945862054866</v>
       </c>
     </row>
-    <row r="19" spans="1:29">
+    <row r="19" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A19" s="17" t="s">
         <v>32</v>
       </c>
       <c r="B19" s="18">
         <v>42841.178499547023</v>
       </c>
       <c r="C19" s="19">
         <v>94.808369597125335</v>
       </c>
       <c r="D19" s="20">
         <v>46387.654650074161</v>
       </c>
       <c r="E19" s="19">
         <v>95.204615480868824</v>
       </c>
       <c r="F19" s="20">
         <v>50728.84328780917</v>
       </c>
       <c r="G19" s="19">
         <v>98.675039978303232</v>
       </c>
       <c r="H19" s="20">
         <v>43194.295593898845</v>
       </c>
       <c r="I19" s="19">
@@ -2783,51 +2787,51 @@
       <c r="V19" s="20">
         <v>49155.658044142088</v>
       </c>
       <c r="W19" s="19">
         <v>106.31684362028062</v>
       </c>
       <c r="X19" s="20">
         <v>54971.188533825371</v>
       </c>
       <c r="Y19" s="19">
         <v>101.9842332810147</v>
       </c>
       <c r="Z19" s="20">
         <v>36798.693320574392</v>
       </c>
       <c r="AA19" s="19">
         <v>103.36774356503211</v>
       </c>
       <c r="AB19" s="20">
         <v>51053.041633258195</v>
       </c>
       <c r="AC19" s="21">
         <v>102.20870720302715</v>
       </c>
     </row>
-    <row r="20" spans="1:29">
+    <row r="20" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A20" s="11" t="s">
         <v>33</v>
       </c>
       <c r="B20" s="2">
         <v>46195.996065265834</v>
       </c>
       <c r="C20" s="12">
         <v>102.23264677252936</v>
       </c>
       <c r="D20" s="1">
         <v>47780.83701705889</v>
       </c>
       <c r="E20" s="12">
         <v>98.06394071608625</v>
       </c>
       <c r="F20" s="1">
         <v>49340.25416317959</v>
       </c>
       <c r="G20" s="12">
         <v>95.974030483391516</v>
       </c>
       <c r="H20" s="1">
         <v>42677.750694424169</v>
       </c>
       <c r="I20" s="12">
@@ -2872,51 +2876,51 @@
       <c r="V20" s="1">
         <v>44266.11359705116</v>
       </c>
       <c r="W20" s="12">
         <v>95.741439830772663</v>
       </c>
       <c r="X20" s="1">
         <v>52763.830422959581</v>
       </c>
       <c r="Y20" s="12">
         <v>97.889074880450806</v>
       </c>
       <c r="Z20" s="1">
         <v>37636.561064749279</v>
       </c>
       <c r="AA20" s="12">
         <v>105.7213189316025</v>
       </c>
       <c r="AB20" s="1">
         <v>49847.843891206066</v>
       </c>
       <c r="AC20" s="13">
         <v>99.795889098593008</v>
       </c>
     </row>
-    <row r="21" spans="1:29">
+    <row r="21" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A21" s="14" t="s">
         <v>34</v>
       </c>
       <c r="B21" s="8">
         <v>49897.339010326185</v>
       </c>
       <c r="C21" s="15">
         <v>110.42379141960544</v>
       </c>
       <c r="D21" s="7">
         <v>46240.062838818187</v>
       </c>
       <c r="E21" s="15">
         <v>94.90170252386018</v>
       </c>
       <c r="F21" s="7">
         <v>48774.081541217958</v>
       </c>
       <c r="G21" s="15">
         <v>94.872741700011929</v>
       </c>
       <c r="H21" s="7">
         <v>42427.688967016045</v>
       </c>
       <c r="I21" s="15">
@@ -2961,51 +2965,51 @@
       <c r="V21" s="7">
         <v>45683.985590832257</v>
       </c>
       <c r="W21" s="15">
         <v>98.808099520304864</v>
       </c>
       <c r="X21" s="7">
         <v>53209.895155470505</v>
       </c>
       <c r="Y21" s="15">
         <v>98.71662783959475</v>
       </c>
       <c r="Z21" s="7">
         <v>37601.965697396765</v>
       </c>
       <c r="AA21" s="15">
         <v>105.62414034349668</v>
       </c>
       <c r="AB21" s="7">
         <v>50447.653985123608</v>
       </c>
       <c r="AC21" s="16">
         <v>100.99671499075104</v>
       </c>
     </row>
-    <row r="22" spans="1:29">
+    <row r="22" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A22" s="14" t="s">
         <v>35</v>
       </c>
       <c r="B22" s="8">
         <v>44463.735459212141</v>
       </c>
       <c r="C22" s="15">
         <v>98.399120022582125</v>
       </c>
       <c r="D22" s="7">
         <v>47892.036044360728</v>
       </c>
       <c r="E22" s="15">
         <v>98.292162227089094</v>
       </c>
       <c r="F22" s="7">
         <v>48841.99360858374</v>
       </c>
       <c r="G22" s="15">
         <v>95.004840630876728</v>
       </c>
       <c r="H22" s="7">
         <v>40910.952566306936</v>
       </c>
       <c r="I22" s="15">
@@ -3050,51 +3054,51 @@
       <c r="V22" s="7">
         <v>46095.216007780087</v>
       </c>
       <c r="W22" s="15">
         <v>99.697533649968719</v>
       </c>
       <c r="X22" s="7">
         <v>53726.32850914271</v>
       </c>
       <c r="Y22" s="15">
         <v>99.674730820806346</v>
       </c>
       <c r="Z22" s="7">
         <v>38778.172279031416</v>
       </c>
       <c r="AA22" s="15">
         <v>108.92811147232848</v>
       </c>
       <c r="AB22" s="7">
         <v>49887.936031710175</v>
       </c>
       <c r="AC22" s="16">
         <v>99.876153970554284</v>
       </c>
     </row>
-    <row r="23" spans="1:29">
+    <row r="23" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A23" s="17" t="s">
         <v>36</v>
       </c>
       <c r="B23" s="8">
         <v>44637.918185654482</v>
       </c>
       <c r="C23" s="15">
         <v>98.78458981786693</v>
       </c>
       <c r="D23" s="7">
         <v>46332.105218029341</v>
       </c>
       <c r="E23" s="15">
         <v>95.090607511336799</v>
       </c>
       <c r="F23" s="7">
         <v>47812.467714766208</v>
       </c>
       <c r="G23" s="15">
         <v>93.002261779338909</v>
       </c>
       <c r="H23" s="7">
         <v>41673.357321174197</v>
       </c>
       <c r="I23" s="15">
@@ -3139,51 +3143,51 @@
       <c r="V23" s="7">
         <v>43582.097600756635</v>
       </c>
       <c r="W23" s="15">
         <v>94.262008477285136</v>
       </c>
       <c r="X23" s="7">
         <v>55421.142264319082</v>
       </c>
       <c r="Y23" s="15">
         <v>102.8190012283749</v>
       </c>
       <c r="Z23" s="7">
         <v>40605.656283727076</v>
       </c>
       <c r="AA23" s="15">
         <v>114.06152467048032</v>
       </c>
       <c r="AB23" s="7">
         <v>49535.002269522985</v>
       </c>
       <c r="AC23" s="16">
         <v>99.169576998694609</v>
       </c>
     </row>
-    <row r="24" spans="1:29">
+    <row r="24" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A24" s="11" t="s">
         <v>37</v>
       </c>
       <c r="B24" s="2">
         <v>43907.764215983887</v>
       </c>
       <c r="C24" s="12">
         <v>97.168744739747297</v>
       </c>
       <c r="D24" s="1">
         <v>44155.665305807946</v>
       </c>
       <c r="E24" s="12">
         <v>90.623748246230093</v>
       </c>
       <c r="F24" s="1">
         <v>46774.224849644772</v>
       </c>
       <c r="G24" s="12">
         <v>90.982727140202641</v>
       </c>
       <c r="H24" s="1">
         <v>43104.639819005948</v>
       </c>
       <c r="I24" s="12">
@@ -3228,51 +3232,51 @@
       <c r="V24" s="1">
         <v>43820.956572390547</v>
       </c>
       <c r="W24" s="12">
         <v>94.778627172770783</v>
       </c>
       <c r="X24" s="1">
         <v>55791.997880075629</v>
       </c>
       <c r="Y24" s="12">
         <v>103.50702392971449</v>
       </c>
       <c r="Z24" s="1">
         <v>40591.947095347437</v>
       </c>
       <c r="AA24" s="12">
         <v>114.02301548058691</v>
       </c>
       <c r="AB24" s="1">
         <v>49706.788630525625</v>
       </c>
       <c r="AC24" s="13">
         <v>99.5134950359258</v>
       </c>
     </row>
-    <row r="25" spans="1:29">
+    <row r="25" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A25" s="14" t="s">
         <v>38</v>
       </c>
       <c r="B25" s="8">
         <v>45387.805176914262</v>
       </c>
       <c r="C25" s="15">
         <v>100.44410446040146</v>
       </c>
       <c r="D25" s="7">
         <v>48738.880232812524</v>
       </c>
       <c r="E25" s="15">
         <v>100.03019955495027</v>
       </c>
       <c r="F25" s="7">
         <v>50019.808530141221</v>
       </c>
       <c r="G25" s="15">
         <v>97.295863389120001</v>
       </c>
       <c r="H25" s="7">
         <v>44453.407821856548</v>
       </c>
       <c r="I25" s="15">
@@ -3317,51 +3321,51 @@
       <c r="V25" s="7">
         <v>45743.902017543223</v>
       </c>
       <c r="W25" s="15">
         <v>98.937690408157408</v>
       </c>
       <c r="X25" s="7">
         <v>55986.930660597907</v>
       </c>
       <c r="Y25" s="15">
         <v>103.8686691968651</v>
       </c>
       <c r="Z25" s="7">
         <v>43072.010137927711</v>
       </c>
       <c r="AA25" s="15">
         <v>120.98952699166874</v>
       </c>
       <c r="AB25" s="7">
         <v>51599.610468302999</v>
       </c>
       <c r="AC25" s="16">
         <v>103.30294355487266</v>
       </c>
     </row>
-    <row r="26" spans="1:29">
+    <row r="26" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A26" s="14" t="s">
         <v>39</v>
       </c>
       <c r="B26" s="8">
         <v>47233.979301543492</v>
       </c>
       <c r="C26" s="15">
         <v>104.52972406468821</v>
       </c>
       <c r="D26" s="7">
         <v>48924.463327174621</v>
       </c>
       <c r="E26" s="15">
         <v>100.41108466914228</v>
       </c>
       <c r="F26" s="7">
         <v>49438.463893092216</v>
       </c>
       <c r="G26" s="15">
         <v>96.165062811300231</v>
       </c>
       <c r="H26" s="7">
         <v>44282.207427023277</v>
       </c>
       <c r="I26" s="15">
@@ -3406,51 +3410,51 @@
       <c r="V26" s="7">
         <v>46924.479001778098</v>
       </c>
       <c r="W26" s="15">
         <v>101.49111403442414</v>
       </c>
       <c r="X26" s="7">
         <v>56141.057418806551</v>
       </c>
       <c r="Y26" s="15">
         <v>104.15460988112599</v>
       </c>
       <c r="Z26" s="7">
         <v>43622.508753458198</v>
       </c>
       <c r="AA26" s="15">
         <v>122.53588080448863</v>
       </c>
       <c r="AB26" s="7">
         <v>52288.791272025206</v>
       </c>
       <c r="AC26" s="16">
         <v>104.6826905145857</v>
       </c>
     </row>
-    <row r="27" spans="1:29">
+    <row r="27" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A27" s="17" t="s">
         <v>40</v>
       </c>
       <c r="B27" s="8">
         <v>49567.558531835581</v>
       </c>
       <c r="C27" s="15">
         <v>109.69398074245554</v>
       </c>
       <c r="D27" s="7">
         <v>49554.652928573596</v>
       </c>
       <c r="E27" s="15">
         <v>101.70446669360157</v>
       </c>
       <c r="F27" s="7">
         <v>50454.463305436759</v>
       </c>
       <c r="G27" s="15">
         <v>98.141330672608291</v>
       </c>
       <c r="H27" s="7">
         <v>45571.850471295897</v>
       </c>
       <c r="I27" s="15">
@@ -3495,51 +3499,51 @@
       <c r="V27" s="7">
         <v>45380.603739210361</v>
       </c>
       <c r="W27" s="15">
         <v>98.151926819958717</v>
       </c>
       <c r="X27" s="7">
         <v>55820.679996780062</v>
       </c>
       <c r="Y27" s="15">
         <v>103.56023587144246</v>
       </c>
       <c r="Z27" s="7">
         <v>44925.628320998927</v>
       </c>
       <c r="AA27" s="15">
         <v>126.1963512488784</v>
       </c>
       <c r="AB27" s="7">
         <v>53351.712634932745</v>
       </c>
       <c r="AC27" s="16">
         <v>106.81066986480106</v>
       </c>
     </row>
-    <row r="28" spans="1:29">
+    <row r="28" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A28" s="11" t="s">
         <v>41</v>
       </c>
       <c r="B28" s="2">
         <v>47037.64247250677</v>
       </c>
       <c r="C28" s="12">
         <v>104.09522680516399</v>
       </c>
       <c r="D28" s="1">
         <v>47241.420584510757</v>
       </c>
       <c r="E28" s="12">
         <v>96.956858790254827</v>
       </c>
       <c r="F28" s="1">
         <v>52026.207273462191</v>
       </c>
       <c r="G28" s="12">
         <v>101.198603199022</v>
       </c>
       <c r="H28" s="1">
         <v>45228.245118825915</v>
       </c>
       <c r="I28" s="12">
@@ -3584,51 +3588,51 @@
       <c r="V28" s="1">
         <v>47337.923076432482</v>
       </c>
       <c r="W28" s="12">
         <v>102.38533599746427</v>
       </c>
       <c r="X28" s="1">
         <v>54684.598048950786</v>
       </c>
       <c r="Y28" s="12">
         <v>101.45254183236456</v>
       </c>
       <c r="Z28" s="1">
         <v>44972.865999187205</v>
       </c>
       <c r="AA28" s="12">
         <v>126.32904216165176</v>
       </c>
       <c r="AB28" s="1">
         <v>53944.528197331914</v>
       </c>
       <c r="AC28" s="13">
         <v>107.99749263391072</v>
       </c>
     </row>
-    <row r="29" spans="1:29">
+    <row r="29" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A29" s="14" t="s">
         <v>42</v>
       </c>
       <c r="B29" s="8">
         <v>48953.356250799072</v>
       </c>
       <c r="C29" s="15">
         <v>108.33473902905301</v>
       </c>
       <c r="D29" s="7">
         <v>49842.295517343249</v>
       </c>
       <c r="E29" s="15">
         <v>102.29481561868337</v>
       </c>
       <c r="F29" s="7">
         <v>52999.628712818667</v>
       </c>
       <c r="G29" s="15">
         <v>103.09205065847395</v>
       </c>
       <c r="H29" s="7">
         <v>46818.580248490478</v>
       </c>
       <c r="I29" s="15">
@@ -3673,51 +3677,51 @@
       <c r="V29" s="7">
         <v>49872.316150340201</v>
       </c>
       <c r="W29" s="15">
         <v>107.86687531220609</v>
       </c>
       <c r="X29" s="7">
         <v>57988.630517849364</v>
       </c>
       <c r="Y29" s="15">
         <v>107.58228410397032</v>
       </c>
       <c r="Z29" s="7">
         <v>49021.897818753838</v>
       </c>
       <c r="AA29" s="15">
         <v>137.7027960926809</v>
       </c>
       <c r="AB29" s="7">
         <v>56762.885824201185</v>
       </c>
       <c r="AC29" s="16">
         <v>113.63987319073232</v>
       </c>
     </row>
-    <row r="30" spans="1:29">
+    <row r="30" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A30" s="14" t="s">
         <v>43</v>
       </c>
       <c r="B30" s="8">
         <v>47591.47765703607</v>
       </c>
       <c r="C30" s="15">
         <v>105.32087494813702</v>
       </c>
       <c r="D30" s="7">
         <v>51542.733093203075</v>
       </c>
       <c r="E30" s="15">
         <v>105.7847421256424</v>
       </c>
       <c r="F30" s="7">
         <v>54508.588597141243</v>
       </c>
       <c r="G30" s="15">
         <v>106.02719893430637</v>
       </c>
       <c r="H30" s="7">
         <v>50225.630035390721</v>
       </c>
       <c r="I30" s="15">
@@ -3762,51 +3766,51 @@
       <c r="V30" s="7">
         <v>50072.273646525588</v>
       </c>
       <c r="W30" s="15">
         <v>108.29935553317178</v>
       </c>
       <c r="X30" s="7">
         <v>57565.917039543594</v>
       </c>
       <c r="Y30" s="15">
         <v>106.79805310710844</v>
       </c>
       <c r="Z30" s="7">
         <v>50274.559836367065</v>
       </c>
       <c r="AA30" s="15">
         <v>141.22153098585451</v>
       </c>
       <c r="AB30" s="7">
         <v>59082.632289414301</v>
       </c>
       <c r="AC30" s="16">
         <v>118.28402914428806</v>
       </c>
     </row>
-    <row r="31" spans="1:29">
+    <row r="31" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A31" s="17" t="s">
         <v>44</v>
       </c>
       <c r="B31" s="18">
         <v>50267.478977129518</v>
       </c>
       <c r="C31" s="19">
         <v>111.24291843721838</v>
       </c>
       <c r="D31" s="20">
         <v>51481.484889960091</v>
       </c>
       <c r="E31" s="19">
         <v>105.65903817094519</v>
       </c>
       <c r="F31" s="20">
         <v>55446.630322907404</v>
       </c>
       <c r="G31" s="19">
         <v>107.85182766211211</v>
       </c>
       <c r="H31" s="20">
         <v>49444.242437421723</v>
       </c>
       <c r="I31" s="19">
@@ -3851,51 +3855,51 @@
       <c r="V31" s="20">
         <v>49696.904730279784</v>
       </c>
       <c r="W31" s="19">
         <v>107.48748483595556</v>
       </c>
       <c r="X31" s="20">
         <v>59676.271110932335</v>
       </c>
       <c r="Y31" s="19">
         <v>110.71324664143806</v>
       </c>
       <c r="Z31" s="20">
         <v>52541.659376970572</v>
       </c>
       <c r="AA31" s="19">
         <v>147.58982678125119</v>
       </c>
       <c r="AB31" s="20">
         <v>60108.951697932505</v>
       </c>
       <c r="AC31" s="21">
         <v>120.33873101054641</v>
       </c>
     </row>
-    <row r="32" spans="1:29">
+    <row r="32" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A32" s="14" t="s">
         <v>45</v>
       </c>
       <c r="B32" s="8">
         <v>50827.489565530683</v>
       </c>
       <c r="C32" s="15">
         <v>112.48223287027028</v>
       </c>
       <c r="D32" s="7">
         <v>52186.619184348609</v>
       </c>
       <c r="E32" s="15">
         <v>107.10623441024731</v>
       </c>
       <c r="F32" s="7">
         <v>56393.004493999273</v>
       </c>
       <c r="G32" s="15">
         <v>109.69266421809496</v>
       </c>
       <c r="H32" s="7">
         <v>50098.790737176925</v>
       </c>
       <c r="I32" s="15">
@@ -3940,51 +3944,51 @@
       <c r="V32" s="7">
         <v>50408.490513368961</v>
       </c>
       <c r="W32" s="15">
         <v>109.02654579929715</v>
       </c>
       <c r="X32" s="7">
         <v>60868.785562255463</v>
       </c>
       <c r="Y32" s="15">
         <v>112.92563599008541</v>
       </c>
       <c r="Z32" s="7">
         <v>50237.576220385185</v>
       </c>
       <c r="AA32" s="15">
         <v>141.11764379345831</v>
       </c>
       <c r="AB32" s="7">
         <v>61575.619798969128</v>
       </c>
       <c r="AC32" s="16">
         <v>123.2750154258753</v>
       </c>
     </row>
-    <row r="33" spans="1:29">
+    <row r="33" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A33" s="14" t="s">
         <v>46</v>
       </c>
       <c r="B33" s="8">
         <v>52804.081676763752</v>
       </c>
       <c r="C33" s="15">
         <v>116.85647004085904</v>
       </c>
       <c r="D33" s="7">
         <v>53415.452105622739</v>
       </c>
       <c r="E33" s="15">
         <v>109.62825382775519</v>
       </c>
       <c r="F33" s="7">
         <v>57722.770122460774</v>
       </c>
       <c r="G33" s="15">
         <v>112.2792533860318</v>
       </c>
       <c r="H33" s="7">
         <v>51401.767065435342</v>
       </c>
       <c r="I33" s="15">
@@ -4029,51 +4033,51 @@
       <c r="V33" s="7">
         <v>49695.410195345677</v>
       </c>
       <c r="W33" s="15">
         <v>107.48425236500113</v>
       </c>
       <c r="X33" s="7">
         <v>61520.676590994764</v>
       </c>
       <c r="Y33" s="15">
         <v>114.13504420049441</v>
       </c>
       <c r="Z33" s="7">
         <v>51572.196047822785</v>
       </c>
       <c r="AA33" s="15">
         <v>144.86659865110934</v>
       </c>
       <c r="AB33" s="7">
         <v>63329.542640092921</v>
       </c>
       <c r="AC33" s="16">
         <v>126.78638674460865</v>
       </c>
     </row>
-    <row r="34" spans="1:29">
+    <row r="34" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A34" s="14" t="s">
         <v>47</v>
       </c>
       <c r="B34" s="8">
         <v>51824.053792550214</v>
       </c>
       <c r="C34" s="15">
         <v>114.68764908130052</v>
       </c>
       <c r="D34" s="7">
         <v>52686.642861932749</v>
       </c>
       <c r="E34" s="15">
         <v>108.13246784056048</v>
       </c>
       <c r="F34" s="7">
         <v>57586.83722152203</v>
       </c>
       <c r="G34" s="15">
         <v>112.01484395807779</v>
       </c>
       <c r="H34" s="7">
         <v>51791.952090314757</v>
       </c>
       <c r="I34" s="15">
@@ -4118,51 +4122,51 @@
       <c r="V34" s="7">
         <v>51075.62130567756</v>
       </c>
       <c r="W34" s="15">
         <v>110.46945680776039</v>
       </c>
       <c r="X34" s="7">
         <v>61722.930062946834</v>
       </c>
       <c r="Y34" s="15">
         <v>114.51027103869097</v>
       </c>
       <c r="Z34" s="7">
         <v>55146.580572010214</v>
       </c>
       <c r="AA34" s="15">
         <v>154.90706556878789</v>
       </c>
       <c r="AB34" s="7">
         <v>64357.917027930795</v>
       </c>
       <c r="AC34" s="16">
         <v>128.84520270030953</v>
       </c>
     </row>
-    <row r="35" spans="1:29">
+    <row r="35" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A35" s="17" t="s">
         <v>48</v>
       </c>
       <c r="B35" s="18">
         <v>50124.709310369151</v>
       </c>
       <c r="C35" s="19">
         <v>110.92696636009197</v>
       </c>
       <c r="D35" s="20">
         <v>49989.814082712423</v>
       </c>
       <c r="E35" s="19">
         <v>102.59757824805547</v>
       </c>
       <c r="F35" s="20">
         <v>57622.630815464378</v>
       </c>
       <c r="G35" s="19">
         <v>112.08446774770751</v>
       </c>
       <c r="H35" s="20">
         <v>51139.410457811049</v>
       </c>
       <c r="I35" s="19">
@@ -4207,51 +4211,51 @@
       <c r="V35" s="20">
         <v>51385.966060224579</v>
       </c>
       <c r="W35" s="19">
         <v>111.14068929757713</v>
       </c>
       <c r="X35" s="20">
         <v>61881.350347344327</v>
       </c>
       <c r="Y35" s="19">
         <v>114.80417720429075</v>
       </c>
       <c r="Z35" s="20">
         <v>55727.366901743007</v>
       </c>
       <c r="AA35" s="19">
         <v>156.53849774696062</v>
       </c>
       <c r="AB35" s="20">
         <v>64086.699508853446</v>
       </c>
       <c r="AC35" s="21">
         <v>128.30222247603922</v>
       </c>
     </row>
-    <row r="36" spans="1:29">
+    <row r="36" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A36" s="11" t="s">
         <v>49</v>
       </c>
       <c r="B36" s="2">
         <v>49937.032708178267</v>
       </c>
       <c r="C36" s="13">
         <v>110.5116343527002</v>
       </c>
       <c r="D36" s="2">
         <v>52557.714663846702</v>
       </c>
       <c r="E36" s="12">
         <v>107.86785951716027</v>
       </c>
       <c r="F36" s="1">
         <v>58577.7636221383</v>
       </c>
       <c r="G36" s="13">
         <v>113.94234113442016</v>
       </c>
       <c r="H36" s="2">
         <v>51178.822723074038</v>
       </c>
       <c r="I36" s="12">
@@ -4296,51 +4300,51 @@
       <c r="V36" s="1">
         <v>52231.991248164908</v>
       </c>
       <c r="W36" s="13">
         <v>112.97052397346118</v>
       </c>
       <c r="X36" s="2">
         <v>61167.968682331324</v>
       </c>
       <c r="Y36" s="12">
         <v>113.48068968139833</v>
       </c>
       <c r="Z36" s="1">
         <v>57193.076282672286</v>
       </c>
       <c r="AA36" s="13">
         <v>160.6556839228092</v>
       </c>
       <c r="AB36" s="2">
         <v>65291.376670282996</v>
       </c>
       <c r="AC36" s="13">
         <v>130.71399837278648</v>
       </c>
     </row>
-    <row r="37" spans="1:29">
+    <row r="37" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A37" s="14" t="s">
         <v>50</v>
       </c>
       <c r="B37" s="8">
         <v>53638.526523438843</v>
       </c>
       <c r="C37" s="15">
         <v>118.70311287849307</v>
       </c>
       <c r="D37" s="7">
         <v>55597.429238606899</v>
       </c>
       <c r="E37" s="15">
         <v>114.10647751681321</v>
       </c>
       <c r="F37" s="7">
         <v>60926.216512971536</v>
       </c>
       <c r="G37" s="15">
         <v>118.51042642616227</v>
       </c>
       <c r="H37" s="7">
         <v>54139.177743884713</v>
       </c>
       <c r="I37" s="15">
@@ -4385,51 +4389,51 @@
       <c r="V37" s="7">
         <v>53605.993409987095</v>
       </c>
       <c r="W37" s="15">
         <v>115.94229932516529</v>
       </c>
       <c r="X37" s="7">
         <v>63144.261709081555</v>
       </c>
       <c r="Y37" s="15">
         <v>117.14716905809432</v>
       </c>
       <c r="Z37" s="7">
         <v>57710.913859020286</v>
       </c>
       <c r="AA37" s="15">
         <v>162.11029268660326</v>
       </c>
       <c r="AB37" s="7">
         <v>67929.45474524099</v>
       </c>
       <c r="AC37" s="16">
         <v>135.99545743802767</v>
       </c>
     </row>
-    <row r="38" spans="1:29">
+    <row r="38" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A38" s="14" t="s">
         <v>51</v>
       </c>
       <c r="B38" s="8">
         <v>53749.585726935482</v>
       </c>
       <c r="C38" s="15">
         <v>118.94888907749241</v>
       </c>
       <c r="D38" s="7">
         <v>56431.916244899032</v>
       </c>
       <c r="E38" s="15">
         <v>115.81915333879932</v>
       </c>
       <c r="F38" s="7">
         <v>61043.868045825053</v>
       </c>
       <c r="G38" s="15">
         <v>118.7392759120842</v>
       </c>
       <c r="H38" s="7">
         <v>55051.985214175191</v>
       </c>
       <c r="I38" s="15">
@@ -4474,51 +4478,51 @@
       <c r="V38" s="7">
         <v>54584.738928046856</v>
       </c>
       <c r="W38" s="15">
         <v>118.05918959432142</v>
       </c>
       <c r="X38" s="7">
         <v>65071.447770966653</v>
       </c>
       <c r="Y38" s="15">
         <v>120.72254368893883</v>
       </c>
       <c r="Z38" s="7">
         <v>61789.165875133978</v>
       </c>
       <c r="AA38" s="15">
         <v>173.56612631968281</v>
       </c>
       <c r="AB38" s="7">
         <v>69659.897222728425</v>
       </c>
       <c r="AC38" s="16">
         <v>139.45982083058951</v>
       </c>
     </row>
-    <row r="39" spans="1:29">
+    <row r="39" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A39" s="17" t="s">
         <v>52</v>
       </c>
       <c r="B39" s="18">
         <v>55463.295937320363</v>
       </c>
       <c r="C39" s="19">
         <v>122.74136343741824</v>
       </c>
       <c r="D39" s="20">
         <v>56383.116287075107</v>
       </c>
       <c r="E39" s="19">
         <v>115.71899778544885</v>
       </c>
       <c r="F39" s="20">
         <v>62104.669943412504</v>
       </c>
       <c r="G39" s="19">
         <v>120.80269117782625</v>
       </c>
       <c r="H39" s="20">
         <v>55927.3322440423</v>
       </c>
       <c r="I39" s="19">
@@ -4563,51 +4567,51 @@
       <c r="V39" s="20">
         <v>55541.338949527701</v>
       </c>
       <c r="W39" s="19">
         <v>120.12818223804935</v>
       </c>
       <c r="X39" s="20">
         <v>63362.004539180845</v>
       </c>
       <c r="Y39" s="19">
         <v>117.55113222811838</v>
       </c>
       <c r="Z39" s="20">
         <v>60244.326493525616</v>
       </c>
       <c r="AA39" s="19">
         <v>169.22666351169298</v>
       </c>
       <c r="AB39" s="20">
         <v>71669.887664973212</v>
       </c>
       <c r="AC39" s="21">
         <v>143.48384208417232</v>
       </c>
     </row>
-    <row r="40" spans="1:29">
+    <row r="40" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A40" s="14" t="s">
         <v>53</v>
       </c>
       <c r="B40" s="8">
         <v>55558.064005821296</v>
       </c>
       <c r="C40" s="15">
         <v>122.95108703464695</v>
       </c>
       <c r="D40" s="7">
         <v>56645.760887077406</v>
       </c>
       <c r="E40" s="15">
         <v>116.25804159656563</v>
       </c>
       <c r="F40" s="7">
         <v>63326.820636854711</v>
       </c>
       <c r="G40" s="15">
         <v>123.17995351457466</v>
       </c>
       <c r="H40" s="7">
         <v>57358.544510511718</v>
       </c>
       <c r="I40" s="15">
@@ -4652,51 +4656,51 @@
       <c r="V40" s="7">
         <v>57230.439840864288</v>
       </c>
       <c r="W40" s="15">
         <v>123.78147226545259</v>
       </c>
       <c r="X40" s="7">
         <v>64288.427687090247</v>
       </c>
       <c r="Y40" s="15">
         <v>119.26986083765514</v>
       </c>
       <c r="Z40" s="7">
         <v>63088.252552005011</v>
       </c>
       <c r="AA40" s="15">
         <v>177.21526835072541</v>
       </c>
       <c r="AB40" s="7">
         <v>74453.183070634535</v>
       </c>
       <c r="AC40" s="16">
         <v>149.05602771848422</v>
       </c>
     </row>
-    <row r="41" spans="1:29">
+    <row r="41" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A41" s="14" t="s">
         <v>54</v>
       </c>
       <c r="B41" s="8">
         <v>57528.200202549771</v>
       </c>
       <c r="C41" s="15">
         <v>127.31103713961622</v>
       </c>
       <c r="D41" s="7">
         <v>59587.478133309109</v>
       </c>
       <c r="E41" s="15">
         <v>122.2955328513748</v>
       </c>
       <c r="F41" s="7">
         <v>66295.767092202193</v>
       </c>
       <c r="G41" s="15">
         <v>128.95498978955428</v>
       </c>
       <c r="H41" s="7">
         <v>60333.122608288322</v>
       </c>
       <c r="I41" s="15">
@@ -4741,51 +4745,51 @@
       <c r="V41" s="7">
         <v>58557.089071346461</v>
       </c>
       <c r="W41" s="15">
         <v>126.65082982037497</v>
       </c>
       <c r="X41" s="7">
         <v>66656.860593842881</v>
       </c>
       <c r="Y41" s="15">
         <v>123.66385013486787</v>
       </c>
       <c r="Z41" s="7">
         <v>67991.420986189798</v>
       </c>
       <c r="AA41" s="15">
         <v>190.98829700002261</v>
       </c>
       <c r="AB41" s="7">
         <v>77875.656935642532</v>
       </c>
       <c r="AC41" s="16">
         <v>155.90785511187377</v>
       </c>
     </row>
-    <row r="42" spans="1:29">
+    <row r="42" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A42" s="14" t="s">
         <v>55</v>
       </c>
       <c r="B42" s="8">
         <v>56539.894752031883</v>
       </c>
       <c r="C42" s="15">
         <v>125.1238977632206</v>
       </c>
       <c r="D42" s="7">
         <v>58041.81510479813</v>
       </c>
       <c r="E42" s="15">
         <v>119.1232609311313</v>
       </c>
       <c r="F42" s="7">
         <v>64126.503882066761</v>
       </c>
       <c r="G42" s="15">
         <v>124.73545470634421</v>
       </c>
       <c r="H42" s="7">
         <v>61914.282227693715</v>
       </c>
       <c r="I42" s="15">
@@ -4830,51 +4834,51 @@
       <c r="V42" s="7">
         <v>59023.179522018712</v>
       </c>
       <c r="W42" s="15">
         <v>127.65891856394398</v>
       </c>
       <c r="X42" s="7">
         <v>65822.550829234489</v>
       </c>
       <c r="Y42" s="15">
         <v>122.11601309637825</v>
       </c>
       <c r="Z42" s="7">
         <v>70039.269962839826</v>
       </c>
       <c r="AA42" s="15">
         <v>196.7407166860749</v>
       </c>
       <c r="AB42" s="7">
         <v>77966.587661606769</v>
       </c>
       <c r="AC42" s="16">
         <v>156.08989934760413</v>
       </c>
     </row>
-    <row r="43" spans="1:29">
+    <row r="43" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A43" s="17" t="s">
         <v>56</v>
       </c>
       <c r="B43" s="18">
         <v>56711.983893833982</v>
       </c>
       <c r="C43" s="19">
         <v>125.50473441456991</v>
       </c>
       <c r="D43" s="20">
         <v>58747.774925488047</v>
       </c>
       <c r="E43" s="19">
         <v>120.57215145557645</v>
       </c>
       <c r="F43" s="20">
         <v>65276.637814695874</v>
       </c>
       <c r="G43" s="19">
         <v>126.97263388148725</v>
       </c>
       <c r="H43" s="20">
         <v>61621.503768083436</v>
       </c>
       <c r="I43" s="19">
@@ -4919,51 +4923,51 @@
       <c r="V43" s="20">
         <v>59217.955947833972</v>
       </c>
       <c r="W43" s="19">
         <v>128.08019285114247</v>
       </c>
       <c r="X43" s="20">
         <v>66798.924100214863</v>
       </c>
       <c r="Y43" s="19">
         <v>123.92741070470427</v>
       </c>
       <c r="Z43" s="20">
         <v>70811.875272957244</v>
       </c>
       <c r="AA43" s="19">
         <v>198.91096949580029</v>
       </c>
       <c r="AB43" s="20">
         <v>78510.559148556102</v>
       </c>
       <c r="AC43" s="21">
         <v>157.17893578221648</v>
       </c>
     </row>
-    <row r="44" spans="1:29">
+    <row r="44" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A44" s="14" t="s">
         <v>57</v>
       </c>
       <c r="B44" s="8">
         <v>57477.421772870948</v>
       </c>
       <c r="C44" s="15">
         <v>127.19866347723898</v>
       </c>
       <c r="D44" s="7">
         <v>60468.943861145723</v>
       </c>
       <c r="E44" s="15">
         <v>124.10462637660898</v>
       </c>
       <c r="F44" s="7">
         <v>69046.876269587534</v>
       </c>
       <c r="G44" s="15">
         <v>134.30630061134886</v>
       </c>
       <c r="H44" s="7">
         <v>62263.711015143854</v>
       </c>
       <c r="I44" s="15">
@@ -5008,51 +5012,51 @@
       <c r="V44" s="7">
         <v>60752.385084971422</v>
       </c>
       <c r="W44" s="15">
         <v>131.39894941163743</v>
       </c>
       <c r="X44" s="7">
         <v>67162.816956366863</v>
       </c>
       <c r="Y44" s="15">
         <v>124.60251588108706</v>
       </c>
       <c r="Z44" s="7">
         <v>74435.964544481147</v>
       </c>
       <c r="AA44" s="15">
         <v>209.09105733783835</v>
       </c>
       <c r="AB44" s="7">
         <v>80703.519711601315</v>
       </c>
       <c r="AC44" s="16">
         <v>161.56926507358745</v>
       </c>
     </row>
-    <row r="45" spans="1:29">
+    <row r="45" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A45" s="14" t="s">
         <v>58</v>
       </c>
       <c r="B45" s="8">
         <v>60261.328004218449</v>
       </c>
       <c r="C45" s="15">
         <v>133.35950265462353</v>
       </c>
       <c r="D45" s="7">
         <v>64092.874371960774</v>
       </c>
       <c r="E45" s="15">
         <v>131.54227144433571</v>
       </c>
       <c r="F45" s="7">
         <v>70701.901886634412</v>
       </c>
       <c r="G45" s="15">
         <v>137.52556815901761</v>
       </c>
       <c r="H45" s="7">
         <v>65681.564414376422</v>
       </c>
       <c r="I45" s="15">
@@ -5097,51 +5101,51 @@
       <c r="V45" s="7">
         <v>64075.792547435289</v>
       </c>
       <c r="W45" s="15">
         <v>138.5870169817216</v>
       </c>
       <c r="X45" s="7">
         <v>65036.561916086568</v>
       </c>
       <c r="Y45" s="15">
         <v>120.65782238206535</v>
       </c>
       <c r="Z45" s="7">
         <v>74176.297876173179</v>
       </c>
       <c r="AA45" s="15">
         <v>208.36165215629521</v>
       </c>
       <c r="AB45" s="7">
         <v>83987.831593980285</v>
       </c>
       <c r="AC45" s="16">
         <v>168.14449077631647</v>
       </c>
     </row>
-    <row r="46" spans="1:29">
+    <row r="46" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A46" s="14" t="s">
         <v>59</v>
       </c>
       <c r="B46" s="8">
         <v>62738.165830664271</v>
       </c>
       <c r="C46" s="15">
         <v>138.84079341986939</v>
       </c>
       <c r="D46" s="7">
         <v>64127.526243617329</v>
       </c>
       <c r="E46" s="15">
         <v>131.61338989474331</v>
       </c>
       <c r="F46" s="7">
         <v>74982.282802501155</v>
       </c>
       <c r="G46" s="15">
         <v>145.85153679187655</v>
       </c>
       <c r="H46" s="7">
         <v>68566.585921064645</v>
       </c>
       <c r="I46" s="15">
@@ -5186,51 +5190,51 @@
       <c r="V46" s="7">
         <v>63409.018492269119</v>
       </c>
       <c r="W46" s="15">
         <v>137.14487754602322</v>
       </c>
       <c r="X46" s="7">
         <v>68739.191647751097</v>
       </c>
       <c r="Y46" s="15">
         <v>127.5270545085445</v>
       </c>
       <c r="Z46" s="7">
         <v>72164.691972975983</v>
       </c>
       <c r="AA46" s="15">
         <v>202.71103947436785</v>
       </c>
       <c r="AB46" s="7">
         <v>86771.175740520499</v>
       </c>
       <c r="AC46" s="16">
         <v>173.71677399036233</v>
       </c>
     </row>
-    <row r="47" spans="1:29">
+    <row r="47" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A47" s="17" t="s">
         <v>60</v>
       </c>
       <c r="B47" s="18">
         <v>64300.28524323352</v>
       </c>
       <c r="C47" s="19">
         <v>142.29779436636005</v>
       </c>
       <c r="D47" s="20">
         <v>66201.636822914763</v>
       </c>
       <c r="E47" s="19">
         <v>135.87023154057329</v>
       </c>
       <c r="F47" s="20">
         <v>76241.530016840683</v>
       </c>
       <c r="G47" s="19">
         <v>148.30095730226657</v>
       </c>
       <c r="H47" s="20">
         <v>70663.055690060573</v>
       </c>
       <c r="I47" s="19">
@@ -5275,51 +5279,51 @@
       <c r="V47" s="20">
         <v>65367.870722105916</v>
       </c>
       <c r="W47" s="19">
         <v>141.38160215680514</v>
       </c>
       <c r="X47" s="20">
         <v>69403.410392556456</v>
       </c>
       <c r="Y47" s="19">
         <v>128.75933347551953</v>
       </c>
       <c r="Z47" s="20">
         <v>77121.337118133815</v>
       </c>
       <c r="AA47" s="19">
         <v>216.63428451581814</v>
       </c>
       <c r="AB47" s="20">
         <v>88636.470843225063</v>
       </c>
       <c r="AC47" s="21">
         <v>177.45111370647777</v>
       </c>
     </row>
-    <row r="48" spans="1:29">
+    <row r="48" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A48" s="14" t="s">
         <v>61</v>
       </c>
       <c r="B48" s="8">
         <v>64164.172835603626</v>
       </c>
       <c r="C48" s="15">
         <v>141.99657493446543</v>
       </c>
       <c r="D48" s="7">
         <v>67083.305721712299</v>
       </c>
       <c r="E48" s="15">
         <v>137.67974204772554</v>
       </c>
       <c r="F48" s="7">
         <v>76863.628572819245</v>
       </c>
       <c r="G48" s="15">
         <v>149.51103022928677</v>
       </c>
       <c r="H48" s="7">
         <v>73342.875921860716</v>
       </c>
       <c r="I48" s="15">
@@ -5364,51 +5368,51 @@
       <c r="V48" s="7">
         <v>68672.280467016695</v>
       </c>
       <c r="W48" s="15">
         <v>148.52858030917832</v>
       </c>
       <c r="X48" s="7">
         <v>69694.644173620996</v>
       </c>
       <c r="Y48" s="15">
         <v>129.29963930953153</v>
       </c>
       <c r="Z48" s="7">
         <v>71471.494975134658</v>
       </c>
       <c r="AA48" s="15">
         <v>200.76384507567843</v>
       </c>
       <c r="AB48" s="7">
         <v>91041.86396111612</v>
       </c>
       <c r="AC48" s="16">
         <v>182.26673512744605</v>
       </c>
     </row>
-    <row r="49" spans="1:29">
+    <row r="49" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A49" s="14" t="s">
         <v>62</v>
       </c>
       <c r="B49" s="8">
         <v>68286.510695008532</v>
       </c>
       <c r="C49" s="15">
         <v>151.1193895970643</v>
       </c>
       <c r="D49" s="7">
         <v>75823.977321313549</v>
       </c>
       <c r="E49" s="15">
         <v>155.61883133693274</v>
       </c>
       <c r="F49" s="7">
         <v>82625.080811850959</v>
       </c>
       <c r="G49" s="15">
         <v>160.71789979644996</v>
       </c>
       <c r="H49" s="7">
         <v>81744.29715129963</v>
       </c>
       <c r="I49" s="15">
@@ -5453,51 +5457,51 @@
       <c r="V49" s="7">
         <v>73715.915654584416</v>
       </c>
       <c r="W49" s="15">
         <v>159.43726091381697</v>
       </c>
       <c r="X49" s="7">
         <v>75605.008207615349</v>
       </c>
       <c r="Y49" s="15">
         <v>140.2647277585051</v>
       </c>
       <c r="Z49" s="7">
         <v>81052.448684900097</v>
       </c>
       <c r="AA49" s="15">
         <v>227.67679977088662</v>
       </c>
       <c r="AB49" s="7">
         <v>99519.222896425039</v>
       </c>
       <c r="AC49" s="16">
         <v>199.23849370547964</v>
       </c>
     </row>
-    <row r="50" spans="1:29">
+    <row r="50" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A50" s="14" t="s">
         <v>63</v>
       </c>
       <c r="B50" s="8">
         <v>74241.852081240009</v>
       </c>
       <c r="C50" s="15">
         <v>164.29867707228772</v>
       </c>
       <c r="D50" s="7">
         <v>79587.761976640671</v>
       </c>
       <c r="E50" s="15">
         <v>163.34350880912393</v>
       </c>
       <c r="F50" s="7">
         <v>88311.316340996491</v>
       </c>
       <c r="G50" s="15">
         <v>171.77846183176294</v>
       </c>
       <c r="H50" s="7">
         <v>87626.867924892285</v>
       </c>
       <c r="I50" s="15">
@@ -5542,51 +5546,51 @@
       <c r="V50" s="7">
         <v>78124.307866483578</v>
       </c>
       <c r="W50" s="15">
         <v>168.97199941713356</v>
       </c>
       <c r="X50" s="7">
         <v>78078.131504534977</v>
       </c>
       <c r="Y50" s="15">
         <v>144.85294187526131</v>
       </c>
       <c r="Z50" s="7">
         <v>80133.830219197014</v>
       </c>
       <c r="AA50" s="15">
         <v>225.09639515788339</v>
       </c>
       <c r="AB50" s="7">
         <v>105713.23517003712</v>
       </c>
       <c r="AC50" s="16">
         <v>211.63896910581613</v>
       </c>
     </row>
-    <row r="51" spans="1:29">
+    <row r="51" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A51" s="17" t="s">
         <v>64</v>
       </c>
       <c r="B51" s="18">
         <v>80840.580661421685</v>
       </c>
       <c r="C51" s="19">
         <v>178.90179304650383</v>
       </c>
       <c r="D51" s="20">
         <v>88945.157276388738</v>
       </c>
       <c r="E51" s="19">
         <v>182.54834311547702</v>
       </c>
       <c r="F51" s="20">
         <v>92493.58168061795</v>
       </c>
       <c r="G51" s="19">
         <v>179.91358127940455</v>
       </c>
       <c r="H51" s="20">
         <v>92095.81477707508</v>
       </c>
       <c r="I51" s="19">
@@ -5631,51 +5635,51 @@
       <c r="V51" s="20">
         <v>85705.6995863755</v>
       </c>
       <c r="W51" s="19">
         <v>185.36949402872068</v>
       </c>
       <c r="X51" s="20">
         <v>80336.330726413828</v>
       </c>
       <c r="Y51" s="19">
         <v>149.04242226274445</v>
       </c>
       <c r="Z51" s="20">
         <v>81991.290065061636</v>
       </c>
       <c r="AA51" s="19">
         <v>230.31401066822355</v>
       </c>
       <c r="AB51" s="20">
         <v>112060.17871524781</v>
       </c>
       <c r="AC51" s="21">
         <v>224.34561446314157</v>
       </c>
     </row>
-    <row r="52" spans="1:29">
+    <row r="52" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A52" s="14" t="s">
         <v>65</v>
       </c>
       <c r="B52" s="8">
         <v>88021.009849083392</v>
       </c>
       <c r="C52" s="15">
         <v>194.79222389207487</v>
       </c>
       <c r="D52" s="7">
         <v>90183.134453328894</v>
       </c>
       <c r="E52" s="15">
         <v>185.08912992597146</v>
       </c>
       <c r="F52" s="7">
         <v>98598.186394396922</v>
       </c>
       <c r="G52" s="15">
         <v>191.78793273595821</v>
       </c>
       <c r="H52" s="7">
         <v>98738.734260004509</v>
       </c>
       <c r="I52" s="15">
@@ -5720,51 +5724,51 @@
       <c r="V52" s="7">
         <v>83520.229815590646</v>
       </c>
       <c r="W52" s="15">
         <v>180.64262723245628</v>
       </c>
       <c r="X52" s="7">
         <v>83487.852783766313</v>
       </c>
       <c r="Y52" s="15">
         <v>154.88922254594243</v>
       </c>
       <c r="Z52" s="7">
         <v>83802.075062710777</v>
       </c>
       <c r="AA52" s="15">
         <v>235.4005162584574</v>
       </c>
       <c r="AB52" s="7">
         <v>116683.46266896297</v>
       </c>
       <c r="AC52" s="16">
         <v>233.60147583446275</v>
       </c>
     </row>
-    <row r="53" spans="1:29">
+    <row r="53" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A53" s="14" t="s">
         <v>66</v>
       </c>
       <c r="B53" s="8">
         <v>94010.599023823423</v>
       </c>
       <c r="C53" s="15">
         <v>208.04730239603569</v>
       </c>
       <c r="D53" s="7">
         <v>103033.14575175731</v>
       </c>
       <c r="E53" s="15">
         <v>211.46210337807383</v>
       </c>
       <c r="F53" s="7">
         <v>104151.7478360197</v>
       </c>
       <c r="G53" s="15">
         <v>202.59042421334189</v>
       </c>
       <c r="H53" s="7">
         <v>105043.41421323171</v>
       </c>
       <c r="I53" s="15">
@@ -5809,51 +5813,51 @@
       <c r="V53" s="7">
         <v>89971.385532297412</v>
       </c>
       <c r="W53" s="15">
         <v>194.5955787500065</v>
       </c>
       <c r="X53" s="7">
         <v>87482.201043348745</v>
       </c>
       <c r="Y53" s="15">
         <v>162.29965982364851</v>
       </c>
       <c r="Z53" s="7">
         <v>89634.551875532736</v>
       </c>
       <c r="AA53" s="15">
         <v>251.78397754836402</v>
       </c>
       <c r="AB53" s="7">
         <v>122329.58216271993</v>
       </c>
       <c r="AC53" s="16">
         <v>244.90506433201412</v>
       </c>
     </row>
-    <row r="54" spans="1:29">
+    <row r="54" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A54" s="14" t="s">
         <v>67</v>
       </c>
       <c r="B54" s="8">
         <v>99701.452249965165</v>
       </c>
       <c r="C54" s="15">
         <v>220.64127237734104</v>
       </c>
       <c r="D54" s="7">
         <v>104711.22724803015</v>
       </c>
       <c r="E54" s="15">
         <v>214.90614694534136</v>
       </c>
       <c r="F54" s="7">
         <v>110636.98939205213</v>
       </c>
       <c r="G54" s="15">
         <v>215.2051701514626</v>
       </c>
       <c r="H54" s="7">
         <v>106753.00416787696</v>
       </c>
       <c r="I54" s="15">
@@ -5898,51 +5902,51 @@
       <c r="V54" s="7">
         <v>96786.09546888397</v>
       </c>
       <c r="W54" s="15">
         <v>209.33484742168255</v>
       </c>
       <c r="X54" s="7">
         <v>93738.528260683743</v>
       </c>
       <c r="Y54" s="15">
         <v>173.90658977064149</v>
       </c>
       <c r="Z54" s="7">
         <v>90199.030305126944</v>
       </c>
       <c r="AA54" s="15">
         <v>253.36960074019794</v>
       </c>
       <c r="AB54" s="7">
         <v>126439.53269213052</v>
       </c>
       <c r="AC54" s="16">
         <v>253.13322698091301</v>
       </c>
     </row>
-    <row r="55" spans="1:29">
+    <row r="55" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A55" s="22" t="s">
         <v>68</v>
       </c>
       <c r="B55" s="18">
         <v>109177.74420002771</v>
       </c>
       <c r="C55" s="19">
         <v>241.61249261632892</v>
       </c>
       <c r="D55" s="20">
         <v>111311.71968819677</v>
       </c>
       <c r="E55" s="19">
         <v>228.4527974386842</v>
       </c>
       <c r="F55" s="20">
         <v>116931.72080007471</v>
       </c>
       <c r="G55" s="19">
         <v>227.44934591189386</v>
       </c>
       <c r="H55" s="20">
         <v>112665.20330013304</v>
       </c>
       <c r="I55" s="19">
@@ -5987,51 +5991,51 @@
       <c r="V55" s="20">
         <v>105492.4956001626</v>
       </c>
       <c r="W55" s="19">
         <v>228.16557857416785</v>
       </c>
       <c r="X55" s="20">
         <v>99691.186605226234</v>
       </c>
       <c r="Y55" s="19">
         <v>184.95014392043848</v>
       </c>
       <c r="Z55" s="20">
         <v>94039.943300273953</v>
       </c>
       <c r="AA55" s="19">
         <v>264.15874768297743</v>
       </c>
       <c r="AB55" s="20">
         <v>131374.32170011321</v>
       </c>
       <c r="AC55" s="21">
         <v>263.01272463060928</v>
       </c>
     </row>
-    <row r="56" spans="1:29">
+    <row r="56" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A56" s="14" t="s">
         <v>69</v>
       </c>
       <c r="B56" s="8">
         <v>115255.18579556647</v>
       </c>
       <c r="C56" s="15">
         <v>255.06199025330162</v>
       </c>
       <c r="D56" s="7">
         <v>117059.02549363206</v>
       </c>
       <c r="E56" s="15">
         <v>240.24839355978617</v>
       </c>
       <c r="F56" s="7">
         <v>124103.22682243881</v>
       </c>
       <c r="G56" s="15">
         <v>241.3989768831066</v>
       </c>
       <c r="H56" s="7">
         <v>116727.26260310189</v>
       </c>
       <c r="I56" s="15">
@@ -6076,51 +6080,51 @@
       <c r="V56" s="7">
         <v>114341.43768879079</v>
       </c>
       <c r="W56" s="15">
         <v>247.30460813200156</v>
       </c>
       <c r="X56" s="7">
         <v>108775.10161858595</v>
       </c>
       <c r="Y56" s="15">
         <v>201.80290138369284</v>
       </c>
       <c r="Z56" s="7">
         <v>96692.57283095966</v>
       </c>
       <c r="AA56" s="15">
         <v>271.60999946282385</v>
       </c>
       <c r="AB56" s="7">
         <v>137436.38942005561</v>
       </c>
       <c r="AC56" s="16">
         <v>275.14904569612793</v>
       </c>
     </row>
-    <row r="57" spans="1:29">
+    <row r="57" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A57" s="14" t="s">
         <v>70</v>
       </c>
       <c r="B57" s="8">
         <v>127027.76649898423</v>
       </c>
       <c r="C57" s="15">
         <v>281.11494261205661</v>
       </c>
       <c r="D57" s="7">
         <v>128446.17677213432</v>
       </c>
       <c r="E57" s="15">
         <v>263.61903747507534</v>
       </c>
       <c r="F57" s="7">
         <v>135740.7235958098</v>
       </c>
       <c r="G57" s="15">
         <v>264.0356148376668</v>
       </c>
       <c r="H57" s="7">
         <v>126794.85461029292</v>
       </c>
       <c r="I57" s="15">
@@ -6165,51 +6169,51 @@
       <c r="V57" s="7">
         <v>124935.43525193307</v>
       </c>
       <c r="W57" s="15">
         <v>270.21794968919914</v>
       </c>
       <c r="X57" s="7">
         <v>114985.55123046052</v>
       </c>
       <c r="Y57" s="15">
         <v>213.32471779134926</v>
       </c>
       <c r="Z57" s="7">
         <v>101858.04921017919</v>
       </c>
       <c r="AA57" s="15">
         <v>286.11985265535185</v>
       </c>
       <c r="AB57" s="7">
         <v>147423.4202400902</v>
       </c>
       <c r="AC57" s="16">
         <v>295.143182700642</v>
       </c>
     </row>
-    <row r="58" spans="1:29" s="23" customFormat="1">
+    <row r="58" spans="1:29" s="23" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A58" s="14" t="s">
         <v>71</v>
       </c>
       <c r="B58" s="8">
         <v>133293.50860874064</v>
       </c>
       <c r="C58" s="15">
         <v>294.98115298599242</v>
       </c>
       <c r="D58" s="7">
         <v>130133.58807836972</v>
       </c>
       <c r="E58" s="15">
         <v>267.08222926133988</v>
       </c>
       <c r="F58" s="7">
         <v>143138.53550012986</v>
       </c>
       <c r="G58" s="15">
         <v>278.42544393881985</v>
       </c>
       <c r="H58" s="7">
         <v>131307.91061847357</v>
       </c>
       <c r="I58" s="15">
@@ -6254,51 +6258,51 @@
       <c r="V58" s="7">
         <v>133571.98767815204</v>
       </c>
       <c r="W58" s="15">
         <v>288.89760998165451</v>
       </c>
       <c r="X58" s="7">
         <v>121138.16931924675</v>
       </c>
       <c r="Y58" s="15">
         <v>224.73924338541869</v>
       </c>
       <c r="Z58" s="7">
         <v>104069.32520781043</v>
       </c>
       <c r="AA58" s="15">
         <v>292.33133979386008</v>
       </c>
       <c r="AB58" s="7">
         <v>153054.25621334667</v>
       </c>
       <c r="AC58" s="16">
         <v>306.41617343512399</v>
       </c>
     </row>
-    <row r="59" spans="1:29" s="23" customFormat="1">
+    <row r="59" spans="1:29" s="23" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A59" s="17" t="s">
         <v>72</v>
       </c>
       <c r="B59" s="18">
         <v>135964.91700594247</v>
       </c>
       <c r="C59" s="19">
         <v>300.89303224649069</v>
       </c>
       <c r="D59" s="20">
         <v>133590.91467135507</v>
       </c>
       <c r="E59" s="19">
         <v>274.17794150115725</v>
       </c>
       <c r="F59" s="20">
         <v>144409.28743266265</v>
       </c>
       <c r="G59" s="19">
         <v>280.89724281335305</v>
       </c>
       <c r="H59" s="20">
         <v>131582.54650120472</v>
       </c>
       <c r="I59" s="19">
@@ -6343,51 +6347,51 @@
       <c r="V59" s="20">
         <v>132752.63454593439</v>
       </c>
       <c r="W59" s="19">
         <v>287.1254632483213</v>
       </c>
       <c r="X59" s="20">
         <v>120199.68120652949</v>
       </c>
       <c r="Y59" s="19">
         <v>222.99813148350077</v>
       </c>
       <c r="Z59" s="20">
         <v>109226.60139289993</v>
       </c>
       <c r="AA59" s="19">
         <v>306.81815859338309</v>
       </c>
       <c r="AB59" s="20">
         <v>153292.78602257514</v>
       </c>
       <c r="AC59" s="21">
         <v>306.89371253271116</v>
       </c>
     </row>
-    <row r="60" spans="1:29" s="23" customFormat="1">
+    <row r="60" spans="1:29" s="23" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A60" s="24" t="s">
         <v>73</v>
       </c>
       <c r="B60" s="2">
         <v>137862.7017228872</v>
       </c>
       <c r="C60" s="12">
         <v>305.09286710541676</v>
       </c>
       <c r="D60" s="1">
         <v>136232.17866279752</v>
       </c>
       <c r="E60" s="12">
         <v>279.59879160848942</v>
       </c>
       <c r="F60" s="1">
         <v>144674.30269608245</v>
       </c>
       <c r="G60" s="12">
         <v>281.41273636727556</v>
       </c>
       <c r="H60" s="1">
         <v>134552.44475435547</v>
       </c>
       <c r="I60" s="12">
@@ -6432,51 +6436,51 @@
       <c r="V60" s="1">
         <v>135992.60090327208</v>
       </c>
       <c r="W60" s="12">
         <v>294.13305932685842</v>
       </c>
       <c r="X60" s="1">
         <v>116692.48114641405</v>
       </c>
       <c r="Y60" s="12">
         <v>216.49146647162985</v>
       </c>
       <c r="Z60" s="1">
         <v>108259.01493560034</v>
       </c>
       <c r="AA60" s="12">
         <v>304.10020260717903</v>
       </c>
       <c r="AB60" s="1">
         <v>153549.54122974639</v>
       </c>
       <c r="AC60" s="13">
         <v>307.40773906184791</v>
       </c>
     </row>
-    <row r="61" spans="1:29">
+    <row r="61" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A61" s="14" t="s">
         <v>74</v>
       </c>
       <c r="B61" s="8">
         <v>143580.55282752888</v>
       </c>
       <c r="C61" s="15">
         <v>317.74658392219226</v>
       </c>
       <c r="D61" s="7">
         <v>138319.34123793434</v>
       </c>
       <c r="E61" s="15">
         <v>283.88242077471722</v>
       </c>
       <c r="F61" s="7">
         <v>147921.0315800485</v>
       </c>
       <c r="G61" s="15">
         <v>287.72810020489436</v>
       </c>
       <c r="H61" s="7">
         <v>135736.46292942858</v>
       </c>
       <c r="I61" s="15">
@@ -6521,51 +6525,51 @@
       <c r="V61" s="7">
         <v>139245.2496268152</v>
       </c>
       <c r="W61" s="15">
         <v>301.16808559752906</v>
       </c>
       <c r="X61" s="7">
         <v>131504.24500358294</v>
       </c>
       <c r="Y61" s="15">
         <v>243.97070461077467</v>
       </c>
       <c r="Z61" s="7">
         <v>115765.1037826594</v>
       </c>
       <c r="AA61" s="15">
         <v>325.18484983527355</v>
       </c>
       <c r="AB61" s="7">
         <v>158502.49351927632</v>
       </c>
       <c r="AC61" s="16">
         <v>317.32359978543985</v>
       </c>
     </row>
-    <row r="62" spans="1:29" s="23" customFormat="1">
+    <row r="62" spans="1:29" s="23" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A62" s="25" t="s">
         <v>75</v>
       </c>
       <c r="B62" s="8">
         <v>138735.81693397253</v>
       </c>
       <c r="C62" s="15">
         <v>307.02508821913625</v>
       </c>
       <c r="D62" s="7">
         <v>141601.24060225114</v>
       </c>
       <c r="E62" s="15">
         <v>290.61809149106784</v>
       </c>
       <c r="F62" s="7">
         <v>149383.74360165989</v>
       </c>
       <c r="G62" s="15">
         <v>290.57328960514104</v>
       </c>
       <c r="H62" s="7">
         <v>134033.39142396205</v>
       </c>
       <c r="I62" s="15">
@@ -6610,51 +6614,51 @@
       <c r="V62" s="7">
         <v>137620.21545243115</v>
       </c>
       <c r="W62" s="15">
         <v>297.65336295785943</v>
       </c>
       <c r="X62" s="7">
         <v>129652.72533632198</v>
       </c>
       <c r="Y62" s="15">
         <v>240.53570859364947</v>
       </c>
       <c r="Z62" s="7">
         <v>117600.03584816861</v>
       </c>
       <c r="AA62" s="15">
         <v>330.33918467956983</v>
       </c>
       <c r="AB62" s="7">
         <v>157031.89488955945</v>
       </c>
       <c r="AC62" s="16">
         <v>314.37944641182406</v>
       </c>
     </row>
-    <row r="63" spans="1:29" s="23" customFormat="1">
+    <row r="63" spans="1:29" s="23" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A63" s="22" t="s">
         <v>76</v>
       </c>
       <c r="B63" s="8">
         <v>134508.72528454452</v>
       </c>
       <c r="C63" s="15">
         <v>297.67045136141934</v>
       </c>
       <c r="D63" s="7">
         <v>137054.22749875538</v>
       </c>
       <c r="E63" s="15">
         <v>281.28593970692725</v>
       </c>
       <c r="F63" s="7">
         <v>146720.48590105001</v>
       </c>
       <c r="G63" s="15">
         <v>285.39286278978415</v>
       </c>
       <c r="H63" s="7">
         <v>130626.22055876105</v>
       </c>
       <c r="I63" s="15">
@@ -6699,51 +6703,51 @@
       <c r="V63" s="7">
         <v>132644.3540537004</v>
       </c>
       <c r="W63" s="15">
         <v>286.89126762124556</v>
       </c>
       <c r="X63" s="7">
         <v>129662.14449234812</v>
       </c>
       <c r="Y63" s="15">
         <v>240.55318330051142</v>
       </c>
       <c r="Z63" s="7">
         <v>122418.05548083851</v>
       </c>
       <c r="AA63" s="15">
         <v>343.87302985017163</v>
       </c>
       <c r="AB63" s="7">
         <v>155442.63602402702</v>
       </c>
       <c r="AC63" s="16">
         <v>311.19773404248303</v>
       </c>
     </row>
-    <row r="64" spans="1:29" s="23" customFormat="1">
+    <row r="64" spans="1:29" s="23" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A64" s="24" t="s">
         <v>77</v>
       </c>
       <c r="B64" s="2">
         <v>135807.25177169757</v>
       </c>
       <c r="C64" s="12">
         <v>300.54411598591059</v>
       </c>
       <c r="D64" s="1">
         <v>140810.02421376624</v>
       </c>
       <c r="E64" s="12">
         <v>288.99422297268507</v>
       </c>
       <c r="F64" s="1">
         <v>149517.60468162585</v>
       </c>
       <c r="G64" s="12">
         <v>290.83366903745411</v>
       </c>
       <c r="H64" s="1">
         <v>132711.89936503494</v>
       </c>
       <c r="I64" s="12">
@@ -6788,51 +6792,51 @@
       <c r="V64" s="1">
         <v>134259.54861009403</v>
       </c>
       <c r="W64" s="12">
         <v>290.3847085373294</v>
       </c>
       <c r="X64" s="1">
         <v>131576.05961880065</v>
       </c>
       <c r="Y64" s="12">
         <v>244.10393728532097</v>
       </c>
       <c r="Z64" s="1">
         <v>125750.28921807243</v>
       </c>
       <c r="AA64" s="12">
         <v>353.23329379890708</v>
       </c>
       <c r="AB64" s="1">
         <v>157861.30615542905</v>
       </c>
       <c r="AC64" s="13">
         <v>316.03993617917479</v>
       </c>
     </row>
-    <row r="65" spans="1:29">
+    <row r="65" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A65" s="26" t="s">
         <v>78</v>
       </c>
       <c r="B65" s="8">
         <v>141871.39436050309</v>
       </c>
       <c r="C65" s="15">
         <v>313.96418265973517</v>
       </c>
       <c r="D65" s="7">
         <v>144458.45530584478</v>
       </c>
       <c r="E65" s="15">
         <v>296.48215229030211</v>
       </c>
       <c r="F65" s="7">
         <v>153791.52229271483</v>
       </c>
       <c r="G65" s="15">
         <v>299.14706559462587</v>
       </c>
       <c r="H65" s="7">
         <v>135416.57038884025</v>
       </c>
       <c r="I65" s="15">
@@ -6877,51 +6881,51 @@
       <c r="V65" s="7">
         <v>140280.96265054584</v>
       </c>
       <c r="W65" s="15">
         <v>303.4081886489534</v>
       </c>
       <c r="X65" s="7">
         <v>140397.1926712585</v>
       </c>
       <c r="Y65" s="15">
         <v>260.46917360309078</v>
       </c>
       <c r="Z65" s="7">
         <v>149199.49844180027</v>
       </c>
       <c r="AA65" s="15">
         <v>419.10225889299841</v>
       </c>
       <c r="AB65" s="7">
         <v>162929.70572684539</v>
       </c>
       <c r="AC65" s="16">
         <v>326.18692353213544</v>
       </c>
     </row>
-    <row r="66" spans="1:29">
+    <row r="66" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A66" s="25" t="s">
         <v>79</v>
       </c>
       <c r="B66" s="8">
         <v>141757.90538247055</v>
       </c>
       <c r="C66" s="15">
         <v>313.71302932195704</v>
       </c>
       <c r="D66" s="7">
         <v>147235.01128184781</v>
       </c>
       <c r="E66" s="15">
         <v>302.18067156338316</v>
       </c>
       <c r="F66" s="7">
         <v>154302.17026355845</v>
       </c>
       <c r="G66" s="15">
         <v>300.14035078845455</v>
       </c>
       <c r="H66" s="7">
         <v>137831.23107030726</v>
       </c>
       <c r="I66" s="15">
@@ -6966,51 +6970,51 @@
       <c r="V66" s="7">
         <v>136787.8293550284</v>
       </c>
       <c r="W66" s="15">
         <v>295.85302773561926</v>
       </c>
       <c r="X66" s="7">
         <v>145943.32384533278</v>
       </c>
       <c r="Y66" s="15">
         <v>270.75852609027334</v>
       </c>
       <c r="Z66" s="7">
         <v>160462.76148245408</v>
       </c>
       <c r="AA66" s="15">
         <v>450.74083028327277</v>
       </c>
       <c r="AB66" s="7">
         <v>165448.93413915974</v>
       </c>
       <c r="AC66" s="16">
         <v>331.23044436722012</v>
       </c>
     </row>
-    <row r="67" spans="1:29">
+    <row r="67" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A67" s="22" t="s">
         <v>80</v>
       </c>
       <c r="B67" s="8">
         <v>147918.84286319042</v>
       </c>
       <c r="C67" s="15">
         <v>327.34730499303947</v>
       </c>
       <c r="D67" s="7">
         <v>148681.16662531585</v>
       </c>
       <c r="E67" s="15">
         <v>305.14871692888124</v>
       </c>
       <c r="F67" s="7">
         <v>155534.12438407345</v>
       </c>
       <c r="G67" s="15">
         <v>302.5366822286091</v>
       </c>
       <c r="H67" s="7">
         <v>140950.51941158003</v>
       </c>
       <c r="I67" s="15">
@@ -7055,51 +7059,51 @@
       <c r="V67" s="7">
         <v>142243.40873229189</v>
       </c>
       <c r="W67" s="15">
         <v>307.65268626098555</v>
       </c>
       <c r="X67" s="7">
         <v>147059.177491768</v>
       </c>
       <c r="Y67" s="15">
         <v>272.82869196481141</v>
       </c>
       <c r="Z67" s="7">
         <v>182383.85664977209</v>
       </c>
       <c r="AA67" s="15">
         <v>512.3173141051343</v>
       </c>
       <c r="AB67" s="7">
         <v>168987.70103482125</v>
       </c>
       <c r="AC67" s="16">
         <v>338.31509158758888</v>
       </c>
     </row>
-    <row r="68" spans="1:29">
+    <row r="68" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A68" s="24" t="s">
         <v>81</v>
       </c>
       <c r="B68" s="2">
         <v>145811.27340308038</v>
       </c>
       <c r="C68" s="12">
         <v>322.68321237645006</v>
       </c>
       <c r="D68" s="1">
         <v>149006.04109759894</v>
       </c>
       <c r="E68" s="12">
         <v>305.81547944245477</v>
       </c>
       <c r="F68" s="1">
         <v>155886.44855736688</v>
       </c>
       <c r="G68" s="12">
         <v>303.22200441677353</v>
       </c>
       <c r="H68" s="1">
         <v>142924.43423105119</v>
       </c>
       <c r="I68" s="12">
@@ -7144,51 +7148,51 @@
       <c r="V68" s="1">
         <v>145082.39439251862</v>
       </c>
       <c r="W68" s="12">
         <v>313.79301692663336</v>
       </c>
       <c r="X68" s="1">
         <v>147055.22067295123</v>
       </c>
       <c r="Y68" s="12">
         <v>272.82135115330584</v>
       </c>
       <c r="Z68" s="1">
         <v>202158.79969638583</v>
       </c>
       <c r="AA68" s="12">
         <v>567.86524413754717</v>
       </c>
       <c r="AB68" s="1">
         <v>171738.0785177268</v>
       </c>
       <c r="AC68" s="13">
         <v>343.82137520664287</v>
       </c>
     </row>
-    <row r="69" spans="1:29">
+    <row r="69" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A69" s="26" t="s">
         <v>82</v>
       </c>
       <c r="B69" s="8">
         <v>151152.43967016469</v>
       </c>
       <c r="C69" s="15">
         <v>334.50331824806563</v>
       </c>
       <c r="D69" s="7">
         <v>153654.63455989497</v>
       </c>
       <c r="E69" s="15">
         <v>315.35611167409672</v>
       </c>
       <c r="F69" s="7">
         <v>160231.89559785114</v>
       </c>
       <c r="G69" s="15">
         <v>311.67453620447208</v>
       </c>
       <c r="H69" s="7">
         <v>147127.95145239931</v>
       </c>
       <c r="I69" s="15">
@@ -7233,51 +7237,51 @@
       <c r="V69" s="7">
         <v>150418.26709168809</v>
       </c>
       <c r="W69" s="15">
         <v>325.33376657595943</v>
       </c>
       <c r="X69" s="7">
         <v>156583.66168547739</v>
       </c>
       <c r="Y69" s="15">
         <v>290.49880687045686</v>
       </c>
       <c r="Z69" s="7">
         <v>238801.0586397929</v>
       </c>
       <c r="AA69" s="15">
         <v>670.79356262726697</v>
       </c>
       <c r="AB69" s="7">
         <v>178051.24365305429</v>
       </c>
       <c r="AC69" s="16">
         <v>356.46039584475301</v>
       </c>
     </row>
-    <row r="70" spans="1:29">
+    <row r="70" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A70" s="25" t="s">
         <v>83</v>
       </c>
       <c r="B70" s="8">
         <v>152711.53757337778</v>
       </c>
       <c r="C70" s="15">
         <v>337.95363253499613</v>
       </c>
       <c r="D70" s="7">
         <v>156239.9467971721</v>
       </c>
       <c r="E70" s="15">
         <v>320.6621280981791</v>
       </c>
       <c r="F70" s="7">
         <v>160940.53050133103</v>
       </c>
       <c r="G70" s="15">
         <v>313.0529350186178</v>
       </c>
       <c r="H70" s="7">
         <v>147582.5083072347</v>
       </c>
       <c r="I70" s="15">
@@ -7322,51 +7326,51 @@
       <c r="V70" s="7">
         <v>146447.94873326327</v>
       </c>
       <c r="W70" s="15">
         <v>316.74652081767209</v>
       </c>
       <c r="X70" s="7">
         <v>163796.90413191592</v>
       </c>
       <c r="Y70" s="15">
         <v>303.88103527029295</v>
       </c>
       <c r="Z70" s="7">
         <v>229574.63193433266</v>
       </c>
       <c r="AA70" s="15">
         <v>644.87647634914231</v>
       </c>
       <c r="AB70" s="7">
         <v>180040.67372851129</v>
       </c>
       <c r="AC70" s="16">
         <v>360.44325503547395</v>
       </c>
     </row>
-    <row r="71" spans="1:29">
+    <row r="71" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A71" s="22" t="s">
         <v>84</v>
       </c>
       <c r="B71" s="18">
         <v>151343.86799092131</v>
       </c>
       <c r="C71" s="19">
         <v>334.92695288234262</v>
       </c>
       <c r="D71" s="20">
         <v>153313.09462944348</v>
       </c>
       <c r="E71" s="19">
         <v>314.65514547963653</v>
       </c>
       <c r="F71" s="20">
         <v>161258.54865478736</v>
       </c>
       <c r="G71" s="19">
         <v>313.67152696695166</v>
       </c>
       <c r="H71" s="20">
         <v>144735.68752560206</v>
       </c>
       <c r="I71" s="19">
@@ -7411,51 +7415,51 @@
       <c r="V71" s="20">
         <v>144478.02370449534</v>
       </c>
       <c r="W71" s="19">
         <v>312.48584728464522</v>
       </c>
       <c r="X71" s="20">
         <v>158155.04741910152</v>
       </c>
       <c r="Y71" s="19">
         <v>293.41408983061643</v>
       </c>
       <c r="Z71" s="20">
         <v>223084.45580659027</v>
       </c>
       <c r="AA71" s="19">
         <v>626.64553385833165</v>
       </c>
       <c r="AB71" s="20">
         <v>179213.74839568348</v>
       </c>
       <c r="AC71" s="21">
         <v>358.78774213128872</v>
       </c>
     </row>
-    <row r="72" spans="1:29">
+    <row r="72" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A72" s="24" t="s">
         <v>85</v>
       </c>
       <c r="B72" s="8">
         <v>148814.19240093324</v>
       </c>
       <c r="C72" s="15">
         <v>329.32873110842593</v>
       </c>
       <c r="D72" s="7">
         <v>150111.98759017437</v>
       </c>
       <c r="E72" s="15">
         <v>308.085290480808</v>
       </c>
       <c r="F72" s="7">
         <v>155520.5123172864</v>
       </c>
       <c r="G72" s="15">
         <v>302.51020476239177</v>
       </c>
       <c r="H72" s="7">
         <v>142156.14390380995</v>
       </c>
       <c r="I72" s="15">
@@ -7500,51 +7504,51 @@
       <c r="V72" s="7">
         <v>149139.738081633</v>
       </c>
       <c r="W72" s="15">
         <v>322.56848635727221</v>
       </c>
       <c r="X72" s="7">
         <v>156683.83421589655</v>
       </c>
       <c r="Y72" s="15">
         <v>290.68465001816924</v>
       </c>
       <c r="Z72" s="7">
         <v>192463.57446208334</v>
       </c>
       <c r="AA72" s="15">
         <v>540.63130006529161</v>
       </c>
       <c r="AB72" s="7">
         <v>174553.51723133156</v>
       </c>
       <c r="AC72" s="16">
         <v>349.45791206950111</v>
       </c>
     </row>
-    <row r="73" spans="1:29">
+    <row r="73" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A73" s="26" t="s">
         <v>86</v>
       </c>
       <c r="B73" s="8">
         <v>145902.5263668526</v>
       </c>
       <c r="C73" s="15">
         <v>322.88515697786295</v>
       </c>
       <c r="D73" s="7">
         <v>145924.367027386</v>
       </c>
       <c r="E73" s="15">
         <v>299.4907450469529</v>
       </c>
       <c r="F73" s="7">
         <v>151673.20529369148</v>
       </c>
       <c r="G73" s="15">
         <v>295.02662836369103</v>
       </c>
       <c r="H73" s="7">
         <v>136535.72094523662</v>
       </c>
       <c r="I73" s="15">
@@ -7589,51 +7593,51 @@
       <c r="V73" s="7">
         <v>136642.95621959411</v>
       </c>
       <c r="W73" s="15">
         <v>295.53968731668078</v>
       </c>
       <c r="X73" s="7">
         <v>161727.53586193948</v>
       </c>
       <c r="Y73" s="15">
         <v>300.04187985054529</v>
       </c>
       <c r="Z73" s="7">
         <v>183907.45153434097</v>
       </c>
       <c r="AA73" s="15">
         <v>516.59710099737856</v>
       </c>
       <c r="AB73" s="7">
         <v>170254.86384549012</v>
       </c>
       <c r="AC73" s="16">
         <v>340.85196438793241</v>
       </c>
     </row>
-    <row r="74" spans="1:29">
+    <row r="74" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A74" s="25" t="s">
         <v>87</v>
       </c>
       <c r="B74" s="8">
         <v>137278.99399689992</v>
       </c>
       <c r="C74" s="15">
         <v>303.8011104413772</v>
       </c>
       <c r="D74" s="7">
         <v>138420.41170635814</v>
       </c>
       <c r="E74" s="15">
         <v>284.08985473867483</v>
       </c>
       <c r="F74" s="7">
         <v>144956.93491852775</v>
       </c>
       <c r="G74" s="15">
         <v>281.96249749016812</v>
       </c>
       <c r="H74" s="7">
         <v>131711.76294948542</v>
       </c>
       <c r="I74" s="15">
@@ -7678,51 +7682,51 @@
       <c r="V74" s="7">
         <v>134307.75811166171</v>
       </c>
       <c r="W74" s="15">
         <v>290.48897897623959</v>
       </c>
       <c r="X74" s="7">
         <v>147461.39088969224</v>
       </c>
       <c r="Y74" s="15">
         <v>273.57489058442854</v>
       </c>
       <c r="Z74" s="7">
         <v>159470.35246304964</v>
       </c>
       <c r="AA74" s="15">
         <v>447.95314757574391</v>
       </c>
       <c r="AB74" s="7">
         <v>160632.68606096556</v>
       </c>
       <c r="AC74" s="16">
         <v>321.58826686137274</v>
       </c>
     </row>
-    <row r="75" spans="1:29">
+    <row r="75" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A75" s="22" t="s">
         <v>88</v>
       </c>
       <c r="B75" s="18">
         <v>133032.68878606521</v>
       </c>
       <c r="C75" s="19">
         <v>294.40395359483352</v>
       </c>
       <c r="D75" s="20">
         <v>130366.74318320765</v>
       </c>
       <c r="E75" s="19">
         <v>267.56074972698838</v>
       </c>
       <c r="F75" s="20">
         <v>135527.98276525739</v>
       </c>
       <c r="G75" s="19">
         <v>263.62180272212777</v>
       </c>
       <c r="H75" s="20">
         <v>124815.52382470577</v>
       </c>
       <c r="I75" s="19">
@@ -7767,51 +7771,51 @@
       <c r="V75" s="20">
         <v>130604.68436860433</v>
       </c>
       <c r="W75" s="19">
         <v>282.47974610824593</v>
       </c>
       <c r="X75" s="20">
         <v>145185.43571723354</v>
       </c>
       <c r="Y75" s="19">
         <v>269.35246881338867</v>
       </c>
       <c r="Z75" s="20">
         <v>141030.61129619842</v>
       </c>
       <c r="AA75" s="19">
         <v>396.15580738934813</v>
       </c>
       <c r="AB75" s="20">
         <v>152081.24769450072</v>
       </c>
       <c r="AC75" s="21">
         <v>304.46820051074508</v>
       </c>
     </row>
-    <row r="76" spans="1:29">
+    <row r="76" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A76" s="11" t="s">
         <v>89</v>
       </c>
       <c r="B76" s="27">
         <v>121474.17831842876</v>
       </c>
       <c r="C76" s="28">
         <v>268.82474287308588</v>
       </c>
       <c r="D76" s="27">
         <v>126121.49469376152</v>
       </c>
       <c r="E76" s="28">
         <v>258.84793048429765</v>
       </c>
       <c r="F76" s="27">
         <v>133966.03572833008</v>
       </c>
       <c r="G76" s="28">
         <v>260.58358666349682</v>
       </c>
       <c r="H76" s="27">
         <v>118980.42134016035</v>
       </c>
       <c r="I76" s="28">
@@ -7856,51 +7860,51 @@
       <c r="V76" s="27">
         <v>121361.36402100603</v>
       </c>
       <c r="W76" s="28">
         <v>262.48773129185844</v>
       </c>
       <c r="X76" s="27">
         <v>138405.8808642682</v>
       </c>
       <c r="Y76" s="28">
         <v>256.77483092511909</v>
       </c>
       <c r="Z76" s="27">
         <v>126628.89857676667</v>
       </c>
       <c r="AA76" s="28">
         <v>355.70131259762258</v>
       </c>
       <c r="AB76" s="27">
         <v>147173.54380991586</v>
       </c>
       <c r="AC76" s="28">
         <v>294.64292755282747</v>
       </c>
     </row>
-    <row r="77" spans="1:29">
+    <row r="77" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A77" s="14" t="s">
         <v>90</v>
       </c>
       <c r="B77" s="27">
         <v>124216.82241202361</v>
       </c>
       <c r="C77" s="28">
         <v>274.89426812906504</v>
       </c>
       <c r="D77" s="27">
         <v>130639.54441337279</v>
       </c>
       <c r="E77" s="28">
         <v>268.120638697804</v>
       </c>
       <c r="F77" s="27">
         <v>134927.33749032533</v>
       </c>
       <c r="G77" s="28">
         <v>262.45345957303522</v>
       </c>
       <c r="H77" s="27">
         <v>121985.69743483017</v>
       </c>
       <c r="I77" s="28">
@@ -7945,51 +7949,51 @@
       <c r="V77" s="27">
         <v>120487.17307453585</v>
       </c>
       <c r="W77" s="28">
         <v>260.59697800224376</v>
       </c>
       <c r="X77" s="27">
         <v>144220.60547767629</v>
       </c>
       <c r="Y77" s="28">
         <v>267.56248619063643</v>
       </c>
       <c r="Z77" s="27">
         <v>126683.33609316198</v>
       </c>
       <c r="AA77" s="28">
         <v>355.854227897795</v>
       </c>
       <c r="AB77" s="27">
         <v>150111.44277608572</v>
       </c>
       <c r="AC77" s="28">
         <v>300.52463108348871</v>
       </c>
     </row>
-    <row r="78" spans="1:29">
+    <row r="78" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A78" s="14" t="s">
         <v>91</v>
       </c>
       <c r="B78" s="27">
         <v>129578.79045220718</v>
       </c>
       <c r="C78" s="28">
         <v>286.76040873318198</v>
       </c>
       <c r="D78" s="27">
         <v>135326.40193331943</v>
       </c>
       <c r="E78" s="28">
         <v>277.73980292083127</v>
       </c>
       <c r="F78" s="27">
         <v>142443.87739955651</v>
       </c>
       <c r="G78" s="28">
         <v>277.07423205613537</v>
       </c>
       <c r="H78" s="27">
         <v>124211.39928132891</v>
       </c>
       <c r="I78" s="28">
@@ -8034,51 +8038,51 @@
       <c r="V78" s="27">
         <v>123342.52435206356</v>
       </c>
       <c r="W78" s="28">
         <v>266.77270521926675</v>
       </c>
       <c r="X78" s="27">
         <v>146833.0012362022</v>
       </c>
       <c r="Y78" s="28">
         <v>272.40908284546231</v>
       </c>
       <c r="Z78" s="27">
         <v>137308.64682700427</v>
       </c>
       <c r="AA78" s="28">
         <v>385.7007875477953</v>
       </c>
       <c r="AB78" s="27">
         <v>156379.83062295211</v>
       </c>
       <c r="AC78" s="28">
         <v>313.0740071359042</v>
       </c>
     </row>
-    <row r="79" spans="1:29">
+    <row r="79" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A79" s="29" t="s">
         <v>92</v>
       </c>
       <c r="B79" s="27">
         <v>131526.32399956015</v>
       </c>
       <c r="C79" s="28">
         <v>291.070338731074</v>
       </c>
       <c r="D79" s="27">
         <v>134011.43107327729</v>
       </c>
       <c r="E79" s="28">
         <v>275.04099661033246</v>
       </c>
       <c r="F79" s="27">
         <v>142995.47855054089</v>
       </c>
       <c r="G79" s="28">
         <v>278.14717719144346</v>
       </c>
       <c r="H79" s="27">
         <v>128968.44371008422</v>
       </c>
       <c r="I79" s="28">
@@ -8123,51 +8127,51 @@
       <c r="V79" s="27">
         <v>129033.31953765178</v>
       </c>
       <c r="W79" s="28">
         <v>279.08110278517688</v>
       </c>
       <c r="X79" s="27">
         <v>149284.42287617357</v>
       </c>
       <c r="Y79" s="28">
         <v>276.95703538331099</v>
       </c>
       <c r="Z79" s="27">
         <v>136046.83459623301</v>
       </c>
       <c r="AA79" s="28">
         <v>382.15634965264155</v>
       </c>
       <c r="AB79" s="27">
         <v>158374.81020119743</v>
       </c>
       <c r="AC79" s="28">
         <v>317.06797648749836</v>
       </c>
     </row>
-    <row r="80" spans="1:29">
+    <row r="80" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A80" s="11" t="s">
         <v>93</v>
       </c>
       <c r="B80" s="30">
         <v>132454.93843687428</v>
       </c>
       <c r="C80" s="31">
         <v>293.12538072267171</v>
       </c>
       <c r="D80" s="30">
         <v>135806.05200017596</v>
       </c>
       <c r="E80" s="31">
         <v>278.72422217041225</v>
       </c>
       <c r="F80" s="30">
         <v>138588.92840639735</v>
       </c>
       <c r="G80" s="31">
         <v>269.57579090587728</v>
       </c>
       <c r="H80" s="30">
         <v>128023.51498947179</v>
       </c>
       <c r="I80" s="31">
@@ -8212,51 +8216,51 @@
       <c r="V80" s="30">
         <v>128746.30200475251</v>
       </c>
       <c r="W80" s="31">
         <v>278.46032382756169</v>
       </c>
       <c r="X80" s="30">
         <v>142579.8564511484</v>
       </c>
       <c r="Y80" s="31">
         <v>264.51851832419578</v>
       </c>
       <c r="Z80" s="30">
         <v>129086.03560501129</v>
       </c>
       <c r="AA80" s="31">
         <v>362.60342480109392</v>
       </c>
       <c r="AB80" s="30">
         <v>158228.38312014917</v>
       </c>
       <c r="AC80" s="31">
         <v>316.77482798596606</v>
       </c>
     </row>
-    <row r="81" spans="1:29">
+    <row r="81" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A81" s="14" t="s">
         <v>94</v>
       </c>
       <c r="B81" s="27">
         <v>132054.2790212963</v>
       </c>
       <c r="C81" s="28">
         <v>292.23871356539252</v>
       </c>
       <c r="D81" s="27">
         <v>142166.36515626148</v>
       </c>
       <c r="E81" s="28">
         <v>291.77793598566905</v>
       </c>
       <c r="F81" s="27">
         <v>143277.7056682003</v>
       </c>
       <c r="G81" s="28">
         <v>278.69615032611563</v>
       </c>
       <c r="H81" s="27">
         <v>130790.20312952981</v>
       </c>
       <c r="I81" s="28">
@@ -8301,51 +8305,51 @@
       <c r="V81" s="27">
         <v>131759.04014312004</v>
       </c>
       <c r="W81" s="28">
         <v>284.97645690908894</v>
       </c>
       <c r="X81" s="27">
         <v>152662.43441499368</v>
       </c>
       <c r="Y81" s="28">
         <v>283.22402589214823</v>
       </c>
       <c r="Z81" s="27">
         <v>126178.95350428487</v>
       </c>
       <c r="AA81" s="28">
         <v>354.43741427206317</v>
       </c>
       <c r="AB81" s="27">
         <v>164627.97281759433</v>
       </c>
       <c r="AC81" s="28">
         <v>329.58687147407784</v>
       </c>
     </row>
-    <row r="82" spans="1:29">
+    <row r="82" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A82" s="29" t="s">
         <v>95</v>
       </c>
       <c r="B82" s="27">
         <v>132030.74964048754</v>
       </c>
       <c r="C82" s="28">
         <v>292.18664258344853</v>
       </c>
       <c r="D82" s="27">
         <v>136486.47683020038</v>
       </c>
       <c r="E82" s="28">
         <v>280.12070545448375</v>
       </c>
       <c r="F82" s="27">
         <v>141305.10630596065</v>
       </c>
       <c r="G82" s="28">
         <v>274.85915526936162</v>
       </c>
       <c r="H82" s="27">
         <v>132680.13797989138</v>
       </c>
       <c r="I82" s="28">
@@ -8390,51 +8394,51 @@
       <c r="V82" s="27">
         <v>131948.6472252332</v>
       </c>
       <c r="W82" s="28">
         <v>285.38655062567028</v>
       </c>
       <c r="X82" s="27">
         <v>149179.30640872018</v>
       </c>
       <c r="Y82" s="28">
         <v>276.7620200921308</v>
       </c>
       <c r="Z82" s="27">
         <v>127263.12894814544</v>
       </c>
       <c r="AA82" s="28">
         <v>357.48286939961866</v>
       </c>
       <c r="AB82" s="27">
         <v>163048.95121316315</v>
       </c>
       <c r="AC82" s="28">
         <v>326.42565420530246</v>
       </c>
     </row>
-    <row r="83" spans="1:29">
+    <row r="83" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A83" s="29" t="s">
         <v>96</v>
       </c>
       <c r="B83" s="27">
         <v>128941.3310877101</v>
       </c>
       <c r="C83" s="28">
         <v>285.34969863721614</v>
       </c>
       <c r="D83" s="27">
         <v>132493.44711049701</v>
       </c>
       <c r="E83" s="28">
         <v>271.92553236509735</v>
       </c>
       <c r="F83" s="27">
         <v>138627.49793184115</v>
       </c>
       <c r="G83" s="28">
         <v>269.65081428938953</v>
       </c>
       <c r="H83" s="27">
         <v>129811.21619444285</v>
       </c>
       <c r="I83" s="28">
@@ -8479,51 +8483,51 @@
       <c r="V83" s="27">
         <v>130966.2695989863</v>
       </c>
       <c r="W83" s="28">
         <v>283.26180461226198</v>
       </c>
       <c r="X83" s="27">
         <v>144291.58571452272</v>
       </c>
       <c r="Y83" s="28">
         <v>267.69417090086301</v>
       </c>
       <c r="Z83" s="27">
         <v>125583.89542364678</v>
       </c>
       <c r="AA83" s="28">
         <v>352.76589266259049</v>
       </c>
       <c r="AB83" s="27">
         <v>158464.43217207008</v>
       </c>
       <c r="AC83" s="28">
         <v>317.24740058226013</v>
       </c>
     </row>
-    <row r="84" spans="1:29">
+    <row r="84" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A84" s="11" t="s">
         <v>97</v>
       </c>
       <c r="B84" s="30">
         <v>125126.81393606095</v>
       </c>
       <c r="C84" s="31">
         <v>276.90809724775033</v>
       </c>
       <c r="D84" s="30">
         <v>135720.26102763248</v>
       </c>
       <c r="E84" s="31">
         <v>278.5481473803772</v>
       </c>
       <c r="F84" s="30">
         <v>141523.80797007532</v>
       </c>
       <c r="G84" s="31">
         <v>275.28456208038233</v>
       </c>
       <c r="H84" s="30">
         <v>126943.68202352473</v>
       </c>
       <c r="I84" s="31">
@@ -8568,51 +8572,51 @@
       <c r="V84" s="30">
         <v>123712.09996921974</v>
       </c>
       <c r="W84" s="31">
         <v>267.57204581724585</v>
       </c>
       <c r="X84" s="30">
         <v>145974.83929501413</v>
       </c>
       <c r="Y84" s="31">
         <v>270.81699451815319</v>
       </c>
       <c r="Z84" s="30">
         <v>123177.66890243125</v>
       </c>
       <c r="AA84" s="31">
         <v>346.00678836946815</v>
       </c>
       <c r="AB84" s="30">
         <v>157219.98537720216</v>
       </c>
       <c r="AC84" s="31">
         <v>314.75600547596849</v>
       </c>
     </row>
-    <row r="85" spans="1:29">
+    <row r="85" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A85" s="14" t="s">
         <v>98</v>
       </c>
       <c r="B85" s="27">
         <v>132537.44629053571</v>
       </c>
       <c r="C85" s="28">
         <v>293.30797222361934</v>
       </c>
       <c r="D85" s="27">
         <v>138785.63796496959</v>
       </c>
       <c r="E85" s="28">
         <v>284.83943403465162</v>
       </c>
       <c r="F85" s="27">
         <v>143586.11765076744</v>
       </c>
       <c r="G85" s="28">
         <v>279.29605686324959</v>
       </c>
       <c r="H85" s="27">
         <v>130612.66267798078</v>
       </c>
       <c r="I85" s="28">
@@ -8657,51 +8661,51 @@
       <c r="V85" s="27">
         <v>129732.96352762173</v>
       </c>
       <c r="W85" s="28">
         <v>280.59433531284861</v>
       </c>
       <c r="X85" s="27">
         <v>149627.20435026643</v>
       </c>
       <c r="Y85" s="28">
         <v>277.59297407684647</v>
       </c>
       <c r="Z85" s="27">
         <v>124695.32143830098</v>
       </c>
       <c r="AA85" s="28">
         <v>350.26988316965475</v>
       </c>
       <c r="AB85" s="27">
         <v>162289.31255663148</v>
       </c>
       <c r="AC85" s="28">
         <v>324.90484990958021</v>
       </c>
     </row>
-    <row r="86" spans="1:29">
+    <row r="86" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A86" s="29" t="s">
         <v>99</v>
       </c>
       <c r="B86" s="27">
         <v>128884.95342112691</v>
       </c>
       <c r="C86" s="28">
         <v>285.22493375357737</v>
       </c>
       <c r="D86" s="27">
         <v>137949.33884751209</v>
       </c>
       <c r="E86" s="28">
         <v>283.12303909067049</v>
       </c>
       <c r="F86" s="27">
         <v>140148.13016495871</v>
       </c>
       <c r="G86" s="28">
         <v>272.60866699546983</v>
       </c>
       <c r="H86" s="27">
         <v>130131.58358924779</v>
       </c>
       <c r="I86" s="28">
@@ -8746,51 +8750,51 @@
       <c r="V86" s="27">
         <v>130640.8045345407</v>
       </c>
       <c r="W86" s="28">
         <v>282.55786899757737</v>
       </c>
       <c r="X86" s="27">
         <v>146192.24269952925</v>
       </c>
       <c r="Y86" s="28">
         <v>271.22032797543352</v>
       </c>
       <c r="Z86" s="27">
         <v>118472.47594160936</v>
       </c>
       <c r="AA86" s="28">
         <v>332.78987397630675</v>
       </c>
       <c r="AB86" s="27">
         <v>162070.97943529705</v>
       </c>
       <c r="AC86" s="28">
         <v>324.46774478602072</v>
       </c>
     </row>
-    <row r="87" spans="1:29">
+    <row r="87" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A87" s="29" t="s">
         <v>100</v>
       </c>
       <c r="B87" s="27">
         <v>128998.96727043041</v>
       </c>
       <c r="C87" s="28">
         <v>285.47724864178878</v>
       </c>
       <c r="D87" s="27">
         <v>136587.52974812372</v>
       </c>
       <c r="E87" s="28">
         <v>280.3281033983265</v>
       </c>
       <c r="F87" s="27">
         <v>138989.10796747118</v>
       </c>
       <c r="G87" s="28">
         <v>270.35419884164332</v>
       </c>
       <c r="H87" s="27">
         <v>127390.75557907425</v>
       </c>
       <c r="I87" s="28">
@@ -8835,51 +8839,51 @@
       <c r="V87" s="27">
         <v>131031.79405879811</v>
       </c>
       <c r="W87" s="28">
         <v>283.40352489481535</v>
       </c>
       <c r="X87" s="27">
         <v>141327.31247869538</v>
       </c>
       <c r="Y87" s="28">
         <v>262.19476036864825</v>
       </c>
       <c r="Z87" s="27">
         <v>114696.65058784813</v>
       </c>
       <c r="AA87" s="28">
         <v>322.18355859674085</v>
       </c>
       <c r="AB87" s="27">
         <v>161017.06749380784</v>
       </c>
       <c r="AC87" s="28">
         <v>322.35780238887133</v>
       </c>
     </row>
-    <row r="88" spans="1:29">
+    <row r="88" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A88" s="11" t="s">
         <v>101</v>
       </c>
       <c r="B88" s="30">
         <v>124268.5270243881</v>
       </c>
       <c r="C88" s="31">
         <v>275.00869145191973</v>
       </c>
       <c r="D88" s="30">
         <v>135959.93522646624</v>
       </c>
       <c r="E88" s="31">
         <v>279.04004743682071</v>
       </c>
       <c r="F88" s="30">
         <v>138592.41813397506</v>
       </c>
       <c r="G88" s="31">
         <v>269.58257893781195</v>
       </c>
       <c r="H88" s="30">
         <v>128486.41422582506</v>
       </c>
       <c r="I88" s="31">
@@ -8924,51 +8928,51 @@
       <c r="V88" s="30">
         <v>120740.95835939755</v>
       </c>
       <c r="W88" s="31">
         <v>261.14588023481161</v>
       </c>
       <c r="X88" s="30">
         <v>140512.12776831782</v>
       </c>
       <c r="Y88" s="31">
         <v>260.6824047167579</v>
       </c>
       <c r="Z88" s="30">
         <v>105555.78974736964</v>
       </c>
       <c r="AA88" s="31">
         <v>296.5068273310157</v>
       </c>
       <c r="AB88" s="30">
         <v>158363.7434394864</v>
       </c>
       <c r="AC88" s="31">
         <v>317.04582071829793</v>
       </c>
     </row>
-    <row r="89" spans="1:29">
+    <row r="89" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A89" s="14" t="s">
         <v>102</v>
       </c>
       <c r="B89" s="27">
         <v>129323.72737534789</v>
       </c>
       <c r="C89" s="28">
         <v>286.19594913360049</v>
       </c>
       <c r="D89" s="27">
         <v>133736.38449273919</v>
       </c>
       <c r="E89" s="28">
         <v>274.4764993505122</v>
       </c>
       <c r="F89" s="27">
         <v>139430.2540001426</v>
       </c>
       <c r="G89" s="28">
         <v>271.21229257272159</v>
       </c>
       <c r="H89" s="27">
         <v>131625.91520915649</v>
       </c>
       <c r="I89" s="28">
@@ -9013,51 +9017,51 @@
       <c r="V89" s="27">
         <v>125921.67038486677</v>
       </c>
       <c r="W89" s="28">
         <v>272.35103895242855</v>
       </c>
       <c r="X89" s="27">
         <v>145701.2067907895</v>
       </c>
       <c r="Y89" s="28">
         <v>270.30934311223638</v>
       </c>
       <c r="Z89" s="27">
         <v>108631.90662854823</v>
       </c>
       <c r="AA89" s="28">
         <v>305.14765754147197</v>
       </c>
       <c r="AB89" s="27">
         <v>160653.2731916151</v>
       </c>
       <c r="AC89" s="28">
         <v>321.62948250575732</v>
       </c>
     </row>
-    <row r="90" spans="1:29">
+    <row r="90" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A90" s="14" t="s">
         <v>103</v>
       </c>
       <c r="B90" s="27">
         <v>129142.74071760786</v>
       </c>
       <c r="C90" s="28">
         <v>285.79542210469657</v>
       </c>
       <c r="D90" s="27">
         <v>136237.2216248335</v>
       </c>
       <c r="E90" s="28">
         <v>279.6091416308206</v>
       </c>
       <c r="F90" s="27">
         <v>137330.68117129419</v>
       </c>
       <c r="G90" s="28">
         <v>267.12831550175684</v>
       </c>
       <c r="H90" s="27">
         <v>130071.79444334572</v>
       </c>
       <c r="I90" s="28">
@@ -9102,51 +9106,51 @@
       <c r="V90" s="27">
         <v>124020.12217362884</v>
       </c>
       <c r="W90" s="28">
         <v>268.23825495452013</v>
       </c>
       <c r="X90" s="27">
         <v>137006.69420163918</v>
       </c>
       <c r="Y90" s="28">
         <v>254.17901695763615</v>
       </c>
       <c r="Z90" s="27">
         <v>106344.58707640225</v>
       </c>
       <c r="AA90" s="28">
         <v>298.7225636160494</v>
       </c>
       <c r="AB90" s="27">
         <v>159503.79264851057</v>
       </c>
       <c r="AC90" s="28">
         <v>319.32821079878011</v>
       </c>
     </row>
-    <row r="91" spans="1:29">
+    <row r="91" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A91" s="6" t="s">
         <v>104</v>
       </c>
       <c r="B91" s="27">
         <v>128156.69396754158</v>
       </c>
       <c r="C91" s="28">
         <v>283.61328127677058</v>
       </c>
       <c r="D91" s="27">
         <v>131652.06618133944</v>
       </c>
       <c r="E91" s="28">
         <v>270.19870766491272</v>
       </c>
       <c r="F91" s="27">
         <v>137584.58331273822</v>
       </c>
       <c r="G91" s="28">
         <v>267.6221924036098</v>
       </c>
       <c r="H91" s="27">
         <v>128310.46503647073</v>
       </c>
       <c r="I91" s="28">
@@ -9191,51 +9195,51 @@
       <c r="V91" s="27">
         <v>124361.45365419392</v>
       </c>
       <c r="W91" s="28">
         <v>268.97650741793598</v>
       </c>
       <c r="X91" s="27">
         <v>137922.82514857044</v>
       </c>
       <c r="Y91" s="28">
         <v>255.87865116056599</v>
       </c>
       <c r="Z91" s="27">
         <v>106630.37138044399</v>
       </c>
       <c r="AA91" s="28">
         <v>299.5253333882734</v>
       </c>
       <c r="AB91" s="27">
         <v>158318.36977587518</v>
       </c>
       <c r="AC91" s="28">
         <v>316.95498218350343</v>
       </c>
     </row>
-    <row r="92" spans="1:29">
+    <row r="92" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A92" s="6" t="s">
         <v>105</v>
       </c>
       <c r="B92" s="27">
         <v>123997.83933837223</v>
       </c>
       <c r="C92" s="28">
         <v>274.40965428534281</v>
       </c>
       <c r="D92" s="27">
         <v>129885.1632794898</v>
       </c>
       <c r="E92" s="28">
         <v>266.57236973876456</v>
       </c>
       <c r="F92" s="27">
         <v>135613.40830906387</v>
       </c>
       <c r="G92" s="28">
         <v>263.78796793315871</v>
       </c>
       <c r="H92" s="27">
         <v>128255.97749793115</v>
       </c>
       <c r="I92" s="28">
@@ -9280,51 +9284,51 @@
       <c r="V92" s="27">
         <v>123050.70316923414</v>
       </c>
       <c r="W92" s="28">
         <v>266.14153663574177</v>
       </c>
       <c r="X92" s="27">
         <v>137643.0724611578</v>
       </c>
       <c r="Y92" s="28">
         <v>255.35964540327689</v>
       </c>
       <c r="Z92" s="27">
         <v>103874.40670482826</v>
       </c>
       <c r="AA92" s="28">
         <v>291.78381258530356</v>
       </c>
       <c r="AB92" s="27">
         <v>157799.93612580019</v>
       </c>
       <c r="AC92" s="28">
         <v>315.9170727573549</v>
       </c>
     </row>
-    <row r="93" spans="1:29">
+    <row r="93" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A93" s="6" t="s">
         <v>106</v>
       </c>
       <c r="B93" s="27">
         <v>128507.3081889178</v>
       </c>
       <c r="C93" s="28">
         <v>284.38919743618703</v>
       </c>
       <c r="D93" s="27">
         <v>133391.86276331116</v>
       </c>
       <c r="E93" s="28">
         <v>273.76941340226955</v>
       </c>
       <c r="F93" s="27">
         <v>137334.58484231547</v>
       </c>
       <c r="G93" s="28">
         <v>267.13590871439726</v>
       </c>
       <c r="H93" s="27">
         <v>129899.93164071893</v>
       </c>
       <c r="I93" s="28">
@@ -9369,51 +9373,51 @@
       <c r="V93" s="27">
         <v>122646.4544312544</v>
       </c>
       <c r="W93" s="28">
         <v>265.26720290551492</v>
       </c>
       <c r="X93" s="27">
         <v>141581.11451394932</v>
       </c>
       <c r="Y93" s="28">
         <v>262.66562168092651</v>
       </c>
       <c r="Z93" s="27">
         <v>102824.33608931728</v>
       </c>
       <c r="AA93" s="28">
         <v>288.83415811894167</v>
       </c>
       <c r="AB93" s="27">
         <v>161537.44109062501</v>
       </c>
       <c r="AC93" s="28">
         <v>323.3995956080754</v>
       </c>
     </row>
-    <row r="94" spans="1:29">
+    <row r="94" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A94" s="6" t="s">
         <v>107</v>
       </c>
       <c r="B94" s="27">
         <v>129030.47821587953</v>
       </c>
       <c r="C94" s="28">
         <v>285.54698298307272</v>
       </c>
       <c r="D94" s="27">
         <v>138255.66038495125</v>
       </c>
       <c r="E94" s="28">
         <v>283.7517241234749</v>
       </c>
       <c r="F94" s="27">
         <v>143552.53091430935</v>
       </c>
       <c r="G94" s="28">
         <v>279.23072573507977</v>
       </c>
       <c r="H94" s="27">
         <v>134121.29619008605</v>
       </c>
       <c r="I94" s="28">
@@ -9458,51 +9462,51 @@
       <c r="V94" s="27">
         <v>126980.09603508173</v>
       </c>
       <c r="W94" s="28">
         <v>274.64026625229604</v>
       </c>
       <c r="X94" s="27">
         <v>141848.77763466586</v>
       </c>
       <c r="Y94" s="28">
         <v>263.16219850365769</v>
       </c>
       <c r="Z94" s="27">
         <v>103511.55961064807</v>
       </c>
       <c r="AA94" s="28">
         <v>290.76457298737017</v>
       </c>
       <c r="AB94" s="27">
         <v>165401.78138323274</v>
       </c>
       <c r="AC94" s="28">
         <v>331.13604407156328</v>
       </c>
     </row>
-    <row r="95" spans="1:29">
+    <row r="95" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A95" s="6" t="s">
         <v>108</v>
       </c>
       <c r="B95" s="27">
         <v>128060.05667841592</v>
       </c>
       <c r="C95" s="28">
         <v>283.39942105758007</v>
       </c>
       <c r="D95" s="27">
         <v>140100.67108633951</v>
       </c>
       <c r="E95" s="28">
         <v>287.53836812841121</v>
       </c>
       <c r="F95" s="27">
         <v>144812.78387391914</v>
       </c>
       <c r="G95" s="28">
         <v>281.68210256752087</v>
       </c>
       <c r="H95" s="27">
         <v>135607.02087487074</v>
       </c>
       <c r="I95" s="28">
@@ -9547,51 +9551,51 @@
       <c r="V95" s="27">
         <v>125000.72516667563</v>
       </c>
       <c r="W95" s="28">
         <v>270.35916268342726</v>
       </c>
       <c r="X95" s="27">
         <v>145316.68805642345</v>
       </c>
       <c r="Y95" s="28">
         <v>269.59597217461555</v>
       </c>
       <c r="Z95" s="27">
         <v>110532.67777774413</v>
       </c>
       <c r="AA95" s="28">
         <v>310.48693475477569</v>
       </c>
       <c r="AB95" s="27">
         <v>168476.94607459931</v>
       </c>
       <c r="AC95" s="28">
         <v>337.29255497641446</v>
       </c>
     </row>
-    <row r="96" spans="1:29">
+    <row r="96" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A96" s="6" t="s">
         <v>109</v>
       </c>
       <c r="B96" s="27">
         <v>131613.96144708517</v>
       </c>
       <c r="C96" s="28">
         <v>291.2642821240081</v>
       </c>
       <c r="D96" s="27">
         <v>138280.77816461242</v>
       </c>
       <c r="E96" s="28">
         <v>283.80327509263719</v>
       </c>
       <c r="F96" s="27">
         <v>144545.80218619155</v>
       </c>
       <c r="G96" s="28">
         <v>281.16278402992816</v>
       </c>
       <c r="H96" s="27">
         <v>138097.2983788682</v>
       </c>
       <c r="I96" s="28">
@@ -9636,51 +9640,51 @@
       <c r="V96" s="27">
         <v>125409.4212545664</v>
       </c>
       <c r="W96" s="28">
         <v>271.24311541223585</v>
       </c>
       <c r="X96" s="27">
         <v>147642.30862003888</v>
       </c>
       <c r="Y96" s="28">
         <v>273.91053470107323</v>
       </c>
       <c r="Z96" s="27">
         <v>112123.83843377201</v>
       </c>
       <c r="AA96" s="28">
         <v>314.9565142920224</v>
       </c>
       <c r="AB96" s="27">
         <v>171733.38798961227</v>
       </c>
       <c r="AC96" s="28">
         <v>343.81198472177948</v>
       </c>
     </row>
-    <row r="97" spans="1:29">
+    <row r="97" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A97" s="6" t="s">
         <v>110</v>
       </c>
       <c r="B97" s="27">
         <v>139111.4475503937</v>
       </c>
       <c r="C97" s="28">
         <v>307.8563661522125</v>
       </c>
       <c r="D97" s="27">
         <v>142435.16480806289</v>
       </c>
       <c r="E97" s="28">
         <v>292.32961223841755</v>
       </c>
       <c r="F97" s="27">
         <v>151115.02118724806</v>
       </c>
       <c r="G97" s="28">
         <v>293.94087841457292</v>
       </c>
       <c r="H97" s="27">
         <v>142388.93311507106</v>
       </c>
       <c r="I97" s="28">
@@ -9725,51 +9729,51 @@
       <c r="V97" s="27">
         <v>133598.12006274072</v>
       </c>
       <c r="W97" s="28">
         <v>288.95413069068957</v>
       </c>
       <c r="X97" s="27">
         <v>150347.94541652349</v>
       </c>
       <c r="Y97" s="28">
         <v>278.9301149864184</v>
       </c>
       <c r="Z97" s="27">
         <v>115430.14924970243</v>
       </c>
       <c r="AA97" s="28">
         <v>324.24396060404416</v>
       </c>
       <c r="AB97" s="27">
         <v>179535.08876917887</v>
       </c>
       <c r="AC97" s="28">
         <v>359.43106881852191</v>
       </c>
     </row>
-    <row r="98" spans="1:29">
+    <row r="98" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A98" s="6" t="s">
         <v>111</v>
       </c>
       <c r="B98" s="27">
         <v>139484.66989229724</v>
       </c>
       <c r="C98" s="28">
         <v>308.68231452647279</v>
       </c>
       <c r="D98" s="27">
         <v>143113.19341534466</v>
       </c>
       <c r="E98" s="28">
         <v>293.72117758760874</v>
       </c>
       <c r="F98" s="27">
         <v>150764.12358863544</v>
       </c>
       <c r="G98" s="28">
         <v>293.25833112338108</v>
       </c>
       <c r="H98" s="27">
         <v>145661.23046503434</v>
       </c>
       <c r="I98" s="28">
@@ -9814,51 +9818,51 @@
       <c r="V98" s="27">
         <v>130710.67570428342</v>
       </c>
       <c r="W98" s="28">
         <v>282.70899060844937</v>
       </c>
       <c r="X98" s="27">
         <v>147019.99197680468</v>
       </c>
       <c r="Y98" s="28">
         <v>272.75599379681023</v>
       </c>
       <c r="Z98" s="27">
         <v>108749.25619710851</v>
       </c>
       <c r="AA98" s="28">
         <v>305.47729316208307</v>
       </c>
       <c r="AB98" s="27">
         <v>180862.75034007739</v>
       </c>
       <c r="AC98" s="28">
         <v>362.0890607505105</v>
       </c>
     </row>
-    <row r="99" spans="1:29">
+    <row r="99" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A99" s="6" t="s">
         <v>112</v>
       </c>
       <c r="B99" s="27">
         <v>132357.02254426415</v>
       </c>
       <c r="C99" s="28">
         <v>292.9086909288531</v>
       </c>
       <c r="D99" s="27">
         <v>140640.26021153672</v>
       </c>
       <c r="E99" s="28">
         <v>288.64580448339791</v>
       </c>
       <c r="F99" s="27">
         <v>147292.55731588154</v>
       </c>
       <c r="G99" s="28">
         <v>286.50562559039997</v>
       </c>
       <c r="H99" s="27">
         <v>144432.24571866656</v>
       </c>
       <c r="I99" s="28">
@@ -9903,51 +9907,51 @@
       <c r="V99" s="27">
         <v>130675.58873633233</v>
       </c>
       <c r="W99" s="28">
         <v>282.63310238249136</v>
       </c>
       <c r="X99" s="27">
         <v>150492.72562927546</v>
       </c>
       <c r="Y99" s="28">
         <v>279.19871567317062</v>
       </c>
       <c r="Z99" s="27">
         <v>120086.95372537195</v>
       </c>
       <c r="AA99" s="28">
         <v>337.32495146097676</v>
       </c>
       <c r="AB99" s="27">
         <v>180896.51462869876</v>
       </c>
       <c r="AC99" s="28">
         <v>362.15665719881639</v>
       </c>
     </row>
-    <row r="100" spans="1:29">
+    <row r="100" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A100" s="6" t="s">
         <v>113</v>
       </c>
       <c r="B100" s="27">
         <v>137735.60416053416</v>
       </c>
       <c r="C100" s="28">
         <v>304.81159770320858</v>
       </c>
       <c r="D100" s="27">
         <v>142490.70308078467</v>
       </c>
       <c r="E100" s="28">
         <v>292.44359730489344</v>
       </c>
       <c r="F100" s="27">
         <v>148702.1271573127</v>
       </c>
       <c r="G100" s="28">
         <v>289.24744565647779</v>
       </c>
       <c r="H100" s="27">
         <v>147205.80838857254</v>
       </c>
       <c r="I100" s="28">
@@ -9992,51 +9996,51 @@
       <c r="V100" s="27">
         <v>124933.85160359462</v>
       </c>
       <c r="W100" s="28">
         <v>270.21452447835975</v>
       </c>
       <c r="X100" s="27">
         <v>147120.76865498218</v>
       </c>
       <c r="Y100" s="28">
         <v>272.94295777795492</v>
       </c>
       <c r="Z100" s="27">
         <v>109332.64854657433</v>
       </c>
       <c r="AA100" s="28">
         <v>307.11604566484294</v>
       </c>
       <c r="AB100" s="27">
         <v>181206.76155979765</v>
       </c>
       <c r="AC100" s="28">
         <v>362.77777470184617</v>
       </c>
     </row>
-    <row r="101" spans="1:29">
+    <row r="101" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A101" s="6" t="s">
         <v>114</v>
       </c>
       <c r="B101" s="27">
         <v>139918.87126179005</v>
       </c>
       <c r="C101" s="28">
         <v>309.643210686668</v>
       </c>
       <c r="D101" s="27">
         <v>148097.45877485018</v>
       </c>
       <c r="E101" s="28">
         <v>303.95073264026064</v>
       </c>
       <c r="F101" s="27">
         <v>153204.89118116003</v>
       </c>
       <c r="G101" s="28">
         <v>298.00598204858932</v>
       </c>
       <c r="H101" s="27">
         <v>148595.33328496895</v>
       </c>
       <c r="I101" s="28">
@@ -10081,51 +10085,51 @@
       <c r="V101" s="27">
         <v>130867.16098913821</v>
       </c>
       <c r="W101" s="28">
         <v>283.0474464896389</v>
       </c>
       <c r="X101" s="27">
         <v>143772.98018539418</v>
       </c>
       <c r="Y101" s="28">
         <v>266.73203803318955</v>
       </c>
       <c r="Z101" s="27">
         <v>121698.75900339584</v>
       </c>
       <c r="AA101" s="28">
         <v>341.85252186148296</v>
       </c>
       <c r="AB101" s="27">
         <v>186592.2972178974</v>
       </c>
       <c r="AC101" s="28">
         <v>373.55967171719641</v>
       </c>
     </row>
-    <row r="102" spans="1:29">
+    <row r="102" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A102" s="6" t="s">
         <v>115</v>
       </c>
       <c r="B102" s="27" t="s">
         <v>116</v>
       </c>
       <c r="C102" s="28" t="s">
         <v>116</v>
       </c>
       <c r="D102" s="27" t="s">
         <v>116</v>
       </c>
       <c r="E102" s="28" t="s">
         <v>116</v>
       </c>
       <c r="F102" s="27" t="s">
         <v>116</v>
       </c>
       <c r="G102" s="28" t="s">
         <v>116</v>
       </c>
       <c r="H102" s="27" t="s">
         <v>116</v>
       </c>
       <c r="I102" s="28" t="s">
@@ -10170,51 +10174,51 @@
       <c r="V102" s="27" t="s">
         <v>116</v>
       </c>
       <c r="W102" s="28" t="s">
         <v>116</v>
       </c>
       <c r="X102" s="27" t="s">
         <v>116</v>
       </c>
       <c r="Y102" s="28" t="s">
         <v>116</v>
       </c>
       <c r="Z102" s="27" t="s">
         <v>116</v>
       </c>
       <c r="AA102" s="28" t="s">
         <v>116</v>
       </c>
       <c r="AB102" s="27">
         <v>187603.19516333772</v>
       </c>
       <c r="AC102" s="28">
         <v>375.58349965794622</v>
       </c>
     </row>
-    <row r="103" spans="1:29">
+    <row r="103" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A103" s="6" t="s">
         <v>117</v>
       </c>
       <c r="B103" s="27" t="s">
         <v>116</v>
       </c>
       <c r="C103" s="28" t="s">
         <v>116</v>
       </c>
       <c r="D103" s="27" t="s">
         <v>116</v>
       </c>
       <c r="E103" s="28" t="s">
         <v>116</v>
       </c>
       <c r="F103" s="27" t="s">
         <v>116</v>
       </c>
       <c r="G103" s="28" t="s">
         <v>116</v>
       </c>
       <c r="H103" s="27" t="s">
         <v>116</v>
       </c>
       <c r="I103" s="28" t="s">
@@ -10259,51 +10263,51 @@
       <c r="V103" s="27" t="s">
         <v>116</v>
       </c>
       <c r="W103" s="28" t="s">
         <v>116</v>
       </c>
       <c r="X103" s="27" t="s">
         <v>116</v>
       </c>
       <c r="Y103" s="28" t="s">
         <v>116</v>
       </c>
       <c r="Z103" s="27" t="s">
         <v>116</v>
       </c>
       <c r="AA103" s="28" t="s">
         <v>116</v>
       </c>
       <c r="AB103" s="27">
         <v>188016.47536429108</v>
       </c>
       <c r="AC103" s="28">
         <v>376.41089081233599</v>
       </c>
     </row>
-    <row r="104" spans="1:29">
+    <row r="104" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A104" s="6" t="s">
         <v>118</v>
       </c>
       <c r="B104" s="27" t="s">
         <v>116</v>
       </c>
       <c r="C104" s="28" t="s">
         <v>116</v>
       </c>
       <c r="D104" s="27" t="s">
         <v>116</v>
       </c>
       <c r="E104" s="28" t="s">
         <v>116</v>
       </c>
       <c r="F104" s="27" t="s">
         <v>116</v>
       </c>
       <c r="G104" s="28" t="s">
         <v>116</v>
       </c>
       <c r="H104" s="27" t="s">
         <v>116</v>
       </c>
       <c r="I104" s="28" t="s">
@@ -10348,51 +10352,51 @@
       <c r="V104" s="27" t="s">
         <v>116</v>
       </c>
       <c r="W104" s="28" t="s">
         <v>116</v>
       </c>
       <c r="X104" s="27" t="s">
         <v>116</v>
       </c>
       <c r="Y104" s="28" t="s">
         <v>116</v>
       </c>
       <c r="Z104" s="27" t="s">
         <v>116</v>
       </c>
       <c r="AA104" s="28" t="s">
         <v>116</v>
       </c>
       <c r="AB104" s="27">
         <v>189659.12424331409</v>
       </c>
       <c r="AC104" s="28">
         <v>379.69949053024334</v>
       </c>
     </row>
-    <row r="105" spans="1:29">
+    <row r="105" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A105" s="6" t="s">
         <v>119</v>
       </c>
       <c r="B105" s="27" t="s">
         <v>116</v>
       </c>
       <c r="C105" s="28" t="s">
         <v>116</v>
       </c>
       <c r="D105" s="27" t="s">
         <v>116</v>
       </c>
       <c r="E105" s="28" t="s">
         <v>116</v>
       </c>
       <c r="F105" s="27" t="s">
         <v>116</v>
       </c>
       <c r="G105" s="28" t="s">
         <v>116</v>
       </c>
       <c r="H105" s="27" t="s">
         <v>116</v>
       </c>
       <c r="I105" s="28" t="s">
@@ -10437,51 +10441,51 @@
       <c r="V105" s="27" t="s">
         <v>116</v>
       </c>
       <c r="W105" s="28" t="s">
         <v>116</v>
       </c>
       <c r="X105" s="27" t="s">
         <v>116</v>
       </c>
       <c r="Y105" s="28" t="s">
         <v>116</v>
       </c>
       <c r="Z105" s="27" t="s">
         <v>116</v>
       </c>
       <c r="AA105" s="28" t="s">
         <v>116</v>
       </c>
       <c r="AB105" s="27">
         <v>195556.93995312758</v>
       </c>
       <c r="AC105" s="28">
         <v>391.50697740540426</v>
       </c>
     </row>
-    <row r="106" spans="1:29">
+    <row r="106" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A106" s="6" t="s">
         <v>120</v>
       </c>
       <c r="B106" s="27" t="s">
         <v>116</v>
       </c>
       <c r="C106" s="28" t="s">
         <v>116</v>
       </c>
       <c r="D106" s="27" t="s">
         <v>116</v>
       </c>
       <c r="E106" s="28" t="s">
         <v>116</v>
       </c>
       <c r="F106" s="27" t="s">
         <v>116</v>
       </c>
       <c r="G106" s="28" t="s">
         <v>116</v>
       </c>
       <c r="H106" s="27" t="s">
         <v>116</v>
       </c>
       <c r="I106" s="28" t="s">
@@ -10526,51 +10530,51 @@
       <c r="V106" s="27" t="s">
         <v>116</v>
       </c>
       <c r="W106" s="28" t="s">
         <v>116</v>
       </c>
       <c r="X106" s="27" t="s">
         <v>116</v>
       </c>
       <c r="Y106" s="28" t="s">
         <v>116</v>
       </c>
       <c r="Z106" s="27" t="s">
         <v>116</v>
       </c>
       <c r="AA106" s="28" t="s">
         <v>116</v>
       </c>
       <c r="AB106" s="27">
         <v>197248.05819047193</v>
       </c>
       <c r="AC106" s="28">
         <v>394.8926132703167</v>
       </c>
     </row>
-    <row r="107" spans="1:29">
+    <row r="107" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A107" s="6" t="s">
         <v>121</v>
       </c>
       <c r="B107" s="27" t="s">
         <v>116</v>
       </c>
       <c r="C107" s="28" t="s">
         <v>116</v>
       </c>
       <c r="D107" s="27" t="s">
         <v>116</v>
       </c>
       <c r="E107" s="28" t="s">
         <v>116</v>
       </c>
       <c r="F107" s="27" t="s">
         <v>116</v>
       </c>
       <c r="G107" s="28" t="s">
         <v>116</v>
       </c>
       <c r="H107" s="27" t="s">
         <v>116</v>
       </c>
       <c r="I107" s="28" t="s">
@@ -10615,51 +10619,51 @@
       <c r="V107" s="27" t="s">
         <v>116</v>
       </c>
       <c r="W107" s="28" t="s">
         <v>116</v>
       </c>
       <c r="X107" s="27" t="s">
         <v>116</v>
       </c>
       <c r="Y107" s="28" t="s">
         <v>116</v>
       </c>
       <c r="Z107" s="27" t="s">
         <v>116</v>
       </c>
       <c r="AA107" s="28" t="s">
         <v>116</v>
       </c>
       <c r="AB107" s="27">
         <v>196943.73073533</v>
       </c>
       <c r="AC107" s="28">
         <v>394.28334661819662</v>
       </c>
     </row>
-    <row r="108" spans="1:29">
+    <row r="108" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A108" s="6" t="s">
         <v>122</v>
       </c>
       <c r="B108" s="27" t="s">
         <v>116</v>
       </c>
       <c r="C108" s="28" t="s">
         <v>116</v>
       </c>
       <c r="D108" s="27" t="s">
         <v>116</v>
       </c>
       <c r="E108" s="28" t="s">
         <v>116</v>
       </c>
       <c r="F108" s="27" t="s">
         <v>116</v>
       </c>
       <c r="G108" s="28" t="s">
         <v>116</v>
       </c>
       <c r="H108" s="27" t="s">
         <v>116</v>
       </c>
       <c r="I108" s="28" t="s">
@@ -10704,51 +10708,51 @@
       <c r="V108" s="27" t="s">
         <v>116</v>
       </c>
       <c r="W108" s="28" t="s">
         <v>116</v>
       </c>
       <c r="X108" s="27" t="s">
         <v>116</v>
       </c>
       <c r="Y108" s="28" t="s">
         <v>116</v>
       </c>
       <c r="Z108" s="27" t="s">
         <v>116</v>
       </c>
       <c r="AA108" s="28" t="s">
         <v>116</v>
       </c>
       <c r="AB108" s="27">
         <v>198401.83529662178</v>
       </c>
       <c r="AC108" s="28">
         <v>397.20248674009258</v>
       </c>
     </row>
-    <row r="109" spans="1:29">
+    <row r="109" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A109" s="6" t="s">
         <v>123</v>
       </c>
       <c r="B109" s="27" t="s">
         <v>116</v>
       </c>
       <c r="C109" s="28" t="s">
         <v>116</v>
       </c>
       <c r="D109" s="27" t="s">
         <v>116</v>
       </c>
       <c r="E109" s="28" t="s">
         <v>116</v>
       </c>
       <c r="F109" s="27" t="s">
         <v>116</v>
       </c>
       <c r="G109" s="28" t="s">
         <v>116</v>
       </c>
       <c r="H109" s="27" t="s">
         <v>116</v>
       </c>
       <c r="I109" s="28" t="s">
@@ -10793,51 +10797,51 @@
       <c r="V109" s="27" t="s">
         <v>116</v>
       </c>
       <c r="W109" s="28" t="s">
         <v>116</v>
       </c>
       <c r="X109" s="27" t="s">
         <v>116</v>
       </c>
       <c r="Y109" s="28" t="s">
         <v>116</v>
       </c>
       <c r="Z109" s="27" t="s">
         <v>116</v>
       </c>
       <c r="AA109" s="28" t="s">
         <v>116</v>
       </c>
       <c r="AB109" s="27">
         <v>201980.994934091</v>
       </c>
       <c r="AC109" s="28">
         <v>404.36800063928155</v>
       </c>
     </row>
-    <row r="110" spans="1:29">
+    <row r="110" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A110" s="6" t="s">
         <v>124</v>
       </c>
       <c r="B110" s="27" t="s">
         <v>116</v>
       </c>
       <c r="C110" s="28" t="s">
         <v>116</v>
       </c>
       <c r="D110" s="27" t="s">
         <v>116</v>
       </c>
       <c r="E110" s="28" t="s">
         <v>116</v>
       </c>
       <c r="F110" s="27" t="s">
         <v>116</v>
       </c>
       <c r="G110" s="28" t="s">
         <v>116</v>
       </c>
       <c r="H110" s="27" t="s">
         <v>116</v>
       </c>
       <c r="I110" s="28" t="s">
@@ -10882,51 +10886,51 @@
       <c r="V110" s="27" t="s">
         <v>116</v>
       </c>
       <c r="W110" s="28" t="s">
         <v>116</v>
       </c>
       <c r="X110" s="27" t="s">
         <v>116</v>
       </c>
       <c r="Y110" s="28" t="s">
         <v>116</v>
       </c>
       <c r="Z110" s="27" t="s">
         <v>116</v>
       </c>
       <c r="AA110" s="28" t="s">
         <v>116</v>
       </c>
       <c r="AB110" s="27">
         <v>203323.75397927401</v>
       </c>
       <c r="AC110" s="28">
         <v>407.0562178679279</v>
       </c>
     </row>
-    <row r="111" spans="1:29">
+    <row r="111" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A111" s="6" t="s">
         <v>125</v>
       </c>
       <c r="B111" s="27" t="s">
         <v>116</v>
       </c>
       <c r="C111" s="28" t="s">
         <v>116</v>
       </c>
       <c r="D111" s="27" t="s">
         <v>116</v>
       </c>
       <c r="E111" s="28" t="s">
         <v>116</v>
       </c>
       <c r="F111" s="27" t="s">
         <v>116</v>
       </c>
       <c r="G111" s="28" t="s">
         <v>116</v>
       </c>
       <c r="H111" s="27" t="s">
         <v>116</v>
       </c>
       <c r="I111" s="28" t="s">
@@ -10971,51 +10975,51 @@
       <c r="V111" s="27" t="s">
         <v>116</v>
       </c>
       <c r="W111" s="28" t="s">
         <v>116</v>
       </c>
       <c r="X111" s="27" t="s">
         <v>116</v>
       </c>
       <c r="Y111" s="28" t="s">
         <v>116</v>
       </c>
       <c r="Z111" s="27" t="s">
         <v>116</v>
       </c>
       <c r="AA111" s="28" t="s">
         <v>116</v>
       </c>
       <c r="AB111" s="27">
         <v>203841.334602458</v>
       </c>
       <c r="AC111" s="28">
         <v>408.09241952558801</v>
       </c>
     </row>
-    <row r="112" spans="1:29">
+    <row r="112" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A112" s="6" t="s">
         <v>126</v>
       </c>
       <c r="B112" s="27" t="s">
         <v>116</v>
       </c>
       <c r="C112" s="28" t="s">
         <v>116</v>
       </c>
       <c r="D112" s="27" t="s">
         <v>116</v>
       </c>
       <c r="E112" s="28" t="s">
         <v>116</v>
       </c>
       <c r="F112" s="27" t="s">
         <v>116</v>
       </c>
       <c r="G112" s="28" t="s">
         <v>116</v>
       </c>
       <c r="H112" s="27" t="s">
         <v>116</v>
       </c>
       <c r="I112" s="28" t="s">
@@ -11060,51 +11064,51 @@
       <c r="V112" s="27" t="s">
         <v>116</v>
       </c>
       <c r="W112" s="28" t="s">
         <v>116</v>
       </c>
       <c r="X112" s="27" t="s">
         <v>116</v>
       </c>
       <c r="Y112" s="28" t="s">
         <v>116</v>
       </c>
       <c r="Z112" s="27" t="s">
         <v>116</v>
       </c>
       <c r="AA112" s="28" t="s">
         <v>116</v>
       </c>
       <c r="AB112" s="27">
         <v>204309.75237585799</v>
       </c>
       <c r="AC112" s="28">
         <v>409.03019665930043</v>
       </c>
     </row>
-    <row r="113" spans="1:29">
+    <row r="113" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A113" s="6" t="s">
         <v>127</v>
       </c>
       <c r="B113" s="27" t="s">
         <v>116</v>
       </c>
       <c r="C113" s="28" t="s">
         <v>116</v>
       </c>
       <c r="D113" s="27" t="s">
         <v>116</v>
       </c>
       <c r="E113" s="28" t="s">
         <v>116</v>
       </c>
       <c r="F113" s="27" t="s">
         <v>116</v>
       </c>
       <c r="G113" s="28" t="s">
         <v>116</v>
       </c>
       <c r="H113" s="27" t="s">
         <v>116</v>
       </c>
       <c r="I113" s="28" t="s">
@@ -11149,51 +11153,51 @@
       <c r="V113" s="27" t="s">
         <v>116</v>
       </c>
       <c r="W113" s="28" t="s">
         <v>116</v>
       </c>
       <c r="X113" s="27" t="s">
         <v>116</v>
       </c>
       <c r="Y113" s="28" t="s">
         <v>116</v>
       </c>
       <c r="Z113" s="27" t="s">
         <v>116</v>
       </c>
       <c r="AA113" s="28" t="s">
         <v>116</v>
       </c>
       <c r="AB113" s="27">
         <v>208069.680761903</v>
       </c>
       <c r="AC113" s="28">
         <v>416.55761142675425</v>
       </c>
     </row>
-    <row r="114" spans="1:29">
+    <row r="114" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A114" s="6" t="s">
         <v>128</v>
       </c>
       <c r="B114" s="27" t="s">
         <v>116</v>
       </c>
       <c r="C114" s="28" t="s">
         <v>116</v>
       </c>
       <c r="D114" s="27" t="s">
         <v>116</v>
       </c>
       <c r="E114" s="28" t="s">
         <v>116</v>
       </c>
       <c r="F114" s="27" t="s">
         <v>116</v>
       </c>
       <c r="G114" s="28" t="s">
         <v>116</v>
       </c>
       <c r="H114" s="27" t="s">
         <v>116</v>
       </c>
       <c r="I114" s="28" t="s">
@@ -11238,51 +11242,51 @@
       <c r="V114" s="27" t="s">
         <v>116</v>
       </c>
       <c r="W114" s="28" t="s">
         <v>116</v>
       </c>
       <c r="X114" s="27" t="s">
         <v>116</v>
       </c>
       <c r="Y114" s="28" t="s">
         <v>116</v>
       </c>
       <c r="Z114" s="27" t="s">
         <v>116</v>
       </c>
       <c r="AA114" s="28" t="s">
         <v>116</v>
       </c>
       <c r="AB114" s="27">
         <v>209421.803478691</v>
       </c>
       <c r="AC114" s="28">
         <v>419.26457482093372</v>
       </c>
     </row>
-    <row r="115" spans="1:29">
+    <row r="115" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A115" s="6" t="s">
         <v>129</v>
       </c>
       <c r="B115" s="27" t="s">
         <v>116</v>
       </c>
       <c r="C115" s="28" t="s">
         <v>116</v>
       </c>
       <c r="D115" s="27" t="s">
         <v>116</v>
       </c>
       <c r="E115" s="28" t="s">
         <v>116</v>
       </c>
       <c r="F115" s="27" t="s">
         <v>116</v>
       </c>
       <c r="G115" s="28" t="s">
         <v>116</v>
       </c>
       <c r="H115" s="27" t="s">
         <v>116</v>
       </c>
       <c r="I115" s="28" t="s">
@@ -11327,51 +11331,51 @@
       <c r="V115" s="27" t="s">
         <v>116</v>
       </c>
       <c r="W115" s="28" t="s">
         <v>116</v>
       </c>
       <c r="X115" s="27" t="s">
         <v>116</v>
       </c>
       <c r="Y115" s="28" t="s">
         <v>116</v>
       </c>
       <c r="Z115" s="27" t="s">
         <v>116</v>
       </c>
       <c r="AA115" s="28" t="s">
         <v>116</v>
       </c>
       <c r="AB115" s="27">
         <v>208147.774884132</v>
       </c>
       <c r="AC115" s="28">
         <v>416.7139566515994</v>
       </c>
     </row>
-    <row r="116" spans="1:29">
+    <row r="116" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A116" s="6" t="s">
         <v>130</v>
       </c>
       <c r="B116" s="27" t="s">
         <v>116</v>
       </c>
       <c r="C116" s="28" t="s">
         <v>116</v>
       </c>
       <c r="D116" s="27" t="s">
         <v>116</v>
       </c>
       <c r="E116" s="28" t="s">
         <v>116</v>
       </c>
       <c r="F116" s="27" t="s">
         <v>116</v>
       </c>
       <c r="G116" s="28" t="s">
         <v>116</v>
       </c>
       <c r="H116" s="27" t="s">
         <v>116</v>
       </c>
       <c r="I116" s="28" t="s">
@@ -11416,51 +11420,51 @@
       <c r="V116" s="27" t="s">
         <v>116</v>
       </c>
       <c r="W116" s="28" t="s">
         <v>116</v>
       </c>
       <c r="X116" s="27" t="s">
         <v>116</v>
       </c>
       <c r="Y116" s="28" t="s">
         <v>116</v>
       </c>
       <c r="Z116" s="27" t="s">
         <v>116</v>
       </c>
       <c r="AA116" s="28" t="s">
         <v>116</v>
       </c>
       <c r="AB116" s="27">
         <v>207229.58842969601</v>
       </c>
       <c r="AC116" s="28">
         <v>414.87573805625334</v>
       </c>
     </row>
-    <row r="117" spans="1:29">
+    <row r="117" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A117" s="6" t="s">
         <v>131</v>
       </c>
       <c r="B117" s="27" t="s">
         <v>116</v>
       </c>
       <c r="C117" s="28" t="s">
         <v>116</v>
       </c>
       <c r="D117" s="27" t="s">
         <v>116</v>
       </c>
       <c r="E117" s="28" t="s">
         <v>116</v>
       </c>
       <c r="F117" s="27" t="s">
         <v>116</v>
       </c>
       <c r="G117" s="28" t="s">
         <v>116</v>
       </c>
       <c r="H117" s="27" t="s">
         <v>116</v>
       </c>
       <c r="I117" s="28" t="s">
@@ -11505,51 +11509,51 @@
       <c r="V117" s="27" t="s">
         <v>116</v>
       </c>
       <c r="W117" s="28" t="s">
         <v>116</v>
       </c>
       <c r="X117" s="27" t="s">
         <v>116</v>
       </c>
       <c r="Y117" s="28" t="s">
         <v>116</v>
       </c>
       <c r="Z117" s="27" t="s">
         <v>116</v>
       </c>
       <c r="AA117" s="28" t="s">
         <v>116</v>
       </c>
       <c r="AB117" s="27">
         <v>211422.98738646301</v>
       </c>
       <c r="AC117" s="28">
         <v>423.27096530317345</v>
       </c>
     </row>
-    <row r="118" spans="1:29">
+    <row r="118" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A118" s="6" t="s">
         <v>132</v>
       </c>
       <c r="B118" s="27" t="s">
         <v>116</v>
       </c>
       <c r="C118" s="28" t="s">
         <v>116</v>
       </c>
       <c r="D118" s="27" t="s">
         <v>116</v>
       </c>
       <c r="E118" s="28" t="s">
         <v>116</v>
       </c>
       <c r="F118" s="27" t="s">
         <v>116</v>
       </c>
       <c r="G118" s="28" t="s">
         <v>116</v>
       </c>
       <c r="H118" s="27" t="s">
         <v>116</v>
       </c>
       <c r="I118" s="28" t="s">
@@ -11594,51 +11598,51 @@
       <c r="V118" s="27" t="s">
         <v>116</v>
       </c>
       <c r="W118" s="28" t="s">
         <v>116</v>
       </c>
       <c r="X118" s="27" t="s">
         <v>116</v>
       </c>
       <c r="Y118" s="28" t="s">
         <v>116</v>
       </c>
       <c r="Z118" s="27" t="s">
         <v>116</v>
       </c>
       <c r="AA118" s="28" t="s">
         <v>116</v>
       </c>
       <c r="AB118" s="27">
         <v>212179.31787288099</v>
       </c>
       <c r="AC118" s="28">
         <v>424.78514660877192</v>
       </c>
     </row>
-    <row r="119" spans="1:29">
+    <row r="119" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A119" s="6" t="s">
         <v>133</v>
       </c>
       <c r="B119" s="27" t="s">
         <v>116</v>
       </c>
       <c r="C119" s="28" t="s">
         <v>116</v>
       </c>
       <c r="D119" s="27" t="s">
         <v>116</v>
       </c>
       <c r="E119" s="28" t="s">
         <v>116</v>
       </c>
       <c r="F119" s="27" t="s">
         <v>116</v>
       </c>
       <c r="G119" s="28" t="s">
         <v>116</v>
       </c>
       <c r="H119" s="27" t="s">
         <v>116</v>
       </c>
       <c r="I119" s="28" t="s">
@@ -11683,51 +11687,51 @@
       <c r="V119" s="27" t="s">
         <v>116</v>
       </c>
       <c r="W119" s="28" t="s">
         <v>116</v>
       </c>
       <c r="X119" s="27" t="s">
         <v>116</v>
       </c>
       <c r="Y119" s="28" t="s">
         <v>116</v>
       </c>
       <c r="Z119" s="27" t="s">
         <v>116</v>
       </c>
       <c r="AA119" s="28" t="s">
         <v>116</v>
       </c>
       <c r="AB119" s="27">
         <v>211705.34279347199</v>
       </c>
       <c r="AC119" s="28">
         <v>423.83624369205933</v>
       </c>
     </row>
-    <row r="120" spans="1:29">
+    <row r="120" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A120" s="6" t="s">
         <v>134</v>
       </c>
       <c r="B120" s="27" t="s">
         <v>116</v>
       </c>
       <c r="C120" s="28" t="s">
         <v>116</v>
       </c>
       <c r="D120" s="27" t="s">
         <v>116</v>
       </c>
       <c r="E120" s="28" t="s">
         <v>116</v>
       </c>
       <c r="F120" s="27" t="s">
         <v>116</v>
       </c>
       <c r="G120" s="28" t="s">
         <v>116</v>
       </c>
       <c r="H120" s="27" t="s">
         <v>116</v>
       </c>
       <c r="I120" s="28" t="s">
@@ -11772,51 +11776,51 @@
       <c r="V120" s="27" t="s">
         <v>116</v>
       </c>
       <c r="W120" s="28" t="s">
         <v>116</v>
       </c>
       <c r="X120" s="27" t="s">
         <v>116</v>
       </c>
       <c r="Y120" s="28" t="s">
         <v>116</v>
       </c>
       <c r="Z120" s="27" t="s">
         <v>116</v>
       </c>
       <c r="AA120" s="28" t="s">
         <v>116</v>
       </c>
       <c r="AB120" s="27">
         <v>213902.75050472401</v>
       </c>
       <c r="AC120" s="28">
         <v>428.23547621924973</v>
       </c>
     </row>
-    <row r="121" spans="1:29">
+    <row r="121" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A121" s="6" t="s">
         <v>135</v>
       </c>
       <c r="B121" s="27" t="s">
         <v>116</v>
       </c>
       <c r="C121" s="28" t="s">
         <v>116</v>
       </c>
       <c r="D121" s="27" t="s">
         <v>116</v>
       </c>
       <c r="E121" s="28" t="s">
         <v>116</v>
       </c>
       <c r="F121" s="27" t="s">
         <v>116</v>
       </c>
       <c r="G121" s="28" t="s">
         <v>116</v>
       </c>
       <c r="H121" s="27" t="s">
         <v>116</v>
       </c>
       <c r="I121" s="28" t="s">
@@ -11861,51 +11865,51 @@
       <c r="V121" s="27" t="s">
         <v>116</v>
       </c>
       <c r="W121" s="28" t="s">
         <v>116</v>
       </c>
       <c r="X121" s="27" t="s">
         <v>116</v>
       </c>
       <c r="Y121" s="28" t="s">
         <v>116</v>
       </c>
       <c r="Z121" s="27" t="s">
         <v>116</v>
       </c>
       <c r="AA121" s="28" t="s">
         <v>116</v>
       </c>
       <c r="AB121" s="27">
         <v>216041.177391737</v>
       </c>
       <c r="AC121" s="28">
         <v>432.51662853804527</v>
       </c>
     </row>
-    <row r="122" spans="1:29">
+    <row r="122" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A122" s="6" t="s">
         <v>136</v>
       </c>
       <c r="B122" s="27" t="s">
         <v>116</v>
       </c>
       <c r="C122" s="28" t="s">
         <v>116</v>
       </c>
       <c r="D122" s="27" t="s">
         <v>116</v>
       </c>
       <c r="E122" s="28" t="s">
         <v>116</v>
       </c>
       <c r="F122" s="27" t="s">
         <v>116</v>
       </c>
       <c r="G122" s="28" t="s">
         <v>116</v>
       </c>
       <c r="H122" s="27" t="s">
         <v>116</v>
       </c>
       <c r="I122" s="28" t="s">
@@ -11950,51 +11954,51 @@
       <c r="V122" s="27" t="s">
         <v>116</v>
       </c>
       <c r="W122" s="28" t="s">
         <v>116</v>
       </c>
       <c r="X122" s="27" t="s">
         <v>116</v>
       </c>
       <c r="Y122" s="28" t="s">
         <v>116</v>
       </c>
       <c r="Z122" s="27" t="s">
         <v>116</v>
       </c>
       <c r="AA122" s="28" t="s">
         <v>116</v>
       </c>
       <c r="AB122" s="27">
         <v>221159.566791474</v>
       </c>
       <c r="AC122" s="28">
         <v>442.7636960343724</v>
       </c>
     </row>
-    <row r="123" spans="1:29">
+    <row r="123" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A123" s="6" t="s">
         <v>137</v>
       </c>
       <c r="B123" s="27" t="s">
         <v>116</v>
       </c>
       <c r="C123" s="28" t="s">
         <v>116</v>
       </c>
       <c r="D123" s="27" t="s">
         <v>116</v>
       </c>
       <c r="E123" s="28" t="s">
         <v>116</v>
       </c>
       <c r="F123" s="27" t="s">
         <v>116</v>
       </c>
       <c r="G123" s="28" t="s">
         <v>116</v>
       </c>
       <c r="H123" s="27" t="s">
         <v>116</v>
       </c>
       <c r="I123" s="28" t="s">
@@ -12039,51 +12043,51 @@
       <c r="V123" s="27" t="s">
         <v>116</v>
       </c>
       <c r="W123" s="28" t="s">
         <v>116</v>
       </c>
       <c r="X123" s="27" t="s">
         <v>116</v>
       </c>
       <c r="Y123" s="28" t="s">
         <v>116</v>
       </c>
       <c r="Z123" s="27" t="s">
         <v>116</v>
       </c>
       <c r="AA123" s="28" t="s">
         <v>116</v>
       </c>
       <c r="AB123" s="27">
         <v>226233.30590778601</v>
       </c>
       <c r="AC123" s="28">
         <v>452.92137321037546</v>
       </c>
     </row>
-    <row r="124" spans="1:29">
+    <row r="124" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A124" s="6" t="s">
         <v>138</v>
       </c>
       <c r="B124" s="27" t="s">
         <v>116</v>
       </c>
       <c r="C124" s="28" t="s">
         <v>116</v>
       </c>
       <c r="D124" s="27" t="s">
         <v>116</v>
       </c>
       <c r="E124" s="28" t="s">
         <v>116</v>
       </c>
       <c r="F124" s="27" t="s">
         <v>116</v>
       </c>
       <c r="G124" s="28" t="s">
         <v>116</v>
       </c>
       <c r="H124" s="27" t="s">
         <v>116</v>
       </c>
       <c r="I124" s="28" t="s">
@@ -12128,51 +12132,51 @@
       <c r="V124" s="27" t="s">
         <v>116</v>
       </c>
       <c r="W124" s="28" t="s">
         <v>116</v>
       </c>
       <c r="X124" s="27" t="s">
         <v>116</v>
       </c>
       <c r="Y124" s="28" t="s">
         <v>116</v>
       </c>
       <c r="Z124" s="27" t="s">
         <v>116</v>
       </c>
       <c r="AA124" s="28" t="s">
         <v>116</v>
       </c>
       <c r="AB124" s="27">
         <v>228630.76560743901</v>
       </c>
       <c r="AC124" s="28">
         <v>457.72111184755903</v>
       </c>
     </row>
-    <row r="125" spans="1:29">
+    <row r="125" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A125" s="6" t="s">
         <v>139</v>
       </c>
       <c r="B125" s="27" t="s">
         <v>116</v>
       </c>
       <c r="C125" s="28" t="s">
         <v>116</v>
       </c>
       <c r="D125" s="27" t="s">
         <v>116</v>
       </c>
       <c r="E125" s="28" t="s">
         <v>116</v>
       </c>
       <c r="F125" s="27" t="s">
         <v>116</v>
       </c>
       <c r="G125" s="28" t="s">
         <v>116</v>
       </c>
       <c r="H125" s="27" t="s">
         <v>116</v>
       </c>
       <c r="I125" s="28" t="s">
@@ -12217,51 +12221,51 @@
       <c r="V125" s="27" t="s">
         <v>116</v>
       </c>
       <c r="W125" s="28" t="s">
         <v>116</v>
       </c>
       <c r="X125" s="27" t="s">
         <v>116</v>
       </c>
       <c r="Y125" s="28" t="s">
         <v>116</v>
       </c>
       <c r="Z125" s="27" t="s">
         <v>116</v>
       </c>
       <c r="AA125" s="28" t="s">
         <v>116</v>
       </c>
       <c r="AB125" s="27">
         <v>239337.76755905</v>
       </c>
       <c r="AC125" s="28">
         <v>479.15663836046997</v>
       </c>
     </row>
-    <row r="126" spans="1:29">
+    <row r="126" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A126" s="6" t="s">
         <v>140</v>
       </c>
       <c r="B126" s="27" t="s">
         <v>116</v>
       </c>
       <c r="C126" s="28" t="s">
         <v>116</v>
       </c>
       <c r="D126" s="27" t="s">
         <v>116</v>
       </c>
       <c r="E126" s="28" t="s">
         <v>116</v>
       </c>
       <c r="F126" s="27" t="s">
         <v>116</v>
       </c>
       <c r="G126" s="28" t="s">
         <v>116</v>
       </c>
       <c r="H126" s="27" t="s">
         <v>116</v>
       </c>
       <c r="I126" s="28" t="s">
@@ -12306,51 +12310,51 @@
       <c r="V126" s="27" t="s">
         <v>116</v>
       </c>
       <c r="W126" s="28" t="s">
         <v>116</v>
       </c>
       <c r="X126" s="27" t="s">
         <v>116</v>
       </c>
       <c r="Y126" s="28" t="s">
         <v>116</v>
       </c>
       <c r="Z126" s="27" t="s">
         <v>116</v>
       </c>
       <c r="AA126" s="28" t="s">
         <v>116</v>
       </c>
       <c r="AB126" s="27">
         <v>244720.160455526</v>
       </c>
       <c r="AC126" s="28">
         <v>489.93224353517098</v>
       </c>
     </row>
-    <row r="127" spans="1:29">
+    <row r="127" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A127" s="6" t="s">
         <v>141</v>
       </c>
       <c r="B127" s="27" t="s">
         <v>116</v>
       </c>
       <c r="C127" s="28" t="s">
         <v>116</v>
       </c>
       <c r="D127" s="27" t="s">
         <v>116</v>
       </c>
       <c r="E127" s="28" t="s">
         <v>116</v>
       </c>
       <c r="F127" s="27" t="s">
         <v>116</v>
       </c>
       <c r="G127" s="28" t="s">
         <v>116</v>
       </c>
       <c r="H127" s="27" t="s">
         <v>116</v>
       </c>
       <c r="I127" s="28" t="s">
@@ -12395,51 +12399,51 @@
       <c r="V127" s="27" t="s">
         <v>116</v>
       </c>
       <c r="W127" s="28" t="s">
         <v>116</v>
       </c>
       <c r="X127" s="27" t="s">
         <v>116</v>
       </c>
       <c r="Y127" s="28" t="s">
         <v>116</v>
       </c>
       <c r="Z127" s="27" t="s">
         <v>116</v>
       </c>
       <c r="AA127" s="28" t="s">
         <v>116</v>
       </c>
       <c r="AB127" s="27">
         <v>249993.84039106799</v>
       </c>
       <c r="AC127" s="28">
         <v>500.4902042593593</v>
       </c>
     </row>
-    <row r="128" spans="1:29">
+    <row r="128" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A128" s="6" t="s">
         <v>142</v>
       </c>
       <c r="B128" s="27" t="s">
         <v>116</v>
       </c>
       <c r="C128" s="28" t="s">
         <v>116</v>
       </c>
       <c r="D128" s="27" t="s">
         <v>116</v>
       </c>
       <c r="E128" s="28" t="s">
         <v>116</v>
       </c>
       <c r="F128" s="27" t="s">
         <v>116</v>
       </c>
       <c r="G128" s="28" t="s">
         <v>116</v>
       </c>
       <c r="H128" s="27" t="s">
         <v>116</v>
       </c>
       <c r="I128" s="28" t="s">
@@ -12484,51 +12488,51 @@
       <c r="V128" s="27" t="s">
         <v>116</v>
       </c>
       <c r="W128" s="28" t="s">
         <v>116</v>
       </c>
       <c r="X128" s="27" t="s">
         <v>116</v>
       </c>
       <c r="Y128" s="28" t="s">
         <v>116</v>
       </c>
       <c r="Z128" s="27" t="s">
         <v>116</v>
       </c>
       <c r="AA128" s="28" t="s">
         <v>116</v>
       </c>
       <c r="AB128" s="27">
         <v>257989.772873126</v>
       </c>
       <c r="AC128" s="28">
         <v>516.49814219466634</v>
       </c>
     </row>
-    <row r="129" spans="1:29">
+    <row r="129" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A129" s="6" t="s">
         <v>143</v>
       </c>
       <c r="B129" s="27" t="s">
         <v>116</v>
       </c>
       <c r="C129" s="28" t="s">
         <v>116</v>
       </c>
       <c r="D129" s="27" t="s">
         <v>116</v>
       </c>
       <c r="E129" s="28" t="s">
         <v>116</v>
       </c>
       <c r="F129" s="27" t="s">
         <v>116</v>
       </c>
       <c r="G129" s="28" t="s">
         <v>116</v>
       </c>
       <c r="H129" s="27" t="s">
         <v>116</v>
       </c>
       <c r="I129" s="28" t="s">
@@ -12573,51 +12577,51 @@
       <c r="V129" s="27" t="s">
         <v>116</v>
       </c>
       <c r="W129" s="28" t="s">
         <v>116</v>
       </c>
       <c r="X129" s="27" t="s">
         <v>116</v>
       </c>
       <c r="Y129" s="28" t="s">
         <v>116</v>
       </c>
       <c r="Z129" s="27" t="s">
         <v>116</v>
       </c>
       <c r="AA129" s="28" t="s">
         <v>116</v>
       </c>
       <c r="AB129" s="27">
         <v>269291.31829168298</v>
       </c>
       <c r="AC129" s="28">
         <v>539.1239507591165</v>
       </c>
     </row>
-    <row r="130" spans="1:29">
+    <row r="130" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A130" s="6" t="s">
         <v>144</v>
       </c>
       <c r="B130" s="27" t="s">
         <v>116</v>
       </c>
       <c r="C130" s="28" t="s">
         <v>116</v>
       </c>
       <c r="D130" s="27" t="s">
         <v>116</v>
       </c>
       <c r="E130" s="28" t="s">
         <v>116</v>
       </c>
       <c r="F130" s="27" t="s">
         <v>116</v>
       </c>
       <c r="G130" s="28" t="s">
         <v>116</v>
       </c>
       <c r="H130" s="27" t="s">
         <v>116</v>
       </c>
       <c r="I130" s="28" t="s">
@@ -12662,51 +12666,51 @@
       <c r="V130" s="27" t="s">
         <v>116</v>
       </c>
       <c r="W130" s="28" t="s">
         <v>116</v>
       </c>
       <c r="X130" s="27" t="s">
         <v>116</v>
       </c>
       <c r="Y130" s="28" t="s">
         <v>116</v>
       </c>
       <c r="Z130" s="27" t="s">
         <v>116</v>
       </c>
       <c r="AA130" s="28" t="s">
         <v>116</v>
       </c>
       <c r="AB130" s="27">
         <v>271396.94914901699</v>
       </c>
       <c r="AC130" s="28">
         <v>543.33944509383036</v>
       </c>
     </row>
-    <row r="131" spans="1:29">
+    <row r="131" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A131" s="6" t="s">
         <v>145</v>
       </c>
       <c r="B131" s="27" t="s">
         <v>116</v>
       </c>
       <c r="C131" s="28" t="s">
         <v>116</v>
       </c>
       <c r="D131" s="27" t="s">
         <v>116</v>
       </c>
       <c r="E131" s="28" t="s">
         <v>116</v>
       </c>
       <c r="F131" s="27" t="s">
         <v>116</v>
       </c>
       <c r="G131" s="28" t="s">
         <v>116</v>
       </c>
       <c r="H131" s="27" t="s">
         <v>116</v>
       </c>
       <c r="I131" s="28" t="s">
@@ -12751,51 +12755,51 @@
       <c r="V131" s="27" t="s">
         <v>116</v>
       </c>
       <c r="W131" s="28" t="s">
         <v>116</v>
       </c>
       <c r="X131" s="27" t="s">
         <v>116</v>
       </c>
       <c r="Y131" s="28" t="s">
         <v>116</v>
       </c>
       <c r="Z131" s="27" t="s">
         <v>116</v>
       </c>
       <c r="AA131" s="28" t="s">
         <v>116</v>
       </c>
       <c r="AB131" s="27">
         <v>264427.91213083098</v>
       </c>
       <c r="AC131" s="28">
         <v>529.38736229344318</v>
       </c>
     </row>
-    <row r="132" spans="1:29">
+    <row r="132" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A132" s="6" t="s">
         <v>146</v>
       </c>
       <c r="B132" s="27" t="s">
         <v>116</v>
       </c>
       <c r="C132" s="28" t="s">
         <v>116</v>
       </c>
       <c r="D132" s="27" t="s">
         <v>116</v>
       </c>
       <c r="E132" s="28" t="s">
         <v>116</v>
       </c>
       <c r="F132" s="27" t="s">
         <v>116</v>
       </c>
       <c r="G132" s="28" t="s">
         <v>116</v>
       </c>
       <c r="H132" s="27" t="s">
         <v>116</v>
       </c>
       <c r="I132" s="28" t="s">
@@ -12840,51 +12844,51 @@
       <c r="V132" s="27" t="s">
         <v>116</v>
       </c>
       <c r="W132" s="28" t="s">
         <v>116</v>
       </c>
       <c r="X132" s="27" t="s">
         <v>116</v>
       </c>
       <c r="Y132" s="28" t="s">
         <v>116</v>
       </c>
       <c r="Z132" s="27" t="s">
         <v>116</v>
       </c>
       <c r="AA132" s="28" t="s">
         <v>116</v>
       </c>
       <c r="AB132" s="27">
         <v>257200.59580642899</v>
       </c>
       <c r="AC132" s="28">
         <v>514.91820170217204</v>
       </c>
     </row>
-    <row r="133" spans="1:29">
+    <row r="133" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A133" s="6" t="s">
         <v>147</v>
       </c>
       <c r="B133" s="27" t="s">
         <v>116</v>
       </c>
       <c r="C133" s="28" t="s">
         <v>116</v>
       </c>
       <c r="D133" s="27" t="s">
         <v>116</v>
       </c>
       <c r="E133" s="28" t="s">
         <v>116</v>
       </c>
       <c r="F133" s="27" t="s">
         <v>116</v>
       </c>
       <c r="G133" s="28" t="s">
         <v>116</v>
       </c>
       <c r="H133" s="27" t="s">
         <v>116</v>
       </c>
       <c r="I133" s="28" t="s">
@@ -12929,51 +12933,51 @@
       <c r="V133" s="27" t="s">
         <v>116</v>
       </c>
       <c r="W133" s="28" t="s">
         <v>116</v>
       </c>
       <c r="X133" s="27" t="s">
         <v>116</v>
       </c>
       <c r="Y133" s="28" t="s">
         <v>116</v>
       </c>
       <c r="Z133" s="27" t="s">
         <v>116</v>
       </c>
       <c r="AA133" s="28" t="s">
         <v>116</v>
       </c>
       <c r="AB133" s="27">
         <v>260899.194258987</v>
       </c>
       <c r="AC133" s="28">
         <v>522.3228333206888</v>
       </c>
     </row>
-    <row r="134" spans="1:29">
+    <row r="134" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A134" s="6" t="s">
         <v>148</v>
       </c>
       <c r="B134" s="27" t="s">
         <v>116</v>
       </c>
       <c r="C134" s="28" t="s">
         <v>116</v>
       </c>
       <c r="D134" s="27" t="s">
         <v>116</v>
       </c>
       <c r="E134" s="28" t="s">
         <v>116</v>
       </c>
       <c r="F134" s="27" t="s">
         <v>116</v>
       </c>
       <c r="G134" s="28" t="s">
         <v>116</v>
       </c>
       <c r="H134" s="27" t="s">
         <v>116</v>
       </c>
       <c r="I134" s="28" t="s">
@@ -13018,51 +13022,51 @@
       <c r="V134" s="27" t="s">
         <v>116</v>
       </c>
       <c r="W134" s="28" t="s">
         <v>116</v>
       </c>
       <c r="X134" s="27" t="s">
         <v>116</v>
       </c>
       <c r="Y134" s="28" t="s">
         <v>116</v>
       </c>
       <c r="Z134" s="27" t="s">
         <v>116</v>
       </c>
       <c r="AA134" s="28" t="s">
         <v>116</v>
       </c>
       <c r="AB134" s="27">
         <v>258838.790318816</v>
       </c>
       <c r="AC134" s="28">
         <v>518.19788373289157</v>
       </c>
     </row>
-    <row r="135" spans="1:29">
+    <row r="135" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A135" s="6" t="s">
         <v>149</v>
       </c>
       <c r="B135" s="27" t="s">
         <v>116</v>
       </c>
       <c r="C135" s="28" t="s">
         <v>116</v>
       </c>
       <c r="D135" s="27" t="s">
         <v>116</v>
       </c>
       <c r="E135" s="28" t="s">
         <v>116</v>
       </c>
       <c r="F135" s="27" t="s">
         <v>116</v>
       </c>
       <c r="G135" s="28" t="s">
         <v>116</v>
       </c>
       <c r="H135" s="27" t="s">
         <v>116</v>
       </c>
       <c r="I135" s="28" t="s">
@@ -13107,51 +13111,51 @@
       <c r="V135" s="27" t="s">
         <v>116</v>
       </c>
       <c r="W135" s="28" t="s">
         <v>116</v>
       </c>
       <c r="X135" s="27" t="s">
         <v>116</v>
       </c>
       <c r="Y135" s="28" t="s">
         <v>116</v>
       </c>
       <c r="Z135" s="27" t="s">
         <v>116</v>
       </c>
       <c r="AA135" s="28" t="s">
         <v>116</v>
       </c>
       <c r="AB135" s="27">
         <v>259599.50970095201</v>
       </c>
       <c r="AC135" s="28">
         <v>519.72085165223598</v>
       </c>
     </row>
-    <row r="136" spans="1:29">
+    <row r="136" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A136" s="6" t="s">
         <v>150</v>
       </c>
       <c r="B136" s="27" t="s">
         <v>116</v>
       </c>
       <c r="C136" s="28" t="s">
         <v>116</v>
       </c>
       <c r="D136" s="27" t="s">
         <v>116</v>
       </c>
       <c r="E136" s="28" t="s">
         <v>116</v>
       </c>
       <c r="F136" s="27" t="s">
         <v>116</v>
       </c>
       <c r="G136" s="28" t="s">
         <v>116</v>
       </c>
       <c r="H136" s="27" t="s">
         <v>116</v>
       </c>
       <c r="I136" s="28" t="s">
@@ -13196,51 +13200,51 @@
       <c r="V136" s="27" t="s">
         <v>116</v>
       </c>
       <c r="W136" s="28" t="s">
         <v>116</v>
       </c>
       <c r="X136" s="27" t="s">
         <v>116</v>
       </c>
       <c r="Y136" s="28" t="s">
         <v>116</v>
       </c>
       <c r="Z136" s="27" t="s">
         <v>116</v>
       </c>
       <c r="AA136" s="28" t="s">
         <v>116</v>
       </c>
       <c r="AB136" s="27">
         <v>260148.525560796</v>
       </c>
       <c r="AC136" s="28">
         <v>520.81998697255074</v>
       </c>
     </row>
-    <row r="137" spans="1:29">
+    <row r="137" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A137" s="6" t="s">
         <v>151</v>
       </c>
       <c r="B137" s="27" t="s">
         <v>116</v>
       </c>
       <c r="C137" s="28" t="s">
         <v>116</v>
       </c>
       <c r="D137" s="27" t="s">
         <v>116</v>
       </c>
       <c r="E137" s="28" t="s">
         <v>116</v>
       </c>
       <c r="F137" s="27" t="s">
         <v>116</v>
       </c>
       <c r="G137" s="28" t="s">
         <v>116</v>
       </c>
       <c r="H137" s="27" t="s">
         <v>116</v>
       </c>
       <c r="I137" s="28" t="s">
@@ -13285,51 +13289,51 @@
       <c r="V137" s="27" t="s">
         <v>116</v>
       </c>
       <c r="W137" s="28" t="s">
         <v>116</v>
       </c>
       <c r="X137" s="27" t="s">
         <v>116</v>
       </c>
       <c r="Y137" s="28" t="s">
         <v>116</v>
       </c>
       <c r="Z137" s="27" t="s">
         <v>116</v>
       </c>
       <c r="AA137" s="28" t="s">
         <v>116</v>
       </c>
       <c r="AB137" s="27">
         <v>265083.63976475201</v>
       </c>
       <c r="AC137" s="28">
         <v>530.70013566788418</v>
       </c>
     </row>
-    <row r="138" spans="1:29">
+    <row r="138" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A138" s="6" t="s">
         <v>152</v>
       </c>
       <c r="B138" s="27" t="s">
         <v>116</v>
       </c>
       <c r="C138" s="28" t="s">
         <v>116</v>
       </c>
       <c r="D138" s="27" t="s">
         <v>116</v>
       </c>
       <c r="E138" s="28" t="s">
         <v>116</v>
       </c>
       <c r="F138" s="27" t="s">
         <v>116</v>
       </c>
       <c r="G138" s="28" t="s">
         <v>116</v>
       </c>
       <c r="H138" s="27" t="s">
         <v>116</v>
       </c>
       <c r="I138" s="28" t="s">
@@ -13374,51 +13378,51 @@
       <c r="V138" s="27" t="s">
         <v>116</v>
       </c>
       <c r="W138" s="28" t="s">
         <v>116</v>
       </c>
       <c r="X138" s="27" t="s">
         <v>116</v>
       </c>
       <c r="Y138" s="28" t="s">
         <v>116</v>
       </c>
       <c r="Z138" s="27" t="s">
         <v>116</v>
       </c>
       <c r="AA138" s="28" t="s">
         <v>116</v>
       </c>
       <c r="AB138" s="27">
         <v>266196.60434725799</v>
       </c>
       <c r="AC138" s="28">
         <v>532.92830205134578</v>
       </c>
     </row>
-    <row r="139" spans="1:29">
+    <row r="139" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A139" s="6" t="s">
         <v>153</v>
       </c>
       <c r="B139" s="27" t="s">
         <v>116</v>
       </c>
       <c r="C139" s="28" t="s">
         <v>116</v>
       </c>
       <c r="D139" s="27" t="s">
         <v>116</v>
       </c>
       <c r="E139" s="28" t="s">
         <v>116</v>
       </c>
       <c r="F139" s="27" t="s">
         <v>116</v>
       </c>
       <c r="G139" s="28" t="s">
         <v>116</v>
       </c>
       <c r="H139" s="27" t="s">
         <v>116</v>
       </c>
       <c r="I139" s="28" t="s">
@@ -13463,51 +13467,51 @@
       <c r="V139" s="27" t="s">
         <v>116</v>
       </c>
       <c r="W139" s="28" t="s">
         <v>116</v>
       </c>
       <c r="X139" s="27" t="s">
         <v>116</v>
       </c>
       <c r="Y139" s="28" t="s">
         <v>116</v>
       </c>
       <c r="Z139" s="27" t="s">
         <v>116</v>
       </c>
       <c r="AA139" s="28" t="s">
         <v>116</v>
       </c>
       <c r="AB139" s="27">
         <v>268305.31095671101</v>
       </c>
       <c r="AC139" s="28">
         <v>537.14995407300069</v>
       </c>
     </row>
-    <row r="140" spans="1:29">
+    <row r="140" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A140" s="6" t="s">
         <v>154</v>
       </c>
       <c r="B140" s="27" t="s">
         <v>116</v>
       </c>
       <c r="C140" s="28" t="s">
         <v>116</v>
       </c>
       <c r="D140" s="27" t="s">
         <v>116</v>
       </c>
       <c r="E140" s="28" t="s">
         <v>116</v>
       </c>
       <c r="F140" s="27" t="s">
         <v>116</v>
       </c>
       <c r="G140" s="28" t="s">
         <v>116</v>
       </c>
       <c r="H140" s="27" t="s">
         <v>116</v>
       </c>
       <c r="I140" s="28" t="s">
@@ -13552,51 +13556,51 @@
       <c r="V140" s="27" t="s">
         <v>116</v>
       </c>
       <c r="W140" s="28" t="s">
         <v>116</v>
       </c>
       <c r="X140" s="27" t="s">
         <v>116</v>
       </c>
       <c r="Y140" s="28" t="s">
         <v>116</v>
       </c>
       <c r="Z140" s="27" t="s">
         <v>116</v>
       </c>
       <c r="AA140" s="28" t="s">
         <v>116</v>
       </c>
       <c r="AB140" s="27">
         <v>272532.34411251498</v>
       </c>
       <c r="AC140" s="28">
         <v>545.61251732755909</v>
       </c>
     </row>
-    <row r="141" spans="1:29">
+    <row r="141" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A141" s="6" t="s">
         <v>155</v>
       </c>
       <c r="B141" s="27" t="s">
         <v>116</v>
       </c>
       <c r="C141" s="28" t="s">
         <v>116</v>
       </c>
       <c r="D141" s="27" t="s">
         <v>116</v>
       </c>
       <c r="E141" s="28" t="s">
         <v>116</v>
       </c>
       <c r="F141" s="27" t="s">
         <v>116</v>
       </c>
       <c r="G141" s="28" t="s">
         <v>116</v>
       </c>
       <c r="H141" s="27" t="s">
         <v>116</v>
       </c>
       <c r="I141" s="28" t="s">
@@ -13641,51 +13645,51 @@
       <c r="V141" s="27" t="s">
         <v>116</v>
       </c>
       <c r="W141" s="28" t="s">
         <v>116</v>
       </c>
       <c r="X141" s="27" t="s">
         <v>116</v>
       </c>
       <c r="Y141" s="28" t="s">
         <v>116</v>
       </c>
       <c r="Z141" s="27" t="s">
         <v>116</v>
       </c>
       <c r="AA141" s="28" t="s">
         <v>116</v>
       </c>
       <c r="AB141" s="27">
         <v>273741.44867814798</v>
       </c>
       <c r="AC141" s="28">
         <v>548.03315693243076</v>
       </c>
     </row>
-    <row r="142" spans="1:29">
+    <row r="142" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A142" s="6" t="s">
         <v>156</v>
       </c>
       <c r="B142" s="27" t="s">
         <v>116</v>
       </c>
       <c r="C142" s="28" t="s">
         <v>116</v>
       </c>
       <c r="D142" s="27" t="s">
         <v>116</v>
       </c>
       <c r="E142" s="28" t="s">
         <v>116</v>
       </c>
       <c r="F142" s="27" t="s">
         <v>116</v>
       </c>
       <c r="G142" s="28" t="s">
         <v>116</v>
       </c>
       <c r="H142" s="27" t="s">
         <v>116</v>
       </c>
       <c r="I142" s="28" t="s">
@@ -13728,50 +13732,139 @@
         <v>116</v>
       </c>
       <c r="V142" s="27" t="s">
         <v>116</v>
       </c>
       <c r="W142" s="28" t="s">
         <v>116</v>
       </c>
       <c r="X142" s="27" t="s">
         <v>116</v>
       </c>
       <c r="Y142" s="28" t="s">
         <v>116</v>
       </c>
       <c r="Z142" s="27" t="s">
         <v>116</v>
       </c>
       <c r="AA142" s="28" t="s">
         <v>116</v>
       </c>
       <c r="AB142" s="27">
         <v>275374.55678502202</v>
       </c>
       <c r="AC142" s="28">
         <v>551.30265592771968</v>
+      </c>
+    </row>
+    <row r="143" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A143" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="B143" s="27" t="s">
+        <v>116</v>
+      </c>
+      <c r="C143" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="D143" s="27" t="s">
+        <v>116</v>
+      </c>
+      <c r="E143" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="F143" s="27" t="s">
+        <v>116</v>
+      </c>
+      <c r="G143" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H143" s="27" t="s">
+        <v>116</v>
+      </c>
+      <c r="I143" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="J143" s="27" t="s">
+        <v>116</v>
+      </c>
+      <c r="K143" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="L143" s="27" t="s">
+        <v>116</v>
+      </c>
+      <c r="M143" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="N143" s="27" t="s">
+        <v>116</v>
+      </c>
+      <c r="O143" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="P143" s="27" t="s">
+        <v>116</v>
+      </c>
+      <c r="Q143" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="R143" s="27" t="s">
+        <v>116</v>
+      </c>
+      <c r="S143" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="T143" s="27" t="s">
+        <v>116</v>
+      </c>
+      <c r="U143" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="V143" s="27" t="s">
+        <v>116</v>
+      </c>
+      <c r="W143" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="X143" s="27" t="s">
+        <v>116</v>
+      </c>
+      <c r="Y143" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="Z143" s="27" t="s">
+        <v>116</v>
+      </c>
+      <c r="AA143" s="28" t="s">
+        <v>116</v>
+      </c>
+      <c r="AB143" s="27">
+        <v>274833.51535798598</v>
+      </c>
+      <c r="AC143" s="28">
+        <v>550.21948550277455</v>
       </c>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.78740157480314965" bottom="0.78740157480314965" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="99" orientation="landscape" horizontalDpi="150" verticalDpi="150" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Tahoma,Bold"Semi-Detached Properties - Mix-adjusted regional and UK indices</oddHeader>
     <oddFooter>&amp;C&amp;"Tahoma,Regular"&amp;P&amp;R&amp;"Tahoma,Regular"Nationwide Building Society&amp;L&amp;"Calibri"&amp;11&amp;K000000&amp;"Tahoma,Regular"www.nationwide.co.uk/hpi_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;KFF0000NBS Secret</oddFooter>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="39" max="28" man="1"/>
     <brk id="75" max="28" man="1"/>
   </rowBreaks>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="15" max="90" man="1"/>
   </colBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -13800,47 +13893,47 @@
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Nationwide Building Society - Quarterly Semi-Detached House Price Series</dc:title>
   <dc:creator>Andrew Harvey</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_SetDate">
-    <vt:lpwstr>2025-09-29T08:54:54Z</vt:lpwstr>
+    <vt:lpwstr>2025-12-31T09:29:04Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Name">
     <vt:lpwstr>NBS Public - No Visible Label</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_SiteId">
     <vt:lpwstr>18ed93f5-e470-4996-b0ef-9554af985d50</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_ActionId">
-    <vt:lpwstr>ef7dfce6-fc46-402c-aea1-c40d2d111528</vt:lpwstr>
+    <vt:lpwstr>6d3124bb-4eb4-4c0d-a888-917e62440a8a</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>