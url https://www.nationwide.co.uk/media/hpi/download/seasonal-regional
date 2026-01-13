--- v0 (2025-10-02)
+++ v1 (2026-01-13)
@@ -1,88 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\HPD\Press\Embargo\Internet HP Files\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{33B33EBD-4AEA-4FF3-A182-C612785CE2D4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{89441B96-6F51-4D48-BC64-2227BBCC2305}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{D6699E50-21AB-40A8-85A3-56F7A62F08D2}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{309C05AE-064C-47BB-A217-03DCA8F9496B}"/>
   </bookViews>
   <sheets>
     <sheet name="Seasonal" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Seasonal!$B$1:$AC$160</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Seasonal!$A:$A,Seasonal!$1:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="239" uniqueCount="225">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="240" uniqueCount="226">
   <si>
     <t>Seasonally Adjusted Index</t>
   </si>
   <si>
     <t>Quarter on Quarter Change - Seasonally Adjusted</t>
   </si>
   <si>
     <t>Q1 1993 = 100</t>
   </si>
   <si>
     <t>NORTH</t>
   </si>
   <si>
     <t>YORKS &amp; HSIDE</t>
   </si>
   <si>
     <t>NORTH WEST</t>
   </si>
   <si>
     <t>EAST MIDS</t>
   </si>
   <si>
     <t>WEST MIDS</t>
   </si>
   <si>
@@ -713,75 +713,79 @@
     <t>Q3 2023</t>
   </si>
   <si>
     <t>Q4 2023</t>
   </si>
   <si>
     <t>Q1 2024</t>
   </si>
   <si>
     <t>Q2 2024</t>
   </si>
   <si>
     <t>Q3 2024</t>
   </si>
   <si>
     <t>Q4 2024</t>
   </si>
   <si>
     <t>Q1 2025</t>
   </si>
   <si>
     <t>Q2 2025</t>
   </si>
   <si>
     <t>Q3 2025</t>
+  </si>
+  <si>
+    <t>Q4 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="0.0%"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
-    </font>
-[...3 lines deleted...]
-      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
@@ -1048,112 +1052,112 @@
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="54">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="1" fontId="1" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="1" fontId="2" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="1" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="2" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="1" fontId="1" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="2" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="1" fontId="1" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="2" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="9" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="9" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="2" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="9" fontId="3" fillId="2" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="4" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="4" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="4" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
@@ -1600,52 +1604,52 @@
         <a:extLst>
           <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
             <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:effectLst>
                 <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                   <a:srgbClr val="808080"/>
                 </a:outerShdw>
               </a:effectLst>
             </a14:hiddenEffects>
           </a:ext>
         </a:extLst>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ABDB1B3E-C00D-4C2E-9786-F7BA80BA5D96}">
-  <dimension ref="A1:AD211"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C8C8C08F-0218-4F1C-8E8D-E79C345D7EA8}">
+  <dimension ref="A1:AD212"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="1" ySplit="3" topLeftCell="B4" activePane="bottomRight" state="frozen"/>
       <selection activeCell="G32" sqref="G32"/>
       <selection pane="topRight" activeCell="G32" sqref="G32"/>
       <selection pane="bottomLeft" activeCell="G32" sqref="G32"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="9" style="1" customWidth="1"/>
     <col min="2" max="15" width="8" style="53" customWidth="1"/>
     <col min="16" max="29" width="9.109375" style="53"/>
     <col min="30" max="16384" width="9.109375" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:29" x14ac:dyDescent="0.3">
       <c r="B1" s="13" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="14"/>
       <c r="D1" s="14"/>
       <c r="E1" s="14"/>
       <c r="F1" s="14"/>
@@ -1666,52 +1670,56 @@
       <c r="S1" s="17"/>
       <c r="T1" s="17"/>
       <c r="U1" s="17"/>
       <c r="V1" s="17"/>
       <c r="W1" s="17"/>
       <c r="X1" s="17"/>
       <c r="Y1" s="17"/>
       <c r="Z1" s="17"/>
       <c r="AA1" s="17"/>
       <c r="AB1" s="17"/>
       <c r="AC1" s="18"/>
     </row>
     <row r="2" spans="1:29" x14ac:dyDescent="0.3">
       <c r="B2" s="19"/>
       <c r="C2" s="20"/>
       <c r="D2" s="20"/>
       <c r="E2" s="20"/>
       <c r="F2" s="20"/>
       <c r="G2" s="20"/>
       <c r="H2" s="20"/>
       <c r="I2" s="20"/>
       <c r="J2" s="20"/>
       <c r="K2" s="20"/>
       <c r="L2" s="20"/>
       <c r="M2" s="21"/>
-      <c r="N2" s="20"/>
-      <c r="O2" s="22"/>
+      <c r="N2" s="22">
+        <v>-4.5040314314494623E-2</v>
+      </c>
+      <c r="O2" s="22">
+        <v>0.48596847282147349</v>
+      </c>
       <c r="P2" s="23"/>
       <c r="Q2" s="24"/>
       <c r="R2" s="24"/>
       <c r="S2" s="24"/>
       <c r="T2" s="24"/>
       <c r="U2" s="24"/>
       <c r="V2" s="24"/>
       <c r="W2" s="24"/>
       <c r="X2" s="24"/>
       <c r="Y2" s="24"/>
       <c r="Z2" s="24"/>
       <c r="AA2" s="24"/>
       <c r="AB2" s="24"/>
       <c r="AC2" s="25"/>
     </row>
     <row r="3" spans="1:29" s="4" customFormat="1" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="26" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="27" t="s">
         <v>4</v>
       </c>
@@ -9879,93 +9887,93 @@
       </c>
       <c r="Y93" s="32">
         <v>1.9059369969254059E-2</v>
       </c>
       <c r="Z93" s="32">
         <v>-3.559332753268285E-2</v>
       </c>
       <c r="AA93" s="32">
         <v>2.2687554006709298E-2</v>
       </c>
       <c r="AB93" s="32">
         <v>5.5329265315084974E-3</v>
       </c>
       <c r="AC93" s="34">
         <v>1.532057667924569E-2</v>
       </c>
       <c r="AD93" s="8">
         <v>-4.6603417596283059E-2</v>
       </c>
     </row>
     <row r="94" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A94" s="6" t="s">
         <v>107</v>
       </c>
       <c r="B94" s="29">
-        <v>97.501346086621894</v>
+        <v>97.501346086621993</v>
       </c>
       <c r="C94" s="30">
         <v>98.334969596169003</v>
       </c>
       <c r="D94" s="30">
         <v>98.473934386745199</v>
       </c>
       <c r="E94" s="30">
         <v>106.627118039924</v>
       </c>
       <c r="F94" s="30">
         <v>102.406535566279</v>
       </c>
       <c r="G94" s="30">
         <v>108.104003869487</v>
       </c>
       <c r="H94" s="30">
         <v>113.22987583410701</v>
       </c>
       <c r="I94" s="30">
         <v>104.243339400656</v>
       </c>
       <c r="J94" s="30">
         <v>112.479040135529</v>
       </c>
       <c r="K94" s="30">
         <v>105.742537622165</v>
       </c>
       <c r="L94" s="30">
         <v>97.358135100437295</v>
       </c>
       <c r="M94" s="30">
         <v>101.786230645099</v>
       </c>
       <c r="N94" s="30">
         <v>127.91611296807601</v>
       </c>
       <c r="O94" s="30">
         <v>105.169011678205</v>
       </c>
       <c r="P94" s="31">
-        <v>1.8691470876006644E-2</v>
+        <v>1.8691470876007754E-2</v>
       </c>
       <c r="Q94" s="32">
         <v>2.2165857190652005E-2</v>
       </c>
       <c r="R94" s="32">
         <v>2.5059724346581991E-2</v>
       </c>
       <c r="S94" s="32">
         <v>1.9731661250243837E-2</v>
       </c>
       <c r="T94" s="32">
         <v>-2.0090493524183461E-2</v>
       </c>
       <c r="U94" s="32">
         <v>2.8530960663559313E-2</v>
       </c>
       <c r="V94" s="33">
         <v>2.0477350365362357E-2</v>
       </c>
       <c r="W94" s="32">
         <v>1.3677237409349452E-2</v>
       </c>
       <c r="X94" s="32">
         <v>5.7078289090441103E-2</v>
       </c>
@@ -10013,51 +10021,51 @@
       <c r="H95" s="30">
         <v>115.088116751859</v>
       </c>
       <c r="I95" s="30">
         <v>107.57247527016401</v>
       </c>
       <c r="J95" s="30">
         <v>115.786036794075</v>
       </c>
       <c r="K95" s="30">
         <v>109.19137349283599</v>
       </c>
       <c r="L95" s="30">
         <v>100.44872406648101</v>
       </c>
       <c r="M95" s="30">
         <v>100.160230773843</v>
       </c>
       <c r="N95" s="30">
         <v>132.890057648902</v>
       </c>
       <c r="O95" s="30">
         <v>107.066669391449</v>
       </c>
       <c r="P95" s="31">
-        <v>-8.6455047086878567E-3</v>
+        <v>-8.6455047086888559E-3</v>
       </c>
       <c r="Q95" s="32">
         <v>1.626916262349698E-2</v>
       </c>
       <c r="R95" s="32">
         <v>6.4289209038539408E-3</v>
       </c>
       <c r="S95" s="32">
         <v>5.5934263083494695E-3</v>
       </c>
       <c r="T95" s="32">
         <v>4.5637777554765391E-2</v>
       </c>
       <c r="U95" s="32">
         <v>3.4840715189117244E-3</v>
       </c>
       <c r="V95" s="33">
         <v>1.6411224547084213E-2</v>
       </c>
       <c r="W95" s="32">
         <v>3.1936197445791459E-2</v>
       </c>
       <c r="X95" s="32">
         <v>2.940100355196229E-2</v>
       </c>
@@ -10363,93 +10371,93 @@
       <c r="B99" s="29">
         <v>103.256836198242</v>
       </c>
       <c r="C99" s="30">
         <v>107.799152812206</v>
       </c>
       <c r="D99" s="30">
         <v>106.324902715181</v>
       </c>
       <c r="E99" s="30">
         <v>120.37611791929901</v>
       </c>
       <c r="F99" s="30">
         <v>115.60829233795999</v>
       </c>
       <c r="G99" s="30">
         <v>122.510662157173</v>
       </c>
       <c r="H99" s="30">
         <v>129.48109497109101</v>
       </c>
       <c r="I99" s="30">
         <v>128.13251472597699</v>
       </c>
       <c r="J99" s="30">
-        <v>142.29096604384699</v>
+        <v>142.290966043846</v>
       </c>
       <c r="K99" s="30">
         <v>117.85594653711701</v>
       </c>
       <c r="L99" s="30">
         <v>105.253903297934</v>
       </c>
       <c r="M99" s="30">
         <v>107.93144383771499</v>
       </c>
       <c r="N99" s="30">
         <v>149.57694284973499</v>
       </c>
       <c r="O99" s="30">
         <v>120.409494679215</v>
       </c>
       <c r="P99" s="31">
         <v>4.6953880341133791E-2</v>
       </c>
       <c r="Q99" s="32">
         <v>2.76794101455069E-2</v>
       </c>
       <c r="R99" s="32">
         <v>2.2738709840224969E-2</v>
       </c>
       <c r="S99" s="32">
         <v>7.9795280330909657E-2</v>
       </c>
       <c r="T99" s="32">
         <v>1.4600178293645349E-2</v>
       </c>
       <c r="U99" s="32">
         <v>5.1520253156748907E-2</v>
       </c>
       <c r="V99" s="33">
         <v>4.1668726941759493E-2</v>
       </c>
       <c r="W99" s="32">
         <v>5.6938165545542097E-2</v>
       </c>
       <c r="X99" s="32">
-        <v>7.6337704098822456E-2</v>
+        <v>7.6337704098814907E-2</v>
       </c>
       <c r="Y99" s="32">
         <v>2.1642343967703148E-2</v>
       </c>
       <c r="Z99" s="32">
         <v>1.1337821375078772E-2</v>
       </c>
       <c r="AA99" s="32">
         <v>3.8279208754773641E-2</v>
       </c>
       <c r="AB99" s="32">
         <v>3.9431751714768204E-2</v>
       </c>
       <c r="AC99" s="34">
         <v>3.9225557068132355E-2</v>
       </c>
       <c r="AD99" s="8">
         <v>1.1337821375078772E-2</v>
       </c>
     </row>
     <row r="100" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A100" s="9" t="s">
         <v>113</v>
       </c>
       <c r="B100" s="35">
@@ -10497,122 +10505,122 @@
       <c r="P100" s="37">
         <v>5.8426448282973276E-3</v>
       </c>
       <c r="Q100" s="38">
         <v>1.0478402567632106E-2</v>
       </c>
       <c r="R100" s="38">
         <v>1.9413419107481511E-2</v>
       </c>
       <c r="S100" s="38">
         <v>-5.4394716579244662E-3</v>
       </c>
       <c r="T100" s="38">
         <v>1.3557249402648353E-2</v>
       </c>
       <c r="U100" s="38">
         <v>2.1737416960700529E-2</v>
       </c>
       <c r="V100" s="39">
         <v>1.7507798038509881E-2</v>
       </c>
       <c r="W100" s="38">
         <v>4.5882453212565455E-2</v>
       </c>
       <c r="X100" s="38">
-        <v>-7.076428482077346E-3</v>
+        <v>-7.0764284820704626E-3</v>
       </c>
       <c r="Y100" s="38">
         <v>2.8579162933303648E-2</v>
       </c>
       <c r="Z100" s="38">
         <v>5.3889860969758008E-3</v>
       </c>
       <c r="AA100" s="38">
         <v>1.4892676247969527E-2</v>
       </c>
       <c r="AB100" s="38">
         <v>2.1667342308987037E-2</v>
       </c>
       <c r="AC100" s="40">
         <v>2.795693579014813E-2</v>
       </c>
       <c r="AD100" s="8">
-        <v>-7.076428482077346E-3</v>
+        <v>-7.0764284820704626E-3</v>
       </c>
     </row>
     <row r="101" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A101" s="10" t="s">
         <v>114</v>
       </c>
       <c r="B101" s="41">
-        <v>104.80204847486</v>
+        <v>104.802048474861</v>
       </c>
       <c r="C101" s="42">
-        <v>111.027749948425</v>
+        <v>111.027749948424</v>
       </c>
       <c r="D101" s="42">
         <v>109.393675561528</v>
       </c>
       <c r="E101" s="42">
         <v>121.584774630247</v>
       </c>
       <c r="F101" s="42">
         <v>119.85415999741301</v>
       </c>
       <c r="G101" s="42">
         <v>125.326378264727</v>
       </c>
       <c r="H101" s="42">
         <v>135.39236341408699</v>
       </c>
       <c r="I101" s="42">
         <v>139.55217129028401</v>
       </c>
       <c r="J101" s="42">
         <v>147.835264420459</v>
       </c>
       <c r="K101" s="42">
         <v>123.69616513390601</v>
       </c>
       <c r="L101" s="42">
         <v>106.802098951646</v>
       </c>
       <c r="M101" s="42">
         <v>110.748650906126</v>
       </c>
       <c r="N101" s="42">
         <v>157.15028415018</v>
       </c>
       <c r="O101" s="42">
         <v>126.567499642687</v>
       </c>
       <c r="P101" s="43">
-        <v>9.0691130822564414E-3</v>
+        <v>9.0691130822659893E-3</v>
       </c>
       <c r="Q101" s="44">
-        <v>1.9269796788669913E-2</v>
+        <v>1.9269796788660809E-2</v>
       </c>
       <c r="R101" s="44">
         <v>9.268861656516636E-3</v>
       </c>
       <c r="S101" s="44">
         <v>1.5564804601035043E-2</v>
       </c>
       <c r="T101" s="44">
         <v>2.2859167661595237E-2</v>
       </c>
       <c r="U101" s="44">
         <v>1.2195111958204219E-3</v>
       </c>
       <c r="V101" s="45">
         <v>2.7661436402976358E-2</v>
       </c>
       <c r="W101" s="44">
         <v>4.1344365470217248E-2</v>
       </c>
       <c r="X101" s="44">
         <v>4.6369070158759129E-2</v>
       </c>
       <c r="Y101" s="44">
         <v>2.0391925809854827E-2</v>
       </c>
@@ -10639,10001 +10647,10090 @@
       <c r="B102" s="29">
         <v>106.75040397921001</v>
       </c>
       <c r="C102" s="30">
         <v>109.38415502487</v>
       </c>
       <c r="D102" s="30">
         <v>110.55875932176799</v>
       </c>
       <c r="E102" s="30">
         <v>123.39106985486799</v>
       </c>
       <c r="F102" s="30">
         <v>119.372321415204</v>
       </c>
       <c r="G102" s="30">
         <v>129.37135565559799</v>
       </c>
       <c r="H102" s="30">
         <v>137.87405677158901</v>
       </c>
       <c r="I102" s="30">
         <v>143.04565341060101</v>
       </c>
       <c r="J102" s="30">
-        <v>152.791473430699</v>
+        <v>152.79147343069801</v>
       </c>
       <c r="K102" s="30">
         <v>126.40889683899</v>
       </c>
       <c r="L102" s="30">
         <v>106.512472460975</v>
       </c>
       <c r="M102" s="30">
         <v>111.842430905358</v>
       </c>
       <c r="N102" s="30">
         <v>161.759778838861</v>
       </c>
       <c r="O102" s="30">
         <v>129.39137213363301</v>
       </c>
       <c r="P102" s="31">
-        <v>1.8590815090960611E-2</v>
+        <v>1.8590815090950841E-2</v>
       </c>
       <c r="Q102" s="32">
-        <v>-1.4803460615192998E-2</v>
+        <v>-1.4803460615184116E-2</v>
       </c>
       <c r="R102" s="32">
         <v>1.065037584905637E-2</v>
       </c>
       <c r="S102" s="32">
         <v>1.4856261650475044E-2</v>
       </c>
       <c r="T102" s="32">
         <v>-4.0202074105680774E-3</v>
       </c>
       <c r="U102" s="32">
         <v>3.22755468312248E-2</v>
       </c>
       <c r="V102" s="33">
         <v>1.8329640571469685E-2</v>
       </c>
       <c r="W102" s="32">
         <v>2.5033520353117122E-2</v>
       </c>
       <c r="X102" s="32">
-        <v>3.3525214905044676E-2</v>
+        <v>3.3525214905038014E-2</v>
       </c>
       <c r="Y102" s="32">
         <v>2.1930604737401271E-2</v>
       </c>
       <c r="Z102" s="32">
         <v>-2.7118052314882846E-3</v>
       </c>
       <c r="AA102" s="32">
         <v>9.8762376812979724E-3</v>
       </c>
       <c r="AB102" s="32">
         <v>2.9331761718457638E-2</v>
       </c>
       <c r="AC102" s="34">
         <v>2.2311197573769759E-2</v>
       </c>
       <c r="AD102" s="8">
-        <v>-1.4803460615192998E-2</v>
+        <v>-1.4803460615184116E-2</v>
       </c>
     </row>
     <row r="103" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A103" s="11" t="s">
         <v>116</v>
       </c>
       <c r="B103" s="29">
         <v>107.53297284637</v>
       </c>
       <c r="C103" s="30">
-        <v>109.49941555473001</v>
+        <v>109.499415554732</v>
       </c>
       <c r="D103" s="30">
         <v>111.44367785826201</v>
       </c>
       <c r="E103" s="30">
         <v>124.71560566575501</v>
       </c>
       <c r="F103" s="30">
         <v>121.332691550577</v>
       </c>
       <c r="G103" s="30">
         <v>132.90987256006099</v>
       </c>
       <c r="H103" s="30">
         <v>139.51793057643701</v>
       </c>
       <c r="I103" s="30">
         <v>146.68789691600099</v>
       </c>
       <c r="J103" s="30">
-        <v>158.38142322702001</v>
+        <v>158.381423227021</v>
       </c>
       <c r="K103" s="30">
         <v>130.01177545741501</v>
       </c>
       <c r="L103" s="30">
         <v>110.990544489351</v>
       </c>
       <c r="M103" s="30">
         <v>116.439991659071</v>
       </c>
       <c r="N103" s="30">
         <v>157.788854250535</v>
       </c>
       <c r="O103" s="30">
         <v>131.452977640049</v>
       </c>
       <c r="P103" s="31">
         <v>7.3308281560451327E-3</v>
       </c>
       <c r="Q103" s="32">
-        <v>1.0537223589084377E-3</v>
+        <v>1.0537223589266453E-3</v>
       </c>
       <c r="R103" s="32">
         <v>8.0040563219287986E-3</v>
       </c>
       <c r="S103" s="32">
         <v>1.0734454385110004E-2</v>
       </c>
       <c r="T103" s="32">
         <v>1.6422317268627085E-2</v>
       </c>
       <c r="U103" s="32">
         <v>2.7351625763920584E-2</v>
       </c>
       <c r="V103" s="33">
         <v>1.1923010342484774E-2</v>
       </c>
       <c r="W103" s="32">
         <v>2.5462105408720292E-2</v>
       </c>
       <c r="X103" s="32">
-        <v>3.6585482624175381E-2</v>
+        <v>3.6585482624188703E-2</v>
       </c>
       <c r="Y103" s="32">
         <v>2.8501780400900678E-2</v>
       </c>
       <c r="Z103" s="32">
         <v>4.2042700961774315E-2</v>
       </c>
       <c r="AA103" s="32">
         <v>4.1107482343650803E-2</v>
       </c>
       <c r="AB103" s="32">
         <v>-2.4548281512437597E-2</v>
       </c>
       <c r="AC103" s="34">
         <v>1.5933098725367856E-2</v>
       </c>
       <c r="AD103" s="8">
         <v>-2.4548281512437597E-2</v>
       </c>
     </row>
     <row r="104" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A104" s="9" t="s">
         <v>117</v>
       </c>
       <c r="B104" s="35">
-        <v>106.134307478515</v>
+        <v>106.134307478514</v>
       </c>
       <c r="C104" s="36">
-        <v>108.035566413146</v>
+        <v>108.03556641314501</v>
       </c>
       <c r="D104" s="36">
         <v>111.407475574339</v>
       </c>
       <c r="E104" s="36">
         <v>124.89551116624</v>
       </c>
       <c r="F104" s="36">
         <v>123.520342816717</v>
       </c>
       <c r="G104" s="36">
         <v>132.320541909642</v>
       </c>
       <c r="H104" s="36">
         <v>143.135224480403</v>
       </c>
       <c r="I104" s="36">
         <v>149.42767258490201</v>
       </c>
       <c r="J104" s="36">
-        <v>161.32265740154699</v>
+        <v>161.322657401545</v>
       </c>
       <c r="K104" s="36">
         <v>131.32165865836299</v>
       </c>
       <c r="L104" s="36">
         <v>110.487453186857</v>
       </c>
       <c r="M104" s="36">
         <v>113.017696246756</v>
       </c>
       <c r="N104" s="36">
-        <v>169.666332636931</v>
+        <v>169.66633263693001</v>
       </c>
       <c r="O104" s="36">
         <v>132.90685323482501</v>
       </c>
       <c r="P104" s="37">
-        <v>-1.3006851115827001E-2</v>
+        <v>-1.3006851115836215E-2</v>
       </c>
       <c r="Q104" s="38">
-        <v>-1.3368556664600129E-2</v>
+        <v>-1.3368556664627107E-2</v>
       </c>
       <c r="R104" s="38">
         <v>-3.2484825176937182E-4</v>
       </c>
       <c r="S104" s="38">
         <v>1.4425259735910689E-3</v>
       </c>
       <c r="T104" s="38">
         <v>1.8030188222010191E-2</v>
       </c>
       <c r="U104" s="38">
         <v>-4.4340622639049698E-3</v>
       </c>
       <c r="V104" s="39">
         <v>2.5927089722594499E-2</v>
       </c>
       <c r="W104" s="38">
         <v>1.8677585039411415E-2</v>
       </c>
       <c r="X104" s="38">
-        <v>1.8570575479114781E-2</v>
+        <v>1.8570575479095686E-2</v>
       </c>
       <c r="Y104" s="38">
         <v>1.0075112014580778E-2</v>
       </c>
       <c r="Z104" s="38">
         <v>-4.5327401970017833E-3</v>
       </c>
       <c r="AA104" s="38">
         <v>-2.9391065419647755E-2</v>
       </c>
       <c r="AB104" s="38">
-        <v>7.5274508093817083E-2</v>
+        <v>7.5274508093810644E-2</v>
       </c>
       <c r="AC104" s="40">
         <v>1.1060043073022552E-2</v>
       </c>
       <c r="AD104" s="8">
         <v>-2.9391065419647755E-2</v>
       </c>
     </row>
     <row r="105" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A105" s="11" t="s">
         <v>118</v>
       </c>
       <c r="B105" s="41">
-        <v>107.505506222645</v>
+        <v>107.50550622264601</v>
       </c>
       <c r="C105" s="42">
-        <v>111.975930435923</v>
+        <v>111.97593043592001</v>
       </c>
       <c r="D105" s="42">
         <v>114.606109354084</v>
       </c>
       <c r="E105" s="42">
         <v>128.478655939151</v>
       </c>
       <c r="F105" s="42">
         <v>125.124180965311</v>
       </c>
       <c r="G105" s="42">
         <v>135.54247517981599</v>
       </c>
       <c r="H105" s="42">
         <v>145.868549921946</v>
       </c>
       <c r="I105" s="42">
         <v>151.42199977846801</v>
       </c>
       <c r="J105" s="42">
-        <v>167.65909268919901</v>
+        <v>167.659092689201</v>
       </c>
       <c r="K105" s="42">
         <v>133.23937067507001</v>
       </c>
       <c r="L105" s="42">
         <v>112.52168593455499</v>
       </c>
       <c r="M105" s="42">
         <v>116.02186808112801</v>
       </c>
       <c r="N105" s="42">
         <v>173.51249760693099</v>
       </c>
       <c r="O105" s="42">
         <v>135.717146768784</v>
       </c>
       <c r="P105" s="43">
-        <v>1.2919467575624122E-2</v>
+        <v>1.2919467575643218E-2</v>
       </c>
       <c r="Q105" s="44">
-        <v>3.6472840876386803E-2</v>
+        <v>3.6472840876368595E-2</v>
       </c>
       <c r="R105" s="44">
         <v>2.871112340760873E-2</v>
       </c>
       <c r="S105" s="44">
         <v>2.8689139741313152E-2</v>
       </c>
       <c r="T105" s="44">
         <v>1.2984404932989912E-2</v>
       </c>
       <c r="U105" s="44">
         <v>2.4349456431142391E-2</v>
       </c>
       <c r="V105" s="45">
         <v>1.9096106157413528E-2</v>
       </c>
       <c r="W105" s="44">
         <v>1.3346438173510666E-2</v>
       </c>
       <c r="X105" s="44">
-        <v>3.9278024486542273E-2</v>
+        <v>3.9278024486567364E-2</v>
       </c>
       <c r="Y105" s="44">
         <v>1.460316627355418E-2</v>
       </c>
       <c r="Z105" s="44">
         <v>1.8411436674693693E-2</v>
       </c>
       <c r="AA105" s="44">
         <v>2.658142869779323E-2</v>
       </c>
       <c r="AB105" s="44">
-        <v>2.2668993372011004E-2</v>
+        <v>2.2668993372016999E-2</v>
       </c>
       <c r="AC105" s="46">
         <v>2.114483539079548E-2</v>
       </c>
       <c r="AD105" s="8">
-        <v>1.2919467575624122E-2</v>
+        <v>1.2919467575643218E-2</v>
       </c>
     </row>
     <row r="106" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A106" s="11" t="s">
         <v>119</v>
       </c>
       <c r="B106" s="29">
         <v>108.596042852344</v>
       </c>
       <c r="C106" s="30">
-        <v>113.062928980179</v>
+        <v>113.06292898018199</v>
       </c>
       <c r="D106" s="30">
         <v>116.25640400743301</v>
       </c>
       <c r="E106" s="30">
         <v>131.49573315174899</v>
       </c>
       <c r="F106" s="30">
         <v>127.85527073717</v>
       </c>
       <c r="G106" s="30">
         <v>134.20940205109699</v>
       </c>
       <c r="H106" s="30">
         <v>147.2272780854</v>
       </c>
       <c r="I106" s="30">
         <v>155.54178383822401</v>
       </c>
       <c r="J106" s="30">
         <v>172.27751611328301</v>
       </c>
       <c r="K106" s="30">
         <v>138.447321986183</v>
       </c>
       <c r="L106" s="30">
         <v>114.063271264935</v>
       </c>
       <c r="M106" s="30">
         <v>117.12175691414799</v>
       </c>
       <c r="N106" s="30">
         <v>172.81222106704101</v>
       </c>
       <c r="O106" s="30">
         <v>138.881290029821</v>
       </c>
       <c r="P106" s="31">
-        <v>1.0144007204993644E-2</v>
+        <v>1.0144007204984096E-2</v>
       </c>
       <c r="Q106" s="32">
-        <v>9.7074303381476934E-3</v>
+        <v>9.7074303382014282E-3</v>
       </c>
       <c r="R106" s="32">
         <v>1.4399709253285042E-2</v>
       </c>
       <c r="S106" s="32">
         <v>2.3483100679593916E-2</v>
       </c>
       <c r="T106" s="32">
         <v>2.1827034157499536E-2</v>
       </c>
       <c r="U106" s="32">
         <v>-9.8350950648532498E-3</v>
       </c>
       <c r="V106" s="33">
         <v>9.3147437482654638E-3</v>
       </c>
       <c r="W106" s="32">
         <v>2.7207301883367618E-2</v>
       </c>
       <c r="X106" s="32">
-        <v>2.7546513284820717E-2</v>
+        <v>2.7546513284808505E-2</v>
       </c>
       <c r="Y106" s="32">
         <v>3.9087180348619244E-2</v>
       </c>
       <c r="Z106" s="32">
         <v>1.3700339784071591E-2</v>
       </c>
       <c r="AA106" s="32">
         <v>9.4800131321011172E-3</v>
       </c>
       <c r="AB106" s="32">
         <v>-4.0358853082523849E-3</v>
       </c>
       <c r="AC106" s="34">
         <v>2.3314248319909137E-2</v>
       </c>
       <c r="AD106" s="8">
         <v>-9.8350950648532498E-3</v>
       </c>
     </row>
     <row r="107" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A107" s="11" t="s">
         <v>120</v>
       </c>
       <c r="B107" s="29">
         <v>111.153120141146</v>
       </c>
       <c r="C107" s="30">
-        <v>115.321286553782</v>
+        <v>115.321286553791</v>
       </c>
       <c r="D107" s="30">
         <v>118.229327657144</v>
       </c>
       <c r="E107" s="30">
         <v>134.723759898721</v>
       </c>
       <c r="F107" s="30">
         <v>130.46626050760401</v>
       </c>
       <c r="G107" s="30">
         <v>140.53787650546701</v>
       </c>
       <c r="H107" s="30">
         <v>156.222201525325</v>
       </c>
       <c r="I107" s="30">
         <v>162.084212711454</v>
       </c>
       <c r="J107" s="30">
-        <v>182.176028305165</v>
+        <v>182.176028305166</v>
       </c>
       <c r="K107" s="30">
         <v>142.63521693177901</v>
       </c>
       <c r="L107" s="30">
         <v>114.396725789237</v>
       </c>
       <c r="M107" s="30">
         <v>117.175474858149</v>
       </c>
       <c r="N107" s="30">
-        <v>185.17275883010001</v>
+        <v>185.17275883009901</v>
       </c>
       <c r="O107" s="30">
         <v>143.24057091977201</v>
       </c>
       <c r="P107" s="31">
         <v>2.3546689378717289E-2</v>
       </c>
       <c r="Q107" s="32">
-        <v>1.9974341669486639E-2</v>
+        <v>1.9974341669539264E-2</v>
       </c>
       <c r="R107" s="32">
         <v>1.6970451361843608E-2</v>
       </c>
       <c r="S107" s="32">
         <v>2.4548528454887419E-2</v>
       </c>
       <c r="T107" s="32">
         <v>2.0421448059043001E-2</v>
       </c>
       <c r="U107" s="32">
         <v>4.7153734072673981E-2</v>
       </c>
       <c r="V107" s="33">
         <v>6.1095495052944315E-2</v>
       </c>
       <c r="W107" s="32">
         <v>4.2062195197881014E-2</v>
       </c>
       <c r="X107" s="32">
-        <v>5.7456784931662952E-2</v>
+        <v>5.7456784931668725E-2</v>
       </c>
       <c r="Y107" s="32">
         <v>3.0249013744115372E-2</v>
       </c>
       <c r="Z107" s="32">
         <v>2.9234171578988999E-3</v>
       </c>
       <c r="AA107" s="32">
         <v>4.5865042854842386E-4</v>
       </c>
       <c r="AB107" s="32">
-        <v>7.1525831256250338E-2</v>
+        <v>7.1525831256244565E-2</v>
       </c>
       <c r="AC107" s="34">
         <v>3.1388539730693443E-2</v>
       </c>
       <c r="AD107" s="8">
         <v>4.5865042854842386E-4</v>
       </c>
     </row>
     <row r="108" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A108" s="9" t="s">
         <v>121</v>
       </c>
       <c r="B108" s="35">
         <v>111.942007942206</v>
       </c>
       <c r="C108" s="36">
-        <v>118.626466269915</v>
+        <v>118.626466269906</v>
       </c>
       <c r="D108" s="36">
-        <v>121.58568687709899</v>
+        <v>121.585686877098</v>
       </c>
       <c r="E108" s="36">
         <v>137.60153601985499</v>
       </c>
       <c r="F108" s="36">
         <v>134.43303731975899</v>
       </c>
       <c r="G108" s="36">
         <v>148.75544074596201</v>
       </c>
       <c r="H108" s="36">
         <v>165.63387587480901</v>
       </c>
       <c r="I108" s="36">
         <v>172.436695972736</v>
       </c>
       <c r="J108" s="36">
-        <v>196.03990395540399</v>
+        <v>196.03990395540001</v>
       </c>
       <c r="K108" s="36">
-        <v>151.43572827726999</v>
+        <v>151.43572827726899</v>
       </c>
       <c r="L108" s="36">
         <v>120.00754615256599</v>
       </c>
       <c r="M108" s="36">
         <v>118.275802149131</v>
       </c>
       <c r="N108" s="36">
         <v>181.68296723177599</v>
       </c>
       <c r="O108" s="36">
         <v>149.69884525290701</v>
       </c>
       <c r="P108" s="37">
         <v>7.0973068507500514E-3</v>
       </c>
       <c r="Q108" s="38">
-        <v>2.8660621251320961E-2</v>
+        <v>2.8660621251162643E-2</v>
       </c>
       <c r="R108" s="38">
-        <v>2.8388550340810337E-2</v>
+        <v>2.8388550340801899E-2</v>
       </c>
       <c r="S108" s="38">
         <v>2.136056864280933E-2</v>
       </c>
       <c r="T108" s="38">
         <v>3.0404617996419026E-2</v>
       </c>
       <c r="U108" s="38">
         <v>5.8472238551116273E-2</v>
       </c>
       <c r="V108" s="39">
         <v>6.0245434116214858E-2</v>
       </c>
       <c r="W108" s="38">
         <v>6.3871015493111249E-2</v>
       </c>
       <c r="X108" s="38">
-        <v>7.6101536405302816E-2</v>
+        <v>7.6101536405275061E-2</v>
       </c>
       <c r="Y108" s="38">
-        <v>6.1699428337534501E-2</v>
+        <v>6.1699428337527396E-2</v>
       </c>
       <c r="Z108" s="38">
         <v>4.9047036308244474E-2</v>
       </c>
       <c r="AA108" s="38">
         <v>9.3904231436998664E-3</v>
       </c>
       <c r="AB108" s="38">
-        <v>-1.884613925056855E-2</v>
+        <v>-1.8846139250563332E-2</v>
       </c>
       <c r="AC108" s="40">
         <v>4.5086907233511608E-2</v>
       </c>
       <c r="AD108" s="8">
-        <v>-1.884613925056855E-2</v>
+        <v>-1.8846139250563332E-2</v>
       </c>
     </row>
     <row r="109" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A109" s="10" t="s">
         <v>122</v>
       </c>
       <c r="B109" s="41">
         <v>112.60482952835901</v>
       </c>
       <c r="C109" s="47">
-        <v>118.311934218269</v>
+        <v>118.31193421825699</v>
       </c>
       <c r="D109" s="47">
-        <v>122.843992585614</v>
+        <v>122.843992585615</v>
       </c>
       <c r="E109" s="47">
         <v>143.32389969631799</v>
       </c>
       <c r="F109" s="47">
         <v>137.73965177930901</v>
       </c>
       <c r="G109" s="47">
         <v>157.10909878550399</v>
       </c>
       <c r="H109" s="47">
         <v>176.193864141392</v>
       </c>
       <c r="I109" s="47">
         <v>184.334109859497</v>
       </c>
       <c r="J109" s="47">
-        <v>210.30167678018401</v>
+        <v>210.30167678018199</v>
       </c>
       <c r="K109" s="47">
         <v>160.37213164001301</v>
       </c>
       <c r="L109" s="47">
         <v>123.20513652575799</v>
       </c>
       <c r="M109" s="47">
         <v>121.051118770591</v>
       </c>
       <c r="N109" s="47">
         <v>191.633320680146</v>
       </c>
       <c r="O109" s="47">
         <v>156.284264825771</v>
       </c>
       <c r="P109" s="48">
         <v>5.9211157485687949E-3</v>
       </c>
       <c r="Q109" s="45">
-        <v>-2.6514492215449215E-3</v>
+        <v>-2.6514492215705676E-3</v>
       </c>
       <c r="R109" s="45">
-        <v>1.0349126947704956E-2</v>
+        <v>1.0349126947721388E-2</v>
       </c>
       <c r="S109" s="45">
         <v>4.1586481095947203E-2</v>
       </c>
       <c r="T109" s="45">
         <v>2.4596739949310109E-2</v>
       </c>
       <c r="U109" s="45">
         <v>5.615699162095189E-2</v>
       </c>
       <c r="V109" s="45">
         <v>6.3755003080194328E-2</v>
       </c>
       <c r="W109" s="45">
         <v>6.8995835368140579E-2</v>
       </c>
       <c r="X109" s="45">
-        <v>7.2749335910837543E-2</v>
+        <v>7.2749335910849089E-2</v>
       </c>
       <c r="Y109" s="45">
-        <v>5.9011195471526889E-2</v>
+        <v>5.9011195471533995E-2</v>
       </c>
       <c r="Z109" s="45">
         <v>2.6644910888577789E-2</v>
       </c>
       <c r="AA109" s="45">
         <v>2.3464787987323765E-2</v>
       </c>
       <c r="AB109" s="45">
         <v>5.4767673601874733E-2</v>
       </c>
       <c r="AC109" s="46">
         <v>4.3991118045956457E-2</v>
       </c>
       <c r="AD109" s="8">
-        <v>-2.6514492215449215E-3</v>
+        <v>-2.6514492215705676E-3</v>
       </c>
     </row>
     <row r="110" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A110" s="11" t="s">
         <v>123</v>
       </c>
       <c r="B110" s="29">
-        <v>115.830352599815</v>
+        <v>115.830352599812</v>
       </c>
       <c r="C110" s="49">
-        <v>122.47562700853101</v>
+        <v>122.475627008543</v>
       </c>
       <c r="D110" s="49">
-        <v>127.064428191814</v>
+        <v>127.064428191815</v>
       </c>
       <c r="E110" s="49">
         <v>146.569946672622</v>
       </c>
       <c r="F110" s="49">
-        <v>142.74251451915799</v>
+        <v>142.74251451915899</v>
       </c>
       <c r="G110" s="49">
         <v>161.78117558700299</v>
       </c>
       <c r="H110" s="49">
         <v>183.21378069043399</v>
       </c>
       <c r="I110" s="49">
         <v>190.00318021487399</v>
       </c>
       <c r="J110" s="49">
-        <v>216.10425844007901</v>
+        <v>216.10425844008901</v>
       </c>
       <c r="K110" s="49">
-        <v>165.46401575011899</v>
+        <v>165.46401575012001</v>
       </c>
       <c r="L110" s="49">
         <v>124.392315809951</v>
       </c>
       <c r="M110" s="49">
         <v>123.42742077982599</v>
       </c>
       <c r="N110" s="49">
-        <v>200.04526447905201</v>
+        <v>200.045264479053</v>
       </c>
       <c r="O110" s="49">
         <v>161.06930903759701</v>
       </c>
       <c r="P110" s="50">
-        <v>2.8644624613046954E-2</v>
+        <v>2.8644624613020309E-2</v>
       </c>
       <c r="Q110" s="33">
-        <v>3.5192500382764225E-2</v>
+        <v>3.5192500382970726E-2</v>
       </c>
       <c r="R110" s="33">
-        <v>3.4356060214003836E-2</v>
+        <v>3.4356060214003614E-2</v>
       </c>
       <c r="S110" s="33">
         <v>2.2648329993684824E-2</v>
       </c>
       <c r="T110" s="33">
-        <v>3.6321151354910652E-2</v>
+        <v>3.632115135491798E-2</v>
       </c>
       <c r="U110" s="33">
         <v>2.9737786274731448E-2</v>
       </c>
       <c r="V110" s="33">
         <v>3.9842003484347632E-2</v>
       </c>
       <c r="W110" s="33">
         <v>3.0754320834587068E-2</v>
       </c>
       <c r="X110" s="33">
-        <v>2.7591704206714862E-2</v>
+        <v>2.7591704206772372E-2</v>
       </c>
       <c r="Y110" s="33">
-        <v>3.1750429816171044E-2</v>
+        <v>3.1750429816177483E-2</v>
       </c>
       <c r="Z110" s="33">
         <v>9.635793747485577E-3</v>
       </c>
       <c r="AA110" s="33">
         <v>1.9630566271249483E-2</v>
       </c>
       <c r="AB110" s="33">
-        <v>4.3896039420755706E-2</v>
+        <v>4.3896039420760813E-2</v>
       </c>
       <c r="AC110" s="34">
         <v>3.061756867948584E-2</v>
       </c>
       <c r="AD110" s="8">
         <v>9.635793747485577E-3</v>
       </c>
     </row>
     <row r="111" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A111" s="6" t="s">
         <v>124</v>
       </c>
       <c r="B111" s="29">
-        <v>114.698218458499</v>
+        <v>114.698218458504</v>
       </c>
       <c r="C111" s="49">
-        <v>119.78794925352101</v>
+        <v>119.787949253541</v>
       </c>
       <c r="D111" s="49">
-        <v>124.18817098388899</v>
+        <v>124.18817098388701</v>
       </c>
       <c r="E111" s="49">
         <v>148.33770995441799</v>
       </c>
       <c r="F111" s="49">
         <v>145.72659876301699</v>
       </c>
       <c r="G111" s="49">
         <v>161.99525073198399</v>
       </c>
       <c r="H111" s="49">
         <v>185.20717631754101</v>
       </c>
       <c r="I111" s="49">
         <v>192.683683188706</v>
       </c>
       <c r="J111" s="49">
-        <v>214.648547708395</v>
+        <v>214.64854770839301</v>
       </c>
       <c r="K111" s="49">
         <v>167.78054952087501</v>
       </c>
       <c r="L111" s="49">
         <v>124.981855452836</v>
       </c>
       <c r="M111" s="49">
         <v>121.77515058500801</v>
       </c>
       <c r="N111" s="49">
         <v>201.261241616653</v>
       </c>
       <c r="O111" s="49">
         <v>160.12967717344301</v>
       </c>
       <c r="P111" s="50">
-        <v>-9.7740714407340556E-3</v>
+        <v>-9.7740714406652218E-3</v>
       </c>
       <c r="Q111" s="33">
-        <v>-2.194459273780891E-2</v>
+        <v>-2.1944592737741409E-2</v>
       </c>
       <c r="R111" s="33">
-        <v>-2.2636211006144547E-2</v>
+        <v>-2.2636211006167861E-2</v>
       </c>
       <c r="S111" s="33">
         <v>1.2060885071783822E-2</v>
       </c>
       <c r="T111" s="33">
-        <v>2.0905364137034921E-2</v>
+        <v>2.0905364137027815E-2</v>
       </c>
       <c r="U111" s="33">
         <v>1.3232389009676382E-3</v>
       </c>
       <c r="V111" s="33">
         <v>1.0880162068568122E-2</v>
       </c>
       <c r="W111" s="33">
         <v>1.4107674254718372E-2</v>
       </c>
       <c r="X111" s="33">
-        <v>-6.7361501443418126E-3</v>
+        <v>-6.7361501443969907E-3</v>
       </c>
       <c r="Y111" s="33">
-        <v>1.4000226939097304E-2</v>
+        <v>1.4000226939090865E-2</v>
       </c>
       <c r="Z111" s="33">
         <v>4.7393574036012076E-3</v>
       </c>
       <c r="AA111" s="33">
         <v>-1.3386573132443291E-2</v>
       </c>
       <c r="AB111" s="33">
-        <v>6.0785099850655389E-3</v>
+        <v>6.0785099850604318E-3</v>
       </c>
       <c r="AC111" s="34">
         <v>-5.8337113989522793E-3</v>
       </c>
       <c r="AD111" s="8">
-        <v>-2.2636211006144547E-2</v>
+        <v>-2.2636211006167861E-2</v>
       </c>
     </row>
     <row r="112" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A112" s="6" t="s">
         <v>125</v>
       </c>
       <c r="B112" s="29">
-        <v>117.29566965100101</v>
+        <v>117.29566965100901</v>
       </c>
       <c r="C112" s="49">
-        <v>124.885305417401</v>
+        <v>124.885305417398</v>
       </c>
       <c r="D112" s="49">
-        <v>126.665626074668</v>
+        <v>126.665626074667</v>
       </c>
       <c r="E112" s="49">
         <v>152.721416323402</v>
       </c>
       <c r="F112" s="49">
         <v>146.96567302567399</v>
       </c>
       <c r="G112" s="49">
         <v>164.80207649949199</v>
       </c>
       <c r="H112" s="49">
         <v>187.51416358537199</v>
       </c>
       <c r="I112" s="49">
         <v>195.39918813884401</v>
       </c>
       <c r="J112" s="49">
-        <v>221.72323714328201</v>
+        <v>221.72323714327501</v>
       </c>
       <c r="K112" s="49">
-        <v>165.97024933896901</v>
+        <v>165.97024933896799</v>
       </c>
       <c r="L112" s="49">
         <v>126.55002683088</v>
       </c>
       <c r="M112" s="49">
         <v>123.86572282467699</v>
       </c>
       <c r="N112" s="49">
-        <v>209.236608469934</v>
+        <v>209.236608469933</v>
       </c>
       <c r="O112" s="49">
         <v>163.748162388651</v>
       </c>
       <c r="P112" s="50">
-        <v>2.2645959348024602E-2</v>
+        <v>2.2645959348049693E-2</v>
       </c>
       <c r="Q112" s="33">
-        <v>4.2553163282659456E-2</v>
+        <v>4.2553163282460282E-2</v>
       </c>
       <c r="R112" s="33">
-        <v>1.994920346399498E-2</v>
+        <v>1.9949203464003418E-2</v>
       </c>
       <c r="S112" s="33">
         <v>2.9552204697855133E-2</v>
       </c>
       <c r="T112" s="33">
         <v>8.5027323300943536E-3</v>
       </c>
       <c r="U112" s="33">
         <v>1.7326592939146179E-2</v>
       </c>
       <c r="V112" s="33">
         <v>1.2456252040015992E-2</v>
       </c>
       <c r="W112" s="33">
         <v>1.40930716353318E-2</v>
       </c>
       <c r="X112" s="33">
-        <v>3.2959409744053536E-2</v>
+        <v>3.2959409744030443E-2</v>
       </c>
       <c r="Y112" s="33">
-        <v>-1.0789690384705564E-2</v>
+        <v>-1.078969038471167E-2</v>
       </c>
       <c r="Z112" s="33">
         <v>1.2547192329335877E-2</v>
       </c>
       <c r="AA112" s="33">
         <v>1.716747817289388E-2</v>
       </c>
       <c r="AB112" s="33">
-        <v>3.9626938546229784E-2</v>
+        <v>3.9626938546224899E-2</v>
       </c>
       <c r="AC112" s="34">
         <v>2.2597217949104076E-2</v>
       </c>
       <c r="AD112" s="8">
-        <v>-1.0789690384705564E-2</v>
+        <v>-1.078969038471167E-2</v>
       </c>
     </row>
     <row r="113" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A113" s="10" t="s">
         <v>126</v>
       </c>
       <c r="B113" s="41">
-        <v>121.696057935051</v>
+        <v>121.696057935026</v>
       </c>
       <c r="C113" s="47">
-        <v>128.88133579350099</v>
+        <v>128.88133579342099</v>
       </c>
       <c r="D113" s="47">
-        <v>132.24254980323201</v>
+        <v>132.24254980323801</v>
       </c>
       <c r="E113" s="47">
-        <v>156.939917710689</v>
+        <v>156.93991771069</v>
       </c>
       <c r="F113" s="47">
         <v>152.68992998793399</v>
       </c>
       <c r="G113" s="47">
         <v>172.39850805686299</v>
       </c>
       <c r="H113" s="47">
         <v>192.13073698382399</v>
       </c>
       <c r="I113" s="47">
         <v>198.18844164974399</v>
       </c>
       <c r="J113" s="47">
-        <v>221.91565576495699</v>
+        <v>221.91565576494901</v>
       </c>
       <c r="K113" s="47">
-        <v>174.97695688988</v>
+        <v>174.976956889881</v>
       </c>
       <c r="L113" s="47">
         <v>131.415812034281</v>
       </c>
       <c r="M113" s="47">
         <v>123.795861981041</v>
       </c>
       <c r="N113" s="47">
-        <v>213.075882143614</v>
+        <v>213.075882143613</v>
       </c>
       <c r="O113" s="47">
         <v>169.02584729120801</v>
       </c>
       <c r="P113" s="48">
-        <v>3.7515351565346133E-2</v>
+        <v>3.7515351565062138E-2</v>
       </c>
       <c r="Q113" s="45">
-        <v>3.1997602622215293E-2</v>
+        <v>3.1997602621599563E-2</v>
       </c>
       <c r="R113" s="45">
-        <v>4.4028706930138162E-2</v>
+        <v>4.4028706930193673E-2</v>
       </c>
       <c r="S113" s="45">
-        <v>2.7622199222890442E-2</v>
+        <v>2.7622199222896882E-2</v>
       </c>
       <c r="T113" s="45">
         <v>3.8949618944418507E-2</v>
       </c>
       <c r="U113" s="45">
         <v>4.6094270889811328E-2</v>
       </c>
       <c r="V113" s="45">
         <v>2.4619865028756349E-2</v>
       </c>
       <c r="W113" s="45">
         <v>1.4274642271891347E-2</v>
       </c>
       <c r="X113" s="45">
-        <v>8.6783245704924461E-4</v>
+        <v>8.6783245704480372E-4</v>
       </c>
       <c r="Y113" s="45">
-        <v>5.4267000180955094E-2</v>
+        <v>5.4267000180967528E-2</v>
       </c>
       <c r="Z113" s="45">
         <v>3.8449499579352731E-2</v>
       </c>
       <c r="AA113" s="45">
         <v>-5.6400464989714294E-4</v>
       </c>
       <c r="AB113" s="45">
         <v>1.834895767884559E-2</v>
       </c>
       <c r="AC113" s="46">
         <v>3.2230498501904403E-2</v>
       </c>
       <c r="AD113" s="8">
         <v>-5.6400464989714294E-4</v>
       </c>
     </row>
     <row r="114" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A114" s="11" t="s">
         <v>127</v>
       </c>
       <c r="B114" s="29">
-        <v>116.814165309432</v>
+        <v>116.814165309423</v>
       </c>
       <c r="C114" s="49">
-        <v>130.741537535661</v>
+        <v>130.74153753573199</v>
       </c>
       <c r="D114" s="49">
-        <v>134.02160693324001</v>
+        <v>134.021606933242</v>
       </c>
       <c r="E114" s="49">
         <v>160.15026127171501</v>
       </c>
       <c r="F114" s="49">
-        <v>156.54975277074399</v>
+        <v>156.54975277074499</v>
       </c>
       <c r="G114" s="49">
         <v>177.91564358568101</v>
       </c>
       <c r="H114" s="49">
         <v>199.41081098949101</v>
       </c>
       <c r="I114" s="49">
         <v>209.02908229423701</v>
       </c>
       <c r="J114" s="49">
-        <v>238.34947446298301</v>
+        <v>238.349474463006</v>
       </c>
       <c r="K114" s="49">
-        <v>180.930908225655</v>
+        <v>180.93090822565699</v>
       </c>
       <c r="L114" s="49">
         <v>134.11266312693999</v>
       </c>
       <c r="M114" s="49">
         <v>123.44234720360301</v>
       </c>
       <c r="N114" s="49">
-        <v>216.59294335877499</v>
+        <v>216.59294335877601</v>
       </c>
       <c r="O114" s="49">
-        <v>173.77915063756899</v>
+        <v>173.77915063757001</v>
       </c>
       <c r="P114" s="50">
-        <v>-4.0115454094860392E-2</v>
+        <v>-4.0115454094737046E-2</v>
       </c>
       <c r="Q114" s="33">
-        <v>1.4433445546688795E-2</v>
+        <v>1.4433445547869406E-2</v>
       </c>
       <c r="R114" s="33">
-        <v>1.3452985689213603E-2</v>
+        <v>1.3452985689182739E-2</v>
       </c>
       <c r="S114" s="33">
-        <v>2.0455876413444596E-2</v>
+        <v>2.0455876413438157E-2</v>
       </c>
       <c r="T114" s="33">
-        <v>2.527882999956188E-2</v>
+        <v>2.5278829999568542E-2</v>
       </c>
       <c r="U114" s="33">
         <v>3.2002223168881905E-2</v>
       </c>
       <c r="V114" s="33">
         <v>3.7891251134273052E-2</v>
       </c>
       <c r="W114" s="33">
         <v>5.4698652223380106E-2</v>
       </c>
       <c r="X114" s="33">
-        <v>7.4054345744006378E-2</v>
+        <v>7.4054345744148486E-2</v>
       </c>
       <c r="Y114" s="33">
-        <v>3.4027059571747342E-2</v>
+        <v>3.4027059571752671E-2</v>
       </c>
       <c r="Z114" s="33">
         <v>2.0521511459789199E-2</v>
       </c>
       <c r="AA114" s="33">
         <v>-2.8556267695937221E-3</v>
       </c>
       <c r="AB114" s="33">
-        <v>1.6506144101238407E-2</v>
+        <v>1.6506144101247955E-2</v>
       </c>
       <c r="AC114" s="34">
-        <v>2.8121754291056344E-2</v>
+        <v>2.8121754291062562E-2</v>
       </c>
       <c r="AD114" s="8">
-        <v>-4.0115454094860392E-2</v>
+        <v>-4.0115454094737046E-2</v>
       </c>
     </row>
     <row r="115" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A115" s="6" t="s">
         <v>128</v>
       </c>
       <c r="B115" s="29">
-        <v>129.84896039381599</v>
+        <v>129.84896039386399</v>
       </c>
       <c r="C115" s="49">
-        <v>133.668284186802</v>
+        <v>133.66828418689701</v>
       </c>
       <c r="D115" s="49">
-        <v>141.37788798211</v>
+        <v>141.37788798209601</v>
       </c>
       <c r="E115" s="49">
         <v>167.183376357767</v>
       </c>
       <c r="F115" s="49">
         <v>161.53858697519101</v>
       </c>
       <c r="G115" s="49">
         <v>192.38615485830601</v>
       </c>
       <c r="H115" s="49">
-        <v>209.585441621098</v>
+        <v>209.58544162109601</v>
       </c>
       <c r="I115" s="49">
         <v>213.666387912689</v>
       </c>
       <c r="J115" s="49">
-        <v>246.23607513550499</v>
+        <v>246.23607513549999</v>
       </c>
       <c r="K115" s="49">
         <v>187.60649708011999</v>
       </c>
       <c r="L115" s="49">
         <v>136.94570098727101</v>
       </c>
       <c r="M115" s="49">
         <v>127.80350872717</v>
       </c>
       <c r="N115" s="49">
-        <v>220.217668511667</v>
+        <v>220.21766851166601</v>
       </c>
       <c r="O115" s="49">
-        <v>180.065308102068</v>
+        <v>180.06530810206601</v>
       </c>
       <c r="P115" s="50">
-        <v>0.11158574005006838</v>
+        <v>0.11158574005056487</v>
       </c>
       <c r="Q115" s="33">
-        <v>2.2385744471933533E-2</v>
+        <v>2.2385744472104951E-2</v>
       </c>
       <c r="R115" s="33">
-        <v>5.4888769185810204E-2</v>
+        <v>5.4888769185690078E-2</v>
       </c>
       <c r="S115" s="33">
         <v>4.3915726582046677E-2</v>
       </c>
       <c r="T115" s="33">
-        <v>3.1867403915691872E-2</v>
+        <v>3.1867403915685433E-2</v>
       </c>
       <c r="U115" s="33">
         <v>8.1333552131722886E-2</v>
       </c>
       <c r="V115" s="33">
-        <v>5.1023465483740482E-2</v>
+        <v>5.102346548373049E-2</v>
       </c>
       <c r="W115" s="33">
         <v>2.2184978126270183E-2</v>
       </c>
       <c r="X115" s="33">
-        <v>3.3088391280454932E-2</v>
+        <v>3.3088391280334362E-2</v>
       </c>
       <c r="Y115" s="33">
-        <v>3.6895790331960665E-2</v>
+        <v>3.6895790331949341E-2</v>
       </c>
       <c r="Z115" s="33">
         <v>2.1124312904363896E-2</v>
       </c>
       <c r="AA115" s="33">
         <v>3.5329541460952463E-2</v>
       </c>
       <c r="AB115" s="33">
-        <v>1.6735195046903462E-2</v>
+        <v>1.6735195046894136E-2</v>
       </c>
       <c r="AC115" s="34">
-        <v>3.6173254624827456E-2</v>
+        <v>3.6173254624809914E-2</v>
       </c>
       <c r="AD115" s="8">
-        <v>1.6735195046903462E-2</v>
+        <v>1.6735195046894136E-2</v>
       </c>
     </row>
     <row r="116" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A116" s="6" t="s">
         <v>129</v>
       </c>
       <c r="B116" s="29">
-        <v>130.77929862001099</v>
+        <v>130.77929862004399</v>
       </c>
       <c r="C116" s="49">
-        <v>138.12058132476199</v>
+        <v>138.12058132484</v>
       </c>
       <c r="D116" s="49">
-        <v>145.51584360916399</v>
+        <v>145.515843609163</v>
       </c>
       <c r="E116" s="49">
         <v>175.62826487538101</v>
       </c>
       <c r="F116" s="49">
-        <v>165.742171815581</v>
+        <v>165.74217181558001</v>
       </c>
       <c r="G116" s="49">
         <v>194.62999223895</v>
       </c>
       <c r="H116" s="49">
-        <v>216.88286268633701</v>
+        <v>216.88286268633399</v>
       </c>
       <c r="I116" s="49">
         <v>218.214047904149</v>
       </c>
       <c r="J116" s="49">
-        <v>253.21542778247101</v>
+        <v>253.21542778246101</v>
       </c>
       <c r="K116" s="49">
-        <v>194.75880905477001</v>
+        <v>194.75880905476899</v>
       </c>
       <c r="L116" s="49">
         <v>141.59182659972899</v>
       </c>
       <c r="M116" s="49">
         <v>129.91060516733901</v>
       </c>
       <c r="N116" s="49">
-        <v>215.99787603245201</v>
+        <v>215.99787603245099</v>
       </c>
       <c r="O116" s="49">
         <v>185.594688297446</v>
       </c>
       <c r="P116" s="50">
-        <v>7.1647722351677601E-3</v>
+        <v>7.1647722350494103E-3</v>
       </c>
       <c r="Q116" s="33">
-        <v>3.330855307260383E-2</v>
+        <v>3.3308553072453062E-2</v>
       </c>
       <c r="R116" s="33">
-        <v>2.9268761092099638E-2</v>
+        <v>2.9268761092194451E-2</v>
       </c>
       <c r="S116" s="33">
         <v>5.0512728607312152E-2</v>
       </c>
       <c r="T116" s="33">
-        <v>2.6022171662523963E-2</v>
+        <v>2.6022171662517968E-2</v>
       </c>
       <c r="U116" s="33">
         <v>1.1663195734103571E-2</v>
       </c>
       <c r="V116" s="33">
-        <v>3.4818358607329847E-2</v>
+        <v>3.4818358607325406E-2</v>
       </c>
       <c r="W116" s="33">
         <v>2.1283927883492426E-2</v>
       </c>
       <c r="X116" s="33">
-        <v>2.8344151615985691E-2</v>
+        <v>2.8344151615966151E-2</v>
       </c>
       <c r="Y116" s="33">
-        <v>3.8124010020801791E-2</v>
+        <v>3.812401002079624E-2</v>
       </c>
       <c r="Z116" s="33">
         <v>3.392677228246721E-2</v>
       </c>
       <c r="AA116" s="33">
         <v>1.6486999935715119E-2</v>
       </c>
       <c r="AB116" s="33">
-        <v>-1.9161916061205764E-2</v>
+        <v>-1.9161916061205875E-2</v>
       </c>
       <c r="AC116" s="34">
-        <v>3.070763743254612E-2</v>
+        <v>3.0707637432557444E-2</v>
       </c>
       <c r="AD116" s="8">
-        <v>-1.9161916061205764E-2</v>
+        <v>-1.9161916061205875E-2</v>
       </c>
     </row>
     <row r="117" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A117" s="10" t="s">
         <v>130</v>
       </c>
       <c r="B117" s="41">
-        <v>131.939502524977</v>
+        <v>131.93950252485399</v>
       </c>
       <c r="C117" s="47">
-        <v>144.44056840320201</v>
+        <v>144.44056840256999</v>
       </c>
       <c r="D117" s="47">
-        <v>149.12925458101</v>
+        <v>149.129254581032</v>
       </c>
       <c r="E117" s="47">
         <v>182.863342290075</v>
       </c>
       <c r="F117" s="47">
         <v>174.944907363195</v>
       </c>
       <c r="G117" s="47">
-        <v>203.43779424730101</v>
+        <v>203.437794247298</v>
       </c>
       <c r="H117" s="47">
-        <v>221.474645539243</v>
+        <v>221.47464553925499</v>
       </c>
       <c r="I117" s="47">
         <v>224.89466028082899</v>
       </c>
       <c r="J117" s="47">
-        <v>257.46635738278098</v>
+        <v>257.466357382745</v>
       </c>
       <c r="K117" s="47">
-        <v>205.80599853363299</v>
+        <v>205.80599853363401</v>
       </c>
       <c r="L117" s="47">
         <v>145.19134299866701</v>
       </c>
       <c r="M117" s="47">
-        <v>134.55689842391601</v>
+        <v>134.556898423917</v>
       </c>
       <c r="N117" s="47">
-        <v>222.861289098968</v>
+        <v>222.86128909896701</v>
       </c>
       <c r="O117" s="47">
-        <v>192.11509661917901</v>
+        <v>192.115096619182</v>
       </c>
       <c r="P117" s="48">
-        <v>8.8714644994165592E-3</v>
+        <v>8.8714644982212931E-3</v>
       </c>
       <c r="Q117" s="45">
-        <v>4.5757026344827478E-2</v>
+        <v>4.5757026339660944E-2</v>
       </c>
       <c r="R117" s="45">
-        <v>2.483173572185815E-2</v>
+        <v>2.4831735722016468E-2</v>
       </c>
       <c r="S117" s="45">
         <v>4.1195404508652E-2</v>
       </c>
       <c r="T117" s="45">
-        <v>5.5524405447358038E-2</v>
+        <v>5.5524405447364478E-2</v>
       </c>
       <c r="U117" s="45">
-        <v>4.5254083951961288E-2</v>
+        <v>4.5254083951945745E-2</v>
       </c>
       <c r="V117" s="45">
-        <v>2.1171718207845469E-2</v>
+        <v>2.1171718207914969E-2</v>
       </c>
       <c r="W117" s="45">
         <v>3.0614950966009635E-2</v>
       </c>
       <c r="X117" s="45">
-        <v>1.6787798585328639E-2</v>
+        <v>1.6787798585226721E-2</v>
       </c>
       <c r="Y117" s="45">
-        <v>5.6722412364702324E-2</v>
+        <v>5.6722412364712982E-2</v>
       </c>
       <c r="Z117" s="45">
         <v>2.5421780941590866E-2</v>
       </c>
       <c r="AA117" s="45">
-        <v>3.5765311466235294E-2</v>
+        <v>3.5765311466242844E-2</v>
       </c>
       <c r="AB117" s="45">
-        <v>3.1775372946189595E-2</v>
+        <v>3.1775372946189817E-2</v>
       </c>
       <c r="AC117" s="46">
-        <v>3.51325158146929E-2</v>
+        <v>3.5132515814708887E-2</v>
       </c>
       <c r="AD117" s="8">
-        <v>8.8714644994165592E-3</v>
+        <v>8.8714644982212931E-3</v>
       </c>
     </row>
     <row r="118" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A118" s="11" t="s">
         <v>131</v>
       </c>
       <c r="B118" s="29">
-        <v>142.76528138549</v>
+        <v>142.765281385468</v>
       </c>
       <c r="C118" s="49">
-        <v>154.06592414601801</v>
+        <v>154.06592414551801</v>
       </c>
       <c r="D118" s="49">
-        <v>159.250892972739</v>
+        <v>159.25089297274801</v>
       </c>
       <c r="E118" s="49">
-        <v>196.70347813498901</v>
+        <v>196.70347813498799</v>
       </c>
       <c r="F118" s="49">
-        <v>184.712588048729</v>
+        <v>184.71258804873</v>
       </c>
       <c r="G118" s="49">
-        <v>219.27797394769601</v>
+        <v>219.277973947692</v>
       </c>
       <c r="H118" s="49">
-        <v>240.06110486118499</v>
+        <v>240.06110486120201</v>
       </c>
       <c r="I118" s="49">
         <v>238.70139630745899</v>
       </c>
       <c r="J118" s="49">
-        <v>273.75478616926802</v>
+        <v>273.75478616929701</v>
       </c>
       <c r="K118" s="49">
-        <v>219.80318446434001</v>
+        <v>219.803184464324</v>
       </c>
       <c r="L118" s="49">
         <v>155.318602415822</v>
       </c>
       <c r="M118" s="49">
-        <v>138.56830292587401</v>
+        <v>138.568302925875</v>
       </c>
       <c r="N118" s="49">
-        <v>234.63672705701799</v>
+        <v>234.63672705701899</v>
       </c>
       <c r="O118" s="49">
-        <v>205.14675703622399</v>
+        <v>205.14675703622601</v>
       </c>
       <c r="P118" s="50">
-        <v>8.2051081392122249E-2</v>
+        <v>8.2051081392964242E-2</v>
       </c>
       <c r="Q118" s="33">
-        <v>6.6638866415611675E-2</v>
+        <v>6.6638866416817155E-2</v>
       </c>
       <c r="R118" s="33">
-        <v>6.7871581737376063E-2</v>
+        <v>6.787158173727903E-2</v>
       </c>
       <c r="S118" s="33">
-        <v>7.5685676919103217E-2</v>
+        <v>7.5685676919097666E-2</v>
       </c>
       <c r="T118" s="33">
-        <v>5.5832895239732672E-2</v>
+        <v>5.5832895239738445E-2</v>
       </c>
       <c r="U118" s="33">
-        <v>7.7862521853434563E-2</v>
+        <v>7.7862521853430788E-2</v>
       </c>
       <c r="V118" s="33">
-        <v>8.3921386471521142E-2</v>
+        <v>8.392138647153935E-2</v>
       </c>
       <c r="W118" s="33">
         <v>6.1392013529308898E-2</v>
       </c>
       <c r="X118" s="33">
-        <v>6.3264299662540546E-2</v>
+        <v>6.3264299662801893E-2</v>
       </c>
       <c r="Y118" s="33">
-        <v>6.8011554718700795E-2</v>
+        <v>6.801155471861775E-2</v>
       </c>
       <c r="Z118" s="33">
         <v>6.9751124330105219E-2</v>
       </c>
       <c r="AA118" s="33">
-        <v>2.9811957238492726E-2</v>
+        <v>2.9811957238492504E-2</v>
       </c>
       <c r="AB118" s="33">
-        <v>5.2837520619477107E-2</v>
+        <v>5.2837520619486433E-2</v>
       </c>
       <c r="AC118" s="34">
-        <v>6.7832568321671394E-2</v>
+        <v>6.7832568321665399E-2</v>
       </c>
       <c r="AD118" s="8">
-        <v>2.9811957238492726E-2</v>
+        <v>2.9811957238492504E-2</v>
       </c>
     </row>
     <row r="119" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A119" s="6" t="s">
         <v>132</v>
       </c>
       <c r="B119" s="29">
-        <v>154.00423133803201</v>
+        <v>154.00423133820399</v>
       </c>
       <c r="C119" s="49">
-        <v>167.26147190287799</v>
+        <v>167.261471905658</v>
       </c>
       <c r="D119" s="49">
-        <v>168.93093574851599</v>
+        <v>168.93093574848001</v>
       </c>
       <c r="E119" s="49">
-        <v>214.02889082491899</v>
+        <v>214.02889082491799</v>
       </c>
       <c r="F119" s="49">
-        <v>198.279740133682</v>
+        <v>198.279740133681</v>
       </c>
       <c r="G119" s="49">
-        <v>234.35393048982601</v>
+        <v>234.353930489844</v>
       </c>
       <c r="H119" s="49">
-        <v>259.29121464960298</v>
+        <v>259.29121464953698</v>
       </c>
       <c r="I119" s="49">
         <v>253.63705251389001</v>
       </c>
       <c r="J119" s="49">
-        <v>294.02060978164297</v>
+        <v>294.02060978184102</v>
       </c>
       <c r="K119" s="49">
-        <v>239.032826180331</v>
+        <v>239.03282618030499</v>
       </c>
       <c r="L119" s="49">
         <v>165.83580786541299</v>
       </c>
       <c r="M119" s="49">
-        <v>146.19645930955801</v>
+        <v>146.196459309555</v>
       </c>
       <c r="N119" s="49">
-        <v>238.74811469000699</v>
+        <v>238.74811469000599</v>
       </c>
       <c r="O119" s="49">
-        <v>219.13829488589201</v>
+        <v>219.13829488588701</v>
       </c>
       <c r="P119" s="50">
-        <v>7.8723271116560856E-2</v>
+        <v>7.8723271117931537E-2</v>
       </c>
       <c r="Q119" s="33">
-        <v>8.564871064125601E-2</v>
+        <v>8.5648710662823424E-2</v>
       </c>
       <c r="R119" s="33">
-        <v>6.0784857121234825E-2</v>
+        <v>6.0784857120948832E-2</v>
       </c>
       <c r="S119" s="33">
-        <v>8.8078832434474341E-2</v>
+        <v>8.8078832434475007E-2</v>
       </c>
       <c r="T119" s="33">
-        <v>7.3450067633581417E-2</v>
+        <v>7.3450067633570093E-2</v>
       </c>
       <c r="U119" s="33">
-        <v>6.8752717250689432E-2</v>
+        <v>6.8752717250791129E-2</v>
       </c>
       <c r="V119" s="33">
-        <v>8.0105062415412043E-2</v>
+        <v>8.0105062415060546E-2</v>
       </c>
       <c r="W119" s="33">
         <v>6.2570460154297347E-2</v>
       </c>
       <c r="X119" s="33">
-        <v>7.4029111585447227E-2</v>
+        <v>7.4029111586056739E-2</v>
       </c>
       <c r="Y119" s="33">
-        <v>8.7485728484114622E-2</v>
+        <v>8.748572848407532E-2</v>
       </c>
       <c r="Z119" s="33">
         <v>6.7713752802347038E-2</v>
       </c>
       <c r="AA119" s="33">
-        <v>5.5049792936878283E-2</v>
+        <v>5.5049792936848974E-2</v>
       </c>
       <c r="AB119" s="33">
-        <v>1.752235331849783E-2</v>
+        <v>1.752235331848917E-2</v>
       </c>
       <c r="AC119" s="34">
-        <v>6.8202578738290498E-2</v>
+        <v>6.8202578738255637E-2</v>
       </c>
       <c r="AD119" s="8">
-        <v>1.752235331849783E-2</v>
+        <v>1.752235331848917E-2</v>
       </c>
     </row>
     <row r="120" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A120" s="7" t="s">
         <v>133</v>
       </c>
       <c r="B120" s="29">
-        <v>166.688108553099</v>
+        <v>166.68810855325901</v>
       </c>
       <c r="C120" s="49">
-        <v>186.89622713391299</v>
+        <v>186.89622713438399</v>
       </c>
       <c r="D120" s="49">
-        <v>179.45647965920301</v>
+        <v>179.45647965913699</v>
       </c>
       <c r="E120" s="49">
-        <v>224.00357748847401</v>
+        <v>224.00357748847901</v>
       </c>
       <c r="F120" s="49">
-        <v>215.80990512530701</v>
+        <v>215.809905125304</v>
       </c>
       <c r="G120" s="49">
-        <v>250.717653697217</v>
+        <v>250.717653697218</v>
       </c>
       <c r="H120" s="49">
-        <v>277.467095527438</v>
+        <v>277.46709552742101</v>
       </c>
       <c r="I120" s="49">
         <v>274.66998322527598</v>
       </c>
       <c r="J120" s="49">
-        <v>307.11964722048299</v>
+        <v>307.119647220415</v>
       </c>
       <c r="K120" s="49">
-        <v>254.69200328869101</v>
+        <v>254.69200328887001</v>
       </c>
       <c r="L120" s="49">
-        <v>180.638076001196</v>
+        <v>180.638076001191</v>
       </c>
       <c r="M120" s="49">
-        <v>151.09971113100801</v>
+        <v>151.09971113100599</v>
       </c>
       <c r="N120" s="49">
-        <v>249.179834282</v>
+        <v>249.17983428199801</v>
       </c>
       <c r="O120" s="49">
-        <v>232.47568973262599</v>
+        <v>232.47568973261801</v>
       </c>
       <c r="P120" s="50">
-        <v>8.2360576101486949E-2</v>
+        <v>8.2360576101317307E-2</v>
       </c>
       <c r="Q120" s="33">
-        <v>0.11738958773743247</v>
+        <v>0.11738958772167662</v>
       </c>
       <c r="R120" s="33">
-        <v>6.2306787469384339E-2</v>
+        <v>6.2306787469219804E-2</v>
       </c>
       <c r="S120" s="33">
-        <v>4.6604393570934155E-2</v>
+        <v>4.6604393570962355E-2</v>
       </c>
       <c r="T120" s="33">
-        <v>8.8411276814292838E-2</v>
+        <v>8.8411276814283069E-2</v>
       </c>
       <c r="U120" s="33">
-        <v>6.9824829364666385E-2</v>
+        <v>6.9824829364588448E-2</v>
       </c>
       <c r="V120" s="33">
-        <v>7.0098329025136019E-2</v>
+        <v>7.0098329025342743E-2</v>
       </c>
       <c r="W120" s="33">
         <v>8.2925308045180612E-2</v>
       </c>
       <c r="X120" s="33">
-        <v>4.4551425998905714E-2</v>
+        <v>4.4551425997970906E-2</v>
       </c>
       <c r="Y120" s="33">
-        <v>6.5510571742754875E-2</v>
+        <v>6.5510571743619517E-2</v>
       </c>
       <c r="Z120" s="33">
-        <v>8.9258576457721617E-2</v>
+        <v>8.9258576457691419E-2</v>
       </c>
       <c r="AA120" s="33">
-        <v>3.3538786401576148E-2</v>
+        <v>3.3538786401583698E-2</v>
       </c>
       <c r="AB120" s="33">
-        <v>4.369341138269367E-2</v>
+        <v>4.3693411382689673E-2</v>
       </c>
       <c r="AC120" s="34">
-        <v>6.0862912407340541E-2</v>
+        <v>6.0862912407328107E-2</v>
       </c>
       <c r="AD120" s="8">
-        <v>3.3538786401576148E-2</v>
+        <v>3.3538786401583698E-2</v>
       </c>
     </row>
     <row r="121" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A121" s="10" t="s">
         <v>134</v>
       </c>
       <c r="B121" s="41">
-        <v>179.617143105038</v>
+        <v>179.61714310470001</v>
       </c>
       <c r="C121" s="47">
-        <v>187.33123595316701</v>
+        <v>187.33123594726999</v>
       </c>
       <c r="D121" s="47">
-        <v>187.73831090794999</v>
+        <v>187.73831090801801</v>
       </c>
       <c r="E121" s="47">
-        <v>239.839871274415</v>
+        <v>239.83987127441799</v>
       </c>
       <c r="F121" s="47">
-        <v>226.154447617367</v>
+        <v>226.15444761737101</v>
       </c>
       <c r="G121" s="47">
-        <v>258.16735260257701</v>
+        <v>258.167352602542</v>
       </c>
       <c r="H121" s="47">
-        <v>289.39618174258499</v>
+        <v>289.39618174271902</v>
       </c>
       <c r="I121" s="47">
         <v>278.206435561234</v>
       </c>
       <c r="J121" s="47">
-        <v>317.91835738221801</v>
+        <v>317.91835738121301</v>
       </c>
       <c r="K121" s="47">
-        <v>262.73570693446601</v>
+        <v>262.73570693438302</v>
       </c>
       <c r="L121" s="47">
-        <v>181.66679599593999</v>
+        <v>181.666795995933</v>
       </c>
       <c r="M121" s="47">
-        <v>150.90502650799499</v>
+        <v>150.905026508009</v>
       </c>
       <c r="N121" s="47">
-        <v>254.335515921926</v>
+        <v>254.33551592192501</v>
       </c>
       <c r="O121" s="47">
-        <v>241.86410124500301</v>
+        <v>241.86410124502601</v>
       </c>
       <c r="P121" s="48">
-        <v>7.7564228571352478E-2</v>
+        <v>7.7564228568290483E-2</v>
       </c>
       <c r="Q121" s="45">
-        <v>2.3275420051274143E-3</v>
+        <v>2.3275419710491185E-3</v>
       </c>
       <c r="R121" s="45">
-        <v>4.6149524745356718E-2</v>
+        <v>4.6149524746120552E-2</v>
       </c>
       <c r="S121" s="45">
-        <v>7.0696611025133471E-2</v>
+        <v>7.0696611025122813E-2</v>
       </c>
       <c r="T121" s="45">
-        <v>4.7933585282165625E-2</v>
+        <v>4.7933585282198932E-2</v>
       </c>
       <c r="U121" s="45">
-        <v>2.9713499610030558E-2</v>
+        <v>2.9713499609886673E-2</v>
       </c>
       <c r="V121" s="45">
-        <v>4.299279592944516E-2</v>
+        <v>4.2992795929992056E-2</v>
       </c>
       <c r="W121" s="45">
         <v>1.2875277794943907E-2</v>
       </c>
       <c r="X121" s="45">
-        <v>3.5161248260950684E-2</v>
+        <v>3.5161248257907562E-2</v>
       </c>
       <c r="Y121" s="45">
-        <v>3.1582081659067729E-2</v>
+        <v>3.1582081658017014E-2</v>
       </c>
       <c r="Z121" s="45">
-        <v>5.6949233379632869E-3</v>
+        <v>5.6949233379524067E-3</v>
       </c>
       <c r="AA121" s="45">
-        <v>-1.288451324994444E-3</v>
+        <v>-1.2884513248883067E-3</v>
       </c>
       <c r="AB121" s="45">
-        <v>2.0690605460838674E-2</v>
+        <v>2.069060546084267E-2</v>
       </c>
       <c r="AC121" s="46">
-        <v>4.0384487183046103E-2</v>
+        <v>4.0384487183180662E-2</v>
       </c>
       <c r="AD121" s="8">
-        <v>-1.288451324994444E-3</v>
+        <v>-1.2884513248883067E-3</v>
       </c>
     </row>
     <row r="122" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A122" s="11" t="s">
         <v>135</v>
       </c>
       <c r="B122" s="29">
-        <v>188.88447800545799</v>
+        <v>188.88447800481899</v>
       </c>
       <c r="C122" s="49">
-        <v>202.66974171055099</v>
+        <v>202.66974170750299</v>
       </c>
       <c r="D122" s="49">
-        <v>198.04921629104501</v>
+        <v>198.04921629126801</v>
       </c>
       <c r="E122" s="49">
-        <v>252.29723977839899</v>
+        <v>252.29723977838799</v>
       </c>
       <c r="F122" s="49">
-        <v>229.076539040727</v>
+        <v>229.07653904072899</v>
       </c>
       <c r="G122" s="49">
-        <v>264.92165296469301</v>
+        <v>264.92165296467698</v>
       </c>
       <c r="H122" s="49">
-        <v>293.40581388046201</v>
+        <v>293.40581388055602</v>
       </c>
       <c r="I122" s="49">
         <v>281.02913979967298</v>
       </c>
       <c r="J122" s="49">
-        <v>313.83755785478201</v>
+        <v>313.837557855699</v>
       </c>
       <c r="K122" s="49">
-        <v>267.76109696403302</v>
+        <v>267.76109696362801</v>
       </c>
       <c r="L122" s="49">
-        <v>198.07188052319501</v>
+        <v>198.07188052324</v>
       </c>
       <c r="M122" s="49">
-        <v>160.80290085226099</v>
+        <v>160.802900852253</v>
       </c>
       <c r="N122" s="49">
-        <v>256.85074521952799</v>
+        <v>256.85074521955102</v>
       </c>
       <c r="O122" s="49">
-        <v>248.35677812281401</v>
+        <v>248.356778122815</v>
       </c>
       <c r="P122" s="50">
-        <v>5.1594935428855848E-2</v>
+        <v>5.1594935427277111E-2</v>
       </c>
       <c r="Q122" s="33">
-        <v>8.187906132866507E-2</v>
+        <v>8.1879061346451065E-2</v>
       </c>
       <c r="R122" s="33">
-        <v>5.4921690374377441E-2</v>
+        <v>5.4921690375183019E-2</v>
       </c>
       <c r="S122" s="33">
-        <v>5.1940356863062087E-2</v>
+        <v>5.1940356863003023E-2</v>
       </c>
       <c r="T122" s="33">
-        <v>1.2920778052987636E-2</v>
+        <v>1.292077805297831E-2</v>
       </c>
       <c r="U122" s="33">
-        <v>2.616248837827917E-2</v>
+        <v>2.6162488378356219E-2</v>
       </c>
       <c r="V122" s="33">
-        <v>1.3855166000232622E-2</v>
+        <v>1.3855166000088071E-2</v>
       </c>
       <c r="W122" s="33">
         <v>1.0146078155038429E-2</v>
       </c>
       <c r="X122" s="33">
-        <v>-1.283599840235039E-2</v>
+        <v>-1.2835998396345416E-2</v>
       </c>
       <c r="Y122" s="33">
-        <v>1.9127168089187352E-2</v>
+        <v>1.9127168087967883E-2</v>
       </c>
       <c r="Z122" s="33">
-        <v>9.0303153294021055E-2</v>
+        <v>9.0303153294310601E-2</v>
       </c>
       <c r="AA122" s="33">
-        <v>6.5590090491396635E-2</v>
+        <v>6.5590090491244757E-2</v>
       </c>
       <c r="AB122" s="33">
-        <v>9.8894143371393017E-3</v>
+        <v>9.8894143372336707E-3</v>
       </c>
       <c r="AC122" s="34">
-        <v>2.6844318129022549E-2</v>
+        <v>2.6844318128929068E-2</v>
       </c>
       <c r="AD122" s="8">
-        <v>-1.283599840235039E-2</v>
+        <v>-1.2835998396345416E-2</v>
       </c>
     </row>
     <row r="123" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A123" s="6" t="s">
         <v>136</v>
       </c>
       <c r="B123" s="29">
-        <v>202.64950199664699</v>
+        <v>202.64950199782999</v>
       </c>
       <c r="C123" s="49">
-        <v>215.009234818473</v>
+        <v>215.009234835006</v>
       </c>
       <c r="D123" s="49">
-        <v>208.72784048387999</v>
+        <v>208.72784048404301</v>
       </c>
       <c r="E123" s="49">
-        <v>258.53662448896398</v>
+        <v>258.53662448895</v>
       </c>
       <c r="F123" s="49">
-        <v>240.66616280545401</v>
+        <v>240.666162805428</v>
       </c>
       <c r="G123" s="49">
-        <v>269.28991284303902</v>
+        <v>269.28991284312502</v>
       </c>
       <c r="H123" s="49">
-        <v>297.784557627732</v>
+        <v>297.78455762737599</v>
       </c>
       <c r="I123" s="49">
         <v>285.67231532804198</v>
       </c>
       <c r="J123" s="49">
-        <v>317.70544031411498</v>
+        <v>317.70544031571097</v>
       </c>
       <c r="K123" s="49">
-        <v>273.64144209464502</v>
+        <v>273.64144209474102</v>
       </c>
       <c r="L123" s="49">
-        <v>208.76764873304401</v>
+        <v>208.76764873308301</v>
       </c>
       <c r="M123" s="49">
-        <v>166.58973275369399</v>
+        <v>166.58973275366699</v>
       </c>
       <c r="N123" s="49">
-        <v>267.47828716224501</v>
+        <v>267.478287162225</v>
       </c>
       <c r="O123" s="49">
-        <v>256.630993868112</v>
+        <v>256.63099386807897</v>
       </c>
       <c r="P123" s="50">
-        <v>7.2875358190053197E-2</v>
+        <v>7.287535819994595E-2</v>
       </c>
       <c r="Q123" s="33">
-        <v>6.0884732983698342E-2</v>
+        <v>6.0884733081229214E-2</v>
       </c>
       <c r="R123" s="33">
-        <v>5.3919042916797499E-2</v>
+        <v>5.3919042916434012E-2</v>
       </c>
       <c r="S123" s="33">
-        <v>2.4730293189276553E-2</v>
+        <v>2.4730293189265673E-2</v>
       </c>
       <c r="T123" s="33">
-        <v>5.0592801049200942E-2</v>
+        <v>5.0592801049078373E-2</v>
       </c>
       <c r="U123" s="33">
-        <v>1.6488874463304715E-2</v>
+        <v>1.648887446369085E-2</v>
       </c>
       <c r="V123" s="33">
-        <v>1.4923847927069245E-2</v>
+        <v>1.4923847925530698E-2</v>
       </c>
       <c r="W123" s="33">
         <v>1.6522042986996999E-2</v>
       </c>
       <c r="X123" s="33">
-        <v>1.2324472844396528E-2</v>
+        <v>1.2324472846523937E-2</v>
       </c>
       <c r="Y123" s="33">
-        <v>2.1961163131184458E-2</v>
+        <v>2.1961163133088712E-2</v>
       </c>
       <c r="Z123" s="33">
-        <v>5.3999427791551202E-2</v>
+        <v>5.399942779150857E-2</v>
       </c>
       <c r="AA123" s="33">
-        <v>3.5987111369027547E-2</v>
+        <v>3.5987111368910973E-2</v>
       </c>
       <c r="AB123" s="33">
-        <v>4.1376332911293501E-2</v>
+        <v>4.1376332911122304E-2</v>
       </c>
       <c r="AC123" s="34">
-        <v>3.3315844277889362E-2</v>
+        <v>3.331584427775236E-2</v>
       </c>
       <c r="AD123" s="8">
-        <v>1.2324472844396528E-2</v>
+        <v>1.2324472846523937E-2</v>
       </c>
     </row>
     <row r="124" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A124" s="7" t="s">
         <v>137</v>
       </c>
       <c r="B124" s="29">
-        <v>217.438344730051</v>
+        <v>217.438344730512</v>
       </c>
       <c r="C124" s="49">
-        <v>226.84020704183999</v>
+        <v>226.84020704280999</v>
       </c>
       <c r="D124" s="49">
-        <v>219.60465123708499</v>
+        <v>219.60465123582199</v>
       </c>
       <c r="E124" s="49">
-        <v>273.75288171566098</v>
+        <v>273.752881715694</v>
       </c>
       <c r="F124" s="49">
-        <v>252.46673783452499</v>
+        <v>252.466737834486</v>
       </c>
       <c r="G124" s="49">
-        <v>277.10065675817401</v>
+        <v>277.10065675815002</v>
       </c>
       <c r="H124" s="49">
-        <v>306.37002459260998</v>
+        <v>306.37002459256399</v>
       </c>
       <c r="I124" s="49">
         <v>291.342287568892</v>
       </c>
       <c r="J124" s="49">
-        <v>328.81246076346503</v>
+        <v>328.81246076199</v>
       </c>
       <c r="K124" s="49">
-        <v>286.50089713122497</v>
+        <v>286.500897132783</v>
       </c>
       <c r="L124" s="49">
-        <v>227.859879318515</v>
+        <v>227.859879318292</v>
       </c>
       <c r="M124" s="49">
-        <v>176.570834587658</v>
+        <v>176.57083458769401</v>
       </c>
       <c r="N124" s="49">
-        <v>273.39274046341501</v>
+        <v>273.392740463309</v>
       </c>
       <c r="O124" s="49">
-        <v>268.45065288452702</v>
+        <v>268.45065288446699</v>
       </c>
       <c r="P124" s="50">
-        <v>7.2977444245822642E-2</v>
+        <v>7.2977444241833833E-2</v>
       </c>
       <c r="Q124" s="33">
-        <v>5.5025414296067776E-2</v>
+        <v>5.5025414219453728E-2</v>
       </c>
       <c r="R124" s="33">
-        <v>5.2110014303746066E-2</v>
+        <v>5.2110014296873342E-2</v>
       </c>
       <c r="S124" s="33">
-        <v>5.8855325649795898E-2</v>
+        <v>5.8855325649981083E-2</v>
       </c>
       <c r="T124" s="33">
-        <v>4.9032962887309406E-2</v>
+        <v>4.9032962887260778E-2</v>
       </c>
       <c r="U124" s="33">
-        <v>2.9004962839761728E-2</v>
+        <v>2.900496283934384E-2</v>
       </c>
       <c r="V124" s="33">
-        <v>2.8831135614530101E-2</v>
+        <v>2.8831135615605685E-2</v>
       </c>
       <c r="W124" s="33">
         <v>1.9847818415092533E-2</v>
       </c>
       <c r="X124" s="33">
-        <v>3.4960120413325413E-2</v>
+        <v>3.4960120403483508E-2</v>
       </c>
       <c r="Y124" s="33">
-        <v>4.6993814014955504E-2</v>
+        <v>4.699381402028191E-2</v>
       </c>
       <c r="Z124" s="33">
-        <v>9.1452055437404756E-2</v>
+        <v>9.1452055436132662E-2</v>
       </c>
       <c r="AA124" s="33">
-        <v>5.9914267638097707E-2</v>
+        <v>5.9914267638485619E-2</v>
       </c>
       <c r="AB124" s="33">
-        <v>2.2111900610394031E-2</v>
+        <v>2.2111900610074064E-2</v>
       </c>
       <c r="AC124" s="34">
-        <v>4.6057020776256508E-2</v>
+        <v>4.6057020776157254E-2</v>
       </c>
       <c r="AD124" s="8">
         <v>1.9847818415092533E-2</v>
       </c>
     </row>
     <row r="125" spans="1:30" s="12" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A125" s="10" t="s">
         <v>138</v>
       </c>
       <c r="B125" s="41">
-        <v>238.718200057703</v>
+        <v>238.71820005674499</v>
       </c>
       <c r="C125" s="47">
-        <v>240.48629412524599</v>
+        <v>240.486294102849</v>
       </c>
       <c r="D125" s="47">
-        <v>239.110957530062</v>
+        <v>239.11095753017901</v>
       </c>
       <c r="E125" s="47">
-        <v>286.19847847970902</v>
+        <v>286.19847847972301</v>
       </c>
       <c r="F125" s="47">
-        <v>260.22622290083598</v>
+        <v>260.226222901109</v>
       </c>
       <c r="G125" s="47">
-        <v>291.44561720837999</v>
+        <v>291.44561720833099</v>
       </c>
       <c r="H125" s="47">
-        <v>318.88402643649999</v>
+        <v>318.88402643696003</v>
       </c>
       <c r="I125" s="47">
         <v>300.33136252850602</v>
       </c>
       <c r="J125" s="47">
-        <v>338.161838169725</v>
+        <v>338.161838165078</v>
       </c>
       <c r="K125" s="47">
-        <v>297.84765530245102</v>
+        <v>297.84765530106</v>
       </c>
       <c r="L125" s="47">
-        <v>247.82144500323099</v>
+        <v>247.82144500321101</v>
       </c>
       <c r="M125" s="47">
-        <v>187.075043068101</v>
+        <v>187.07504306815699</v>
       </c>
       <c r="N125" s="47">
-        <v>285.92309255586798</v>
+        <v>285.923092556021</v>
       </c>
       <c r="O125" s="47">
-        <v>280.37643563623999</v>
+        <v>280.376435636439</v>
       </c>
       <c r="P125" s="48">
-        <v>9.786615766446749E-2</v>
+        <v>9.7866157657733988E-2</v>
       </c>
       <c r="Q125" s="45">
-        <v>6.0157267802568359E-2</v>
+        <v>6.0157267699300299E-2</v>
       </c>
       <c r="R125" s="45">
-        <v>8.8824650038573205E-2</v>
+        <v>8.8824650045368214E-2</v>
       </c>
       <c r="S125" s="45">
-        <v>4.5462888595177997E-2</v>
+        <v>4.5462888595102946E-2</v>
       </c>
       <c r="T125" s="45">
-        <v>3.0734682647172384E-2</v>
+        <v>3.0734682648412948E-2</v>
       </c>
       <c r="U125" s="45">
-        <v>5.176804926422407E-2</v>
+        <v>5.1768049264138138E-2</v>
       </c>
       <c r="V125" s="45">
-        <v>4.0846038578775001E-2</v>
+        <v>4.0846038580432786E-2</v>
       </c>
       <c r="W125" s="45">
         <v>3.085400006508987E-2</v>
       </c>
       <c r="X125" s="45">
-        <v>2.8433768551689775E-2</v>
+        <v>2.8433768542170723E-2</v>
       </c>
       <c r="Y125" s="45">
-        <v>3.9604616546903504E-2</v>
+        <v>3.9604616536395021E-2</v>
       </c>
       <c r="Z125" s="45">
-        <v>8.7604565333823547E-2</v>
+        <v>8.7604565334800322E-2</v>
       </c>
       <c r="AA125" s="45">
-        <v>5.9490053977335755E-2</v>
+        <v>5.9490053977436785E-2</v>
       </c>
       <c r="AB125" s="45">
-        <v>4.5832790114373134E-2</v>
+        <v>4.5832790115338362E-2</v>
       </c>
       <c r="AC125" s="46">
-        <v>4.4424487791589806E-2</v>
+        <v>4.4424487792564582E-2</v>
       </c>
       <c r="AD125" s="8">
-        <v>2.8433768551689775E-2</v>
+        <v>2.8433768542170723E-2</v>
       </c>
     </row>
     <row r="126" spans="1:30" s="12" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A126" s="11" t="s">
         <v>139</v>
       </c>
       <c r="B126" s="29">
-        <v>251.196879713035</v>
+        <v>251.19687971051701</v>
       </c>
       <c r="C126" s="49">
-        <v>260.07772996179199</v>
+        <v>260.07772994316599</v>
       </c>
       <c r="D126" s="49">
-        <v>254.169249679378</v>
+        <v>254.169249681954</v>
       </c>
       <c r="E126" s="49">
-        <v>301.34724263610002</v>
+        <v>301.34724263606103</v>
       </c>
       <c r="F126" s="49">
-        <v>275.342522928996</v>
+        <v>275.34252292910401</v>
       </c>
       <c r="G126" s="49">
-        <v>303.10967120518899</v>
+        <v>303.10967120513402</v>
       </c>
       <c r="H126" s="49">
-        <v>330.03806523773699</v>
+        <v>330.03806523809499</v>
       </c>
       <c r="I126" s="49">
         <v>307.25424370871099</v>
       </c>
       <c r="J126" s="49">
-        <v>347.186553252083</v>
+        <v>347.18655325807401</v>
       </c>
       <c r="K126" s="49">
-        <v>312.97398587067403</v>
+        <v>312.97398586857503</v>
       </c>
       <c r="L126" s="49">
-        <v>263.49863769920199</v>
+        <v>263.49863769968999</v>
       </c>
       <c r="M126" s="49">
-        <v>199.650661384877</v>
+        <v>199.650661384757</v>
       </c>
       <c r="N126" s="49">
-        <v>294.42508021478</v>
+        <v>294.42508021495303</v>
       </c>
       <c r="O126" s="49">
-        <v>293.94678083593902</v>
+        <v>293.94678083594602</v>
       </c>
       <c r="P126" s="50">
-        <v>5.2273683583051733E-2</v>
+        <v>5.2273683576726571E-2</v>
       </c>
       <c r="Q126" s="33">
-        <v>8.1465914337482959E-2</v>
+        <v>8.1465914360750569E-2</v>
       </c>
       <c r="R126" s="33">
-        <v>6.2976169326839804E-2</v>
+        <v>6.2976169337092935E-2</v>
       </c>
       <c r="S126" s="33">
-        <v>5.2930973766392775E-2</v>
+        <v>5.2930973766205147E-2</v>
       </c>
       <c r="T126" s="33">
-        <v>5.8089072883021453E-2</v>
+        <v>5.8089072882326231E-2</v>
       </c>
       <c r="U126" s="33">
-        <v>4.002137382793225E-2</v>
+        <v>4.0021373827918483E-2</v>
       </c>
       <c r="V126" s="33">
-        <v>3.4978355378544324E-2</v>
+        <v>3.4978355378173731E-2</v>
       </c>
       <c r="W126" s="33">
         <v>2.3050810018377277E-2</v>
       </c>
       <c r="X126" s="33">
-        <v>2.6687562177931001E-2</v>
+        <v>2.668756220975621E-2</v>
       </c>
       <c r="Y126" s="33">
-        <v>5.0785461288466172E-2</v>
+        <v>5.0785461286326328E-2</v>
       </c>
       <c r="Z126" s="33">
-        <v>6.3260032624564033E-2</v>
+        <v>6.3260032626619056E-2</v>
       </c>
       <c r="AA126" s="33">
-        <v>6.7222319506285544E-2</v>
+        <v>6.7222319505324535E-2</v>
       </c>
       <c r="AB126" s="33">
-        <v>2.9735225591303927E-2</v>
+        <v>2.9735225591358105E-2</v>
       </c>
       <c r="AC126" s="34">
-        <v>4.8400448378997041E-2</v>
+        <v>4.8400448378277838E-2</v>
       </c>
       <c r="AD126" s="8">
         <v>2.3050810018377277E-2</v>
       </c>
     </row>
     <row r="127" spans="1:30" s="12" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A127" s="6" t="s">
         <v>140</v>
       </c>
       <c r="B127" s="29">
-        <v>263.66251927637899</v>
+        <v>263.66251927936003</v>
       </c>
       <c r="C127" s="49">
-        <v>270.47794592977101</v>
+        <v>270.47794596546299</v>
       </c>
       <c r="D127" s="49">
-        <v>267.09207864620902</v>
+        <v>267.09207864694599</v>
       </c>
       <c r="E127" s="49">
-        <v>310.14932904022697</v>
+        <v>310.149329040167</v>
       </c>
       <c r="F127" s="49">
-        <v>285.97079156174402</v>
+        <v>285.97079156045299</v>
       </c>
       <c r="G127" s="49">
-        <v>312.720970021791</v>
+        <v>312.720970021879</v>
       </c>
       <c r="H127" s="49">
-        <v>340.39813528864101</v>
+        <v>340.39813528781201</v>
       </c>
       <c r="I127" s="49">
-        <v>314.80107476228301</v>
+        <v>314.80107476228198</v>
       </c>
       <c r="J127" s="49">
-        <v>353.61635057392198</v>
+        <v>353.61635057563598</v>
       </c>
       <c r="K127" s="49">
-        <v>324.19221779285999</v>
+        <v>324.192217794344</v>
       </c>
       <c r="L127" s="49">
-        <v>278.82480260173099</v>
+        <v>278.82480260191699</v>
       </c>
       <c r="M127" s="49">
-        <v>206.675837147154</v>
+        <v>206.67583714704</v>
       </c>
       <c r="N127" s="49">
-        <v>309.51343215343297</v>
+        <v>309.51343215322299</v>
       </c>
       <c r="O127" s="49">
-        <v>303.84506008286701</v>
+        <v>303.84506008255801</v>
       </c>
       <c r="P127" s="50">
-        <v>4.9624977736923315E-2</v>
+        <v>4.9624977759312072E-2</v>
       </c>
       <c r="Q127" s="33">
-        <v>3.9988875516204114E-2</v>
+        <v>3.9988875727920759E-2</v>
       </c>
       <c r="R127" s="33">
-        <v>5.0843400541696226E-2</v>
+        <v>5.0843400533945537E-2</v>
       </c>
       <c r="S127" s="33">
-        <v>2.9209115461382051E-2</v>
+        <v>2.9209115461316104E-2</v>
       </c>
       <c r="T127" s="33">
-        <v>3.8600171596048005E-2</v>
+        <v>3.8600171590951859E-2</v>
       </c>
       <c r="U127" s="33">
-        <v>3.1708981037743555E-2</v>
+        <v>3.1708981038220951E-2</v>
       </c>
       <c r="V127" s="33">
-        <v>3.1390530796626015E-2</v>
+        <v>3.1390530792995364E-2</v>
       </c>
       <c r="W127" s="33">
-        <v>2.4562170281126283E-2</v>
+        <v>2.4562170281122953E-2</v>
       </c>
       <c r="X127" s="33">
-        <v>1.851971875526659E-2</v>
+        <v>1.8519718742628033E-2</v>
       </c>
       <c r="Y127" s="33">
-        <v>3.5843975629404223E-2</v>
+        <v>3.5843975641092873E-2</v>
       </c>
       <c r="Z127" s="33">
-        <v>5.8164114381588083E-2</v>
+        <v>5.8164114380334198E-2</v>
       </c>
       <c r="AA127" s="33">
-        <v>3.5187340295027569E-2</v>
+        <v>3.5187340295078862E-2</v>
       </c>
       <c r="AB127" s="33">
-        <v>5.1246829677846106E-2</v>
+        <v>5.1246829676514949E-2</v>
       </c>
       <c r="AC127" s="34">
-        <v>3.3673712019498314E-2</v>
+        <v>3.3673712018422508E-2</v>
       </c>
       <c r="AD127" s="8">
-        <v>1.851971875526659E-2</v>
+        <v>1.8519718742628033E-2</v>
       </c>
     </row>
     <row r="128" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A128" s="7" t="s">
         <v>141</v>
       </c>
       <c r="B128" s="35">
-        <v>267.37164314800299</v>
+        <v>267.37164315086102</v>
       </c>
       <c r="C128" s="51">
-        <v>272.97579040226401</v>
+        <v>272.97579048532299</v>
       </c>
       <c r="D128" s="51">
-        <v>273.35771585830702</v>
+        <v>273.35771585126798</v>
       </c>
       <c r="E128" s="51">
-        <v>314.92101922342601</v>
+        <v>314.92101922350798</v>
       </c>
       <c r="F128" s="51">
-        <v>285.83854181103902</v>
+        <v>285.83854181152702</v>
       </c>
       <c r="G128" s="51">
-        <v>315.34578672354201</v>
+        <v>315.34578672373601</v>
       </c>
       <c r="H128" s="51">
-        <v>338.42038269704699</v>
+        <v>338.42038269584202</v>
       </c>
       <c r="I128" s="51">
-        <v>314.771811864146</v>
+        <v>314.77181186414498</v>
       </c>
       <c r="J128" s="51">
-        <v>353.38585249232602</v>
+        <v>353.38585248069597</v>
       </c>
       <c r="K128" s="51">
-        <v>323.48400039534698</v>
+        <v>323.484000400897</v>
       </c>
       <c r="L128" s="51">
-        <v>283.33792030555799</v>
+        <v>283.33792030429697</v>
       </c>
       <c r="M128" s="51">
-        <v>208.798248145635</v>
+        <v>208.79824814598899</v>
       </c>
       <c r="N128" s="51">
-        <v>321.22113696754298</v>
+        <v>321.22113696689701</v>
       </c>
       <c r="O128" s="51">
-        <v>305.539178855437</v>
+        <v>305.53917885525101</v>
       </c>
       <c r="P128" s="52">
-        <v>1.4067694876783055E-2</v>
+        <v>1.4067694876157333E-2</v>
       </c>
       <c r="Q128" s="39">
-        <v>9.2349284297712497E-3</v>
+        <v>9.2349286036761402E-3</v>
       </c>
       <c r="R128" s="39">
-        <v>2.345871597486604E-2</v>
+        <v>2.3458715945687825E-2</v>
       </c>
       <c r="S128" s="39">
-        <v>1.5385137855900899E-2</v>
+        <v>1.5385137856361419E-2</v>
       </c>
       <c r="T128" s="39">
-        <v>-4.6245894548446742E-4</v>
+        <v>-4.6245893926555315E-4</v>
       </c>
       <c r="U128" s="39">
-        <v>8.3934783828794046E-3</v>
+        <v>8.3934783832160242E-3</v>
       </c>
       <c r="V128" s="39">
-        <v>-5.8101158219241444E-3</v>
+        <v>-5.8101158230428052E-3</v>
       </c>
       <c r="W128" s="39">
         <v>-9.2956792346110539E-5</v>
       </c>
       <c r="X128" s="39">
-        <v>-6.5183094962051324E-4</v>
+        <v>-6.5183098735333012E-4</v>
       </c>
       <c r="Y128" s="39">
-        <v>-2.1845601425433125E-3</v>
+        <v>-2.1845601299913531E-3</v>
       </c>
       <c r="Z128" s="39">
-        <v>1.6186213212435963E-2</v>
+        <v>1.6186213207235456E-2</v>
       </c>
       <c r="AA128" s="39">
-        <v>1.026927495626806E-2</v>
+        <v>1.0269274958538022E-2</v>
       </c>
       <c r="AB128" s="39">
-        <v>3.7826160669842013E-2</v>
+        <v>3.7826160668459119E-2</v>
       </c>
       <c r="AC128" s="40">
-        <v>5.5756008411258495E-3</v>
+        <v>5.57560084153641E-3</v>
       </c>
       <c r="AD128" s="8">
-        <v>-5.8101158219241444E-3</v>
+        <v>-5.8101158230428052E-3</v>
       </c>
     </row>
     <row r="129" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A129" s="10" t="s">
         <v>142</v>
       </c>
       <c r="B129" s="29">
-        <v>270.37243874876401</v>
+        <v>270.37243874619099</v>
       </c>
       <c r="C129" s="49">
-        <v>277.53036564531902</v>
+        <v>277.53036551130202</v>
       </c>
       <c r="D129" s="49">
-        <v>274.78584487380499</v>
+        <v>274.78584487469698</v>
       </c>
       <c r="E129" s="49">
-        <v>315.33389870704599</v>
+        <v>315.33389870719498</v>
       </c>
       <c r="F129" s="49">
-        <v>288.972076629887</v>
+        <v>288.97207663204603</v>
       </c>
       <c r="G129" s="49">
-        <v>315.88992326240901</v>
+        <v>315.88992326209302</v>
       </c>
       <c r="H129" s="49">
-        <v>335.94069150949503</v>
+        <v>335.94069151222999</v>
       </c>
       <c r="I129" s="49">
-        <v>314.69932942975203</v>
+        <v>314.699329429758</v>
       </c>
       <c r="J129" s="49">
-        <v>351.49600372055301</v>
+        <v>351.49600373386301</v>
       </c>
       <c r="K129" s="49">
-        <v>322.66697227755998</v>
+        <v>322.66697227413903</v>
       </c>
       <c r="L129" s="49">
-        <v>284.038509583647</v>
+        <v>284.03850958365001</v>
       </c>
       <c r="M129" s="49">
-        <v>215.79950510779</v>
+        <v>215.79950510784599</v>
       </c>
       <c r="N129" s="49">
-        <v>323.51765431957602</v>
+        <v>323.51765432033102</v>
       </c>
       <c r="O129" s="49">
-        <v>307.97831574762603</v>
+        <v>307.97831574856099</v>
       </c>
       <c r="P129" s="50">
-        <v>1.1223312859321988E-2</v>
+        <v>1.1223312838889221E-2</v>
       </c>
       <c r="Q129" s="33">
-        <v>1.6684905413565376E-2</v>
+        <v>1.6684904613267992E-2</v>
       </c>
       <c r="R129" s="33">
-        <v>5.2243962129030486E-3</v>
+        <v>5.2243962420508439E-3</v>
       </c>
       <c r="S129" s="33">
-        <v>1.3110572442516233E-3</v>
+        <v>1.31105724446412E-3</v>
       </c>
       <c r="T129" s="33">
-        <v>1.0962604269509235E-2</v>
+        <v>1.0962604275336574E-2</v>
       </c>
       <c r="U129" s="33">
-        <v>1.7255234151709598E-3</v>
+        <v>1.7255234135526987E-3</v>
       </c>
       <c r="V129" s="33">
-        <v>-7.3272512955337987E-3</v>
+        <v>-7.3272512839177573E-3</v>
       </c>
       <c r="W129" s="33">
-        <v>-2.3026977531670489E-4</v>
+        <v>-2.3026977529450043E-4</v>
       </c>
       <c r="X129" s="33">
-        <v>-5.3478337020128608E-3</v>
+        <v>-5.3478336316142849E-3</v>
       </c>
       <c r="Y129" s="33">
-        <v>-2.525714152132652E-3</v>
+        <v>-2.5257141798216143E-3</v>
       </c>
       <c r="Z129" s="33">
-        <v>2.4726280101634579E-3</v>
+        <v>2.4726280146356583E-3</v>
       </c>
       <c r="AA129" s="33">
-        <v>3.35312054786574E-2</v>
+        <v>3.3531205477173476E-2</v>
       </c>
       <c r="AB129" s="33">
-        <v>7.1493344856228269E-3</v>
+        <v>7.1493344899986599E-3</v>
       </c>
       <c r="AC129" s="34">
-        <v>7.983057692719342E-3</v>
+        <v>7.9830576963928479E-3</v>
       </c>
       <c r="AD129" s="8">
-        <v>-7.3272512955337987E-3</v>
+        <v>-7.3272512839177573E-3</v>
       </c>
     </row>
     <row r="130" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A130" s="11" t="s">
         <v>143</v>
       </c>
       <c r="B130" s="29">
-        <v>271.78870722894197</v>
+        <v>271.78870722278998</v>
       </c>
       <c r="C130" s="49">
-        <v>281.93581359537001</v>
+        <v>281.93581356085201</v>
       </c>
       <c r="D130" s="49">
-        <v>277.51569505694999</v>
+        <v>277.51569506660502</v>
       </c>
       <c r="E130" s="49">
-        <v>314.66095818518198</v>
+        <v>314.66095818493898</v>
       </c>
       <c r="F130" s="49">
-        <v>291.72386587207097</v>
+        <v>291.72386587220399</v>
       </c>
       <c r="G130" s="49">
-        <v>315.73928845399303</v>
+        <v>315.73928845405902</v>
       </c>
       <c r="H130" s="49">
-        <v>338.05520168510299</v>
+        <v>338.05520168459401</v>
       </c>
       <c r="I130" s="49">
-        <v>317.59507839771101</v>
+        <v>317.59507839771601</v>
       </c>
       <c r="J130" s="49">
-        <v>359.60398249933201</v>
+        <v>359.60398253313298</v>
       </c>
       <c r="K130" s="49">
-        <v>327.97087571226803</v>
+        <v>327.97087570117702</v>
       </c>
       <c r="L130" s="49">
-        <v>283.40167490642199</v>
+        <v>283.40167490807602</v>
       </c>
       <c r="M130" s="49">
-        <v>220.24253581747499</v>
+        <v>220.24253581708501</v>
       </c>
       <c r="N130" s="49">
-        <v>334.250042161701</v>
+        <v>334.25004216250102</v>
       </c>
       <c r="O130" s="49">
-        <v>311.80511053053499</v>
+        <v>311.80511053035798</v>
       </c>
       <c r="P130" s="50">
-        <v>5.2382132096460143E-3</v>
+        <v>5.2382131964585632E-3</v>
       </c>
       <c r="Q130" s="33">
-        <v>1.5873751111188605E-2</v>
+        <v>1.5873751477369691E-2</v>
       </c>
       <c r="R130" s="33">
-        <v>9.9344643622334416E-3</v>
+        <v>9.9344643940915134E-3</v>
       </c>
       <c r="S130" s="33">
-        <v>-2.1340570253411961E-3</v>
+        <v>-2.1340570265833136E-3</v>
       </c>
       <c r="T130" s="33">
-        <v>9.5226821714973209E-3</v>
+        <v>9.5226821644149862E-3</v>
       </c>
       <c r="U130" s="33">
-        <v>-4.7685854255896665E-4</v>
+        <v>-4.7685854135026684E-4</v>
       </c>
       <c r="V130" s="33">
-        <v>6.2942960738301412E-3</v>
+        <v>6.2942960641225731E-3</v>
       </c>
       <c r="W130" s="33">
-        <v>9.2016369186620484E-3</v>
+        <v>9.2016369186587177E-3</v>
       </c>
       <c r="X130" s="33">
-        <v>2.3067058211065916E-2</v>
+        <v>2.3067058268488871E-2</v>
       </c>
       <c r="Y130" s="33">
-        <v>1.6437701687502138E-2</v>
+        <v>1.6437701663905679E-2</v>
       </c>
       <c r="Z130" s="33">
-        <v>-2.2420716055667755E-3</v>
+        <v>-2.2420715997540919E-3</v>
       </c>
       <c r="AA130" s="33">
-        <v>2.0588697399772649E-2</v>
+        <v>2.058869739770075E-2</v>
       </c>
       <c r="AB130" s="33">
-        <v>3.3174040732637522E-2</v>
+        <v>3.317404073269925E-2</v>
       </c>
       <c r="AC130" s="34">
-        <v>1.2425533186059878E-2</v>
+        <v>1.2425533182411685E-2</v>
       </c>
       <c r="AD130" s="8">
-        <v>-2.2420716055667755E-3</v>
+        <v>-2.2420715997540919E-3</v>
       </c>
     </row>
     <row r="131" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A131" s="6" t="s">
         <v>144</v>
       </c>
       <c r="B131" s="29">
-        <v>270.90446952828199</v>
+        <v>270.90446953243298</v>
       </c>
       <c r="C131" s="49">
-        <v>282.68514336196</v>
+        <v>282.68514339658401</v>
       </c>
       <c r="D131" s="49">
-        <v>280.24686122757902</v>
+        <v>280.24686122948401</v>
       </c>
       <c r="E131" s="49">
-        <v>316.96094768606298</v>
+        <v>316.96094768605298</v>
       </c>
       <c r="F131" s="49">
-        <v>289.615930070312</v>
+        <v>289.61593006427699</v>
       </c>
       <c r="G131" s="49">
-        <v>316.47574557554299</v>
+        <v>316.47574557520397</v>
       </c>
       <c r="H131" s="49">
-        <v>339.94753956644399</v>
+        <v>339.94753956546901</v>
       </c>
       <c r="I131" s="49">
-        <v>316.21746874839101</v>
+        <v>316.21746874835901</v>
       </c>
       <c r="J131" s="49">
-        <v>359.14732549207599</v>
+        <v>359.14732541960899</v>
       </c>
       <c r="K131" s="49">
-        <v>325.95000993496802</v>
+        <v>325.95000994497002</v>
       </c>
       <c r="L131" s="49">
-        <v>286.96526086060902</v>
+        <v>286.96526086137101</v>
       </c>
       <c r="M131" s="49">
-        <v>221.652743743613</v>
+        <v>221.65274374289399</v>
       </c>
       <c r="N131" s="49">
-        <v>345.73243721499801</v>
+        <v>345.73243721433101</v>
       </c>
       <c r="O131" s="49">
-        <v>312.375388165012</v>
+        <v>312.37538816393402</v>
       </c>
       <c r="P131" s="50">
-        <v>-3.2534011794504991E-3</v>
+        <v>-3.2534011416160968E-3</v>
       </c>
       <c r="Q131" s="33">
-        <v>2.6578026999628523E-3</v>
+        <v>2.6578029455284202E-3</v>
       </c>
       <c r="R131" s="33">
-        <v>9.8414836323710286E-3</v>
+        <v>9.8414836041020859E-3</v>
       </c>
       <c r="S131" s="33">
-        <v>7.3094212709015061E-3</v>
+        <v>7.3094212716475759E-3</v>
       </c>
       <c r="T131" s="33">
-        <v>-7.2257914019395741E-3</v>
+        <v>-7.2257914230795528E-3</v>
       </c>
       <c r="U131" s="33">
-        <v>2.332484896498066E-3</v>
+        <v>2.3324848952148702E-3</v>
       </c>
       <c r="V131" s="33">
-        <v>5.59771857350011E-3</v>
+        <v>5.5977185721300948E-3</v>
       </c>
       <c r="W131" s="33">
-        <v>-4.3376290850291044E-3</v>
+        <v>-4.3376290851454558E-3</v>
       </c>
       <c r="X131" s="33">
-        <v>-1.2698886260439357E-3</v>
+        <v>-1.2698889214385334E-3</v>
       </c>
       <c r="Y131" s="33">
-        <v>-6.1617232716508763E-3</v>
+        <v>-6.1617232075455997E-3</v>
       </c>
       <c r="Z131" s="33">
-        <v>1.2574329193233202E-2</v>
+        <v>1.2574329190012223E-2</v>
       </c>
       <c r="AA131" s="33">
-        <v>6.4029771583573591E-3</v>
+        <v>6.4029771568747673E-3</v>
       </c>
       <c r="AB131" s="33">
-        <v>3.4352710859919977E-2</v>
+        <v>3.4352710855448887E-2</v>
       </c>
       <c r="AC131" s="34">
-        <v>1.8289553801946745E-3</v>
+        <v>1.8289553773060963E-3</v>
       </c>
       <c r="AD131" s="8">
-        <v>-7.2257914019395741E-3</v>
+        <v>-7.2257914230795528E-3</v>
       </c>
     </row>
     <row r="132" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A132" s="7" t="s">
         <v>145</v>
       </c>
       <c r="B132" s="35">
-        <v>261.69160885888903</v>
+        <v>261.691608864084</v>
       </c>
       <c r="C132" s="51">
-        <v>287.32341174544501</v>
+        <v>287.32341202019199</v>
       </c>
       <c r="D132" s="51">
-        <v>281.36892427812302</v>
+        <v>281.36892426055698</v>
       </c>
       <c r="E132" s="51">
-        <v>314.92137673495102</v>
+        <v>314.92137673481398</v>
       </c>
       <c r="F132" s="51">
-        <v>288.25689748087001</v>
+        <v>288.25689748359798</v>
       </c>
       <c r="G132" s="51">
-        <v>320.92582467195501</v>
+        <v>320.92582467294397</v>
       </c>
       <c r="H132" s="51">
-        <v>342.33079633159701</v>
+        <v>342.33079632883403</v>
       </c>
       <c r="I132" s="51">
-        <v>317.69346777125298</v>
+        <v>317.69346777126799</v>
       </c>
       <c r="J132" s="51">
-        <v>361.829909300238</v>
+        <v>361.82990922447198</v>
       </c>
       <c r="K132" s="51">
-        <v>330.88820389681501</v>
+        <v>330.88820390707798</v>
       </c>
       <c r="L132" s="51">
-        <v>282.85793303563003</v>
+        <v>282.85793303269901</v>
       </c>
       <c r="M132" s="51">
-        <v>228.17388786426801</v>
+        <v>228.17388786596399</v>
       </c>
       <c r="N132" s="51">
-        <v>362.30457302335498</v>
+        <v>362.30457302105401</v>
       </c>
       <c r="O132" s="51">
-        <v>315.20319696959899</v>
+        <v>315.203196969457</v>
       </c>
       <c r="P132" s="52">
-        <v>-3.4007783944779657E-2</v>
+        <v>-3.4007783940404934E-2</v>
       </c>
       <c r="Q132" s="39">
-        <v>1.6407895824740892E-2</v>
+        <v>1.6407896672167466E-2</v>
       </c>
       <c r="R132" s="39">
-        <v>4.003838064872367E-3</v>
+        <v>4.0038379953670766E-3</v>
       </c>
       <c r="S132" s="39">
-        <v>-6.4347704851389631E-3</v>
+        <v>-6.4347704855399757E-3</v>
       </c>
       <c r="T132" s="39">
-        <v>-4.6925339677000855E-3</v>
+        <v>-4.692533937540655E-3</v>
       </c>
       <c r="U132" s="39">
-        <v>1.4061359072933488E-2</v>
+        <v>1.4061359077144564E-2</v>
       </c>
       <c r="V132" s="39">
-        <v>7.0106604336437339E-3</v>
+        <v>7.0106604284041474E-3</v>
       </c>
       <c r="W132" s="39">
-        <v>4.6676707289576846E-3</v>
+        <v>4.6676707291068986E-3</v>
       </c>
       <c r="X132" s="39">
-        <v>7.4693130583292078E-3</v>
+        <v>7.4693130506506833E-3</v>
       </c>
       <c r="Y132" s="39">
-        <v>1.5150157420864119E-2</v>
+        <v>1.515015742119985E-2</v>
       </c>
       <c r="Z132" s="39">
-        <v>-1.4312979252823599E-2</v>
+        <v>-1.4312979265654668E-2</v>
       </c>
       <c r="AA132" s="39">
-        <v>2.9420543190740167E-2</v>
+        <v>2.9420543201730931E-2</v>
       </c>
       <c r="AB132" s="39">
-        <v>4.793341331189982E-2</v>
+        <v>4.7933413307266193E-2</v>
       </c>
       <c r="AC132" s="40">
-        <v>9.0525979693802938E-3</v>
+        <v>9.052597972407872E-3</v>
       </c>
       <c r="AD132" s="8">
-        <v>-3.4007783944779657E-2</v>
+        <v>-3.4007783940404934E-2</v>
       </c>
     </row>
     <row r="133" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A133" s="10" t="s">
         <v>146</v>
       </c>
       <c r="B133" s="29">
-        <v>271.72108639521201</v>
+        <v>271.721086403051</v>
       </c>
       <c r="C133" s="49">
-        <v>293.16609180686697</v>
+        <v>293.166091557681</v>
       </c>
       <c r="D133" s="49">
-        <v>288.61548725603802</v>
+        <v>288.61548724341401</v>
       </c>
       <c r="E133" s="49">
-        <v>319.731911209938</v>
+        <v>319.73191121038701</v>
       </c>
       <c r="F133" s="49">
-        <v>295.85751672155101</v>
+        <v>295.85751672802002</v>
       </c>
       <c r="G133" s="49">
-        <v>323.415520493739</v>
+        <v>323.415520493185</v>
       </c>
       <c r="H133" s="49">
-        <v>347.76539028909798</v>
+        <v>347.76539029393501</v>
       </c>
       <c r="I133" s="49">
-        <v>323.644461430376</v>
+        <v>323.64446143042801</v>
       </c>
       <c r="J133" s="49">
-        <v>369.90730444422201</v>
+        <v>369.90730466231503</v>
       </c>
       <c r="K133" s="49">
-        <v>337.89144668540303</v>
+        <v>337.89144668415298</v>
       </c>
       <c r="L133" s="49">
-        <v>292.723404970128</v>
+        <v>292.72340496717698</v>
       </c>
       <c r="M133" s="49">
-        <v>236.66572085836401</v>
+        <v>236.665720858882</v>
       </c>
       <c r="N133" s="49">
-        <v>380.964267746882</v>
+        <v>380.96426774784402</v>
       </c>
       <c r="O133" s="49">
-        <v>323.03553881209803</v>
+        <v>323.035538813882</v>
       </c>
       <c r="P133" s="50">
-        <v>3.8325560303812178E-2</v>
+        <v>3.8325560313154927E-2</v>
       </c>
       <c r="Q133" s="33">
-        <v>2.0334855506304095E-2</v>
+        <v>2.033485366336385E-2</v>
       </c>
       <c r="R133" s="33">
-        <v>2.5754667103009776E-2</v>
+        <v>2.5754667122181774E-2</v>
       </c>
       <c r="S133" s="33">
-        <v>1.5275350707728119E-2</v>
+        <v>1.5275350709595736E-2</v>
       </c>
       <c r="T133" s="33">
-        <v>2.6367519067554746E-2</v>
+        <v>2.636751908028323E-2</v>
       </c>
       <c r="U133" s="33">
-        <v>7.7578544024274887E-3</v>
+        <v>7.7578543975957981E-3</v>
       </c>
       <c r="V133" s="33">
-        <v>1.5875270398508778E-2</v>
+        <v>1.5875270420837806E-2</v>
       </c>
       <c r="W133" s="33">
-        <v>1.8731872898966495E-2</v>
+        <v>1.873187289908218E-2</v>
       </c>
       <c r="X133" s="33">
-        <v>2.2323735369486952E-2</v>
+        <v>2.2323736186308452E-2</v>
       </c>
       <c r="Y133" s="33">
-        <v>2.1164981725283694E-2</v>
+        <v>2.116498168983294E-2</v>
       </c>
       <c r="Z133" s="33">
-        <v>3.4877833648226719E-2</v>
+        <v>3.4877833648517376E-2</v>
       </c>
       <c r="AA133" s="33">
-        <v>3.721649779289149E-2</v>
+        <v>3.7216497787452063E-2</v>
       </c>
       <c r="AB133" s="33">
-        <v>5.1502785537085094E-2</v>
+        <v>5.1502785546418295E-2</v>
       </c>
       <c r="AC133" s="34">
-        <v>2.4848548231109602E-2</v>
+        <v>2.4848548237231149E-2</v>
       </c>
       <c r="AD133" s="8">
-        <v>7.7578544024274887E-3</v>
+        <v>7.7578543975957981E-3</v>
       </c>
     </row>
     <row r="134" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A134" s="11" t="s">
         <v>147</v>
       </c>
       <c r="B134" s="29">
-        <v>274.35888768895597</v>
+        <v>274.35888768251601</v>
       </c>
       <c r="C134" s="49">
-        <v>295.515903665699</v>
+        <v>295.51590348016703</v>
       </c>
       <c r="D134" s="49">
-        <v>288.85392618799898</v>
+        <v>288.85392624349902</v>
       </c>
       <c r="E134" s="49">
-        <v>321.32697806048901</v>
+        <v>321.32697806203799</v>
       </c>
       <c r="F134" s="49">
-        <v>296.89442781314102</v>
+        <v>296.89442781454397</v>
       </c>
       <c r="G134" s="49">
-        <v>330.87907101151899</v>
+        <v>330.87907101208702</v>
       </c>
       <c r="H134" s="49">
-        <v>351.553253800471</v>
+        <v>351.55325380074299</v>
       </c>
       <c r="I134" s="49">
-        <v>328.012485023561</v>
+        <v>328.01248502355401</v>
       </c>
       <c r="J134" s="49">
-        <v>376.48606683268099</v>
+        <v>376.48606696665598</v>
       </c>
       <c r="K134" s="49">
-        <v>339.38662572082399</v>
+        <v>339.386625675723</v>
       </c>
       <c r="L134" s="49">
-        <v>297.069100450365</v>
+        <v>297.069100459369</v>
       </c>
       <c r="M134" s="49">
-        <v>243.915656364234</v>
+        <v>243.91565636136599</v>
       </c>
       <c r="N134" s="49">
-        <v>417.73551738720198</v>
+        <v>417.73551739432901</v>
       </c>
       <c r="O134" s="49">
-        <v>326.83301738116302</v>
+        <v>326.83301738301202</v>
       </c>
       <c r="P134" s="50">
-        <v>9.7077533758544998E-3</v>
+        <v>9.7077533230243152E-3</v>
       </c>
       <c r="Q134" s="33">
-        <v>8.0152920972185182E-3</v>
+        <v>8.0152923211573857E-3</v>
       </c>
       <c r="R134" s="33">
-        <v>8.2614739156205985E-4</v>
+        <v>8.2614762763544292E-4</v>
       </c>
       <c r="S134" s="33">
-        <v>4.9887633815308696E-3</v>
+        <v>4.9887633849641233E-3</v>
       </c>
       <c r="T134" s="33">
-        <v>3.5047650743513792E-3</v>
+        <v>3.50476505715136E-3</v>
       </c>
       <c r="U134" s="33">
-        <v>2.3077279984540677E-2</v>
+        <v>2.3077279988049648E-2</v>
       </c>
       <c r="V134" s="33">
-        <v>1.0892008282434862E-2</v>
+        <v>1.0892008269156594E-2</v>
       </c>
       <c r="W134" s="33">
-        <v>1.3496364417546758E-2</v>
+        <v>1.3496364417362239E-2</v>
       </c>
       <c r="X134" s="33">
-        <v>1.7784894511189586E-2</v>
+        <v>1.7784894273300766E-2</v>
       </c>
       <c r="Y134" s="33">
-        <v>4.4250277717536868E-3</v>
+        <v>4.4250276419919299E-3</v>
       </c>
       <c r="Z134" s="33">
-        <v>1.4845739720335871E-2</v>
+        <v>1.4845739761326193E-2</v>
       </c>
       <c r="AA134" s="33">
-        <v>3.063365272999885E-2</v>
+        <v>3.0633652715624793E-2</v>
       </c>
       <c r="AB134" s="33">
-        <v>9.6521518560767738E-2</v>
+        <v>9.6521518576706766E-2</v>
       </c>
       <c r="AC134" s="34">
-        <v>1.1755606157234366E-2</v>
+        <v>1.1755606157370702E-2</v>
       </c>
       <c r="AD134" s="8">
-        <v>8.2614739156205985E-4</v>
+        <v>8.2614762763544292E-4</v>
       </c>
     </row>
     <row r="135" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A135" s="6" t="s">
         <v>148</v>
       </c>
       <c r="B135" s="29">
-        <v>273.57871293566097</v>
+        <v>273.57871291646501</v>
       </c>
       <c r="C135" s="49">
-        <v>300.891175900826</v>
+        <v>300.891175899384</v>
       </c>
       <c r="D135" s="49">
-        <v>290.36445967719402</v>
+        <v>290.36445965470398</v>
       </c>
       <c r="E135" s="49">
-        <v>327.90745402389302</v>
+        <v>327.90745402262098</v>
       </c>
       <c r="F135" s="49">
-        <v>299.62232222476803</v>
+        <v>299.62232221059799</v>
       </c>
       <c r="G135" s="49">
-        <v>337.54034981228699</v>
+        <v>337.540349808673</v>
       </c>
       <c r="H135" s="49">
-        <v>357.341938874638</v>
+        <v>357.34193887539601</v>
       </c>
       <c r="I135" s="49">
-        <v>334.54498884549503</v>
+        <v>334.54498884533098</v>
       </c>
       <c r="J135" s="49">
-        <v>385.24409942073902</v>
+        <v>385.244098921758</v>
       </c>
       <c r="K135" s="49">
-        <v>344.37649334907002</v>
+        <v>344.376493399227</v>
       </c>
       <c r="L135" s="49">
-        <v>300.10255685266998</v>
+        <v>300.10255685056501</v>
       </c>
       <c r="M135" s="49">
-        <v>255.70619407329201</v>
+        <v>255.70619407324301</v>
       </c>
       <c r="N135" s="49">
-        <v>461.86038693711299</v>
+        <v>461.86038692798599</v>
       </c>
       <c r="O135" s="49">
-        <v>334.04498144182497</v>
+        <v>334.04498143456601</v>
       </c>
       <c r="P135" s="50">
-        <v>-2.8436285037701792E-3</v>
+        <v>-2.8436285503308234E-3</v>
       </c>
       <c r="Q135" s="33">
-        <v>1.818945162832164E-2</v>
+        <v>1.8189452262685757E-2</v>
       </c>
       <c r="R135" s="33">
-        <v>5.2294026573553865E-3</v>
+        <v>5.2294023863521666E-3</v>
       </c>
       <c r="S135" s="33">
-        <v>2.0479064668405211E-2</v>
+        <v>2.0479064659527202E-2</v>
       </c>
       <c r="T135" s="33">
-        <v>9.1880956868071184E-3</v>
+        <v>9.1880956343108888E-3</v>
       </c>
       <c r="U135" s="33">
-        <v>2.0132064504424729E-2</v>
+        <v>2.0132064491750867E-2</v>
       </c>
       <c r="V135" s="33">
-        <v>1.6466026161295222E-2</v>
+        <v>1.6466026162665015E-2</v>
       </c>
       <c r="W135" s="33">
-        <v>1.9915412126659815E-2</v>
+        <v>1.9915412126181309E-2</v>
       </c>
       <c r="X135" s="33">
-        <v>2.3262567620995878E-2</v>
+        <v>2.3262565931497559E-2</v>
       </c>
       <c r="Y135" s="33">
-        <v>1.4702605377121314E-2</v>
+        <v>1.4702605659751899E-2</v>
       </c>
       <c r="Z135" s="33">
-        <v>1.0211282148517631E-2</v>
+        <v>1.0211282110812903E-2</v>
       </c>
       <c r="AA135" s="33">
-        <v>4.8338585086360686E-2</v>
+        <v>4.833858509848632E-2</v>
       </c>
       <c r="AB135" s="33">
-        <v>0.10562872370991472</v>
+        <v>0.10562872366920262</v>
       </c>
       <c r="AC135" s="34">
-        <v>2.2066204077084262E-2</v>
+        <v>2.2066204049091986E-2</v>
       </c>
       <c r="AD135" s="8">
-        <v>-2.8436285037701792E-3</v>
+        <v>-2.8436285503308234E-3</v>
       </c>
     </row>
     <row r="136" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A136" s="7" t="s">
         <v>149</v>
       </c>
       <c r="B136" s="35">
-        <v>283.50142905193297</v>
+        <v>283.50142894839001</v>
       </c>
       <c r="C136" s="51">
-        <v>307.970187121886</v>
+        <v>307.97018771678898</v>
       </c>
       <c r="D136" s="51">
-        <v>298.19473414036997</v>
+        <v>298.194734096768</v>
       </c>
       <c r="E136" s="51">
-        <v>334.59671352005</v>
+        <v>334.596713509756</v>
       </c>
       <c r="F136" s="51">
-        <v>304.77242677160598</v>
+        <v>304.77242676179998</v>
       </c>
       <c r="G136" s="51">
-        <v>344.47661671357503</v>
+        <v>344.476616718998</v>
       </c>
       <c r="H136" s="51">
-        <v>368.85318272639398</v>
+        <v>368.85318271454901</v>
       </c>
       <c r="I136" s="51">
-        <v>345.77430034570102</v>
+        <v>345.77430034581801</v>
       </c>
       <c r="J136" s="51">
-        <v>402.89235242896899</v>
+        <v>402.89235229046398</v>
       </c>
       <c r="K136" s="51">
-        <v>354.48826594424901</v>
+        <v>354.48826594667298</v>
       </c>
       <c r="L136" s="51">
-        <v>307.79820603028702</v>
+        <v>307.79820602545198</v>
       </c>
       <c r="M136" s="51">
-        <v>264.21282598124498</v>
+        <v>264.21282598424898</v>
       </c>
       <c r="N136" s="51">
-        <v>521.34259214877397</v>
+        <v>521.34259214421695</v>
       </c>
       <c r="O136" s="51">
-        <v>344.27761496304601</v>
+        <v>344.27761496482202</v>
       </c>
       <c r="P136" s="52">
-        <v>3.6270059208172389E-2</v>
+        <v>3.627005890240742E-2</v>
       </c>
       <c r="Q136" s="39">
-        <v>2.3526815633148512E-2</v>
+        <v>2.3526817615190376E-2</v>
       </c>
       <c r="R136" s="39">
-        <v>2.6967055375444637E-2</v>
+        <v>2.6967055304824905E-2</v>
       </c>
       <c r="S136" s="39">
-        <v>2.0399839692785804E-2</v>
+        <v>2.0399839665351305E-2</v>
       </c>
       <c r="T136" s="39">
-        <v>1.7188654398634817E-2</v>
+        <v>1.718865441401296E-2</v>
       </c>
       <c r="U136" s="39">
-        <v>2.0549445140841449E-2</v>
+        <v>2.0549445167834524E-2</v>
       </c>
       <c r="V136" s="39">
-        <v>3.2213526036176665E-2</v>
+        <v>3.2213526000839598E-2</v>
       </c>
       <c r="W136" s="39">
-        <v>3.3565923491958527E-2</v>
+        <v>3.3565923492814953E-2</v>
       </c>
       <c r="X136" s="39">
-        <v>4.5810573178839631E-2</v>
+        <v>4.5810574173883234E-2</v>
       </c>
       <c r="Y136" s="39">
-        <v>2.9362551714380292E-2</v>
+        <v>2.9362551571496587E-2</v>
       </c>
       <c r="Z136" s="39">
-        <v>2.564339757156775E-2</v>
+        <v>2.5643397562650438E-2</v>
       </c>
       <c r="AA136" s="39">
-        <v>3.3267210983222162E-2</v>
+        <v>3.3267210995168162E-2</v>
       </c>
       <c r="AB136" s="39">
-        <v>0.12878828081820348</v>
+        <v>0.12878828083064309</v>
       </c>
       <c r="AC136" s="40">
-        <v>3.0632501877604357E-2</v>
+        <v>3.06325019053173E-2</v>
       </c>
       <c r="AD136" s="8">
-        <v>1.7188654398634817E-2</v>
+        <v>1.718865441401296E-2</v>
       </c>
     </row>
     <row r="137" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A137" s="10" t="s">
         <v>150</v>
       </c>
       <c r="B137" s="29">
-        <v>285.05449181187402</v>
+        <v>285.05449206092197</v>
       </c>
       <c r="C137" s="49">
-        <v>311.86608804668299</v>
+        <v>311.86608806370998</v>
       </c>
       <c r="D137" s="49">
-        <v>301.663882615999</v>
+        <v>301.663882615533</v>
       </c>
       <c r="E137" s="49">
-        <v>338.96463500216601</v>
+        <v>338.96463501585703</v>
       </c>
       <c r="F137" s="49">
-        <v>310.20862450786399</v>
+        <v>310.20862455774602</v>
       </c>
       <c r="G137" s="49">
-        <v>352.263106317785</v>
+        <v>352.26310631695401</v>
       </c>
       <c r="H137" s="49">
-        <v>379.05695659101798</v>
+        <v>379.05695659748801</v>
       </c>
       <c r="I137" s="49">
-        <v>356.70958605854099</v>
+        <v>356.70958605871402</v>
       </c>
       <c r="J137" s="49">
-        <v>423.40409976937099</v>
+        <v>423.40410058185699</v>
       </c>
       <c r="K137" s="49">
-        <v>366.25993936704401</v>
+        <v>366.259939366536</v>
       </c>
       <c r="L137" s="49">
-        <v>310.91877613945297</v>
+        <v>310.91877613250603</v>
       </c>
       <c r="M137" s="49">
-        <v>272.55218540905202</v>
+        <v>272.55218541265702</v>
       </c>
       <c r="N137" s="49">
-        <v>600.68585967141098</v>
+        <v>600.68585968004197</v>
       </c>
       <c r="O137" s="49">
-        <v>353.85412228895598</v>
+        <v>353.854122298042</v>
       </c>
       <c r="P137" s="50">
-        <v>5.4781479061134508E-3</v>
+        <v>5.4781491518149927E-3</v>
       </c>
       <c r="Q137" s="33">
-        <v>1.2650253458641014E-2</v>
+        <v>1.2650251557802417E-2</v>
       </c>
       <c r="R137" s="33">
-        <v>1.1633835472077747E-2</v>
+        <v>1.1633835618435784E-2</v>
       </c>
       <c r="S137" s="33">
-        <v>1.3054286864220055E-2</v>
+        <v>1.305428693630506E-2</v>
       </c>
       <c r="T137" s="33">
-        <v>1.7836907996706231E-2</v>
+        <v>1.7836908193124668E-2</v>
       </c>
       <c r="U137" s="33">
-        <v>2.2603826287240558E-2</v>
+        <v>2.2603826268729588E-2</v>
       </c>
       <c r="V137" s="33">
-        <v>2.7663510422229143E-2</v>
+        <v>2.766351047277138E-2</v>
       </c>
       <c r="W137" s="33">
-        <v>3.1625501669461764E-2</v>
+        <v>3.1625501669613199E-2</v>
       </c>
       <c r="X137" s="33">
-        <v>5.0911235263564114E-2</v>
+        <v>5.0911237641475759E-2</v>
       </c>
       <c r="Y137" s="33">
-        <v>3.3207512218885071E-2</v>
+        <v>3.320751221038698E-2</v>
       </c>
       <c r="Z137" s="33">
-        <v>1.0138363538281681E-2</v>
+        <v>1.0138363531579486E-2</v>
       </c>
       <c r="AA137" s="33">
-        <v>3.1563037853427289E-2</v>
+        <v>3.156303785534309E-2</v>
       </c>
       <c r="AB137" s="33">
-        <v>0.15219026551353587</v>
+        <v>0.15219026554016257</v>
       </c>
       <c r="AC137" s="34">
-        <v>2.7816235821599644E-2</v>
+        <v>2.7816235842688997E-2</v>
       </c>
       <c r="AD137" s="8">
-        <v>5.4781479061134508E-3</v>
+        <v>5.4781491518149927E-3</v>
       </c>
     </row>
     <row r="138" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A138" s="11" t="s">
         <v>151</v>
       </c>
       <c r="B138" s="29">
-        <v>291.360153994077</v>
+        <v>291.36015408275603</v>
       </c>
       <c r="C138" s="49">
-        <v>313.876030732353</v>
+        <v>313.87602984232399</v>
       </c>
       <c r="D138" s="49">
-        <v>305.838559074344</v>
+        <v>305.83855917983402</v>
       </c>
       <c r="E138" s="49">
-        <v>343.58874739477699</v>
+        <v>343.58874740953001</v>
       </c>
       <c r="F138" s="49">
-        <v>314.45834568930002</v>
+        <v>314.45834565464901</v>
       </c>
       <c r="G138" s="49">
-        <v>356.56076205684298</v>
+        <v>356.56076205586299</v>
       </c>
       <c r="H138" s="49">
-        <v>387.75439993248898</v>
+        <v>387.75439994466001</v>
       </c>
       <c r="I138" s="49">
-        <v>362.89647632917399</v>
+        <v>362.89647632913301</v>
       </c>
       <c r="J138" s="49">
-        <v>435.15098458145599</v>
+        <v>435.15098505081301</v>
       </c>
       <c r="K138" s="49">
-        <v>370.69827983178499</v>
+        <v>370.69827974733897</v>
       </c>
       <c r="L138" s="49">
-        <v>318.99974033302198</v>
+        <v>318.99974034922701</v>
       </c>
       <c r="M138" s="49">
-        <v>279.95405543098502</v>
+        <v>279.95405542061701</v>
       </c>
       <c r="N138" s="49">
-        <v>643.776081824274</v>
+        <v>643.77608186577595</v>
       </c>
       <c r="O138" s="49">
-        <v>360.13011329445601</v>
+        <v>360.13011330474501</v>
       </c>
       <c r="P138" s="50">
-        <v>2.2120900962207868E-2</v>
+        <v>2.2120900380290909E-2</v>
       </c>
       <c r="Q138" s="33">
-        <v>6.4448901714801998E-3</v>
+        <v>6.4448872626490239E-3</v>
       </c>
       <c r="R138" s="33">
-        <v>1.3838834208930173E-2</v>
+        <v>1.3838834560190305E-2</v>
       </c>
       <c r="S138" s="33">
-        <v>1.3641872676721567E-2</v>
+        <v>1.3641872679303724E-2</v>
       </c>
       <c r="T138" s="33">
-        <v>1.369955844450832E-2</v>
+        <v>1.3699558169801618E-2</v>
       </c>
       <c r="U138" s="33">
-        <v>1.220013013562915E-2</v>
+        <v>1.2200130135235021E-2</v>
       </c>
       <c r="V138" s="33">
-        <v>2.2944951122094936E-2</v>
+        <v>2.2944951136743219E-2</v>
       </c>
       <c r="W138" s="33">
-        <v>1.7344334193524213E-2</v>
+        <v>1.7344334192915811E-2</v>
       </c>
       <c r="X138" s="33">
-        <v>2.7743908994937838E-2</v>
+        <v>2.7743908131293571E-2</v>
       </c>
       <c r="Y138" s="33">
-        <v>1.2118006878969911E-2</v>
+        <v>1.2118006649810775E-2</v>
       </c>
       <c r="Z138" s="33">
-        <v>2.5990595659441729E-2</v>
+        <v>2.5990595734485478E-2</v>
       </c>
       <c r="AA138" s="33">
-        <v>2.7157624918046963E-2</v>
+        <v>2.715762486642026E-2</v>
       </c>
       <c r="AB138" s="33">
-        <v>7.1735036640340422E-2</v>
+        <v>7.1735036694031917E-2</v>
       </c>
       <c r="AC138" s="34">
-        <v>1.7736096911639354E-2</v>
+        <v>1.7736096914583666E-2</v>
       </c>
       <c r="AD138" s="8">
-        <v>6.4448901714801998E-3</v>
+        <v>6.4448872626490239E-3</v>
       </c>
     </row>
     <row r="139" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A139" s="6" t="s">
         <v>152</v>
       </c>
       <c r="B139" s="29">
-        <v>293.84266482367201</v>
+        <v>293.84266443417602</v>
       </c>
       <c r="C139" s="49">
-        <v>316.788650877566</v>
+        <v>316.78865125120302</v>
       </c>
       <c r="D139" s="49">
-        <v>305.56834929913998</v>
+        <v>305.56834924001998</v>
       </c>
       <c r="E139" s="49">
-        <v>343.39985101862101</v>
+        <v>343.39985099871802</v>
       </c>
       <c r="F139" s="49">
-        <v>313.39706554772403</v>
+        <v>313.397065546568</v>
       </c>
       <c r="G139" s="49">
-        <v>360.71615790004699</v>
+        <v>360.71615789135097</v>
       </c>
       <c r="H139" s="49">
-        <v>393.13452254393002</v>
+        <v>393.13452255103903</v>
       </c>
       <c r="I139" s="49">
-        <v>371.19522839406199</v>
+        <v>371.195228393869</v>
       </c>
       <c r="J139" s="49">
-        <v>448.7280392225</v>
+        <v>448.72803795666698</v>
       </c>
       <c r="K139" s="49">
-        <v>376.60857903820198</v>
+        <v>376.60857913734202</v>
       </c>
       <c r="L139" s="49">
-        <v>316.068066346629</v>
+        <v>316.06806634649399</v>
       </c>
       <c r="M139" s="49">
-        <v>287.41946227433698</v>
+        <v>287.41946227822802</v>
       </c>
       <c r="N139" s="49">
-        <v>658.31100369177705</v>
+        <v>658.31100361151505</v>
       </c>
       <c r="O139" s="49">
-        <v>365.14178204260702</v>
+        <v>365.14178199819997</v>
       </c>
       <c r="P139" s="50">
-        <v>8.5204198156947353E-3</v>
+        <v>8.5204181719196193E-3</v>
       </c>
       <c r="Q139" s="33">
-        <v>9.2795239522340811E-3</v>
+        <v>9.2795280045507855E-3</v>
       </c>
       <c r="R139" s="33">
-        <v>-8.8350460459218905E-4</v>
+        <v>-8.8350514251267498E-4</v>
       </c>
       <c r="S139" s="33">
-        <v>-5.4977462908278873E-4</v>
+        <v>-5.4977472992401299E-4</v>
       </c>
       <c r="T139" s="33">
-        <v>-3.3749466539030326E-3</v>
+        <v>-3.374946547758495E-3</v>
       </c>
       <c r="U139" s="33">
-        <v>1.1654102990001913E-2</v>
+        <v>1.1654102968393865E-2</v>
       </c>
       <c r="V139" s="33">
-        <v>1.3875078174168332E-2</v>
+        <v>1.3875078160678234E-2</v>
       </c>
       <c r="W139" s="33">
-        <v>2.2868097670257992E-2</v>
+        <v>2.2868097669841658E-2</v>
       </c>
       <c r="X139" s="33">
-        <v>3.1200790351199492E-2</v>
+        <v>3.1200786329987462E-2</v>
       </c>
       <c r="Y139" s="33">
-        <v>1.5943692021174183E-2</v>
+        <v>1.5943692520050012E-2</v>
       </c>
       <c r="Z139" s="33">
-        <v>-9.1902080651615758E-3</v>
+        <v>-9.1902081159174198E-3</v>
       </c>
       <c r="AA139" s="33">
-        <v>2.6666542950624761E-2</v>
+        <v>2.6666543002545895E-2</v>
       </c>
       <c r="AB139" s="33">
-        <v>2.257760466390013E-2</v>
+        <v>2.2577604473304369E-2</v>
       </c>
       <c r="AC139" s="34">
-        <v>1.391627237807036E-2</v>
+        <v>1.3916272225794168E-2</v>
       </c>
       <c r="AD139" s="8">
-        <v>-9.1902080651615758E-3</v>
+        <v>-9.1902081159174198E-3</v>
       </c>
     </row>
     <row r="140" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A140" s="7" t="s">
         <v>153</v>
       </c>
       <c r="B140" s="35">
-        <v>292.76716853862303</v>
+        <v>292.767168066105</v>
       </c>
       <c r="C140" s="51">
-        <v>315.66350300550801</v>
+        <v>315.66350311376698</v>
       </c>
       <c r="D140" s="51">
-        <v>308.10310101791401</v>
+        <v>308.103100938355</v>
       </c>
       <c r="E140" s="51">
-        <v>343.90677986641202</v>
+        <v>343.90677981969299</v>
       </c>
       <c r="F140" s="51">
-        <v>317.89088455606998</v>
+        <v>317.89088451733102</v>
       </c>
       <c r="G140" s="51">
-        <v>363.78759869064402</v>
+        <v>363.78759870193301</v>
       </c>
       <c r="H140" s="51">
-        <v>395.55429496629301</v>
+        <v>395.55429492330501</v>
       </c>
       <c r="I140" s="51">
-        <v>375.09724396105599</v>
+        <v>375.09724396041599</v>
       </c>
       <c r="J140" s="51">
-        <v>454.56847546000802</v>
+        <v>454.56847344509401</v>
       </c>
       <c r="K140" s="51">
-        <v>377.46925527286402</v>
+        <v>377.46925526392198</v>
       </c>
       <c r="L140" s="51">
-        <v>320.87403871076202</v>
+        <v>320.874038704866</v>
       </c>
       <c r="M140" s="51">
-        <v>290.23378252110803</v>
+        <v>290.23378252434998</v>
       </c>
       <c r="N140" s="51">
-        <v>647.78307308584499</v>
+        <v>647.78307307173304</v>
       </c>
       <c r="O140" s="51">
-        <v>367.75855878051902</v>
+        <v>367.75855878934698</v>
       </c>
       <c r="P140" s="52">
-        <v>-3.6601093503367821E-3</v>
+        <v>-3.6601096377273379E-3</v>
       </c>
       <c r="Q140" s="39">
-        <v>-3.5517303695732361E-3</v>
+        <v>-3.5517312030973747E-3</v>
       </c>
       <c r="R140" s="39">
-        <v>8.2952037558465808E-3</v>
+        <v>8.2952036905628024E-3</v>
       </c>
       <c r="S140" s="39">
-        <v>1.4762057883463964E-3</v>
+        <v>1.4762057103421267E-3</v>
       </c>
       <c r="T140" s="39">
-        <v>1.4339058984142339E-2</v>
+        <v>1.4339058864274223E-2</v>
       </c>
       <c r="U140" s="39">
-        <v>8.5148411661895018E-3</v>
+        <v>8.5148412217983527E-3</v>
       </c>
       <c r="V140" s="39">
-        <v>6.1550748754011231E-3</v>
+        <v>6.1550747478602563E-3</v>
       </c>
       <c r="W140" s="39">
-        <v>1.0512030512557224E-2</v>
+        <v>1.0512030511358406E-2</v>
       </c>
       <c r="X140" s="39">
-        <v>1.3015536643592895E-2</v>
+        <v>1.3015535010965973E-2</v>
       </c>
       <c r="Y140" s="39">
-        <v>2.285333586558469E-3</v>
+        <v>2.2853332989689612E-3</v>
       </c>
       <c r="Z140" s="39">
-        <v>1.5205498042508259E-2</v>
+        <v>1.52054980242875E-2</v>
       </c>
       <c r="AA140" s="39">
-        <v>9.7916829448549958E-3</v>
+        <v>9.7916829424642415E-3</v>
       </c>
       <c r="AB140" s="39">
-        <v>-1.5992335760593224E-2</v>
+        <v>-1.5992335662058599E-2</v>
       </c>
       <c r="AC140" s="40">
-        <v>7.166467565759671E-3</v>
+        <v>7.1664677124239073E-3</v>
       </c>
       <c r="AD140" s="8">
-        <v>-1.5992335760593224E-2</v>
+        <v>-1.5992335662058599E-2</v>
       </c>
     </row>
     <row r="141" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A141" s="11" t="s">
         <v>154</v>
       </c>
       <c r="B141" s="29">
-        <v>292.36858971134097</v>
+        <v>292.36859094567598</v>
       </c>
       <c r="C141" s="49">
-        <v>312.58402678383499</v>
+        <v>312.58402513106103</v>
       </c>
       <c r="D141" s="49">
-        <v>301.35210300585101</v>
+        <v>301.35210301263203</v>
       </c>
       <c r="E141" s="49">
-        <v>340.07553738970302</v>
+        <v>340.07553745688602</v>
       </c>
       <c r="F141" s="49">
-        <v>311.13243659168</v>
+        <v>311.13243669331899</v>
       </c>
       <c r="G141" s="49">
-        <v>358.89291085247402</v>
+        <v>358.89291086229002</v>
       </c>
       <c r="H141" s="49">
-        <v>392.16878467109399</v>
+        <v>392.16878467714997</v>
       </c>
       <c r="I141" s="49">
-        <v>370.20927624607799</v>
+        <v>370.20927624495903</v>
       </c>
       <c r="J141" s="49">
-        <v>447.56711327171502</v>
+        <v>447.56711795591002</v>
       </c>
       <c r="K141" s="49">
-        <v>367.72174814760001</v>
+        <v>367.72174816673601</v>
       </c>
       <c r="L141" s="49">
-        <v>314.88623035654501</v>
+        <v>314.88623033778202</v>
       </c>
       <c r="M141" s="49">
-        <v>289.96800997263</v>
+        <v>289.96800997898401</v>
       </c>
       <c r="N141" s="49">
-        <v>579.96530452511399</v>
+        <v>579.96530460929296</v>
       </c>
       <c r="O141" s="49">
-        <v>361.87835832253</v>
+        <v>361.87835837581201</v>
       </c>
       <c r="P141" s="50">
-        <v>-1.3614191416052579E-3</v>
+        <v>-1.36141331373274E-3</v>
       </c>
       <c r="Q141" s="33">
-        <v>-9.7555662670932852E-3</v>
+        <v>-9.7555718425772486E-3</v>
       </c>
       <c r="R141" s="33">
-        <v>-2.1911489984226096E-2</v>
+        <v>-2.1911489709653065E-2</v>
       </c>
       <c r="S141" s="33">
-        <v>-1.1140351691226402E-2</v>
+        <v>-1.1140351361539458E-2</v>
       </c>
       <c r="T141" s="33">
-        <v>-2.1260276065569017E-2</v>
+        <v>-2.1260275626568181E-2</v>
       </c>
       <c r="U141" s="33">
-        <v>-1.3454795753860549E-2</v>
+        <v>-1.3454795757492088E-2</v>
       </c>
       <c r="V141" s="33">
-        <v>-8.5589016180130928E-3</v>
+        <v>-8.5589014949551956E-3</v>
       </c>
       <c r="W141" s="33">
-        <v>-1.3031201358241651E-2</v>
+        <v>-1.3031201359540723E-2</v>
       </c>
       <c r="X141" s="33">
-        <v>-1.5402216753389819E-2</v>
+        <v>-1.5402202084367933E-2</v>
       </c>
       <c r="Y141" s="33">
-        <v>-2.5823314055651414E-2</v>
+        <v>-2.5823313981878204E-2</v>
       </c>
       <c r="Z141" s="33">
-        <v>-1.8660931181205487E-2</v>
+        <v>-1.8660931221648136E-2</v>
       </c>
       <c r="AA141" s="33">
-        <v>-9.1571886004926384E-4</v>
+        <v>-9.1571884931651581E-4</v>
       </c>
       <c r="AB141" s="33">
-        <v>-0.10469209736782314</v>
+        <v>-0.10469209721836958</v>
       </c>
       <c r="AC141" s="34">
-        <v>-1.5989296013905641E-2</v>
+        <v>-1.5989295892643418E-2</v>
       </c>
       <c r="AD141" s="8">
-        <v>-0.10469209736782314</v>
+        <v>-0.10469209721836958</v>
       </c>
     </row>
     <row r="142" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A142" s="11" t="s">
         <v>155</v>
       </c>
       <c r="B142" s="29">
-        <v>280.81961976087001</v>
+        <v>280.81961999307902</v>
       </c>
       <c r="C142" s="49">
-        <v>295.45377017823398</v>
+        <v>295.45377410300802</v>
       </c>
       <c r="D142" s="49">
-        <v>289.45588507932598</v>
+        <v>289.45588532350098</v>
       </c>
       <c r="E142" s="49">
-        <v>323.61120569720902</v>
+        <v>323.61120573715903</v>
       </c>
       <c r="F142" s="49">
-        <v>298.41703569682801</v>
+        <v>298.41703563167198</v>
       </c>
       <c r="G142" s="49">
-        <v>338.43432617988799</v>
+        <v>338.43432615965401</v>
       </c>
       <c r="H142" s="49">
-        <v>371.97890504785897</v>
+        <v>371.97890509079502</v>
       </c>
       <c r="I142" s="49">
-        <v>355.810812980251</v>
+        <v>355.810812983228</v>
       </c>
       <c r="J142" s="49">
-        <v>424.39890859429602</v>
+        <v>424.39890766788301</v>
       </c>
       <c r="K142" s="49">
-        <v>359.15675381160298</v>
+        <v>359.15675375412201</v>
       </c>
       <c r="L142" s="49">
-        <v>294.118332195081</v>
+        <v>294.11833221251402</v>
       </c>
       <c r="M142" s="49">
-        <v>281.71910759833401</v>
+        <v>281.71910758288197</v>
       </c>
       <c r="N142" s="49">
-        <v>524.44777975090005</v>
+        <v>524.44777983364395</v>
       </c>
       <c r="O142" s="49">
-        <v>345.66850231805</v>
+        <v>345.668502346281</v>
       </c>
       <c r="P142" s="50">
-        <v>-3.9501404586154032E-2</v>
+        <v>-3.9501407846996961E-2</v>
       </c>
       <c r="Q142" s="33">
-        <v>-5.4802085640311082E-2</v>
+        <v>-5.4802068086718725E-2</v>
       </c>
       <c r="R142" s="33">
-        <v>-3.9476140394792747E-2</v>
+        <v>-3.9476139606141714E-2</v>
       </c>
       <c r="S142" s="33">
-        <v>-4.8413748953742064E-2</v>
+        <v>-4.8413749024256991E-2</v>
       </c>
       <c r="T142" s="33">
-        <v>-4.086813009322865E-2</v>
+        <v>-4.0868130615968168E-2</v>
       </c>
       <c r="U142" s="33">
-        <v>-5.7004705453755022E-2</v>
+        <v>-5.7004705535925515E-2</v>
       </c>
       <c r="V142" s="33">
-        <v>-5.148262792044489E-2</v>
+        <v>-5.148262782560864E-2</v>
       </c>
       <c r="W142" s="33">
-        <v>-3.8892767387752714E-2</v>
+        <v>-3.8892767376806359E-2</v>
       </c>
       <c r="X142" s="33">
-        <v>-5.1764761061328768E-2</v>
+        <v>-5.1764773055355096E-2</v>
       </c>
       <c r="Y142" s="33">
-        <v>-2.3292052697843513E-2</v>
+        <v>-2.3292052904987259E-2</v>
       </c>
       <c r="Z142" s="33">
-        <v>-6.5953656144152717E-2</v>
+        <v>-6.5953656033133079E-2</v>
       </c>
       <c r="AA142" s="33">
-        <v>-2.8447629016299492E-2</v>
+        <v>-2.8447629090877613E-2</v>
       </c>
       <c r="AB142" s="33">
-        <v>-9.5725596584907202E-2</v>
+        <v>-9.5725596573487559E-2</v>
       </c>
       <c r="AC142" s="34">
-        <v>-4.4793659614296932E-2</v>
+        <v>-4.4793659676926612E-2</v>
       </c>
       <c r="AD142" s="8">
-        <v>-9.5725596584907202E-2</v>
+        <v>-9.5725596573487559E-2</v>
       </c>
     </row>
     <row r="143" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A143" s="11" t="s">
         <v>156</v>
       </c>
       <c r="B143" s="29">
-        <v>268.878746551625</v>
+        <v>268.87874505321503</v>
       </c>
       <c r="C143" s="49">
-        <v>284.76390403241697</v>
+        <v>284.76390552050702</v>
       </c>
       <c r="D143" s="49">
-        <v>277.715454696851</v>
+        <v>277.71545444535298</v>
       </c>
       <c r="E143" s="49">
-        <v>309.93392558834302</v>
+        <v>309.93392552797297</v>
       </c>
       <c r="F143" s="49">
-        <v>284.89292393770398</v>
+        <v>284.89292394419698</v>
       </c>
       <c r="G143" s="49">
-        <v>319.58631292223401</v>
+        <v>319.58631291955101</v>
       </c>
       <c r="H143" s="49">
-        <v>349.83536089030702</v>
+        <v>349.83536091254001</v>
       </c>
       <c r="I143" s="49">
-        <v>332.41946526523998</v>
+        <v>332.41946527620502</v>
       </c>
       <c r="J143" s="49">
-        <v>406.732422226121</v>
+        <v>406.73242027227201</v>
       </c>
       <c r="K143" s="49">
-        <v>333.00893771531599</v>
+        <v>333.00893767904699</v>
       </c>
       <c r="L143" s="49">
-        <v>286.77887254626597</v>
+        <v>286.77887256118697</v>
       </c>
       <c r="M143" s="49">
-        <v>267.46666939116102</v>
+        <v>267.46666939862399</v>
       </c>
       <c r="N143" s="49">
-        <v>461.04644364697498</v>
+        <v>461.04644344064798</v>
       </c>
       <c r="O143" s="49">
-        <v>327.46329513664</v>
+        <v>327.46329499287401</v>
       </c>
       <c r="P143" s="50">
-        <v>-4.2521506223151984E-2</v>
+        <v>-4.2521512350733426E-2</v>
       </c>
       <c r="Q143" s="33">
-        <v>-3.6181180356467557E-2</v>
+        <v>-3.6181188123100561E-2</v>
       </c>
       <c r="R143" s="33">
-        <v>-4.0560344382901348E-2</v>
+        <v>-4.0560346061116359E-2</v>
       </c>
       <c r="S143" s="33">
-        <v>-4.2264544206368826E-2</v>
+        <v>-4.2264544511153024E-2</v>
       </c>
       <c r="T143" s="33">
-        <v>-4.5319503048960041E-2</v>
+        <v>-4.5319502818758073E-2</v>
       </c>
       <c r="U143" s="33">
-        <v>-5.5691789513205858E-2</v>
+        <v>-5.5691789464676233E-2</v>
       </c>
       <c r="V143" s="33">
-        <v>-5.9529032042026531E-2</v>
+        <v>-5.9529032090811951E-2</v>
       </c>
       <c r="W143" s="33">
-        <v>-6.5740969250165371E-2</v>
+        <v>-6.5740969227165102E-2</v>
       </c>
       <c r="X143" s="33">
-        <v>-4.1627077757316444E-2</v>
+        <v>-4.1627080269104E-2</v>
       </c>
       <c r="Y143" s="33">
-        <v>-7.2803353462769449E-2</v>
+        <v>-7.2803353415360705E-2</v>
       </c>
       <c r="Z143" s="33">
-        <v>-2.4954104676300659E-2</v>
+        <v>-2.4954104683362455E-2</v>
       </c>
       <c r="AA143" s="33">
-        <v>-5.0590953267868666E-2</v>
+        <v>-5.0590953189303622E-2</v>
       </c>
       <c r="AB143" s="33">
-        <v>-0.12089160933055942</v>
+        <v>-0.12089160986267689</v>
       </c>
       <c r="AC143" s="34">
-        <v>-5.2666664909663541E-2</v>
+        <v>-5.2666665402940072E-2</v>
       </c>
       <c r="AD143" s="8">
-        <v>-0.12089160933055942</v>
+        <v>-0.12089160986267689</v>
       </c>
     </row>
     <row r="144" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A144" s="11" t="s">
         <v>157</v>
       </c>
       <c r="B144" s="29">
-        <v>259.90062428239298</v>
+        <v>259.90062287980197</v>
       </c>
       <c r="C144" s="49">
-        <v>272.62557651837199</v>
+        <v>272.62556793042597</v>
       </c>
       <c r="D144" s="49">
-        <v>263.58752176941198</v>
+        <v>263.587521661153</v>
       </c>
       <c r="E144" s="49">
-        <v>294.97629735242703</v>
+        <v>294.97629725855802</v>
       </c>
       <c r="F144" s="49">
-        <v>272.90692828203902</v>
+        <v>272.90692821029</v>
       </c>
       <c r="G144" s="49">
-        <v>302.99635845809001</v>
+        <v>302.99635847235101</v>
       </c>
       <c r="H144" s="49">
-        <v>334.62648534588197</v>
+        <v>334.62648527371402</v>
       </c>
       <c r="I144" s="49">
-        <v>315.64349591012302</v>
+        <v>315.643495888215</v>
       </c>
       <c r="J144" s="49">
-        <v>386.15415877124502</v>
+        <v>386.154155635336</v>
       </c>
       <c r="K144" s="49">
-        <v>321.40206765381998</v>
+        <v>321.40206741425601</v>
       </c>
       <c r="L144" s="49">
-        <v>282.09264473605202</v>
+        <v>282.092644731191</v>
       </c>
       <c r="M144" s="49">
-        <v>266.23005242528899</v>
+        <v>266.230052425601</v>
       </c>
       <c r="N144" s="49">
-        <v>426.66202013725899</v>
+        <v>426.66202012427198</v>
       </c>
       <c r="O144" s="49">
-        <v>313.38629191686698</v>
+        <v>313.38629193243401</v>
       </c>
       <c r="P144" s="50">
-        <v>-3.3390970407206289E-2</v>
+        <v>-3.3390970236922835E-2</v>
       </c>
       <c r="Q144" s="33">
-        <v>-4.262593447469798E-2</v>
+        <v>-4.2625969635772254E-2</v>
       </c>
       <c r="R144" s="33">
-        <v>-5.0871972331755222E-2</v>
+        <v>-5.0871971862048393E-2</v>
       </c>
       <c r="S144" s="33">
-        <v>-4.8260700107360499E-2</v>
+        <v>-4.8260700224845077E-2</v>
       </c>
       <c r="T144" s="33">
-        <v>-4.207193176298718E-2</v>
+        <v>-4.2071932036664816E-2</v>
       </c>
       <c r="U144" s="33">
-        <v>-5.1910716427273518E-2</v>
+        <v>-5.1910716374690802E-2</v>
       </c>
       <c r="V144" s="33">
-        <v>-4.3474380364865062E-2</v>
+        <v>-4.3474380631946086E-2</v>
       </c>
       <c r="W144" s="33">
-        <v>-5.0466266594019316E-2</v>
+        <v>-5.0466266691244988E-2</v>
       </c>
       <c r="X144" s="33">
-        <v>-5.0594106420745577E-2</v>
+        <v>-5.0594109570023083E-2</v>
       </c>
       <c r="Y144" s="33">
-        <v>-3.4854530155039032E-2</v>
+        <v>-3.4854530769314218E-2</v>
       </c>
       <c r="Z144" s="33">
-        <v>-1.6340910223286875E-2</v>
+        <v>-1.634091029141671E-2</v>
       </c>
       <c r="AA144" s="33">
-        <v>-4.6234432450479312E-3</v>
+        <v>-4.6234432716547591E-3</v>
       </c>
       <c r="AB144" s="33">
-        <v>-7.4579088470410726E-2</v>
+        <v>-7.4579088084435918E-2</v>
       </c>
       <c r="AC144" s="34">
-        <v>-4.2988033861624531E-2</v>
+        <v>-4.2988033393929981E-2</v>
       </c>
       <c r="AD144" s="8">
-        <v>-7.4579088470410726E-2</v>
+        <v>-7.4579088084435918E-2</v>
       </c>
     </row>
     <row r="145" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A145" s="11" t="s">
         <v>158</v>
       </c>
       <c r="B145" s="29">
-        <v>249.99184923232301</v>
+        <v>249.99185272060299</v>
       </c>
       <c r="C145" s="49">
-        <v>262.68126089937198</v>
+        <v>262.68125408907798</v>
       </c>
       <c r="D145" s="49">
-        <v>255.32752873516799</v>
+        <v>255.327528980409</v>
       </c>
       <c r="E145" s="49">
-        <v>281.43463503449698</v>
+        <v>281.43463510775803</v>
       </c>
       <c r="F145" s="49">
-        <v>264.00966011811698</v>
+        <v>264.00966028198502</v>
       </c>
       <c r="G145" s="49">
-        <v>287.60941729807303</v>
+        <v>287.60941731294503</v>
       </c>
       <c r="H145" s="49">
-        <v>320.53513050183301</v>
+        <v>320.53513042429802</v>
       </c>
       <c r="I145" s="49">
-        <v>306.23771794364399</v>
+        <v>306.23771793242202</v>
       </c>
       <c r="J145" s="49">
-        <v>366.304393531725</v>
+        <v>366.30440107978899</v>
       </c>
       <c r="K145" s="49">
-        <v>313.65766922493702</v>
+        <v>313.65766990407701</v>
       </c>
       <c r="L145" s="49">
-        <v>258.40497806112398</v>
+        <v>258.40497802832601</v>
       </c>
       <c r="M145" s="49">
-        <v>253.58495999940999</v>
+        <v>253.584960005662</v>
       </c>
       <c r="N145" s="49">
-        <v>407.84858758381802</v>
+        <v>407.84858778141802</v>
       </c>
       <c r="O145" s="49">
-        <v>302.360108335012</v>
+        <v>302.36010849593498</v>
       </c>
       <c r="P145" s="50">
-        <v>-3.8125245283380571E-2</v>
+        <v>-3.8125226670893908E-2</v>
       </c>
       <c r="Q145" s="33">
-        <v>-3.6476092030675145E-2</v>
+        <v>-3.6476086659215201E-2</v>
       </c>
       <c r="R145" s="33">
-        <v>-3.1336813589642798E-2</v>
+        <v>-3.1336812261402835E-2</v>
       </c>
       <c r="S145" s="33">
-        <v>-4.5907628644992315E-2</v>
+        <v>-4.5907628093013186E-2</v>
       </c>
       <c r="T145" s="33">
-        <v>-3.2601840561288564E-2</v>
+        <v>-3.2601839706499325E-2</v>
       </c>
       <c r="U145" s="33">
-        <v>-5.0782594346411192E-2</v>
+        <v>-5.0782594342004495E-2</v>
       </c>
       <c r="V145" s="33">
-        <v>-4.2110697930809682E-2</v>
+        <v>-4.2110697955930476E-2</v>
       </c>
       <c r="W145" s="33">
-        <v>-2.9798738413280179E-2</v>
+        <v>-2.9798738381493606E-2</v>
       </c>
       <c r="X145" s="33">
-        <v>-5.1403732909889199E-2</v>
+        <v>-5.140370565969532E-2</v>
       </c>
       <c r="Y145" s="33">
-        <v>-2.4095670838136574E-2</v>
+        <v>-2.4095667997671044E-2</v>
       </c>
       <c r="Z145" s="33">
-        <v>-8.3971231143201486E-2</v>
+        <v>-8.3971231243683109E-2</v>
       </c>
       <c r="AA145" s="33">
-        <v>-4.749686337318193E-2</v>
+        <v>-4.7496863350814711E-2</v>
       </c>
       <c r="AB145" s="33">
-        <v>-4.409446274920048E-2</v>
+        <v>-4.4094462256973888E-2</v>
       </c>
       <c r="AC145" s="34">
-        <v>-3.5184000915968405E-2</v>
+        <v>-3.5184000450397046E-2</v>
       </c>
       <c r="AD145" s="8">
-        <v>-8.3971231143201486E-2</v>
+        <v>-8.3971231243683109E-2</v>
       </c>
     </row>
     <row r="146" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A146" s="1" t="s">
         <v>159</v>
       </c>
       <c r="B146" s="29">
-        <v>243.36943747246801</v>
+        <v>243.36944316298801</v>
       </c>
       <c r="C146" s="49">
-        <v>266.15598330406198</v>
+        <v>266.15600984068601</v>
       </c>
       <c r="D146" s="49">
-        <v>253.71942077879899</v>
+        <v>253.71942111120001</v>
       </c>
       <c r="E146" s="49">
-        <v>286.543555608708</v>
+        <v>286.54355596001398</v>
       </c>
       <c r="F146" s="49">
-        <v>264.09477931160001</v>
+        <v>264.094779279747</v>
       </c>
       <c r="G146" s="49">
-        <v>301.40272854531599</v>
+        <v>301.40272851940898</v>
       </c>
       <c r="H146" s="49">
-        <v>330.48122385644598</v>
+        <v>330.48122407321802</v>
       </c>
       <c r="I146" s="49">
-        <v>311.24522154764298</v>
+        <v>311.24522158234998</v>
       </c>
       <c r="J146" s="49">
-        <v>380.77789406506997</v>
+        <v>380.77789227421601</v>
       </c>
       <c r="K146" s="49">
-        <v>311.54497195785802</v>
+        <v>311.54497214638502</v>
       </c>
       <c r="L146" s="49">
-        <v>275.58094054682903</v>
+        <v>275.580940553331</v>
       </c>
       <c r="M146" s="49">
-        <v>252.94328535133701</v>
+        <v>252.94328533651</v>
       </c>
       <c r="N146" s="49">
-        <v>388.68133498206601</v>
+        <v>388.68133511739097</v>
       </c>
       <c r="O146" s="49">
-        <v>305.03639963594901</v>
+        <v>305.03639973347401</v>
       </c>
       <c r="P146" s="50">
-        <v>-2.6490510711413839E-2</v>
+        <v>-2.6490501532529409E-2</v>
       </c>
       <c r="Q146" s="33">
-        <v>1.3227903630404381E-2</v>
+        <v>1.3228030921573541E-2</v>
       </c>
       <c r="R146" s="33">
-        <v>-6.2982161161202477E-3</v>
+        <v>-6.298215768705373E-3</v>
       </c>
       <c r="S146" s="33">
-        <v>1.8153133759051254E-2</v>
+        <v>1.8153134742281418E-2</v>
       </c>
       <c r="T146" s="33">
-        <v>3.2240939003869151E-4</v>
+        <v>3.2240864849808482E-4</v>
       </c>
       <c r="U146" s="33">
-        <v>4.7958482642269873E-2</v>
+        <v>4.795848249800394E-2</v>
       </c>
       <c r="V146" s="33">
-        <v>3.1029651380306555E-2</v>
+        <v>3.1029652305986533E-2</v>
       </c>
       <c r="W146" s="33">
-        <v>1.6351687955435068E-2</v>
+        <v>1.6351688106012396E-2</v>
       </c>
       <c r="X146" s="33">
-        <v>3.9512222045164913E-2</v>
+        <v>3.9512195736011391E-2</v>
       </c>
       <c r="Y146" s="33">
-        <v>-6.7356786534171764E-3</v>
+        <v>-6.7356802029999718E-3</v>
       </c>
       <c r="Z146" s="33">
-        <v>6.6469162531544557E-2</v>
+        <v>6.6469162692067707E-2</v>
       </c>
       <c r="AA146" s="33">
-        <v>-2.5304128765146761E-3</v>
+        <v>-2.5304129595764557E-3</v>
       </c>
       <c r="AB146" s="33">
-        <v>-4.6996000930891735E-2</v>
+        <v>-4.699600106081403E-2</v>
       </c>
       <c r="AC146" s="34">
-        <v>8.851337286768457E-3</v>
+        <v>8.8513370723803941E-3</v>
       </c>
       <c r="AD146" s="8">
-        <v>-4.6996000930891735E-2</v>
+        <v>-4.699600106081403E-2</v>
       </c>
     </row>
     <row r="147" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A147" s="1" t="s">
         <v>160</v>
       </c>
       <c r="B147" s="29">
-        <v>253.551600648944</v>
+        <v>253.55158470108</v>
       </c>
       <c r="C147" s="49">
-        <v>272.28762126105403</v>
+        <v>272.28762896406801</v>
       </c>
       <c r="D147" s="49">
-        <v>265.04683805762198</v>
+        <v>265.04683730856402</v>
       </c>
       <c r="E147" s="49">
-        <v>293.45997365733001</v>
+        <v>293.45997305225399</v>
       </c>
       <c r="F147" s="49">
-        <v>271.42198980858598</v>
+        <v>271.42198965997602</v>
       </c>
       <c r="G147" s="49">
-        <v>312.46120671617302</v>
+        <v>312.46120675019699</v>
       </c>
       <c r="H147" s="49">
-        <v>343.574306515145</v>
+        <v>343.57430646276902</v>
       </c>
       <c r="I147" s="49">
-        <v>325.11748879943798</v>
+        <v>325.11748884594499</v>
       </c>
       <c r="J147" s="49">
-        <v>398.85569677835002</v>
+        <v>398.85569200895497</v>
       </c>
       <c r="K147" s="49">
-        <v>327.21254119178201</v>
+        <v>327.21253994965701</v>
       </c>
       <c r="L147" s="49">
-        <v>276.08813227489799</v>
+        <v>276.08813230569001</v>
       </c>
       <c r="M147" s="49">
-        <v>265.30706938648098</v>
+        <v>265.307069406533</v>
       </c>
       <c r="N147" s="49">
-        <v>423.172386370825</v>
+        <v>423.172385986888</v>
       </c>
       <c r="O147" s="49">
-        <v>317.33995832859802</v>
+        <v>317.33995794933202</v>
       </c>
       <c r="P147" s="50">
-        <v>4.1838298523527273E-2</v>
+        <v>4.1838208633582896E-2</v>
       </c>
       <c r="Q147" s="33">
-        <v>2.3037761093603226E-2</v>
+        <v>2.3037688035119741E-2</v>
       </c>
       <c r="R147" s="33">
-        <v>4.4645448283198608E-2</v>
+        <v>4.4645443962287201E-2</v>
       </c>
       <c r="S147" s="33">
-        <v>2.4137405686648128E-2</v>
+        <v>2.4137402319405643E-2</v>
       </c>
       <c r="T147" s="33">
-        <v>2.7744624547616503E-2</v>
+        <v>2.7744624108860361E-2</v>
       </c>
       <c r="U147" s="33">
-        <v>3.669004001466547E-2</v>
+        <v>3.6690040216659447E-2</v>
       </c>
       <c r="V147" s="33">
-        <v>3.9618234603205016E-2</v>
+        <v>3.9618233762805932E-2</v>
       </c>
       <c r="W147" s="33">
-        <v>4.4570217601466178E-2</v>
+        <v>4.4570217634408493E-2</v>
       </c>
       <c r="X147" s="33">
-        <v>4.7475977453120821E-2</v>
+        <v>4.7475969854154032E-2</v>
       </c>
       <c r="Y147" s="33">
-        <v>5.0289912032486006E-2</v>
+        <v>5.0289907409933443E-2</v>
       </c>
       <c r="Z147" s="33">
-        <v>1.8404455949041498E-3</v>
+        <v>1.8404456830019011E-3</v>
       </c>
       <c r="AA147" s="33">
-        <v>4.8879668886923522E-2</v>
+        <v>4.8879669027681372E-2</v>
       </c>
       <c r="AB147" s="33">
-        <v>8.8738635701018254E-2</v>
+        <v>8.8738634334164512E-2</v>
       </c>
       <c r="AC147" s="34">
-        <v>4.0334723027589225E-2</v>
+        <v>4.0334721451630973E-2</v>
       </c>
       <c r="AD147" s="8">
-        <v>1.8404455949041498E-3</v>
+        <v>1.8404456830019011E-3</v>
       </c>
     </row>
     <row r="148" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A148" s="11" t="s">
         <v>161</v>
       </c>
       <c r="B148" s="29">
-        <v>254.33464401283399</v>
+        <v>254.33464412336701</v>
       </c>
       <c r="C148" s="49">
-        <v>280.31099853214499</v>
+        <v>280.31094713490802</v>
       </c>
       <c r="D148" s="49">
-        <v>270.97234774737899</v>
+        <v>270.97234748291402</v>
       </c>
       <c r="E148" s="49">
-        <v>302.46210936169302</v>
+        <v>302.46210921364002</v>
       </c>
       <c r="F148" s="49">
-        <v>278.34227461188198</v>
+        <v>278.34227443676002</v>
       </c>
       <c r="G148" s="49">
-        <v>316.28388875012803</v>
+        <v>316.28388867130701</v>
       </c>
       <c r="H148" s="49">
-        <v>353.03382198652099</v>
+        <v>353.03382187868903</v>
       </c>
       <c r="I148" s="49">
-        <v>335.95048044231498</v>
+        <v>335.950480329539</v>
       </c>
       <c r="J148" s="49">
-        <v>413.45909298766901</v>
+        <v>413.459087885972</v>
       </c>
       <c r="K148" s="49">
-        <v>334.063310925336</v>
+        <v>334.06330988916301</v>
       </c>
       <c r="L148" s="49">
-        <v>281.46647253209898</v>
+        <v>281.46647258222799</v>
       </c>
       <c r="M148" s="49">
-        <v>268.52918512925999</v>
+        <v>268.52918510536898</v>
       </c>
       <c r="N148" s="49">
-        <v>399.286872665793</v>
+        <v>399.28687231076799</v>
       </c>
       <c r="O148" s="49">
-        <v>323.99952585495299</v>
+        <v>323.99952555974801</v>
       </c>
       <c r="P148" s="50">
-        <v>3.0882998249108784E-3</v>
+        <v>3.0883633530043308E-3</v>
       </c>
       <c r="Q148" s="33">
-        <v>2.9466551707095778E-2</v>
+        <v>2.9466333822675495E-2</v>
       </c>
       <c r="R148" s="33">
-        <v>2.2356462477280292E-2</v>
+        <v>2.235646436879235E-2</v>
       </c>
       <c r="S148" s="33">
-        <v>3.0675855354893145E-2</v>
+        <v>3.0675856975503457E-2</v>
       </c>
       <c r="T148" s="33">
-        <v>2.5496404356096347E-2</v>
+        <v>2.5496404272378204E-2</v>
       </c>
       <c r="U148" s="33">
-        <v>1.223410123173263E-2</v>
+        <v>1.2234100869251696E-2</v>
       </c>
       <c r="V148" s="33">
-        <v>2.7532662635117555E-2</v>
+        <v>2.7532662477905756E-2</v>
       </c>
       <c r="W148" s="33">
-        <v>3.332023657933636E-2</v>
+        <v>3.3320236084645627E-2</v>
       </c>
       <c r="X148" s="33">
-        <v>3.6613232121977868E-2</v>
+        <v>3.6613231726649431E-2</v>
       </c>
       <c r="Y148" s="33">
-        <v>2.0936757829030483E-2</v>
+        <v>2.0936758537921651E-2</v>
       </c>
       <c r="Z148" s="33">
-        <v>1.9480519546004382E-2</v>
+        <v>1.9480519613870984E-2</v>
       </c>
       <c r="AA148" s="33">
-        <v>1.2144854451975551E-2</v>
+        <v>1.2144854285426776E-2</v>
       </c>
       <c r="AB148" s="33">
-        <v>-5.6443932719421719E-2</v>
+        <v>-5.6443932702310406E-2</v>
       </c>
       <c r="AC148" s="34">
-        <v>2.0985594002817409E-2</v>
+        <v>2.0985594292790788E-2</v>
       </c>
       <c r="AD148" s="8">
-        <v>-5.6443932719421719E-2</v>
+        <v>-5.6443932702310406E-2</v>
       </c>
     </row>
     <row r="149" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A149" s="11" t="s">
         <v>162</v>
       </c>
       <c r="B149" s="29">
-        <v>256.04954056005198</v>
+        <v>256.04955883088797</v>
       </c>
       <c r="C149" s="49">
-        <v>280.97561261411801</v>
+        <v>280.97558827364998</v>
       </c>
       <c r="D149" s="49">
-        <v>267.79889517109001</v>
+        <v>267.79889632676299</v>
       </c>
       <c r="E149" s="49">
-        <v>308.734577221743</v>
+        <v>308.73457806559202</v>
       </c>
       <c r="F149" s="49">
-        <v>281.81226432360597</v>
+        <v>281.81226469737999</v>
       </c>
       <c r="G149" s="49">
-        <v>324.19958521686902</v>
+        <v>324.19958508359298</v>
       </c>
       <c r="H149" s="49">
-        <v>362.26358457164798</v>
+        <v>362.263584420482</v>
       </c>
       <c r="I149" s="49">
-        <v>343.97821772542397</v>
+        <v>343.97821769124198</v>
       </c>
       <c r="J149" s="49">
-        <v>424.06993688395102</v>
+        <v>424.06995651827401</v>
       </c>
       <c r="K149" s="49">
-        <v>341.99710224531901</v>
+        <v>341.99710583595402</v>
       </c>
       <c r="L149" s="49">
-        <v>286.76264210629398</v>
+        <v>286.762641971628</v>
       </c>
       <c r="M149" s="49">
-        <v>267.80350030679301</v>
+        <v>267.80350032671299</v>
       </c>
       <c r="N149" s="49">
-        <v>395.396064144707</v>
+        <v>395.39606526162601</v>
       </c>
       <c r="O149" s="49">
-        <v>329.25159838463901</v>
+        <v>329.25159945712602</v>
       </c>
       <c r="P149" s="50">
-        <v>6.7426777577790364E-3</v>
+        <v>6.7427491580309695E-3</v>
       </c>
       <c r="Q149" s="33">
-        <v>2.3709882432487728E-3</v>
+        <v>2.3710852021132656E-3</v>
       </c>
       <c r="R149" s="33">
-        <v>-1.1711352109062823E-2</v>
+        <v>-1.171134687959674E-2</v>
       </c>
       <c r="S149" s="33">
-        <v>2.0738028552691024E-2</v>
+        <v>2.0738031842268079E-2</v>
       </c>
       <c r="T149" s="33">
-        <v>1.2466628422012072E-2</v>
+        <v>1.246663040187368E-2</v>
       </c>
       <c r="U149" s="33">
-        <v>2.5027188384529442E-2</v>
+        <v>2.5027188218595064E-2</v>
       </c>
       <c r="V149" s="33">
-        <v>2.6144131271024218E-2</v>
+        <v>2.614413115626224E-2</v>
       </c>
       <c r="W149" s="33">
-        <v>2.3895596971731159E-2</v>
+        <v>2.3895597213697828E-2</v>
       </c>
       <c r="X149" s="33">
-        <v>2.566358819105341E-2</v>
+        <v>2.5663648334725675E-2</v>
       </c>
       <c r="Y149" s="33">
-        <v>2.3749364448334198E-2</v>
+        <v>2.3749378372091456E-2</v>
       </c>
       <c r="Z149" s="33">
-        <v>1.8816342587982815E-2</v>
+        <v>1.881634192808801E-2</v>
       </c>
       <c r="AA149" s="33">
-        <v>-2.7024430216687767E-3</v>
+        <v>-2.7024428587575366E-3</v>
       </c>
       <c r="AB149" s="33">
-        <v>-9.744393786626282E-3</v>
+        <v>-9.7443901088581919E-3</v>
       </c>
       <c r="AC149" s="34">
-        <v>1.621012412233358E-2</v>
+        <v>1.6210128358380871E-2</v>
       </c>
       <c r="AD149" s="8">
-        <v>-1.1711352109062823E-2</v>
+        <v>-1.171134687959674E-2</v>
       </c>
     </row>
     <row r="150" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A150" s="11" t="s">
         <v>163</v>
       </c>
       <c r="B150" s="29">
-        <v>258.00031756075299</v>
+        <v>258.00033299378202</v>
       </c>
       <c r="C150" s="49">
-        <v>285.038480667638</v>
+        <v>285.03857211808798</v>
       </c>
       <c r="D150" s="49">
-        <v>272.82384079576002</v>
+        <v>272.82384124954802</v>
       </c>
       <c r="E150" s="49">
-        <v>311.73095373685101</v>
+        <v>311.73095445393898</v>
       </c>
       <c r="F150" s="49">
-        <v>286.96381397468798</v>
+        <v>286.96381455097799</v>
       </c>
       <c r="G150" s="49">
-        <v>327.933613086918</v>
+        <v>327.93361351563999</v>
       </c>
       <c r="H150" s="49">
-        <v>367.465855509189</v>
+        <v>367.46585588383402</v>
       </c>
       <c r="I150" s="49">
-        <v>351.480696295396</v>
+        <v>351.48069642516299</v>
       </c>
       <c r="J150" s="49">
-        <v>430.58465973967799</v>
+        <v>430.584655979037</v>
       </c>
       <c r="K150" s="49">
-        <v>350.24959484186297</v>
+        <v>350.24959550449103</v>
       </c>
       <c r="L150" s="49">
-        <v>287.90470799030902</v>
+        <v>287.90470804984199</v>
       </c>
       <c r="M150" s="49">
-        <v>271.05513434787798</v>
+        <v>271.05513433416701</v>
       </c>
       <c r="N150" s="49">
-        <v>368.59814471732301</v>
+        <v>368.59814420645398</v>
       </c>
       <c r="O150" s="49">
-        <v>333.83369652671701</v>
+        <v>333.83369640097902</v>
       </c>
       <c r="P150" s="50">
-        <v>7.6187482954825914E-3</v>
+        <v>7.618736668796533E-3</v>
       </c>
       <c r="Q150" s="33">
-        <v>1.4459860112841172E-2</v>
+        <v>1.4460273468601015E-2</v>
       </c>
       <c r="R150" s="33">
-        <v>1.8763877354533998E-2</v>
+        <v>1.8763874652618862E-2</v>
       </c>
       <c r="S150" s="33">
-        <v>9.7053480114601687E-3</v>
+        <v>9.7053475743502648E-3</v>
       </c>
       <c r="T150" s="33">
-        <v>1.8280076147312307E-2</v>
+        <v>1.8280076841687087E-2</v>
       </c>
       <c r="U150" s="33">
-        <v>1.1517682441053001E-2</v>
+        <v>1.1517684179281673E-2</v>
       </c>
       <c r="V150" s="33">
-        <v>1.4360457851959829E-2</v>
+        <v>1.4360459309411766E-2</v>
       </c>
       <c r="W150" s="33">
-        <v>2.1810911805935307E-2</v>
+        <v>2.1810912284728756E-2</v>
       </c>
       <c r="X150" s="33">
-        <v>1.5362378440681113E-2</v>
+        <v>1.5362322561707442E-2</v>
       </c>
       <c r="Y150" s="33">
-        <v>2.4130299766763397E-2</v>
+        <v>2.4130290951922539E-2</v>
       </c>
       <c r="Z150" s="33">
-        <v>3.9826173856765124E-3</v>
+        <v>3.9826180647581921E-3</v>
       </c>
       <c r="AA150" s="33">
-        <v>1.2141865350377978E-2</v>
+        <v>1.2141865223894044E-2</v>
       </c>
       <c r="AB150" s="33">
-        <v>-6.7774876528807537E-2</v>
+        <v>-6.7774880454210762E-2</v>
       </c>
       <c r="AC150" s="34">
-        <v>1.391670735862327E-2</v>
+        <v>1.391670367405351E-2</v>
       </c>
       <c r="AD150" s="8">
-        <v>-6.7774876528807537E-2</v>
+        <v>-6.7774880454210762E-2</v>
       </c>
     </row>
     <row r="151" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A151" s="11" t="s">
         <v>164</v>
       </c>
       <c r="B151" s="29">
-        <v>255.760484258259</v>
+        <v>255.760429967107</v>
       </c>
       <c r="C151" s="49">
-        <v>276.79021210121698</v>
+        <v>276.790306366724</v>
       </c>
       <c r="D151" s="49">
-        <v>269.60763803175098</v>
+        <v>269.60763616456398</v>
       </c>
       <c r="E151" s="49">
-        <v>310.73755340053202</v>
+        <v>310.737551097515</v>
       </c>
       <c r="F151" s="49">
-        <v>284.36625281084298</v>
+        <v>284.36625257430899</v>
       </c>
       <c r="G151" s="49">
-        <v>325.18595304136198</v>
+        <v>325.18595333754098</v>
       </c>
       <c r="H151" s="49">
-        <v>367.51427389145198</v>
+        <v>367.51427365021601</v>
       </c>
       <c r="I151" s="49">
-        <v>352.45061518173497</v>
+        <v>352.45061531311597</v>
       </c>
       <c r="J151" s="49">
-        <v>435.54716297402302</v>
+        <v>435.54713144967002</v>
       </c>
       <c r="K151" s="49">
-        <v>347.74050134773199</v>
+        <v>347.74049651064502</v>
       </c>
       <c r="L151" s="49">
-        <v>283.65504993260703</v>
+        <v>283.65504993378198</v>
       </c>
       <c r="M151" s="49">
-        <v>264.239431731899</v>
+        <v>264.23943175435102</v>
       </c>
       <c r="N151" s="49">
-        <v>375.69479404796601</v>
+        <v>375.69479369066403</v>
       </c>
       <c r="O151" s="49">
-        <v>331.49996577821702</v>
+        <v>331.49996482244802</v>
       </c>
       <c r="P151" s="50">
-        <v>-8.6815137425811928E-3</v>
+        <v>-8.6817834716864661E-3</v>
       </c>
       <c r="Q151" s="33">
-        <v>-2.8937386092927952E-2</v>
+        <v>-2.8937366932735076E-2</v>
       </c>
       <c r="R151" s="33">
-        <v>-1.1788569337005783E-2</v>
+        <v>-1.1788577824627278E-2</v>
       </c>
       <c r="S151" s="33">
-        <v>-3.1867234370237529E-3</v>
+        <v>-3.1867331178712099E-3</v>
       </c>
       <c r="T151" s="33">
-        <v>-9.0518770567850071E-3</v>
+        <v>-9.05187987110323E-3</v>
       </c>
       <c r="U151" s="33">
-        <v>-8.378708177218086E-3</v>
+        <v>-8.3787085704405406E-3</v>
       </c>
       <c r="V151" s="33">
-        <v>1.3176294215377915E-4</v>
+        <v>1.3176126599723226E-4</v>
       </c>
       <c r="W151" s="33">
-        <v>2.7595224903156357E-3</v>
+        <v>2.7595224938889995E-3</v>
       </c>
       <c r="X151" s="33">
-        <v>1.1525034907990506E-2</v>
+        <v>1.1524970529545708E-2</v>
       </c>
       <c r="Y151" s="33">
-        <v>-7.16372989742875E-3</v>
+        <v>-7.163745586149739E-3</v>
       </c>
       <c r="Z151" s="33">
-        <v>-1.4760641072410152E-2</v>
+        <v>-1.4760641272056896E-2</v>
       </c>
       <c r="AA151" s="33">
-        <v>-2.514507844456304E-2</v>
+        <v>-2.5145078312419411E-2</v>
       </c>
       <c r="AB151" s="33">
-        <v>1.925307935579923E-2</v>
+        <v>1.9253079799108175E-2</v>
       </c>
       <c r="AC151" s="34">
-        <v>-6.990698580702448E-3</v>
+        <v>-6.9907010696963479E-3</v>
       </c>
       <c r="AD151" s="8">
-        <v>-2.8937386092927952E-2</v>
+        <v>-2.8937366932735076E-2</v>
       </c>
     </row>
     <row r="152" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A152" s="11" t="s">
         <v>165</v>
       </c>
       <c r="B152" s="29">
-        <v>256.08029874153698</v>
+        <v>256.08030182462397</v>
       </c>
       <c r="C152" s="49">
-        <v>270.33938990355398</v>
+        <v>270.33912097849799</v>
       </c>
       <c r="D152" s="49">
-        <v>265.98010299711098</v>
+        <v>265.98010226578202</v>
       </c>
       <c r="E152" s="49">
-        <v>307.55426562576099</v>
+        <v>307.55426512446297</v>
       </c>
       <c r="F152" s="49">
-        <v>279.95899278628599</v>
+        <v>279.958990459061</v>
       </c>
       <c r="G152" s="49">
-        <v>326.89237609014901</v>
+        <v>326.89237498789402</v>
       </c>
       <c r="H152" s="49">
-        <v>360.08432129763202</v>
+        <v>360.08432142112798</v>
       </c>
       <c r="I152" s="49">
-        <v>345.21137715327802</v>
+        <v>345.211376973862</v>
       </c>
       <c r="J152" s="49">
-        <v>423.68444494464302</v>
+        <v>423.68445917777098</v>
       </c>
       <c r="K152" s="49">
-        <v>341.20526499944799</v>
+        <v>341.20526217900198</v>
       </c>
       <c r="L152" s="49">
-        <v>276.37387448381401</v>
+        <v>276.37387456286001</v>
       </c>
       <c r="M152" s="49">
-        <v>262.66714806671598</v>
+        <v>262.66714802518902</v>
       </c>
       <c r="N152" s="49">
-        <v>362.133877069736</v>
+        <v>362.13387688770399</v>
       </c>
       <c r="O152" s="49">
-        <v>325.89917865503998</v>
+        <v>325.89917810083398</v>
       </c>
       <c r="P152" s="50">
-        <v>1.250445252344079E-3</v>
+        <v>1.2506698458323307E-3</v>
       </c>
       <c r="Q152" s="33">
-        <v>-2.3305817603492596E-2</v>
+        <v>-2.3307121816898868E-2</v>
       </c>
       <c r="R152" s="33">
-        <v>-1.3454867455249153E-2</v>
+        <v>-1.3454863335427891E-2</v>
       </c>
       <c r="S152" s="33">
-        <v>-1.024429696357898E-2</v>
+        <v>-1.0244291241302328E-2</v>
       </c>
       <c r="T152" s="33">
-        <v>-1.5498533953987259E-2</v>
+        <v>-1.5498541318985426E-2</v>
       </c>
       <c r="U152" s="33">
-        <v>5.2475300142191816E-3</v>
+        <v>5.2475257090265348E-3</v>
       </c>
       <c r="V152" s="33">
-        <v>-2.0216772848432152E-2</v>
+        <v>-2.0216771869273065E-2</v>
       </c>
       <c r="W152" s="33">
-        <v>-2.0539723060844062E-2</v>
+        <v>-2.0539723935004806E-2</v>
       </c>
       <c r="X152" s="33">
-        <v>-2.7236357019015944E-2</v>
+        <v>-2.7236253932876209E-2</v>
       </c>
       <c r="Y152" s="33">
-        <v>-1.8793428786567867E-2</v>
+        <v>-1.8793423248715579E-2</v>
       </c>
       <c r="Z152" s="33">
-        <v>-2.5669119765443726E-2</v>
+        <v>-2.5669119490810188E-2</v>
       </c>
       <c r="AA152" s="33">
-        <v>-5.9502234578611146E-3</v>
+        <v>-5.9502236994805058E-3</v>
       </c>
       <c r="AB152" s="33">
-        <v>-3.6095567979839149E-2</v>
+        <v>-3.6095567547645313E-2</v>
       </c>
       <c r="AC152" s="34">
-        <v>-1.6895287183601448E-2</v>
+        <v>-1.6895286020961797E-2</v>
       </c>
       <c r="AD152" s="8">
-        <v>-3.6095567979839149E-2</v>
+        <v>-3.6095567547645313E-2</v>
       </c>
     </row>
     <row r="153" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A153" s="1" t="s">
         <v>166</v>
       </c>
       <c r="B153" s="29">
-        <v>252.25688180833001</v>
+        <v>252.256937459086</v>
       </c>
       <c r="C153" s="49">
-        <v>278.43585636973597</v>
+        <v>278.43588755441903</v>
       </c>
       <c r="D153" s="49">
-        <v>268.87620226276101</v>
+        <v>268.87620468726499</v>
       </c>
       <c r="E153" s="49">
-        <v>307.74957265330698</v>
+        <v>307.74957633873697</v>
       </c>
       <c r="F153" s="49">
-        <v>280.17346816279002</v>
+        <v>280.17346877997301</v>
       </c>
       <c r="G153" s="49">
-        <v>325.089685926779</v>
+        <v>325.08968492322902</v>
       </c>
       <c r="H153" s="49">
-        <v>358.51427788997597</v>
+        <v>358.51427770693903</v>
       </c>
       <c r="I153" s="49">
-        <v>353.15701794812298</v>
+        <v>353.15701745841</v>
       </c>
       <c r="J153" s="49">
-        <v>433.33503686059299</v>
+        <v>433.335089732911</v>
       </c>
       <c r="K153" s="49">
-        <v>340.83713330955402</v>
+        <v>340.83714218836099</v>
       </c>
       <c r="L153" s="49">
-        <v>279.98804799793101</v>
+        <v>279.98804786656098</v>
       </c>
       <c r="M153" s="49">
-        <v>262.00513104197898</v>
+        <v>262.00513116399298</v>
       </c>
       <c r="N153" s="49">
-        <v>351.98858128650301</v>
+        <v>351.98858299029803</v>
       </c>
       <c r="O153" s="49">
-        <v>328.24405760952197</v>
+        <v>328.24405988904402</v>
       </c>
       <c r="P153" s="50">
-        <v>-1.4930539178517499E-2</v>
+        <v>-1.4930333720695077E-2</v>
       </c>
       <c r="Q153" s="33">
-        <v>2.9949266620267423E-2</v>
+        <v>2.9950406536111585E-2</v>
       </c>
       <c r="R153" s="33">
-        <v>1.0888405685298475E-2</v>
+        <v>1.0888417580158016E-2</v>
       </c>
       <c r="S153" s="33">
-        <v>6.3503273852694164E-4</v>
+        <v>6.3504635253530672E-4</v>
       </c>
       <c r="T153" s="33">
-        <v>7.66095685548418E-4</v>
+        <v>7.6610620919992378E-4</v>
       </c>
       <c r="U153" s="33">
-        <v>-5.5146289581036179E-3</v>
+        <v>-5.5146286747488338E-3</v>
       </c>
       <c r="V153" s="33">
-        <v>-4.3602104140444409E-3</v>
+        <v>-4.3602112638299051E-3</v>
       </c>
       <c r="W153" s="33">
-        <v>2.3016740816502734E-2</v>
+        <v>2.3016739929604402E-2</v>
       </c>
       <c r="X153" s="33">
-        <v>2.277778198161351E-2</v>
+        <v>2.2777872414458278E-2</v>
       </c>
       <c r="Y153" s="33">
-        <v>-1.0789156195891714E-3</v>
+        <v>-1.078881340487281E-3</v>
       </c>
       <c r="Z153" s="33">
-        <v>1.3077117078693634E-2</v>
+        <v>1.3077116313607862E-2</v>
       </c>
       <c r="AA153" s="33">
-        <v>-2.5203647643399218E-3</v>
+        <v>-2.5203641421216449E-3</v>
       </c>
       <c r="AB153" s="33">
-        <v>-2.8015318161684455E-2</v>
+        <v>-2.8015312968225792E-2</v>
       </c>
       <c r="AC153" s="34">
-        <v>7.1951054438341711E-3</v>
+        <v>7.1951141511763517E-3</v>
       </c>
       <c r="AD153" s="8">
-        <v>-2.8015318161684455E-2</v>
+        <v>-2.8015312968225792E-2</v>
       </c>
     </row>
     <row r="154" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A154" s="1" t="s">
         <v>167</v>
       </c>
       <c r="B154" s="29">
-        <v>255.07005869005999</v>
+        <v>255.070089814478</v>
       </c>
       <c r="C154" s="49">
-        <v>279.33869911239498</v>
+        <v>279.33890604619199</v>
       </c>
       <c r="D154" s="49">
-        <v>270.69683268787298</v>
+        <v>270.696836098397</v>
       </c>
       <c r="E154" s="49">
-        <v>308.36364231321801</v>
+        <v>308.36364322827001</v>
       </c>
       <c r="F154" s="49">
-        <v>278.95585233064202</v>
+        <v>278.95585728037997</v>
       </c>
       <c r="G154" s="49">
-        <v>322.72080165791499</v>
+        <v>322.72080481358699</v>
       </c>
       <c r="H154" s="49">
-        <v>362.385623293035</v>
+        <v>362.38562376596002</v>
       </c>
       <c r="I154" s="49">
-        <v>350.67162858751198</v>
+        <v>350.67162942700003</v>
       </c>
       <c r="J154" s="49">
-        <v>442.78974609401001</v>
+        <v>442.78972032821099</v>
       </c>
       <c r="K154" s="49">
-        <v>342.47930598628898</v>
+        <v>342.479315249683</v>
       </c>
       <c r="L154" s="49">
-        <v>284.76321264231802</v>
+        <v>284.76321274739098</v>
       </c>
       <c r="M154" s="49">
-        <v>262.25023244460999</v>
+        <v>262.250232330301</v>
       </c>
       <c r="N154" s="49">
-        <v>353.68774207113302</v>
+        <v>353.68774013841602</v>
       </c>
       <c r="O154" s="49">
-        <v>329.73208977391499</v>
+        <v>329.73208957282702</v>
       </c>
       <c r="P154" s="50">
-        <v>1.1152032252057742E-2</v>
+        <v>1.1151932564186673E-2</v>
       </c>
       <c r="Q154" s="33">
-        <v>3.2425519989784934E-3</v>
+        <v>3.2431828371852767E-3</v>
       </c>
       <c r="R154" s="33">
-        <v>6.7712590768176373E-3</v>
+        <v>6.7712626829496969E-3</v>
       </c>
       <c r="S154" s="33">
-        <v>1.9953550369435913E-3</v>
+        <v>1.9953460109953802E-3</v>
       </c>
       <c r="T154" s="33">
-        <v>-4.345935538194956E-3</v>
+        <v>-4.3459200647911755E-3</v>
       </c>
       <c r="U154" s="33">
-        <v>-7.2868638145522358E-3</v>
+        <v>-7.2868510429712208E-3</v>
       </c>
       <c r="V154" s="33">
-        <v>1.0798301885893258E-2</v>
+        <v>1.0798303721073932E-2</v>
       </c>
       <c r="W154" s="33">
-        <v>-7.0376326514799414E-3</v>
+        <v>-7.0376288974709489E-3</v>
       </c>
       <c r="X154" s="33">
-        <v>2.1818473996273458E-2</v>
+        <v>2.1818289862303608E-2</v>
       </c>
       <c r="Y154" s="33">
-        <v>4.8180568261131373E-3</v>
+        <v>4.8180578289629405E-3</v>
       </c>
       <c r="Z154" s="33">
-        <v>1.7054887444418076E-2</v>
+        <v>1.7054888296895498E-2</v>
       </c>
       <c r="AA154" s="33">
-        <v>9.3548321613501351E-4</v>
+        <v>9.354823137208701E-4</v>
       </c>
       <c r="AB154" s="33">
-        <v>4.8273179158813129E-3</v>
+        <v>4.8273075611797722E-3</v>
       </c>
       <c r="AC154" s="34">
-        <v>4.5333102912199497E-3</v>
+        <v>4.5333027025256101E-3</v>
       </c>
       <c r="AD154" s="8">
-        <v>-7.2868638145522358E-3</v>
+        <v>-7.2868510429712208E-3</v>
       </c>
     </row>
     <row r="155" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A155" s="1" t="s">
         <v>168</v>
       </c>
       <c r="B155" s="29">
-        <v>254.18305268569699</v>
+        <v>254.18294866241499</v>
       </c>
       <c r="C155" s="49">
-        <v>277.36420187105398</v>
+        <v>277.36440473045002</v>
       </c>
       <c r="D155" s="49">
-        <v>263.18324964335301</v>
+        <v>263.18324163361001</v>
       </c>
       <c r="E155" s="49">
-        <v>308.51245310975003</v>
+        <v>308.51244703843099</v>
       </c>
       <c r="F155" s="49">
-        <v>280.30602306008302</v>
+        <v>280.306023552586</v>
       </c>
       <c r="G155" s="49">
-        <v>327.80300616872898</v>
+        <v>327.80300710677898</v>
       </c>
       <c r="H155" s="49">
-        <v>361.80515320094901</v>
+        <v>361.80515265440999</v>
       </c>
       <c r="I155" s="49">
-        <v>357.01336331850803</v>
+        <v>357.01336322108</v>
       </c>
       <c r="J155" s="49">
-        <v>437.72014770043899</v>
+        <v>437.720042420411</v>
       </c>
       <c r="K155" s="49">
-        <v>345.03042832958801</v>
+        <v>345.03039993901899</v>
       </c>
       <c r="L155" s="49">
-        <v>283.91783166382203</v>
+        <v>283.91783154826601</v>
       </c>
       <c r="M155" s="49">
-        <v>262.04803648434699</v>
+        <v>262.048036101989</v>
       </c>
       <c r="N155" s="49">
-        <v>340.44635253919802</v>
+        <v>340.44635269933201</v>
       </c>
       <c r="O155" s="49">
-        <v>330.10228445467402</v>
+        <v>330.10228279292397</v>
       </c>
       <c r="P155" s="50">
-        <v>-3.4774995109905227E-3</v>
+        <v>-3.4780289320016644E-3</v>
       </c>
       <c r="Q155" s="33">
-        <v>-7.0684700960339519E-3</v>
+        <v>-7.0684794455930788E-3</v>
       </c>
       <c r="R155" s="33">
-        <v>-2.7756449788917559E-2</v>
+        <v>-2.7756491627614843E-2</v>
       </c>
       <c r="S155" s="33">
-        <v>4.8258217283891902E-4</v>
+        <v>4.8255951513342943E-4</v>
       </c>
       <c r="T155" s="33">
-        <v>4.8400874839531483E-3</v>
+        <v>4.8400714197909256E-3</v>
       </c>
       <c r="U155" s="33">
-        <v>1.5747991715145515E-2</v>
+        <v>1.5747984689513883E-2</v>
       </c>
       <c r="V155" s="33">
-        <v>-1.6018022095115603E-3</v>
+        <v>-1.6018050206233481E-3</v>
       </c>
       <c r="W155" s="33">
-        <v>1.8084538964672658E-2</v>
+        <v>1.8084536249603156E-2</v>
       </c>
       <c r="X155" s="33">
-        <v>-1.1449222657686997E-2</v>
+        <v>-1.1449402899512129E-2</v>
       </c>
       <c r="Y155" s="33">
-        <v>7.4489824602750332E-3</v>
+        <v>7.4488723135763824E-3</v>
       </c>
       <c r="Z155" s="33">
-        <v>-2.9687155537111432E-3</v>
+        <v>-2.9687163273961481E-3</v>
       </c>
       <c r="AA155" s="33">
-        <v>-7.7100393154350133E-4</v>
+        <v>-7.7100495399118341E-4</v>
       </c>
       <c r="AB155" s="33">
-        <v>-3.7438078725589241E-2</v>
+        <v>-3.7438073012940665E-2</v>
       </c>
       <c r="AC155" s="34">
-        <v>1.1227135369591412E-3</v>
+        <v>1.1227091077987694E-3</v>
       </c>
       <c r="AD155" s="8">
-        <v>-3.7438078725589241E-2</v>
+        <v>-3.7438073012940665E-2</v>
       </c>
     </row>
     <row r="156" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A156" s="1" t="s">
         <v>169</v>
       </c>
       <c r="B156" s="29">
-        <v>254.07816481058501</v>
+        <v>254.078068677983</v>
       </c>
       <c r="C156" s="49">
-        <v>274.983540681992</v>
+        <v>274.98299749570299</v>
       </c>
       <c r="D156" s="49">
-        <v>262.837768388901</v>
+        <v>262.83777012664598</v>
       </c>
       <c r="E156" s="49">
-        <v>309.616489475636</v>
+        <v>309.61648814961302</v>
       </c>
       <c r="F156" s="49">
-        <v>280.791299010812</v>
+        <v>280.79128577688903</v>
       </c>
       <c r="G156" s="49">
-        <v>331.64167418812701</v>
+        <v>331.64166925789499</v>
       </c>
       <c r="H156" s="49">
-        <v>365.70668758613999</v>
+        <v>365.706687272154</v>
       </c>
       <c r="I156" s="49">
-        <v>357.698799970935</v>
+        <v>357.69879969381998</v>
       </c>
       <c r="J156" s="49">
-        <v>446.49250746252301</v>
+        <v>446.492577716109</v>
       </c>
       <c r="K156" s="49">
-        <v>343.38767455954002</v>
+        <v>343.38768136084798</v>
       </c>
       <c r="L156" s="49">
-        <v>280.64453802628901</v>
+        <v>280.64453807922598</v>
       </c>
       <c r="M156" s="49">
-        <v>260.44852574600299</v>
+        <v>260.44852637684801</v>
       </c>
       <c r="N156" s="49">
-        <v>330.50893680374298</v>
+        <v>330.50893750719098</v>
       </c>
       <c r="O156" s="49">
-        <v>329.71170863810499</v>
+        <v>329.711706352075</v>
       </c>
       <c r="P156" s="50">
-        <v>-4.1264700381771213E-4</v>
+        <v>-4.126161293820374E-4</v>
       </c>
       <c r="Q156" s="33">
-        <v>-8.5831595173508912E-3</v>
+        <v>-8.5858430070049341E-3</v>
       </c>
       <c r="R156" s="33">
-        <v>-1.312702289831047E-3</v>
+        <v>-1.3126652928949767E-3</v>
       </c>
       <c r="S156" s="33">
-        <v>3.5785795832792289E-3</v>
+        <v>3.5785950349176421E-3</v>
       </c>
       <c r="T156" s="33">
-        <v>1.7312362589687602E-3</v>
+        <v>1.7311872864980149E-3</v>
       </c>
       <c r="U156" s="33">
-        <v>1.1710289250435268E-2</v>
+        <v>1.1710271315069409E-2</v>
       </c>
       <c r="V156" s="33">
-        <v>1.0783523536559647E-2</v>
+        <v>1.0783524195606686E-2</v>
       </c>
       <c r="W156" s="33">
-        <v>1.9199187561376174E-3</v>
+        <v>1.9199182533555792E-3</v>
       </c>
       <c r="X156" s="33">
-        <v>2.0041023489938858E-2</v>
+        <v>2.0041429328183202E-2</v>
       </c>
       <c r="Y156" s="33">
-        <v>-4.7611852032909407E-3</v>
+        <v>-4.7610835986086064E-3</v>
       </c>
       <c r="Z156" s="33">
-        <v>-1.1529017456743618E-2</v>
+        <v>-1.1529016867979136E-2</v>
       </c>
       <c r="AA156" s="33">
-        <v>-6.1038836993519974E-3</v>
+        <v>-6.1038798417800688E-3</v>
       </c>
       <c r="AB156" s="33">
-        <v>-2.9189373483773373E-2</v>
+        <v>-2.9189371874156489E-2</v>
       </c>
       <c r="AC156" s="34">
-        <v>-1.1831963453819982E-3</v>
+        <v>-1.1831982425095644E-3</v>
       </c>
       <c r="AD156" s="8">
-        <v>-2.9189373483773373E-2</v>
+        <v>-2.9189371874156489E-2</v>
       </c>
     </row>
     <row r="157" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A157" s="1" t="s">
         <v>170</v>
       </c>
       <c r="B157" s="29">
-        <v>254.02910035336799</v>
+        <v>254.02940508461299</v>
       </c>
       <c r="C157" s="49">
-        <v>272.46518820360899</v>
+        <v>272.46499769876903</v>
       </c>
       <c r="D157" s="49">
-        <v>262.75750980615402</v>
+        <v>262.757513511968</v>
       </c>
       <c r="E157" s="49">
-        <v>308.66373073857</v>
+        <v>308.66373807015498</v>
       </c>
       <c r="F157" s="49">
-        <v>279.88891196121102</v>
+        <v>279.88891661472599</v>
       </c>
       <c r="G157" s="49">
-        <v>329.33843852156201</v>
+        <v>329.33843502448298</v>
       </c>
       <c r="H157" s="49">
-        <v>364.994152542282</v>
+        <v>364.99415279470099</v>
       </c>
       <c r="I157" s="49">
-        <v>356.099419035398</v>
+        <v>356.09941812094303</v>
       </c>
       <c r="J157" s="49">
-        <v>443.85570841516801</v>
+        <v>443.85587430746699</v>
       </c>
       <c r="K157" s="49">
-        <v>342.180930098484</v>
+        <v>342.18095296569999</v>
       </c>
       <c r="L157" s="49">
-        <v>272.43643020017601</v>
+        <v>272.43643009683001</v>
       </c>
       <c r="M157" s="49">
-        <v>260.98166480148097</v>
+        <v>260.98166543095499</v>
       </c>
       <c r="N157" s="49">
-        <v>321.01106542560598</v>
+        <v>321.01106811266698</v>
       </c>
       <c r="O157" s="49">
-        <v>328.76095015587498</v>
+        <v>328.76095629387902</v>
       </c>
       <c r="P157" s="50">
-        <v>-1.9310772829927991E-4</v>
+        <v>-1.9153008216421519E-4</v>
       </c>
       <c r="Q157" s="33">
-        <v>-9.158193512736057E-3</v>
+        <v>-9.1569290460342678E-3</v>
       </c>
       <c r="R157" s="33">
-        <v>-3.0535407159681949E-4</v>
+        <v>-3.0534658180714214E-4</v>
       </c>
       <c r="S157" s="33">
-        <v>-3.0772222069941346E-3</v>
+        <v>-3.0771942578123879E-3</v>
       </c>
       <c r="T157" s="33">
-        <v>-3.21372867599512E-3</v>
+        <v>-3.2136651237818503E-3</v>
       </c>
       <c r="U157" s="33">
-        <v>-6.9449524768062654E-3</v>
+        <v>-6.9449482586608768E-3</v>
       </c>
       <c r="V157" s="33">
-        <v>-1.9483784903172596E-3</v>
+        <v>-1.9483769431942743E-3</v>
       </c>
       <c r="W157" s="33">
-        <v>-4.471306405464448E-3</v>
+        <v>-4.4713081907067354E-3</v>
       </c>
       <c r="X157" s="33">
-        <v>-5.9055840877157983E-3</v>
+        <v>-5.905368958492474E-3</v>
       </c>
       <c r="Y157" s="33">
-        <v>-3.5142334756304017E-3</v>
+        <v>-3.5141866195249616E-3</v>
       </c>
       <c r="Z157" s="33">
-        <v>-2.9247345712974937E-2</v>
+        <v>-2.9247346264329677E-2</v>
       </c>
       <c r="AA157" s="33">
-        <v>2.0470035449458024E-3</v>
+        <v>2.047003534723757E-3</v>
       </c>
       <c r="AB157" s="33">
-        <v>-2.8737109108117331E-2</v>
+        <v>-2.8737103045261336E-2</v>
       </c>
       <c r="AC157" s="34">
-        <v>-2.8836054568919245E-3</v>
+        <v>-2.8835799271886842E-3</v>
       </c>
       <c r="AD157" s="8">
-        <v>-2.9247345712974937E-2</v>
+        <v>-2.9247346264329677E-2</v>
       </c>
     </row>
     <row r="158" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A158" s="1" t="s">
         <v>171</v>
       </c>
       <c r="B158" s="29">
-        <v>248.996950541437</v>
+        <v>248.996893854945</v>
       </c>
       <c r="C158" s="49">
-        <v>271.77469439775001</v>
+        <v>271.77554885421699</v>
       </c>
       <c r="D158" s="49">
-        <v>259.43854231012801</v>
+        <v>259.43854805163102</v>
       </c>
       <c r="E158" s="49">
-        <v>307.89070089806103</v>
+        <v>307.89071094956199</v>
       </c>
       <c r="F158" s="49">
-        <v>280.66522461663402</v>
+        <v>280.66523881396898</v>
       </c>
       <c r="G158" s="49">
-        <v>326.651125097376</v>
+        <v>326.651134478627</v>
       </c>
       <c r="H158" s="49">
-        <v>360.82681954979603</v>
+        <v>360.82682167092599</v>
       </c>
       <c r="I158" s="49">
-        <v>357.345724181614</v>
+        <v>357.34572578995102</v>
       </c>
       <c r="J158" s="49">
-        <v>447.81986136382602</v>
+        <v>447.81975008360399</v>
       </c>
       <c r="K158" s="49">
-        <v>342.367298822213</v>
+        <v>342.36730919125802</v>
       </c>
       <c r="L158" s="49">
-        <v>269.15046532386998</v>
+        <v>269.15046585137401</v>
       </c>
       <c r="M158" s="49">
-        <v>256.44590284129799</v>
+        <v>256.44590168371701</v>
       </c>
       <c r="N158" s="49">
-        <v>316.066285738185</v>
+        <v>316.06628075050799</v>
       </c>
       <c r="O158" s="49">
-        <v>326.044587565141</v>
+        <v>326.04458577579697</v>
       </c>
       <c r="P158" s="50">
-        <v>-1.9809343909540256E-2</v>
+        <v>-1.981074288620932E-2</v>
       </c>
       <c r="Q158" s="33">
-        <v>-2.5342459725276045E-3</v>
+        <v>-2.5304125314263848E-3</v>
       </c>
       <c r="R158" s="33">
-        <v>-1.2631294528839598E-2</v>
+        <v>-1.2631286603287939E-2</v>
       </c>
       <c r="S158" s="33">
-        <v>-2.5044401512910319E-3</v>
+        <v>-2.5044312798975232E-3</v>
       </c>
       <c r="T158" s="33">
-        <v>2.7736456224125572E-3</v>
+        <v>2.7736796748962789E-3</v>
       </c>
       <c r="U158" s="33">
-        <v>-8.1597320866937384E-3</v>
+        <v>-8.159693069702656E-3</v>
       </c>
       <c r="V158" s="33">
-        <v>-1.141753357816655E-2</v>
+        <v>-1.1417528450432535E-2</v>
       </c>
       <c r="W158" s="33">
-        <v>3.4998797515368718E-3</v>
+        <v>3.4998868450402121E-3</v>
       </c>
       <c r="X158" s="33">
-        <v>8.931174869446723E-3</v>
+        <v>8.9305470662559561E-3</v>
       </c>
       <c r="Y158" s="33">
-        <v>5.4464964974920704E-4</v>
+        <v>5.4461308831732502E-4</v>
       </c>
       <c r="Z158" s="33">
-        <v>-1.2061400429786984E-2</v>
+        <v>-1.2061398118776157E-2</v>
       </c>
       <c r="AA158" s="33">
-        <v>-1.7379619229700216E-2</v>
+        <v>-1.7379626035216478E-2</v>
       </c>
       <c r="AB158" s="33">
-        <v>-1.540376709714053E-2</v>
+        <v>-1.5403790876218348E-2</v>
       </c>
       <c r="AC158" s="34">
-        <v>-8.2624246871353391E-3</v>
+        <v>-8.2624486456776003E-3</v>
       </c>
       <c r="AD158" s="8">
-        <v>-1.9809343909540256E-2</v>
+        <v>-1.981074288620932E-2</v>
       </c>
     </row>
     <row r="159" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A159" s="1" t="s">
         <v>172</v>
       </c>
       <c r="B159" s="29">
-        <v>254.1638569479</v>
+        <v>254.163623281284</v>
       </c>
       <c r="C159" s="49">
-        <v>271.63260674456001</v>
+        <v>271.632744404324</v>
       </c>
       <c r="D159" s="49">
-        <v>258.12067828611902</v>
+        <v>258.12066416105102</v>
       </c>
       <c r="E159" s="49">
-        <v>304.702612388604</v>
+        <v>304.70258655375397</v>
       </c>
       <c r="F159" s="49">
-        <v>278.18929068367601</v>
+        <v>278.18929442029503</v>
       </c>
       <c r="G159" s="49">
-        <v>322.90747342385902</v>
+        <v>322.90748102669301</v>
       </c>
       <c r="H159" s="49">
-        <v>364.977640308594</v>
+        <v>364.97763875589902</v>
       </c>
       <c r="I159" s="49">
-        <v>354.05170658141702</v>
+        <v>354.05170624248399</v>
       </c>
       <c r="J159" s="49">
-        <v>447.01903640291403</v>
+        <v>447.01879838364903</v>
       </c>
       <c r="K159" s="49">
-        <v>342.153801526179</v>
+        <v>342.15373949133101</v>
       </c>
       <c r="L159" s="49">
-        <v>270.79697759105801</v>
+        <v>270.79697772621302</v>
       </c>
       <c r="M159" s="49">
-        <v>251.691491818972</v>
+        <v>251.691490088818</v>
       </c>
       <c r="N159" s="49">
-        <v>309.19109123663998</v>
+        <v>309.19108658158501</v>
       </c>
       <c r="O159" s="49">
-        <v>324.99802732856199</v>
+        <v>324.99802497333798</v>
       </c>
       <c r="P159" s="50">
-        <v>2.0750882270757609E-2</v>
+        <v>2.0750176222474881E-2</v>
       </c>
       <c r="Q159" s="33">
-        <v>-5.2281414023802597E-4</v>
+        <v>-5.2544995491698998E-4</v>
       </c>
       <c r="R159" s="33">
-        <v>-5.0796771068565283E-3</v>
+        <v>-5.0797535696881502E-3</v>
       </c>
       <c r="S159" s="33">
-        <v>-1.0354611231056854E-2</v>
+        <v>-1.03547274485013E-2</v>
       </c>
       <c r="T159" s="33">
-        <v>-8.82166266355211E-3</v>
+        <v>-8.821699488460899E-3</v>
       </c>
       <c r="U159" s="33">
-        <v>-1.1460703441327436E-2</v>
+        <v>-1.146070855657455E-2</v>
       </c>
       <c r="V159" s="33">
-        <v>1.1503637018936086E-2</v>
+        <v>1.1503626769626907E-2</v>
       </c>
       <c r="W159" s="33">
-        <v>-9.2180131936400178E-3</v>
+        <v>-9.2180186014125809E-3</v>
       </c>
       <c r="X159" s="33">
-        <v>-1.7882747729702775E-3</v>
+        <v>-1.78855823086288E-3</v>
       </c>
       <c r="Y159" s="33">
-        <v>-6.2359137910794615E-4</v>
+        <v>-6.2380284038066058E-4</v>
       </c>
       <c r="Z159" s="33">
-        <v>6.1174416518536834E-3</v>
+        <v>6.1174401821328939E-3</v>
       </c>
       <c r="AA159" s="33">
-        <v>-1.8539625588279596E-2</v>
+        <v>-1.8539627904690659E-2</v>
       </c>
       <c r="AB159" s="33">
-        <v>-2.1752381736912407E-2</v>
+        <v>-2.1752381027794643E-2</v>
       </c>
       <c r="AC159" s="34">
-        <v>-3.2098684550925238E-3</v>
+        <v>-3.2098702082992148E-3</v>
       </c>
       <c r="AD159" s="8">
-        <v>-2.1752381736912407E-2</v>
+        <v>-2.1752381027794643E-2</v>
       </c>
     </row>
     <row r="160" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A160" s="1" t="s">
         <v>173</v>
       </c>
       <c r="B160" s="29">
-        <v>251.496206674549</v>
+        <v>251.49604173207501</v>
       </c>
       <c r="C160" s="49">
-        <v>268.08008664443003</v>
+        <v>268.07895147561601</v>
       </c>
       <c r="D160" s="49">
-        <v>258.52133386358003</v>
+        <v>258.52133819028001</v>
       </c>
       <c r="E160" s="49">
-        <v>306.90204398761</v>
+        <v>306.90205118006497</v>
       </c>
       <c r="F160" s="49">
-        <v>278.54735110515401</v>
+        <v>278.54732262855703</v>
       </c>
       <c r="G160" s="49">
-        <v>325.45013657496003</v>
+        <v>325.45011582964702</v>
       </c>
       <c r="H160" s="49">
-        <v>364.91564714250302</v>
+        <v>364.91564236217198</v>
       </c>
       <c r="I160" s="49">
-        <v>356.94939550815701</v>
+        <v>356.94939514154601</v>
       </c>
       <c r="J160" s="49">
-        <v>449.70863678510301</v>
+        <v>449.70863734511897</v>
       </c>
       <c r="K160" s="49">
-        <v>343.80575762642502</v>
+        <v>343.80578211930299</v>
       </c>
       <c r="L160" s="49">
-        <v>272.84246372694201</v>
+        <v>272.84246676652299</v>
       </c>
       <c r="M160" s="49">
-        <v>251.67441900472201</v>
+        <v>251.67442234035201</v>
       </c>
       <c r="N160" s="49">
-        <v>303.30768266640001</v>
+        <v>303.30769805462302</v>
       </c>
       <c r="O160" s="49">
-        <v>326.070209888438</v>
+        <v>326.070206422637</v>
       </c>
       <c r="P160" s="50">
-        <v>-1.0495789233706199E-2</v>
+        <v>-1.0495528489758654E-2</v>
       </c>
       <c r="Q160" s="33">
-        <v>-1.3078400795493383E-2</v>
+        <v>-1.3083080011216164E-2</v>
       </c>
       <c r="R160" s="33">
-        <v>1.552202559365945E-3</v>
+        <v>1.5522741293543252E-3</v>
       </c>
       <c r="S160" s="33">
-        <v>7.218289274792733E-3</v>
+        <v>7.2183982787523693E-3</v>
       </c>
       <c r="T160" s="33">
-        <v>1.287110731682084E-3</v>
+        <v>1.2869949183633711E-3</v>
       </c>
       <c r="U160" s="33">
-        <v>7.8742778051577034E-3</v>
+        <v>7.8741898294509838E-3</v>
       </c>
       <c r="V160" s="33">
-        <v>-1.6985469586183743E-4</v>
+        <v>-1.6986353996473191E-4</v>
       </c>
       <c r="W160" s="33">
-        <v>8.1843665003593635E-3</v>
+        <v>8.1843664300191854E-3</v>
       </c>
       <c r="X160" s="33">
-        <v>6.0167468567597915E-3</v>
+        <v>6.0172837723961869E-3</v>
       </c>
       <c r="Y160" s="33">
-        <v>4.8281097356728253E-3</v>
+        <v>4.828363502406896E-3</v>
       </c>
       <c r="Z160" s="33">
-        <v>7.5535781605842178E-3</v>
+        <v>7.5535888822881869E-3</v>
       </c>
       <c r="AA160" s="33">
-        <v>-6.7832305838400053E-5</v>
+        <v>-6.7812179346926627E-5</v>
       </c>
       <c r="AB160" s="33">
-        <v>-1.902838968195586E-2</v>
+        <v>-1.902832514355024E-2</v>
       </c>
       <c r="AC160" s="34">
-        <v>3.2990432855521945E-3</v>
+        <v>3.2990398922791986E-3</v>
       </c>
       <c r="AD160" s="8">
-        <v>-1.902838968195586E-2</v>
+        <v>-1.902832514355024E-2</v>
       </c>
     </row>
     <row r="161" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A161" s="1" t="s">
         <v>174</v>
       </c>
       <c r="B161" s="29">
-        <v>249.140783207738</v>
+        <v>249.14146129099601</v>
       </c>
       <c r="C161" s="49">
-        <v>270.977339306369</v>
+        <v>270.97693219561597</v>
       </c>
       <c r="D161" s="49">
-        <v>258.08068293394598</v>
+        <v>258.08068696210302</v>
       </c>
       <c r="E161" s="49">
-        <v>309.93708681654698</v>
+        <v>309.937098213279</v>
       </c>
       <c r="F161" s="49">
-        <v>281.25654098187499</v>
+        <v>281.256524673684</v>
       </c>
       <c r="G161" s="49">
-        <v>329.05691373534899</v>
+        <v>329.05691075566699</v>
       </c>
       <c r="H161" s="49">
-        <v>367.66943999048999</v>
+        <v>367.66944617983103</v>
       </c>
       <c r="I161" s="49">
-        <v>361.07129920465002</v>
+        <v>361.07129787093402</v>
       </c>
       <c r="J161" s="49">
-        <v>464.42834418650898</v>
+        <v>464.42926038392199</v>
       </c>
       <c r="K161" s="49">
-        <v>346.40743088561197</v>
+        <v>346.40748159998498</v>
       </c>
       <c r="L161" s="49">
-        <v>279.58929721830702</v>
+        <v>279.58928688331201</v>
       </c>
       <c r="M161" s="49">
-        <v>247.54194638983199</v>
+        <v>247.541947894298</v>
       </c>
       <c r="N161" s="49">
-        <v>317.97870955636699</v>
+        <v>317.97870799334402</v>
       </c>
       <c r="O161" s="49">
-        <v>329.11287274706899</v>
+        <v>329.112882239508</v>
       </c>
       <c r="P161" s="50">
-        <v>-9.3656421222251263E-3</v>
+        <v>-9.3622962208980143E-3</v>
       </c>
       <c r="Q161" s="33">
-        <v>1.080741467299573E-2</v>
+        <v>1.0810176271013772E-2</v>
       </c>
       <c r="R161" s="33">
-        <v>-1.7045050907349424E-3</v>
+        <v>-1.7045062170173431E-3</v>
       </c>
       <c r="S161" s="33">
-        <v>9.8892884175756368E-3</v>
+        <v>9.8893018848977832E-3</v>
       </c>
       <c r="T161" s="33">
-        <v>9.7261376422073109E-3</v>
+        <v>9.7261823217726917E-3</v>
       </c>
       <c r="U161" s="33">
-        <v>1.1082426322958971E-2</v>
+        <v>1.1082481617268547E-2</v>
       </c>
       <c r="V161" s="33">
-        <v>7.5463819366221596E-3</v>
+        <v>7.5464120963220083E-3</v>
       </c>
       <c r="W161" s="33">
-        <v>1.1547585591579423E-2</v>
+        <v>1.154758289407809E-2</v>
       </c>
       <c r="X161" s="33">
-        <v>3.2731653780623038E-2</v>
+        <v>3.2733689807932231E-2</v>
       </c>
       <c r="Y161" s="33">
-        <v>7.5672765841632295E-3</v>
+        <v>7.5673523134034415E-3</v>
       </c>
       <c r="Z161" s="33">
-        <v>2.4727945200337942E-2</v>
+        <v>2.4727895905450881E-2</v>
       </c>
       <c r="AA161" s="33">
-        <v>-1.6419915187377399E-2</v>
+        <v>-1.6419922245676011E-2</v>
       </c>
       <c r="AB161" s="33">
-        <v>4.8370113018545657E-2</v>
+        <v>4.8370054676551311E-2</v>
       </c>
       <c r="AC161" s="34">
-        <v>9.3313119885192197E-3</v>
+        <v>9.3313518283459906E-3</v>
       </c>
       <c r="AD161" s="8">
-        <v>-1.6419915187377399E-2</v>
+        <v>-1.6419922245676011E-2</v>
       </c>
     </row>
     <row r="162" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A162" s="1" t="s">
         <v>175</v>
       </c>
       <c r="B162" s="29">
-        <v>251.143103310062</v>
+        <v>251.142943833728</v>
       </c>
       <c r="C162" s="49">
-        <v>269.92067935849298</v>
+        <v>269.92270309413698</v>
       </c>
       <c r="D162" s="49">
-        <v>260.150328295409</v>
+        <v>260.15033415865202</v>
       </c>
       <c r="E162" s="49">
-        <v>312.541124775301</v>
+        <v>312.541143121277</v>
       </c>
       <c r="F162" s="49">
-        <v>282.66023383960601</v>
+        <v>282.66030146866899</v>
       </c>
       <c r="G162" s="49">
-        <v>338.455171246617</v>
+        <v>338.45519462868498</v>
       </c>
       <c r="H162" s="49">
-        <v>368.13356109127102</v>
+        <v>368.13356253149198</v>
       </c>
       <c r="I162" s="49">
-        <v>364.36228737528802</v>
+        <v>364.36228982123902</v>
       </c>
       <c r="J162" s="49">
-        <v>470.863765211871</v>
+        <v>470.86289388061402</v>
       </c>
       <c r="K162" s="49">
-        <v>347.36182458711397</v>
+        <v>347.361837101589</v>
       </c>
       <c r="L162" s="49">
-        <v>272.34927591314801</v>
+        <v>272.34926387897599</v>
       </c>
       <c r="M162" s="49">
-        <v>254.08417282478001</v>
+        <v>254.08416910625701</v>
       </c>
       <c r="N162" s="49">
-        <v>309.58295831701503</v>
+        <v>309.58294269038697</v>
       </c>
       <c r="O162" s="49">
-        <v>330.71246630917102</v>
+        <v>330.71246320245399</v>
       </c>
       <c r="P162" s="50">
-        <v>8.0369021745205771E-3</v>
+        <v>8.0335185173947554E-3</v>
       </c>
       <c r="Q162" s="33">
-        <v>-3.8994402653034221E-3</v>
+        <v>-3.8904754472530723E-3</v>
       </c>
       <c r="R162" s="33">
-        <v>8.0193733910443044E-3</v>
+        <v>8.0193803763894955E-3</v>
       </c>
       <c r="S162" s="33">
-        <v>8.4018275628154893E-3</v>
+        <v>8.4018496753366367E-3</v>
       </c>
       <c r="T162" s="33">
-        <v>4.990791868628941E-3</v>
+        <v>4.9910905946579653E-3</v>
       </c>
       <c r="U162" s="33">
-        <v>2.8561191450384715E-2</v>
+        <v>2.8561271822054035E-2</v>
       </c>
       <c r="V162" s="33">
-        <v>1.262332547391054E-3</v>
+        <v>1.2623196093208833E-3</v>
       </c>
       <c r="W162" s="33">
-        <v>9.1145105631138534E-3</v>
+        <v>9.1145210647050057E-3</v>
       </c>
       <c r="X162" s="33">
-        <v>1.3856650021295103E-2</v>
+        <v>1.3852773813979091E-2</v>
       </c>
       <c r="Y162" s="33">
-        <v>2.7551190199992526E-3</v>
+        <v>2.7550083421872262E-3</v>
       </c>
       <c r="Z162" s="33">
-        <v>-2.5895201916495081E-2</v>
+        <v>-2.5895208951112969E-2</v>
       </c>
       <c r="AA162" s="33">
-        <v>2.6428758965340249E-2</v>
+        <v>2.6428737705306293E-2</v>
       </c>
       <c r="AB162" s="33">
-        <v>-2.6403501200018775E-2</v>
+        <v>-2.6403545557939667E-2</v>
       </c>
       <c r="AC162" s="34">
-        <v>4.8603190411555808E-3</v>
+        <v>4.8602806187996173E-3</v>
       </c>
       <c r="AD162" s="8">
-        <v>-2.6403501200018775E-2</v>
+        <v>-2.6403545557939667E-2</v>
       </c>
     </row>
     <row r="163" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A163" s="1" t="s">
         <v>176</v>
       </c>
       <c r="B163" s="29">
-        <v>254.971497233424</v>
+        <v>254.970905710355</v>
       </c>
       <c r="C163" s="49">
-        <v>277.35629008670003</v>
+        <v>277.35644150389498</v>
       </c>
       <c r="D163" s="49">
-        <v>266.393657758676</v>
+        <v>266.39364586118103</v>
       </c>
       <c r="E163" s="49">
-        <v>319.96948034258799</v>
+        <v>319.96943048263398</v>
       </c>
       <c r="F163" s="49">
-        <v>287.31978309364098</v>
+        <v>287.31977672494702</v>
       </c>
       <c r="G163" s="49">
-        <v>344.17739609579002</v>
+        <v>344.177417340104</v>
       </c>
       <c r="H163" s="49">
-        <v>377.83247796767898</v>
+        <v>377.83248248784099</v>
       </c>
       <c r="I163" s="49">
-        <v>374.21859970017499</v>
+        <v>374.21859916196303</v>
       </c>
       <c r="J163" s="49">
-        <v>492.20396466531503</v>
+        <v>492.20368858138897</v>
       </c>
       <c r="K163" s="49">
-        <v>351.87141735821598</v>
+        <v>351.87127621091003</v>
       </c>
       <c r="L163" s="49">
-        <v>280.64379197431202</v>
+        <v>280.64384088678901</v>
       </c>
       <c r="M163" s="49">
-        <v>257.32406099445501</v>
+        <v>257.32405638655598</v>
       </c>
       <c r="N163" s="49">
-        <v>312.16082970805201</v>
+        <v>312.160815889096</v>
       </c>
       <c r="O163" s="49">
-        <v>339.13317701289498</v>
+        <v>339.13317348391502</v>
       </c>
       <c r="P163" s="50">
-        <v>1.5243874400307389E-2</v>
+        <v>1.5242163758187655E-2</v>
       </c>
       <c r="Q163" s="33">
-        <v>2.7547391870377913E-2</v>
+        <v>2.7540248836221304E-2</v>
       </c>
       <c r="R163" s="33">
-        <v>2.3998929788693113E-2</v>
+        <v>2.3998860976751857E-2</v>
       </c>
       <c r="S163" s="33">
-        <v>2.3767610014930218E-2</v>
+        <v>2.3767390389541676E-2</v>
       </c>
       <c r="T163" s="33">
-        <v>1.6484629587758093E-2</v>
+        <v>1.648436385324703E-2</v>
       </c>
       <c r="U163" s="33">
-        <v>1.6906891474272934E-2</v>
+        <v>1.6906883990056132E-2</v>
       </c>
       <c r="V163" s="33">
-        <v>2.6346190354547216E-2</v>
+        <v>2.6346198617843486E-2</v>
       </c>
       <c r="W163" s="33">
-        <v>2.7050857529432371E-2</v>
+        <v>2.7050849157742585E-2</v>
       </c>
       <c r="X163" s="33">
-        <v>4.5321388117095296E-2</v>
+        <v>4.5322736147023424E-2</v>
       </c>
       <c r="Y163" s="33">
-        <v>1.2982407541364926E-2</v>
+        <v>1.2981964705587989E-2</v>
       </c>
       <c r="Z163" s="33">
-        <v>3.0455436436736205E-2</v>
+        <v>3.0455661563671077E-2</v>
       </c>
       <c r="AA163" s="33">
-        <v>1.2751239613453924E-2</v>
+        <v>1.2751236299747948E-2</v>
       </c>
       <c r="AB163" s="33">
-        <v>8.3269163297974291E-3</v>
+        <v>8.3269225891657861E-3</v>
       </c>
       <c r="AC163" s="34">
-        <v>2.5462332272203403E-2</v>
+        <v>2.5462331234568758E-2</v>
       </c>
       <c r="AD163" s="8">
-        <v>8.3269163297974291E-3</v>
+        <v>8.3269225891657861E-3</v>
       </c>
     </row>
     <row r="164" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A164" s="1" t="s">
         <v>177</v>
       </c>
       <c r="B164" s="29">
-        <v>256.50093583331602</v>
+        <v>256.50075830132403</v>
       </c>
       <c r="C164" s="49">
-        <v>287.923261446975</v>
+        <v>287.92040095137003</v>
       </c>
       <c r="D164" s="49">
-        <v>271.35102062938398</v>
+        <v>271.35103777568702</v>
       </c>
       <c r="E164" s="49">
-        <v>325.52654372752397</v>
+        <v>325.526558077071</v>
       </c>
       <c r="F164" s="49">
-        <v>295.91466992229101</v>
+        <v>295.91459957764903</v>
       </c>
       <c r="G164" s="49">
-        <v>349.66275695915499</v>
+        <v>349.66266253851001</v>
       </c>
       <c r="H164" s="49">
-        <v>392.16449406874801</v>
+        <v>392.16447045624602</v>
       </c>
       <c r="I164" s="49">
-        <v>387.73761922351298</v>
+        <v>387.73761624620101</v>
       </c>
       <c r="J164" s="49">
-        <v>516.80084549912101</v>
+        <v>516.80084700910902</v>
       </c>
       <c r="K164" s="49">
-        <v>363.31110989639001</v>
+        <v>363.31118035060098</v>
       </c>
       <c r="L164" s="49">
-        <v>289.39718757522297</v>
+        <v>289.39720621465801</v>
       </c>
       <c r="M164" s="49">
-        <v>260.902863305773</v>
+        <v>260.90286868884198</v>
       </c>
       <c r="N164" s="49">
-        <v>324.28121387993002</v>
+        <v>324.281269714274</v>
       </c>
       <c r="O164" s="49">
-        <v>349.11067623156799</v>
+        <v>349.11067032800099</v>
       </c>
       <c r="P164" s="50">
-        <v>5.998468913142263E-3</v>
+        <v>6.0001065090420358E-3</v>
       </c>
       <c r="Q164" s="33">
-        <v>3.8098906489453688E-2</v>
+        <v>3.808802633245012E-2</v>
       </c>
       <c r="R164" s="33">
-        <v>1.8609162516920019E-2</v>
+        <v>1.8609272373896202E-2</v>
       </c>
       <c r="S164" s="33">
-        <v>1.7367479482687243E-2</v>
+        <v>1.7367682862874601E-2</v>
       </c>
       <c r="T164" s="33">
-        <v>2.991400987466597E-2</v>
+        <v>2.9913787873119047E-2</v>
       </c>
       <c r="U164" s="33">
-        <v>1.5937597662103009E-2</v>
+        <v>1.5937260616333937E-2</v>
       </c>
       <c r="V164" s="33">
-        <v>3.7932197301193904E-2</v>
+        <v>3.7932122389361389E-2</v>
       </c>
       <c r="W164" s="33">
-        <v>3.6125995699223479E-2</v>
+        <v>3.6125989233332767E-2</v>
       </c>
       <c r="X164" s="33">
-        <v>4.9972943331594522E-2</v>
+        <v>4.9973535343900144E-2</v>
       </c>
       <c r="Y164" s="33">
-        <v>3.2511002524902688E-2</v>
+        <v>3.251161692673632E-2</v>
       </c>
       <c r="Z164" s="33">
-        <v>3.1190412370540432E-2</v>
+        <v>3.1190299064500326E-2</v>
       </c>
       <c r="AA164" s="33">
-        <v>1.3907763998000533E-2</v>
+        <v>1.390780307345163E-2</v>
       </c>
       <c r="AB164" s="33">
-        <v>3.8827370439826092E-2</v>
+        <v>3.8827595291409445E-2</v>
       </c>
       <c r="AC164" s="34">
-        <v>2.9420593132631234E-2</v>
+        <v>2.9420586436847751E-2</v>
       </c>
       <c r="AD164" s="8">
-        <v>5.998468913142263E-3</v>
+        <v>6.0001065090420358E-3</v>
       </c>
     </row>
     <row r="165" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A165" s="1" t="s">
         <v>178</v>
       </c>
       <c r="B165" s="29">
-        <v>263.162641412038</v>
+        <v>263.16399011163298</v>
       </c>
       <c r="C165" s="49">
-        <v>288.06022442951701</v>
+        <v>288.05983320695202</v>
       </c>
       <c r="D165" s="49">
-        <v>275.98612026020498</v>
+        <v>275.98608265899298</v>
       </c>
       <c r="E165" s="49">
-        <v>332.18675575425499</v>
+        <v>332.18678291668101</v>
       </c>
       <c r="F165" s="49">
-        <v>300.15904743563499</v>
+        <v>300.15902488073999</v>
       </c>
       <c r="G165" s="49">
-        <v>360.036363395585</v>
+        <v>360.03639638398801</v>
       </c>
       <c r="H165" s="49">
-        <v>404.26478252683103</v>
+        <v>404.26478060972801</v>
       </c>
       <c r="I165" s="49">
-        <v>398.457681019353</v>
+        <v>398.457673669565</v>
       </c>
       <c r="J165" s="49">
-        <v>548.72328863599898</v>
+        <v>548.72550242026102</v>
       </c>
       <c r="K165" s="49">
-        <v>371.76102953312898</v>
+        <v>371.76115945122302</v>
       </c>
       <c r="L165" s="49">
-        <v>294.26901508280599</v>
+        <v>294.26889316973802</v>
       </c>
       <c r="M165" s="49">
-        <v>265.83856521222299</v>
+        <v>265.83858400474202</v>
       </c>
       <c r="N165" s="49">
-        <v>335.34363162234399</v>
+        <v>335.34361525292098</v>
       </c>
       <c r="O165" s="49">
-        <v>359.16216883112202</v>
+        <v>359.162186346532</v>
       </c>
       <c r="P165" s="50">
-        <v>2.5971466954221922E-2</v>
+        <v>2.5977435132886972E-2</v>
       </c>
       <c r="Q165" s="33">
-        <v>4.7569266148794753E-4</v>
+        <v>4.8427362257519313E-4</v>
       </c>
       <c r="R165" s="33">
-        <v>1.7081563283123602E-2</v>
+        <v>1.7081360444759053E-2</v>
       </c>
       <c r="S165" s="33">
-        <v>2.0459812433316626E-2</v>
+        <v>2.0459850891899167E-2</v>
       </c>
       <c r="T165" s="33">
-        <v>1.4343248053428903E-2</v>
+        <v>1.434341296154007E-2</v>
       </c>
       <c r="U165" s="33">
-        <v>2.9667461661185168E-2</v>
+        <v>2.9667834049440511E-2</v>
       </c>
       <c r="V165" s="33">
-        <v>3.0855135131029332E-2</v>
+        <v>3.0855192311033175E-2</v>
       </c>
       <c r="W165" s="33">
-        <v>2.7647721717867224E-2</v>
+        <v>2.7647710653270874E-2</v>
       </c>
       <c r="X165" s="33">
-        <v>6.1769332258053034E-2</v>
+        <v>6.1773612787034304E-2</v>
       </c>
       <c r="Y165" s="33">
-        <v>2.3258082141084824E-2</v>
+        <v>2.3258241302862359E-2</v>
       </c>
       <c r="Z165" s="33">
-        <v>1.6834398248313009E-2</v>
+        <v>1.6833911490722775E-2</v>
       </c>
       <c r="AA165" s="33">
-        <v>1.8917775925921809E-2</v>
+        <v>1.8917826931931891E-2</v>
       </c>
       <c r="AB165" s="33">
-        <v>3.4113655891611305E-2</v>
+        <v>3.4113427360124904E-2</v>
       </c>
       <c r="AC165" s="34">
-        <v>2.8791707856240967E-2</v>
+        <v>2.8791775424931165E-2</v>
       </c>
       <c r="AD165" s="8">
-        <v>4.7569266148794753E-4</v>
+        <v>4.8427362257519313E-4</v>
       </c>
     </row>
     <row r="166" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A166" s="1" t="s">
         <v>179</v>
       </c>
       <c r="B166" s="29">
-        <v>271.79469754706702</v>
+        <v>271.794499049671</v>
       </c>
       <c r="C166" s="49">
-        <v>288.980070850392</v>
+        <v>288.98478742347601</v>
       </c>
       <c r="D166" s="49">
-        <v>278.665157561005</v>
+        <v>278.66516595145299</v>
       </c>
       <c r="E166" s="49">
-        <v>338.64719445607801</v>
+        <v>338.64723484289902</v>
       </c>
       <c r="F166" s="49">
-        <v>305.76406708968301</v>
+        <v>305.76420980558498</v>
       </c>
       <c r="G166" s="49">
-        <v>370.70512459171999</v>
+        <v>370.70527229143499</v>
       </c>
       <c r="H166" s="49">
-        <v>419.66267439327203</v>
+        <v>419.66273778308999</v>
       </c>
       <c r="I166" s="49">
-        <v>424.39156260381299</v>
+        <v>424.39158745843599</v>
       </c>
       <c r="J166" s="49">
-        <v>592.09845230785095</v>
+        <v>592.09636158947399</v>
       </c>
       <c r="K166" s="49">
-        <v>381.716795457866</v>
+        <v>381.71674875518602</v>
       </c>
       <c r="L166" s="49">
-        <v>297.69004371837599</v>
+        <v>297.68995596211403</v>
       </c>
       <c r="M166" s="49">
-        <v>268.717549580043</v>
+        <v>268.71751665284597</v>
       </c>
       <c r="N166" s="49">
-        <v>335.44287421211499</v>
+        <v>335.44281351678802</v>
       </c>
       <c r="O166" s="49">
-        <v>369.043416700526</v>
+        <v>369.043415008588</v>
       </c>
       <c r="P166" s="50">
-        <v>3.2801221665478275E-2</v>
+        <v>3.2795174348804412E-2</v>
       </c>
       <c r="Q166" s="33">
-        <v>3.1932434361483519E-3</v>
+        <v>3.2109794907069222E-3</v>
       </c>
       <c r="R166" s="33">
-        <v>9.7071450487227207E-3</v>
+        <v>9.7073130161069443E-3</v>
       </c>
       <c r="S166" s="33">
-        <v>1.9448212759578976E-2</v>
+        <v>1.9448250979444914E-2</v>
       </c>
       <c r="T166" s="33">
-        <v>1.8673498939757671E-2</v>
+        <v>1.8674050953730426E-2</v>
       </c>
       <c r="U166" s="33">
-        <v>2.9632454609627379E-2</v>
+        <v>2.9632770504869566E-2</v>
       </c>
       <c r="V166" s="33">
-        <v>3.8088630353100505E-2</v>
+        <v>3.8088792078642575E-2</v>
       </c>
       <c r="W166" s="33">
-        <v>6.5085661087307178E-2</v>
+        <v>6.5085743110515626E-2</v>
       </c>
       <c r="X166" s="33">
-        <v>7.9047426216723338E-2</v>
+        <v>7.9039262760555618E-2</v>
       </c>
       <c r="Y166" s="33">
-        <v>2.6780014939273844E-2</v>
+        <v>2.6779530488497016E-2</v>
       </c>
       <c r="Z166" s="33">
-        <v>1.1625514275117821E-2</v>
+        <v>1.1625635164919323E-2</v>
       </c>
       <c r="AA166" s="33">
-        <v>1.0829822097187636E-2</v>
+        <v>1.0829626778528834E-2</v>
       </c>
       <c r="AB166" s="33">
-        <v>2.959429683839776E-4</v>
+        <v>2.9581080227880641E-4</v>
       </c>
       <c r="AC166" s="34">
-        <v>2.7511939527378626E-2</v>
+        <v>2.7511884707490442E-2</v>
       </c>
     </row>
     <row r="167" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A167" s="1" t="s">
         <v>180</v>
       </c>
       <c r="B167" s="29">
-        <v>266.30403063033401</v>
+        <v>266.30264470317701</v>
       </c>
       <c r="C167" s="49">
-        <v>292.744489293745</v>
+        <v>292.74380875228599</v>
       </c>
       <c r="D167" s="49">
-        <v>282.497053726356</v>
+        <v>282.49710962491599</v>
       </c>
       <c r="E167" s="49">
-        <v>344.71853848678199</v>
+        <v>344.71841052926402</v>
       </c>
       <c r="F167" s="49">
-        <v>312.24432255560299</v>
+        <v>312.24428958167999</v>
       </c>
       <c r="G167" s="49">
-        <v>382.23703255116999</v>
+        <v>382.23707317171198</v>
       </c>
       <c r="H167" s="49">
-        <v>428.045176707493</v>
+        <v>428.04514305201002</v>
       </c>
       <c r="I167" s="49">
-        <v>428.22442464935699</v>
+        <v>428.22445713367199</v>
       </c>
       <c r="J167" s="49">
-        <v>596.50095758650104</v>
+        <v>596.50000461389004</v>
       </c>
       <c r="K167" s="49">
-        <v>384.585159807965</v>
+        <v>384.58493509386398</v>
       </c>
       <c r="L167" s="49">
-        <v>294.95276443434602</v>
+        <v>294.95312645390197</v>
       </c>
       <c r="M167" s="49">
-        <v>270.51523569591001</v>
+        <v>270.51523081727299</v>
       </c>
       <c r="N167" s="49">
-        <v>344.31168550799202</v>
+        <v>344.31169968716</v>
       </c>
       <c r="O167" s="49">
-        <v>374.74097769684801</v>
+        <v>374.740952515934</v>
       </c>
       <c r="P167" s="50">
-        <v>-2.0201523305222624E-2</v>
+        <v>-2.0205906910170213E-2</v>
       </c>
       <c r="Q167" s="33">
-        <v>1.3026567653178667E-2</v>
+        <v>1.3007678924294108E-2</v>
       </c>
       <c r="R167" s="33">
-        <v>1.3750898027185654E-2</v>
+        <v>1.3751068097727526E-2</v>
       </c>
       <c r="S167" s="33">
-        <v>1.7928227754715476E-2</v>
+        <v>1.7927728508344343E-2</v>
       </c>
       <c r="T167" s="33">
-        <v>2.1193646224032081E-2</v>
+        <v>2.1193061739355423E-2</v>
       </c>
       <c r="U167" s="33">
-        <v>3.1108034916298433E-2</v>
+        <v>3.1107733669380133E-2</v>
       </c>
       <c r="V167" s="33">
-        <v>1.9974381391768992E-2</v>
+        <v>1.9974147128718034E-2</v>
       </c>
       <c r="W167" s="33">
-        <v>9.0314284808770129E-3</v>
+        <v>9.0314459299016825E-3</v>
       </c>
       <c r="X167" s="33">
-        <v>7.4354277763946097E-3</v>
+        <v>7.4373755862888746E-3</v>
       </c>
       <c r="Y167" s="33">
-        <v>7.5143781573938639E-3</v>
+        <v>7.5139127324943544E-3</v>
       </c>
       <c r="Z167" s="33">
-        <v>-9.1950649401614237E-3</v>
+        <v>-9.1935567640056837E-3</v>
       </c>
       <c r="AA167" s="33">
-        <v>6.6898723908299651E-3</v>
+        <v>6.6899775899220693E-3</v>
       </c>
       <c r="AB167" s="33">
-        <v>2.6439110732961568E-2</v>
+        <v>2.6439338727786144E-2</v>
       </c>
       <c r="AC167" s="34">
-        <v>1.5438728178005956E-2</v>
+        <v>1.543866460051424E-2</v>
       </c>
     </row>
     <row r="168" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A168" s="1" t="s">
         <v>181</v>
       </c>
       <c r="B168" s="29">
-        <v>267.72930745887197</v>
+        <v>267.72856149493902</v>
       </c>
       <c r="C168" s="49">
-        <v>292.22401531365898</v>
+        <v>292.21880122244499</v>
       </c>
       <c r="D168" s="49">
-        <v>281.41339739906698</v>
+        <v>281.41343218613798</v>
       </c>
       <c r="E168" s="49">
-        <v>344.72305504378897</v>
+        <v>344.72308320806201</v>
       </c>
       <c r="F168" s="49">
-        <v>316.18783838095197</v>
+        <v>316.18770507390599</v>
       </c>
       <c r="G168" s="49">
-        <v>383.804869254528</v>
+        <v>383.80432861810101</v>
       </c>
       <c r="H168" s="49">
-        <v>433.52690550733502</v>
+        <v>433.526835924073</v>
       </c>
       <c r="I168" s="49">
-        <v>436.99094304483401</v>
+        <v>436.99084154428499</v>
       </c>
       <c r="J168" s="49">
-        <v>608.71239937545397</v>
+        <v>608.71270155498598</v>
       </c>
       <c r="K168" s="49">
-        <v>392.34230787422803</v>
+        <v>392.34241268356999</v>
       </c>
       <c r="L168" s="49">
-        <v>293.19460760332998</v>
+        <v>293.194648594429</v>
       </c>
       <c r="M168" s="49">
-        <v>271.76452586828498</v>
+        <v>271.76455985606702</v>
       </c>
       <c r="N168" s="49">
-        <v>350.29878948768499</v>
+        <v>350.29889819141698</v>
       </c>
       <c r="O168" s="49">
-        <v>378.18090831918602</v>
+        <v>378.18091025895802</v>
       </c>
       <c r="P168" s="50">
-        <v>5.3520663024302362E-3</v>
+        <v>5.3544972989334472E-3</v>
       </c>
       <c r="Q168" s="33">
-        <v>-1.7779121353972416E-3</v>
+        <v>-1.7934026754610199E-3</v>
       </c>
       <c r="R168" s="33">
-        <v>-3.8359916076814438E-3</v>
+        <v>-3.8360655803412191E-3</v>
       </c>
       <c r="S168" s="33">
-        <v>1.310215872574183E-5</v>
+        <v>1.3555060174530453E-5</v>
       </c>
       <c r="T168" s="33">
-        <v>1.2629583760155549E-2</v>
+        <v>1.2629263764948551E-2</v>
       </c>
       <c r="U168" s="33">
-        <v>4.1017394178000099E-3</v>
+        <v>4.1002183105482981E-3</v>
       </c>
       <c r="V168" s="33">
-        <v>1.2806425812357691E-2</v>
+        <v>1.2806342884719824E-2</v>
       </c>
       <c r="W168" s="33">
-        <v>2.0471785098795658E-2</v>
+        <v>2.0471470661183044E-2</v>
       </c>
       <c r="X168" s="33">
-        <v>2.0471789078699176E-2</v>
+        <v>2.0473925979264784E-2</v>
       </c>
       <c r="Y168" s="33">
-        <v>2.0170170034996771E-2</v>
+        <v>2.0171038649271722E-2</v>
       </c>
       <c r="Z168" s="33">
-        <v>-5.960808112403293E-3</v>
+        <v>-5.9618892012246461E-3</v>
       </c>
       <c r="AA168" s="33">
-        <v>4.6181878412916433E-3</v>
+        <v>4.618331600108494E-3</v>
       </c>
       <c r="AB168" s="33">
-        <v>1.7388616859923545E-2</v>
+        <v>1.7388890675794411E-2</v>
       </c>
       <c r="AC168" s="34">
-        <v>9.1794888391436569E-3</v>
+        <v>9.1795618277876745E-3</v>
       </c>
     </row>
     <row r="169" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A169" s="1" t="s">
         <v>182</v>
       </c>
       <c r="B169" s="29">
-        <v>274.73497540969998</v>
+        <v>274.73875998911001</v>
       </c>
       <c r="C169" s="49">
-        <v>291.93092714147002</v>
+        <v>291.928077650646</v>
       </c>
       <c r="D169" s="49">
-        <v>281.782489106105</v>
+        <v>281.78228483325501</v>
       </c>
       <c r="E169" s="49">
-        <v>352.15072686899998</v>
+        <v>352.15085937082398</v>
       </c>
       <c r="F169" s="49">
-        <v>314.08886436090302</v>
+        <v>314.08887262936997</v>
       </c>
       <c r="G169" s="49">
-        <v>387.82789785652199</v>
+        <v>387.82806428498702</v>
       </c>
       <c r="H169" s="49">
-        <v>437.75692984569702</v>
+        <v>437.75693867860502</v>
       </c>
       <c r="I169" s="49">
-        <v>445.83125958346301</v>
+        <v>445.83120276097901</v>
       </c>
       <c r="J169" s="49">
-        <v>618.13984724424199</v>
+        <v>618.14404563784797</v>
       </c>
       <c r="K169" s="49">
-        <v>392.45823047978399</v>
+        <v>392.45852127790903</v>
       </c>
       <c r="L169" s="49">
-        <v>292.45782945853801</v>
+        <v>292.45729181223101</v>
       </c>
       <c r="M169" s="49">
-        <v>269.043236606552</v>
+        <v>269.04327491488101</v>
       </c>
       <c r="N169" s="49">
-        <v>354.373024053851</v>
+        <v>354.37303340657502</v>
       </c>
       <c r="O169" s="49">
-        <v>379.85892346397998</v>
+        <v>379.85898906384199</v>
       </c>
       <c r="P169" s="50">
-        <v>2.6166981931569744E-2</v>
+        <v>2.6183976991575042E-2</v>
       </c>
       <c r="Q169" s="33">
-        <v>-1.002957172682617E-3</v>
+        <v>-9.9488318541718357E-4</v>
       </c>
       <c r="R169" s="33">
-        <v>1.3115640920060567E-3</v>
+        <v>1.3107144326822695E-3</v>
       </c>
       <c r="S169" s="33">
-        <v>2.1546779992035914E-2</v>
+        <v>2.1547080902263982E-2</v>
       </c>
       <c r="T169" s="33">
-        <v>-6.6383768294088208E-3</v>
+        <v>-6.6379318703914114E-3</v>
       </c>
       <c r="U169" s="33">
-        <v>1.0481963425341689E-2</v>
+        <v>1.0483820444062264E-2</v>
       </c>
       <c r="V169" s="33">
-        <v>9.7572360207074382E-3</v>
+        <v>9.7574184664150909E-3</v>
       </c>
       <c r="W169" s="33">
-        <v>2.0229976568924002E-2</v>
+        <v>2.0230083508050223E-2</v>
       </c>
       <c r="X169" s="33">
-        <v>1.5487523957883331E-2</v>
+        <v>1.5493917013345015E-2</v>
       </c>
       <c r="Y169" s="33">
-        <v>2.9546292415938424E-4</v>
+        <v>2.9593689233053944E-4</v>
       </c>
       <c r="Z169" s="33">
-        <v>-2.5129321129561122E-3</v>
+        <v>-2.5149053222248696E-3</v>
       </c>
       <c r="AA169" s="33">
-        <v>-1.0013408678113844E-2</v>
+        <v>-1.0013391527678439E-2</v>
       </c>
       <c r="AB169" s="33">
-        <v>1.1630741208454198E-2</v>
+        <v>1.1630453981421818E-2</v>
       </c>
       <c r="AC169" s="34">
-        <v>4.4370699521874002E-3</v>
+        <v>4.4372382618014239E-3</v>
       </c>
     </row>
     <row r="170" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A170" s="1" t="s">
         <v>183</v>
       </c>
       <c r="B170" s="29">
-        <v>272.329056503917</v>
+        <v>272.32795624411398</v>
       </c>
       <c r="C170" s="49">
-        <v>298.49900466155401</v>
+        <v>298.51568052019798</v>
       </c>
       <c r="D170" s="49">
-        <v>282.700410317474</v>
+        <v>282.70045658722898</v>
       </c>
       <c r="E170" s="49">
-        <v>352.810823449672</v>
+        <v>352.81085698530899</v>
       </c>
       <c r="F170" s="49">
-        <v>316.135764920638</v>
+        <v>316.13597447183099</v>
       </c>
       <c r="G170" s="49">
-        <v>390.43331441377001</v>
+        <v>390.43412434761802</v>
       </c>
       <c r="H170" s="49">
-        <v>444.594096100755</v>
+        <v>444.59429000169501</v>
       </c>
       <c r="I170" s="49">
-        <v>453.32131183469198</v>
+        <v>453.32150043663</v>
       </c>
       <c r="J170" s="49">
-        <v>635.45063107391002</v>
+        <v>635.44747340616505</v>
       </c>
       <c r="K170" s="49">
-        <v>396.69474648065199</v>
+        <v>396.69473442618602</v>
       </c>
       <c r="L170" s="49">
-        <v>295.66550726160199</v>
+        <v>295.66520350539201</v>
       </c>
       <c r="M170" s="49">
-        <v>266.84831156124397</v>
+        <v>266.84821137047601</v>
       </c>
       <c r="N170" s="49">
-        <v>362.91778073781398</v>
+        <v>362.917436695334</v>
       </c>
       <c r="O170" s="49">
-        <v>384.69249986133502</v>
+        <v>384.69246477536399</v>
       </c>
       <c r="P170" s="50">
-        <v>-8.7572355947587166E-3</v>
+        <v>-8.7748949041321911E-3</v>
       </c>
       <c r="Q170" s="33">
-        <v>2.2498738261126805E-2</v>
+        <v>2.2565841979185874E-2</v>
       </c>
       <c r="R170" s="33">
-        <v>3.2575523563613817E-3</v>
+        <v>3.258443853265236E-3</v>
       </c>
       <c r="S170" s="33">
-        <v>1.8744717256187204E-3</v>
+        <v>1.8741899868262024E-3</v>
       </c>
       <c r="T170" s="33">
-        <v>6.5169472464423617E-3</v>
+        <v>6.5175879212908683E-3</v>
       </c>
       <c r="U170" s="33">
-        <v>6.7179709650797559E-3</v>
+        <v>6.7196273364993342E-3</v>
       </c>
       <c r="V170" s="33">
-        <v>1.5618636254297602E-2</v>
+        <v>1.5619058703510103E-2</v>
       </c>
       <c r="W170" s="33">
-        <v>1.6800195343473323E-2</v>
+        <v>1.6800747972022689E-2</v>
       </c>
       <c r="X170" s="33">
-        <v>2.8004639899598782E-2</v>
+        <v>2.7992549455785998E-2</v>
       </c>
       <c r="Y170" s="33">
-        <v>1.0794820115477721E-2</v>
+        <v>1.0794040436383323E-2</v>
       </c>
       <c r="Z170" s="33">
-        <v>1.0968001126872684E-2</v>
+        <v>1.0968821031210885E-2</v>
       </c>
       <c r="AA170" s="33">
-        <v>-8.1582613746127297E-3</v>
+        <v>-8.158774996696927E-3</v>
       </c>
       <c r="AB170" s="33">
-        <v>2.4112322620427618E-2</v>
+        <v>2.4111324743369966E-2</v>
       </c>
       <c r="AC170" s="34">
-        <v>1.272466196996791E-2</v>
+        <v>1.2724394711400855E-2</v>
       </c>
     </row>
     <row r="171" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A171" s="1" t="s">
         <v>184</v>
       </c>
       <c r="B171" s="29">
-        <v>271.88899407666503</v>
+        <v>271.88617389268001</v>
       </c>
       <c r="C171" s="49">
-        <v>293.61691102639497</v>
+        <v>293.60662165775102</v>
       </c>
       <c r="D171" s="49">
-        <v>280.523813666298</v>
+        <v>280.52403684198401</v>
       </c>
       <c r="E171" s="49">
-        <v>351.41912792479599</v>
+        <v>351.418793065881</v>
       </c>
       <c r="F171" s="49">
-        <v>318.196914056894</v>
+        <v>318.19680814138002</v>
       </c>
       <c r="G171" s="49">
-        <v>391.48993381538099</v>
+        <v>391.48999666747301</v>
       </c>
       <c r="H171" s="49">
-        <v>451.958657346537</v>
+        <v>451.95851022788497</v>
       </c>
       <c r="I171" s="49">
-        <v>468.86237346770901</v>
+        <v>468.86259896367801</v>
       </c>
       <c r="J171" s="49">
-        <v>659.85824400277897</v>
+        <v>659.85603875355002</v>
       </c>
       <c r="K171" s="49">
-        <v>404.26181988691002</v>
+        <v>404.26117226027401</v>
       </c>
       <c r="L171" s="49">
-        <v>300.83271080551299</v>
+        <v>300.83381297164902</v>
       </c>
       <c r="M171" s="49">
-        <v>266.59125219935902</v>
+        <v>266.59123397104401</v>
       </c>
       <c r="N171" s="49">
-        <v>366.30490255953902</v>
+        <v>366.30522086560501</v>
       </c>
       <c r="O171" s="49">
-        <v>388.44506891320702</v>
+        <v>388.44495121834598</v>
       </c>
       <c r="P171" s="50">
-        <v>-1.6159216827663636E-3</v>
+        <v>-1.6222438471867884E-3</v>
       </c>
       <c r="Q171" s="33">
-        <v>-1.6355477100148064E-2</v>
+        <v>-1.6444894465484583E-2</v>
       </c>
       <c r="R171" s="33">
-        <v>-7.6993048886334625E-3</v>
+        <v>-7.6986778568339798E-3</v>
       </c>
       <c r="S171" s="33">
-        <v>-3.9445941914946214E-3</v>
+        <v>-3.9456379866619207E-3</v>
       </c>
       <c r="T171" s="33">
-        <v>6.5198226995082376E-3</v>
+        <v>6.5188204948585238E-3</v>
       </c>
       <c r="U171" s="33">
-        <v>2.7062736774843277E-3</v>
+        <v>2.7043545991767282E-3</v>
       </c>
       <c r="V171" s="33">
-        <v>1.6564685204710994E-2</v>
+        <v>1.6563910944879412E-2</v>
       </c>
       <c r="W171" s="33">
-        <v>3.4282662710294565E-2</v>
+        <v>3.4282729833196024E-2</v>
       </c>
       <c r="X171" s="33">
-        <v>3.8409927908357178E-2</v>
+        <v>3.8411617590591085E-2</v>
       </c>
       <c r="Y171" s="33">
-        <v>1.9075305315713553E-2</v>
+        <v>1.90737037259463E-2</v>
       </c>
       <c r="Z171" s="33">
-        <v>1.7476517946813042E-2</v>
+        <v>1.7481291017604539E-2</v>
       </c>
       <c r="AA171" s="33">
-        <v>-9.6331642640334891E-4</v>
+        <v>-9.6300963799689221E-4</v>
       </c>
       <c r="AB171" s="33">
-        <v>9.3330280341707983E-3</v>
+        <v>9.334861948545603E-3</v>
       </c>
       <c r="AC171" s="34">
-        <v>9.7547237162789457E-3</v>
+        <v>9.7545098658826657E-3</v>
       </c>
     </row>
     <row r="172" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A172" s="1" t="s">
         <v>185</v>
       </c>
       <c r="B172" s="29">
-        <v>273.43576463577898</v>
+        <v>273.43449239956402</v>
       </c>
       <c r="C172" s="49">
-        <v>293.532856523188</v>
+        <v>293.52541830162301</v>
       </c>
       <c r="D172" s="49">
-        <v>283.16550710860702</v>
+        <v>283.16559299036402</v>
       </c>
       <c r="E172" s="49">
-        <v>357.02701690856202</v>
+        <v>357.027125475226</v>
       </c>
       <c r="F172" s="49">
-        <v>321.52929076178901</v>
+        <v>321.52911280535602</v>
       </c>
       <c r="G172" s="49">
-        <v>392.06972885192602</v>
+        <v>392.06777356173501</v>
       </c>
       <c r="H172" s="49">
-        <v>462.626421750833</v>
+        <v>462.62628835734301</v>
       </c>
       <c r="I172" s="49">
-        <v>484.908047071265</v>
+        <v>484.90751062495298</v>
       </c>
       <c r="J172" s="49">
-        <v>682.66787251161497</v>
+        <v>682.66571598199505</v>
       </c>
       <c r="K172" s="49">
-        <v>407.22993995508801</v>
+        <v>407.23002869850598</v>
       </c>
       <c r="L172" s="49">
-        <v>295.04273013154199</v>
+        <v>295.043425365183</v>
       </c>
       <c r="M172" s="49">
-        <v>266.39566766794701</v>
+        <v>266.39580063590898</v>
       </c>
       <c r="N172" s="49">
-        <v>372.92623001090197</v>
+        <v>372.92638841854199</v>
       </c>
       <c r="O172" s="49">
-        <v>394.24337628117701</v>
+        <v>394.243465629345</v>
       </c>
       <c r="P172" s="50">
-        <v>5.6889781962921049E-3</v>
+        <v>5.6947305731522846E-3</v>
       </c>
       <c r="Q172" s="33">
-        <v>-2.8627269087855289E-4</v>
+        <v>-2.7657195082841923E-4</v>
       </c>
       <c r="R172" s="33">
-        <v>9.4170024561675003E-3</v>
+        <v>9.4165055448276469E-3</v>
       </c>
       <c r="S172" s="33">
-        <v>1.595783649251481E-2</v>
+        <v>1.59591135135837E-2</v>
       </c>
       <c r="T172" s="33">
-        <v>1.0472687061632513E-2</v>
+        <v>1.0472464143937543E-2</v>
       </c>
       <c r="U172" s="33">
-        <v>1.4809960268824529E-3</v>
+        <v>1.4758407601223045E-3</v>
       </c>
       <c r="V172" s="33">
-        <v>2.3603407592470482E-2</v>
+        <v>2.3603445643891385E-2</v>
       </c>
       <c r="W172" s="33">
-        <v>3.4222566176257851E-2</v>
+        <v>3.4220924630667726E-2</v>
       </c>
       <c r="X172" s="33">
-        <v>3.4567467658614071E-2</v>
+        <v>3.4567657017327447E-2</v>
       </c>
       <c r="Y172" s="33">
-        <v>7.3420736813787357E-3</v>
+        <v>7.3439069639875676E-3</v>
       </c>
       <c r="Z172" s="33">
-        <v>-1.9246512982141084E-2</v>
+        <v>-1.9247795150645897E-2</v>
       </c>
       <c r="AA172" s="33">
-        <v>-7.3364947198550912E-4</v>
+        <v>-7.3308237568026069E-4</v>
       </c>
       <c r="AB172" s="33">
-        <v>1.8076000089261024E-2</v>
+        <v>1.8075547864949026E-2</v>
       </c>
       <c r="AC172" s="34">
-        <v>1.4926968655291528E-2</v>
+        <v>1.4927506182824901E-2</v>
       </c>
     </row>
     <row r="173" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A173" s="1" t="s">
         <v>186</v>
       </c>
       <c r="B173" s="29">
-        <v>271.01722538836998</v>
+        <v>271.02429159408598</v>
       </c>
       <c r="C173" s="49">
-        <v>297.38031581831598</v>
+        <v>297.37918704680101</v>
       </c>
       <c r="D173" s="49">
-        <v>283.244235799058</v>
+        <v>283.24380716836401</v>
       </c>
       <c r="E173" s="49">
-        <v>360.30429855159502</v>
+        <v>360.30469626702302</v>
       </c>
       <c r="F173" s="49">
-        <v>326.53342184863101</v>
+        <v>326.53357971441199</v>
       </c>
       <c r="G173" s="49">
-        <v>409.7834536231</v>
+        <v>409.783797399435</v>
       </c>
       <c r="H173" s="49">
-        <v>473.72851415271901</v>
+        <v>473.728537775527</v>
       </c>
       <c r="I173" s="49">
-        <v>499.76471872234498</v>
+        <v>499.76445129739199</v>
       </c>
       <c r="J173" s="49">
-        <v>689.197585704174</v>
+        <v>689.21078272541001</v>
       </c>
       <c r="K173" s="49">
-        <v>414.82867842066503</v>
+        <v>414.829654276241</v>
       </c>
       <c r="L173" s="49">
-        <v>297.09627851979297</v>
+        <v>297.09381505780698</v>
       </c>
       <c r="M173" s="49">
-        <v>268.44339133852702</v>
+        <v>268.44344620376199</v>
       </c>
       <c r="N173" s="49">
-        <v>360.63767173781503</v>
+        <v>360.63755953912801</v>
       </c>
       <c r="O173" s="49">
-        <v>399.66460377228702</v>
+        <v>399.66481964812698</v>
       </c>
       <c r="P173" s="50">
-        <v>-8.8449996679496046E-3</v>
+        <v>-8.8145456131996092E-3</v>
       </c>
       <c r="Q173" s="33">
-        <v>1.310742293281919E-2</v>
+        <v>1.3129250500608869E-2</v>
       </c>
       <c r="R173" s="33">
-        <v>2.7803065159615059E-4</v>
+        <v>2.7621356526408292E-4</v>
       </c>
       <c r="S173" s="33">
-        <v>9.1793659522196869E-3</v>
+        <v>9.1801730398897163E-3</v>
       </c>
       <c r="T173" s="33">
-        <v>1.5563531008282006E-2</v>
+        <v>1.5564584075736576E-2</v>
       </c>
       <c r="U173" s="33">
-        <v>4.5180036783365018E-2</v>
+        <v>4.5186126053561981E-2</v>
       </c>
       <c r="V173" s="33">
-        <v>2.3997964404777417E-2</v>
+        <v>2.3998310726363936E-2</v>
       </c>
       <c r="W173" s="33">
-        <v>3.063812147645506E-2</v>
+        <v>3.0638710159987426E-2</v>
       </c>
       <c r="X173" s="33">
-        <v>9.5649926640541949E-3</v>
+        <v>9.5875134640386328E-3</v>
       </c>
       <c r="Y173" s="33">
-        <v>1.8659577108733894E-2</v>
+        <v>1.866175144800386E-2</v>
       </c>
       <c r="Z173" s="33">
-        <v>6.9601728106820637E-3</v>
+        <v>6.9494505430383047E-3</v>
       </c>
       <c r="AA173" s="33">
-        <v>7.6867754213345574E-3</v>
+        <v>7.6864784015555632E-3</v>
       </c>
       <c r="AB173" s="33">
-        <v>-3.2951713460133147E-2</v>
+        <v>-3.2952425092594995E-2</v>
       </c>
       <c r="AC173" s="34">
-        <v>1.3750966578684132E-2</v>
+        <v>1.3751284400180586E-2</v>
       </c>
     </row>
     <row r="174" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A174" s="1" t="s">
         <v>187</v>
       </c>
       <c r="B174" s="29">
-        <v>269.87903366041201</v>
+        <v>269.877402816146</v>
       </c>
       <c r="C174" s="49">
-        <v>300.725967828416</v>
+        <v>300.75730996632802</v>
       </c>
       <c r="D174" s="49">
-        <v>287.82282641851901</v>
+        <v>287.82234374905897</v>
       </c>
       <c r="E174" s="49">
-        <v>367.33729419141201</v>
+        <v>367.33726324423901</v>
       </c>
       <c r="F174" s="49">
-        <v>332.34155245104103</v>
+        <v>332.341698201052</v>
       </c>
       <c r="G174" s="49">
-        <v>412.63928210351298</v>
+        <v>412.642294758052</v>
       </c>
       <c r="H174" s="49">
-        <v>483.87191781494602</v>
+        <v>483.87229754034797</v>
       </c>
       <c r="I174" s="49">
-        <v>509.838459273132</v>
+        <v>509.83912117723997</v>
       </c>
       <c r="J174" s="49">
-        <v>698.66544001483396</v>
+        <v>698.65777690226298</v>
       </c>
       <c r="K174" s="49">
-        <v>419.43844545038598</v>
+        <v>419.43862815824599</v>
       </c>
       <c r="L174" s="49">
-        <v>298.49473535907799</v>
+        <v>298.494669762196</v>
       </c>
       <c r="M174" s="49">
-        <v>268.78927655804</v>
+        <v>268.78904284170397</v>
       </c>
       <c r="N174" s="49">
-        <v>369.007975266306</v>
+        <v>369.00724546165299</v>
       </c>
       <c r="O174" s="49">
-        <v>404.88803611014498</v>
+        <v>404.887847455496</v>
       </c>
       <c r="P174" s="50">
-        <v>-4.1997025330288151E-3</v>
+        <v>-4.2316825963987226E-3</v>
       </c>
       <c r="Q174" s="33">
-        <v>1.1250415149010928E-2</v>
+        <v>1.1359648108108411E-2</v>
       </c>
       <c r="R174" s="33">
-        <v>1.6164814816246542E-2</v>
+        <v>1.6164648492997369E-2</v>
       </c>
       <c r="S174" s="33">
-        <v>1.9519599594257642E-2</v>
+        <v>1.9518388325430402E-2</v>
       </c>
       <c r="T174" s="33">
-        <v>1.7787246921090016E-2</v>
+        <v>1.7787201217466908E-2</v>
       </c>
       <c r="U174" s="33">
-        <v>6.9691161396663315E-3</v>
+        <v>6.9756231865620855E-3</v>
       </c>
       <c r="V174" s="33">
-        <v>2.1411849528139237E-2</v>
+        <v>2.1412600162221018E-2</v>
       </c>
       <c r="W174" s="33">
-        <v>2.0156966215103544E-2</v>
+        <v>2.0158836535279834E-2</v>
       </c>
       <c r="X174" s="33">
-        <v>1.3737503594105638E-2</v>
+        <v>1.3706973851302484E-2</v>
       </c>
       <c r="Y174" s="33">
-        <v>1.1112459840701527E-2</v>
+        <v>1.1110521715344435E-2</v>
       </c>
       <c r="Z174" s="33">
-        <v>4.707082990916156E-3</v>
+        <v>4.7151930918400975E-3</v>
       </c>
       <c r="AA174" s="33">
-        <v>1.2884847631684515E-3</v>
+        <v>1.2874094816963666E-3</v>
       </c>
       <c r="AB174" s="33">
-        <v>2.3209731496315333E-2</v>
+        <v>2.3208026177919283E-2</v>
       </c>
       <c r="AC174" s="34">
-        <v>1.3069539530286001E-2</v>
+        <v>1.3068520296501074E-2</v>
       </c>
     </row>
     <row r="175" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A175" s="1" t="s">
         <v>188</v>
       </c>
       <c r="B175" s="29">
-        <v>271.81114028242501</v>
+        <v>271.80509772280197</v>
       </c>
       <c r="C175" s="49">
-        <v>304.32012272893598</v>
+        <v>304.29671754951801</v>
       </c>
       <c r="D175" s="49">
-        <v>292.462802937444</v>
+        <v>292.464368151869</v>
       </c>
       <c r="E175" s="49">
-        <v>369.81799961816699</v>
+        <v>369.81736437009198</v>
       </c>
       <c r="F175" s="49">
-        <v>332.94775061019499</v>
+        <v>332.94760408284498</v>
       </c>
       <c r="G175" s="49">
-        <v>419.93526232816498</v>
+        <v>419.93503235049099</v>
       </c>
       <c r="H175" s="49">
-        <v>488.37488721133201</v>
+        <v>488.374897064582</v>
       </c>
       <c r="I175" s="49">
-        <v>513.72835095910898</v>
+        <v>513.72926191431304</v>
       </c>
       <c r="J175" s="49">
-        <v>706.77886545649505</v>
+        <v>706.77207292183402</v>
       </c>
       <c r="K175" s="49">
-        <v>422.82558805575599</v>
+        <v>422.82365767906902</v>
       </c>
       <c r="L175" s="49">
-        <v>299.74730487470498</v>
+        <v>299.74937465285302</v>
       </c>
       <c r="M175" s="49">
-        <v>271.72527826078198</v>
+        <v>271.72521030920302</v>
       </c>
       <c r="N175" s="49">
-        <v>374.74916191307602</v>
+        <v>374.749887376186</v>
       </c>
       <c r="O175" s="49">
-        <v>409.43540102966602</v>
+        <v>409.43510818629898</v>
       </c>
       <c r="P175" s="50">
-        <v>7.1591579227461288E-3</v>
+        <v>7.142854075741889E-3</v>
       </c>
       <c r="Q175" s="33">
-        <v>1.1951594757426021E-2</v>
+        <v>1.1768317729621502E-2</v>
       </c>
       <c r="R175" s="33">
-        <v>1.6120946961232452E-2</v>
+        <v>1.6128089092545261E-2</v>
       </c>
       <c r="S175" s="33">
-        <v>6.7532087429771348E-3</v>
+        <v>6.7515642272424348E-3</v>
       </c>
       <c r="T175" s="33">
-        <v>1.8240215666178727E-3</v>
+        <v>1.8231413183260603E-3</v>
       </c>
       <c r="U175" s="33">
-        <v>1.7681254648028721E-2</v>
+        <v>1.7673267343365717E-2</v>
       </c>
       <c r="V175" s="33">
-        <v>9.3061184801142005E-3</v>
+        <v>9.3053467766639475E-3</v>
       </c>
       <c r="W175" s="33">
-        <v>7.6296552667343143E-3</v>
+        <v>7.6301338510285088E-3</v>
       </c>
       <c r="X175" s="33">
-        <v>1.1612747642832932E-2</v>
+        <v>1.1614121087363483E-2</v>
       </c>
       <c r="Y175" s="33">
-        <v>8.0754223703383143E-3</v>
+        <v>8.0703809653552838E-3</v>
       </c>
       <c r="Z175" s="33">
-        <v>4.1962867925298131E-3</v>
+        <v>4.2034415276379633E-3</v>
       </c>
       <c r="AA175" s="33">
-        <v>1.092306114417485E-2</v>
+        <v>1.0923687351452882E-2</v>
       </c>
       <c r="AB175" s="33">
-        <v>1.5558435133079973E-2</v>
+        <v>1.556240964143818E-2</v>
       </c>
       <c r="AC175" s="34">
-        <v>1.1231166431116657E-2</v>
+        <v>1.1230914336846753E-2</v>
       </c>
     </row>
     <row r="176" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A176" s="1" t="s">
         <v>189</v>
       </c>
       <c r="B176" s="29">
-        <v>273.299977274752</v>
+        <v>273.29824499722997</v>
       </c>
       <c r="C176" s="49">
-        <v>305.42508539440502</v>
+        <v>305.39542559702198</v>
       </c>
       <c r="D176" s="49">
-        <v>293.74313334230698</v>
+        <v>293.74245828621099</v>
       </c>
       <c r="E176" s="49">
-        <v>374.41179837303002</v>
+        <v>374.411425872341</v>
       </c>
       <c r="F176" s="49">
-        <v>334.97703820016397</v>
+        <v>334.97673052470299</v>
       </c>
       <c r="G176" s="49">
-        <v>431.38702189487299</v>
+        <v>431.38273719659702</v>
       </c>
       <c r="H176" s="49">
-        <v>494.72713230161099</v>
+        <v>494.72588863293203</v>
       </c>
       <c r="I176" s="49">
-        <v>518.14701921764595</v>
+        <v>518.14581383084601</v>
       </c>
       <c r="J176" s="49">
-        <v>707.82432230039899</v>
+        <v>707.81931561410397</v>
       </c>
       <c r="K176" s="49">
-        <v>425.02155640203199</v>
+        <v>425.02181532145698</v>
       </c>
       <c r="L176" s="49">
-        <v>302.02077611144</v>
+        <v>302.02369979649001</v>
       </c>
       <c r="M176" s="49">
-        <v>272.10148234619697</v>
+        <v>272.10176534822102</v>
       </c>
       <c r="N176" s="49">
-        <v>375.937586377191</v>
+        <v>375.93853321576802</v>
       </c>
       <c r="O176" s="49">
-        <v>412.05689741375397</v>
+        <v>412.05695669955901</v>
       </c>
       <c r="P176" s="50">
-        <v>5.4774686231771064E-3</v>
+        <v>5.4934483824538027E-3</v>
       </c>
       <c r="Q176" s="33">
-        <v>3.6309221209576137E-3</v>
+        <v>3.6106470564380988E-3</v>
       </c>
       <c r="R176" s="33">
-        <v>4.37775468197521E-3</v>
+        <v>4.3700712754120019E-3</v>
       </c>
       <c r="S176" s="33">
-        <v>1.2421782497352929E-2</v>
+        <v>1.2422514313447763E-2</v>
       </c>
       <c r="T176" s="33">
-        <v>6.0949130494196702E-3</v>
+        <v>6.094431727321048E-3</v>
       </c>
       <c r="U176" s="33">
-        <v>2.7270297576865277E-2</v>
+        <v>2.7260656921215043E-2</v>
       </c>
       <c r="V176" s="33">
-        <v>1.3006903623875798E-2</v>
+        <v>1.3004336640812575E-2</v>
       </c>
       <c r="W176" s="33">
-        <v>8.6011765756892622E-3</v>
+        <v>8.5970417571223923E-3</v>
       </c>
       <c r="X176" s="33">
-        <v>1.4791852091229352E-3</v>
+        <v>1.481726192067212E-3</v>
       </c>
       <c r="Y176" s="33">
-        <v>5.1935559443636592E-3</v>
+        <v>5.1987574547127657E-3</v>
       </c>
       <c r="Z176" s="33">
-        <v>7.5846261159389083E-3</v>
+        <v>7.5874224801000256E-3</v>
       </c>
       <c r="AA176" s="33">
-        <v>1.3845016106817098E-3</v>
+        <v>1.3857935323318138E-3</v>
       </c>
       <c r="AB176" s="33">
-        <v>3.1712531605090355E-3</v>
+        <v>3.1718377499838635E-3</v>
       </c>
       <c r="AC176" s="34">
-        <v>6.4027106046407045E-3</v>
+        <v>6.4035752206843544E-3</v>
       </c>
     </row>
     <row r="177" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A177" s="1" t="s">
         <v>190</v>
       </c>
       <c r="B177" s="29">
-        <v>269.57043170850602</v>
+        <v>269.58215522800799</v>
       </c>
       <c r="C177" s="49">
-        <v>304.31590716954997</v>
+        <v>304.353677021875</v>
       </c>
       <c r="D177" s="49">
-        <v>296.96951035027001</v>
+        <v>296.96900030512302</v>
       </c>
       <c r="E177" s="49">
-        <v>378.356239039733</v>
+        <v>378.35828660660002</v>
       </c>
       <c r="F177" s="49">
-        <v>340.77687040536</v>
+        <v>340.777313062301</v>
       </c>
       <c r="G177" s="49">
-        <v>432.75543972606698</v>
+        <v>432.75335238615202</v>
       </c>
       <c r="H177" s="49">
-        <v>503.63718424254699</v>
+        <v>503.638760442847</v>
       </c>
       <c r="I177" s="49">
-        <v>517.68653215310201</v>
+        <v>517.68420851362498</v>
       </c>
       <c r="J177" s="49">
-        <v>723.308969629476</v>
+        <v>723.33857126974499</v>
       </c>
       <c r="K177" s="49">
-        <v>437.08634355887102</v>
+        <v>437.08826376815</v>
       </c>
       <c r="L177" s="49">
-        <v>300.05785385660801</v>
+        <v>300.05033076139398</v>
       </c>
       <c r="M177" s="49">
-        <v>276.38125295289899</v>
+        <v>276.381638742907</v>
       </c>
       <c r="N177" s="49">
-        <v>373.78287736017802</v>
+        <v>373.78126805608298</v>
       </c>
       <c r="O177" s="49">
-        <v>415.51525142387601</v>
+        <v>415.51627941610701</v>
       </c>
       <c r="P177" s="50">
-        <v>-1.3646344223792628E-2</v>
+        <v>-1.3597195873905621E-2</v>
       </c>
       <c r="Q177" s="33">
-        <v>-3.631588490587534E-3</v>
+        <v>-3.4111466244475253E-3</v>
       </c>
       <c r="R177" s="33">
-        <v>1.0983667843575518E-2</v>
+        <v>1.098425483921095E-2</v>
       </c>
       <c r="S177" s="33">
-        <v>1.0535033040740549E-2</v>
+        <v>1.0541507180405141E-2</v>
       </c>
       <c r="T177" s="33">
-        <v>1.7314118712012716E-2</v>
+        <v>1.7316374568800752E-2</v>
       </c>
       <c r="U177" s="33">
-        <v>3.1721349084243844E-3</v>
+        <v>3.1772601714712412E-3</v>
       </c>
       <c r="V177" s="33">
-        <v>1.8010032923571284E-2</v>
+        <v>1.8015778059530696E-2</v>
       </c>
       <c r="W177" s="33">
-        <v>-8.8871893008135583E-4</v>
+        <v>-8.9087917898666991E-4</v>
       </c>
       <c r="X177" s="33">
-        <v>2.1876399045956063E-2</v>
+        <v>2.1925448081586252E-2</v>
       </c>
       <c r="Y177" s="33">
-        <v>2.8386294706960413E-2</v>
+        <v>2.8390186130956119E-2</v>
       </c>
       <c r="Z177" s="33">
-        <v>-6.4992954461772223E-3</v>
+        <v>-6.5338218041356422E-3</v>
       </c>
       <c r="AA177" s="33">
-        <v>1.572858247518405E-2</v>
+        <v>1.5728943872189927E-2</v>
       </c>
       <c r="AB177" s="33">
-        <v>-5.731560490605192E-3</v>
+        <v>-5.7383454184167793E-3</v>
       </c>
       <c r="AC177" s="34">
-        <v>8.3929040669581401E-3</v>
+        <v>8.3952537635962887E-3</v>
       </c>
     </row>
     <row r="178" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A178" s="1" t="s">
         <v>191</v>
       </c>
       <c r="B178" s="29">
-        <v>273.16392040789998</v>
+        <v>273.16302439081602</v>
       </c>
       <c r="C178" s="49">
-        <v>307.70448527514998</v>
+        <v>307.73118874707399</v>
       </c>
       <c r="D178" s="49">
-        <v>299.81394289972599</v>
+        <v>299.81291101127499</v>
       </c>
       <c r="E178" s="49">
-        <v>382.83868457193603</v>
+        <v>382.83778715061402</v>
       </c>
       <c r="F178" s="49">
-        <v>344.47146353214799</v>
+        <v>344.47197292132302</v>
       </c>
       <c r="G178" s="49">
-        <v>434.26244695004698</v>
+        <v>434.273691888717</v>
       </c>
       <c r="H178" s="49">
-        <v>500.98087652136797</v>
+        <v>500.98092580978101</v>
       </c>
       <c r="I178" s="49">
-        <v>520.72496734480796</v>
+        <v>520.72878478354403</v>
       </c>
       <c r="J178" s="49">
-        <v>707.29261890136104</v>
+        <v>707.28362851165605</v>
       </c>
       <c r="K178" s="49">
-        <v>438.56141725217901</v>
+        <v>438.56242346336199</v>
       </c>
       <c r="L178" s="49">
-        <v>303.09277202969702</v>
+        <v>303.09460795394898</v>
       </c>
       <c r="M178" s="49">
-        <v>273.55654630480899</v>
+        <v>273.55556179003401</v>
       </c>
       <c r="N178" s="49">
-        <v>383.444557610402</v>
+        <v>383.44422106831502</v>
       </c>
       <c r="O178" s="49">
-        <v>416.76782198644702</v>
+        <v>416.76721563582203</v>
       </c>
       <c r="P178" s="50">
-        <v>1.3330426028622E-2</v>
+        <v>1.3283034849912001E-2</v>
       </c>
       <c r="Q178" s="33">
-        <v>1.113506729607816E-2</v>
+        <v>1.1097325185120743E-2</v>
       </c>
       <c r="R178" s="33">
-        <v>9.5781972570214702E-3</v>
+        <v>9.576456476029449E-3</v>
       </c>
       <c r="S178" s="33">
-        <v>1.1847156382512658E-2</v>
+        <v>1.183930867271199E-2</v>
       </c>
       <c r="T178" s="33">
-        <v>1.084167808218095E-2</v>
+        <v>1.0841859822829703E-2</v>
       </c>
       <c r="U178" s="33">
-        <v>3.4823530466396857E-3</v>
+        <v>3.513177874144624E-3</v>
       </c>
       <c r="V178" s="33">
-        <v>-5.2742486144544687E-3</v>
+        <v>-5.2772638681124473E-3</v>
       </c>
       <c r="W178" s="33">
-        <v>5.8692567857017153E-3</v>
+        <v>5.8811457252301302E-3</v>
       </c>
       <c r="X178" s="33">
-        <v>-2.2143166199528164E-2</v>
+        <v>-2.2195612671264242E-2</v>
       </c>
       <c r="Y178" s="33">
-        <v>3.374787876687213E-3</v>
+        <v>3.3726819441528555E-3</v>
       </c>
       <c r="Z178" s="33">
-        <v>1.0114443378440363E-2</v>
+        <v>1.0145888474210274E-2</v>
       </c>
       <c r="AA178" s="33">
-        <v>-1.0220326516036882E-2</v>
+        <v>-1.022527026660347E-2</v>
       </c>
       <c r="AB178" s="33">
-        <v>2.584837571602816E-2</v>
+        <v>2.5851892103865959E-2</v>
       </c>
       <c r="AC178" s="34">
-        <v>3.0144996080858633E-3</v>
+        <v>3.0105588678086548E-3</v>
       </c>
     </row>
     <row r="179" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A179" s="1" t="s">
         <v>192</v>
       </c>
       <c r="B179" s="29">
-        <v>279.065919126224</v>
+        <v>279.05524546158802</v>
       </c>
       <c r="C179" s="49">
-        <v>305.869256318574</v>
+        <v>305.82861326423</v>
       </c>
       <c r="D179" s="49">
-        <v>300.71136979843197</v>
+        <v>300.714257339364</v>
       </c>
       <c r="E179" s="49">
-        <v>388.44858393107103</v>
+        <v>388.44691653171799</v>
       </c>
       <c r="F179" s="49">
-        <v>348.41333452723597</v>
+        <v>348.411658362509</v>
       </c>
       <c r="G179" s="49">
-        <v>436.02101234969501</v>
+        <v>436.01528824531601</v>
       </c>
       <c r="H179" s="49">
-        <v>507.13368606609299</v>
+        <v>507.13291791194303</v>
       </c>
       <c r="I179" s="49">
-        <v>524.34132930973794</v>
+        <v>524.34155946671206</v>
       </c>
       <c r="J179" s="49">
-        <v>702.59460550749498</v>
+        <v>702.56921658174304</v>
       </c>
       <c r="K179" s="49">
-        <v>442.83437892682298</v>
+        <v>442.83159066299601</v>
       </c>
       <c r="L179" s="49">
-        <v>307.96396090883098</v>
+        <v>307.96739265815398</v>
       </c>
       <c r="M179" s="49">
-        <v>276.82970789089097</v>
+        <v>276.82997854167201</v>
       </c>
       <c r="N179" s="49">
-        <v>383.29000034063301</v>
+        <v>383.29126316703298</v>
       </c>
       <c r="O179" s="49">
-        <v>419.91139941674601</v>
+        <v>419.90991895280803</v>
       </c>
       <c r="P179" s="50">
-        <v>2.1606069752956092E-2</v>
+        <v>2.1570346440233923E-2</v>
       </c>
       <c r="Q179" s="33">
-        <v>-5.9642580605704376E-3</v>
+        <v>-6.1825890660947014E-3</v>
       </c>
       <c r="R179" s="33">
-        <v>2.9932793986373607E-3</v>
+        <v>3.0063626181031644E-3</v>
       </c>
       <c r="S179" s="33">
-        <v>1.4653428676905111E-2</v>
+        <v>1.4651451788110004E-2</v>
       </c>
       <c r="T179" s="33">
-        <v>1.1443243961832827E-2</v>
+        <v>1.1436882390678083E-2</v>
       </c>
       <c r="U179" s="33">
-        <v>4.0495451817188499E-3</v>
+        <v>4.0103657880461441E-3</v>
       </c>
       <c r="V179" s="33">
-        <v>1.2281525768903512E-2</v>
+        <v>1.2279892876595921E-2</v>
       </c>
       <c r="W179" s="33">
-        <v>6.9448599389614341E-3</v>
+        <v>6.9379200626862314E-3</v>
       </c>
       <c r="X179" s="33">
-        <v>-6.6422485804581433E-3</v>
+        <v>-6.6655182445458649E-3</v>
       </c>
       <c r="Y179" s="33">
-        <v>9.7431317634286696E-3</v>
+        <v>9.7344573343061125E-3</v>
       </c>
       <c r="Z179" s="33">
-        <v>1.6071610175701245E-2</v>
+        <v>1.6076777931151254E-2</v>
       </c>
       <c r="AA179" s="33">
-        <v>1.1965210229094136E-2</v>
+        <v>1.1969841630020461E-2</v>
       </c>
       <c r="AB179" s="33">
-        <v>-4.0307592506250156E-4</v>
+        <v>-3.9890521978891424E-4</v>
       </c>
       <c r="AC179" s="34">
-        <v>7.5427546572950366E-3</v>
+        <v>7.5406682653564872E-3</v>
       </c>
     </row>
     <row r="180" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A180" s="1" t="s">
         <v>193</v>
       </c>
       <c r="B180" s="29">
-        <v>273.29931394183302</v>
+        <v>273.28859429116898</v>
       </c>
       <c r="C180" s="49">
-        <v>310.87222438541102</v>
+        <v>310.82190556959802</v>
       </c>
       <c r="D180" s="49">
-        <v>305.717805691499</v>
+        <v>305.71642027032601</v>
       </c>
       <c r="E180" s="49">
-        <v>391.40220478078101</v>
+        <v>391.40263053080901</v>
       </c>
       <c r="F180" s="49">
-        <v>352.68692841173998</v>
+        <v>352.68806978937698</v>
       </c>
       <c r="G180" s="49">
-        <v>441.06262397821098</v>
+        <v>441.058007774852</v>
       </c>
       <c r="H180" s="49">
-        <v>510.205370398029</v>
+        <v>510.20288833006202</v>
       </c>
       <c r="I180" s="49">
-        <v>524.31905244433699</v>
+        <v>524.31805646027999</v>
       </c>
       <c r="J180" s="49">
-        <v>704.53036940359198</v>
+        <v>704.52207243095597</v>
       </c>
       <c r="K180" s="49">
-        <v>444.810233773243</v>
+        <v>444.80592752664</v>
       </c>
       <c r="L180" s="49">
-        <v>311.75122090199801</v>
+        <v>311.75623761622597</v>
       </c>
       <c r="M180" s="49">
-        <v>278.94462815440698</v>
+        <v>278.94512039196002</v>
       </c>
       <c r="N180" s="49">
-        <v>384.16229963774498</v>
+        <v>384.16373498440402</v>
       </c>
       <c r="O180" s="49">
-        <v>423.03691264123103</v>
+        <v>423.03810491055998</v>
       </c>
       <c r="P180" s="50">
-        <v>-2.0663953529139856E-2</v>
+        <v>-2.0664908702505702E-2</v>
       </c>
       <c r="Q180" s="33">
-        <v>1.6356557462009924E-2</v>
+        <v>1.6327093309133511E-2</v>
       </c>
       <c r="R180" s="33">
-        <v>1.6648641840256495E-2</v>
+        <v>1.6634272598910815E-2</v>
       </c>
       <c r="S180" s="33">
-        <v>7.6036339734324443E-3</v>
+        <v>7.6090551200183043E-3</v>
       </c>
       <c r="T180" s="33">
-        <v>1.2265873492766532E-2</v>
+        <v>1.2274019322334295E-2</v>
       </c>
       <c r="U180" s="33">
-        <v>1.1562772173173474E-2</v>
+        <v>1.1565464940070713E-2</v>
       </c>
       <c r="V180" s="33">
-        <v>6.0569518774498121E-3</v>
+        <v>6.053581437306832E-3</v>
       </c>
       <c r="W180" s="33">
-        <v>-4.2485427250715802E-5</v>
+        <v>-4.4823848134312172E-5</v>
       </c>
       <c r="X180" s="33">
-        <v>2.7551647577748195E-3</v>
+        <v>2.7795921072577556E-3</v>
       </c>
       <c r="Y180" s="33">
-        <v>4.4618370669602392E-3</v>
+        <v>4.4584372598353017E-3</v>
       </c>
       <c r="Z180" s="33">
-        <v>1.2297737637840589E-2</v>
+        <v>1.2302747136212711E-2</v>
       </c>
       <c r="AA180" s="33">
-        <v>7.6397879390515122E-3</v>
+        <v>7.6405809133479607E-3</v>
       </c>
       <c r="AB180" s="33">
-        <v>2.2758206484301269E-3</v>
+        <v>2.2762632525512583E-3</v>
       </c>
       <c r="AC180" s="34">
-        <v>7.4432683390504017E-3</v>
+        <v>7.4496595973565505E-3</v>
       </c>
     </row>
     <row r="181" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A181" s="1" t="s">
         <v>194</v>
       </c>
       <c r="B181" s="29">
-        <v>280.58114408021299</v>
+        <v>280.61391974007603</v>
       </c>
       <c r="C181" s="49">
-        <v>316.44131342274699</v>
+        <v>316.53388474300601</v>
       </c>
       <c r="D181" s="49">
-        <v>305.72701007673402</v>
+        <v>305.72655998281499</v>
       </c>
       <c r="E181" s="49">
-        <v>395.54932414366698</v>
+        <v>395.55253867885301</v>
       </c>
       <c r="F181" s="49">
-        <v>357.01357704069898</v>
+        <v>357.01395754448703</v>
       </c>
       <c r="G181" s="49">
-        <v>443.32359633265901</v>
+        <v>443.321645504706</v>
       </c>
       <c r="H181" s="49">
-        <v>513.79339153335195</v>
+        <v>513.79840706380401</v>
       </c>
       <c r="I181" s="49">
-        <v>527.13366369255402</v>
+        <v>527.12776916429698</v>
       </c>
       <c r="J181" s="49">
-        <v>715.49162231329205</v>
+        <v>715.55175384708605</v>
       </c>
       <c r="K181" s="49">
-        <v>449.94846880639</v>
+        <v>449.95854099206002</v>
       </c>
       <c r="L181" s="49">
-        <v>317.76743663542902</v>
+        <v>317.75363855591502</v>
       </c>
       <c r="M181" s="49">
-        <v>277.16109656947998</v>
+        <v>277.16167847554601</v>
       </c>
       <c r="N181" s="49">
-        <v>402.50063604208901</v>
+        <v>402.496813297502</v>
       </c>
       <c r="O181" s="49">
-        <v>425.54573920686698</v>
+        <v>425.54757888309598</v>
       </c>
       <c r="P181" s="50">
-        <v>2.664415813326837E-2</v>
+        <v>2.6804358476455237E-2</v>
       </c>
       <c r="Q181" s="33">
-        <v>1.7914398908895679E-2</v>
+        <v>1.8377016133854784E-2</v>
       </c>
       <c r="R181" s="33">
-        <v>3.0107455515127057E-5</v>
+        <v>3.3167052263749497E-5</v>
       </c>
       <c r="S181" s="33">
-        <v>1.0595544205502572E-2</v>
+        <v>1.0602657785963254E-2</v>
       </c>
       <c r="T181" s="33">
-        <v>1.2267675040986692E-2</v>
+        <v>1.2265477983685269E-2</v>
       </c>
       <c r="U181" s="33">
-        <v>5.1261934961863709E-3</v>
+        <v>5.132290288241359E-3</v>
       </c>
       <c r="V181" s="33">
-        <v>7.0325036612683967E-3</v>
+        <v>7.0472332007183169E-3</v>
       </c>
       <c r="W181" s="33">
-        <v>5.368126973634757E-3</v>
+        <v>5.3587944748376692E-3</v>
       </c>
       <c r="X181" s="33">
-        <v>1.5558240475820995E-2</v>
+        <v>1.5655551256289479E-2</v>
       </c>
       <c r="Y181" s="33">
-        <v>1.1551521622064076E-2</v>
+        <v>1.1583958635783764E-2</v>
       </c>
       <c r="Z181" s="33">
-        <v>1.9298130464490582E-2</v>
+        <v>1.9237468945438874E-2</v>
       </c>
       <c r="AA181" s="33">
-        <v>-6.3938552849268637E-3</v>
+        <v>-6.3935225463274126E-3</v>
       </c>
       <c r="AB181" s="33">
-        <v>4.7735908551246764E-2</v>
+        <v>4.7722043086243504E-2</v>
       </c>
       <c r="AC181" s="34">
-        <v>5.9305145500709866E-3</v>
+        <v>5.9320282107129252E-3</v>
       </c>
     </row>
     <row r="182" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A182" s="1" t="s">
         <v>195</v>
       </c>
       <c r="B182" s="29">
-        <v>277.86579353171697</v>
+        <v>277.85981016931697</v>
       </c>
       <c r="C182" s="49">
-        <v>314.159230378644</v>
+        <v>314.16993978390798</v>
       </c>
       <c r="D182" s="49">
-        <v>308.859388699205</v>
+        <v>308.85771001252698</v>
       </c>
       <c r="E182" s="49">
-        <v>400.06040788125898</v>
+        <v>400.05849616135202</v>
       </c>
       <c r="F182" s="49">
-        <v>359.32541389263997</v>
+        <v>359.32627566644402</v>
       </c>
       <c r="G182" s="49">
-        <v>445.39844336618</v>
+        <v>445.41470384729598</v>
       </c>
       <c r="H182" s="49">
-        <v>514.04070282133705</v>
+        <v>514.04098555615303</v>
       </c>
       <c r="I182" s="49">
-        <v>525.26588391636199</v>
+        <v>525.27385272982599</v>
       </c>
       <c r="J182" s="49">
-        <v>693.54342323542596</v>
+        <v>693.54137125649402</v>
       </c>
       <c r="K182" s="49">
-        <v>449.29047144571803</v>
+        <v>449.28725145623901</v>
       </c>
       <c r="L182" s="49">
-        <v>315.64992640631402</v>
+        <v>315.654279968303</v>
       </c>
       <c r="M182" s="49">
-        <v>282.03888631644003</v>
+        <v>282.036995259403</v>
       </c>
       <c r="N182" s="49">
-        <v>391.34406052848101</v>
+        <v>391.34540312600598</v>
       </c>
       <c r="O182" s="49">
-        <v>426.15279735794002</v>
+        <v>426.15161400087101</v>
       </c>
       <c r="P182" s="50">
-        <v>-9.6775945418475784E-3</v>
+        <v>-9.8145864371592673E-3</v>
       </c>
       <c r="Q182" s="33">
-        <v>-7.2117101885943447E-3</v>
+        <v>-7.468220854198071E-3</v>
       </c>
       <c r="R182" s="33">
-        <v>1.0245671855047433E-2</v>
+        <v>1.0241668338818899E-2</v>
       </c>
       <c r="S182" s="33">
-        <v>1.1404604842539356E-2</v>
+        <v>1.139155242827905E-2</v>
       </c>
       <c r="T182" s="33">
-        <v>6.4754872100492022E-3</v>
+        <v>6.4768283510845404E-3</v>
       </c>
       <c r="U182" s="33">
-        <v>4.6802088828226118E-3</v>
+        <v>4.7213087017374811E-3</v>
       </c>
       <c r="V182" s="33">
-        <v>4.8134384766429505E-4</v>
+        <v>4.721277625894249E-4</v>
       </c>
       <c r="W182" s="33">
-        <v>-3.5432754628271779E-3</v>
+        <v>-3.5170153099886026E-3</v>
       </c>
       <c r="X182" s="33">
-        <v>-3.0675689824157915E-2</v>
+        <v>-3.0760014872796559E-2</v>
       </c>
       <c r="Y182" s="33">
-        <v>-1.4623838201238692E-3</v>
+        <v>-1.4918919737382241E-3</v>
       </c>
       <c r="Z182" s="33">
-        <v>-6.6637105788294182E-3</v>
+        <v>-6.6068750531163012E-3</v>
       </c>
       <c r="AA182" s="33">
-        <v>1.7599114043544306E-2</v>
+        <v>1.7590154637078248E-2</v>
       </c>
       <c r="AB182" s="33">
-        <v>-2.7718156232780178E-2</v>
+        <v>-2.7705586238402247E-2</v>
       </c>
       <c r="AC182" s="34">
-        <v>1.426540310812241E-3</v>
+        <v>1.4194302770100808E-3</v>
       </c>
     </row>
     <row r="183" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A183" s="1" t="s">
         <v>196</v>
       </c>
       <c r="B183" s="29">
-        <v>274.37627723963698</v>
+        <v>274.35557003993102</v>
       </c>
       <c r="C183" s="49">
-        <v>323.98122034862399</v>
+        <v>323.919922830399</v>
       </c>
       <c r="D183" s="49">
-        <v>313.43404160447801</v>
+        <v>313.43797753644799</v>
       </c>
       <c r="E183" s="49">
-        <v>407.08646132663603</v>
+        <v>407.08376393480899</v>
       </c>
       <c r="F183" s="49">
-        <v>363.16523528379003</v>
+        <v>363.16129156285501</v>
       </c>
       <c r="G183" s="49">
-        <v>448.80752595462002</v>
+        <v>448.79344922896399</v>
       </c>
       <c r="H183" s="49">
-        <v>511.12280895757198</v>
+        <v>511.11770752236703</v>
       </c>
       <c r="I183" s="49">
-        <v>522.52266664593697</v>
+        <v>522.52130406979495</v>
       </c>
       <c r="J183" s="49">
-        <v>698.20963918428504</v>
+        <v>698.14939800915204</v>
       </c>
       <c r="K183" s="49">
-        <v>451.31750852254498</v>
+        <v>451.31555755213901</v>
       </c>
       <c r="L183" s="49">
-        <v>318.41766705440898</v>
+        <v>318.42276302725401</v>
       </c>
       <c r="M183" s="49">
-        <v>282.72928805931298</v>
+        <v>282.73009483172501</v>
       </c>
       <c r="N183" s="49">
-        <v>399.63636926625901</v>
+        <v>399.638233672789</v>
       </c>
       <c r="O183" s="49">
-        <v>428.74375509876899</v>
+        <v>428.74051407509501</v>
       </c>
       <c r="P183" s="50">
-        <v>-1.255827947631738E-2</v>
+        <v>-1.2611540068535265E-2</v>
       </c>
       <c r="Q183" s="33">
-        <v>3.12643685755849E-2</v>
+        <v>3.1034105469152307E-2</v>
       </c>
       <c r="R183" s="33">
-        <v>1.4811441946251502E-2</v>
+        <v>1.4829701106490845E-2</v>
       </c>
       <c r="S183" s="33">
-        <v>1.756248133272531E-2</v>
+        <v>1.7560601364215334E-2</v>
       </c>
       <c r="T183" s="33">
-        <v>1.0686194860398457E-2</v>
+        <v>1.0672795606995855E-2</v>
       </c>
       <c r="U183" s="33">
-        <v>7.6540065175694227E-3</v>
+        <v>7.5856170720991489E-3</v>
       </c>
       <c r="V183" s="33">
-        <v>-5.6763868070175416E-3</v>
+        <v>-5.6868578886238863E-3</v>
       </c>
       <c r="W183" s="33">
-        <v>-5.222530825668148E-3</v>
+        <v>-5.2402164046928545E-3</v>
       </c>
       <c r="X183" s="33">
-        <v>6.7280804525415849E-3</v>
+        <v>6.6441988086587411E-3</v>
       </c>
       <c r="Y183" s="33">
-        <v>4.5116404768263951E-3</v>
+        <v>4.5144973273241185E-3</v>
       </c>
       <c r="Z183" s="33">
-        <v>8.7683867999139853E-3</v>
+        <v>8.7706178393305301E-3</v>
       </c>
       <c r="AA183" s="33">
-        <v>2.4478955788327372E-3</v>
+        <v>2.4574775081707134E-3</v>
       </c>
       <c r="AB183" s="33">
-        <v>2.1189305202639064E-2</v>
+        <v>2.1190565880015999E-2</v>
       </c>
       <c r="AC183" s="34">
-        <v>6.0798796978276393E-3</v>
+        <v>6.0750680958789882E-3</v>
       </c>
     </row>
     <row r="184" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A184" s="1" t="s">
         <v>197</v>
       </c>
       <c r="B184" s="29">
-        <v>275.83863661363603</v>
+        <v>275.81826131548002</v>
       </c>
       <c r="C184" s="49">
-        <v>322.53116084418298</v>
+        <v>322.45762591731102</v>
       </c>
       <c r="D184" s="49">
-        <v>312.72404230663898</v>
+        <v>312.72194502276699</v>
       </c>
       <c r="E184" s="49">
-        <v>406.79283824984401</v>
+        <v>406.794217991903</v>
       </c>
       <c r="F184" s="49">
-        <v>362.78096250648798</v>
+        <v>362.78348634718401</v>
       </c>
       <c r="G184" s="49">
-        <v>449.78256512887202</v>
+        <v>449.78199904573597</v>
       </c>
       <c r="H184" s="49">
-        <v>510.24181844442103</v>
+        <v>510.23843832196798</v>
       </c>
       <c r="I184" s="49">
-        <v>516.89182903077199</v>
+        <v>516.89263377785505</v>
       </c>
       <c r="J184" s="49">
-        <v>698.53463626045698</v>
+        <v>698.47922237287798</v>
       </c>
       <c r="K184" s="49">
-        <v>452.83625580400098</v>
+        <v>452.828996764149</v>
       </c>
       <c r="L184" s="49">
-        <v>324.10849865236798</v>
+        <v>324.11493295764001</v>
       </c>
       <c r="M184" s="49">
-        <v>281.32174151047599</v>
+        <v>281.32252170502801</v>
       </c>
       <c r="N184" s="49">
-        <v>407.071634141809</v>
+        <v>407.07203959098598</v>
       </c>
       <c r="O184" s="49">
-        <v>428.55137344108402</v>
+        <v>428.55380210272801</v>
       </c>
       <c r="P184" s="50">
-        <v>5.3297587849472361E-3</v>
+        <v>5.3313708022626471E-3</v>
       </c>
       <c r="Q184" s="33">
-        <v>-4.475751720672716E-3</v>
+        <v>-4.5143778138451163E-3</v>
       </c>
       <c r="R184" s="33">
-        <v>-2.2652271406274904E-3</v>
+        <v>-2.2844472112436565E-3</v>
       </c>
       <c r="S184" s="33">
-        <v>-7.2127939562305343E-4</v>
+        <v>-7.1126870820703569E-4</v>
       </c>
       <c r="T184" s="33">
-        <v>-1.0581210423452614E-3</v>
+        <v>-1.0403234718247001E-3</v>
       </c>
       <c r="U184" s="33">
-        <v>2.1725107487404749E-3</v>
+        <v>2.2026832576775845E-3</v>
       </c>
       <c r="V184" s="33">
-        <v>-1.7236376418960919E-3</v>
+        <v>-1.7202871030653766E-3</v>
       </c>
       <c r="W184" s="33">
-        <v>-1.0776255222207376E-2</v>
+        <v>-1.0772135505479952E-2</v>
       </c>
       <c r="X184" s="33">
-        <v>4.6547205585945051E-4</v>
+        <v>4.7242662482616105E-4</v>
       </c>
       <c r="Y184" s="33">
-        <v>3.3651415085309555E-3</v>
+        <v>3.3533947294408506E-3</v>
       </c>
       <c r="Z184" s="33">
-        <v>1.7872223142023635E-2</v>
+        <v>1.7876140123496143E-2</v>
       </c>
       <c r="AA184" s="33">
-        <v>-4.9784249749947884E-3</v>
+        <v>-4.9785047733766907E-3</v>
       </c>
       <c r="AB184" s="33">
-        <v>1.8605075632133428E-2</v>
+        <v>1.8601338139942802E-2</v>
       </c>
       <c r="AC184" s="34">
-        <v>-4.4871011040303888E-4</v>
+        <v>-4.3548945396443273E-4</v>
       </c>
     </row>
     <row r="185" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A185" s="1" t="s">
         <v>198</v>
       </c>
       <c r="B185" s="29">
-        <v>283.08403244809699</v>
+        <v>283.14736078248501</v>
       </c>
       <c r="C185" s="49">
-        <v>322.39736871508399</v>
+        <v>322.54632475735502</v>
       </c>
       <c r="D185" s="49">
-        <v>314.05600944191502</v>
+        <v>314.05665469289801</v>
       </c>
       <c r="E185" s="49">
-        <v>405.941912595617</v>
+        <v>405.94621297795902</v>
       </c>
       <c r="F185" s="49">
-        <v>365.66325944630199</v>
+        <v>365.66526598475599</v>
       </c>
       <c r="G185" s="49">
-        <v>450.924340405929</v>
+        <v>450.92716938992999</v>
       </c>
       <c r="H185" s="49">
-        <v>508.10031847517598</v>
+        <v>508.11191671996602</v>
       </c>
       <c r="I185" s="49">
-        <v>516.67437455893196</v>
+        <v>516.66563749364298</v>
       </c>
       <c r="J185" s="49">
-        <v>687.66354993086497</v>
+        <v>687.84129327045696</v>
       </c>
       <c r="K185" s="49">
-        <v>453.12275971930598</v>
+        <v>453.14041208290598</v>
       </c>
       <c r="L185" s="49">
-        <v>319.78182549053798</v>
+        <v>319.763612160364</v>
       </c>
       <c r="M185" s="49">
-        <v>284.09978494339299</v>
+        <v>284.10037738784001</v>
       </c>
       <c r="N185" s="49">
-        <v>415.07607629068002</v>
+        <v>415.06914750454303</v>
       </c>
       <c r="O185" s="49">
-        <v>427.18614875663002</v>
+        <v>427.18926301867702</v>
       </c>
       <c r="P185" s="50">
-        <v>2.6266791060925554E-2</v>
+        <v>2.6572205306674812E-2</v>
       </c>
       <c r="Q185" s="33">
-        <v>-4.1481923405106702E-4</v>
+        <v>2.7507130523485301E-4</v>
       </c>
       <c r="R185" s="33">
-        <v>4.2592412321467155E-3</v>
+        <v>4.2680396798946418E-3</v>
       </c>
       <c r="S185" s="33">
-        <v>-2.0917911384280563E-3</v>
+        <v>-2.0846043931747049E-3</v>
       </c>
       <c r="T185" s="33">
-        <v>7.9450060441428327E-3</v>
+        <v>7.9435248461505736E-3</v>
       </c>
       <c r="U185" s="33">
-        <v>2.5385049701289741E-3</v>
+        <v>2.5460564153825249E-3</v>
       </c>
       <c r="V185" s="33">
-        <v>-4.1970295099955646E-3</v>
+        <v>-4.1677016905968811E-3</v>
       </c>
       <c r="W185" s="33">
-        <v>-4.2069628426466554E-4</v>
+        <v>-4.3915557966656138E-4</v>
       </c>
       <c r="X185" s="33">
-        <v>-1.5562701926692402E-2</v>
+        <v>-1.5230129632606393E-2</v>
       </c>
       <c r="Y185" s="33">
-        <v>6.3268766940116627E-4</v>
+        <v>6.8771063907635543E-4</v>
       </c>
       <c r="Z185" s="33">
-        <v>-1.3349459146613452E-2</v>
+        <v>-1.3425240107171166E-2</v>
       </c>
       <c r="AA185" s="33">
-        <v>9.8749688452839379E-3</v>
+        <v>9.8742740750938918E-3</v>
       </c>
       <c r="AB185" s="33">
-        <v>1.9663473151957822E-2</v>
+        <v>1.9645436521732895E-2</v>
       </c>
       <c r="AC185" s="34">
-        <v>-3.1856733382787938E-3</v>
+        <v>-3.1840554846457314E-3</v>
       </c>
     </row>
     <row r="186" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A186" s="1" t="s">
         <v>199</v>
       </c>
       <c r="B186" s="29">
-        <v>282.87393999067899</v>
+        <v>282.86559666989598</v>
       </c>
       <c r="C186" s="49">
-        <v>324.10076140616599</v>
+        <v>324.11609803887302</v>
       </c>
       <c r="D186" s="49">
-        <v>312.63366811781498</v>
+        <v>312.63093054086198</v>
       </c>
       <c r="E186" s="49">
-        <v>408.15996331438902</v>
+        <v>408.15685800207001</v>
       </c>
       <c r="F186" s="49">
-        <v>368.76018894974902</v>
+        <v>368.761330874755</v>
       </c>
       <c r="G186" s="49">
-        <v>451.97261935616802</v>
+        <v>451.99119385630399</v>
       </c>
       <c r="H186" s="49">
-        <v>506.13054924552699</v>
+        <v>506.13299040985402</v>
       </c>
       <c r="I186" s="49">
-        <v>515.60381067169897</v>
+        <v>515.61347069744704</v>
       </c>
       <c r="J186" s="49">
-        <v>688.97681034137202</v>
+        <v>688.94247093869501</v>
       </c>
       <c r="K186" s="49">
-        <v>453.96780381599001</v>
+        <v>453.95083756393501</v>
       </c>
       <c r="L186" s="49">
-        <v>329.35550763129697</v>
+        <v>329.35996118858702</v>
       </c>
       <c r="M186" s="49">
-        <v>283.04673678247599</v>
+        <v>283.04387191018799</v>
       </c>
       <c r="N186" s="49">
-        <v>411.83466172108803</v>
+        <v>411.84112596304601</v>
       </c>
       <c r="O186" s="49">
-        <v>428.86745236138302</v>
+        <v>428.86639040640102</v>
       </c>
       <c r="P186" s="50">
-        <v>-7.4215580299996642E-4</v>
+        <v>-9.9511474099689412E-4</v>
       </c>
       <c r="Q186" s="33">
-        <v>5.2835192106899243E-3</v>
+        <v>4.8668149689781171E-3</v>
       </c>
       <c r="R186" s="33">
-        <v>-4.5289415942958433E-3</v>
+        <v>-4.5397036831783533E-3</v>
       </c>
       <c r="S186" s="33">
-        <v>5.4639608524029715E-3</v>
+        <v>5.4456599259642413E-3</v>
       </c>
       <c r="T186" s="33">
-        <v>8.469348296398449E-3</v>
+        <v>8.4669373276708981E-3</v>
       </c>
       <c r="U186" s="33">
-        <v>2.3247335668226121E-3</v>
+        <v>2.3596370735734506E-3</v>
       </c>
       <c r="V186" s="33">
-        <v>-3.8767329167600506E-3</v>
+        <v>-3.8946662044193614E-3</v>
       </c>
       <c r="W186" s="33">
-        <v>-2.0720282250245026E-3</v>
+        <v>-2.0364559201189181E-3</v>
       </c>
       <c r="X186" s="33">
-        <v>1.9097426505143567E-3</v>
+        <v>1.6009182336267358E-3</v>
       </c>
       <c r="Y186" s="33">
-        <v>1.8649341233873962E-3</v>
+        <v>1.7884643687016144E-3</v>
       </c>
       <c r="Z186" s="33">
-        <v>2.9938168393632614E-2</v>
+        <v>3.0010760021719873E-2</v>
       </c>
       <c r="AA186" s="33">
-        <v>-3.7066137206925864E-3</v>
+        <v>-3.7187753404837043E-3</v>
       </c>
       <c r="AB186" s="33">
-        <v>-7.809205961853638E-3</v>
+        <v>-7.7770693411070013E-3</v>
       </c>
       <c r="AC186" s="34">
-        <v>3.9357633894419042E-3</v>
+        <v>3.9259586626143594E-3</v>
       </c>
     </row>
     <row r="187" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A187" s="1" t="s">
         <v>200</v>
       </c>
       <c r="B187" s="29">
-        <v>279.65994995731398</v>
+        <v>279.61448531876601</v>
       </c>
       <c r="C187" s="49">
-        <v>324.28816902910899</v>
+        <v>324.16063061223502</v>
       </c>
       <c r="D187" s="49">
-        <v>321.52304255133498</v>
+        <v>321.52778467972098</v>
       </c>
       <c r="E187" s="49">
-        <v>408.66832977565002</v>
+        <v>408.66457782554602</v>
       </c>
       <c r="F187" s="49">
-        <v>370.86010408002102</v>
+        <v>370.850580908518</v>
       </c>
       <c r="G187" s="49">
-        <v>456.32067854681799</v>
+        <v>456.27688608601898</v>
       </c>
       <c r="H187" s="49">
-        <v>507.63909167295299</v>
+        <v>507.62713221992499</v>
       </c>
       <c r="I187" s="49">
-        <v>514.75811169313295</v>
+        <v>514.75413434996699</v>
       </c>
       <c r="J187" s="49">
-        <v>686.86126748359402</v>
+        <v>686.75695370965798</v>
       </c>
       <c r="K187" s="49">
-        <v>453.62413469551302</v>
+        <v>453.64063073679603</v>
       </c>
       <c r="L187" s="49">
-        <v>327.74978257497798</v>
+        <v>327.76132909008498</v>
       </c>
       <c r="M187" s="49">
-        <v>284.94430204036598</v>
+        <v>284.94585118566101</v>
       </c>
       <c r="N187" s="49">
-        <v>412.767418062383</v>
+        <v>412.77138115351198</v>
       </c>
       <c r="O187" s="49">
-        <v>430.08914513734499</v>
+        <v>430.08294065598102</v>
       </c>
       <c r="P187" s="50">
-        <v>-1.1361916313220366E-2</v>
+        <v>-1.1493484500782247E-2</v>
       </c>
       <c r="Q187" s="33">
-        <v>5.7823876170459698E-4</v>
+        <v>1.3739698099368702E-4</v>
       </c>
       <c r="R187" s="33">
-        <v>2.8433835955793629E-2</v>
+        <v>2.8458009971908949E-2</v>
       </c>
       <c r="S187" s="33">
-        <v>1.2455079060986751E-3</v>
+        <v>1.2439330946472094E-3</v>
       </c>
       <c r="T187" s="33">
-        <v>5.6945277532607363E-3</v>
+        <v>5.6655887123711057E-3</v>
       </c>
       <c r="U187" s="33">
-        <v>9.6201827377149218E-3</v>
+        <v>9.4818047076321577E-3</v>
       </c>
       <c r="V187" s="33">
-        <v>2.9805401584130919E-3</v>
+        <v>2.9520735426888933E-3</v>
       </c>
       <c r="W187" s="33">
-        <v>-1.640210877154491E-3</v>
+        <v>-1.6666289697933045E-3</v>
       </c>
       <c r="X187" s="33">
-        <v>-3.0705574208365061E-3</v>
+        <v>-3.1722782688360374E-3</v>
       </c>
       <c r="Y187" s="33">
-        <v>-7.5703412794514424E-4</v>
+        <v>-6.8334894766064469E-4</v>
       </c>
       <c r="Z187" s="33">
-        <v>-4.8753551075166879E-3</v>
+        <v>-4.8537536036041828E-3</v>
       </c>
       <c r="AA187" s="33">
-        <v>6.7040704282992358E-3</v>
+        <v>6.7197331022821327E-3</v>
       </c>
       <c r="AB187" s="33">
-        <v>2.264880613489284E-3</v>
+        <v>2.2587719676869789E-3</v>
       </c>
       <c r="AC187" s="34">
-        <v>2.8486488523091769E-3</v>
+        <v>2.8366649306026392E-3</v>
       </c>
     </row>
     <row r="188" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A188" s="1" t="s">
         <v>201</v>
       </c>
       <c r="B188" s="29">
-        <v>282.993116694707</v>
+        <v>282.956654601092</v>
       </c>
       <c r="C188" s="49">
-        <v>327.88306460450201</v>
+        <v>327.83993086467598</v>
       </c>
       <c r="D188" s="49">
-        <v>318.51752114605699</v>
+        <v>318.513862294028</v>
       </c>
       <c r="E188" s="49">
-        <v>408.44943179542202</v>
+        <v>408.45269352442602</v>
       </c>
       <c r="F188" s="49">
-        <v>372.23116656428402</v>
+        <v>372.23601931169998</v>
       </c>
       <c r="G188" s="49">
-        <v>450.34995334224197</v>
+        <v>450.37938919295499</v>
       </c>
       <c r="H188" s="49">
-        <v>504.84080830574902</v>
+        <v>504.82094623007703</v>
       </c>
       <c r="I188" s="49">
-        <v>518.38544560952096</v>
+        <v>518.39033305884902</v>
       </c>
       <c r="J188" s="49">
-        <v>685.77140871709901</v>
+        <v>685.63003580468398</v>
       </c>
       <c r="K188" s="49">
-        <v>459.47871704433101</v>
+        <v>459.45849373131301</v>
       </c>
       <c r="L188" s="49">
-        <v>329.078001971216</v>
+        <v>329.07942203766203</v>
       </c>
       <c r="M188" s="49">
-        <v>289.31975994830702</v>
+        <v>289.321539259774</v>
       </c>
       <c r="N188" s="49">
-        <v>411.65768772169503</v>
+        <v>411.65140971716301</v>
       </c>
       <c r="O188" s="49">
-        <v>432.127809038571</v>
+        <v>432.12998498169799</v>
       </c>
       <c r="P188" s="50">
-        <v>1.1918641685739306E-2</v>
+        <v>1.1952775903279367E-2</v>
       </c>
       <c r="Q188" s="33">
-        <v>1.1085497155680413E-2</v>
+        <v>1.1350237829596876E-2</v>
       </c>
       <c r="R188" s="33">
-        <v>-9.3477636359394767E-3</v>
+        <v>-9.3737540868985558E-3</v>
       </c>
       <c r="S188" s="33">
-        <v>-5.3563724976724014E-4</v>
+        <v>-5.1847973281027304E-4</v>
       </c>
       <c r="T188" s="33">
-        <v>3.6969802606947599E-3</v>
+        <v>3.735839916410244E-3</v>
       </c>
       <c r="U188" s="33">
-        <v>-1.3084494052713502E-2</v>
+        <v>-1.2925258922609872E-2</v>
       </c>
       <c r="V188" s="33">
-        <v>-5.5123480699290628E-3</v>
+        <v>-5.5280457086210877E-3</v>
       </c>
       <c r="W188" s="33">
-        <v>7.046676553492448E-3</v>
+        <v>7.063952411909824E-3</v>
       </c>
       <c r="X188" s="33">
-        <v>-1.5867232847294188E-3</v>
+        <v>-1.6409268211798889E-3</v>
       </c>
       <c r="Y188" s="33">
-        <v>1.2906240874392072E-2</v>
+        <v>1.2824827849012843E-2</v>
       </c>
       <c r="Z188" s="33">
-        <v>4.0525408920268902E-3</v>
+        <v>4.0215023268188599E-3</v>
       </c>
       <c r="AA188" s="33">
-        <v>1.5355484831983679E-2</v>
+        <v>1.5356209103960294E-2</v>
       </c>
       <c r="AB188" s="33">
-        <v>-2.688512445815805E-3</v>
+        <v>-2.7132972087821061E-3</v>
       </c>
       <c r="AC188" s="34">
-        <v>4.7400961504735495E-3</v>
+        <v>4.7596501330526841E-3</v>
       </c>
     </row>
     <row r="189" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A189" s="1" t="s">
         <v>202</v>
       </c>
       <c r="B189" s="29">
-        <v>282.751317866438</v>
+        <v>282.86961567157601</v>
       </c>
       <c r="C189" s="49">
-        <v>336.22253587808598</v>
+        <v>336.40376254006298</v>
       </c>
       <c r="D189" s="49">
-        <v>326.66402201978599</v>
+        <v>326.66531104812401</v>
       </c>
       <c r="E189" s="49">
-        <v>421.04344067906698</v>
+        <v>421.04843664470599</v>
       </c>
       <c r="F189" s="49">
-        <v>375.17095458577103</v>
+        <v>375.17873881403602</v>
       </c>
       <c r="G189" s="49">
-        <v>456.93678627973901</v>
+        <v>456.95465341606399</v>
       </c>
       <c r="H189" s="49">
-        <v>517.21717821078801</v>
+        <v>517.26534388985999</v>
       </c>
       <c r="I189" s="49">
-        <v>521.20480479143498</v>
+        <v>521.19678904819102</v>
       </c>
       <c r="J189" s="49">
-        <v>693.95358377913396</v>
+        <v>694.354609791862</v>
       </c>
       <c r="K189" s="49">
-        <v>460.89418634641203</v>
+        <v>460.91383385154001</v>
       </c>
       <c r="L189" s="49">
-        <v>340.00266604216</v>
+        <v>339.982548388373</v>
       </c>
       <c r="M189" s="49">
-        <v>286.40765421529198</v>
+        <v>286.40619956311298</v>
       </c>
       <c r="N189" s="49">
-        <v>418.317208675816</v>
+        <v>418.30543042305698</v>
       </c>
       <c r="O189" s="49">
-        <v>437.81585694753301</v>
+        <v>437.82459910876901</v>
       </c>
       <c r="P189" s="50">
-        <v>-8.5443360281389769E-4</v>
+        <v>-3.0760516885064426E-4</v>
       </c>
       <c r="Q189" s="33">
-        <v>2.543428488337196E-2</v>
+        <v>2.6121990853279931E-2</v>
       </c>
       <c r="R189" s="33">
-        <v>2.5576303760047825E-2</v>
+        <v>2.5592131831835951E-2</v>
       </c>
       <c r="S189" s="33">
-        <v>3.0833704011498986E-2</v>
+        <v>3.0837703655703042E-2</v>
       </c>
       <c r="T189" s="33">
-        <v>7.8977481886362E-3</v>
+        <v>7.9055205559563912E-3</v>
       </c>
       <c r="U189" s="33">
-        <v>1.462603224140091E-2</v>
+        <v>1.4599389716503985E-2</v>
       </c>
       <c r="V189" s="33">
-        <v>2.4515391191481051E-2</v>
+        <v>2.4651111949129278E-2</v>
       </c>
       <c r="W189" s="33">
-        <v>5.4387313644559399E-3</v>
+        <v>5.4137892054855197E-3</v>
       </c>
       <c r="X189" s="33">
-        <v>1.1931344698872248E-2</v>
+        <v>1.272490050255537E-2</v>
       </c>
       <c r="Y189" s="33">
-        <v>3.0805981856705245E-3</v>
+        <v>3.1675116252787294E-3</v>
       </c>
       <c r="Z189" s="33">
-        <v>3.319779506835463E-2</v>
+        <v>3.3132203415208172E-2</v>
       </c>
       <c r="AA189" s="33">
-        <v>-1.0065353757846895E-2</v>
+        <v>-1.007646960582298E-2</v>
       </c>
       <c r="AB189" s="33">
-        <v>1.6177326824570848E-2</v>
+        <v>1.6164212119341048E-2</v>
       </c>
       <c r="AC189" s="34">
-        <v>1.3162883272004988E-2</v>
+        <v>1.3178011998663308E-2</v>
       </c>
     </row>
     <row r="190" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A190" s="1" t="s">
         <v>203</v>
       </c>
       <c r="B190" s="29">
-        <v>282.66291366758202</v>
+        <v>282.64983358515298</v>
       </c>
       <c r="C190" s="49">
-        <v>330.20795381325303</v>
+        <v>330.229220301814</v>
       </c>
       <c r="D190" s="49">
-        <v>327.45325550571903</v>
+        <v>327.449847557819</v>
       </c>
       <c r="E190" s="49">
-        <v>413.65596149979598</v>
+        <v>413.65177572619899</v>
       </c>
       <c r="F190" s="49">
-        <v>370.72032204904298</v>
+        <v>370.72545487309498</v>
       </c>
       <c r="G190" s="49">
-        <v>454.87407109944598</v>
+        <v>454.86737327099303</v>
       </c>
       <c r="H190" s="49">
-        <v>516.71873765870703</v>
+        <v>516.70903235977596</v>
       </c>
       <c r="I190" s="49">
-        <v>523.58740794858898</v>
+        <v>523.59163397060695</v>
       </c>
       <c r="J190" s="49">
-        <v>703.65975580928796</v>
+        <v>703.52869384145902</v>
       </c>
       <c r="K190" s="49">
-        <v>463.78572291083901</v>
+        <v>463.75830424481802</v>
       </c>
       <c r="L190" s="49">
-        <v>332.88373020433198</v>
+        <v>332.88955616430798</v>
       </c>
       <c r="M190" s="49">
-        <v>294.191667779017</v>
+        <v>294.18876769720902</v>
       </c>
       <c r="N190" s="49">
-        <v>411.32968159201101</v>
+        <v>411.345118405802</v>
       </c>
       <c r="O190" s="49">
-        <v>436.91994025998599</v>
+        <v>436.91632086611003</v>
       </c>
       <c r="P190" s="50">
-        <v>-3.1265707096628237E-4</v>
+        <v>-7.7697311498525767E-4</v>
       </c>
       <c r="Q190" s="33">
-        <v>-1.7888694013698858E-2</v>
+        <v>-1.835455760550142E-2</v>
       </c>
       <c r="R190" s="33">
-        <v>2.4160404352249198E-3</v>
+        <v>2.4016523431207304E-3</v>
       </c>
       <c r="S190" s="33">
-        <v>-1.754564604392439E-2</v>
+        <v>-1.7567244703365459E-2</v>
       </c>
       <c r="T190" s="33">
-        <v>-1.1862945364845778E-2</v>
+        <v>-1.1869766274651306E-2</v>
       </c>
       <c r="U190" s="33">
-        <v>-4.5142243790156078E-3</v>
+        <v>-4.5678058631574148E-3</v>
       </c>
       <c r="V190" s="33">
-        <v>-9.6369682423391723E-4</v>
+        <v>-1.0754857959370812E-3</v>
       </c>
       <c r="W190" s="33">
-        <v>4.5713376685148077E-3</v>
+        <v>4.594895772073615E-3</v>
       </c>
       <c r="X190" s="33">
-        <v>1.398677412586613E-2</v>
+        <v>1.321239021131726E-2</v>
       </c>
       <c r="Y190" s="33">
-        <v>6.2737536078480982E-3</v>
+        <v>6.1713712723889813E-3</v>
       </c>
       <c r="Z190" s="33">
-        <v>-2.0937882401619978E-2</v>
+        <v>-2.0862812687557297E-2</v>
       </c>
       <c r="AA190" s="33">
-        <v>2.7178091957953621E-2</v>
+        <v>2.7173183213099694E-2</v>
       </c>
       <c r="AB190" s="33">
-        <v>-1.6703895844792149E-2</v>
+        <v>-1.6639305901947288E-2</v>
       </c>
       <c r="AC190" s="34">
-        <v>-2.0463322041219811E-3</v>
+        <v>-2.0745253795877439E-3</v>
       </c>
     </row>
     <row r="191" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A191" s="1" t="s">
         <v>204</v>
       </c>
       <c r="B191" s="29">
-        <v>290.93582509387801</v>
+        <v>290.85253478412898</v>
       </c>
       <c r="C191" s="49">
-        <v>339.33965609574801</v>
+        <v>339.14100135175499</v>
       </c>
       <c r="D191" s="49">
-        <v>331.70808277868201</v>
+        <v>331.71892054412001</v>
       </c>
       <c r="E191" s="49">
-        <v>425.37189177279799</v>
+        <v>425.365784528875</v>
       </c>
       <c r="F191" s="49">
-        <v>382.48055636467001</v>
+        <v>382.44770987340002</v>
       </c>
       <c r="G191" s="49">
-        <v>468.801180755622</v>
+        <v>468.72279142741502</v>
       </c>
       <c r="H191" s="49">
-        <v>531.50657834355002</v>
+        <v>531.48440309413002</v>
       </c>
       <c r="I191" s="49">
-        <v>540.64148681927395</v>
+        <v>540.63635023523796</v>
       </c>
       <c r="J191" s="49">
-        <v>717.25739423886205</v>
+        <v>717.09681459114597</v>
       </c>
       <c r="K191" s="49">
-        <v>478.91091122002001</v>
+        <v>478.959144965137</v>
       </c>
       <c r="L191" s="49">
-        <v>340.12084114665799</v>
+        <v>340.13823347655301</v>
       </c>
       <c r="M191" s="49">
-        <v>290.37159002003602</v>
+        <v>290.37492407935503</v>
       </c>
       <c r="N191" s="49">
-        <v>418.79626100064399</v>
+        <v>418.819660937864</v>
       </c>
       <c r="O191" s="49">
-        <v>445.10514194028201</v>
+        <v>445.09518554664203</v>
       </c>
       <c r="P191" s="50">
-        <v>2.9267763920473477E-2</v>
+        <v>2.9020718303394366E-2</v>
       </c>
       <c r="Q191" s="33">
-        <v>2.7654398317913831E-2</v>
+        <v>2.6986652004314049E-2</v>
       </c>
       <c r="R191" s="33">
-        <v>1.2993693607937562E-2</v>
+        <v>1.3037333863920031E-2</v>
       </c>
       <c r="S191" s="33">
-        <v>2.8322885110910745E-2</v>
+        <v>2.8318526572528535E-2</v>
       </c>
       <c r="T191" s="33">
-        <v>3.17226588783317E-2</v>
+        <v>3.1619773733416068E-2</v>
       </c>
       <c r="U191" s="33">
-        <v>3.0617506121009885E-2</v>
+        <v>3.0460347280541145E-2</v>
       </c>
       <c r="V191" s="33">
-        <v>2.8618742861634683E-2</v>
+        <v>2.8595146995739285E-2</v>
       </c>
       <c r="W191" s="33">
-        <v>3.2571598575112271E-2</v>
+        <v>3.2553454178352759E-2</v>
       </c>
       <c r="X191" s="33">
-        <v>1.9324166711701896E-2</v>
+        <v>1.9285810043654816E-2</v>
       </c>
       <c r="Y191" s="33">
-        <v>3.261244915917505E-2</v>
+        <v>3.2777506259584754E-2</v>
       </c>
       <c r="Z191" s="33">
-        <v>2.1740656828988625E-2</v>
+        <v>2.1775021709203868E-2</v>
       </c>
       <c r="AA191" s="33">
-        <v>-1.2984996440655316E-2</v>
+        <v>-1.2963933489735902E-2</v>
       </c>
       <c r="AB191" s="33">
-        <v>1.8152299099190472E-2</v>
+        <v>1.8170976626707303E-2</v>
       </c>
       <c r="AC191" s="34">
-        <v>1.8733870730242907E-2</v>
+        <v>1.8719521999816413E-2</v>
       </c>
     </row>
     <row r="192" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A192" s="1" t="s">
         <v>205</v>
       </c>
       <c r="B192" s="29">
-        <v>301.38992981864101</v>
+        <v>301.28434925467798</v>
       </c>
       <c r="C192" s="49">
-        <v>353.38724896703798</v>
+        <v>353.38120217435301</v>
       </c>
       <c r="D192" s="49">
-        <v>344.03157225354801</v>
+        <v>344.02389999164899</v>
       </c>
       <c r="E192" s="49">
-        <v>443.73843091143499</v>
+        <v>443.74263269541802</v>
       </c>
       <c r="F192" s="49">
-        <v>399.913951376797</v>
+        <v>399.93191891122899</v>
       </c>
       <c r="G192" s="49">
-        <v>479.46198712290601</v>
+        <v>479.53994056819897</v>
       </c>
       <c r="H192" s="49">
-        <v>545.28152474675801</v>
+        <v>545.24198066732697</v>
       </c>
       <c r="I192" s="49">
-        <v>547.22550203265905</v>
+        <v>547.23501479596996</v>
       </c>
       <c r="J192" s="49">
-        <v>728.17210082399504</v>
+        <v>727.94438124932003</v>
       </c>
       <c r="K192" s="49">
-        <v>489.43397446630303</v>
+        <v>489.39957408486299</v>
       </c>
       <c r="L192" s="49">
-        <v>351.17924079491303</v>
+        <v>351.17246668993499</v>
       </c>
       <c r="M192" s="49">
-        <v>298.66425582107502</v>
+        <v>298.66792477986598</v>
       </c>
       <c r="N192" s="49">
-        <v>435.91499291622301</v>
+        <v>435.86548419832297</v>
       </c>
       <c r="O192" s="49">
-        <v>460.16110636826699</v>
+        <v>460.16337084882201</v>
       </c>
       <c r="P192" s="50">
-        <v>3.5932682822370499E-2</v>
+        <v>3.5866335076954137E-2</v>
       </c>
       <c r="Q192" s="33">
-        <v>4.1396850084996606E-2</v>
+        <v>4.1989027471874829E-2</v>
       </c>
       <c r="R192" s="33">
-        <v>3.7151610451073402E-2</v>
+        <v>3.7094596314690254E-2</v>
       </c>
       <c r="S192" s="33">
-        <v>4.3177604100947509E-2</v>
+        <v>4.3202459706289664E-2</v>
       </c>
       <c r="T192" s="33">
-        <v>4.5579820260210457E-2</v>
+        <v>4.571660016899215E-2</v>
       </c>
       <c r="U192" s="33">
-        <v>2.274057064041668E-2</v>
+        <v>2.3077924390751736E-2</v>
       </c>
       <c r="V192" s="33">
-        <v>2.5916793816810113E-2</v>
+        <v>2.5885195300379138E-2</v>
       </c>
       <c r="W192" s="33">
-        <v>1.217815386703025E-2</v>
+        <v>1.2205366061421641E-2</v>
       </c>
       <c r="X192" s="33">
-        <v>1.521727997898914E-2</v>
+        <v>1.5127060164614958E-2</v>
       </c>
       <c r="Y192" s="33">
-        <v>2.1972903518685083E-2</v>
+        <v>2.1798162180379554E-2</v>
       </c>
       <c r="Z192" s="33">
-        <v>3.2513149182430423E-2</v>
+        <v>3.2440437820238754E-2</v>
       </c>
       <c r="AA192" s="33">
-        <v>2.8558805634073092E-2</v>
+        <v>2.8559631059067003E-2</v>
       </c>
       <c r="AB192" s="33">
-        <v>4.0876038087533706E-2</v>
+        <v>4.0699673034184203E-2</v>
       </c>
       <c r="AC192" s="34">
-        <v>3.3825635808999444E-2</v>
+        <v>3.385384922479906E-2</v>
       </c>
     </row>
     <row r="193" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A193" s="1" t="s">
         <v>206</v>
       </c>
       <c r="B193" s="29">
-        <v>303.48321869436501</v>
+        <v>303.78151242936099</v>
       </c>
       <c r="C193" s="49">
-        <v>359.54497930364602</v>
+        <v>359.76837379563898</v>
       </c>
       <c r="D193" s="49">
-        <v>353.20476152336602</v>
+        <v>353.19554185268601</v>
       </c>
       <c r="E193" s="49">
-        <v>446.20745464677202</v>
+        <v>446.218496059453</v>
       </c>
       <c r="F193" s="49">
-        <v>403.95882721854599</v>
+        <v>403.98320904292001</v>
       </c>
       <c r="G193" s="49">
-        <v>484.38971279346498</v>
+        <v>484.44522371464001</v>
       </c>
       <c r="H193" s="49">
-        <v>554.31738748985094</v>
+        <v>554.413337725612</v>
       </c>
       <c r="I193" s="49">
-        <v>550.27474817083203</v>
+        <v>550.28591704120595</v>
       </c>
       <c r="J193" s="49">
-        <v>726.80917120339097</v>
+        <v>727.47603196222497</v>
       </c>
       <c r="K193" s="49">
-        <v>494.612615410731</v>
+        <v>494.60439536942903</v>
       </c>
       <c r="L193" s="49">
-        <v>364.14040178217903</v>
+        <v>364.11815674031402</v>
       </c>
       <c r="M193" s="49">
-        <v>306.27273179182902</v>
+        <v>306.266292138079</v>
       </c>
       <c r="N193" s="49">
-        <v>450.39412285802098</v>
+        <v>450.39052380694301</v>
       </c>
       <c r="O193" s="49">
-        <v>465.37748737184</v>
+        <v>465.39541618368099</v>
       </c>
       <c r="P193" s="50">
-        <v>6.9454506226656054E-3</v>
+        <v>8.2883932765194235E-3</v>
       </c>
       <c r="Q193" s="33">
-        <v>1.7424879801428261E-2</v>
+        <v>1.8074452127011087E-2</v>
       </c>
       <c r="R193" s="33">
-        <v>2.6663800678902394E-2</v>
+        <v>2.6659897353816575E-2</v>
       </c>
       <c r="S193" s="33">
-        <v>5.5641422138390517E-3</v>
+        <v>5.579503030835431E-3</v>
       </c>
       <c r="T193" s="33">
-        <v>1.0114365422420502E-2</v>
+        <v>1.0129949474201094E-2</v>
       </c>
       <c r="U193" s="33">
-        <v>1.0277614916103461E-2</v>
+        <v>1.0229144084700881E-2</v>
       </c>
       <c r="V193" s="33">
-        <v>1.6571004761786856E-2</v>
+        <v>1.6820709672905387E-2</v>
       </c>
       <c r="W193" s="33">
-        <v>5.5721930481065218E-3</v>
+        <v>5.5751225026663409E-3</v>
       </c>
       <c r="X193" s="33">
-        <v>-1.8717135949891661E-3</v>
+        <v>-6.4338608712288803E-4</v>
       </c>
       <c r="Y193" s="33">
-        <v>1.0580877533225896E-2</v>
+        <v>1.0635116089544372E-2</v>
       </c>
       <c r="Z193" s="33">
-        <v>3.6907537466986051E-2</v>
+        <v>3.68641943156931E-2</v>
       </c>
       <c r="AA193" s="33">
-        <v>2.5475013572806349E-2</v>
+        <v>2.5440854968987514E-2</v>
       </c>
       <c r="AB193" s="33">
-        <v>3.3215489664473852E-2</v>
+        <v>3.3324592414872178E-2</v>
       </c>
       <c r="AC193" s="34">
-        <v>1.1335988486168125E-2</v>
+        <v>1.1369973505731101E-2</v>
       </c>
     </row>
     <row r="194" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A194" s="1" t="s">
         <v>207</v>
       </c>
       <c r="B194" s="29">
-        <v>314.39296921249201</v>
+        <v>314.30076065204798</v>
       </c>
       <c r="C194" s="49">
-        <v>372.75880103745197</v>
+        <v>372.77405703224599</v>
       </c>
       <c r="D194" s="49">
-        <v>362.85441571692701</v>
+        <v>362.85572862373698</v>
       </c>
       <c r="E194" s="49">
-        <v>463.74672526447398</v>
+        <v>463.74034943573997</v>
       </c>
       <c r="F194" s="49">
-        <v>415.74868529637899</v>
+        <v>415.75531383015101</v>
       </c>
       <c r="G194" s="49">
-        <v>498.737299642854</v>
+        <v>498.67950543353697</v>
       </c>
       <c r="H194" s="49">
-        <v>573.36775862924401</v>
+        <v>573.342815258521</v>
       </c>
       <c r="I194" s="49">
-        <v>566.328980314565</v>
+        <v>566.28551322278099</v>
       </c>
       <c r="J194" s="49">
-        <v>754.87284454537598</v>
+        <v>754.62684413536704</v>
       </c>
       <c r="K194" s="49">
-        <v>511.57900217407399</v>
+        <v>511.55300275511598</v>
       </c>
       <c r="L194" s="49">
-        <v>377.32568215491699</v>
+        <v>377.33810869813999</v>
       </c>
       <c r="M194" s="49">
-        <v>315.19927571694302</v>
+        <v>315.194710163553</v>
       </c>
       <c r="N194" s="49">
-        <v>468.19910912010198</v>
+        <v>468.23733727499899</v>
       </c>
       <c r="O194" s="49">
-        <v>481.46714251436998</v>
+        <v>481.45841467249397</v>
       </c>
       <c r="P194" s="50">
-        <v>3.5948447380591775E-2</v>
+        <v>3.4627677433573423E-2</v>
       </c>
       <c r="Q194" s="33">
-        <v>3.6751512312584778E-2</v>
+        <v>3.6150157111905168E-2</v>
       </c>
       <c r="R194" s="33">
-        <v>2.7320283429765224E-2</v>
+        <v>2.7350817398142935E-2</v>
       </c>
       <c r="S194" s="33">
-        <v>3.9307435218863596E-2</v>
+        <v>3.9267429591157921E-2</v>
       </c>
       <c r="T194" s="33">
-        <v>2.9185791430804908E-2</v>
+        <v>2.9140084349348117E-2</v>
       </c>
       <c r="U194" s="33">
-        <v>2.9619924763981453E-2</v>
+        <v>2.9382644357087484E-2</v>
       </c>
       <c r="V194" s="33">
-        <v>3.4367262455287539E-2</v>
+        <v>3.4143257827389251E-2</v>
       </c>
       <c r="W194" s="33">
-        <v>2.9174938877531309E-2</v>
+        <v>2.9075060229784011E-2</v>
       </c>
       <c r="X194" s="33">
-        <v>3.8612161835436698E-2</v>
+        <v>3.7321933617397773E-2</v>
       </c>
       <c r="Y194" s="33">
-        <v>3.4302373685422438E-2</v>
+        <v>3.4266997107916364E-2</v>
       </c>
       <c r="Z194" s="33">
-        <v>3.6209331093738806E-2</v>
+        <v>3.6306763925684438E-2</v>
       </c>
       <c r="AA194" s="33">
-        <v>2.9145735152097396E-2</v>
+        <v>2.9152467165562745E-2</v>
       </c>
       <c r="AB194" s="33">
-        <v>3.9532012871521749E-2</v>
+        <v>3.9625197522374922E-2</v>
       </c>
       <c r="AC194" s="34">
-        <v>3.4573342241787985E-2</v>
+        <v>3.4514732913641932E-2</v>
       </c>
     </row>
     <row r="195" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A195" s="1" t="s">
         <v>208</v>
       </c>
       <c r="B195" s="29">
-        <v>322.13044226978798</v>
+        <v>321.984313420082</v>
       </c>
       <c r="C195" s="49">
-        <v>381.23469756385401</v>
+        <v>380.932272638303</v>
       </c>
       <c r="D195" s="49">
-        <v>369.96720081972802</v>
+        <v>369.999541581855</v>
       </c>
       <c r="E195" s="49">
-        <v>470.79222167008601</v>
+        <v>470.77748468476801</v>
       </c>
       <c r="F195" s="49">
-        <v>420.443570066289</v>
+        <v>420.37055871925298</v>
       </c>
       <c r="G195" s="49">
-        <v>510.98141820131701</v>
+        <v>510.830436068643</v>
       </c>
       <c r="H195" s="49">
-        <v>583.46905622977795</v>
+        <v>583.43168278558301</v>
       </c>
       <c r="I195" s="49">
-        <v>577.62149429390001</v>
+        <v>577.64964931074303</v>
       </c>
       <c r="J195" s="49">
-        <v>747.64236952157103</v>
+        <v>747.37628324133505</v>
       </c>
       <c r="K195" s="49">
-        <v>526.39365958291103</v>
+        <v>526.50821030428699</v>
       </c>
       <c r="L195" s="49">
-        <v>391.88240977295101</v>
+        <v>391.91179007394197</v>
       </c>
       <c r="M195" s="49">
-        <v>323.94124051533203</v>
+        <v>323.94888329315597</v>
       </c>
       <c r="N195" s="49">
-        <v>478.685615767245</v>
+        <v>478.73723581714398</v>
       </c>
       <c r="O195" s="49">
-        <v>491.24456927711901</v>
+        <v>491.226153475903</v>
       </c>
       <c r="P195" s="50">
-        <v>2.46108336222568E-2</v>
+        <v>2.4446497527061961E-2</v>
       </c>
       <c r="Q195" s="33">
-        <v>2.2738286803188013E-2</v>
+        <v>2.1885148529398046E-2</v>
       </c>
       <c r="R195" s="33">
-        <v>1.9602310995024297E-2</v>
+        <v>1.9687750239505863E-2</v>
       </c>
       <c r="S195" s="33">
-        <v>1.5192552360545397E-2</v>
+        <v>1.5174731415091625E-2</v>
       </c>
       <c r="T195" s="33">
-        <v>1.1292602805377694E-2</v>
+        <v>1.1100868072097425E-2</v>
       </c>
       <c r="U195" s="33">
-        <v>2.455023630121711E-2</v>
+        <v>2.4366212171768264E-2</v>
       </c>
       <c r="V195" s="33">
-        <v>1.7617484500145553E-2</v>
+        <v>1.7596570949464097E-2</v>
       </c>
       <c r="W195" s="33">
-        <v>1.9939848342323208E-2</v>
+        <v>2.0067855918276534E-2</v>
       </c>
       <c r="X195" s="33">
-        <v>-9.5784012844699618E-3</v>
+        <v>-9.608140699446599E-3</v>
       </c>
       <c r="Y195" s="33">
-        <v>2.8958689363477896E-2</v>
+        <v>2.9234913036626509E-2</v>
       </c>
       <c r="Z195" s="33">
-        <v>3.8578682306754652E-2</v>
+        <v>3.862234171386203E-2</v>
       </c>
       <c r="AA195" s="33">
-        <v>2.773472362366558E-2</v>
+        <v>2.7773858022745568E-2</v>
       </c>
       <c r="AB195" s="33">
-        <v>2.2397536524259021E-2</v>
+        <v>2.2424308585153208E-2</v>
       </c>
       <c r="AC195" s="34">
-        <v>2.0307568054775738E-2</v>
+        <v>2.0287814078508548E-2</v>
       </c>
     </row>
     <row r="196" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A196" s="1" t="s">
         <v>209</v>
       </c>
       <c r="B196" s="29">
-        <v>324.38799451019099</v>
+        <v>324.22883785506502</v>
       </c>
       <c r="C196" s="49">
-        <v>391.55123850670799</v>
+        <v>391.62045095004697</v>
       </c>
       <c r="D196" s="49">
-        <v>382.63957118450099</v>
+        <v>382.62692204583601</v>
       </c>
       <c r="E196" s="49">
-        <v>489.96394771231598</v>
+        <v>489.96682168719502</v>
       </c>
       <c r="F196" s="49">
-        <v>437.503160005371</v>
+        <v>437.514335126123</v>
       </c>
       <c r="G196" s="49">
-        <v>529.52641795010095</v>
+        <v>529.69234911091701</v>
       </c>
       <c r="H196" s="49">
-        <v>607.19732860891395</v>
+        <v>607.13506950039505</v>
       </c>
       <c r="I196" s="49">
-        <v>595.42155843657395</v>
+        <v>595.43811641853199</v>
       </c>
       <c r="J196" s="49">
-        <v>759.26340422282703</v>
+        <v>759.00153210253802</v>
       </c>
       <c r="K196" s="49">
-        <v>545.79522733861904</v>
+        <v>545.73729637718395</v>
       </c>
       <c r="L196" s="49">
-        <v>407.23552100586397</v>
+        <v>407.20739279384901</v>
       </c>
       <c r="M196" s="49">
-        <v>328.956017654905</v>
+        <v>328.96967267689001</v>
       </c>
       <c r="N196" s="49">
-        <v>488.17115253404802</v>
+        <v>488.067071431866</v>
       </c>
       <c r="O196" s="49">
-        <v>506.97335829921701</v>
+        <v>506.97943635358303</v>
       </c>
       <c r="P196" s="50">
-        <v>7.0081927820788703E-3</v>
+        <v>6.9709123750221202E-3</v>
       </c>
       <c r="Q196" s="33">
-        <v>2.7060865678748991E-2</v>
+        <v>2.8057949088216017E-2</v>
       </c>
       <c r="R196" s="33">
-        <v>3.4252686012963052E-2</v>
+        <v>3.4128097591676232E-2</v>
       </c>
       <c r="S196" s="33">
-        <v>4.0722265916417033E-2</v>
+        <v>4.0760948912576422E-2</v>
       </c>
       <c r="T196" s="33">
-        <v>4.0575219015460906E-2</v>
+        <v>4.0782533532086829E-2</v>
       </c>
       <c r="U196" s="33">
-        <v>3.6292904376177493E-2</v>
+        <v>3.6924019616833226E-2</v>
       </c>
       <c r="V196" s="33">
-        <v>4.066757632780349E-2</v>
+        <v>4.0627527462411273E-2</v>
       </c>
       <c r="W196" s="33">
-        <v>3.0816138801124771E-2</v>
+        <v>3.0794560559353368E-2</v>
       </c>
       <c r="X196" s="33">
-        <v>1.5543574274278438E-2</v>
+        <v>1.555474681479696E-2</v>
       </c>
       <c r="Y196" s="33">
-        <v>3.685752554671895E-2</v>
+        <v>3.6521911143197139E-2</v>
       </c>
       <c r="Z196" s="33">
-        <v>3.9177852462957574E-2</v>
+        <v>3.9028177021725341E-2</v>
       </c>
       <c r="AA196" s="33">
-        <v>1.5480514711851301E-2</v>
+        <v>1.5498708724334564E-2</v>
       </c>
       <c r="AB196" s="33">
-        <v>1.9815796536103214E-2</v>
+        <v>1.9488426879511911E-2</v>
       </c>
       <c r="AC196" s="34">
-        <v>3.2018245097840792E-2</v>
+        <v>3.2069308130705521E-2</v>
       </c>
     </row>
     <row r="197" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A197" s="1" t="s">
         <v>210</v>
       </c>
       <c r="B197" s="29">
-        <v>336.20948279691902</v>
+        <v>336.75127149168401</v>
       </c>
       <c r="C197" s="49">
-        <v>408.10877473673298</v>
+        <v>408.39513451141602</v>
       </c>
       <c r="D197" s="49">
-        <v>396.89130774428298</v>
+        <v>396.841174918055</v>
       </c>
       <c r="E197" s="49">
-        <v>506.02246463121099</v>
+        <v>506.05082401640198</v>
       </c>
       <c r="F197" s="49">
-        <v>451.06405228753999</v>
+        <v>451.186499403536</v>
       </c>
       <c r="G197" s="49">
-        <v>553.04744066058504</v>
+        <v>553.18816065940905</v>
       </c>
       <c r="H197" s="49">
-        <v>625.18927802255098</v>
+        <v>625.33610538800099</v>
       </c>
       <c r="I197" s="49">
-        <v>613.16499109842505</v>
+        <v>613.17920753489</v>
       </c>
       <c r="J197" s="49">
-        <v>780.09577891926995</v>
+        <v>781.03130553650203</v>
       </c>
       <c r="K197" s="49">
-        <v>565.80877325773895</v>
+        <v>565.71791450590001</v>
       </c>
       <c r="L197" s="49">
-        <v>419.81932286701698</v>
+        <v>419.79174370011498</v>
       </c>
       <c r="M197" s="49">
-        <v>342.82851541441499</v>
+        <v>342.80889948230799</v>
       </c>
       <c r="N197" s="49">
-        <v>502.02688145298498</v>
+        <v>501.97162962069501</v>
       </c>
       <c r="O197" s="49">
-        <v>523.81369063714499</v>
+        <v>523.84725569415104</v>
       </c>
       <c r="P197" s="50">
-        <v>3.6442434636269061E-2</v>
+        <v>3.8622208065948405E-2</v>
       </c>
       <c r="Q197" s="33">
-        <v>4.228702300412035E-2</v>
+        <v>4.283403361768956E-2</v>
       </c>
       <c r="R197" s="33">
-        <v>3.724585127373059E-2</v>
+        <v>3.7149118510056756E-2</v>
       </c>
       <c r="S197" s="33">
-        <v>3.2774894956809852E-2</v>
+        <v>3.2826717274083705E-2</v>
       </c>
       <c r="T197" s="33">
-        <v>3.0996101335593718E-2</v>
+        <v>3.1249637279820108E-2</v>
       </c>
       <c r="U197" s="33">
-        <v>4.4418978757544414E-2</v>
+        <v>4.4357468232134156E-2</v>
       </c>
       <c r="V197" s="33">
-        <v>2.9631140596182215E-2</v>
+        <v>2.9978561282225646E-2</v>
       </c>
       <c r="W197" s="33">
-        <v>2.9799782037521316E-2</v>
+        <v>2.9795020888262691E-2</v>
       </c>
       <c r="X197" s="33">
-        <v>2.743761200734629E-2</v>
+        <v>2.9024675843457803E-2</v>
       </c>
       <c r="Y197" s="33">
-        <v>3.6668598251965223E-2</v>
+        <v>3.6612154348539372E-2</v>
       </c>
       <c r="Z197" s="33">
-        <v>3.0900550693788276E-2</v>
+        <v>3.090403349488513E-2</v>
       </c>
       <c r="AA197" s="33">
-        <v>4.2171284351037785E-2</v>
+        <v>4.206839704342813E-2</v>
       </c>
       <c r="AB197" s="33">
-        <v>2.8382932598563615E-2</v>
+        <v>2.8489031534203901E-2</v>
       </c>
       <c r="AC197" s="34">
-        <v>3.3217391135549112E-2</v>
+        <v>3.327121009461198E-2</v>
       </c>
     </row>
     <row r="198" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A198" s="1" t="s">
         <v>211</v>
       </c>
       <c r="B198" s="29">
-        <v>347.93286111866502</v>
+        <v>347.73234353349</v>
       </c>
       <c r="C198" s="49">
-        <v>416.10681518215398</v>
+        <v>416.08109424207998</v>
       </c>
       <c r="D198" s="49">
-        <v>411.114341136684</v>
+        <v>411.10363181396002</v>
       </c>
       <c r="E198" s="49">
-        <v>515.950025926129</v>
+        <v>515.95438339708596</v>
       </c>
       <c r="F198" s="49">
-        <v>464.71299352436301</v>
+        <v>464.66486051144898</v>
       </c>
       <c r="G198" s="49">
-        <v>569.07466460414901</v>
+        <v>568.96460212099203</v>
       </c>
       <c r="H198" s="49">
-        <v>636.86605989458099</v>
+        <v>636.85162284149396</v>
       </c>
       <c r="I198" s="49">
-        <v>622.53758539546004</v>
+        <v>622.42339001810103</v>
       </c>
       <c r="J198" s="49">
-        <v>799.97542762569003</v>
+        <v>799.62864416326795</v>
       </c>
       <c r="K198" s="49">
-        <v>586.005517550185</v>
+        <v>585.95818020457705</v>
       </c>
       <c r="L198" s="49">
-        <v>427.46892258697198</v>
+        <v>427.49464721403098</v>
       </c>
       <c r="M198" s="49">
-        <v>345.13320403357199</v>
+        <v>345.112985295702</v>
       </c>
       <c r="N198" s="49">
-        <v>518.68022450689898</v>
+        <v>518.84259360414399</v>
       </c>
       <c r="O198" s="49">
-        <v>536.19318015036595</v>
+        <v>536.17683420332503</v>
       </c>
       <c r="P198" s="50">
-        <v>3.4869267291985473E-2</v>
+        <v>3.2608851016846518E-2</v>
       </c>
       <c r="Q198" s="33">
-        <v>1.9597815436780186E-2</v>
+        <v>1.881991013399098E-2</v>
       </c>
       <c r="R198" s="33">
-        <v>3.5836091934683845E-2</v>
+        <v>3.5939962376258183E-2</v>
       </c>
       <c r="S198" s="33">
-        <v>1.9618815346771568E-2</v>
+        <v>1.9570286047717156E-2</v>
       </c>
       <c r="T198" s="33">
-        <v>3.0259430268502641E-2</v>
+        <v>2.9873148078967793E-2</v>
       </c>
       <c r="U198" s="33">
-        <v>2.8979835661874453E-2</v>
+        <v>2.8519123480114317E-2</v>
       </c>
       <c r="V198" s="33">
-        <v>1.8677194703279554E-2</v>
+        <v>1.8414924956792644E-2</v>
       </c>
       <c r="W198" s="33">
-        <v>1.5285599199401201E-2</v>
+        <v>1.5075825092593309E-2</v>
       </c>
       <c r="X198" s="33">
-        <v>2.5483599890722353E-2</v>
+        <v>2.3811258902088683E-2</v>
       </c>
       <c r="Y198" s="33">
-        <v>3.5695353707861255E-2</v>
+        <v>3.5778017947964313E-2</v>
       </c>
       <c r="Z198" s="33">
-        <v>1.8221171116457047E-2</v>
+        <v>1.8349344953812796E-2</v>
       </c>
       <c r="AA198" s="33">
-        <v>6.7225697849873089E-3</v>
+        <v>6.7211960275055382E-3</v>
       </c>
       <c r="AB198" s="33">
-        <v>3.3172213817943996E-2</v>
+        <v>3.3609397400002905E-2</v>
       </c>
       <c r="AC198" s="34">
-        <v>2.3633382888796017E-2</v>
+        <v>2.3536590819467129E-2</v>
       </c>
     </row>
     <row r="199" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A199" s="1" t="s">
         <v>212</v>
       </c>
       <c r="B199" s="29">
-        <v>347.67426105863598</v>
+        <v>347.39014595418098</v>
       </c>
       <c r="C199" s="49">
-        <v>423.867784313931</v>
+        <v>423.443073310062</v>
       </c>
       <c r="D199" s="49">
-        <v>412.074177663912</v>
+        <v>412.21756854805102</v>
       </c>
       <c r="E199" s="49">
-        <v>529.57368584670303</v>
+        <v>529.513546806921</v>
       </c>
       <c r="F199" s="49">
-        <v>471.17923779972699</v>
+        <v>471.042808819149</v>
       </c>
       <c r="G199" s="49">
-        <v>569.05305479000504</v>
+        <v>568.66678294227404</v>
       </c>
       <c r="H199" s="49">
-        <v>644.25303426865798</v>
+        <v>644.14524287559004</v>
       </c>
       <c r="I199" s="49">
-        <v>625.88853317898497</v>
+        <v>625.99918738289296</v>
       </c>
       <c r="J199" s="49">
-        <v>798.11219139285299</v>
+        <v>797.70443906143703</v>
       </c>
       <c r="K199" s="49">
-        <v>592.66926482736005</v>
+        <v>592.99736435493605</v>
       </c>
       <c r="L199" s="49">
-        <v>439.07773372703599</v>
+        <v>439.13715172570699</v>
       </c>
       <c r="M199" s="49">
-        <v>349.26235975803502</v>
+        <v>349.29218672841898</v>
       </c>
       <c r="N199" s="49">
-        <v>527.11685757065095</v>
+        <v>527.15183687540502</v>
       </c>
       <c r="O199" s="49">
-        <v>542.469650379614</v>
+        <v>542.42665609877304</v>
       </c>
       <c r="P199" s="50">
-        <v>-7.4324701379913094E-4</v>
+        <v>-9.8408326309762373E-4</v>
       </c>
       <c r="Q199" s="33">
-        <v>1.8651386731985076E-2</v>
+        <v>1.7693615907717231E-2</v>
       </c>
       <c r="R199" s="33">
-        <v>2.334719155197007E-3</v>
+        <v>2.7096251355791523E-3</v>
       </c>
       <c r="S199" s="33">
-        <v>2.6404999003768914E-2</v>
+        <v>2.6279771712685918E-2</v>
       </c>
       <c r="T199" s="33">
-        <v>1.3914489944264918E-2</v>
+        <v>1.3725910542665032E-2</v>
       </c>
       <c r="U199" s="33">
-        <v>-3.7973600808594021E-5</v>
+        <v>-5.2344061055431546E-4</v>
       </c>
       <c r="V199" s="33">
-        <v>1.1598944957593949E-2</v>
+        <v>1.1452620630145516E-2</v>
       </c>
       <c r="W199" s="33">
-        <v>5.3827236493622088E-3</v>
+        <v>5.7449598169629912E-3</v>
       </c>
       <c r="X199" s="33">
-        <v>-2.3291168309594878E-3</v>
+        <v>-2.4063734032995221E-3</v>
       </c>
       <c r="Y199" s="33">
-        <v>1.1371475314828183E-2</v>
+        <v>1.2013116956403502E-2</v>
       </c>
       <c r="Z199" s="33">
-        <v>2.7157087981529493E-2</v>
+        <v>2.7234269686298607E-2</v>
       </c>
       <c r="AA199" s="33">
-        <v>1.1963948053115736E-2</v>
+        <v>1.2109661504437819E-2</v>
       </c>
       <c r="AB199" s="33">
-        <v>1.6265576872094067E-2</v>
+        <v>1.6014959784895089E-2</v>
       </c>
       <c r="AC199" s="34">
-        <v>1.1705613688499206E-2</v>
+        <v>1.1656269903443928E-2</v>
       </c>
     </row>
     <row r="200" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A200" s="1" t="s">
         <v>213</v>
       </c>
       <c r="B200" s="29">
-        <v>343.734989357882</v>
+        <v>343.60933040733499</v>
       </c>
       <c r="C200" s="49">
-        <v>409.66866905848298</v>
+        <v>409.836030476573</v>
       </c>
       <c r="D200" s="49">
-        <v>405.35177955451701</v>
+        <v>405.29437351987798</v>
       </c>
       <c r="E200" s="49">
-        <v>515.96903874003897</v>
+        <v>515.967827007506</v>
       </c>
       <c r="F200" s="49">
-        <v>464.60997057880201</v>
+        <v>464.62482845146701</v>
       </c>
       <c r="G200" s="49">
-        <v>564.39883103210298</v>
+        <v>564.75791759995002</v>
       </c>
       <c r="H200" s="49">
-        <v>633.53122155897097</v>
+        <v>633.52001313808898</v>
       </c>
       <c r="I200" s="49">
-        <v>620.48918271602895</v>
+        <v>620.50929609479897</v>
       </c>
       <c r="J200" s="49">
-        <v>790.47020041801295</v>
+        <v>790.21722460406204</v>
       </c>
       <c r="K200" s="49">
-        <v>569.951094133129</v>
+        <v>569.81535350106503</v>
       </c>
       <c r="L200" s="49">
-        <v>426.16988527068099</v>
+        <v>426.09544746092098</v>
       </c>
       <c r="M200" s="49">
-        <v>339.68270982435399</v>
+        <v>339.70874540014199</v>
       </c>
       <c r="N200" s="49">
-        <v>514.18279902840197</v>
+        <v>513.992730579919</v>
       </c>
       <c r="O200" s="49">
-        <v>531.21957391785395</v>
+        <v>531.23959123373402</v>
       </c>
       <c r="P200" s="50">
-        <v>-1.1330351832083418E-2</v>
+        <v>-1.0883485299967743E-2</v>
       </c>
       <c r="Q200" s="33">
-        <v>-3.349892532745935E-2</v>
+        <v>-3.2134290749220473E-2</v>
       </c>
       <c r="R200" s="33">
-        <v>-1.6313563124738639E-2</v>
+        <v>-1.6795002339561882E-2</v>
       </c>
       <c r="S200" s="33">
-        <v>-2.5689809501981631E-2</v>
+        <v>-2.5581441459049614E-2</v>
       </c>
       <c r="T200" s="33">
-        <v>-1.3942183130991936E-2</v>
+        <v>-1.3625046911916905E-2</v>
       </c>
       <c r="U200" s="33">
-        <v>-8.1788924929321327E-3</v>
+        <v>-6.8737360077540943E-3</v>
       </c>
       <c r="V200" s="33">
-        <v>-1.6642238591639935E-2</v>
+        <v>-1.6495083764133667E-2</v>
       </c>
       <c r="W200" s="33">
-        <v>-8.6266965709242971E-3</v>
+        <v>-8.7698057741025792E-3</v>
       </c>
       <c r="X200" s="33">
-        <v>-9.5750836251522475E-3</v>
+        <v>-9.3859505986757519E-3</v>
       </c>
       <c r="Y200" s="33">
-        <v>-3.8331953489858628E-2</v>
+        <v>-3.9092940790872555E-2</v>
       </c>
       <c r="Z200" s="33">
-        <v>-2.9397638424497052E-2</v>
+        <v>-2.9698476235807236E-2</v>
       </c>
       <c r="AA200" s="33">
-        <v>-2.7428234580782473E-2</v>
+        <v>-2.7436746919644928E-2</v>
       </c>
       <c r="AB200" s="33">
-        <v>-2.453736464027878E-2</v>
+        <v>-2.4962649041468166E-2</v>
       </c>
       <c r="AC200" s="34">
-        <v>-2.0738628334114884E-2</v>
+        <v>-2.0624106022919975E-2</v>
       </c>
     </row>
     <row r="201" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A201" s="1" t="s">
         <v>214</v>
       </c>
       <c r="B201" s="29">
-        <v>334.64842976994498</v>
+        <v>335.37985445382401</v>
       </c>
       <c r="C201" s="49">
-        <v>401.81666823899297</v>
+        <v>402.14238977826898</v>
       </c>
       <c r="D201" s="49">
-        <v>395.25104852073798</v>
+        <v>395.12840451735099</v>
       </c>
       <c r="E201" s="49">
-        <v>507.62688407884502</v>
+        <v>507.69440975536901</v>
       </c>
       <c r="F201" s="49">
-        <v>457.18061151870802</v>
+        <v>457.42603638637598</v>
       </c>
       <c r="G201" s="49">
-        <v>542.18926307505797</v>
+        <v>542.456434909118</v>
       </c>
       <c r="H201" s="49">
-        <v>614.86300588395</v>
+        <v>614.99700283011703</v>
       </c>
       <c r="I201" s="49">
-        <v>605.11597684952005</v>
+        <v>605.10226066305995</v>
       </c>
       <c r="J201" s="49">
-        <v>769.05608517373503</v>
+        <v>770.13309498844899</v>
       </c>
       <c r="K201" s="49">
-        <v>567.74681361545902</v>
+        <v>567.50625129961702</v>
       </c>
       <c r="L201" s="49">
-        <v>416.75799791580801</v>
+        <v>416.73019012545097</v>
       </c>
       <c r="M201" s="49">
-        <v>331.89561162129701</v>
+        <v>331.86372468447001</v>
       </c>
       <c r="N201" s="49">
-        <v>509.521233096309</v>
+        <v>509.42700858671498</v>
       </c>
       <c r="O201" s="49">
-        <v>518.04967230641796</v>
+        <v>518.10678738961894</v>
       </c>
       <c r="P201" s="50">
-        <v>-2.6434782228341835E-2</v>
+        <v>-2.395009455580055E-2</v>
       </c>
       <c r="Q201" s="33">
-        <v>-1.9166710594529457E-2</v>
+        <v>-1.87724849114842E-2</v>
       </c>
       <c r="R201" s="33">
-        <v>-2.4918432687972336E-2</v>
+        <v>-2.5082926550985984E-2</v>
       </c>
       <c r="S201" s="33">
-        <v>-1.6167936513332148E-2</v>
+        <v>-1.6034754143724239E-2</v>
       </c>
       <c r="T201" s="33">
-        <v>-1.5990528681161575E-2</v>
+        <v>-1.5493773953242362E-2</v>
       </c>
       <c r="U201" s="33">
-        <v>-3.9350839753567346E-2</v>
+        <v>-3.9488570227765085E-2</v>
       </c>
       <c r="V201" s="33">
-        <v>-2.9466922923045313E-2</v>
+        <v>-2.9238240187898334E-2</v>
       </c>
       <c r="W201" s="33">
-        <v>-2.4775945003934985E-2</v>
+        <v>-2.4829660939334586E-2</v>
       </c>
       <c r="X201" s="33">
-        <v>-2.7090351075794938E-2</v>
+        <v>-2.5415960308478702E-2</v>
       </c>
       <c r="Y201" s="33">
-        <v>-3.8674906327228475E-3</v>
+        <v>-4.0523692232236064E-3</v>
       </c>
       <c r="Z201" s="33">
-        <v>-2.2084825043175105E-2</v>
+        <v>-2.1979247587077144E-2</v>
       </c>
       <c r="AA201" s="33">
-        <v>-2.2924623414255052E-2</v>
+        <v>-2.3093372843349558E-2</v>
       </c>
       <c r="AB201" s="33">
-        <v>-9.0659701975668305E-3</v>
+        <v>-8.8828532420150985E-3</v>
       </c>
       <c r="AC201" s="34">
-        <v>-2.4791822926074181E-2</v>
+        <v>-2.4721056300822553E-2</v>
       </c>
     </row>
     <row r="202" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A202" s="1" t="s">
         <v>215</v>
       </c>
       <c r="B202" s="29">
-        <v>336.72856044912999</v>
+        <v>336.433688052881</v>
       </c>
       <c r="C202" s="49">
-        <v>402.60986425527398</v>
+        <v>402.56068696583702</v>
       </c>
       <c r="D202" s="49">
-        <v>394.48509836265703</v>
+        <v>394.491974960628</v>
       </c>
       <c r="E202" s="49">
-        <v>510.01384737520698</v>
+        <v>510.07553882740598</v>
       </c>
       <c r="F202" s="49">
-        <v>455.779129324932</v>
+        <v>455.67917104726399</v>
       </c>
       <c r="G202" s="49">
-        <v>542.24760237203395</v>
+        <v>542.08166093289003</v>
       </c>
       <c r="H202" s="49">
-        <v>613.667428177837</v>
+        <v>613.67418919385398</v>
       </c>
       <c r="I202" s="49">
-        <v>604.58713084218198</v>
+        <v>604.40654596878596</v>
       </c>
       <c r="J202" s="49">
-        <v>765.250182284836</v>
+        <v>764.88286213864706</v>
       </c>
       <c r="K202" s="49">
-        <v>562.57857314599505</v>
+        <v>562.57942659444802</v>
       </c>
       <c r="L202" s="49">
-        <v>420.03861364962802</v>
+        <v>420.08469581211199</v>
       </c>
       <c r="M202" s="49">
-        <v>340.10904321738099</v>
+        <v>340.08405594014999</v>
       </c>
       <c r="N202" s="49">
-        <v>522.18956429403397</v>
+        <v>522.50938415960798</v>
       </c>
       <c r="O202" s="49">
-        <v>519.52142051828298</v>
+        <v>519.51877346823005</v>
       </c>
       <c r="P202" s="50">
-        <v>6.2158686374682581E-3</v>
+        <v>3.1422090058843555E-3</v>
       </c>
       <c r="Q202" s="33">
-        <v>1.974024670895913E-3</v>
+        <v>1.0401718351520373E-3</v>
       </c>
       <c r="R202" s="33">
-        <v>-1.937882672158886E-3</v>
+        <v>-1.6106904728866445E-3</v>
       </c>
       <c r="S202" s="33">
-        <v>4.7022003192234152E-3</v>
+        <v>4.6900832987000207E-3</v>
       </c>
       <c r="T202" s="33">
-        <v>-3.0654891271972851E-3</v>
+        <v>-3.818902292733628E-3</v>
       </c>
       <c r="U202" s="33">
-        <v>1.0759950620409242E-4</v>
+        <v>-6.9088308684317479E-4</v>
       </c>
       <c r="V202" s="33">
-        <v>-1.9444619283838227E-3</v>
+        <v>-2.1509269641569739E-3</v>
       </c>
       <c r="W202" s="33">
-        <v>-8.7395809658086243E-4</v>
+        <v>-1.1497473063670771E-3</v>
       </c>
       <c r="X202" s="33">
-        <v>-4.9487975744177959E-3</v>
+        <v>-6.81730584488216E-3</v>
       </c>
       <c r="Y202" s="33">
-        <v>-9.1030726118076499E-3</v>
+        <v>-8.6815338049339719E-3</v>
       </c>
       <c r="Z202" s="33">
-        <v>7.8717523124360866E-3</v>
+        <v>8.04958643781295E-3</v>
       </c>
       <c r="AA202" s="33">
-        <v>2.4747032827465487E-2</v>
+        <v>2.4770201273115022E-2</v>
       </c>
       <c r="AB202" s="33">
-        <v>2.4863205642561281E-2</v>
+        <v>2.568056925208384E-2</v>
       </c>
       <c r="AC202" s="34">
-        <v>2.8409403393938604E-3</v>
+        <v>2.7252800252339782E-3</v>
       </c>
     </row>
     <row r="203" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A203" s="1" t="s">
         <v>216</v>
       </c>
       <c r="B203" s="29">
-        <v>340.48844074109599</v>
+        <v>340.048021402541</v>
       </c>
       <c r="C203" s="49">
-        <v>401.48276313801</v>
+        <v>400.94642942309298</v>
       </c>
       <c r="D203" s="49">
-        <v>397.66452538035401</v>
+        <v>397.90243249727098</v>
       </c>
       <c r="E203" s="49">
-        <v>501.03267966944799</v>
+        <v>500.89031896134401</v>
       </c>
       <c r="F203" s="49">
-        <v>459.82962294254099</v>
+        <v>459.641191067129</v>
       </c>
       <c r="G203" s="49">
-        <v>537.91863923052597</v>
+        <v>537.24814587751098</v>
       </c>
       <c r="H203" s="49">
-        <v>609.82984561950605</v>
+        <v>609.64809093800704</v>
       </c>
       <c r="I203" s="49">
-        <v>598.21579329997201</v>
+        <v>598.405436319606</v>
       </c>
       <c r="J203" s="49">
-        <v>768.16547732574804</v>
+        <v>767.65381528148703</v>
       </c>
       <c r="K203" s="49">
-        <v>556.16207986113</v>
+        <v>556.62583068387903</v>
       </c>
       <c r="L203" s="49">
-        <v>415.26421787554</v>
+        <v>415.33933419585298</v>
       </c>
       <c r="M203" s="49">
-        <v>334.83992519079101</v>
+        <v>334.86213385410701</v>
       </c>
       <c r="N203" s="49">
-        <v>517.58529984255495</v>
+        <v>517.660826890159</v>
       </c>
       <c r="O203" s="49">
-        <v>517.10604665269398</v>
+        <v>517.001481218751</v>
       </c>
       <c r="P203" s="50">
-        <v>1.1165908490064158E-2</v>
+        <v>1.0743077991321348E-2</v>
       </c>
       <c r="Q203" s="33">
-        <v>-2.7994870899371582E-3</v>
+        <v>-4.0099731419651619E-3</v>
       </c>
       <c r="R203" s="33">
-        <v>8.0596885177499633E-3</v>
+        <v>8.6451886302207903E-3</v>
       </c>
       <c r="S203" s="33">
-        <v>-1.7609654624047399E-2</v>
+        <v>-1.8007567834320226E-2</v>
       </c>
       <c r="T203" s="33">
-        <v>8.8869659819841296E-3</v>
+        <v>8.6947577848670576E-3</v>
       </c>
       <c r="U203" s="33">
-        <v>-7.9833698158758848E-3</v>
+        <v>-8.9165810314646432E-3</v>
       </c>
       <c r="V203" s="33">
-        <v>-6.2535216668185845E-3</v>
+        <v>-6.5606446005750385E-3</v>
       </c>
       <c r="W203" s="33">
-        <v>-1.0538328087358995E-2</v>
+        <v>-9.9289289456006014E-3</v>
       </c>
       <c r="X203" s="33">
-        <v>3.8095973165372943E-3</v>
+        <v>3.6227156862846943E-3</v>
       </c>
       <c r="Y203" s="33">
-        <v>-1.1405505988227316E-2</v>
+        <v>-1.0582676203800823E-2</v>
       </c>
       <c r="Z203" s="33">
-        <v>-1.1366563975164778E-2</v>
+        <v>-1.1296202083927898E-2</v>
       </c>
       <c r="AA203" s="33">
-        <v>-1.549243729818206E-2</v>
+        <v>-1.5354798305986961E-2</v>
       </c>
       <c r="AB203" s="33">
-        <v>-8.8172280074261256E-3</v>
+        <v>-9.2793687853994777E-3</v>
       </c>
       <c r="AC203" s="34">
-        <v>-4.6492286365774627E-3</v>
+        <v>-4.8454307679277608E-3</v>
       </c>
     </row>
     <row r="204" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A204" s="1" t="s">
         <v>217</v>
       </c>
       <c r="B204" s="29">
-        <v>340.71347217663799</v>
+        <v>340.699057334261</v>
       </c>
       <c r="C204" s="49">
-        <v>407.833855181876</v>
+        <v>408.117094973863</v>
       </c>
       <c r="D204" s="49">
-        <v>401.20108623168898</v>
+        <v>401.10125305592902</v>
       </c>
       <c r="E204" s="49">
-        <v>499.54759007880602</v>
+        <v>499.50364825798499</v>
       </c>
       <c r="F204" s="49">
-        <v>451.62508877517001</v>
+        <v>451.60009984086798</v>
       </c>
       <c r="G204" s="49">
-        <v>534.86710903794005</v>
+        <v>535.45477976381596</v>
       </c>
       <c r="H204" s="49">
-        <v>605.47368997774402</v>
+        <v>605.54333529683095</v>
       </c>
       <c r="I204" s="49">
-        <v>598.15712258368501</v>
+        <v>598.21282814992105</v>
       </c>
       <c r="J204" s="49">
-        <v>771.39691456674905</v>
+        <v>771.12075317838196</v>
       </c>
       <c r="K204" s="49">
-        <v>553.73667415261002</v>
+        <v>553.55858097662997</v>
       </c>
       <c r="L204" s="49">
-        <v>418.284637666023</v>
+        <v>418.18017961822602</v>
       </c>
       <c r="M204" s="49">
-        <v>341.27044411844702</v>
+        <v>341.31445679346399</v>
       </c>
       <c r="N204" s="49">
-        <v>536.88773381485896</v>
+        <v>536.49195530710995</v>
       </c>
       <c r="O204" s="49">
-        <v>519.01814969514498</v>
+        <v>519.04980756184204</v>
       </c>
       <c r="P204" s="50">
-        <v>6.6090770967797141E-4</v>
+        <v>1.9145411552015101E-3</v>
       </c>
       <c r="Q204" s="33">
-        <v>1.5819090200101193E-2</v>
+        <v>1.7884348193566879E-2</v>
       </c>
       <c r="R204" s="33">
-        <v>8.8933274798710382E-3</v>
+        <v>8.0392083521128033E-3</v>
       </c>
       <c r="S204" s="33">
-        <v>-2.9640573377802681E-3</v>
+        <v>-2.7684118675610492E-3</v>
       </c>
       <c r="T204" s="33">
-        <v>-1.7842552454251481E-2</v>
+        <v>-1.7494278977896571E-2</v>
       </c>
       <c r="U204" s="33">
-        <v>-5.6728470999833913E-3</v>
+        <v>-3.3380591956549965E-3</v>
       </c>
       <c r="V204" s="33">
-        <v>-7.1432313014079263E-3</v>
+        <v>-6.7329918721806825E-3</v>
       </c>
       <c r="W204" s="33">
-        <v>-9.8076174089856138E-5</v>
+        <v>-3.2186901721609207E-4</v>
       </c>
       <c r="X204" s="33">
-        <v>4.2066941777321176E-3</v>
+        <v>4.5162778167442408E-3</v>
       </c>
       <c r="Y204" s="33">
-        <v>-4.3609692144519485E-3</v>
+        <v>-5.5104336489030237E-3</v>
       </c>
       <c r="Z204" s="33">
-        <v>7.2734891677765923E-3</v>
+        <v>6.8398179235136247E-3</v>
       </c>
       <c r="AA204" s="33">
-        <v>1.9204755597743928E-2</v>
+        <v>1.9268595302471825E-2</v>
       </c>
       <c r="AB204" s="33">
-        <v>3.729324225045727E-2</v>
+        <v>3.6377348717071545E-2</v>
       </c>
       <c r="AC204" s="34">
-        <v>3.6977000265774329E-3</v>
+        <v>3.9619351539621483E-3</v>
       </c>
     </row>
     <row r="205" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A205" s="1" t="s">
         <v>218</v>
       </c>
       <c r="B205" s="29">
-        <v>348.180972800814</v>
+        <v>349.05398916897502</v>
       </c>
       <c r="C205" s="49">
-        <v>411.08300473632403</v>
+        <v>411.474077018522</v>
       </c>
       <c r="D205" s="49">
-        <v>406.745487068373</v>
+        <v>406.53930940754498</v>
       </c>
       <c r="E205" s="49">
-        <v>509.27052056624098</v>
+        <v>509.404363251647</v>
       </c>
       <c r="F205" s="49">
-        <v>455.72775147464898</v>
+        <v>456.12455673420499</v>
       </c>
       <c r="G205" s="49">
-        <v>534.80086057094502</v>
+        <v>535.19260162546004</v>
       </c>
       <c r="H205" s="49">
-        <v>607.89353503155496</v>
+        <v>608.00787817756498</v>
       </c>
       <c r="I205" s="49">
-        <v>600.91572826489403</v>
+        <v>600.83774911172304</v>
       </c>
       <c r="J205" s="49">
-        <v>780.88334297856795</v>
+        <v>782.17500979313797</v>
       </c>
       <c r="K205" s="49">
-        <v>556.885627785672</v>
+        <v>556.48982210672204</v>
       </c>
       <c r="L205" s="49">
-        <v>421.58079180702299</v>
+        <v>421.54433428716499</v>
       </c>
       <c r="M205" s="49">
-        <v>344.28976409228198</v>
+        <v>344.25089363829801</v>
       </c>
       <c r="N205" s="49">
-        <v>532.70732269049597</v>
+        <v>532.56493171693296</v>
       </c>
       <c r="O205" s="49">
-        <v>523.02225690637601</v>
+        <v>523.11952043128497</v>
       </c>
       <c r="P205" s="50">
-        <v>2.1917244940360403E-2</v>
+        <v>2.4522908575344227E-2</v>
       </c>
       <c r="Q205" s="33">
-        <v>7.9668460898103532E-3</v>
+        <v>8.2255364600054559E-3</v>
       </c>
       <c r="R205" s="33">
-        <v>1.3819506045609664E-2</v>
+        <v>1.3557814417642033E-2</v>
       </c>
       <c r="S205" s="33">
-        <v>1.9463471910456276E-2</v>
+        <v>1.9821106468772998E-2</v>
       </c>
       <c r="T205" s="33">
-        <v>9.0842222928881888E-3</v>
+        <v>1.0018724298181736E-2</v>
       </c>
       <c r="U205" s="33">
-        <v>-1.238596763113442E-4</v>
+        <v>-4.8963637689736217E-4</v>
       </c>
       <c r="V205" s="33">
-        <v>3.9966147065777502E-3</v>
+        <v>4.0699694589585445E-3</v>
       </c>
       <c r="W205" s="33">
-        <v>4.6118412321054514E-3</v>
+        <v>4.3879382692610935E-3</v>
       </c>
       <c r="X205" s="33">
-        <v>1.2297726673105691E-2</v>
+        <v>1.4335312036659609E-2</v>
       </c>
       <c r="Y205" s="33">
-        <v>5.6867348327269696E-3</v>
+        <v>5.295268162803124E-3</v>
       </c>
       <c r="Z205" s="33">
-        <v>7.88017020991294E-3</v>
+        <v>8.0447492083681738E-3</v>
       </c>
       <c r="AA205" s="33">
-        <v>8.8472940621457941E-3</v>
+        <v>8.603318102669455E-3</v>
       </c>
       <c r="AB205" s="33">
-        <v>-7.7863785314279399E-3</v>
+        <v>-7.3198182215593599E-3</v>
       </c>
       <c r="AC205" s="34">
-        <v>7.7147730066529085E-3</v>
+        <v>7.8406981568104328E-3</v>
       </c>
     </row>
     <row r="206" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A206" s="1" t="s">
         <v>219</v>
       </c>
       <c r="B206" s="29">
-        <v>346.67752255147798</v>
+        <v>346.32837397968598</v>
       </c>
       <c r="C206" s="49">
-        <v>417.59192344559102</v>
+        <v>417.490081026307</v>
       </c>
       <c r="D206" s="49">
-        <v>411.00535519245</v>
+        <v>411.02986636399299</v>
       </c>
       <c r="E206" s="49">
-        <v>508.96694692343601</v>
+        <v>509.11214352747601</v>
       </c>
       <c r="F206" s="49">
-        <v>462.60540174602698</v>
+        <v>462.44847584099102</v>
       </c>
       <c r="G206" s="49">
-        <v>532.88335530227903</v>
+        <v>532.66331554671001</v>
       </c>
       <c r="H206" s="49">
-        <v>606.77132560125199</v>
+        <v>606.79304734832294</v>
       </c>
       <c r="I206" s="49">
-        <v>601.42116971712699</v>
+        <v>601.19304665674201</v>
       </c>
       <c r="J206" s="49">
-        <v>777.69057774775001</v>
+        <v>777.24878866485403</v>
       </c>
       <c r="K206" s="49">
-        <v>554.310773359167</v>
+        <v>554.36366865154503</v>
       </c>
       <c r="L206" s="49">
-        <v>425.559325672574</v>
+        <v>425.62781079452901</v>
       </c>
       <c r="M206" s="49">
-        <v>344.84670191863</v>
+        <v>344.821479303883</v>
       </c>
       <c r="N206" s="49">
-        <v>544.26378286749605</v>
+        <v>544.81171917087204</v>
       </c>
       <c r="O206" s="49">
-        <v>525.59797193966995</v>
+        <v>525.61816315091698</v>
       </c>
       <c r="P206" s="50">
-        <v>-4.3180138111570399E-3</v>
+        <v>-7.808577681000517E-3</v>
       </c>
       <c r="Q206" s="33">
-        <v>1.5833587461106413E-2</v>
+        <v>1.4620614866861281E-2</v>
       </c>
       <c r="R206" s="33">
-        <v>1.047305565645007E-2</v>
+        <v>1.1045812428304158E-2</v>
       </c>
       <c r="S206" s="33">
-        <v>-5.960950625365502E-4</v>
+        <v>-5.7364982566243672E-4</v>
       </c>
       <c r="T206" s="33">
-        <v>1.5091576602748624E-2</v>
+        <v>1.3864456568759342E-2</v>
       </c>
       <c r="U206" s="33">
-        <v>-3.5854565877453393E-3</v>
+        <v>-4.7259361789908638E-3</v>
       </c>
       <c r="V206" s="33">
-        <v>-1.8460624527693037E-3</v>
+        <v>-1.9980511319743766E-3</v>
       </c>
       <c r="W206" s="33">
-        <v>8.4111869345204759E-4</v>
+        <v>5.9133692173007901E-4</v>
       </c>
       <c r="X206" s="33">
-        <v>-4.0886583886391437E-3</v>
+        <v>-6.2981060077421658E-3</v>
       </c>
       <c r="Y206" s="33">
-        <v>-4.6236683046451121E-3</v>
+        <v>-3.8206511075583593E-3</v>
       </c>
       <c r="Z206" s="33">
-        <v>9.4371801155783697E-3</v>
+        <v>9.6869443501577113E-3</v>
       </c>
       <c r="AA206" s="33">
-        <v>1.6176427080729638E-3</v>
+        <v>1.6574703976934835E-3</v>
       </c>
       <c r="AB206" s="33">
-        <v>2.1693826393511806E-2</v>
+        <v>2.2995857827996069E-2</v>
       </c>
       <c r="AC206" s="34">
-        <v>4.9246757652896544E-3</v>
+        <v>4.7764279902460238E-3</v>
       </c>
     </row>
     <row r="207" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A207" s="1" t="s">
         <v>220</v>
       </c>
       <c r="B207" s="29">
-        <v>351.56935441110801</v>
+        <v>350.94149374334802</v>
       </c>
       <c r="C207" s="49">
-        <v>419.21164935158401</v>
+        <v>418.56115922331497</v>
       </c>
       <c r="D207" s="49">
-        <v>417.33871752996203</v>
+        <v>417.705777959226</v>
       </c>
       <c r="E207" s="49">
-        <v>510.58202018006898</v>
+        <v>510.34153011371097</v>
       </c>
       <c r="F207" s="49">
-        <v>464.62845372083399</v>
+        <v>464.38122290057402</v>
       </c>
       <c r="G207" s="49">
-        <v>534.06098294214405</v>
+        <v>533.06783477690306</v>
       </c>
       <c r="H207" s="49">
-        <v>614.04161931065198</v>
+        <v>613.76253447059196</v>
       </c>
       <c r="I207" s="49">
-        <v>609.95622079463999</v>
+        <v>610.21733894770705</v>
       </c>
       <c r="J207" s="49">
-        <v>783.91638362387198</v>
+        <v>783.29505090601197</v>
       </c>
       <c r="K207" s="49">
-        <v>560.35257661137496</v>
+        <v>560.96801346796599</v>
       </c>
       <c r="L207" s="49">
-        <v>426.00746236151502</v>
+        <v>426.09802210066402</v>
       </c>
       <c r="M207" s="49">
-        <v>349.74262469224902</v>
+        <v>349.76235274329701</v>
       </c>
       <c r="N207" s="49">
-        <v>562.48037102393903</v>
+        <v>562.63500209949495</v>
       </c>
       <c r="O207" s="49">
-        <v>530.45374657870696</v>
+        <v>530.27640374498606</v>
       </c>
       <c r="P207" s="50">
-        <v>1.4110611566700682E-2</v>
+        <v>1.3320074560026152E-2</v>
       </c>
       <c r="Q207" s="33">
-        <v>3.8787290056485624E-3</v>
+        <v>2.565517710923837E-3</v>
       </c>
       <c r="R207" s="33">
-        <v>1.5409439944028103E-2</v>
+        <v>1.6241913645567152E-2</v>
       </c>
       <c r="S207" s="33">
-        <v>3.1732379998261617E-3</v>
+        <v>2.4147657875863704E-3</v>
       </c>
       <c r="T207" s="33">
-        <v>4.3731698055651247E-3</v>
+        <v>4.1793781589789525E-3</v>
       </c>
       <c r="U207" s="33">
-        <v>2.2099163506374975E-3</v>
+        <v>7.5942761287750571E-4</v>
       </c>
       <c r="V207" s="33">
-        <v>1.1981933559888969E-2</v>
+        <v>1.1485772872193545E-2</v>
       </c>
       <c r="W207" s="33">
-        <v>1.4191470981188337E-2</v>
+        <v>1.5010639828836103E-2</v>
       </c>
       <c r="X207" s="33">
-        <v>8.0055050868075295E-3</v>
+        <v>7.7790564994564271E-3</v>
       </c>
       <c r="Y207" s="33">
-        <v>1.0899667736194552E-2</v>
+        <v>1.1913379591569573E-2</v>
       </c>
       <c r="Z207" s="33">
-        <v>1.0530533862294078E-3</v>
+        <v>1.1047476086143426E-3</v>
       </c>
       <c r="AA207" s="33">
-        <v>1.4197389003228089E-2</v>
+        <v>1.4328786737382249E-2</v>
       </c>
       <c r="AB207" s="33">
-        <v>3.3470145782009464E-2</v>
+        <v>3.271457331304739E-2</v>
       </c>
       <c r="AC207" s="34">
-        <v>9.2385718710390474E-3</v>
+        <v>8.8624041569347334E-3</v>
       </c>
     </row>
     <row r="208" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A208" s="1" t="s">
         <v>221</v>
       </c>
       <c r="B208" s="29">
-        <v>360.575691351991</v>
+        <v>360.670334342898</v>
       </c>
       <c r="C208" s="49">
-        <v>425.52332181042499</v>
+        <v>425.87216662165099</v>
       </c>
       <c r="D208" s="49">
-        <v>423.29029236835498</v>
+        <v>423.12257281941402</v>
       </c>
       <c r="E208" s="49">
-        <v>521.65182863783798</v>
+        <v>521.52925180982697</v>
       </c>
       <c r="F208" s="49">
-        <v>473.143035189378</v>
+        <v>473.09136388181702</v>
       </c>
       <c r="G208" s="49">
-        <v>537.34564353705605</v>
+        <v>538.20155654251005</v>
       </c>
       <c r="H208" s="49">
-        <v>619.67222285626997</v>
+        <v>619.86940231183996</v>
       </c>
       <c r="I208" s="49">
-        <v>612.42309634806804</v>
+        <v>612.53161421682103</v>
       </c>
       <c r="J208" s="49">
-        <v>787.05195159571804</v>
+        <v>786.755252790859</v>
       </c>
       <c r="K208" s="49">
-        <v>569.056207726342</v>
+        <v>568.82368790927603</v>
       </c>
       <c r="L208" s="49">
-        <v>429.77190633466398</v>
+        <v>429.64227492504699</v>
       </c>
       <c r="M208" s="49">
-        <v>355.74976516082899</v>
+        <v>355.788537492454</v>
       </c>
       <c r="N208" s="49">
-        <v>574.33618723480197</v>
+        <v>573.598983541184</v>
       </c>
       <c r="O208" s="49">
-        <v>537.58979671583302</v>
+        <v>537.61779964544598</v>
       </c>
       <c r="P208" s="50">
-        <v>2.5617525611607794E-2</v>
+        <v>2.7722115432337269E-2</v>
       </c>
       <c r="Q208" s="33">
-        <v>1.5056052160295597E-2</v>
+        <v>1.7466999116454884E-2</v>
       </c>
       <c r="R208" s="33">
-        <v>1.4260778088401649E-2</v>
+        <v>1.2967967277476289E-2</v>
       </c>
       <c r="S208" s="33">
-        <v>2.1680764343924519E-2</v>
+        <v>2.1922028751262257E-2</v>
       </c>
       <c r="T208" s="33">
-        <v>1.8325570464653218E-2</v>
+        <v>1.8756445247373632E-2</v>
       </c>
       <c r="U208" s="33">
-        <v>6.1503474318920226E-3</v>
+        <v>9.6305224789177135E-3</v>
       </c>
       <c r="V208" s="33">
-        <v>9.1697425199599447E-3</v>
+        <v>9.9498869648593224E-3</v>
       </c>
       <c r="W208" s="33">
-        <v>4.0443485439238813E-3</v>
+        <v>3.7925426260498885E-3</v>
       </c>
       <c r="X208" s="33">
-        <v>3.9998755445715961E-3</v>
+        <v>4.417494890137208E-3</v>
       </c>
       <c r="Y208" s="33">
-        <v>1.553241919150361E-2</v>
+        <v>1.4003783197450881E-2</v>
       </c>
       <c r="Z208" s="33">
-        <v>8.8365681490207848E-3</v>
+        <v>8.317928365191074E-3</v>
       </c>
       <c r="AA208" s="33">
-        <v>1.7175888909354065E-2</v>
+        <v>1.7229369318600751E-2</v>
       </c>
       <c r="AB208" s="33">
-        <v>2.1077742125081844E-2</v>
+        <v>1.9486845647314066E-2</v>
       </c>
       <c r="AC208" s="34">
-        <v>1.3452728316374118E-2</v>
+        <v>1.3844470258552954E-2</v>
       </c>
     </row>
     <row r="209" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A209" s="1" t="s">
         <v>222</v>
       </c>
       <c r="B209" s="29">
-        <v>364.05786128026301</v>
+        <v>365.08330879912</v>
       </c>
       <c r="C209" s="49">
-        <v>432.21896122073503</v>
+        <v>432.71678389010202</v>
       </c>
       <c r="D209" s="49">
-        <v>430.528430463527</v>
+        <v>430.23760855203801</v>
       </c>
       <c r="E209" s="49">
-        <v>521.16492960848302</v>
+        <v>521.38290780411398</v>
       </c>
       <c r="F209" s="49">
-        <v>481.39805911659403</v>
+        <v>481.925112270868</v>
       </c>
       <c r="G209" s="49">
-        <v>545.33797298868706</v>
+        <v>545.84900990837605</v>
       </c>
       <c r="H209" s="49">
-        <v>625.42493527077295</v>
+        <v>625.49716254061195</v>
       </c>
       <c r="I209" s="49">
-        <v>617.48031837935105</v>
+        <v>617.33744081423697</v>
       </c>
       <c r="J209" s="49">
-        <v>795.14430337326996</v>
+        <v>796.654027453097</v>
       </c>
       <c r="K209" s="49">
-        <v>571.10261107446502</v>
+        <v>570.55118369115803</v>
       </c>
       <c r="L209" s="49">
-        <v>436.48353631349801</v>
+        <v>436.434692645388</v>
       </c>
       <c r="M209" s="49">
-        <v>357.70200099178197</v>
+        <v>357.67002919327899</v>
       </c>
       <c r="N209" s="49">
-        <v>603.968006466671</v>
+        <v>603.84859138235095</v>
       </c>
       <c r="O209" s="49">
-        <v>542.68408899573797</v>
+        <v>542.83262941383305</v>
       </c>
       <c r="P209" s="50">
-        <v>9.6572509234205128E-3</v>
+        <v>1.2235479428220675E-2</v>
       </c>
       <c r="Q209" s="33">
-        <v>1.5735070364234938E-2</v>
+        <v>1.6071999545656857E-2</v>
       </c>
       <c r="R209" s="33">
-        <v>1.7099702557962893E-2</v>
+        <v>1.6815542799369032E-2</v>
       </c>
       <c r="S209" s="33">
-        <v>-9.3337932050652217E-4</v>
+        <v>-2.8060555607412052E-4</v>
       </c>
       <c r="T209" s="33">
-        <v>1.7447205841066404E-2</v>
+        <v>1.8672394094384037E-2</v>
       </c>
       <c r="U209" s="33">
-        <v>1.4873721500786363E-2</v>
+        <v>1.4209273966047986E-2</v>
       </c>
       <c r="V209" s="33">
-        <v>9.2834763320306379E-3</v>
+        <v>9.0789450290382767E-3</v>
       </c>
       <c r="W209" s="33">
-        <v>8.2577258458076397E-3</v>
+        <v>7.8458425424468015E-3</v>
       </c>
       <c r="X209" s="33">
-        <v>1.0281852120619162E-2</v>
+        <v>1.2581771303240785E-2</v>
       </c>
       <c r="Y209" s="33">
-        <v>3.596135707401249E-3</v>
+        <v>3.0369617486070144E-3</v>
       </c>
       <c r="Z209" s="33">
-        <v>1.5616725709399093E-2</v>
+        <v>1.5809472476901787E-2</v>
       </c>
       <c r="AA209" s="33">
-        <v>5.4876658318254723E-3</v>
+        <v>5.2882302338503884E-3</v>
       </c>
       <c r="AB209" s="33">
-        <v>5.1593160748819145E-2</v>
+        <v>5.2736508796471737E-2</v>
       </c>
       <c r="AC209" s="34">
-        <v>9.476169955282332E-3</v>
+        <v>9.6998830243830714E-3</v>
       </c>
     </row>
     <row r="210" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A210" s="1" t="s">
         <v>223</v>
       </c>
       <c r="B210" s="29">
-        <v>366.252627518868</v>
+        <v>365.83583743229599</v>
       </c>
       <c r="C210" s="49">
-        <v>427.10921339260199</v>
+        <v>426.95064958777499</v>
       </c>
       <c r="D210" s="49">
-        <v>428.81974427373802</v>
+        <v>428.89322154348002</v>
       </c>
       <c r="E210" s="49">
-        <v>519.29322497702105</v>
+        <v>519.55480872110502</v>
       </c>
       <c r="F210" s="49">
-        <v>473.76072189631401</v>
+        <v>473.60173739905798</v>
       </c>
       <c r="G210" s="49">
-        <v>538.90825248669796</v>
+        <v>538.62187826500497</v>
       </c>
       <c r="H210" s="49">
-        <v>622.92320644126698</v>
+        <v>622.95248629690002</v>
       </c>
       <c r="I210" s="49">
-        <v>618.99565463691101</v>
+        <v>618.70985348115596</v>
       </c>
       <c r="J210" s="49">
-        <v>788.62296097016895</v>
+        <v>788.10313271541395</v>
       </c>
       <c r="K210" s="49">
-        <v>568.033971217871</v>
+        <v>568.18781183792805</v>
       </c>
       <c r="L210" s="49">
-        <v>436.29701887624299</v>
+        <v>436.38554348395598</v>
       </c>
       <c r="M210" s="49">
-        <v>360.25669805721401</v>
+        <v>360.246074212152</v>
       </c>
       <c r="N210" s="49">
-        <v>597.91157368976496</v>
+        <v>598.65486991673401</v>
       </c>
       <c r="O210" s="49">
-        <v>541.21660478513797</v>
+        <v>541.276690992211</v>
       </c>
       <c r="P210" s="50">
-        <v>6.0286192719112286E-3</v>
+        <v>2.0612518157876458E-3</v>
       </c>
       <c r="Q210" s="33">
-        <v>-1.1822127871718879E-2</v>
+        <v>-1.3325423272214643E-2</v>
       </c>
       <c r="R210" s="33">
-        <v>-3.9688115090316112E-3</v>
+        <v>-3.1247547444365198E-3</v>
       </c>
       <c r="S210" s="33">
-        <v>-3.5913863829403203E-3</v>
+        <v>-3.5062505035086122E-3</v>
       </c>
       <c r="T210" s="33">
-        <v>-1.5864910702579893E-2</v>
+        <v>-1.7271095985410767E-2</v>
       </c>
       <c r="U210" s="33">
-        <v>-1.1790340706977487E-2</v>
+        <v>-1.324016625876856E-2</v>
       </c>
       <c r="V210" s="33">
-        <v>-4.0000465098547489E-3</v>
+        <v>-4.0682458628207296E-3</v>
       </c>
       <c r="W210" s="33">
-        <v>2.4540640607577657E-3</v>
+        <v>2.2231158782608507E-3</v>
       </c>
       <c r="X210" s="33">
-        <v>-8.2014577422429014E-3</v>
+        <v>-1.0733510963372939E-2</v>
       </c>
       <c r="Y210" s="33">
-        <v>-5.3731847781621767E-3</v>
+        <v>-4.1422608887431434E-3</v>
       </c>
       <c r="Z210" s="33">
-        <v>-4.2731837913134729E-4</v>
+        <v>-1.1261515699889646E-4</v>
       </c>
       <c r="AA210" s="33">
-        <v>7.1419702946831087E-3</v>
+        <v>7.2022948768819539E-3</v>
       </c>
       <c r="AB210" s="33">
-        <v>-1.002773774779453E-2</v>
+        <v>-8.6010326756369437E-3</v>
       </c>
       <c r="AC210" s="34">
-        <v>-2.7041224173637302E-3</v>
+        <v>-2.8663317886807871E-3</v>
       </c>
     </row>
     <row r="211" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A211" s="1" t="s">
         <v>224</v>
       </c>
       <c r="B211" s="29">
-        <v>369.67888435060399</v>
+        <v>368.92327601547299</v>
       </c>
       <c r="C211" s="49">
-        <v>435.65518020197197</v>
+        <v>434.91691852052901</v>
       </c>
       <c r="D211" s="49">
-        <v>430.55440546387803</v>
+        <v>430.99424444047298</v>
       </c>
       <c r="E211" s="49">
-        <v>525.04493191831</v>
+        <v>524.75502817190898</v>
       </c>
       <c r="F211" s="49">
-        <v>478.85266062980401</v>
+        <v>478.596876883883</v>
       </c>
       <c r="G211" s="49">
-        <v>540.26477268762801</v>
+        <v>539.03079950174401</v>
       </c>
       <c r="H211" s="49">
-        <v>616.11495698665203</v>
+        <v>615.78396606418403</v>
       </c>
       <c r="I211" s="49">
-        <v>615.83013827967704</v>
+        <v>616.13445267398595</v>
       </c>
       <c r="J211" s="49">
-        <v>788.69705291207595</v>
+        <v>787.97363164291903</v>
       </c>
       <c r="K211" s="49">
-        <v>565.59826534738704</v>
+        <v>566.26650228307597</v>
       </c>
       <c r="L211" s="49">
-        <v>439.18840856838898</v>
+        <v>439.270444330793</v>
       </c>
       <c r="M211" s="49">
-        <v>360.41867245885402</v>
+        <v>360.41279778861099</v>
       </c>
       <c r="N211" s="49">
-        <v>616.93498039989504</v>
+        <v>617.16150830423305</v>
       </c>
       <c r="O211" s="49">
-        <v>543.14961380456805</v>
+        <v>542.90800303140804</v>
       </c>
       <c r="P211" s="50">
-        <v>9.3549003455530855E-3</v>
+        <v>8.4394098862672351E-3</v>
       </c>
       <c r="Q211" s="33">
-        <v>2.000885614592085E-2</v>
+        <v>1.8658523977995056E-2</v>
       </c>
       <c r="R211" s="33">
-        <v>4.0451989753360618E-3</v>
+        <v>4.8987085630123328E-3</v>
       </c>
       <c r="S211" s="33">
-        <v>1.1076029234819096E-2</v>
+        <v>1.0008991089129671E-2</v>
       </c>
       <c r="T211" s="33">
-        <v>1.0747912391530834E-2</v>
+        <v>1.0547130828230333E-2</v>
       </c>
       <c r="U211" s="33">
-        <v>2.5171635332557063E-3</v>
+        <v>7.5919908425592375E-4</v>
       </c>
       <c r="V211" s="33">
-        <v>-1.0929516486486657E-2</v>
+        <v>-1.1507330639819346E-2</v>
       </c>
       <c r="W211" s="33">
-        <v>-5.1139557014997505E-3</v>
+        <v>-4.1625340095677865E-3</v>
       </c>
       <c r="X211" s="33">
-        <v>9.3951033096839609E-5</v>
+        <v>-1.6431995651222664E-4</v>
       </c>
       <c r="Y211" s="33">
-        <v>-4.2879581044453774E-3</v>
+        <v>-3.3814691459804758E-3</v>
       </c>
       <c r="Z211" s="33">
-        <v>6.6271131065558375E-3</v>
+        <v>6.6108992149578327E-3</v>
       </c>
       <c r="AA211" s="33">
-        <v>4.4960830017459763E-4</v>
+        <v>4.6280470043602584E-4</v>
       </c>
       <c r="AB211" s="33">
-        <v>3.1816421603507283E-2</v>
+        <v>3.0913702230590978E-2</v>
       </c>
       <c r="AC211" s="34">
-        <v>3.5715996189686905E-3</v>
+        <v>3.0138228125189404E-3</v>
+      </c>
+    </row>
+    <row r="212" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A212" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="B212" s="29">
+        <v>368.33775951751198</v>
+      </c>
+      <c r="C212" s="49">
+        <v>435.343959760487</v>
+      </c>
+      <c r="D212" s="49">
+        <v>437.79431214585298</v>
+      </c>
+      <c r="E212" s="49">
+        <v>526.286514946122</v>
+      </c>
+      <c r="F212" s="49">
+        <v>483.97198967917899</v>
+      </c>
+      <c r="G212" s="49">
+        <v>533.84228659426503</v>
+      </c>
+      <c r="H212" s="49">
+        <v>620.66296357250098</v>
+      </c>
+      <c r="I212" s="49">
+        <v>621.03069709015904</v>
+      </c>
+      <c r="J212" s="49">
+        <v>792.35473752584903</v>
+      </c>
+      <c r="K212" s="49">
+        <v>571.54612948285001</v>
+      </c>
+      <c r="L212" s="49">
+        <v>443.638147383302</v>
+      </c>
+      <c r="M212" s="49">
+        <v>362.288732773395</v>
+      </c>
+      <c r="N212" s="49">
+        <v>628.66046909216197</v>
+      </c>
+      <c r="O212" s="49">
+        <v>546.47762397123199</v>
+      </c>
+      <c r="P212" s="50">
+        <v>-1.5870955725125757E-3</v>
+      </c>
+      <c r="Q212" s="33">
+        <v>9.8189153323957612E-4</v>
+      </c>
+      <c r="R212" s="33">
+        <v>1.5777629963964035E-2</v>
+      </c>
+      <c r="S212" s="33">
+        <v>2.9184794656438307E-3</v>
+      </c>
+      <c r="T212" s="33">
+        <v>1.1230981761295666E-2</v>
+      </c>
+      <c r="U212" s="33">
+        <v>-9.6256334745157268E-3</v>
+      </c>
+      <c r="V212" s="33">
+        <v>7.9232292121884651E-3</v>
+      </c>
+      <c r="W212" s="33">
+        <v>7.9467142194753482E-3</v>
+      </c>
+      <c r="X212" s="33">
+        <v>5.5599650889275321E-3</v>
+      </c>
+      <c r="Y212" s="33">
+        <v>9.3235732265419813E-3</v>
+      </c>
+      <c r="Z212" s="33">
+        <v>9.9430842864081104E-3</v>
+      </c>
+      <c r="AA212" s="33">
+        <v>5.2049621886187669E-3</v>
+      </c>
+      <c r="AB212" s="33">
+        <v>1.8632012258062769E-2</v>
+      </c>
+      <c r="AC212" s="34">
+        <v>6.5750015101866399E-3</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B1:O1"/>
     <mergeCell ref="P1:AC1"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup scale="97" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Tahoma,Bold"Seasonally adjusted regional indices</oddHeader>
     <oddFooter>&amp;C&amp;"Tahoma,Regular"&amp;P&amp;R&amp;"Tahoma,Regular"Nationwide Building Society&amp;L&amp;"Calibri"&amp;11&amp;K000000&amp;"Tahoma,Regular"www.nationwide.co.uk/hpi_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;KFF0000NBS Secret</oddFooter>
   </headerFooter>
   <rowBreaks count="7" manualBreakCount="7">
     <brk id="32" min="1" max="28" man="1"/>
     <brk id="36" man="1"/>
     <brk id="64" min="1" max="28" man="1"/>
     <brk id="68" man="1"/>
     <brk id="96" min="1" max="28" man="1"/>
     <brk id="100" man="1"/>
     <brk id="128" min="1" max="28" man="1"/>
   </rowBreaks>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="15" max="159" man="1"/>
@@ -20671,47 +20768,47 @@
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Nationwide Building Society - Quarterly Seasonally Adjusted Regional House Price Series</dc:title>
   <dc:creator>Andrew Harvey</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_SetDate">
-    <vt:lpwstr>2025-09-29T08:55:27Z</vt:lpwstr>
+    <vt:lpwstr>2025-12-31T09:29:57Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Name">
     <vt:lpwstr>NBS Public - No Visible Label</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_SiteId">
     <vt:lpwstr>18ed93f5-e470-4996-b0ef-9554af985d50</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_ActionId">
-    <vt:lpwstr>9b9a2666-cb29-4162-97c7-72cf9dc8b48a</vt:lpwstr>
+    <vt:lpwstr>290270cb-de4a-454f-948d-e3e5048da428</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>