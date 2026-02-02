--- v0 (2025-10-02)
+++ v1 (2026-02-02)
@@ -1,88 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\HPD\Press\Embargo\Internet HP Files\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{A6B952E5-ED7C-4797-B9D0-946E64CB3CAE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{8B1786B5-B792-48CB-976B-87190EFEAE69}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{2706BACB-E7E8-499C-9795-810F9211685F}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{66C2CFD4-AEF3-4A65-8BB9-EB09C7DE90C8}"/>
   </bookViews>
   <sheets>
     <sheet name="Quarterly" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Quarterly!$A:$F</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Quarterly!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="144" uniqueCount="144">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="145" uniqueCount="145">
   <si>
     <t>Average House Price</t>
   </si>
   <si>
     <t>Index Q1 1993=100</t>
   </si>
   <si>
     <t>Seasonally Adjusted Index:</t>
   </si>
   <si>
     <t>Quarterly % Change (SA):</t>
   </si>
   <si>
     <t>Year % Change:</t>
   </si>
   <si>
     <t>Q1 1991</t>
   </si>
   <si>
     <t>Q2 1991</t>
   </si>
   <si>
     <t>Q3 1991</t>
   </si>
   <si>
@@ -470,64 +470,67 @@
     <t>Q3 2023</t>
   </si>
   <si>
     <t>Q4 2023</t>
   </si>
   <si>
     <t>Q1 2024</t>
   </si>
   <si>
     <t>Q2 2024</t>
   </si>
   <si>
     <t>Q3 2024</t>
   </si>
   <si>
     <t>Q4 2024</t>
   </si>
   <si>
     <t>Q1 2025</t>
   </si>
   <si>
     <t>Q2 2025</t>
   </si>
   <si>
     <t>Q3 2025</t>
+  </si>
+  <si>
+    <t>Q4 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="5" formatCode="&quot;£&quot;#,##0_);\(&quot;£&quot;#,##0\)"/>
     <numFmt numFmtId="6" formatCode="&quot;£&quot;#,##0_);[Red]\(&quot;£&quot;#,##0\)"/>
     <numFmt numFmtId="8" formatCode="&quot;£&quot;#,##0.00_);[Red]\(&quot;£&quot;#,##0.00\)"/>
     <numFmt numFmtId="164" formatCode="0.0"/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
   </numFmts>
-  <fonts count="5">
+  <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="MS Sans Serif"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -570,53 +573,53 @@
     <xf numFmtId="5" fontId="4" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="5" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="165" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="6" fontId="3" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
-    <cellStyle name="Currency_Monthly" xfId="3" xr:uid="{1268E5A2-AC5C-492F-B4B1-1F7D02780F06}"/>
+    <cellStyle name="Currency_Monthly" xfId="3" xr:uid="{580E2495-EF57-44A1-BC9B-B06A17A25F1E}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal_Monthly" xfId="2" xr:uid="{E1C8E64F-FB68-48D2-8C4B-C51B8B61283C}"/>
+    <cellStyle name="Normal_Monthly" xfId="2" xr:uid="{38067757-75FA-414D-995D-56E293AB23C6}"/>
     <cellStyle name="Per cent" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Nationwide Brand Refresh">
       <a:dk1>
         <a:srgbClr val="02081E"/>
@@ -967,2872 +970,2888 @@
         <a:extLst>
           <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
             <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:effectLst>
                 <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                   <a:srgbClr val="808080"/>
                 </a:outerShdw>
               </a:effectLst>
             </a14:hiddenEffects>
           </a:ext>
         </a:extLst>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5D567913-DAAA-4DAB-AA6D-AC5AD33123FC}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{592435EA-3E59-4B23-8A1B-A6D6E0AE5DDB}">
   <dimension ref="A1:HS161"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B126" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.8"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="10.5546875" style="8" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="12.6640625" style="4" customWidth="1"/>
     <col min="3" max="3" width="13.109375" style="6" customWidth="1"/>
     <col min="4" max="4" width="15.6640625" style="6" customWidth="1"/>
     <col min="5" max="5" width="12.33203125" style="4" customWidth="1"/>
     <col min="6" max="6" width="13.33203125" style="7" customWidth="1"/>
     <col min="7" max="206" width="9.109375" style="8"/>
     <col min="207" max="207" width="9.109375" style="7"/>
     <col min="208" max="16384" width="9.109375" style="8"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" s="1" customFormat="1" ht="25.5" customHeight="1">
+    <row r="1" spans="1:6" s="1" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="2" spans="1:6">
+    <row r="2" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A2" s="4" t="s">
         <v>5</v>
       </c>
       <c r="B2" s="5">
         <v>54547.25079701261</v>
       </c>
       <c r="C2" s="6">
         <v>108.81510015101473</v>
       </c>
       <c r="D2" s="6">
         <v>110.201628098944</v>
       </c>
     </row>
-    <row r="3" spans="1:6">
+    <row r="3" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="5">
         <v>55418.463216917102</v>
       </c>
       <c r="C3" s="6">
         <v>110.55306247431312</v>
       </c>
       <c r="D3" s="6">
         <v>109.581169975027</v>
       </c>
       <c r="E3" s="9">
         <v>-5.6302083246894119E-3</v>
       </c>
     </row>
-    <row r="4" spans="1:6">
+    <row r="4" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A4" s="4" t="s">
         <v>7</v>
       </c>
       <c r="B4" s="5">
         <v>54903.253965179771</v>
       </c>
       <c r="C4" s="6">
         <v>109.52528297108658</v>
       </c>
       <c r="D4" s="6">
         <v>108.451540890335</v>
       </c>
       <c r="E4" s="9">
         <v>-1.0308605802889614E-2</v>
       </c>
     </row>
-    <row r="5" spans="1:6">
+    <row r="5" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A5" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="5">
         <v>53635.130981102331</v>
       </c>
       <c r="C5" s="6">
         <v>106.99553257120488</v>
       </c>
       <c r="D5" s="6">
         <v>107.742559115793</v>
       </c>
       <c r="E5" s="9">
         <v>-6.537313981171633E-3</v>
       </c>
     </row>
-    <row r="6" spans="1:6">
+    <row r="6" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A6" s="4" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="5">
         <v>52186.619391834764</v>
       </c>
       <c r="C6" s="6">
         <v>104.10592894585244</v>
       </c>
       <c r="D6" s="6">
         <v>105.336533791031</v>
       </c>
       <c r="E6" s="9">
         <v>-2.2331243517022759E-2</v>
       </c>
       <c r="F6" s="7">
         <v>-4.3276817267335677E-2</v>
       </c>
     </row>
-    <row r="7" spans="1:6">
+    <row r="7" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A7" s="4" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="5">
         <v>52663.029218356285</v>
       </c>
       <c r="C7" s="6">
         <v>105.0563083367182</v>
       </c>
       <c r="D7" s="6">
         <v>104.10012052100301</v>
       </c>
       <c r="E7" s="9">
         <v>-1.1737744024127639E-2</v>
       </c>
       <c r="F7" s="7">
         <v>-4.972050538059114E-2</v>
       </c>
     </row>
-    <row r="8" spans="1:6">
+    <row r="8" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A8" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B8" s="5">
         <v>52243.046265824632</v>
       </c>
       <c r="C8" s="6">
         <v>104.21849366459998</v>
       </c>
       <c r="D8" s="6">
         <v>103.286712748573</v>
       </c>
       <c r="E8" s="9">
         <v>-7.8137063469191359E-3</v>
       </c>
       <c r="F8" s="7">
         <v>-4.8452641824148879E-2</v>
       </c>
     </row>
-    <row r="9" spans="1:6">
+    <row r="9" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="5">
         <v>50168.080662230102</v>
       </c>
       <c r="C9" s="6">
         <v>100.07919082777552</v>
       </c>
       <c r="D9" s="6">
         <v>100.751201894094</v>
       </c>
       <c r="E9" s="9">
         <v>-2.4548277188868428E-2</v>
       </c>
       <c r="F9" s="7">
         <v>-6.4641406769264664E-2</v>
       </c>
     </row>
-    <row r="10" spans="1:6">
+    <row r="10" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="5">
         <v>50128.383580322363</v>
       </c>
       <c r="C10" s="6">
         <v>100</v>
       </c>
       <c r="D10" s="6">
         <v>101.107335450723</v>
       </c>
       <c r="E10" s="9">
         <v>3.5347822153364294E-3</v>
       </c>
       <c r="F10" s="7">
         <v>-3.9439914589187497E-2</v>
       </c>
     </row>
-    <row r="11" spans="1:6">
+    <row r="11" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="B11" s="5">
         <v>51918.138966108752</v>
       </c>
       <c r="C11" s="6">
         <v>103.57034330244981</v>
       </c>
       <c r="D11" s="6">
         <v>102.685057425971</v>
       </c>
       <c r="E11" s="9">
         <v>1.5604426406993444E-2</v>
       </c>
       <c r="F11" s="7">
         <v>-1.4144462696192295E-2</v>
       </c>
     </row>
-    <row r="12" spans="1:6">
+    <row r="12" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A12" s="4" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="5">
         <v>51746.26098977575</v>
       </c>
       <c r="C12" s="6">
         <v>103.22746774162587</v>
       </c>
       <c r="D12" s="6">
         <v>102.393292352831</v>
       </c>
       <c r="E12" s="9">
         <v>-2.8413586207549635E-3</v>
       </c>
       <c r="F12" s="7">
         <v>-9.5091177019259732E-3</v>
       </c>
     </row>
-    <row r="13" spans="1:6">
+    <row r="13" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A13" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="5">
         <v>51049.873808558616</v>
       </c>
       <c r="C13" s="6">
         <v>101.83826040741911</v>
       </c>
       <c r="D13" s="6">
         <v>102.408258788065</v>
       </c>
       <c r="E13" s="9">
         <v>1.4616616860441134E-4</v>
       </c>
       <c r="F13" s="7">
         <v>1.7576776601548882E-2</v>
       </c>
     </row>
-    <row r="14" spans="1:6">
+    <row r="14" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A14" s="4" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="5">
         <v>51326.705342603869</v>
       </c>
       <c r="C14" s="6">
         <v>102.39050549148746</v>
       </c>
       <c r="D14" s="6">
         <v>103.475752629718</v>
       </c>
       <c r="E14" s="9">
         <v>1.0423903836332071E-2</v>
       </c>
       <c r="F14" s="7">
         <v>2.3905054914874491E-2</v>
       </c>
     </row>
-    <row r="15" spans="1:6">
+    <row r="15" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A15" s="4" t="s">
         <v>18</v>
       </c>
       <c r="B15" s="5">
         <v>51361.902173422932</v>
       </c>
       <c r="C15" s="6">
         <v>102.46071886823172</v>
       </c>
       <c r="D15" s="6">
         <v>101.663773841882</v>
       </c>
       <c r="E15" s="9">
         <v>-1.7511143835986953E-2</v>
       </c>
       <c r="F15" s="7">
         <v>-1.0713727490288649E-2</v>
       </c>
     </row>
-    <row r="16" spans="1:6">
+    <row r="16" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A16" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B16" s="5">
         <v>51731.085061605721</v>
       </c>
       <c r="C16" s="6">
         <v>103.19719361929015</v>
       </c>
       <c r="D16" s="6">
         <v>102.467942499724</v>
       </c>
       <c r="E16" s="9">
         <v>7.91008072445476E-3</v>
       </c>
       <c r="F16" s="7">
         <v>-2.9327584022020847E-4</v>
       </c>
     </row>
-    <row r="17" spans="1:6">
+    <row r="17" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A17" s="4" t="s">
         <v>20</v>
       </c>
       <c r="B17" s="5">
         <v>52113.528432816485</v>
       </c>
       <c r="C17" s="6">
         <v>103.96012141367626</v>
       </c>
       <c r="D17" s="6">
         <v>104.386756896107</v>
       </c>
       <c r="E17" s="9">
         <v>1.8725997122350346E-2</v>
       </c>
       <c r="F17" s="7">
         <v>2.0835597522663063E-2</v>
       </c>
     </row>
-    <row r="18" spans="1:6">
+    <row r="18" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A18" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B18" s="5">
         <v>51084.049950470457</v>
       </c>
       <c r="C18" s="6">
         <v>101.90643763451259</v>
       </c>
       <c r="D18" s="6">
         <v>102.931007896857</v>
       </c>
       <c r="E18" s="9">
         <v>-1.3945724941899162E-2</v>
       </c>
       <c r="F18" s="7">
         <v>-4.7276635138315815E-3</v>
       </c>
     </row>
-    <row r="19" spans="1:6">
+    <row r="19" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A19" s="4" t="s">
         <v>22</v>
       </c>
       <c r="B19" s="5">
         <v>51633.017555490114</v>
       </c>
       <c r="C19" s="6">
         <v>103.00156092756677</v>
       </c>
       <c r="D19" s="6">
         <v>102.32208108926901</v>
       </c>
       <c r="E19" s="9">
         <v>-5.9158733605151337E-3</v>
       </c>
       <c r="F19" s="7">
         <v>5.278530790229885E-3</v>
       </c>
     </row>
-    <row r="20" spans="1:6">
+    <row r="20" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A20" s="4" t="s">
         <v>23</v>
       </c>
       <c r="B20" s="5">
         <v>51334.093041383465</v>
       </c>
       <c r="C20" s="6">
         <v>102.40524304784165</v>
       </c>
       <c r="D20" s="6">
         <v>101.73898263668499</v>
       </c>
       <c r="E20" s="9">
         <v>-5.6986570872742393E-3</v>
       </c>
       <c r="F20" s="7">
         <v>-7.6741483336273397E-3</v>
       </c>
     </row>
-    <row r="21" spans="1:6">
+    <row r="21" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A21" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B21" s="5">
         <v>50929.959231529247</v>
       </c>
       <c r="C21" s="6">
         <v>101.59904547874058</v>
       </c>
       <c r="D21" s="6">
         <v>101.902592951342</v>
       </c>
       <c r="E21" s="9">
         <v>1.6081379075831848E-3</v>
       </c>
       <c r="F21" s="7">
         <v>-2.2711361845572764E-2</v>
       </c>
     </row>
-    <row r="22" spans="1:6">
+    <row r="22" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A22" s="4" t="s">
         <v>25</v>
       </c>
       <c r="B22" s="5">
         <v>51367.246309604016</v>
       </c>
       <c r="C22" s="6">
         <v>102.47137976690706</v>
       </c>
       <c r="D22" s="6">
         <v>103.463799440467</v>
       </c>
       <c r="E22" s="9">
         <v>1.532057667924569E-2</v>
       </c>
       <c r="F22" s="7">
         <v>5.5437335021035761E-3</v>
       </c>
     </row>
-    <row r="23" spans="1:6">
+    <row r="23" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A23" s="4" t="s">
         <v>26</v>
       </c>
       <c r="B23" s="5">
         <v>53031.538393681971</v>
       </c>
       <c r="C23" s="6">
         <v>105.79143911294842</v>
       </c>
       <c r="D23" s="6">
         <v>105.169011678205</v>
       </c>
       <c r="E23" s="9">
         <v>1.6481245101763076E-2</v>
       </c>
       <c r="F23" s="7">
         <v>2.7085785499343595E-2</v>
       </c>
     </row>
-    <row r="24" spans="1:6">
+    <row r="24" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A24" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B24" s="5">
         <v>54007.512435468801</v>
       </c>
       <c r="C24" s="6">
         <v>107.73838807096338</v>
       </c>
       <c r="D24" s="6">
         <v>107.066669391449</v>
       </c>
       <c r="E24" s="9">
         <v>1.8043886530477504E-2</v>
       </c>
       <c r="F24" s="7">
         <v>5.2078827845076114E-2</v>
       </c>
     </row>
-    <row r="25" spans="1:6">
+    <row r="25" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A25" s="4" t="s">
         <v>28</v>
       </c>
       <c r="B25" s="5">
         <v>55169.410275594331</v>
       </c>
       <c r="C25" s="6">
         <v>110.0562322884291</v>
       </c>
       <c r="D25" s="6">
         <v>110.36248937977</v>
       </c>
       <c r="E25" s="9">
         <v>3.0782875819841404E-2</v>
       </c>
       <c r="F25" s="7">
         <v>8.3240809693021944E-2</v>
       </c>
     </row>
-    <row r="26" spans="1:6">
+    <row r="26" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A26" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B26" s="5">
         <v>55810.349870245191</v>
       </c>
       <c r="C26" s="6">
         <v>111.33482846263819</v>
       </c>
       <c r="D26" s="6">
         <v>112.35121325441099</v>
       </c>
       <c r="E26" s="9">
         <v>1.8019925844528384E-2</v>
       </c>
       <c r="F26" s="7">
         <v>8.6496821999400453E-2</v>
       </c>
     </row>
-    <row r="27" spans="1:6">
+    <row r="27" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A27" s="4" t="s">
         <v>30</v>
       </c>
       <c r="B27" s="5">
         <v>58402.67072547604</v>
       </c>
       <c r="C27" s="6">
         <v>116.50619181026558</v>
       </c>
       <c r="D27" s="6">
         <v>115.864639644655</v>
       </c>
       <c r="E27" s="9">
         <v>3.1271815305528694E-2</v>
       </c>
       <c r="F27" s="7">
         <v>0.1012818502816426</v>
       </c>
     </row>
-    <row r="28" spans="1:6">
+    <row r="28" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A28" s="4" t="s">
         <v>31</v>
       </c>
       <c r="B28" s="5">
         <v>60753.65474307246</v>
       </c>
       <c r="C28" s="6">
         <v>121.19611765602791</v>
       </c>
       <c r="D28" s="6">
         <v>120.409494679215</v>
       </c>
       <c r="E28" s="9">
         <v>3.9225557068132355E-2</v>
       </c>
       <c r="F28" s="7">
         <v>0.12491118371105014</v>
       </c>
     </row>
-    <row r="29" spans="1:6">
+    <row r="29" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A29" s="4" t="s">
         <v>32</v>
       </c>
       <c r="B29" s="5">
         <v>61829.61120314576</v>
       </c>
       <c r="C29" s="6">
         <v>123.34251932156187</v>
       </c>
       <c r="D29" s="6">
         <v>123.775775190486</v>
       </c>
       <c r="E29" s="9">
         <v>2.795693579014813E-2</v>
       </c>
       <c r="F29" s="7">
         <v>0.12072271380609156</v>
       </c>
     </row>
-    <row r="30" spans="1:6">
+    <row r="30" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A30" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B30" s="5">
         <v>62903.484861931291</v>
       </c>
       <c r="C30" s="6">
         <v>125.48476605302655</v>
       </c>
       <c r="D30" s="6">
         <v>126.567499642687</v>
       </c>
       <c r="E30" s="9">
         <v>2.2554691723034148E-2</v>
       </c>
       <c r="F30" s="7">
         <v>0.12709354103991632</v>
       </c>
     </row>
-    <row r="31" spans="1:6">
+    <row r="31" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A31" s="4" t="s">
         <v>34</v>
       </c>
       <c r="B31" s="5">
         <v>65221.224947323273</v>
       </c>
       <c r="C31" s="6">
         <v>130.10837431615394</v>
       </c>
       <c r="D31" s="6">
         <v>129.39137213363301</v>
       </c>
       <c r="E31" s="9">
         <v>2.2311197573769759E-2</v>
       </c>
       <c r="F31" s="7">
         <v>0.11675072624500515</v>
       </c>
     </row>
-    <row r="32" spans="1:6">
+    <row r="32" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A32" s="4" t="s">
         <v>35</v>
       </c>
       <c r="B32" s="5">
         <v>66366.474371868535</v>
       </c>
       <c r="C32" s="6">
         <v>132.39300697882538</v>
       </c>
       <c r="D32" s="6">
         <v>131.452977640049</v>
       </c>
       <c r="E32" s="9">
         <v>1.5933098725367856E-2</v>
       </c>
       <c r="F32" s="7">
         <v>9.2386534646067275E-2</v>
       </c>
     </row>
-    <row r="33" spans="1:6">
+    <row r="33" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A33" s="4" t="s">
         <v>36</v>
       </c>
       <c r="B33" s="5">
         <v>66312.855828995074</v>
       </c>
       <c r="C33" s="6">
         <v>132.28604453750199</v>
       </c>
       <c r="D33" s="6">
         <v>132.90685323482501</v>
       </c>
       <c r="E33" s="9">
         <v>1.1060043073022552E-2</v>
       </c>
       <c r="F33" s="7">
         <v>7.2509668726838505E-2</v>
       </c>
     </row>
-    <row r="34" spans="1:6">
+    <row r="34" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A34" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B34" s="5">
         <v>67477.563486034458</v>
       </c>
       <c r="C34" s="6">
         <v>134.60949399637619</v>
       </c>
       <c r="D34" s="6">
         <v>135.717146768784</v>
       </c>
       <c r="E34" s="9">
         <v>2.114483539079548E-2</v>
       </c>
       <c r="F34" s="7">
         <v>7.2715822249640905E-2</v>
       </c>
     </row>
-    <row r="35" spans="1:6">
+    <row r="35" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A35" s="4" t="s">
         <v>38</v>
       </c>
       <c r="B35" s="5">
         <v>70009.883161164966</v>
       </c>
       <c r="C35" s="6">
         <v>139.66116232131407</v>
       </c>
       <c r="D35" s="6">
         <v>138.881290029821</v>
       </c>
       <c r="E35" s="9">
         <v>2.3314248319909137E-2</v>
       </c>
       <c r="F35" s="7">
         <v>7.3421776694769347E-2</v>
       </c>
     </row>
-    <row r="36" spans="1:6">
+    <row r="36" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A36" s="4" t="s">
         <v>39</v>
       </c>
       <c r="B36" s="5">
         <v>72362.179264178776</v>
       </c>
       <c r="C36" s="6">
         <v>144.35370561715894</v>
       </c>
       <c r="D36" s="6">
         <v>143.24057091977201</v>
       </c>
       <c r="E36" s="9">
         <v>3.1388539730693443E-2</v>
       </c>
       <c r="F36" s="7">
         <v>9.0342374656136704E-2</v>
       </c>
     </row>
-    <row r="37" spans="1:6">
+    <row r="37" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A37" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B37" s="5">
         <v>74637.602778217304</v>
       </c>
       <c r="C37" s="6">
         <v>148.89289749114494</v>
       </c>
       <c r="D37" s="6">
         <v>149.69884525290701</v>
       </c>
       <c r="E37" s="9">
         <v>4.5086907233511608E-2</v>
       </c>
       <c r="F37" s="7">
         <v>0.125537451903591</v>
       </c>
     </row>
-    <row r="38" spans="1:6">
+    <row r="38" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A38" s="4" t="s">
         <v>41</v>
       </c>
       <c r="B38" s="5">
         <v>77697.684037155879</v>
       </c>
       <c r="C38" s="6">
         <v>154.99738568800711</v>
       </c>
       <c r="D38" s="6">
         <v>156.284264825771</v>
       </c>
       <c r="E38" s="9">
         <v>4.3991118045956457E-2</v>
       </c>
       <c r="F38" s="7">
         <v>0.15145953740959595</v>
       </c>
     </row>
-    <row r="39" spans="1:6">
+    <row r="39" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A39" s="4" t="s">
         <v>42</v>
       </c>
       <c r="B39" s="5">
         <v>81201.673398587023</v>
       </c>
       <c r="C39" s="6">
         <v>161.98741630771897</v>
       </c>
       <c r="D39" s="6">
         <v>161.06930903759701</v>
       </c>
       <c r="E39" s="9">
         <v>3.061756867948584E-2</v>
       </c>
       <c r="F39" s="7">
         <v>0.15986014734031495</v>
       </c>
     </row>
-    <row r="40" spans="1:6">
+    <row r="40" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A40" s="4" t="s">
         <v>43</v>
       </c>
       <c r="B40" s="5">
         <v>80935.430938646736</v>
       </c>
       <c r="C40" s="6">
         <v>161.45629513259934</v>
       </c>
       <c r="D40" s="6">
         <v>160.12967717344301</v>
       </c>
       <c r="E40" s="9">
         <v>-5.8337113989522793E-3</v>
       </c>
       <c r="F40" s="7">
         <v>0.11847696906928218</v>
       </c>
     </row>
-    <row r="41" spans="1:6">
+    <row r="41" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A41" s="4" t="s">
         <v>44</v>
       </c>
       <c r="B41" s="5">
         <v>81628.067244284379</v>
       </c>
       <c r="C41" s="6">
         <v>162.83801992834864</v>
       </c>
       <c r="D41" s="6">
         <v>163.748162388651</v>
       </c>
       <c r="E41" s="9">
         <v>2.2597217949104076E-2</v>
       </c>
       <c r="F41" s="7">
         <v>9.3658748484178433E-2</v>
       </c>
     </row>
-    <row r="42" spans="1:6">
+    <row r="42" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A42" s="4" t="s">
         <v>45</v>
       </c>
       <c r="B42" s="5">
         <v>83976.2737743451</v>
       </c>
       <c r="C42" s="6">
         <v>167.52240502586156</v>
       </c>
       <c r="D42" s="6">
         <v>169.02584729120801</v>
       </c>
       <c r="E42" s="9">
         <v>3.2230498501904403E-2</v>
       </c>
       <c r="F42" s="7">
         <v>8.0807939322705469E-2</v>
       </c>
     </row>
-    <row r="43" spans="1:6">
+    <row r="43" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A43" s="4" t="s">
         <v>46</v>
       </c>
       <c r="B43" s="5">
         <v>87637.816151872772</v>
       </c>
       <c r="C43" s="6">
         <v>174.82673466110833</v>
       </c>
       <c r="D43" s="6">
-        <v>173.77915063756899</v>
+        <v>173.77915063757001</v>
       </c>
       <c r="E43" s="9">
-        <v>2.8121754291056344E-2</v>
+        <v>2.8121754291062562E-2</v>
       </c>
       <c r="F43" s="7">
         <v>7.9261208345956735E-2</v>
       </c>
     </row>
-    <row r="44" spans="1:6">
+    <row r="44" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A44" s="4" t="s">
         <v>47</v>
       </c>
       <c r="B44" s="5">
         <v>91048.795738605651</v>
       </c>
       <c r="C44" s="6">
         <v>181.63122214526459</v>
       </c>
       <c r="D44" s="6">
-        <v>180.065308102068</v>
+        <v>180.06530810206601</v>
       </c>
       <c r="E44" s="9">
-        <v>3.6173254624827456E-2</v>
+        <v>3.6173254624809914E-2</v>
       </c>
       <c r="F44" s="7">
         <v>0.12495596406505038</v>
       </c>
     </row>
-    <row r="45" spans="1:6">
+    <row r="45" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A45" s="4" t="s">
         <v>48</v>
       </c>
       <c r="B45" s="5">
         <v>92532.868483573286</v>
       </c>
       <c r="C45" s="6">
         <v>184.59176593098164</v>
       </c>
       <c r="D45" s="6">
         <v>185.594688297446</v>
       </c>
       <c r="E45" s="9">
-        <v>3.070763743254612E-2</v>
+        <v>3.0707637432557444E-2</v>
       </c>
       <c r="F45" s="7">
         <v>0.13359131984167449</v>
       </c>
     </row>
-    <row r="46" spans="1:6">
+    <row r="46" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A46" s="4" t="s">
         <v>49</v>
       </c>
       <c r="B46" s="5">
         <v>95356.087376546799</v>
       </c>
       <c r="C46" s="6">
         <v>190.22374265021853</v>
       </c>
       <c r="D46" s="6">
-        <v>192.11509661917901</v>
+        <v>192.115096619182</v>
       </c>
       <c r="E46" s="9">
-        <v>3.51325158146929E-2</v>
+        <v>3.5132515814708887E-2</v>
       </c>
       <c r="F46" s="7">
         <v>0.13551224757579394</v>
       </c>
     </row>
-    <row r="47" spans="1:6">
+    <row r="47" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A47" s="4" t="s">
         <v>50</v>
       </c>
       <c r="B47" s="5">
         <v>103501.05854764034</v>
       </c>
       <c r="C47" s="6">
         <v>206.47196489349625</v>
       </c>
       <c r="D47" s="6">
-        <v>205.14675703622399</v>
+        <v>205.14675703622601</v>
       </c>
       <c r="E47" s="9">
-        <v>6.7832568321671394E-2</v>
+        <v>6.7832568321665399E-2</v>
       </c>
       <c r="F47" s="7">
         <v>0.18100910191871056</v>
       </c>
     </row>
-    <row r="48" spans="1:6">
+    <row r="48" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A48" s="4" t="s">
         <v>51</v>
       </c>
       <c r="B48" s="5">
         <v>110830.03934779929</v>
       </c>
       <c r="C48" s="6">
         <v>221.09238605352726</v>
       </c>
       <c r="D48" s="6">
-        <v>219.13829488589201</v>
+        <v>219.13829488588701</v>
       </c>
       <c r="E48" s="9">
-        <v>6.8202578738290498E-2</v>
+        <v>6.8202578738255637E-2</v>
       </c>
       <c r="F48" s="7">
         <v>0.21725980501690678</v>
       </c>
     </row>
-    <row r="49" spans="1:6">
+    <row r="49" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A49" s="4" t="s">
         <v>52</v>
       </c>
       <c r="B49" s="5">
         <v>115940.289691244</v>
       </c>
       <c r="C49" s="6">
         <v>231.28671106154673</v>
       </c>
       <c r="D49" s="6">
-        <v>232.47568973262599</v>
+        <v>232.47568973261801</v>
       </c>
       <c r="E49" s="9">
-        <v>6.0862912407340541E-2</v>
+        <v>6.0862912407328107E-2</v>
       </c>
       <c r="F49" s="7">
         <v>0.25296331553610152</v>
       </c>
     </row>
-    <row r="50" spans="1:6">
+    <row r="50" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A50" s="4" t="s">
         <v>53</v>
       </c>
       <c r="B50" s="5">
         <v>119937.97091927993</v>
       </c>
       <c r="C50" s="6">
         <v>239.26159663037882</v>
       </c>
       <c r="D50" s="6">
-        <v>241.86410124500301</v>
+        <v>241.86410124502601</v>
       </c>
       <c r="E50" s="9">
-        <v>4.0384487183046103E-2</v>
+        <v>4.0384487183180662E-2</v>
       </c>
       <c r="F50" s="7">
         <v>0.25779039617746657</v>
       </c>
     </row>
-    <row r="51" spans="1:6">
+    <row r="51" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A51" s="4" t="s">
         <v>54</v>
       </c>
       <c r="B51" s="5">
         <v>125381.89152379334</v>
       </c>
       <c r="C51" s="6">
         <v>250.12155303769131</v>
       </c>
       <c r="D51" s="6">
-        <v>248.35677812281401</v>
+        <v>248.356778122815</v>
       </c>
       <c r="E51" s="9">
-        <v>2.6844318129022549E-2</v>
+        <v>2.6844318128929068E-2</v>
       </c>
       <c r="F51" s="7">
         <v>0.21140685209592824</v>
       </c>
     </row>
-    <row r="52" spans="1:6">
+    <row r="52" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A52" s="4" t="s">
         <v>55</v>
       </c>
       <c r="B52" s="5">
         <v>129760.81264882484</v>
       </c>
       <c r="C52" s="6">
         <v>258.85696561690406</v>
       </c>
       <c r="D52" s="6">
-        <v>256.630993868112</v>
+        <v>256.63099386807897</v>
       </c>
       <c r="E52" s="9">
-        <v>3.3315844277889362E-2</v>
+        <v>3.331584427775236E-2</v>
       </c>
       <c r="F52" s="7">
         <v>0.17080904610724068</v>
       </c>
     </row>
-    <row r="53" spans="1:6">
+    <row r="53" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A53" s="4" t="s">
         <v>56</v>
       </c>
       <c r="B53" s="5">
         <v>133902.72432045385</v>
       </c>
       <c r="C53" s="6">
         <v>267.11957329702665</v>
       </c>
       <c r="D53" s="6">
-        <v>268.45065288452702</v>
+        <v>268.45065288446699</v>
       </c>
       <c r="E53" s="9">
-        <v>4.6057020776256508E-2</v>
+        <v>4.6057020776157254E-2</v>
       </c>
       <c r="F53" s="7">
         <v>0.15492832282069413</v>
       </c>
     </row>
-    <row r="54" spans="1:6">
+    <row r="54" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A54" s="4" t="s">
         <v>57</v>
       </c>
       <c r="B54" s="5">
         <v>139026.61326247951</v>
       </c>
       <c r="C54" s="6">
         <v>277.34110564269957</v>
       </c>
       <c r="D54" s="6">
-        <v>280.37643563623999</v>
+        <v>280.376435636439</v>
       </c>
       <c r="E54" s="9">
-        <v>4.4424487791589806E-2</v>
+        <v>4.4424487792564582E-2</v>
       </c>
       <c r="F54" s="7">
         <v>0.1591542878113763</v>
       </c>
     </row>
-    <row r="55" spans="1:6">
+    <row r="55" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A55" s="4" t="s">
         <v>58</v>
       </c>
       <c r="B55" s="5">
         <v>148462.1695470702</v>
       </c>
       <c r="C55" s="6">
         <v>296.16388748937885</v>
       </c>
       <c r="D55" s="6">
-        <v>293.94678083593902</v>
+        <v>293.94678083594602</v>
       </c>
       <c r="E55" s="9">
-        <v>4.8400448378997041E-2</v>
+        <v>4.8400448378277838E-2</v>
       </c>
       <c r="F55" s="7">
         <v>0.18407983595379851</v>
       </c>
     </row>
-    <row r="56" spans="1:6">
+    <row r="56" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A56" s="4" t="s">
         <v>59</v>
       </c>
       <c r="B56" s="5">
         <v>153481.89696762565</v>
       </c>
       <c r="C56" s="6">
         <v>306.17763032733052</v>
       </c>
       <c r="D56" s="6">
-        <v>303.84506008286701</v>
+        <v>303.84506008255801</v>
       </c>
       <c r="E56" s="9">
-        <v>3.3673712019498314E-2</v>
+        <v>3.3673712018422508E-2</v>
       </c>
       <c r="F56" s="7">
         <v>0.18280622504267008</v>
       </c>
     </row>
-    <row r="57" spans="1:6">
+    <row r="57" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A57" s="4" t="s">
         <v>60</v>
       </c>
       <c r="B57" s="5">
         <v>152464.44408715086</v>
       </c>
       <c r="C57" s="6">
         <v>304.14793615447832</v>
       </c>
       <c r="D57" s="6">
-        <v>305.539178855437</v>
+        <v>305.53917885525101</v>
       </c>
       <c r="E57" s="9">
-        <v>5.5756008411258495E-3</v>
+        <v>5.57560084153641E-3</v>
       </c>
       <c r="F57" s="7">
         <v>0.1386209269519818</v>
       </c>
     </row>
-    <row r="58" spans="1:6">
+    <row r="58" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A58" s="4" t="s">
         <v>61</v>
       </c>
       <c r="B58" s="5">
         <v>152790.2063464151</v>
       </c>
       <c r="C58" s="6">
         <v>304.797792056459</v>
       </c>
       <c r="D58" s="6">
-        <v>307.97831574762603</v>
+        <v>307.97831574856099</v>
       </c>
       <c r="E58" s="9">
-        <v>7.983057692719342E-3</v>
+        <v>7.9830576963928479E-3</v>
       </c>
       <c r="F58" s="7">
         <v>9.8999700567762527E-2</v>
       </c>
     </row>
-    <row r="59" spans="1:6">
+    <row r="59" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A59" s="4" t="s">
         <v>62</v>
       </c>
       <c r="B59" s="5">
         <v>157493.99471696085</v>
       </c>
       <c r="C59" s="6">
         <v>314.18127509458395</v>
       </c>
       <c r="D59" s="6">
-        <v>311.80511053053499</v>
+        <v>311.80511053035798</v>
       </c>
       <c r="E59" s="9">
-        <v>1.2425533186059878E-2</v>
+        <v>1.2425533182411685E-2</v>
       </c>
       <c r="F59" s="7">
         <v>6.0835869484091809E-2</v>
       </c>
     </row>
-    <row r="60" spans="1:6">
+    <row r="60" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A60" s="4" t="s">
         <v>63</v>
       </c>
       <c r="B60" s="5">
         <v>157627.180485769</v>
       </c>
       <c r="C60" s="6">
         <v>314.44696442923953</v>
       </c>
       <c r="D60" s="6">
-        <v>312.375388165012</v>
+        <v>312.37538816393402</v>
       </c>
       <c r="E60" s="9">
-        <v>1.8289553801946745E-3</v>
+        <v>1.8289553773060963E-3</v>
       </c>
       <c r="F60" s="7">
         <v>2.7008289577094002E-2</v>
       </c>
     </row>
-    <row r="61" spans="1:6">
+    <row r="61" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A61" s="4" t="s">
         <v>64</v>
       </c>
       <c r="B61" s="5">
         <v>157387.16713854019</v>
       </c>
       <c r="C61" s="6">
         <v>313.96816712901489</v>
       </c>
       <c r="D61" s="6">
-        <v>315.20319696959899</v>
+        <v>315.203196969457</v>
       </c>
       <c r="E61" s="9">
-        <v>9.0525979693802938E-3</v>
+        <v>9.052597972407872E-3</v>
       </c>
       <c r="F61" s="7">
         <v>3.2287679142918302E-2</v>
       </c>
     </row>
-    <row r="62" spans="1:6">
+    <row r="62" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A62" s="4" t="s">
         <v>65</v>
       </c>
       <c r="B62" s="5">
         <v>160318.91841290306</v>
       </c>
       <c r="C62" s="6">
         <v>319.8166526874316</v>
       </c>
       <c r="D62" s="6">
-        <v>323.03553881209803</v>
+        <v>323.035538813882</v>
       </c>
       <c r="E62" s="9">
-        <v>2.4848548231109602E-2</v>
+        <v>2.4848548237231149E-2</v>
       </c>
       <c r="F62" s="7">
         <v>4.9274834078163465E-2</v>
       </c>
     </row>
-    <row r="63" spans="1:6">
+    <row r="63" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A63" s="4" t="s">
         <v>66</v>
       </c>
       <c r="B63" s="5">
         <v>165034.93768043967</v>
       </c>
       <c r="C63" s="6">
         <v>329.22453487054645</v>
       </c>
       <c r="D63" s="6">
-        <v>326.83301738116302</v>
+        <v>326.83301738301202</v>
       </c>
       <c r="E63" s="9">
-        <v>1.1755606157234366E-2</v>
+        <v>1.1755606157370702E-2</v>
       </c>
       <c r="F63" s="7">
         <v>4.7880828580359358E-2</v>
       </c>
     </row>
-    <row r="64" spans="1:6">
+    <row r="64" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A64" s="4" t="s">
         <v>67</v>
       </c>
       <c r="B64" s="5">
         <v>168459.89392346563</v>
       </c>
       <c r="C64" s="6">
         <v>336.05690407618425</v>
       </c>
       <c r="D64" s="6">
-        <v>334.04498144182497</v>
+        <v>334.04498143456601</v>
       </c>
       <c r="E64" s="9">
-        <v>2.2066204077084262E-2</v>
+        <v>2.2066204049091986E-2</v>
       </c>
       <c r="F64" s="7">
         <v>6.8723638932782993E-2</v>
       </c>
     </row>
-    <row r="65" spans="1:6">
+    <row r="65" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A65" s="4" t="s">
         <v>68</v>
       </c>
       <c r="B65" s="5">
         <v>172064.55600816399</v>
       </c>
       <c r="C65" s="6">
         <v>343.24776447750259</v>
       </c>
       <c r="D65" s="6">
-        <v>344.27761496304601</v>
+        <v>344.27761496482202</v>
       </c>
       <c r="E65" s="9">
-        <v>3.0632501877604357E-2</v>
+        <v>3.06325019053173E-2</v>
       </c>
       <c r="F65" s="7">
         <v>9.3256579532332795E-2</v>
       </c>
     </row>
-    <row r="66" spans="1:6">
+    <row r="66" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A66" s="4" t="s">
         <v>69</v>
       </c>
       <c r="B66" s="5">
         <v>175554.04737287393</v>
       </c>
       <c r="C66" s="6">
         <v>350.20887336528199</v>
       </c>
       <c r="D66" s="6">
-        <v>353.85412228895598</v>
+        <v>353.854122298042</v>
       </c>
       <c r="E66" s="9">
-        <v>2.7816235821599644E-2</v>
+        <v>2.7816235842688997E-2</v>
       </c>
       <c r="F66" s="7">
         <v>9.5030138119648777E-2</v>
       </c>
     </row>
-    <row r="67" spans="1:6">
+    <row r="67" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A67" s="4" t="s">
         <v>70</v>
       </c>
       <c r="B67" s="5">
         <v>181810.41544843017</v>
       </c>
       <c r="C67" s="6">
         <v>362.68956320346808</v>
       </c>
       <c r="D67" s="6">
-        <v>360.13011329445601</v>
+        <v>360.13011330474501</v>
       </c>
       <c r="E67" s="9">
-        <v>1.7736096911639354E-2</v>
+        <v>1.7736096914583666E-2</v>
       </c>
       <c r="F67" s="7">
         <v>0.1016480389169061</v>
       </c>
     </row>
-    <row r="68" spans="1:6">
+    <row r="68" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A68" s="4" t="s">
         <v>71</v>
       </c>
       <c r="B68" s="5">
         <v>184130.88191542489</v>
       </c>
       <c r="C68" s="6">
         <v>367.31861026475326</v>
       </c>
       <c r="D68" s="6">
-        <v>365.14178204260702</v>
+        <v>365.14178199819997</v>
       </c>
       <c r="E68" s="9">
-        <v>1.391627237807036E-2</v>
+        <v>1.3916272225794168E-2</v>
       </c>
       <c r="F68" s="7">
         <v>9.3025037752183737E-2</v>
       </c>
     </row>
-    <row r="69" spans="1:6">
+    <row r="69" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A69" s="4" t="s">
         <v>72</v>
       </c>
       <c r="B69" s="5">
         <v>183958.90786142173</v>
       </c>
       <c r="C69" s="6">
         <v>366.9755430407173</v>
       </c>
       <c r="D69" s="6">
-        <v>367.75855878051902</v>
+        <v>367.75855878934698</v>
       </c>
       <c r="E69" s="9">
-        <v>7.166467565759671E-3</v>
+        <v>7.1664677124239073E-3</v>
       </c>
       <c r="F69" s="7">
         <v>6.9127263215635226E-2</v>
       </c>
     </row>
-    <row r="70" spans="1:6">
+    <row r="70" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A70" s="4" t="s">
         <v>73</v>
       </c>
       <c r="B70" s="5">
         <v>179363.08876032973</v>
       </c>
       <c r="C70" s="6">
         <v>357.80744550226791</v>
       </c>
       <c r="D70" s="6">
-        <v>361.87835832253</v>
+        <v>361.87835837581201</v>
       </c>
       <c r="E70" s="9">
-        <v>-1.5989296013905641E-2</v>
+        <v>-1.5989295892643418E-2</v>
       </c>
       <c r="F70" s="7">
         <v>2.1697257593642716E-2</v>
       </c>
     </row>
-    <row r="71" spans="1:6">
+    <row r="71" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A71" s="4" t="s">
         <v>74</v>
       </c>
       <c r="B71" s="5">
         <v>174514.48914169855</v>
       </c>
       <c r="C71" s="6">
         <v>348.1350817188594</v>
       </c>
       <c r="D71" s="6">
-        <v>345.66850231805</v>
+        <v>345.668502346281</v>
       </c>
       <c r="E71" s="9">
-        <v>-4.4793659614296932E-2</v>
+        <v>-4.4793659676926612E-2</v>
       </c>
       <c r="F71" s="7">
         <v>-4.0129308811799658E-2</v>
       </c>
     </row>
-    <row r="72" spans="1:6">
+    <row r="72" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A72" s="4" t="s">
         <v>75</v>
       </c>
       <c r="B72" s="5">
         <v>165188.45305606507</v>
       </c>
       <c r="C72" s="6">
         <v>329.53077928670524</v>
       </c>
       <c r="D72" s="6">
-        <v>327.46329513664</v>
+        <v>327.46329499287401</v>
       </c>
       <c r="E72" s="9">
-        <v>-5.2666664909663541E-2</v>
+        <v>-5.2666665402940072E-2</v>
       </c>
       <c r="F72" s="7">
         <v>-0.10287480656319481</v>
       </c>
     </row>
-    <row r="73" spans="1:6">
+    <row r="73" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A73" s="4" t="s">
         <v>76</v>
       </c>
       <c r="B73" s="5">
         <v>156827.58171243957</v>
       </c>
       <c r="C73" s="6">
         <v>312.85186258030751</v>
       </c>
       <c r="D73" s="6">
-        <v>313.38629191686698</v>
+        <v>313.38629193243401</v>
       </c>
       <c r="E73" s="9">
-        <v>-4.2988033861624531E-2</v>
+        <v>-4.2988033393929981E-2</v>
       </c>
       <c r="F73" s="7">
         <v>-0.14748579704235099</v>
       </c>
     </row>
-    <row r="74" spans="1:6">
+    <row r="74" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A74" s="4" t="s">
         <v>77</v>
       </c>
       <c r="B74" s="5">
         <v>149709.13469251405</v>
       </c>
       <c r="C74" s="6">
         <v>298.65143058648636</v>
       </c>
       <c r="D74" s="6">
-        <v>302.360108335012</v>
+        <v>302.36010849593498</v>
       </c>
       <c r="E74" s="9">
-        <v>-3.5184000915968405E-2</v>
+        <v>-3.5184000450397046E-2</v>
       </c>
       <c r="F74" s="7">
         <v>-0.16532918937095342</v>
       </c>
     </row>
-    <row r="75" spans="1:6">
+    <row r="75" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A75" s="4" t="s">
         <v>78</v>
       </c>
       <c r="B75" s="5">
         <v>154066.04029528811</v>
       </c>
       <c r="C75" s="6">
         <v>307.34292488889656</v>
       </c>
       <c r="D75" s="6">
-        <v>305.03639963594901</v>
+        <v>305.03639973347401</v>
       </c>
       <c r="E75" s="9">
-        <v>8.851337286768457E-3</v>
+        <v>8.8513370723803941E-3</v>
       </c>
       <c r="F75" s="7">
         <v>-0.11717335876797685</v>
       </c>
     </row>
-    <row r="76" spans="1:6">
+    <row r="76" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A76" s="4" t="s">
         <v>79</v>
       </c>
       <c r="B76" s="5">
         <v>160158.67185069327</v>
       </c>
       <c r="C76" s="6">
         <v>319.49698037652809</v>
       </c>
       <c r="D76" s="6">
-        <v>317.33995832859802</v>
+        <v>317.33995794933202</v>
       </c>
       <c r="E76" s="9">
-        <v>4.0334723027589225E-2</v>
+        <v>4.0334721451630973E-2</v>
       </c>
       <c r="F76" s="7">
         <v>-3.0448745734453331E-2</v>
       </c>
     </row>
-    <row r="77" spans="1:6">
+    <row r="77" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A77" s="4" t="s">
         <v>80</v>
       </c>
       <c r="B77" s="5">
         <v>162116.10428815728</v>
       </c>
       <c r="C77" s="6">
         <v>323.40181890843002</v>
       </c>
       <c r="D77" s="6">
-        <v>323.99952585495299</v>
+        <v>323.99952555974801</v>
       </c>
       <c r="E77" s="9">
-        <v>2.0985594002817409E-2</v>
+        <v>2.0985594292790788E-2</v>
       </c>
       <c r="F77" s="7">
         <v>3.3721890741227112E-2</v>
       </c>
     </row>
-    <row r="78" spans="1:6">
+    <row r="78" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A78" s="4" t="s">
         <v>81</v>
       </c>
       <c r="B78" s="5">
         <v>162886.94769711408</v>
       </c>
       <c r="C78" s="6">
         <v>324.93955731908841</v>
       </c>
       <c r="D78" s="6">
-        <v>329.25159838463901</v>
+        <v>329.25159945712602</v>
       </c>
       <c r="E78" s="9">
-        <v>1.621012412233358E-2</v>
+        <v>1.6210128358380871E-2</v>
       </c>
       <c r="F78" s="7">
         <v>8.8022771834636471E-2</v>
       </c>
     </row>
-    <row r="79" spans="1:6">
+    <row r="79" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A79" s="4" t="s">
         <v>82</v>
       </c>
       <c r="B79" s="5">
         <v>168719.1003107008</v>
       </c>
       <c r="C79" s="6">
         <v>336.5739891460027</v>
       </c>
       <c r="D79" s="6">
-        <v>333.83369652671701</v>
+        <v>333.83369640097902</v>
       </c>
       <c r="E79" s="9">
-        <v>1.391670735862327E-2</v>
+        <v>1.391670367405351E-2</v>
       </c>
       <c r="F79" s="7">
         <v>9.5108954493333675E-2</v>
       </c>
     </row>
-    <row r="80" spans="1:6">
+    <row r="80" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A80" s="4" t="s">
         <v>83</v>
       </c>
       <c r="B80" s="5">
         <v>167353.997059941</v>
       </c>
       <c r="C80" s="6">
         <v>333.85077496421593</v>
       </c>
       <c r="D80" s="6">
-        <v>331.49996577821702</v>
+        <v>331.49996482244802</v>
       </c>
       <c r="E80" s="9">
-        <v>-6.990698580702448E-3</v>
+        <v>-6.9907010696963479E-3</v>
       </c>
       <c r="F80" s="7">
         <v>4.4926229258166472E-2</v>
       </c>
     </row>
-    <row r="81" spans="1:6">
+    <row r="81" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A81" s="4" t="s">
         <v>84</v>
       </c>
       <c r="B81" s="5">
         <v>162971.30816989226</v>
       </c>
       <c r="C81" s="6">
         <v>325.10784615418123</v>
       </c>
       <c r="D81" s="6">
-        <v>325.89917865503998</v>
+        <v>325.89917810083398</v>
       </c>
       <c r="E81" s="9">
-        <v>-1.6895287183601448E-2</v>
+        <v>-1.6895286020961797E-2</v>
       </c>
       <c r="F81" s="7">
         <v>5.2752555675461554E-3</v>
       </c>
     </row>
-    <row r="82" spans="1:6">
+    <row r="82" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A82" s="4" t="s">
         <v>85</v>
       </c>
       <c r="B82" s="5">
         <v>162378.8622557811</v>
       </c>
       <c r="C82" s="6">
         <v>323.92598894715223</v>
       </c>
       <c r="D82" s="6">
-        <v>328.24405760952197</v>
+        <v>328.24405988904402</v>
       </c>
       <c r="E82" s="9">
-        <v>7.1951054438341711E-3</v>
+        <v>7.1951141511763517E-3</v>
       </c>
       <c r="F82" s="7">
         <v>-3.1192520242798727E-3</v>
       </c>
     </row>
-    <row r="83" spans="1:6">
+    <row r="83" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A83" s="4" t="s">
         <v>86</v>
       </c>
       <c r="B83" s="5">
         <v>166763.77091115</v>
       </c>
       <c r="C83" s="6">
         <v>332.67334591776512</v>
       </c>
       <c r="D83" s="6">
-        <v>329.73208977391499</v>
+        <v>329.73208957282702</v>
       </c>
       <c r="E83" s="9">
-        <v>4.5333102912199497E-3</v>
+        <v>4.5333027025256101E-3</v>
       </c>
       <c r="F83" s="7">
         <v>-1.1589259283329545E-2</v>
       </c>
     </row>
-    <row r="84" spans="1:6">
+    <row r="84" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A84" s="4" t="s">
         <v>87</v>
       </c>
       <c r="B84" s="5">
         <v>166596.74937662765</v>
       </c>
       <c r="C84" s="6">
         <v>332.34015836493944</v>
       </c>
       <c r="D84" s="6">
-        <v>330.10228445467402</v>
+        <v>330.10228279292397</v>
       </c>
       <c r="E84" s="9">
-        <v>1.1227135369591412E-3</v>
+        <v>1.1227091077987694E-3</v>
       </c>
       <c r="F84" s="7">
         <v>-4.5248257981082007E-3</v>
       </c>
     </row>
-    <row r="85" spans="1:6">
+    <row r="85" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A85" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B85" s="5">
         <v>164784.71427183633</v>
       </c>
       <c r="C85" s="6">
         <v>328.72536974545841</v>
       </c>
       <c r="D85" s="6">
-        <v>329.71170863810499</v>
+        <v>329.711706352075</v>
       </c>
       <c r="E85" s="9">
-        <v>-1.1831963453819982E-3</v>
+        <v>-1.1831982425095644E-3</v>
       </c>
       <c r="F85" s="7">
         <v>1.1127149449237095E-2</v>
       </c>
     </row>
-    <row r="86" spans="1:6">
+    <row r="86" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A86" s="4" t="s">
         <v>89</v>
       </c>
       <c r="B86" s="5">
         <v>162721.88799839217</v>
       </c>
       <c r="C86" s="6">
         <v>324.61028338896568</v>
       </c>
       <c r="D86" s="6">
-        <v>328.76095015587498</v>
+        <v>328.76095629387902</v>
       </c>
       <c r="E86" s="9">
-        <v>-2.8836054568919245E-3</v>
+        <v>-2.8835799271886842E-3</v>
       </c>
       <c r="F86" s="7">
         <v>2.112502439330699E-3</v>
       </c>
     </row>
-    <row r="87" spans="1:6">
+    <row r="87" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A87" s="4" t="s">
         <v>90</v>
       </c>
       <c r="B87" s="5">
         <v>164954.82489675129</v>
       </c>
       <c r="C87" s="6">
         <v>329.06471965615793</v>
       </c>
       <c r="D87" s="6">
-        <v>326.044587565141</v>
+        <v>326.04458577579697</v>
       </c>
       <c r="E87" s="9">
-        <v>-8.2624246871353391E-3</v>
+        <v>-8.2624486456776003E-3</v>
       </c>
       <c r="F87" s="7">
         <v>-1.0847356140456177E-2</v>
       </c>
     </row>
-    <row r="88" spans="1:6">
+    <row r="88" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A88" s="4" t="s">
         <v>91</v>
       </c>
       <c r="B88" s="5">
         <v>163910.34101588427</v>
       </c>
       <c r="C88" s="6">
         <v>326.98110194047115</v>
       </c>
       <c r="D88" s="6">
-        <v>324.99802732856199</v>
+        <v>324.99802497333798</v>
       </c>
       <c r="E88" s="9">
-        <v>-3.2098684550925238E-3</v>
+        <v>-3.2098702082992148E-3</v>
       </c>
       <c r="F88" s="7">
         <v>-1.612521475236095E-2</v>
       </c>
     </row>
-    <row r="89" spans="1:6">
+    <row r="89" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A89" s="4" t="s">
         <v>92</v>
       </c>
       <c r="B89" s="5">
         <v>162923.99409330709</v>
       </c>
       <c r="C89" s="6">
         <v>325.01346035275327</v>
       </c>
       <c r="D89" s="6">
-        <v>326.070209888438</v>
+        <v>326.070206422637</v>
       </c>
       <c r="E89" s="9">
-        <v>3.2990432855521945E-3</v>
+        <v>3.2990398922791986E-3</v>
       </c>
       <c r="F89" s="7">
         <v>-1.1291825135307909E-2</v>
       </c>
     </row>
-    <row r="90" spans="1:6">
+    <row r="90" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A90" s="4" t="s">
         <v>93</v>
       </c>
       <c r="B90" s="5">
         <v>163055.69431956849</v>
       </c>
       <c r="C90" s="6">
         <v>325.27618621154812</v>
       </c>
       <c r="D90" s="6">
-        <v>329.11287274706899</v>
+        <v>329.112882239508</v>
       </c>
       <c r="E90" s="9">
-        <v>9.3313119885192197E-3</v>
+        <v>9.3313518283459906E-3</v>
       </c>
       <c r="F90" s="7">
         <v>2.0513916430198176E-3</v>
       </c>
     </row>
-    <row r="91" spans="1:6">
+    <row r="91" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A91" s="4" t="s">
         <v>94</v>
       </c>
       <c r="B91" s="5">
         <v>167294.36460933823</v>
       </c>
       <c r="C91" s="6">
         <v>333.7318155118187</v>
       </c>
       <c r="D91" s="6">
-        <v>330.71246630917102</v>
+        <v>330.71246320245399</v>
       </c>
       <c r="E91" s="9">
-        <v>4.8603190411555808E-3</v>
+        <v>4.8602806187996173E-3</v>
       </c>
       <c r="F91" s="7">
         <v>1.4182911679311738E-2</v>
       </c>
     </row>
-    <row r="92" spans="1:6">
+    <row r="92" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A92" s="4" t="s">
         <v>95</v>
       </c>
       <c r="B92" s="5">
         <v>170917.79263211167</v>
       </c>
       <c r="C92" s="6">
         <v>340.96011166656604</v>
       </c>
       <c r="D92" s="6">
-        <v>339.13317701289498</v>
+        <v>339.13317348391502</v>
       </c>
       <c r="E92" s="9">
-        <v>2.5462332272203403E-2</v>
+        <v>2.5462331234568758E-2</v>
       </c>
       <c r="F92" s="7">
         <v>4.2751735935613322E-2</v>
       </c>
     </row>
-    <row r="93" spans="1:6">
+    <row r="93" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A93" s="4" t="s">
         <v>96</v>
       </c>
       <c r="B93" s="5">
         <v>174444.40590091003</v>
       </c>
       <c r="C93" s="6">
         <v>347.99527421703522</v>
       </c>
       <c r="D93" s="6">
-        <v>349.11067623156799</v>
+        <v>349.11067032800099</v>
       </c>
       <c r="E93" s="9">
-        <v>2.9420593132631234E-2</v>
+        <v>2.9420586436847751E-2</v>
       </c>
       <c r="F93" s="7">
         <v>7.0710344855682727E-2</v>
       </c>
     </row>
-    <row r="94" spans="1:6">
+    <row r="94" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A94" s="4" t="s">
         <v>97</v>
       </c>
       <c r="B94" s="5">
         <v>178124.43995016045</v>
       </c>
       <c r="C94" s="6">
         <v>355.33649247785098</v>
       </c>
       <c r="D94" s="6">
-        <v>359.16216883112202</v>
+        <v>359.162186346532</v>
       </c>
       <c r="E94" s="9">
-        <v>2.8791707856240967E-2</v>
+        <v>2.8791775424931165E-2</v>
       </c>
       <c r="F94" s="7">
         <v>9.2414715680270154E-2</v>
       </c>
     </row>
-    <row r="95" spans="1:6">
+    <row r="95" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A95" s="4" t="s">
         <v>98</v>
       </c>
       <c r="B95" s="5">
         <v>186544.36983655585</v>
       </c>
       <c r="C95" s="6">
         <v>372.13322376064582</v>
       </c>
       <c r="D95" s="6">
-        <v>369.043416700526</v>
+        <v>369.043415008588</v>
       </c>
       <c r="E95" s="9">
-        <v>2.7511939527378626E-2</v>
+        <v>2.7511884707490442E-2</v>
       </c>
       <c r="F95" s="7">
         <v>0.11506666869604221</v>
       </c>
     </row>
-    <row r="96" spans="1:6">
+    <row r="96" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A96" s="4" t="s">
         <v>99</v>
       </c>
       <c r="B96" s="5">
         <v>188810.27779674489</v>
       </c>
       <c r="C96" s="6">
         <v>376.65343326741817</v>
       </c>
       <c r="D96" s="6">
-        <v>374.74097769684801</v>
+        <v>374.740952515934</v>
       </c>
       <c r="E96" s="9">
-        <v>1.5438728178005956E-2</v>
+        <v>1.543866460051424E-2</v>
       </c>
       <c r="F96" s="7">
         <v>0.10468474281753393</v>
       </c>
     </row>
-    <row r="97" spans="1:6">
+    <row r="97" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A97" s="4" t="s">
         <v>100</v>
       </c>
       <c r="B97" s="5">
         <v>189001.54559565638</v>
       </c>
       <c r="C97" s="6">
         <v>377.03498915502223</v>
       </c>
       <c r="D97" s="6">
-        <v>378.18090831918602</v>
+        <v>378.18091025895802</v>
       </c>
       <c r="E97" s="9">
-        <v>9.1794888391436569E-3</v>
+        <v>9.1795618277876745E-3</v>
       </c>
       <c r="F97" s="7">
         <v>8.3448589936528039E-2</v>
       </c>
     </row>
-    <row r="98" spans="1:6">
+    <row r="98" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A98" s="4" t="s">
         <v>101</v>
       </c>
       <c r="B98" s="5">
         <v>188565.55025504233</v>
       </c>
       <c r="C98" s="6">
         <v>376.16523172525103</v>
       </c>
       <c r="D98" s="6">
-        <v>379.85892346397998</v>
+        <v>379.85898906384199</v>
       </c>
       <c r="E98" s="9">
-        <v>4.4370699521874002E-3</v>
+        <v>4.4372382618014239E-3</v>
       </c>
       <c r="F98" s="7">
         <v>5.8616943906200092E-2</v>
       </c>
     </row>
-    <row r="99" spans="1:6">
+    <row r="99" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A99" s="4" t="s">
         <v>102</v>
       </c>
       <c r="B99" s="5">
         <v>194258.07236822028</v>
       </c>
       <c r="C99" s="6">
         <v>387.52111776545547</v>
       </c>
       <c r="D99" s="6">
-        <v>384.69249986133502</v>
+        <v>384.69246477536399</v>
       </c>
       <c r="E99" s="9">
-        <v>1.272466196996791E-2</v>
+        <v>1.2724394711400855E-2</v>
       </c>
       <c r="F99" s="7">
         <v>4.1350497677431486E-2</v>
       </c>
     </row>
-    <row r="100" spans="1:6">
+    <row r="100" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A100" s="4" t="s">
         <v>103</v>
       </c>
       <c r="B100" s="5">
         <v>195732.54872938144</v>
       </c>
       <c r="C100" s="6">
         <v>390.46251793807141</v>
       </c>
       <c r="D100" s="6">
-        <v>388.44506891320702</v>
+        <v>388.44495121834598</v>
       </c>
       <c r="E100" s="9">
-        <v>9.7547237162789457E-3</v>
+        <v>9.7545098658826657E-3</v>
       </c>
       <c r="F100" s="7">
         <v>3.6662574799494863E-2</v>
       </c>
     </row>
-    <row r="101" spans="1:6">
+    <row r="101" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A101" s="4" t="s">
         <v>104</v>
       </c>
       <c r="B101" s="5">
         <v>197043.92974371143</v>
       </c>
       <c r="C101" s="6">
         <v>393.07856282256029</v>
       </c>
       <c r="D101" s="6">
-        <v>394.24337628117701</v>
+        <v>394.243465629345</v>
       </c>
       <c r="E101" s="9">
-        <v>1.4926968655291528E-2</v>
+        <v>1.4927506182824901E-2</v>
       </c>
       <c r="F101" s="7">
         <v>4.2551949100250619E-2</v>
       </c>
     </row>
-    <row r="102" spans="1:6">
+    <row r="102" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A102" s="4" t="s">
         <v>105</v>
       </c>
       <c r="B102" s="5">
         <v>198564.36995042174</v>
       </c>
       <c r="C102" s="6">
         <v>396.11165525067355</v>
       </c>
       <c r="D102" s="6">
-        <v>399.66460377228702</v>
+        <v>399.66481964812698</v>
       </c>
       <c r="E102" s="9">
-        <v>1.3750966578684132E-2</v>
+        <v>1.3751284400180586E-2</v>
       </c>
       <c r="F102" s="7">
         <v>5.3025696803343347E-2</v>
       </c>
     </row>
-    <row r="103" spans="1:6">
+    <row r="103" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A103" s="4" t="s">
         <v>106</v>
       </c>
       <c r="B103" s="5">
         <v>204238.09036418528</v>
       </c>
       <c r="C103" s="6">
         <v>407.43003419794667</v>
       </c>
       <c r="D103" s="6">
-        <v>404.88803611014498</v>
+        <v>404.887847455496</v>
       </c>
       <c r="E103" s="9">
-        <v>1.3069539530286001E-2</v>
+        <v>1.3068520296501074E-2</v>
       </c>
       <c r="F103" s="7">
         <v>5.1375049048400401E-2</v>
       </c>
     </row>
-    <row r="104" spans="1:6">
+    <row r="104" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A104" s="4" t="s">
         <v>107</v>
       </c>
       <c r="B104" s="5">
         <v>206345.8948554107</v>
       </c>
       <c r="C104" s="6">
         <v>411.63484660297473</v>
       </c>
       <c r="D104" s="6">
-        <v>409.43540102966602</v>
+        <v>409.43510818629898</v>
       </c>
       <c r="E104" s="9">
-        <v>1.1231166431116657E-2</v>
+        <v>1.1230914336846753E-2</v>
       </c>
       <c r="F104" s="7">
         <v>5.4223715957958607E-2</v>
       </c>
     </row>
-    <row r="105" spans="1:6">
+    <row r="105" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A105" s="4" t="s">
         <v>108</v>
       </c>
       <c r="B105" s="5">
         <v>205936.94120115109</v>
       </c>
       <c r="C105" s="6">
         <v>410.81903403322696</v>
       </c>
       <c r="D105" s="6">
-        <v>412.05689741375397</v>
+        <v>412.05695669955901</v>
       </c>
       <c r="E105" s="9">
-        <v>6.4027106046407045E-3</v>
+        <v>6.4035752206843544E-3</v>
       </c>
       <c r="F105" s="7">
         <v>4.513212596300975E-2</v>
       </c>
     </row>
-    <row r="106" spans="1:6">
+    <row r="106" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A106" s="4" t="s">
         <v>109</v>
       </c>
       <c r="B106" s="5">
         <v>206665.4923767123</v>
       </c>
       <c r="C106" s="6">
         <v>412.27240460599603</v>
       </c>
       <c r="D106" s="6">
-        <v>415.51525142387601</v>
+        <v>415.51627941610701</v>
       </c>
       <c r="E106" s="9">
-        <v>8.3929040669581401E-3</v>
+        <v>8.3952537635962887E-3</v>
       </c>
       <c r="F106" s="7">
         <v>4.0798469676675886E-2</v>
       </c>
     </row>
-    <row r="107" spans="1:6">
+    <row r="107" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A107" s="4" t="s">
         <v>110</v>
       </c>
       <c r="B107" s="5">
         <v>209971.21736565899</v>
       </c>
       <c r="C107" s="6">
         <v>418.86692202874502</v>
       </c>
       <c r="D107" s="6">
-        <v>416.76782198644702</v>
+        <v>416.76721563582203</v>
       </c>
       <c r="E107" s="9">
-        <v>3.0144996080858633E-3</v>
+        <v>3.0105588678086548E-3</v>
       </c>
       <c r="F107" s="7">
         <v>2.8070802029390496E-2</v>
       </c>
     </row>
-    <row r="108" spans="1:6">
+    <row r="108" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A108" s="4" t="s">
         <v>111</v>
       </c>
       <c r="B108" s="5">
         <v>211671.67827434</v>
       </c>
       <c r="C108" s="6">
         <v>422.25913376035902</v>
       </c>
       <c r="D108" s="6">
-        <v>419.91139941674601</v>
+        <v>419.90991895280803</v>
       </c>
       <c r="E108" s="9">
-        <v>7.5427546572950366E-3</v>
+        <v>7.5406682653564872E-3</v>
       </c>
       <c r="F108" s="7">
         <v>2.5809979998198562E-2</v>
       </c>
     </row>
-    <row r="109" spans="1:6">
+    <row r="109" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A109" s="4" t="s">
         <v>112</v>
       </c>
       <c r="B109" s="5">
         <v>211432.68105371299</v>
       </c>
       <c r="C109" s="6">
         <v>421.78236350854502</v>
       </c>
       <c r="D109" s="6">
-        <v>423.03691264123103</v>
+        <v>423.03810491055998</v>
       </c>
       <c r="E109" s="9">
-        <v>7.4432683390504017E-3</v>
+        <v>7.4496595973565505E-3</v>
       </c>
       <c r="F109" s="7">
         <v>2.6686517826803868E-2</v>
       </c>
     </row>
-    <row r="110" spans="1:6">
+    <row r="110" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A110" s="4" t="s">
         <v>113</v>
       </c>
       <c r="B110" s="5">
         <v>211792.21234461601</v>
       </c>
       <c r="C110" s="6">
         <v>422.49958450236898</v>
       </c>
       <c r="D110" s="6">
-        <v>425.54573920686698</v>
+        <v>425.54757888309598</v>
       </c>
       <c r="E110" s="9">
-        <v>5.9305145500709866E-3</v>
+        <v>5.9320282107129252E-3</v>
       </c>
       <c r="F110" s="7">
         <v>2.4806850475832753E-2</v>
       </c>
     </row>
-    <row r="111" spans="1:6">
+    <row r="111" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A111" s="4" t="s">
         <v>114</v>
       </c>
       <c r="B111" s="5">
         <v>214578.38305353399</v>
       </c>
       <c r="C111" s="6">
         <v>428.05765462137299</v>
       </c>
       <c r="D111" s="6">
-        <v>426.15279735794002</v>
+        <v>426.15161400087101</v>
       </c>
       <c r="E111" s="9">
-        <v>1.426540310812241E-3</v>
+        <v>1.4194302770100808E-3</v>
       </c>
       <c r="F111" s="7">
         <v>2.1941891587221596E-2</v>
       </c>
     </row>
-    <row r="112" spans="1:6">
+    <row r="112" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A112" s="4" t="s">
         <v>115</v>
       </c>
       <c r="B112" s="5">
         <v>216102.52034033401</v>
       </c>
       <c r="C112" s="6">
         <v>431.09812227251501</v>
       </c>
       <c r="D112" s="6">
-        <v>428.74375509876899</v>
+        <v>428.74051407509501</v>
       </c>
       <c r="E112" s="9">
-        <v>6.0798796978276393E-3</v>
+        <v>6.0750680958789882E-3</v>
       </c>
       <c r="F112" s="7">
         <v>2.0932616503618995E-2</v>
       </c>
     </row>
-    <row r="113" spans="1:6">
+    <row r="113" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A113" s="4" t="s">
         <v>116</v>
       </c>
       <c r="B113" s="5">
         <v>214178.27525351199</v>
       </c>
       <c r="C113" s="6">
         <v>427.25948844994502</v>
       </c>
       <c r="D113" s="6">
-        <v>428.55137344108402</v>
+        <v>428.55380210272801</v>
       </c>
       <c r="E113" s="9">
-        <v>-4.4871011040303888E-4</v>
+        <v>-4.3548945396443273E-4</v>
       </c>
       <c r="F113" s="7">
         <v>1.2985666104763594E-2</v>
       </c>
     </row>
-    <row r="114" spans="1:6">
+    <row r="114" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A114" s="4" t="s">
         <v>117</v>
       </c>
       <c r="B114" s="5">
         <v>212693.85730429101</v>
       </c>
       <c r="C114" s="6">
         <v>424.29825602392401</v>
       </c>
       <c r="D114" s="6">
-        <v>427.18614875663002</v>
+        <v>427.18926301867702</v>
       </c>
       <c r="E114" s="9">
-        <v>-3.1856733382787938E-3</v>
+        <v>-3.1840554846457314E-3</v>
       </c>
       <c r="F114" s="7">
         <v>4.257214888562677E-3</v>
       </c>
     </row>
-    <row r="115" spans="1:6">
+    <row r="115" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A115" s="4" t="s">
         <v>118</v>
       </c>
       <c r="B115" s="5">
         <v>215909.52745454499</v>
       </c>
       <c r="C115" s="6">
         <v>430.71312504738103</v>
       </c>
       <c r="D115" s="6">
-        <v>428.86745236138302</v>
+        <v>428.86639040640102</v>
       </c>
       <c r="E115" s="9">
-        <v>3.9357633894419042E-3</v>
+        <v>3.9259586626143594E-3</v>
       </c>
       <c r="F115" s="7">
         <v>6.2035344943354165E-3</v>
       </c>
     </row>
-    <row r="116" spans="1:6">
+    <row r="116" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A116" s="4" t="s">
         <v>119</v>
       </c>
       <c r="B116" s="5">
         <v>216805.33241259301</v>
       </c>
       <c r="C116" s="6">
         <v>432.50014647928703</v>
       </c>
       <c r="D116" s="6">
-        <v>430.08914513734499</v>
+        <v>430.08294065598102</v>
       </c>
       <c r="E116" s="9">
-        <v>2.8486488523091769E-3</v>
+        <v>2.8366649306026392E-3</v>
       </c>
       <c r="F116" s="7">
         <v>3.2522159905992165E-3</v>
       </c>
     </row>
-    <row r="117" spans="1:6">
+    <row r="117" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A117" s="4" t="s">
         <v>120</v>
       </c>
       <c r="B117" s="5">
         <v>215924.773727714</v>
       </c>
       <c r="C117" s="6">
         <v>430.74353949939501</v>
       </c>
       <c r="D117" s="6">
-        <v>432.127809038571</v>
+        <v>432.12998498169799</v>
       </c>
       <c r="E117" s="9">
-        <v>4.7400961504735495E-3</v>
+        <v>4.7596501330526841E-3</v>
       </c>
       <c r="F117" s="7">
         <v>8.1544146909171555E-3</v>
       </c>
     </row>
-    <row r="118" spans="1:6">
+    <row r="118" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A118" s="4" t="s">
         <v>121</v>
       </c>
       <c r="B118" s="5">
         <v>217910.63253159399</v>
       </c>
       <c r="C118" s="6">
         <v>434.70508515884802</v>
       </c>
       <c r="D118" s="6">
-        <v>437.81585694753301</v>
+        <v>437.82459910876901</v>
       </c>
       <c r="E118" s="9">
-        <v>1.3162883272004988E-2</v>
+        <v>1.3178011998663308E-2</v>
       </c>
       <c r="F118" s="7">
         <v>2.4527155101804698E-2</v>
       </c>
     </row>
-    <row r="119" spans="1:6">
+    <row r="119" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A119" s="4" t="s">
         <v>122</v>
       </c>
       <c r="B119" s="5">
         <v>220132.812770447</v>
       </c>
       <c r="C119" s="6">
         <v>439.13806320469303</v>
       </c>
       <c r="D119" s="6">
-        <v>436.91994025998599</v>
+        <v>436.91632086611003</v>
       </c>
       <c r="E119" s="9">
-        <v>-2.0463322041219811E-3</v>
+        <v>-2.0745253795877439E-3</v>
       </c>
       <c r="F119" s="7">
         <v>1.9560439808713026E-2</v>
       </c>
     </row>
-    <row r="120" spans="1:6">
+    <row r="120" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A120" s="4" t="s">
         <v>123</v>
       </c>
       <c r="B120" s="5">
         <v>224336.52274847799</v>
       </c>
       <c r="C120" s="6">
         <v>447.52395095488401</v>
       </c>
       <c r="D120" s="6">
-        <v>445.10514194028201</v>
+        <v>445.09518554664203</v>
       </c>
       <c r="E120" s="9">
-        <v>1.8733870730242907E-2</v>
+        <v>1.8719521999816413E-2</v>
       </c>
       <c r="F120" s="7">
         <v>3.4737108410011874E-2</v>
       </c>
     </row>
-    <row r="121" spans="1:6">
+    <row r="121" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A121" s="4" t="s">
         <v>124</v>
       </c>
       <c r="B121" s="5">
         <v>229818.70438991499</v>
       </c>
       <c r="C121" s="6">
         <v>458.46023345570097</v>
       </c>
       <c r="D121" s="6">
-        <v>460.16110636826699</v>
+        <v>460.16337084882201</v>
       </c>
       <c r="E121" s="9">
-        <v>3.3825635808999444E-2</v>
+        <v>3.385384922479906E-2</v>
       </c>
       <c r="F121" s="7">
         <v>6.4346162889681313E-2</v>
       </c>
     </row>
-    <row r="122" spans="1:6">
+    <row r="122" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A122" s="4" t="s">
         <v>125</v>
       </c>
       <c r="B122" s="5">
         <v>231644.029501966</v>
       </c>
       <c r="C122" s="6">
         <v>462.10153401574303</v>
       </c>
       <c r="D122" s="6">
-        <v>465.37748737184</v>
+        <v>465.39541618368099</v>
       </c>
       <c r="E122" s="9">
-        <v>1.1335988486168125E-2</v>
+        <v>1.1369973505731101E-2</v>
       </c>
       <c r="F122" s="7">
         <v>6.3023069644754459E-2</v>
       </c>
     </row>
-    <row r="123" spans="1:6">
+    <row r="123" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A123" s="4" t="s">
         <v>126</v>
       </c>
       <c r="B123" s="5">
         <v>242708.81973939299</v>
       </c>
       <c r="C123" s="6">
         <v>484.17443852042999</v>
       </c>
       <c r="D123" s="6">
-        <v>481.46714251436998</v>
+        <v>481.45841467249397</v>
       </c>
       <c r="E123" s="9">
-        <v>3.4573342241787985E-2</v>
+        <v>3.4514732913641932E-2</v>
       </c>
       <c r="F123" s="7">
         <v>0.10255630082957401</v>
       </c>
     </row>
-    <row r="124" spans="1:6">
+    <row r="124" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A124" s="4" t="s">
         <v>127</v>
       </c>
       <c r="B124" s="5">
         <v>247534.953303838</v>
       </c>
       <c r="C124" s="6">
         <v>493.801985270888</v>
       </c>
       <c r="D124" s="6">
-        <v>491.24456927711901</v>
+        <v>491.226153475903</v>
       </c>
       <c r="E124" s="9">
-        <v>2.0307568054775738E-2</v>
+        <v>2.0287814078508548E-2</v>
       </c>
       <c r="F124" s="7">
         <v>0.10340906719575638</v>
       </c>
     </row>
-    <row r="125" spans="1:6">
+    <row r="125" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A125" s="4" t="s">
         <v>128</v>
       </c>
       <c r="B125" s="5">
         <v>253112.67805307099</v>
       </c>
       <c r="C125" s="6">
         <v>504.92886459724002</v>
       </c>
       <c r="D125" s="6">
-        <v>506.97335829921701</v>
+        <v>506.97943635358303</v>
       </c>
       <c r="E125" s="9">
-        <v>3.2018245097840792E-2</v>
+        <v>3.2069308130705521E-2</v>
       </c>
       <c r="F125" s="7">
         <v>0.10135804100450763</v>
       </c>
     </row>
-    <row r="126" spans="1:6">
+    <row r="126" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A126" s="4" t="s">
         <v>129</v>
       </c>
       <c r="B126" s="5">
         <v>260771.01586366701</v>
       </c>
       <c r="C126" s="6">
         <v>520.206312748595</v>
       </c>
       <c r="D126" s="6">
-        <v>523.81369063714499</v>
+        <v>523.84725569415104</v>
       </c>
       <c r="E126" s="9">
-        <v>3.3217391135549112E-2</v>
+        <v>3.327121009461198E-2</v>
       </c>
       <c r="F126" s="7">
         <v>0.12574028531762549</v>
       </c>
     </row>
-    <row r="127" spans="1:6">
+    <row r="127" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A127" s="4" t="s">
         <v>130</v>
       </c>
       <c r="B127" s="5">
         <v>270451.73601179098</v>
       </c>
       <c r="C127" s="6">
         <v>539.51816654617801</v>
       </c>
       <c r="D127" s="6">
-        <v>536.19318015036595</v>
+        <v>536.17683420332503</v>
       </c>
       <c r="E127" s="9">
-        <v>2.3633382888796017E-2</v>
+        <v>2.3536590819467129E-2</v>
       </c>
       <c r="F127" s="7">
         <v>0.11430534869802456</v>
       </c>
     </row>
-    <row r="128" spans="1:6">
+    <row r="128" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A128" s="4" t="s">
         <v>131</v>
       </c>
       <c r="B128" s="5">
         <v>273135.10513649002</v>
       </c>
       <c r="C128" s="6">
         <v>544.87116006610495</v>
       </c>
       <c r="D128" s="6">
-        <v>542.469650379614</v>
+        <v>542.42665609877304</v>
       </c>
       <c r="E128" s="9">
-        <v>1.1705613688499206E-2</v>
+        <v>1.1656269903443928E-2</v>
       </c>
       <c r="F128" s="7">
         <v>0.10342035131187588</v>
       </c>
     </row>
-    <row r="129" spans="1:6">
+    <row r="129" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A129" s="4" t="s">
         <v>132</v>
       </c>
       <c r="B129" s="5">
         <v>265195.26505012199</v>
       </c>
       <c r="C129" s="6">
         <v>529.03214927166005</v>
       </c>
       <c r="D129" s="6">
-        <v>531.21957391785395</v>
+        <v>531.23959123373402</v>
       </c>
       <c r="E129" s="9">
-        <v>-2.0738628334114884E-2</v>
+        <v>-2.0624106022919975E-2</v>
       </c>
       <c r="F129" s="7">
         <v>4.7736000780320254E-2</v>
       </c>
     </row>
-    <row r="130" spans="1:6">
+    <row r="130" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A130" s="4" t="s">
         <v>133</v>
       </c>
       <c r="B130" s="5">
         <v>258115.28441193601</v>
       </c>
       <c r="C130" s="6">
         <v>514.90845300916101</v>
       </c>
       <c r="D130" s="6">
-        <v>518.04967230641796</v>
+        <v>518.10678738961894</v>
       </c>
       <c r="E130" s="9">
-        <v>-2.4791822926074181E-2</v>
+        <v>-2.4721056300822553E-2</v>
       </c>
       <c r="F130" s="7">
         <v>-1.018415119078786E-2</v>
       </c>
     </row>
-    <row r="131" spans="1:6">
+    <row r="131" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A131" s="4" t="s">
         <v>134</v>
       </c>
       <c r="B131" s="5">
         <v>261994.91723062101</v>
       </c>
       <c r="C131" s="6">
         <v>522.64784642580298</v>
       </c>
       <c r="D131" s="6">
-        <v>519.52142051828298</v>
+        <v>519.51877346823005</v>
       </c>
       <c r="E131" s="9">
-        <v>2.8409403393938604E-3</v>
+        <v>2.7252800252339782E-3</v>
       </c>
       <c r="F131" s="7">
         <v>-3.1269234599408224E-2</v>
       </c>
     </row>
-    <row r="132" spans="1:6">
+    <row r="132" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A132" s="4" t="s">
         <v>135</v>
       </c>
       <c r="B132" s="5">
         <v>260181.29268500401</v>
       </c>
       <c r="C132" s="6">
         <v>519.02988706609096</v>
       </c>
       <c r="D132" s="6">
-        <v>517.10604665269398</v>
+        <v>517.001481218751</v>
       </c>
       <c r="E132" s="9">
-        <v>-4.6492286365774627E-3</v>
+        <v>-4.8454307679277608E-3</v>
       </c>
       <c r="F132" s="7">
         <v>-4.7426391583799132E-2</v>
       </c>
     </row>
-    <row r="133" spans="1:6">
+    <row r="133" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A133" s="4" t="s">
         <v>136</v>
       </c>
       <c r="B133" s="5">
         <v>259156.64554123799</v>
       </c>
       <c r="C133" s="6">
         <v>516.98584121704698</v>
       </c>
       <c r="D133" s="6">
-        <v>519.01814969514498</v>
+        <v>519.04980756184204</v>
       </c>
       <c r="E133" s="9">
-        <v>3.6977000265774329E-3</v>
+        <v>3.9619351539621483E-3</v>
       </c>
       <c r="F133" s="7">
         <v>-2.2770465029767428E-2</v>
       </c>
     </row>
-    <row r="134" spans="1:6">
+    <row r="134" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A134" s="4" t="s">
         <v>137</v>
       </c>
       <c r="B134" s="5">
         <v>260790.64898081901</v>
       </c>
       <c r="C134" s="6">
         <v>520.24547841831998</v>
       </c>
       <c r="D134" s="6">
-        <v>523.02225690637601</v>
+        <v>523.11952043128497</v>
       </c>
       <c r="E134" s="9">
-        <v>7.7147730066529085E-3</v>
+        <v>7.8406981568104328E-3</v>
       </c>
       <c r="F134" s="7">
         <v>1.036499862833673E-2</v>
       </c>
     </row>
-    <row r="135" spans="1:6">
+    <row r="135" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A135" s="4" t="s">
         <v>138</v>
       </c>
       <c r="B135" s="5">
         <v>265012.48906656698</v>
       </c>
       <c r="C135" s="6">
         <v>528.66753351806904</v>
       </c>
       <c r="D135" s="6">
-        <v>525.59797193966995</v>
+        <v>525.61816315091698</v>
       </c>
       <c r="E135" s="9">
-        <v>4.9246757652896544E-3</v>
+        <v>4.7764279902460238E-3</v>
       </c>
       <c r="F135" s="7">
         <v>1.1517673197034117E-2</v>
       </c>
     </row>
-    <row r="136" spans="1:6">
+    <row r="136" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A136" s="4" t="s">
         <v>139</v>
       </c>
       <c r="B136" s="5">
         <v>266640.14505761402</v>
       </c>
       <c r="C136" s="6">
         <v>531.91450833511794</v>
       </c>
       <c r="D136" s="6">
-        <v>530.45374657870696</v>
+        <v>530.27640374498606</v>
       </c>
       <c r="E136" s="9">
-        <v>9.2385718710390474E-3</v>
+        <v>8.8624041569347334E-3</v>
       </c>
       <c r="F136" s="7">
         <v>2.4824430326853886E-2</v>
       </c>
     </row>
-    <row r="137" spans="1:6">
+    <row r="137" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A137" s="4" t="s">
         <v>140</v>
       </c>
       <c r="B137" s="5">
         <v>268518.03890484199</v>
       </c>
       <c r="C137" s="6">
         <v>535.66067709840695</v>
       </c>
       <c r="D137" s="6">
-        <v>537.58979671583302</v>
+        <v>537.61779964544598</v>
       </c>
       <c r="E137" s="9">
-        <v>1.3452728316374118E-2</v>
+        <v>1.3844470258552954E-2</v>
       </c>
       <c r="F137" s="7">
         <v>3.6122528689368272E-2</v>
       </c>
     </row>
-    <row r="138" spans="1:6">
+    <row r="138" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A138" s="4" t="s">
         <v>141</v>
       </c>
       <c r="B138" s="5">
         <v>270867.31473105401</v>
       </c>
       <c r="C138" s="6">
         <v>540.34719531108396</v>
       </c>
       <c r="D138" s="6">
-        <v>542.68408899573797</v>
+        <v>542.83262941383305</v>
       </c>
       <c r="E138" s="9">
-        <v>9.476169955282332E-3</v>
+        <v>9.6998830243830714E-3</v>
       </c>
       <c r="F138" s="7">
         <v>3.8638907451686855E-2</v>
       </c>
     </row>
-    <row r="139" spans="1:6">
+    <row r="139" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A139" s="4" t="s">
         <v>142</v>
       </c>
       <c r="B139" s="5">
         <v>272750.67874525499</v>
       </c>
       <c r="C139" s="6">
         <v>544.10427638907902</v>
       </c>
       <c r="D139" s="6">
-        <v>541.21660478513797</v>
+        <v>541.276690992211</v>
       </c>
       <c r="E139" s="9">
-        <v>-2.7041224173637302E-3</v>
+        <v>-2.8663317886807871E-3</v>
       </c>
       <c r="F139" s="7">
         <v>2.9199339646005296E-2</v>
       </c>
     </row>
-    <row r="140" spans="1:6">
+    <row r="140" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A140" s="4" t="s">
         <v>143</v>
       </c>
       <c r="B140" s="5">
         <v>272818.61054448999</v>
       </c>
       <c r="C140" s="6">
         <v>544.23979202789099</v>
       </c>
       <c r="D140" s="6">
-        <v>543.14961380456805</v>
+        <v>542.90800303140804</v>
       </c>
       <c r="E140" s="9">
-        <v>3.5715996189686905E-3</v>
+        <v>3.0138228125189404E-3</v>
       </c>
       <c r="F140" s="7">
         <v>2.3171550126261709E-2</v>
       </c>
     </row>
-    <row r="141" spans="1:6">
-[...3 lines deleted...]
-    <row r="142" spans="1:6">
+    <row r="141" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A141" s="4" t="s">
+        <v>144</v>
+      </c>
+      <c r="B141" s="5">
+        <v>273076.912606192</v>
+      </c>
+      <c r="C141" s="6">
+        <v>544.75507307877103</v>
+      </c>
+      <c r="D141" s="6">
+        <v>546.47762397123199</v>
+      </c>
+      <c r="E141" s="9">
+        <v>6.5750015101866399E-3</v>
+      </c>
+      <c r="F141" s="7">
+        <v>1.6977904799036381E-2</v>
+      </c>
+    </row>
+    <row r="142" spans="1:6" x14ac:dyDescent="0.3">
       <c r="B142" s="10"/>
       <c r="E142" s="9"/>
     </row>
-    <row r="143" spans="1:6">
+    <row r="143" spans="1:6" x14ac:dyDescent="0.3">
       <c r="B143" s="10"/>
       <c r="E143" s="9"/>
     </row>
-    <row r="144" spans="1:6">
+    <row r="144" spans="1:6" x14ac:dyDescent="0.3">
       <c r="B144" s="10"/>
       <c r="E144" s="9"/>
     </row>
-    <row r="145" spans="2:227" s="7" customFormat="1">
+    <row r="145" spans="2:227" s="7" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B145" s="10"/>
       <c r="C145" s="6"/>
       <c r="D145" s="6"/>
       <c r="E145" s="9"/>
       <c r="G145" s="8"/>
       <c r="H145" s="8"/>
       <c r="I145" s="8"/>
       <c r="J145" s="8"/>
       <c r="K145" s="8"/>
       <c r="L145" s="8"/>
       <c r="M145" s="8"/>
       <c r="N145" s="8"/>
       <c r="O145" s="8"/>
       <c r="P145" s="8"/>
       <c r="Q145" s="8"/>
       <c r="R145" s="8"/>
       <c r="S145" s="8"/>
       <c r="T145" s="8"/>
       <c r="U145" s="8"/>
       <c r="V145" s="8"/>
       <c r="W145" s="8"/>
       <c r="X145" s="8"/>
       <c r="Y145" s="8"/>
       <c r="Z145" s="8"/>
       <c r="AA145" s="8"/>
@@ -4014,51 +4033,51 @@
       <c r="GU145" s="8"/>
       <c r="GV145" s="8"/>
       <c r="GW145" s="8"/>
       <c r="GX145" s="8"/>
       <c r="GZ145" s="8"/>
       <c r="HA145" s="8"/>
       <c r="HB145" s="8"/>
       <c r="HC145" s="8"/>
       <c r="HD145" s="8"/>
       <c r="HE145" s="8"/>
       <c r="HF145" s="8"/>
       <c r="HG145" s="8"/>
       <c r="HH145" s="8"/>
       <c r="HI145" s="8"/>
       <c r="HJ145" s="8"/>
       <c r="HK145" s="8"/>
       <c r="HL145" s="8"/>
       <c r="HM145" s="8"/>
       <c r="HN145" s="8"/>
       <c r="HO145" s="8"/>
       <c r="HP145" s="8"/>
       <c r="HQ145" s="8"/>
       <c r="HR145" s="8"/>
       <c r="HS145" s="8"/>
     </row>
-    <row r="146" spans="2:227" s="7" customFormat="1">
+    <row r="146" spans="2:227" s="7" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B146" s="10"/>
       <c r="C146" s="6"/>
       <c r="D146" s="6"/>
       <c r="E146" s="9"/>
       <c r="G146" s="8"/>
       <c r="H146" s="8"/>
       <c r="I146" s="8"/>
       <c r="J146" s="8"/>
       <c r="K146" s="8"/>
       <c r="L146" s="8"/>
       <c r="M146" s="8"/>
       <c r="N146" s="8"/>
       <c r="O146" s="8"/>
       <c r="P146" s="8"/>
       <c r="Q146" s="8"/>
       <c r="R146" s="8"/>
       <c r="S146" s="8"/>
       <c r="T146" s="8"/>
       <c r="U146" s="8"/>
       <c r="V146" s="8"/>
       <c r="W146" s="8"/>
       <c r="X146" s="8"/>
       <c r="Y146" s="8"/>
       <c r="Z146" s="8"/>
       <c r="AA146" s="8"/>
@@ -4240,51 +4259,51 @@
       <c r="GU146" s="8"/>
       <c r="GV146" s="8"/>
       <c r="GW146" s="8"/>
       <c r="GX146" s="8"/>
       <c r="GZ146" s="8"/>
       <c r="HA146" s="8"/>
       <c r="HB146" s="8"/>
       <c r="HC146" s="8"/>
       <c r="HD146" s="8"/>
       <c r="HE146" s="8"/>
       <c r="HF146" s="8"/>
       <c r="HG146" s="8"/>
       <c r="HH146" s="8"/>
       <c r="HI146" s="8"/>
       <c r="HJ146" s="8"/>
       <c r="HK146" s="8"/>
       <c r="HL146" s="8"/>
       <c r="HM146" s="8"/>
       <c r="HN146" s="8"/>
       <c r="HO146" s="8"/>
       <c r="HP146" s="8"/>
       <c r="HQ146" s="8"/>
       <c r="HR146" s="8"/>
       <c r="HS146" s="8"/>
     </row>
-    <row r="147" spans="2:227" s="7" customFormat="1">
+    <row r="147" spans="2:227" s="7" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B147" s="10"/>
       <c r="C147" s="6"/>
       <c r="D147" s="6"/>
       <c r="E147" s="9"/>
       <c r="G147" s="8"/>
       <c r="H147" s="8"/>
       <c r="I147" s="8"/>
       <c r="J147" s="8"/>
       <c r="K147" s="8"/>
       <c r="L147" s="8"/>
       <c r="M147" s="8"/>
       <c r="N147" s="8"/>
       <c r="O147" s="8"/>
       <c r="P147" s="8"/>
       <c r="Q147" s="8"/>
       <c r="R147" s="8"/>
       <c r="S147" s="8"/>
       <c r="T147" s="8"/>
       <c r="U147" s="8"/>
       <c r="V147" s="8"/>
       <c r="W147" s="8"/>
       <c r="X147" s="8"/>
       <c r="Y147" s="8"/>
       <c r="Z147" s="8"/>
       <c r="AA147" s="8"/>
@@ -4466,51 +4485,51 @@
       <c r="GU147" s="8"/>
       <c r="GV147" s="8"/>
       <c r="GW147" s="8"/>
       <c r="GX147" s="8"/>
       <c r="GZ147" s="8"/>
       <c r="HA147" s="8"/>
       <c r="HB147" s="8"/>
       <c r="HC147" s="8"/>
       <c r="HD147" s="8"/>
       <c r="HE147" s="8"/>
       <c r="HF147" s="8"/>
       <c r="HG147" s="8"/>
       <c r="HH147" s="8"/>
       <c r="HI147" s="8"/>
       <c r="HJ147" s="8"/>
       <c r="HK147" s="8"/>
       <c r="HL147" s="8"/>
       <c r="HM147" s="8"/>
       <c r="HN147" s="8"/>
       <c r="HO147" s="8"/>
       <c r="HP147" s="8"/>
       <c r="HQ147" s="8"/>
       <c r="HR147" s="8"/>
       <c r="HS147" s="8"/>
     </row>
-    <row r="148" spans="2:227" s="7" customFormat="1">
+    <row r="148" spans="2:227" s="7" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B148" s="10"/>
       <c r="C148" s="6"/>
       <c r="D148" s="6"/>
       <c r="E148" s="9"/>
       <c r="G148" s="8"/>
       <c r="H148" s="8"/>
       <c r="I148" s="8"/>
       <c r="J148" s="8"/>
       <c r="K148" s="8"/>
       <c r="L148" s="8"/>
       <c r="M148" s="8"/>
       <c r="N148" s="8"/>
       <c r="O148" s="8"/>
       <c r="P148" s="8"/>
       <c r="Q148" s="8"/>
       <c r="R148" s="8"/>
       <c r="S148" s="8"/>
       <c r="T148" s="8"/>
       <c r="U148" s="8"/>
       <c r="V148" s="8"/>
       <c r="W148" s="8"/>
       <c r="X148" s="8"/>
       <c r="Y148" s="8"/>
       <c r="Z148" s="8"/>
       <c r="AA148" s="8"/>
@@ -4692,51 +4711,51 @@
       <c r="GU148" s="8"/>
       <c r="GV148" s="8"/>
       <c r="GW148" s="8"/>
       <c r="GX148" s="8"/>
       <c r="GZ148" s="8"/>
       <c r="HA148" s="8"/>
       <c r="HB148" s="8"/>
       <c r="HC148" s="8"/>
       <c r="HD148" s="8"/>
       <c r="HE148" s="8"/>
       <c r="HF148" s="8"/>
       <c r="HG148" s="8"/>
       <c r="HH148" s="8"/>
       <c r="HI148" s="8"/>
       <c r="HJ148" s="8"/>
       <c r="HK148" s="8"/>
       <c r="HL148" s="8"/>
       <c r="HM148" s="8"/>
       <c r="HN148" s="8"/>
       <c r="HO148" s="8"/>
       <c r="HP148" s="8"/>
       <c r="HQ148" s="8"/>
       <c r="HR148" s="8"/>
       <c r="HS148" s="8"/>
     </row>
-    <row r="149" spans="2:227" s="7" customFormat="1">
+    <row r="149" spans="2:227" s="7" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B149" s="10"/>
       <c r="C149" s="6"/>
       <c r="D149" s="6"/>
       <c r="E149" s="9"/>
       <c r="G149" s="8"/>
       <c r="H149" s="8"/>
       <c r="I149" s="8"/>
       <c r="J149" s="8"/>
       <c r="K149" s="8"/>
       <c r="L149" s="8"/>
       <c r="M149" s="8"/>
       <c r="N149" s="8"/>
       <c r="O149" s="8"/>
       <c r="P149" s="8"/>
       <c r="Q149" s="8"/>
       <c r="R149" s="8"/>
       <c r="S149" s="8"/>
       <c r="T149" s="8"/>
       <c r="U149" s="8"/>
       <c r="V149" s="8"/>
       <c r="W149" s="8"/>
       <c r="X149" s="8"/>
       <c r="Y149" s="8"/>
       <c r="Z149" s="8"/>
       <c r="AA149" s="8"/>
@@ -4918,51 +4937,51 @@
       <c r="GU149" s="8"/>
       <c r="GV149" s="8"/>
       <c r="GW149" s="8"/>
       <c r="GX149" s="8"/>
       <c r="GZ149" s="8"/>
       <c r="HA149" s="8"/>
       <c r="HB149" s="8"/>
       <c r="HC149" s="8"/>
       <c r="HD149" s="8"/>
       <c r="HE149" s="8"/>
       <c r="HF149" s="8"/>
       <c r="HG149" s="8"/>
       <c r="HH149" s="8"/>
       <c r="HI149" s="8"/>
       <c r="HJ149" s="8"/>
       <c r="HK149" s="8"/>
       <c r="HL149" s="8"/>
       <c r="HM149" s="8"/>
       <c r="HN149" s="8"/>
       <c r="HO149" s="8"/>
       <c r="HP149" s="8"/>
       <c r="HQ149" s="8"/>
       <c r="HR149" s="8"/>
       <c r="HS149" s="8"/>
     </row>
-    <row r="150" spans="2:227" s="7" customFormat="1">
+    <row r="150" spans="2:227" s="7" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B150" s="10"/>
       <c r="C150" s="6"/>
       <c r="D150" s="6"/>
       <c r="E150" s="9"/>
       <c r="G150" s="8"/>
       <c r="H150" s="8"/>
       <c r="I150" s="8"/>
       <c r="J150" s="8"/>
       <c r="K150" s="8"/>
       <c r="L150" s="8"/>
       <c r="M150" s="8"/>
       <c r="N150" s="8"/>
       <c r="O150" s="8"/>
       <c r="P150" s="8"/>
       <c r="Q150" s="8"/>
       <c r="R150" s="8"/>
       <c r="S150" s="8"/>
       <c r="T150" s="8"/>
       <c r="U150" s="8"/>
       <c r="V150" s="8"/>
       <c r="W150" s="8"/>
       <c r="X150" s="8"/>
       <c r="Y150" s="8"/>
       <c r="Z150" s="8"/>
       <c r="AA150" s="8"/>
@@ -5144,51 +5163,51 @@
       <c r="GU150" s="8"/>
       <c r="GV150" s="8"/>
       <c r="GW150" s="8"/>
       <c r="GX150" s="8"/>
       <c r="GZ150" s="8"/>
       <c r="HA150" s="8"/>
       <c r="HB150" s="8"/>
       <c r="HC150" s="8"/>
       <c r="HD150" s="8"/>
       <c r="HE150" s="8"/>
       <c r="HF150" s="8"/>
       <c r="HG150" s="8"/>
       <c r="HH150" s="8"/>
       <c r="HI150" s="8"/>
       <c r="HJ150" s="8"/>
       <c r="HK150" s="8"/>
       <c r="HL150" s="8"/>
       <c r="HM150" s="8"/>
       <c r="HN150" s="8"/>
       <c r="HO150" s="8"/>
       <c r="HP150" s="8"/>
       <c r="HQ150" s="8"/>
       <c r="HR150" s="8"/>
       <c r="HS150" s="8"/>
     </row>
-    <row r="151" spans="2:227" s="7" customFormat="1">
+    <row r="151" spans="2:227" s="7" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B151" s="10"/>
       <c r="C151" s="6"/>
       <c r="D151" s="6"/>
       <c r="E151" s="9"/>
       <c r="G151" s="8"/>
       <c r="H151" s="8"/>
       <c r="I151" s="8"/>
       <c r="J151" s="8"/>
       <c r="K151" s="8"/>
       <c r="L151" s="8"/>
       <c r="M151" s="8"/>
       <c r="N151" s="8"/>
       <c r="O151" s="8"/>
       <c r="P151" s="8"/>
       <c r="Q151" s="8"/>
       <c r="R151" s="8"/>
       <c r="S151" s="8"/>
       <c r="T151" s="8"/>
       <c r="U151" s="8"/>
       <c r="V151" s="8"/>
       <c r="W151" s="8"/>
       <c r="X151" s="8"/>
       <c r="Y151" s="8"/>
       <c r="Z151" s="8"/>
       <c r="AA151" s="8"/>
@@ -5370,51 +5389,51 @@
       <c r="GU151" s="8"/>
       <c r="GV151" s="8"/>
       <c r="GW151" s="8"/>
       <c r="GX151" s="8"/>
       <c r="GZ151" s="8"/>
       <c r="HA151" s="8"/>
       <c r="HB151" s="8"/>
       <c r="HC151" s="8"/>
       <c r="HD151" s="8"/>
       <c r="HE151" s="8"/>
       <c r="HF151" s="8"/>
       <c r="HG151" s="8"/>
       <c r="HH151" s="8"/>
       <c r="HI151" s="8"/>
       <c r="HJ151" s="8"/>
       <c r="HK151" s="8"/>
       <c r="HL151" s="8"/>
       <c r="HM151" s="8"/>
       <c r="HN151" s="8"/>
       <c r="HO151" s="8"/>
       <c r="HP151" s="8"/>
       <c r="HQ151" s="8"/>
       <c r="HR151" s="8"/>
       <c r="HS151" s="8"/>
     </row>
-    <row r="152" spans="2:227" s="7" customFormat="1">
+    <row r="152" spans="2:227" s="7" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B152" s="10"/>
       <c r="C152" s="6"/>
       <c r="D152" s="6"/>
       <c r="E152" s="9"/>
       <c r="G152" s="8"/>
       <c r="H152" s="8"/>
       <c r="I152" s="8"/>
       <c r="J152" s="8"/>
       <c r="K152" s="8"/>
       <c r="L152" s="8"/>
       <c r="M152" s="8"/>
       <c r="N152" s="8"/>
       <c r="O152" s="8"/>
       <c r="P152" s="8"/>
       <c r="Q152" s="8"/>
       <c r="R152" s="8"/>
       <c r="S152" s="8"/>
       <c r="T152" s="8"/>
       <c r="U152" s="8"/>
       <c r="V152" s="8"/>
       <c r="W152" s="8"/>
       <c r="X152" s="8"/>
       <c r="Y152" s="8"/>
       <c r="Z152" s="8"/>
       <c r="AA152" s="8"/>
@@ -5596,51 +5615,51 @@
       <c r="GU152" s="8"/>
       <c r="GV152" s="8"/>
       <c r="GW152" s="8"/>
       <c r="GX152" s="8"/>
       <c r="GZ152" s="8"/>
       <c r="HA152" s="8"/>
       <c r="HB152" s="8"/>
       <c r="HC152" s="8"/>
       <c r="HD152" s="8"/>
       <c r="HE152" s="8"/>
       <c r="HF152" s="8"/>
       <c r="HG152" s="8"/>
       <c r="HH152" s="8"/>
       <c r="HI152" s="8"/>
       <c r="HJ152" s="8"/>
       <c r="HK152" s="8"/>
       <c r="HL152" s="8"/>
       <c r="HM152" s="8"/>
       <c r="HN152" s="8"/>
       <c r="HO152" s="8"/>
       <c r="HP152" s="8"/>
       <c r="HQ152" s="8"/>
       <c r="HR152" s="8"/>
       <c r="HS152" s="8"/>
     </row>
-    <row r="153" spans="2:227" s="7" customFormat="1">
+    <row r="153" spans="2:227" s="7" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B153" s="10"/>
       <c r="C153" s="6"/>
       <c r="D153" s="6"/>
       <c r="E153" s="9"/>
       <c r="G153" s="8"/>
       <c r="H153" s="8"/>
       <c r="I153" s="8"/>
       <c r="J153" s="8"/>
       <c r="K153" s="8"/>
       <c r="L153" s="8"/>
       <c r="M153" s="8"/>
       <c r="N153" s="8"/>
       <c r="O153" s="8"/>
       <c r="P153" s="8"/>
       <c r="Q153" s="8"/>
       <c r="R153" s="8"/>
       <c r="S153" s="8"/>
       <c r="T153" s="8"/>
       <c r="U153" s="8"/>
       <c r="V153" s="8"/>
       <c r="W153" s="8"/>
       <c r="X153" s="8"/>
       <c r="Y153" s="8"/>
       <c r="Z153" s="8"/>
       <c r="AA153" s="8"/>
@@ -5822,51 +5841,51 @@
       <c r="GU153" s="8"/>
       <c r="GV153" s="8"/>
       <c r="GW153" s="8"/>
       <c r="GX153" s="8"/>
       <c r="GZ153" s="8"/>
       <c r="HA153" s="8"/>
       <c r="HB153" s="8"/>
       <c r="HC153" s="8"/>
       <c r="HD153" s="8"/>
       <c r="HE153" s="8"/>
       <c r="HF153" s="8"/>
       <c r="HG153" s="8"/>
       <c r="HH153" s="8"/>
       <c r="HI153" s="8"/>
       <c r="HJ153" s="8"/>
       <c r="HK153" s="8"/>
       <c r="HL153" s="8"/>
       <c r="HM153" s="8"/>
       <c r="HN153" s="8"/>
       <c r="HO153" s="8"/>
       <c r="HP153" s="8"/>
       <c r="HQ153" s="8"/>
       <c r="HR153" s="8"/>
       <c r="HS153" s="8"/>
     </row>
-    <row r="154" spans="2:227" s="7" customFormat="1">
+    <row r="154" spans="2:227" s="7" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B154" s="10"/>
       <c r="C154" s="6"/>
       <c r="D154" s="6"/>
       <c r="E154" s="9"/>
       <c r="G154" s="8"/>
       <c r="H154" s="8"/>
       <c r="I154" s="8"/>
       <c r="J154" s="8"/>
       <c r="K154" s="8"/>
       <c r="L154" s="8"/>
       <c r="M154" s="8"/>
       <c r="N154" s="8"/>
       <c r="O154" s="8"/>
       <c r="P154" s="8"/>
       <c r="Q154" s="8"/>
       <c r="R154" s="8"/>
       <c r="S154" s="8"/>
       <c r="T154" s="8"/>
       <c r="U154" s="8"/>
       <c r="V154" s="8"/>
       <c r="W154" s="8"/>
       <c r="X154" s="8"/>
       <c r="Y154" s="8"/>
       <c r="Z154" s="8"/>
       <c r="AA154" s="8"/>
@@ -6048,51 +6067,51 @@
       <c r="GU154" s="8"/>
       <c r="GV154" s="8"/>
       <c r="GW154" s="8"/>
       <c r="GX154" s="8"/>
       <c r="GZ154" s="8"/>
       <c r="HA154" s="8"/>
       <c r="HB154" s="8"/>
       <c r="HC154" s="8"/>
       <c r="HD154" s="8"/>
       <c r="HE154" s="8"/>
       <c r="HF154" s="8"/>
       <c r="HG154" s="8"/>
       <c r="HH154" s="8"/>
       <c r="HI154" s="8"/>
       <c r="HJ154" s="8"/>
       <c r="HK154" s="8"/>
       <c r="HL154" s="8"/>
       <c r="HM154" s="8"/>
       <c r="HN154" s="8"/>
       <c r="HO154" s="8"/>
       <c r="HP154" s="8"/>
       <c r="HQ154" s="8"/>
       <c r="HR154" s="8"/>
       <c r="HS154" s="8"/>
     </row>
-    <row r="155" spans="2:227" s="7" customFormat="1">
+    <row r="155" spans="2:227" s="7" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B155" s="10"/>
       <c r="C155" s="6"/>
       <c r="D155" s="6"/>
       <c r="E155" s="9"/>
       <c r="G155" s="8"/>
       <c r="H155" s="8"/>
       <c r="I155" s="8"/>
       <c r="J155" s="8"/>
       <c r="K155" s="8"/>
       <c r="L155" s="8"/>
       <c r="M155" s="8"/>
       <c r="N155" s="8"/>
       <c r="O155" s="8"/>
       <c r="P155" s="8"/>
       <c r="Q155" s="8"/>
       <c r="R155" s="8"/>
       <c r="S155" s="8"/>
       <c r="T155" s="8"/>
       <c r="U155" s="8"/>
       <c r="V155" s="8"/>
       <c r="W155" s="8"/>
       <c r="X155" s="8"/>
       <c r="Y155" s="8"/>
       <c r="Z155" s="8"/>
       <c r="AA155" s="8"/>
@@ -6274,51 +6293,51 @@
       <c r="GU155" s="8"/>
       <c r="GV155" s="8"/>
       <c r="GW155" s="8"/>
       <c r="GX155" s="8"/>
       <c r="GZ155" s="8"/>
       <c r="HA155" s="8"/>
       <c r="HB155" s="8"/>
       <c r="HC155" s="8"/>
       <c r="HD155" s="8"/>
       <c r="HE155" s="8"/>
       <c r="HF155" s="8"/>
       <c r="HG155" s="8"/>
       <c r="HH155" s="8"/>
       <c r="HI155" s="8"/>
       <c r="HJ155" s="8"/>
       <c r="HK155" s="8"/>
       <c r="HL155" s="8"/>
       <c r="HM155" s="8"/>
       <c r="HN155" s="8"/>
       <c r="HO155" s="8"/>
       <c r="HP155" s="8"/>
       <c r="HQ155" s="8"/>
       <c r="HR155" s="8"/>
       <c r="HS155" s="8"/>
     </row>
-    <row r="156" spans="2:227" s="7" customFormat="1">
+    <row r="156" spans="2:227" s="7" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B156" s="10"/>
       <c r="C156" s="6"/>
       <c r="D156" s="6"/>
       <c r="E156" s="9"/>
       <c r="G156" s="8"/>
       <c r="H156" s="8"/>
       <c r="I156" s="8"/>
       <c r="J156" s="8"/>
       <c r="K156" s="8"/>
       <c r="L156" s="8"/>
       <c r="M156" s="8"/>
       <c r="N156" s="8"/>
       <c r="O156" s="8"/>
       <c r="P156" s="8"/>
       <c r="Q156" s="8"/>
       <c r="R156" s="8"/>
       <c r="S156" s="8"/>
       <c r="T156" s="8"/>
       <c r="U156" s="8"/>
       <c r="V156" s="8"/>
       <c r="W156" s="8"/>
       <c r="X156" s="8"/>
       <c r="Y156" s="8"/>
       <c r="Z156" s="8"/>
       <c r="AA156" s="8"/>
@@ -6500,51 +6519,51 @@
       <c r="GU156" s="8"/>
       <c r="GV156" s="8"/>
       <c r="GW156" s="8"/>
       <c r="GX156" s="8"/>
       <c r="GZ156" s="8"/>
       <c r="HA156" s="8"/>
       <c r="HB156" s="8"/>
       <c r="HC156" s="8"/>
       <c r="HD156" s="8"/>
       <c r="HE156" s="8"/>
       <c r="HF156" s="8"/>
       <c r="HG156" s="8"/>
       <c r="HH156" s="8"/>
       <c r="HI156" s="8"/>
       <c r="HJ156" s="8"/>
       <c r="HK156" s="8"/>
       <c r="HL156" s="8"/>
       <c r="HM156" s="8"/>
       <c r="HN156" s="8"/>
       <c r="HO156" s="8"/>
       <c r="HP156" s="8"/>
       <c r="HQ156" s="8"/>
       <c r="HR156" s="8"/>
       <c r="HS156" s="8"/>
     </row>
-    <row r="157" spans="2:227" s="7" customFormat="1">
+    <row r="157" spans="2:227" s="7" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B157" s="10"/>
       <c r="C157" s="6"/>
       <c r="D157" s="6"/>
       <c r="E157" s="9"/>
       <c r="G157" s="8"/>
       <c r="H157" s="8"/>
       <c r="I157" s="8"/>
       <c r="J157" s="8"/>
       <c r="K157" s="8"/>
       <c r="L157" s="8"/>
       <c r="M157" s="8"/>
       <c r="N157" s="8"/>
       <c r="O157" s="8"/>
       <c r="P157" s="8"/>
       <c r="Q157" s="8"/>
       <c r="R157" s="8"/>
       <c r="S157" s="8"/>
       <c r="T157" s="8"/>
       <c r="U157" s="8"/>
       <c r="V157" s="8"/>
       <c r="W157" s="8"/>
       <c r="X157" s="8"/>
       <c r="Y157" s="8"/>
       <c r="Z157" s="8"/>
       <c r="AA157" s="8"/>
@@ -6726,51 +6745,51 @@
       <c r="GU157" s="8"/>
       <c r="GV157" s="8"/>
       <c r="GW157" s="8"/>
       <c r="GX157" s="8"/>
       <c r="GZ157" s="8"/>
       <c r="HA157" s="8"/>
       <c r="HB157" s="8"/>
       <c r="HC157" s="8"/>
       <c r="HD157" s="8"/>
       <c r="HE157" s="8"/>
       <c r="HF157" s="8"/>
       <c r="HG157" s="8"/>
       <c r="HH157" s="8"/>
       <c r="HI157" s="8"/>
       <c r="HJ157" s="8"/>
       <c r="HK157" s="8"/>
       <c r="HL157" s="8"/>
       <c r="HM157" s="8"/>
       <c r="HN157" s="8"/>
       <c r="HO157" s="8"/>
       <c r="HP157" s="8"/>
       <c r="HQ157" s="8"/>
       <c r="HR157" s="8"/>
       <c r="HS157" s="8"/>
     </row>
-    <row r="158" spans="2:227" s="7" customFormat="1">
+    <row r="158" spans="2:227" s="7" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B158" s="10"/>
       <c r="C158" s="6"/>
       <c r="D158" s="6"/>
       <c r="E158" s="9"/>
       <c r="G158" s="8"/>
       <c r="H158" s="8"/>
       <c r="I158" s="8"/>
       <c r="J158" s="8"/>
       <c r="K158" s="8"/>
       <c r="L158" s="8"/>
       <c r="M158" s="8"/>
       <c r="N158" s="8"/>
       <c r="O158" s="8"/>
       <c r="P158" s="8"/>
       <c r="Q158" s="8"/>
       <c r="R158" s="8"/>
       <c r="S158" s="8"/>
       <c r="T158" s="8"/>
       <c r="U158" s="8"/>
       <c r="V158" s="8"/>
       <c r="W158" s="8"/>
       <c r="X158" s="8"/>
       <c r="Y158" s="8"/>
       <c r="Z158" s="8"/>
       <c r="AA158" s="8"/>
@@ -6952,51 +6971,51 @@
       <c r="GU158" s="8"/>
       <c r="GV158" s="8"/>
       <c r="GW158" s="8"/>
       <c r="GX158" s="8"/>
       <c r="GZ158" s="8"/>
       <c r="HA158" s="8"/>
       <c r="HB158" s="8"/>
       <c r="HC158" s="8"/>
       <c r="HD158" s="8"/>
       <c r="HE158" s="8"/>
       <c r="HF158" s="8"/>
       <c r="HG158" s="8"/>
       <c r="HH158" s="8"/>
       <c r="HI158" s="8"/>
       <c r="HJ158" s="8"/>
       <c r="HK158" s="8"/>
       <c r="HL158" s="8"/>
       <c r="HM158" s="8"/>
       <c r="HN158" s="8"/>
       <c r="HO158" s="8"/>
       <c r="HP158" s="8"/>
       <c r="HQ158" s="8"/>
       <c r="HR158" s="8"/>
       <c r="HS158" s="8"/>
     </row>
-    <row r="159" spans="2:227" s="7" customFormat="1">
+    <row r="159" spans="2:227" s="7" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B159" s="10"/>
       <c r="C159" s="6"/>
       <c r="D159" s="6"/>
       <c r="E159" s="9"/>
       <c r="G159" s="8"/>
       <c r="H159" s="8"/>
       <c r="I159" s="8"/>
       <c r="J159" s="8"/>
       <c r="K159" s="8"/>
       <c r="L159" s="8"/>
       <c r="M159" s="8"/>
       <c r="N159" s="8"/>
       <c r="O159" s="8"/>
       <c r="P159" s="8"/>
       <c r="Q159" s="8"/>
       <c r="R159" s="8"/>
       <c r="S159" s="8"/>
       <c r="T159" s="8"/>
       <c r="U159" s="8"/>
       <c r="V159" s="8"/>
       <c r="W159" s="8"/>
       <c r="X159" s="8"/>
       <c r="Y159" s="8"/>
       <c r="Z159" s="8"/>
       <c r="AA159" s="8"/>
@@ -7178,51 +7197,51 @@
       <c r="GU159" s="8"/>
       <c r="GV159" s="8"/>
       <c r="GW159" s="8"/>
       <c r="GX159" s="8"/>
       <c r="GZ159" s="8"/>
       <c r="HA159" s="8"/>
       <c r="HB159" s="8"/>
       <c r="HC159" s="8"/>
       <c r="HD159" s="8"/>
       <c r="HE159" s="8"/>
       <c r="HF159" s="8"/>
       <c r="HG159" s="8"/>
       <c r="HH159" s="8"/>
       <c r="HI159" s="8"/>
       <c r="HJ159" s="8"/>
       <c r="HK159" s="8"/>
       <c r="HL159" s="8"/>
       <c r="HM159" s="8"/>
       <c r="HN159" s="8"/>
       <c r="HO159" s="8"/>
       <c r="HP159" s="8"/>
       <c r="HQ159" s="8"/>
       <c r="HR159" s="8"/>
       <c r="HS159" s="8"/>
     </row>
-    <row r="160" spans="2:227" s="7" customFormat="1">
+    <row r="160" spans="2:227" s="7" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B160" s="10"/>
       <c r="C160" s="6"/>
       <c r="D160" s="6"/>
       <c r="E160" s="9"/>
       <c r="G160" s="8"/>
       <c r="H160" s="8"/>
       <c r="I160" s="8"/>
       <c r="J160" s="8"/>
       <c r="K160" s="8"/>
       <c r="L160" s="8"/>
       <c r="M160" s="8"/>
       <c r="N160" s="8"/>
       <c r="O160" s="8"/>
       <c r="P160" s="8"/>
       <c r="Q160" s="8"/>
       <c r="R160" s="8"/>
       <c r="S160" s="8"/>
       <c r="T160" s="8"/>
       <c r="U160" s="8"/>
       <c r="V160" s="8"/>
       <c r="W160" s="8"/>
       <c r="X160" s="8"/>
       <c r="Y160" s="8"/>
       <c r="Z160" s="8"/>
       <c r="AA160" s="8"/>
@@ -7404,51 +7423,51 @@
       <c r="GU160" s="8"/>
       <c r="GV160" s="8"/>
       <c r="GW160" s="8"/>
       <c r="GX160" s="8"/>
       <c r="GZ160" s="8"/>
       <c r="HA160" s="8"/>
       <c r="HB160" s="8"/>
       <c r="HC160" s="8"/>
       <c r="HD160" s="8"/>
       <c r="HE160" s="8"/>
       <c r="HF160" s="8"/>
       <c r="HG160" s="8"/>
       <c r="HH160" s="8"/>
       <c r="HI160" s="8"/>
       <c r="HJ160" s="8"/>
       <c r="HK160" s="8"/>
       <c r="HL160" s="8"/>
       <c r="HM160" s="8"/>
       <c r="HN160" s="8"/>
       <c r="HO160" s="8"/>
       <c r="HP160" s="8"/>
       <c r="HQ160" s="8"/>
       <c r="HR160" s="8"/>
       <c r="HS160" s="8"/>
     </row>
-    <row r="161" spans="2:227" s="7" customFormat="1">
+    <row r="161" spans="2:227" s="7" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B161" s="10"/>
       <c r="C161" s="6"/>
       <c r="D161" s="6"/>
       <c r="E161" s="9"/>
       <c r="G161" s="8"/>
       <c r="H161" s="8"/>
       <c r="I161" s="8"/>
       <c r="J161" s="8"/>
       <c r="K161" s="8"/>
       <c r="L161" s="8"/>
       <c r="M161" s="8"/>
       <c r="N161" s="8"/>
       <c r="O161" s="8"/>
       <c r="P161" s="8"/>
       <c r="Q161" s="8"/>
       <c r="R161" s="8"/>
       <c r="S161" s="8"/>
       <c r="T161" s="8"/>
       <c r="U161" s="8"/>
       <c r="V161" s="8"/>
       <c r="W161" s="8"/>
       <c r="X161" s="8"/>
       <c r="Y161" s="8"/>
       <c r="Z161" s="8"/>
       <c r="AA161" s="8"/>
@@ -7692,47 +7711,47 @@
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Nationwide Building Society - Quarterly UK House Price Series</dc:title>
   <dc:creator>Andrew Harvey</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_SetDate">
-    <vt:lpwstr>2025-09-29T08:55:35Z</vt:lpwstr>
+    <vt:lpwstr>2025-12-31T09:30:09Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Name">
     <vt:lpwstr>NBS Public - No Visible Label</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_SiteId">
     <vt:lpwstr>18ed93f5-e470-4996-b0ef-9554af985d50</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_ActionId">
-    <vt:lpwstr>e7f8c28b-5790-4d1c-abe4-887d60521ab9</vt:lpwstr>
+    <vt:lpwstr>7426fbfb-d2d8-4ca9-b426-4fd8df1db20d</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>