--- v0 (2025-10-02)
+++ v1 (2026-01-13)
@@ -1,88 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\HPD\Press\Embargo\Internet HP Files\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{A59F010E-CFEE-4075-BE81-F36D80949C8B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{FE1140A4-1350-4AD5-B259-EDBC94FD5841}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{BE23EA52-E829-493C-8F00-97B5D38A5C30}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{C9AE5B2B-56DB-44BB-8DDB-0159D0CCD305}"/>
   </bookViews>
   <sheets>
     <sheet name="Z13 not new" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Z13 not new'!$A$1:$B$160</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Z13 not new'!$A:$A,'Z13 not new'!$1:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="212" uniqueCount="212">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="213" uniqueCount="213">
   <si>
     <t>UK</t>
   </si>
   <si>
     <t>Not new</t>
   </si>
   <si>
     <t>£</t>
   </si>
   <si>
     <t>Q4 1973</t>
   </si>
   <si>
     <t>Q1 1974</t>
   </si>
   <si>
     <t>Q2 1974</t>
   </si>
   <si>
     <t>Q3 1974</t>
   </si>
   <si>
     <t>Q4 1974</t>
   </si>
   <si>
@@ -674,72 +674,76 @@
     <t>Q3 2023</t>
   </si>
   <si>
     <t>Q4 2023</t>
   </si>
   <si>
     <t>Q1 2024</t>
   </si>
   <si>
     <t>Q2 2024</t>
   </si>
   <si>
     <t>Q3 2024</t>
   </si>
   <si>
     <t>Q4 2024</t>
   </si>
   <si>
     <t>Q1 2025</t>
   </si>
   <si>
     <t>Q2 2025</t>
   </si>
   <si>
     <t>Q3 2025</t>
+  </si>
+  <si>
+    <t>Q4 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0%"/>
   </numFmts>
-  <fonts count="6">
+  <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
-    </font>
-[...2 lines deleted...]
-      <name val="MS Sans Serif"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="MS Sans Serif"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -814,52 +818,52 @@
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="24">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="1" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="1" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="1" fontId="3" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
@@ -879,51 +883,51 @@
     </xf>
     <xf numFmtId="3" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="3" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="3" fontId="3" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="9" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="3" fontId="3" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal_Z5" xfId="2" xr:uid="{0CAB6E85-E6DA-4D7D-968D-DB659FE6F9AB}"/>
+    <cellStyle name="Normal_Z5" xfId="2" xr:uid="{A9D86DB3-4F38-4A2C-9128-EC879AD23D6B}"/>
     <cellStyle name="Per cent" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Nationwide Brand Refresh">
       <a:dk1>
         <a:srgbClr val="02081E"/>
@@ -1274,1511 +1278,1519 @@
         <a:extLst>
           <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
             <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:effectLst>
                 <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                   <a:srgbClr val="808080"/>
                 </a:outerShdw>
               </a:effectLst>
             </a14:hiddenEffects>
           </a:ext>
         </a:extLst>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AC1ABF12-220C-4805-8904-886E05EB44D8}">
-  <dimension ref="A1:C211"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EA6DCF6C-D41E-41B2-BCE2-9248A7B3DA12}">
+  <dimension ref="A1:C212"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="1" ySplit="3" topLeftCell="B199" activePane="bottomRight" state="frozen"/>
       <selection activeCell="G32" sqref="G32"/>
       <selection pane="topRight" activeCell="G32" sqref="G32"/>
       <selection pane="bottomLeft" activeCell="G32" sqref="G32"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.8"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="9" style="21" customWidth="1"/>
     <col min="2" max="2" width="9" style="7" customWidth="1"/>
     <col min="3" max="16384" width="9.109375" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2">
+    <row r="1" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:2">
+    <row r="2" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A2" s="4"/>
       <c r="B2" s="5" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:2">
+    <row r="3" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A3" s="5"/>
       <c r="B3" s="5" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="4" spans="1:2">
+    <row r="4" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A4" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="1"/>
     </row>
-    <row r="5" spans="1:2">
+    <row r="5" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A5" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B5" s="1"/>
     </row>
-    <row r="6" spans="1:2">
+    <row r="6" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A6" s="5" t="s">
         <v>5</v>
       </c>
       <c r="B6" s="5"/>
     </row>
-    <row r="7" spans="1:2">
+    <row r="7" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A7" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B7" s="5"/>
     </row>
-    <row r="8" spans="1:2">
+    <row r="8" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A8" s="6" t="s">
         <v>7</v>
       </c>
       <c r="B8" s="6"/>
     </row>
-    <row r="9" spans="1:2">
+    <row r="9" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A9" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="1"/>
     </row>
-    <row r="10" spans="1:2">
+    <row r="10" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A10" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B10" s="5"/>
     </row>
-    <row r="11" spans="1:2">
+    <row r="11" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A11" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B11" s="5"/>
     </row>
-    <row r="12" spans="1:2">
+    <row r="12" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A12" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B12" s="6"/>
     </row>
-    <row r="13" spans="1:2">
+    <row r="13" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A13" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B13" s="1"/>
     </row>
-    <row r="14" spans="1:2">
+    <row r="14" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A14" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B14" s="5"/>
     </row>
-    <row r="15" spans="1:2">
+    <row r="15" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B15" s="5"/>
     </row>
-    <row r="16" spans="1:2">
+    <row r="16" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A16" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B16" s="6"/>
     </row>
-    <row r="17" spans="1:2">
+    <row r="17" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A17" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B17" s="1"/>
     </row>
-    <row r="18" spans="1:2">
+    <row r="18" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A18" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B18" s="5"/>
     </row>
-    <row r="19" spans="1:2">
+    <row r="19" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A19" s="5" t="s">
         <v>18</v>
       </c>
       <c r="B19" s="5"/>
     </row>
-    <row r="20" spans="1:2">
+    <row r="20" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A20" s="6" t="s">
         <v>19</v>
       </c>
       <c r="B20" s="6"/>
     </row>
-    <row r="21" spans="1:2">
+    <row r="21" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A21" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B21" s="1"/>
     </row>
-    <row r="22" spans="1:2">
+    <row r="22" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A22" s="5" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="5"/>
     </row>
-    <row r="23" spans="1:2">
+    <row r="23" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A23" s="5" t="s">
         <v>22</v>
       </c>
       <c r="B23" s="5"/>
     </row>
-    <row r="24" spans="1:2">
+    <row r="24" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A24" s="6" t="s">
         <v>23</v>
       </c>
       <c r="B24" s="6"/>
     </row>
-    <row r="25" spans="1:2">
+    <row r="25" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A25" s="1" t="s">
         <v>24</v>
       </c>
       <c r="B25" s="1"/>
     </row>
-    <row r="26" spans="1:2">
+    <row r="26" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A26" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B26" s="5"/>
     </row>
-    <row r="27" spans="1:2">
+    <row r="27" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A27" s="5" t="s">
         <v>26</v>
       </c>
       <c r="B27" s="5"/>
     </row>
-    <row r="28" spans="1:2">
+    <row r="28" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A28" s="6" t="s">
         <v>27</v>
       </c>
       <c r="B28" s="6"/>
     </row>
-    <row r="29" spans="1:2">
+    <row r="29" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A29" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B29" s="1"/>
     </row>
-    <row r="30" spans="1:2">
+    <row r="30" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A30" s="5" t="s">
         <v>29</v>
       </c>
       <c r="B30" s="5"/>
     </row>
-    <row r="31" spans="1:2">
+    <row r="31" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A31" s="5" t="s">
         <v>30</v>
       </c>
       <c r="B31" s="5"/>
     </row>
-    <row r="32" spans="1:2">
+    <row r="32" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A32" s="6" t="s">
         <v>31</v>
       </c>
       <c r="B32" s="6"/>
     </row>
-    <row r="33" spans="1:2">
+    <row r="33" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A33" s="1" t="s">
         <v>32</v>
       </c>
       <c r="B33" s="1"/>
     </row>
-    <row r="34" spans="1:2">
+    <row r="34" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A34" s="5" t="s">
         <v>33</v>
       </c>
       <c r="B34" s="5"/>
     </row>
-    <row r="35" spans="1:2">
+    <row r="35" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A35" s="5" t="s">
         <v>34</v>
       </c>
       <c r="B35" s="5"/>
     </row>
-    <row r="36" spans="1:2">
+    <row r="36" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A36" s="6" t="s">
         <v>35</v>
       </c>
       <c r="B36" s="6"/>
     </row>
-    <row r="37" spans="1:2">
+    <row r="37" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A37" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B37" s="1"/>
     </row>
-    <row r="38" spans="1:2">
+    <row r="38" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A38" s="5" t="s">
         <v>37</v>
       </c>
       <c r="B38" s="5"/>
     </row>
-    <row r="39" spans="1:2">
+    <row r="39" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A39" s="5" t="s">
         <v>38</v>
       </c>
       <c r="B39" s="5"/>
     </row>
-    <row r="40" spans="1:2">
+    <row r="40" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A40" s="6" t="s">
         <v>39</v>
       </c>
       <c r="B40" s="6"/>
     </row>
-    <row r="41" spans="1:2">
+    <row r="41" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A41" s="1" t="s">
         <v>40</v>
       </c>
       <c r="B41" s="1"/>
     </row>
-    <row r="42" spans="1:2">
+    <row r="42" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A42" s="5" t="s">
         <v>41</v>
       </c>
       <c r="B42" s="5"/>
     </row>
-    <row r="43" spans="1:2">
+    <row r="43" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A43" s="5" t="s">
         <v>42</v>
       </c>
       <c r="B43" s="5"/>
     </row>
-    <row r="44" spans="1:2">
+    <row r="44" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A44" s="6" t="s">
         <v>43</v>
       </c>
       <c r="B44" s="6"/>
     </row>
-    <row r="45" spans="1:2">
+    <row r="45" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A45" s="1" t="s">
         <v>44</v>
       </c>
       <c r="B45" s="1"/>
     </row>
-    <row r="46" spans="1:2">
+    <row r="46" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A46" s="5" t="s">
         <v>45</v>
       </c>
       <c r="B46" s="5"/>
     </row>
-    <row r="47" spans="1:2">
+    <row r="47" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A47" s="5" t="s">
         <v>46</v>
       </c>
       <c r="B47" s="5"/>
     </row>
-    <row r="48" spans="1:2">
+    <row r="48" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A48" s="6" t="s">
         <v>47</v>
       </c>
       <c r="B48" s="6"/>
     </row>
-    <row r="49" spans="1:2">
+    <row r="49" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A49" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B49" s="1"/>
     </row>
-    <row r="50" spans="1:2">
+    <row r="50" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A50" s="5" t="s">
         <v>49</v>
       </c>
       <c r="B50" s="5"/>
     </row>
-    <row r="51" spans="1:2">
+    <row r="51" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A51" s="5" t="s">
         <v>50</v>
       </c>
       <c r="B51" s="5"/>
     </row>
-    <row r="52" spans="1:2">
+    <row r="52" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A52" s="6" t="s">
         <v>51</v>
       </c>
       <c r="B52" s="6"/>
     </row>
-    <row r="53" spans="1:2">
+    <row r="53" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A53" s="1" t="s">
         <v>52</v>
       </c>
       <c r="B53" s="1"/>
     </row>
-    <row r="54" spans="1:2">
+    <row r="54" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A54" s="5" t="s">
         <v>53</v>
       </c>
       <c r="B54" s="5"/>
     </row>
-    <row r="55" spans="1:2">
+    <row r="55" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A55" s="5" t="s">
         <v>54</v>
       </c>
       <c r="B55" s="5"/>
     </row>
-    <row r="56" spans="1:2">
+    <row r="56" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A56" s="6" t="s">
         <v>55</v>
       </c>
       <c r="B56" s="6"/>
     </row>
-    <row r="57" spans="1:2">
+    <row r="57" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A57" s="1" t="s">
         <v>56</v>
       </c>
       <c r="B57" s="1"/>
     </row>
-    <row r="58" spans="1:2">
+    <row r="58" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A58" s="5" t="s">
         <v>57</v>
       </c>
       <c r="B58" s="5"/>
     </row>
-    <row r="59" spans="1:2">
+    <row r="59" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A59" s="5" t="s">
         <v>58</v>
       </c>
       <c r="B59" s="5"/>
     </row>
-    <row r="60" spans="1:2">
+    <row r="60" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A60" s="6" t="s">
         <v>59</v>
       </c>
       <c r="B60" s="6"/>
     </row>
-    <row r="61" spans="1:2">
+    <row r="61" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A61" s="1" t="s">
         <v>60</v>
       </c>
       <c r="B61" s="1"/>
     </row>
-    <row r="62" spans="1:2">
+    <row r="62" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A62" s="5" t="s">
         <v>61</v>
       </c>
       <c r="B62" s="5"/>
     </row>
-    <row r="63" spans="1:2">
+    <row r="63" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A63" s="5" t="s">
         <v>62</v>
       </c>
       <c r="B63" s="5"/>
     </row>
-    <row r="64" spans="1:2">
+    <row r="64" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A64" s="6" t="s">
         <v>63</v>
       </c>
       <c r="B64" s="6"/>
     </row>
-    <row r="65" spans="1:2">
+    <row r="65" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A65" s="1" t="s">
         <v>64</v>
       </c>
       <c r="B65" s="1"/>
     </row>
-    <row r="66" spans="1:2">
+    <row r="66" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A66" s="5" t="s">
         <v>65</v>
       </c>
       <c r="B66" s="5"/>
     </row>
-    <row r="67" spans="1:2">
+    <row r="67" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A67" s="5" t="s">
         <v>66</v>
       </c>
       <c r="B67" s="5"/>
     </row>
-    <row r="68" spans="1:2">
+    <row r="68" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A68" s="6" t="s">
         <v>67</v>
       </c>
       <c r="B68" s="6"/>
     </row>
-    <row r="69" spans="1:2">
+    <row r="69" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A69" s="1" t="s">
         <v>68</v>
       </c>
       <c r="B69" s="1"/>
     </row>
-    <row r="70" spans="1:2">
+    <row r="70" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A70" s="5" t="s">
         <v>69</v>
       </c>
       <c r="B70" s="5"/>
     </row>
-    <row r="71" spans="1:2">
+    <row r="71" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A71" s="5" t="s">
         <v>70</v>
       </c>
       <c r="B71" s="5"/>
     </row>
-    <row r="72" spans="1:2">
+    <row r="72" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A72" s="6" t="s">
         <v>71</v>
       </c>
       <c r="B72" s="6"/>
     </row>
-    <row r="73" spans="1:2">
+    <row r="73" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A73" s="1" t="s">
         <v>72</v>
       </c>
       <c r="B73" s="1"/>
     </row>
-    <row r="74" spans="1:2">
+    <row r="74" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A74" s="5" t="s">
         <v>73</v>
       </c>
       <c r="B74" s="5"/>
     </row>
-    <row r="75" spans="1:2">
+    <row r="75" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A75" s="5" t="s">
         <v>74</v>
       </c>
       <c r="B75" s="5"/>
     </row>
-    <row r="76" spans="1:2">
+    <row r="76" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A76" s="6" t="s">
         <v>75</v>
       </c>
       <c r="B76" s="6"/>
     </row>
-    <row r="77" spans="1:2">
+    <row r="77" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A77" s="1" t="s">
         <v>76</v>
       </c>
       <c r="B77" s="1"/>
     </row>
-    <row r="78" spans="1:2">
+    <row r="78" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A78" s="5" t="s">
         <v>77</v>
       </c>
       <c r="B78" s="5"/>
     </row>
-    <row r="79" spans="1:2">
+    <row r="79" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A79" s="5" t="s">
         <v>78</v>
       </c>
       <c r="B79" s="5"/>
     </row>
-    <row r="80" spans="1:2">
+    <row r="80" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A80" s="6" t="s">
         <v>79</v>
       </c>
       <c r="B80" s="6"/>
     </row>
-    <row r="81" spans="1:2">
+    <row r="81" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A81" s="1" t="s">
         <v>80</v>
       </c>
       <c r="B81" s="1"/>
     </row>
-    <row r="82" spans="1:2">
+    <row r="82" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A82" s="5" t="s">
         <v>81</v>
       </c>
       <c r="B82" s="5"/>
     </row>
-    <row r="83" spans="1:2">
+    <row r="83" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A83" s="5" t="s">
         <v>82</v>
       </c>
       <c r="B83" s="5"/>
     </row>
-    <row r="84" spans="1:2">
+    <row r="84" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A84" s="6" t="s">
         <v>83</v>
       </c>
       <c r="B84" s="6"/>
     </row>
-    <row r="85" spans="1:2">
+    <row r="85" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A85" s="1" t="s">
         <v>84</v>
       </c>
       <c r="B85" s="1"/>
     </row>
-    <row r="86" spans="1:2">
+    <row r="86" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A86" s="5" t="s">
         <v>85</v>
       </c>
       <c r="B86" s="5"/>
     </row>
-    <row r="87" spans="1:2">
+    <row r="87" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A87" s="5" t="s">
         <v>86</v>
       </c>
       <c r="B87" s="5"/>
     </row>
-    <row r="88" spans="1:2">
+    <row r="88" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A88" s="6" t="s">
         <v>87</v>
       </c>
       <c r="B88" s="6"/>
     </row>
-    <row r="89" spans="1:2">
+    <row r="89" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A89" s="1" t="s">
         <v>88</v>
       </c>
       <c r="B89" s="1"/>
     </row>
-    <row r="90" spans="1:2">
+    <row r="90" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A90" s="5" t="s">
         <v>89</v>
       </c>
       <c r="B90" s="5"/>
     </row>
-    <row r="91" spans="1:2">
+    <row r="91" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A91" s="5" t="s">
         <v>90</v>
       </c>
       <c r="B91" s="5"/>
     </row>
-    <row r="92" spans="1:2">
+    <row r="92" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A92" s="6" t="s">
         <v>91</v>
       </c>
       <c r="B92" s="5"/>
     </row>
-    <row r="93" spans="1:2">
+    <row r="93" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A93" s="1" t="s">
         <v>92</v>
       </c>
       <c r="B93" s="1"/>
     </row>
-    <row r="94" spans="1:2">
+    <row r="94" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A94" s="5" t="s">
         <v>93</v>
       </c>
       <c r="B94" s="5"/>
     </row>
-    <row r="95" spans="1:2">
+    <row r="95" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A95" s="7" t="s">
         <v>94</v>
       </c>
       <c r="B95" s="5"/>
     </row>
-    <row r="96" spans="1:2">
+    <row r="96" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A96" s="8" t="s">
         <v>95</v>
       </c>
       <c r="B96" s="5"/>
     </row>
-    <row r="97" spans="1:2">
+    <row r="97" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A97" s="9" t="s">
         <v>96</v>
       </c>
       <c r="B97" s="1"/>
     </row>
-    <row r="98" spans="1:2">
+    <row r="98" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A98" s="7" t="s">
         <v>97</v>
       </c>
       <c r="B98" s="5"/>
     </row>
-    <row r="99" spans="1:2">
+    <row r="99" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A99" s="7" t="s">
         <v>98</v>
       </c>
       <c r="B99" s="5"/>
     </row>
-    <row r="100" spans="1:2">
+    <row r="100" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A100" s="8" t="s">
         <v>99</v>
       </c>
       <c r="B100" s="6"/>
     </row>
-    <row r="101" spans="1:2">
+    <row r="101" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A101" s="9" t="s">
         <v>100</v>
       </c>
       <c r="B101" s="1"/>
     </row>
-    <row r="102" spans="1:2">
+    <row r="102" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A102" s="7" t="s">
         <v>101</v>
       </c>
       <c r="B102" s="5"/>
     </row>
-    <row r="103" spans="1:2">
+    <row r="103" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A103" s="7" t="s">
         <v>102</v>
       </c>
       <c r="B103" s="5"/>
     </row>
-    <row r="104" spans="1:2">
+    <row r="104" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A104" s="10" t="s">
         <v>103</v>
       </c>
       <c r="B104" s="5"/>
     </row>
-    <row r="105" spans="1:2">
+    <row r="105" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A105" s="11" t="s">
         <v>104</v>
       </c>
       <c r="B105" s="1"/>
     </row>
-    <row r="106" spans="1:2">
+    <row r="106" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A106" s="7" t="s">
         <v>105</v>
       </c>
       <c r="B106" s="5"/>
     </row>
-    <row r="107" spans="1:2">
+    <row r="107" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A107" s="7" t="s">
         <v>106</v>
       </c>
       <c r="B107" s="5"/>
     </row>
-    <row r="108" spans="1:2">
+    <row r="108" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A108" s="10" t="s">
         <v>107</v>
       </c>
       <c r="B108" s="6"/>
     </row>
-    <row r="109" spans="1:2">
+    <row r="109" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A109" s="9" t="s">
         <v>108</v>
       </c>
       <c r="B109" s="1"/>
     </row>
-    <row r="110" spans="1:2">
+    <row r="110" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A110" s="7" t="s">
         <v>109</v>
       </c>
       <c r="B110" s="5"/>
     </row>
-    <row r="111" spans="1:2">
+    <row r="111" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A111" s="7" t="s">
         <v>110</v>
       </c>
       <c r="B111" s="5"/>
     </row>
-    <row r="112" spans="1:2">
+    <row r="112" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A112" s="10" t="s">
         <v>111</v>
       </c>
       <c r="B112" s="5"/>
     </row>
-    <row r="113" spans="1:3">
+    <row r="113" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A113" s="9" t="s">
         <v>112</v>
       </c>
       <c r="B113" s="1"/>
     </row>
-    <row r="114" spans="1:3">
+    <row r="114" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A114" s="7" t="s">
         <v>113</v>
       </c>
       <c r="B114" s="5"/>
     </row>
-    <row r="115" spans="1:3">
+    <row r="115" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A115" s="7" t="s">
         <v>114</v>
       </c>
       <c r="B115" s="5"/>
     </row>
-    <row r="116" spans="1:3">
+    <row r="116" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A116" s="10" t="s">
         <v>115</v>
       </c>
       <c r="B116" s="5"/>
     </row>
-    <row r="117" spans="1:3">
+    <row r="117" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A117" s="9" t="s">
         <v>116</v>
       </c>
       <c r="B117" s="1"/>
     </row>
-    <row r="118" spans="1:3">
+    <row r="118" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A118" s="7" t="s">
         <v>117</v>
       </c>
       <c r="B118" s="5"/>
     </row>
-    <row r="119" spans="1:3">
+    <row r="119" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A119" s="7" t="s">
         <v>118</v>
       </c>
       <c r="B119" s="5"/>
     </row>
-    <row r="120" spans="1:3">
+    <row r="120" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A120" s="10" t="s">
         <v>119</v>
       </c>
       <c r="B120" s="5"/>
     </row>
-    <row r="121" spans="1:3">
+    <row r="121" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A121" s="9" t="s">
         <v>120</v>
       </c>
       <c r="B121" s="1"/>
     </row>
-    <row r="122" spans="1:3">
+    <row r="122" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A122" s="7" t="s">
         <v>121</v>
       </c>
       <c r="B122" s="5"/>
     </row>
-    <row r="123" spans="1:3">
+    <row r="123" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A123" s="7" t="s">
         <v>122</v>
       </c>
       <c r="B123" s="5"/>
     </row>
-    <row r="124" spans="1:3">
+    <row r="124" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A124" s="6" t="s">
         <v>123</v>
       </c>
       <c r="B124" s="5"/>
     </row>
-    <row r="125" spans="1:3">
+    <row r="125" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A125" s="9" t="s">
         <v>124</v>
       </c>
       <c r="B125" s="1"/>
     </row>
-    <row r="126" spans="1:3" s="13" customFormat="1">
+    <row r="126" spans="1:3" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A126" s="7" t="s">
         <v>125</v>
       </c>
       <c r="B126" s="5"/>
       <c r="C126" s="12"/>
     </row>
-    <row r="127" spans="1:3" s="13" customFormat="1">
+    <row r="127" spans="1:3" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A127" s="7" t="s">
         <v>126</v>
       </c>
       <c r="B127" s="5"/>
       <c r="C127" s="12"/>
     </row>
-    <row r="128" spans="1:3" s="13" customFormat="1">
+    <row r="128" spans="1:3" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A128" s="8" t="s">
         <v>127</v>
       </c>
       <c r="B128" s="6"/>
     </row>
-    <row r="129" spans="1:3" s="13" customFormat="1">
+    <row r="129" spans="1:3" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A129" s="9" t="s">
         <v>128</v>
       </c>
       <c r="B129" s="14">
         <v>152676.0635702092</v>
       </c>
       <c r="C129" s="12"/>
     </row>
-    <row r="130" spans="1:3" s="13" customFormat="1">
+    <row r="130" spans="1:3" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A130" s="7" t="s">
         <v>129</v>
       </c>
       <c r="B130" s="15">
         <v>156430.6912749309</v>
       </c>
       <c r="C130" s="12"/>
     </row>
-    <row r="131" spans="1:3" s="13" customFormat="1">
+    <row r="131" spans="1:3" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A131" s="5" t="s">
         <v>130</v>
       </c>
       <c r="B131" s="15">
         <v>155309.81024753005</v>
       </c>
       <c r="C131" s="12"/>
     </row>
-    <row r="132" spans="1:3" s="13" customFormat="1">
+    <row r="132" spans="1:3" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A132" s="6" t="s">
         <v>131</v>
       </c>
       <c r="B132" s="15">
         <v>154855.27788803089</v>
       </c>
       <c r="C132" s="12"/>
     </row>
-    <row r="133" spans="1:3">
+    <row r="133" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A133" s="9" t="s">
         <v>132</v>
       </c>
       <c r="B133" s="14">
         <v>158097.43139735991</v>
       </c>
     </row>
-    <row r="134" spans="1:3">
+    <row r="134" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A134" s="7" t="s">
         <v>133</v>
       </c>
       <c r="B134" s="15">
         <v>162703.56206371097</v>
       </c>
     </row>
-    <row r="135" spans="1:3">
+    <row r="135" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A135" s="5" t="s">
         <v>134</v>
       </c>
       <c r="B135" s="15">
         <v>166105.27542457741</v>
       </c>
     </row>
-    <row r="136" spans="1:3">
+    <row r="136" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A136" s="6" t="s">
         <v>135</v>
       </c>
       <c r="B136" s="15">
         <v>169560.03938352104</v>
       </c>
     </row>
-    <row r="137" spans="1:3">
+    <row r="137" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A137" s="9" t="s">
         <v>136</v>
       </c>
       <c r="B137" s="14">
         <v>173184.80514197313</v>
       </c>
     </row>
-    <row r="138" spans="1:3">
+    <row r="138" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A138" s="7" t="s">
         <v>137</v>
       </c>
       <c r="B138" s="15">
         <v>174501.0074469088</v>
       </c>
     </row>
-    <row r="139" spans="1:3">
+    <row r="139" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A139" s="5" t="s">
         <v>138</v>
       </c>
       <c r="B139" s="15">
         <v>176712.99784786624</v>
       </c>
     </row>
-    <row r="140" spans="1:3">
+    <row r="140" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A140" s="6" t="s">
         <v>139</v>
       </c>
       <c r="B140" s="15">
         <v>176491.20296020334</v>
       </c>
     </row>
-    <row r="141" spans="1:3">
+    <row r="141" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A141" s="9" t="s">
         <v>140</v>
       </c>
       <c r="B141" s="14">
         <v>172134.42717946848</v>
       </c>
     </row>
-    <row r="142" spans="1:3">
+    <row r="142" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A142" s="7" t="s">
         <v>141</v>
       </c>
       <c r="B142" s="15">
         <v>167612.97154462989</v>
       </c>
     </row>
-    <row r="143" spans="1:3">
+    <row r="143" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A143" s="5" t="s">
         <v>142</v>
       </c>
       <c r="B143" s="15">
         <v>158515.4388865623</v>
       </c>
       <c r="C143" s="16"/>
     </row>
-    <row r="144" spans="1:3">
+    <row r="144" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A144" s="6" t="s">
         <v>143</v>
       </c>
       <c r="B144" s="15">
         <v>150393.86945934233</v>
       </c>
       <c r="C144" s="16"/>
     </row>
-    <row r="145" spans="1:3">
+    <row r="145" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A145" s="9" t="s">
         <v>144</v>
       </c>
       <c r="B145" s="17">
         <v>142989.59883774113</v>
       </c>
       <c r="C145" s="16"/>
     </row>
-    <row r="146" spans="1:3">
+    <row r="146" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A146" s="7" t="s">
         <v>145</v>
       </c>
       <c r="B146" s="17">
         <v>147587.56987637718</v>
       </c>
     </row>
-    <row r="147" spans="1:3">
+    <row r="147" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A147" s="7" t="s">
         <v>146</v>
       </c>
       <c r="B147" s="17">
         <v>153310.88775654748</v>
       </c>
     </row>
-    <row r="148" spans="1:3">
+    <row r="148" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A148" s="8" t="s">
         <v>147</v>
       </c>
       <c r="B148" s="17">
         <v>155488.32736018751</v>
       </c>
     </row>
-    <row r="149" spans="1:3">
+    <row r="149" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A149" s="9" t="s">
         <v>148</v>
       </c>
       <c r="B149" s="18">
         <v>155971.065869527</v>
       </c>
       <c r="C149" s="19"/>
     </row>
-    <row r="150" spans="1:3">
+    <row r="150" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A150" s="7" t="s">
         <v>149</v>
       </c>
       <c r="B150" s="17">
         <v>161891.83090114786</v>
       </c>
     </row>
-    <row r="151" spans="1:3">
+    <row r="151" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A151" s="7" t="s">
         <v>150</v>
       </c>
       <c r="B151" s="17">
         <v>160644.2640496972</v>
       </c>
     </row>
-    <row r="152" spans="1:3">
+    <row r="152" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A152" s="7" t="s">
         <v>151</v>
       </c>
       <c r="B152" s="17">
         <v>156261.07133121288</v>
       </c>
     </row>
-    <row r="153" spans="1:3">
+    <row r="153" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A153" s="9" t="s">
         <v>152</v>
       </c>
       <c r="B153" s="18">
         <v>155702.34639385063</v>
       </c>
     </row>
-    <row r="154" spans="1:3">
+    <row r="154" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A154" s="7" t="s">
         <v>153</v>
       </c>
       <c r="B154" s="17">
         <v>159992.78007020435</v>
       </c>
     </row>
-    <row r="155" spans="1:3">
+    <row r="155" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A155" s="7" t="s">
         <v>154</v>
       </c>
       <c r="B155" s="17">
         <v>160019.89393495041</v>
       </c>
     </row>
-    <row r="156" spans="1:3">
+    <row r="156" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A156" s="7" t="s">
         <v>155</v>
       </c>
       <c r="B156" s="17">
         <v>157902.32321547437</v>
       </c>
     </row>
-    <row r="157" spans="1:3">
+    <row r="157" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A157" s="9" t="s">
         <v>156</v>
       </c>
       <c r="B157" s="18">
         <v>155855.23820065</v>
       </c>
     </row>
-    <row r="158" spans="1:3">
+    <row r="158" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A158" s="7" t="s">
         <v>157</v>
       </c>
       <c r="B158" s="17">
         <v>158204.69597756243</v>
       </c>
     </row>
-    <row r="159" spans="1:3">
+    <row r="159" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A159" s="7" t="s">
         <v>158</v>
       </c>
       <c r="B159" s="17">
         <v>157356.25305013353</v>
       </c>
     </row>
-    <row r="160" spans="1:3">
+    <row r="160" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A160" s="7" t="s">
         <v>159</v>
       </c>
       <c r="B160" s="17">
         <v>156291.43196754216</v>
       </c>
     </row>
-    <row r="161" spans="1:3">
+    <row r="161" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A161" s="9" t="s">
         <v>160</v>
       </c>
       <c r="B161" s="18">
         <v>156379.05806820479</v>
       </c>
     </row>
-    <row r="162" spans="1:3">
+    <row r="162" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A162" s="7" t="s">
         <v>161</v>
       </c>
       <c r="B162" s="17">
         <v>160657.31723975117</v>
       </c>
     </row>
-    <row r="163" spans="1:3">
+    <row r="163" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A163" s="7" t="s">
         <v>162</v>
       </c>
       <c r="B163" s="17">
         <v>164125.78769156156</v>
       </c>
     </row>
-    <row r="164" spans="1:3">
+    <row r="164" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A164" s="8" t="s">
         <v>163</v>
       </c>
       <c r="B164" s="20">
         <v>167581.91390519755</v>
       </c>
     </row>
-    <row r="165" spans="1:3">
+    <row r="165" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A165" s="9" t="s">
         <v>164</v>
       </c>
       <c r="B165" s="18">
         <v>171181.59919514027</v>
       </c>
     </row>
-    <row r="166" spans="1:3">
+    <row r="166" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A166" s="7" t="s">
         <v>165</v>
       </c>
       <c r="B166" s="17">
         <v>179908.82409031448</v>
       </c>
     </row>
-    <row r="167" spans="1:3">
+    <row r="167" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A167" s="21" t="s">
         <v>166</v>
       </c>
       <c r="B167" s="17">
         <v>182488.98742922262</v>
       </c>
     </row>
-    <row r="168" spans="1:3">
+    <row r="168" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A168" s="22" t="s">
         <v>167</v>
       </c>
       <c r="B168" s="20">
         <v>182231.32055296141</v>
       </c>
     </row>
-    <row r="169" spans="1:3">
+    <row r="169" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A169" s="21" t="s">
         <v>168</v>
       </c>
       <c r="B169" s="17">
         <v>182102.9659988856</v>
       </c>
     </row>
-    <row r="170" spans="1:3">
+    <row r="170" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A170" s="21" t="s">
         <v>169</v>
       </c>
       <c r="B170" s="17">
         <v>188017.66852869838</v>
       </c>
       <c r="C170" s="23" t="s">
         <v>170</v>
       </c>
     </row>
-    <row r="171" spans="1:3">
+    <row r="171" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A171" s="21" t="s">
         <v>171</v>
       </c>
       <c r="B171" s="17">
         <v>189603.81479283638</v>
       </c>
     </row>
-    <row r="172" spans="1:3">
+    <row r="172" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A172" s="21" t="s">
         <v>172</v>
       </c>
       <c r="B172" s="17">
         <v>190935.12801807132</v>
       </c>
     </row>
-    <row r="173" spans="1:3">
+    <row r="173" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A173" s="21" t="s">
         <v>173</v>
       </c>
       <c r="B173" s="17">
         <v>192746.66307311569</v>
       </c>
     </row>
-    <row r="174" spans="1:3">
+    <row r="174" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A174" s="21" t="s">
         <v>174</v>
       </c>
       <c r="B174" s="17">
         <v>198439.34434560081</v>
       </c>
     </row>
-    <row r="175" spans="1:3">
+    <row r="175" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A175" s="21" t="s">
         <v>175</v>
       </c>
       <c r="B175" s="17">
         <v>200085.56168261886</v>
       </c>
     </row>
-    <row r="176" spans="1:3">
+    <row r="176" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A176" s="21" t="s">
         <v>176</v>
       </c>
       <c r="B176" s="17">
         <v>200125.85097200348</v>
       </c>
     </row>
-    <row r="177" spans="1:2">
+    <row r="177" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A177" s="21" t="s">
         <v>177</v>
       </c>
       <c r="B177" s="17">
         <v>201072.91156601603</v>
       </c>
     </row>
-    <row r="178" spans="1:2">
+    <row r="178" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A178" s="21" t="s">
         <v>178</v>
       </c>
       <c r="B178" s="17">
         <v>204314.61483075001</v>
       </c>
     </row>
-    <row r="179" spans="1:2">
+    <row r="179" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A179" s="21" t="s">
         <v>179</v>
       </c>
       <c r="B179" s="17">
         <v>206141.545625881</v>
       </c>
     </row>
-    <row r="180" spans="1:2">
+    <row r="180" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A180" s="21" t="s">
         <v>180</v>
       </c>
       <c r="B180" s="17">
         <v>205525.269950444</v>
       </c>
     </row>
-    <row r="181" spans="1:2">
+    <row r="181" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A181" s="21" t="s">
         <v>181</v>
       </c>
       <c r="B181" s="17">
         <v>205806.23219585099</v>
       </c>
     </row>
-    <row r="182" spans="1:2">
+    <row r="182" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A182" s="21" t="s">
         <v>182</v>
       </c>
       <c r="B182" s="17">
         <v>208958.76128840601</v>
       </c>
     </row>
-    <row r="183" spans="1:2">
+    <row r="183" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A183" s="21" t="s">
         <v>183</v>
       </c>
       <c r="B183" s="17">
         <v>210149.904914627</v>
       </c>
     </row>
-    <row r="184" spans="1:2">
+    <row r="184" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A184" s="21" t="s">
         <v>184</v>
       </c>
       <c r="B184" s="17">
         <v>208203.940762293</v>
       </c>
     </row>
-    <row r="185" spans="1:2">
+    <row r="185" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A185" s="21" t="s">
         <v>185</v>
       </c>
       <c r="B185" s="17">
         <v>206798.39218456799</v>
       </c>
     </row>
-    <row r="186" spans="1:2">
+    <row r="186" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A186" s="21" t="s">
         <v>186</v>
       </c>
       <c r="B186" s="17">
         <v>210045.98822669499</v>
       </c>
     </row>
-    <row r="187" spans="1:2">
+    <row r="187" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A187" s="21" t="s">
         <v>187</v>
       </c>
       <c r="B187" s="17">
         <v>210885.29187479001</v>
       </c>
     </row>
-    <row r="188" spans="1:2">
+    <row r="188" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A188" s="21" t="s">
         <v>188</v>
       </c>
       <c r="B188" s="17">
         <v>209738.642164802</v>
       </c>
     </row>
-    <row r="189" spans="1:2">
+    <row r="189" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A189" s="21" t="s">
         <v>189</v>
       </c>
       <c r="B189" s="17">
         <v>211813.30190899299</v>
       </c>
     </row>
-    <row r="190" spans="1:2">
+    <row r="190" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A190" s="21" t="s">
         <v>190</v>
       </c>
       <c r="B190" s="17">
         <v>213922.79616505001</v>
       </c>
     </row>
-    <row r="191" spans="1:2">
+    <row r="191" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A191" s="21" t="s">
         <v>191</v>
       </c>
       <c r="B191" s="17">
         <v>218159.18890288999</v>
       </c>
     </row>
-    <row r="192" spans="1:2">
+    <row r="192" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A192" s="21" t="s">
         <v>192</v>
       </c>
       <c r="B192" s="17">
         <v>223578.34696041301</v>
       </c>
     </row>
-    <row r="193" spans="1:2">
+    <row r="193" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A193" s="21" t="s">
         <v>193</v>
       </c>
       <c r="B193" s="17">
         <v>225590.182203901</v>
       </c>
     </row>
-    <row r="194" spans="1:2">
+    <row r="194" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A194" s="21" t="s">
         <v>194</v>
       </c>
       <c r="B194" s="17">
         <v>236566.28945701401</v>
       </c>
     </row>
-    <row r="195" spans="1:2">
+    <row r="195" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A195" s="21" t="s">
         <v>195</v>
       </c>
       <c r="B195" s="17">
         <v>241305.779611078</v>
       </c>
     </row>
-    <row r="196" spans="1:2">
+    <row r="196" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A196" s="21" t="s">
         <v>196</v>
       </c>
       <c r="B196" s="17">
         <v>246756.54941859699</v>
       </c>
     </row>
-    <row r="197" spans="1:2">
+    <row r="197" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A197" s="21" t="s">
         <v>197</v>
       </c>
       <c r="B197" s="17">
         <v>254234.527817041</v>
       </c>
     </row>
-    <row r="198" spans="1:2">
+    <row r="198" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A198" s="21" t="s">
         <v>198</v>
       </c>
       <c r="B198" s="17">
         <v>263599.78112900403</v>
       </c>
     </row>
-    <row r="199" spans="1:2">
+    <row r="199" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A199" s="21" t="s">
         <v>199</v>
       </c>
       <c r="B199" s="17">
         <v>266348.43551334197</v>
       </c>
     </row>
-    <row r="200" spans="1:2">
+    <row r="200" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A200" s="21" t="s">
         <v>200</v>
       </c>
       <c r="B200" s="17">
         <v>258576.81503877399</v>
       </c>
     </row>
-    <row r="201" spans="1:2">
+    <row r="201" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A201" s="21" t="s">
         <v>201</v>
       </c>
       <c r="B201" s="17">
         <v>251392.387955488</v>
       </c>
     </row>
-    <row r="202" spans="1:2">
+    <row r="202" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A202" s="21" t="s">
         <v>202</v>
       </c>
       <c r="B202" s="17">
         <v>255304.36644469501</v>
       </c>
     </row>
-    <row r="203" spans="1:2">
+    <row r="203" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A203" s="21" t="s">
         <v>203</v>
       </c>
       <c r="B203" s="17">
         <v>253532.03040098201</v>
       </c>
     </row>
-    <row r="204" spans="1:2">
+    <row r="204" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A204" s="21" t="s">
         <v>204</v>
       </c>
       <c r="B204" s="17">
         <v>252462.30631985801</v>
       </c>
     </row>
-    <row r="205" spans="1:2">
+    <row r="205" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A205" s="21" t="s">
         <v>205</v>
       </c>
       <c r="B205" s="17">
         <v>254159.270025023</v>
       </c>
     </row>
-    <row r="206" spans="1:2">
+    <row r="206" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A206" s="21" t="s">
         <v>206</v>
       </c>
       <c r="B206" s="17">
         <v>258685.12183930399</v>
       </c>
     </row>
-    <row r="207" spans="1:2">
+    <row r="207" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A207" s="21" t="s">
         <v>207</v>
       </c>
       <c r="B207" s="17">
         <v>260279.73525699001</v>
       </c>
     </row>
-    <row r="208" spans="1:2">
+    <row r="208" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A208" s="21" t="s">
         <v>208</v>
       </c>
       <c r="B208" s="17">
         <v>261985.39874890601</v>
       </c>
     </row>
-    <row r="209" spans="1:2">
+    <row r="209" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A209" s="21" t="s">
         <v>209</v>
       </c>
       <c r="B209" s="17">
         <v>264311.49978434801</v>
       </c>
     </row>
-    <row r="210" spans="1:2">
+    <row r="210" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A210" s="21" t="s">
         <v>210</v>
       </c>
       <c r="B210" s="17">
         <v>266549.52660107601</v>
       </c>
     </row>
-    <row r="211" spans="1:2">
+    <row r="211" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A211" s="21" t="s">
         <v>211</v>
       </c>
       <c r="B211" s="17">
         <v>266584.35154177801</v>
+      </c>
+    </row>
+    <row r="212" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A212" s="21" t="s">
+        <v>212</v>
+      </c>
+      <c r="B212" s="17">
+        <v>266974.77404029598</v>
       </c>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.35433070866141736" right="0.35433070866141736" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="99" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Tahoma,Bold"Modern Properties - Mix-adjusted regional and UK indices</oddHeader>
     <oddFooter>&amp;C&amp;"Tahoma,Regular"&amp;P&amp;R&amp;"Tahoma,Regular"Nationwide Building Society&amp;L&amp;"Calibri"&amp;11&amp;K000000&amp;"Tahoma,Regular"www.nationwide.co.uk/hpi_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;KFF0000NBS Secret</oddFooter>
   </headerFooter>
   <rowBreaks count="4" manualBreakCount="4">
     <brk id="36" max="28" man="1"/>
     <brk id="68" max="28" man="1"/>
     <brk id="100" max="28" man="1"/>
     <brk id="132" max="28" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -2806,47 +2818,47 @@
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Nationwide Building Society - Quarterly Not New House Price Series</dc:title>
   <dc:creator>Andrew Harvey</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_SetDate">
-    <vt:lpwstr>2025-09-29T08:55:19Z</vt:lpwstr>
+    <vt:lpwstr>2025-12-31T09:29:44Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Name">
     <vt:lpwstr>NBS Public - No Visible Label</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_SiteId">
     <vt:lpwstr>18ed93f5-e470-4996-b0ef-9554af985d50</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_ActionId">
-    <vt:lpwstr>2953591c-7ab7-47dc-b2c9-5bb3ddee130b</vt:lpwstr>
+    <vt:lpwstr>73e5b8d2-561d-4c50-b2f4-86642a729c6c</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>