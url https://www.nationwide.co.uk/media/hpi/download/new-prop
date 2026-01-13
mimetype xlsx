--- v0 (2025-10-02)
+++ v1 (2026-01-13)
@@ -1,88 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\HPD\Press\Embargo\Internet HP Files\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{5CB1F4CB-6CE5-4429-BB3C-600725352B04}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{9094BF0E-64F1-4D80-BE20-A0C72C57B7F6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{A1C02942-EF89-4C1D-9E25-71BDCE031303}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{A5B45AC6-7358-45D1-8FA6-22A4D2EE7304}"/>
   </bookViews>
   <sheets>
     <sheet name="Z2 new" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Z2 new'!$A$1:$AC$160</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Z2 new'!$A:$A,'Z2 new'!$1:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="418" uniqueCount="226">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="419" uniqueCount="227">
   <si>
     <t>Q1 1993</t>
   </si>
   <si>
     <t>NORTH</t>
   </si>
   <si>
     <t>YORKS &amp; THE HUMBER</t>
   </si>
   <si>
     <t>NORTH WEST</t>
   </si>
   <si>
     <t>EAST MIDS</t>
   </si>
   <si>
     <t>WEST MIDS</t>
   </si>
   <si>
     <t>EAST ANGLIA</t>
   </si>
   <si>
     <t>OUTER S EAST</t>
   </si>
   <si>
@@ -716,63 +716,67 @@
     <t>Q3 2023</t>
   </si>
   <si>
     <t>Q4 2023</t>
   </si>
   <si>
     <t>Q1 2024</t>
   </si>
   <si>
     <t>Q2 2024</t>
   </si>
   <si>
     <t>Q3 2024</t>
   </si>
   <si>
     <t>Q4 2024</t>
   </si>
   <si>
     <t>Q1 2025</t>
   </si>
   <si>
     <t>Q2 2025</t>
   </si>
   <si>
     <t>Q3 2025</t>
+  </si>
+  <si>
+    <t>Q4 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
-  <fonts count="4">
+  <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="MS Sans Serif"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
@@ -891,52 +895,52 @@
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="9" fontId="3" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="9" fontId="3" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal_Z2" xfId="2" xr:uid="{EC1A320B-FDEF-4A19-9550-62CD12A6CED7}"/>
-    <cellStyle name="Normal_Z5" xfId="3" xr:uid="{4B03D318-7CDB-4AD6-BBD8-DBE3F79E62B0}"/>
+    <cellStyle name="Normal_Z2" xfId="2" xr:uid="{C37D91C8-EA8E-4333-AB42-65AE8166CE80}"/>
+    <cellStyle name="Normal_Z5" xfId="3" xr:uid="{C86E77E3-9E68-476C-A94C-9080ED206E07}"/>
     <cellStyle name="Per cent" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Nationwide Brand Refresh">
       <a:dk1>
         <a:srgbClr val="02081E"/>
@@ -1287,66 +1291,66 @@
         <a:extLst>
           <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
             <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:effectLst>
                 <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                   <a:srgbClr val="808080"/>
                 </a:outerShdw>
               </a:effectLst>
             </a14:hiddenEffects>
           </a:ext>
         </a:extLst>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{03409DDA-ACCB-45D9-9064-4DE1D44CF341}">
-  <dimension ref="A1:AC211"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{437A911D-507E-4056-A404-3A8A87CDA3C2}">
+  <dimension ref="A1:AC212"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="75" workbookViewId="0">
       <pane xSplit="1" ySplit="3" topLeftCell="Y192" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.8"/>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="16384" width="9" style="5"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:29">
+    <row r="1" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1"/>
       <c r="D1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1"/>
       <c r="F1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="G1" s="1"/>
       <c r="H1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="I1" s="1"/>
       <c r="J1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="K1" s="1"/>
       <c r="L1" s="2" t="s">
         <v>6</v>
@@ -1363,84 +1367,84 @@
       <c r="R1" s="2" t="s">
         <v>9</v>
       </c>
       <c r="S1" s="1"/>
       <c r="T1" s="2" t="s">
         <v>10</v>
       </c>
       <c r="U1" s="1"/>
       <c r="V1" s="2" t="s">
         <v>11</v>
       </c>
       <c r="W1" s="1"/>
       <c r="X1" s="2" t="s">
         <v>12</v>
       </c>
       <c r="Y1" s="1"/>
       <c r="Z1" s="2" t="s">
         <v>13</v>
       </c>
       <c r="AA1" s="1"/>
       <c r="AB1" s="2" t="s">
         <v>14</v>
       </c>
       <c r="AC1" s="4"/>
     </row>
-    <row r="2" spans="1:29">
+    <row r="2" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A2" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="1"/>
       <c r="D2" s="2"/>
       <c r="E2" s="1"/>
       <c r="F2" s="2"/>
       <c r="G2" s="1"/>
       <c r="H2" s="2"/>
       <c r="I2" s="1"/>
       <c r="J2" s="2"/>
       <c r="K2" s="1"/>
       <c r="L2" s="2"/>
       <c r="M2" s="1"/>
       <c r="N2" s="2"/>
       <c r="O2" s="1"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="2"/>
       <c r="S2" s="1"/>
       <c r="T2" s="2"/>
       <c r="U2" s="1"/>
       <c r="V2" s="2"/>
       <c r="W2" s="1"/>
       <c r="X2" s="2"/>
       <c r="Y2" s="1"/>
       <c r="Z2" s="2"/>
       <c r="AA2" s="1"/>
       <c r="AB2" s="2"/>
       <c r="AC2" s="4"/>
     </row>
-    <row r="3" spans="1:29">
+    <row r="3" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A3" s="7"/>
       <c r="B3" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C3" s="7" t="s">
         <v>17</v>
       </c>
       <c r="D3" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E3" s="7" t="s">
         <v>17</v>
       </c>
       <c r="F3" s="9" t="s">
         <v>16</v>
       </c>
       <c r="G3" s="7" t="s">
         <v>17</v>
       </c>
       <c r="H3" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I3" s="7" t="s">
         <v>17</v>
       </c>
@@ -1483,51 +1487,51 @@
       <c r="V3" s="9" t="s">
         <v>16</v>
       </c>
       <c r="W3" s="7" t="s">
         <v>17</v>
       </c>
       <c r="X3" s="9" t="s">
         <v>16</v>
       </c>
       <c r="Y3" s="7" t="s">
         <v>17</v>
       </c>
       <c r="Z3" s="9" t="s">
         <v>16</v>
       </c>
       <c r="AA3" s="7" t="s">
         <v>17</v>
       </c>
       <c r="AB3" s="9" t="s">
         <v>16</v>
       </c>
       <c r="AC3" s="7" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="4" spans="1:29">
+    <row r="4" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A4" s="7" t="s">
         <v>18</v>
       </c>
       <c r="B4" s="9">
         <v>13528.272088099178</v>
       </c>
       <c r="C4" s="10">
         <v>19.482888518742698</v>
       </c>
       <c r="D4" s="9">
         <v>10810.430029047444</v>
       </c>
       <c r="E4" s="10">
         <v>16.858792524191763</v>
       </c>
       <c r="F4" s="9">
         <v>10058.122176233814</v>
       </c>
       <c r="G4" s="10">
         <v>15.357059935652925</v>
       </c>
       <c r="H4" s="9">
         <v>8859.8130895236682</v>
       </c>
       <c r="I4" s="10">
@@ -1572,51 +1576,51 @@
       <c r="V4" s="9">
         <v>8843.229916979506</v>
       </c>
       <c r="W4" s="10">
         <v>14.460009037505648</v>
       </c>
       <c r="X4" s="9">
         <v>11110.755478090641</v>
       </c>
       <c r="Y4" s="10">
         <v>16.082466595106784</v>
       </c>
       <c r="Z4" s="9">
         <v>13598.276306130016</v>
       </c>
       <c r="AA4" s="10">
         <v>28.624719272201286</v>
       </c>
       <c r="AB4" s="9">
         <v>11087.627083861986</v>
       </c>
       <c r="AC4" s="10">
         <v>17.993167796869425</v>
       </c>
     </row>
-    <row r="5" spans="1:29">
+    <row r="5" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B5" s="2">
         <v>13927.571736508246</v>
       </c>
       <c r="C5" s="11">
         <v>20.057944260145966</v>
       </c>
       <c r="D5" s="2">
         <v>11068.435519000843</v>
       </c>
       <c r="E5" s="11">
         <v>17.261150340998249</v>
       </c>
       <c r="F5" s="2">
         <v>10438.288781167055</v>
       </c>
       <c r="G5" s="11">
         <v>15.937510365186242</v>
       </c>
       <c r="H5" s="2">
         <v>8879.2212233451864</v>
       </c>
       <c r="I5" s="11">
@@ -1661,51 +1665,51 @@
       <c r="V5" s="2">
         <v>9232.1682698096211</v>
       </c>
       <c r="W5" s="11">
         <v>15.095981657210757</v>
       </c>
       <c r="X5" s="2">
         <v>11660.53969622401</v>
       </c>
       <c r="Y5" s="11">
         <v>16.878261835140837</v>
       </c>
       <c r="Z5" s="2">
         <v>15334.226472870017</v>
       </c>
       <c r="AA5" s="11">
         <v>32.278938753758901</v>
       </c>
       <c r="AB5" s="2">
         <v>11241.578267514364</v>
       </c>
       <c r="AC5" s="11">
         <v>18.243002090450211</v>
       </c>
     </row>
-    <row r="6" spans="1:29">
+    <row r="6" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A6" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="2">
         <v>14119.235567744596</v>
       </c>
       <c r="C6" s="11">
         <v>20.333971016019532</v>
       </c>
       <c r="D6" s="2">
         <v>11326.441008954242</v>
       </c>
       <c r="E6" s="11">
         <v>17.663508157804735</v>
       </c>
       <c r="F6" s="2">
         <v>10503.460199155612</v>
       </c>
       <c r="G6" s="11">
         <v>16.03701615310624</v>
       </c>
       <c r="H6" s="2">
         <v>8966.5578255420241</v>
       </c>
       <c r="I6" s="11">
@@ -1750,51 +1754,51 @@
       <c r="V6" s="2">
         <v>9314.0500283001729</v>
       </c>
       <c r="W6" s="11">
         <v>15.229870629780255</v>
       </c>
       <c r="X6" s="2">
         <v>12325.395029780644</v>
       </c>
       <c r="Y6" s="11">
         <v>17.840618869600622</v>
       </c>
       <c r="Z6" s="2">
         <v>15930.959342686894</v>
       </c>
       <c r="AA6" s="11">
         <v>33.53507670054433</v>
       </c>
       <c r="AB6" s="2">
         <v>11373.536424930684</v>
       </c>
       <c r="AC6" s="11">
         <v>18.457145770662315</v>
       </c>
     </row>
-    <row r="7" spans="1:29">
+    <row r="7" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A7" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B7" s="2">
         <v>13624.104003717352</v>
       </c>
       <c r="C7" s="11">
         <v>19.620901896679481</v>
       </c>
       <c r="D7" s="2">
         <v>11416.742930437929</v>
       </c>
       <c r="E7" s="11">
         <v>17.804333393687003</v>
       </c>
       <c r="F7" s="2">
         <v>10514.322102153705</v>
       </c>
       <c r="G7" s="11">
         <v>16.053600451092905</v>
       </c>
       <c r="H7" s="2">
         <v>8850.1090226129072</v>
       </c>
       <c r="I7" s="11">
@@ -1839,51 +1843,51 @@
       <c r="V7" s="2">
         <v>9498.2839849039119</v>
       </c>
       <c r="W7" s="11">
         <v>15.531120818061622</v>
       </c>
       <c r="X7" s="2">
         <v>12785.679491473697</v>
       </c>
       <c r="Y7" s="11">
         <v>18.50686604730355</v>
       </c>
       <c r="Z7" s="2">
         <v>16889.34849724127</v>
       </c>
       <c r="AA7" s="11">
         <v>35.552510372654261</v>
       </c>
       <c r="AB7" s="2">
         <v>11449.988373275062</v>
       </c>
       <c r="AC7" s="11">
         <v>18.58121314094393</v>
       </c>
     </row>
-    <row r="8" spans="1:29">
+    <row r="8" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A8" s="7" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="9">
         <v>14837.974934880915</v>
       </c>
       <c r="C8" s="10">
         <v>21.369071350545415</v>
       </c>
       <c r="D8" s="9">
         <v>11416.742930437929</v>
       </c>
       <c r="E8" s="10">
         <v>17.804333393687003</v>
       </c>
       <c r="F8" s="9">
         <v>10720.698259117466</v>
       </c>
       <c r="G8" s="10">
         <v>16.368702112839564</v>
       </c>
       <c r="H8" s="9">
         <v>8937.4456248097467</v>
       </c>
       <c r="I8" s="10">
@@ -1928,51 +1932,51 @@
       <c r="V8" s="9">
         <v>9651.8122820736953</v>
       </c>
       <c r="W8" s="10">
         <v>15.782162641629428</v>
       </c>
       <c r="X8" s="9">
         <v>13245.963953166751</v>
       </c>
       <c r="Y8" s="10">
         <v>19.173113225006478</v>
       </c>
       <c r="Z8" s="9">
         <v>17522.246995531892</v>
       </c>
       <c r="AA8" s="10">
         <v>36.884777891972135</v>
       </c>
       <c r="AB8" s="9">
         <v>11625.932583163492</v>
       </c>
       <c r="AC8" s="10">
         <v>18.866738047893403</v>
       </c>
     </row>
-    <row r="9" spans="1:29">
+    <row r="9" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A9" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="2">
         <v>14965.750822371814</v>
       </c>
       <c r="C9" s="11">
         <v>21.553089187794459</v>
       </c>
       <c r="D9" s="2">
         <v>11777.950616372691</v>
       </c>
       <c r="E9" s="11">
         <v>18.367634337216085</v>
       </c>
       <c r="F9" s="2">
         <v>10796.731580104113</v>
       </c>
       <c r="G9" s="11">
         <v>16.484792198746227</v>
       </c>
       <c r="H9" s="2">
         <v>9053.8944277388619</v>
       </c>
       <c r="I9" s="11">
@@ -2017,51 +2021,51 @@
       <c r="V9" s="2">
         <v>9754.1644801868842</v>
       </c>
       <c r="W9" s="11">
         <v>15.949523857341299</v>
       </c>
       <c r="X9" s="2">
         <v>13514.463222487699</v>
       </c>
       <c r="Y9" s="11">
         <v>19.561757411999853</v>
       </c>
       <c r="Z9" s="2">
         <v>18209.393936533146</v>
       </c>
       <c r="AA9" s="11">
         <v>38.331239770088693</v>
       </c>
       <c r="AB9" s="2">
         <v>11779.88376681587</v>
       </c>
       <c r="AC9" s="11">
         <v>19.116572341474193</v>
       </c>
     </row>
-    <row r="10" spans="1:29">
+    <row r="10" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A10" s="1" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="2">
         <v>15716.434161380863</v>
       </c>
       <c r="C10" s="11">
         <v>22.634193981632603</v>
       </c>
       <c r="D10" s="2">
         <v>12190.75940029813</v>
       </c>
       <c r="E10" s="11">
         <v>19.01140684410646</v>
       </c>
       <c r="F10" s="2">
         <v>11144.31247604308</v>
       </c>
       <c r="G10" s="11">
         <v>17.015489734319548</v>
       </c>
       <c r="H10" s="2">
         <v>9539.0977732768497</v>
       </c>
       <c r="I10" s="11">
@@ -2106,51 +2110,51 @@
       <c r="V10" s="2">
         <v>10511.570746224481</v>
       </c>
       <c r="W10" s="11">
         <v>17.187996853609143</v>
       </c>
       <c r="X10" s="2">
         <v>14256.032632993174</v>
       </c>
       <c r="Y10" s="11">
         <v>20.635155642743459</v>
       </c>
       <c r="Z10" s="2">
         <v>19547.522190061896</v>
       </c>
       <c r="AA10" s="11">
         <v>41.148033953789351</v>
       </c>
       <c r="AB10" s="2">
         <v>12264.777630972676</v>
       </c>
       <c r="AC10" s="11">
         <v>19.903465388602797</v>
       </c>
     </row>
-    <row r="11" spans="1:29">
+    <row r="11" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A11" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B11" s="2">
         <v>16083.789837917202</v>
       </c>
       <c r="C11" s="11">
         <v>23.163245263723606</v>
       </c>
       <c r="D11" s="2">
         <v>12732.57092920027</v>
       </c>
       <c r="E11" s="11">
         <v>19.856358259400082</v>
       </c>
       <c r="F11" s="2">
         <v>11394.13624499921</v>
       </c>
       <c r="G11" s="11">
         <v>17.396928588012869</v>
       </c>
       <c r="H11" s="2">
         <v>9616.7303085629283</v>
       </c>
       <c r="I11" s="11">
@@ -2195,51 +2199,51 @@
       <c r="V11" s="2">
         <v>10695.804702828222</v>
       </c>
       <c r="W11" s="11">
         <v>17.489247041890511</v>
       </c>
       <c r="X11" s="2">
         <v>15202.172915362227</v>
       </c>
       <c r="Y11" s="11">
         <v>22.004663730243923</v>
       </c>
       <c r="Z11" s="2">
         <v>20578.242601563772</v>
       </c>
       <c r="AA11" s="11">
         <v>43.317726770964178</v>
       </c>
       <c r="AB11" s="2">
         <v>12627.138920385751</v>
       </c>
       <c r="AC11" s="11">
         <v>20.491510732677305</v>
       </c>
     </row>
-    <row r="12" spans="1:29">
+    <row r="12" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A12" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B12" s="9">
         <v>17569.184529998929</v>
       </c>
       <c r="C12" s="10">
         <v>25.302452621743761</v>
       </c>
       <c r="D12" s="9">
         <v>13171.180262121048</v>
       </c>
       <c r="E12" s="10">
         <v>20.540366547971107</v>
       </c>
       <c r="F12" s="9">
         <v>11806.888558926734</v>
       </c>
       <c r="G12" s="10">
         <v>18.027131911506189</v>
       </c>
       <c r="H12" s="9">
         <v>9762.2913122243262</v>
       </c>
       <c r="I12" s="10">
@@ -2284,51 +2288,51 @@
       <c r="V12" s="9">
         <v>11248.506572639439</v>
       </c>
       <c r="W12" s="10">
         <v>18.392997606734614</v>
       </c>
       <c r="X12" s="9">
         <v>16263.384313154542</v>
       </c>
       <c r="Y12" s="10">
         <v>23.540733612170115</v>
       </c>
       <c r="Z12" s="9">
         <v>22621.60061033065</v>
       </c>
       <c r="AA12" s="10">
         <v>47.61904761904762</v>
       </c>
       <c r="AB12" s="9">
         <v>13144.498680414828</v>
       </c>
       <c r="AC12" s="10">
         <v>21.331089923350159</v>
       </c>
     </row>
-    <row r="13" spans="1:29">
+    <row r="13" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A13" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="2">
         <v>18096.260065898896</v>
       </c>
       <c r="C13" s="11">
         <v>26.061526200396074</v>
       </c>
       <c r="D13" s="2">
         <v>13454.986301069788</v>
       </c>
       <c r="E13" s="11">
         <v>20.982960146458243</v>
       </c>
       <c r="F13" s="2">
         <v>12219.640872854256</v>
       </c>
       <c r="G13" s="11">
         <v>18.657335234999504</v>
       </c>
       <c r="H13" s="2">
         <v>9985.484851171801</v>
       </c>
       <c r="I13" s="11">
@@ -2373,51 +2377,51 @@
       <c r="V13" s="2">
         <v>11402.034869809222</v>
       </c>
       <c r="W13" s="11">
         <v>18.644039430302421</v>
       </c>
       <c r="X13" s="2">
         <v>17017.739403151489</v>
       </c>
       <c r="Y13" s="11">
         <v>24.632638708961025</v>
       </c>
       <c r="Z13" s="2">
         <v>23760.817907253775</v>
       </c>
       <c r="AA13" s="11">
         <v>50.017129153819802</v>
       </c>
       <c r="AB13" s="2">
         <v>13462.873917355799</v>
       </c>
       <c r="AC13" s="11">
         <v>21.847754040687299</v>
       </c>
     </row>
-    <row r="14" spans="1:29">
+    <row r="14" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A14" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="2">
         <v>18687.223545544319</v>
       </c>
       <c r="C14" s="11">
         <v>26.912608697672912</v>
       </c>
       <c r="D14" s="2">
         <v>13893.595633990566</v>
       </c>
       <c r="E14" s="11">
         <v>21.666968435029268</v>
       </c>
       <c r="F14" s="2">
         <v>12534.636059798941</v>
       </c>
       <c r="G14" s="11">
         <v>19.138279876612824</v>
       </c>
       <c r="H14" s="2">
         <v>10237.790590851555</v>
       </c>
       <c r="I14" s="11">
@@ -2462,51 +2466,51 @@
       <c r="V14" s="2">
         <v>11750.032343394065</v>
       </c>
       <c r="W14" s="11">
         <v>19.213067563722781</v>
       </c>
       <c r="X14" s="2">
         <v>17235.095954506545</v>
       </c>
       <c r="Y14" s="11">
         <v>24.947255431765186</v>
       </c>
       <c r="Z14" s="2">
         <v>24628.792990623773</v>
       </c>
       <c r="AA14" s="11">
         <v>51.844238894598604</v>
       </c>
       <c r="AB14" s="2">
         <v>13792.769310896607</v>
       </c>
       <c r="AC14" s="11">
         <v>22.383113241217561</v>
       </c>
     </row>
-    <row r="15" spans="1:29">
+    <row r="15" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A15" s="1" t="s">
         <v>29</v>
       </c>
       <c r="B15" s="2">
         <v>19278.187025189734</v>
       </c>
       <c r="C15" s="11">
         <v>27.763691194949747</v>
       </c>
       <c r="D15" s="2">
         <v>14345.105241409015</v>
       </c>
       <c r="E15" s="11">
         <v>22.371094614440619</v>
       </c>
       <c r="F15" s="2">
         <v>12860.493149741722</v>
       </c>
       <c r="G15" s="11">
         <v>19.635808816212812</v>
       </c>
       <c r="H15" s="2">
         <v>10470.688196709789</v>
       </c>
       <c r="I15" s="11">
@@ -2551,51 +2555,51 @@
       <c r="V15" s="2">
         <v>11924.031080186483</v>
       </c>
       <c r="W15" s="11">
         <v>19.497581630432961</v>
       </c>
       <c r="X15" s="2">
         <v>17618.666339250758</v>
       </c>
       <c r="Y15" s="11">
         <v>25.502461413184292</v>
       </c>
       <c r="Z15" s="2">
         <v>25768.010287546906</v>
       </c>
       <c r="AA15" s="11">
         <v>54.242320429370793</v>
       </c>
       <c r="AB15" s="2">
         <v>14134.184861037249</v>
       </c>
       <c r="AC15" s="11">
         <v>22.937167524940939</v>
       </c>
     </row>
-    <row r="16" spans="1:29">
+    <row r="16" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A16" s="7" t="s">
         <v>30</v>
       </c>
       <c r="B16" s="9">
         <v>19437.906884553362</v>
       </c>
       <c r="C16" s="10">
         <v>27.993713491511052</v>
       </c>
       <c r="D16" s="9">
         <v>14822.415397822806</v>
       </c>
       <c r="E16" s="10">
         <v>23.115456575532619</v>
       </c>
       <c r="F16" s="9">
         <v>13327.554978659704</v>
       </c>
       <c r="G16" s="10">
         <v>20.348933629639458</v>
       </c>
       <c r="H16" s="9">
         <v>10917.075274604738</v>
       </c>
       <c r="I16" s="10">
@@ -2640,51 +2644,51 @@
       <c r="V16" s="9">
         <v>12302.734213205282</v>
       </c>
       <c r="W16" s="10">
         <v>20.116818128566884</v>
       </c>
       <c r="X16" s="9">
         <v>18360.23574975623</v>
       </c>
       <c r="Y16" s="10">
         <v>26.575859643927899</v>
       </c>
       <c r="Z16" s="9">
         <v>26455.157228548152</v>
       </c>
       <c r="AA16" s="10">
         <v>55.688782307487344</v>
       </c>
       <c r="AB16" s="9">
         <v>14508.066307050165</v>
       </c>
       <c r="AC16" s="10">
         <v>23.543907952208571</v>
       </c>
     </row>
-    <row r="17" spans="1:29">
+    <row r="17" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A17" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B17" s="2">
         <v>20108.730293880595</v>
       </c>
       <c r="C17" s="11">
         <v>28.959807137068541</v>
       </c>
       <c r="D17" s="2">
         <v>15132.021985766885</v>
       </c>
       <c r="E17" s="11">
         <v>23.598285955700401</v>
       </c>
       <c r="F17" s="2">
         <v>13772.893001581508</v>
       </c>
       <c r="G17" s="11">
         <v>21.028889847092774</v>
       </c>
       <c r="H17" s="2">
         <v>11014.115943712333</v>
       </c>
       <c r="I17" s="11">
@@ -2729,51 +2733,51 @@
       <c r="V17" s="2">
         <v>12640.496466978808</v>
       </c>
       <c r="W17" s="11">
         <v>20.669110140416059</v>
       </c>
       <c r="X17" s="2">
         <v>18615.949339585706</v>
       </c>
       <c r="Y17" s="11">
         <v>26.94599696487397</v>
       </c>
       <c r="Z17" s="2">
         <v>28136.858952577528</v>
       </c>
       <c r="AA17" s="11">
         <v>59.228807430246277</v>
       </c>
       <c r="AB17" s="2">
         <v>14815.968674354919</v>
       </c>
       <c r="AC17" s="11">
         <v>24.043576539370147</v>
       </c>
     </row>
-    <row r="18" spans="1:29">
+    <row r="18" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A18" s="1" t="s">
         <v>32</v>
       </c>
       <c r="B18" s="2">
         <v>21258.713281298707</v>
       </c>
       <c r="C18" s="11">
         <v>30.615967672309953</v>
       </c>
       <c r="D18" s="2">
         <v>15531.930495194656</v>
       </c>
       <c r="E18" s="11">
         <v>24.221940571750455</v>
       </c>
       <c r="F18" s="2">
         <v>14250.816733497584</v>
       </c>
       <c r="G18" s="11">
         <v>21.758598958506088</v>
       </c>
       <c r="H18" s="2">
         <v>11295.53388412437</v>
       </c>
       <c r="I18" s="11">
@@ -2818,51 +2822,51 @@
       <c r="V18" s="2">
         <v>12783.789544337271</v>
       </c>
       <c r="W18" s="11">
         <v>20.903415842412677</v>
       </c>
       <c r="X18" s="2">
         <v>18871.662929415179</v>
       </c>
       <c r="Y18" s="11">
         <v>27.316134285820041</v>
       </c>
       <c r="Z18" s="2">
         <v>30433.376360660663</v>
       </c>
       <c r="AA18" s="11">
         <v>64.063035286056873</v>
       </c>
       <c r="AB18" s="2">
         <v>15267.349355675829</v>
       </c>
       <c r="AC18" s="11">
         <v>24.776083889936945</v>
       </c>
     </row>
-    <row r="19" spans="1:29">
+    <row r="19" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A19" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B19" s="2">
         <v>21673.984915644134</v>
       </c>
       <c r="C19" s="11">
         <v>31.21402564336935</v>
       </c>
       <c r="D19" s="2">
         <v>15918.938730124755</v>
       </c>
       <c r="E19" s="11">
         <v>24.825477296960184</v>
       </c>
       <c r="F19" s="2">
         <v>14565.811920442271</v>
       </c>
       <c r="G19" s="11">
         <v>22.239543600119408</v>
       </c>
       <c r="H19" s="2">
         <v>11479.911155428805</v>
       </c>
       <c r="I19" s="11">
@@ -2907,51 +2911,51 @@
       <c r="V19" s="2">
         <v>12998.729160374967</v>
       </c>
       <c r="W19" s="11">
         <v>21.254874395407608</v>
       </c>
       <c r="X19" s="2">
         <v>19843.374570767177</v>
       </c>
       <c r="Y19" s="11">
         <v>28.722656105415108</v>
       </c>
       <c r="Z19" s="2">
         <v>30668.452945740035</v>
       </c>
       <c r="AA19" s="11">
         <v>64.557877507517802</v>
       </c>
       <c r="AB19" s="2">
         <v>15641.230801688747</v>
       </c>
       <c r="AC19" s="11">
         <v>25.382824317204577</v>
       </c>
     </row>
-    <row r="20" spans="1:29">
+    <row r="20" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A20" s="7" t="s">
         <v>34</v>
       </c>
       <c r="B20" s="9">
         <v>22121.200521862287</v>
       </c>
       <c r="C20" s="10">
         <v>31.858088073741008</v>
       </c>
       <c r="D20" s="9">
         <v>16628.453827496603</v>
       </c>
       <c r="E20" s="10">
         <v>25.93196129317802</v>
       </c>
       <c r="F20" s="9">
         <v>14945.978525375514</v>
       </c>
       <c r="G20" s="10">
         <v>22.819994029652726</v>
       </c>
       <c r="H20" s="9">
         <v>11741.920962019318</v>
       </c>
       <c r="I20" s="10">
@@ -2996,51 +3000,51 @@
       <c r="V20" s="9">
         <v>13653.783228299375</v>
       </c>
       <c r="W20" s="10">
         <v>22.325986175963582</v>
       </c>
       <c r="X20" s="9">
         <v>20073.516801613703</v>
       </c>
       <c r="Y20" s="10">
         <v>29.055779694266572</v>
       </c>
       <c r="Z20" s="9">
         <v>31717.256171478788</v>
       </c>
       <c r="AA20" s="10">
         <v>66.765635110958854</v>
       </c>
       <c r="AB20" s="9">
         <v>16125.07737888193</v>
       </c>
       <c r="AC20" s="10">
         <v>26.168017811315625</v>
       </c>
     </row>
-    <row r="21" spans="1:29">
+    <row r="21" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A21" s="1" t="s">
         <v>35</v>
       </c>
       <c r="B21" s="2">
         <v>22712.164001507706</v>
       </c>
       <c r="C21" s="11">
         <v>32.709170571017843</v>
       </c>
       <c r="D21" s="2">
         <v>17402.470297356798</v>
       </c>
       <c r="E21" s="11">
         <v>27.139034743597477</v>
       </c>
       <c r="F21" s="2">
         <v>15825.79266822102</v>
       </c>
       <c r="G21" s="11">
         <v>24.163322166572691</v>
       </c>
       <c r="H21" s="2">
         <v>12275.644642111105</v>
       </c>
       <c r="I21" s="11">
@@ -3085,51 +3089,51 @@
       <c r="V21" s="2">
         <v>14073.427240563447</v>
       </c>
       <c r="W21" s="11">
         <v>23.012167160382251</v>
       </c>
       <c r="X21" s="2">
         <v>20994.085724999812</v>
       </c>
       <c r="Y21" s="11">
         <v>30.388274049672429</v>
       </c>
       <c r="Z21" s="2">
         <v>33543.620409403164</v>
       </c>
       <c r="AA21" s="11">
         <v>70.610178523847594</v>
       </c>
       <c r="AB21" s="2">
         <v>16850.847244671706</v>
       </c>
       <c r="AC21" s="11">
         <v>27.345808052482198</v>
       </c>
     </row>
-    <row r="22" spans="1:29">
+    <row r="22" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A22" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B22" s="2">
         <v>23638.539185816742</v>
       </c>
       <c r="C22" s="11">
         <v>34.043299891073424</v>
       </c>
       <c r="D22" s="2">
         <v>17944.281826258939</v>
       </c>
       <c r="E22" s="11">
         <v>27.983986158891099</v>
       </c>
       <c r="F22" s="2">
         <v>16292.854497139004</v>
       </c>
       <c r="G22" s="11">
         <v>24.876446979999336</v>
       </c>
       <c r="H22" s="2">
         <v>12848.184589845932</v>
       </c>
       <c r="I22" s="11">
@@ -3174,51 +3178,51 @@
       <c r="V22" s="2">
         <v>14851.303946223683</v>
       </c>
       <c r="W22" s="11">
         <v>24.28411239979247</v>
       </c>
       <c r="X22" s="2">
         <v>21607.798340590551</v>
       </c>
       <c r="Y22" s="11">
         <v>31.276603619943</v>
       </c>
       <c r="Z22" s="2">
         <v>35134.908062248163</v>
       </c>
       <c r="AA22" s="11">
         <v>73.959879715275406</v>
       </c>
       <c r="AB22" s="2">
         <v>17576.61711046148</v>
       </c>
       <c r="AC22" s="11">
         <v>28.523598293648771</v>
       </c>
     </row>
-    <row r="23" spans="1:29">
+    <row r="23" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A23" s="1" t="s">
         <v>37</v>
       </c>
       <c r="B23" s="2">
         <v>25331.569695071183</v>
       </c>
       <c r="C23" s="11">
         <v>36.481536234623277</v>
       </c>
       <c r="D23" s="2">
         <v>19402.012844495646</v>
       </c>
       <c r="E23" s="11">
         <v>30.257307823847743</v>
       </c>
       <c r="F23" s="2">
         <v>17943.863752849094</v>
       </c>
       <c r="G23" s="11">
         <v>27.397260273972606</v>
       </c>
       <c r="H23" s="2">
         <v>13983.560418404822</v>
       </c>
       <c r="I23" s="11">
@@ -3263,51 +3267,51 @@
       <c r="V23" s="2">
         <v>15670.121531129193</v>
       </c>
       <c r="W23" s="11">
         <v>25.623002125487439</v>
       </c>
       <c r="X23" s="2">
         <v>23333.865071939494</v>
       </c>
       <c r="Y23" s="11">
         <v>33.775030536328977</v>
       </c>
       <c r="Z23" s="2">
         <v>38010.075525911299</v>
       </c>
       <c r="AA23" s="11">
         <v>80.012180731605199</v>
       </c>
       <c r="AB23" s="2">
         <v>19215.621208529301</v>
       </c>
       <c r="AC23" s="11">
         <v>31.183398766124508</v>
       </c>
     </row>
-    <row r="24" spans="1:29">
+    <row r="24" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A24" s="7" t="s">
         <v>38</v>
       </c>
       <c r="B24" s="9">
         <v>26449.608710616572</v>
       </c>
       <c r="C24" s="10">
         <v>38.091692310552425</v>
       </c>
       <c r="D24" s="9">
         <v>20769.441941248664</v>
       </c>
       <c r="E24" s="10">
         <v>32.389804252922119</v>
       </c>
       <c r="F24" s="9">
         <v>19160.396888635471</v>
       </c>
       <c r="G24" s="10">
         <v>29.254701648479223</v>
       </c>
       <c r="H24" s="9">
         <v>15021.895577856118</v>
       </c>
       <c r="I24" s="10">
@@ -3352,51 +3356,51 @@
       <c r="V24" s="9">
         <v>16806.230930185589</v>
       </c>
       <c r="W24" s="10">
         <v>27.480711619889206</v>
       </c>
       <c r="X24" s="9">
         <v>24049.863123462022</v>
       </c>
       <c r="Y24" s="10">
         <v>34.811415034977976</v>
       </c>
       <c r="Z24" s="9">
         <v>38208.986482516921</v>
       </c>
       <c r="AA24" s="10">
         <v>80.430893380533675</v>
       </c>
       <c r="AB24" s="9">
         <v>20282.806624459721</v>
       </c>
       <c r="AC24" s="10">
         <v>32.915243291014463</v>
       </c>
     </row>
-    <row r="25" spans="1:29">
+    <row r="25" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A25" s="1" t="s">
         <v>39</v>
       </c>
       <c r="B25" s="2">
         <v>28030.835318316476</v>
       </c>
       <c r="C25" s="11">
         <v>40.36891304650937</v>
       </c>
       <c r="D25" s="2">
         <v>21801.463901062263</v>
       </c>
       <c r="E25" s="11">
         <v>33.999235520148062</v>
       </c>
       <c r="F25" s="2">
         <v>20507.27286039896</v>
       </c>
       <c r="G25" s="11">
         <v>31.311154598825834</v>
       </c>
       <c r="H25" s="2">
         <v>15866.149399092219</v>
       </c>
       <c r="I25" s="11">
@@ -3441,51 +3445,51 @@
       <c r="V25" s="2">
         <v>18638.335276411664</v>
       </c>
       <c r="W25" s="11">
         <v>30.476477381131694</v>
       </c>
       <c r="X25" s="2">
         <v>25149.43155972876</v>
       </c>
       <c r="Y25" s="11">
         <v>36.403005515046083</v>
       </c>
       <c r="Z25" s="2">
         <v>39963.019463493794</v>
       </c>
       <c r="AA25" s="11">
         <v>84.123177648357512</v>
       </c>
       <c r="AB25" s="2">
         <v>21657.894407694894</v>
       </c>
       <c r="AC25" s="11">
         <v>35.146756403065993</v>
       </c>
     </row>
-    <row r="26" spans="1:29">
+    <row r="26" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A26" s="1" t="s">
         <v>40</v>
       </c>
       <c r="B26" s="2">
         <v>29100.958376052775</v>
       </c>
       <c r="C26" s="11">
         <v>41.910062433470124</v>
       </c>
       <c r="D26" s="2">
         <v>21969.167469531974</v>
       </c>
       <c r="E26" s="11">
         <v>34.26076810107228</v>
       </c>
       <c r="F26" s="2">
         <v>22136.558310112865</v>
       </c>
       <c r="G26" s="11">
         <v>33.79879929682577</v>
       </c>
       <c r="H26" s="2">
         <v>17399.391970992259</v>
       </c>
       <c r="I26" s="11">
@@ -3530,51 +3534,51 @@
       <c r="V26" s="2">
         <v>19999.619511317076</v>
       </c>
       <c r="W26" s="11">
         <v>32.702381550099581</v>
       </c>
       <c r="X26" s="2">
         <v>25801.501213793923</v>
       </c>
       <c r="Y26" s="11">
         <v>37.346855683458564</v>
       </c>
       <c r="Z26" s="2">
         <v>41373.478973970043</v>
       </c>
       <c r="AA26" s="11">
         <v>87.092230977123066</v>
       </c>
       <c r="AB26" s="2">
         <v>22923.017059749804</v>
       </c>
       <c r="AC26" s="11">
         <v>37.199816448274106</v>
       </c>
     </row>
-    <row r="27" spans="1:29">
+    <row r="27" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A27" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B27" s="2">
         <v>31273.148463398098</v>
       </c>
       <c r="C27" s="11">
         <v>45.038365666703896</v>
       </c>
       <c r="D27" s="2">
         <v>24252.516055619559</v>
       </c>
       <c r="E27" s="11">
         <v>37.821634779809678</v>
       </c>
       <c r="F27" s="2">
         <v>23461.710475880169</v>
       </c>
       <c r="G27" s="11">
         <v>35.822083651199044</v>
       </c>
       <c r="H27" s="2">
         <v>18835.593873784706</v>
       </c>
       <c r="I27" s="11">
@@ -3619,51 +3623,51 @@
       <c r="V27" s="2">
         <v>22015.957814146892</v>
       </c>
       <c r="W27" s="11">
         <v>35.999397499623434</v>
       </c>
       <c r="X27" s="2">
         <v>26811.569893620344</v>
       </c>
       <c r="Y27" s="11">
         <v>38.808898101195545</v>
       </c>
       <c r="Z27" s="2">
         <v>42856.269741393793</v>
       </c>
       <c r="AA27" s="11">
         <v>90.213543450953523</v>
       </c>
       <c r="AB27" s="2">
         <v>24715.972341469998</v>
       </c>
       <c r="AC27" s="11">
         <v>40.109451214330633</v>
       </c>
     </row>
-    <row r="28" spans="1:29">
+    <row r="28" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A28" s="7" t="s">
         <v>42</v>
       </c>
       <c r="B28" s="9">
         <v>33030.066916397984</v>
       </c>
       <c r="C28" s="10">
         <v>47.568610928878272</v>
       </c>
       <c r="D28" s="9">
         <v>25710.247073856266</v>
       </c>
       <c r="E28" s="10">
         <v>40.094956444766325</v>
       </c>
       <c r="F28" s="9">
         <v>24363.24842472186</v>
       </c>
       <c r="G28" s="10">
         <v>37.198580384092345</v>
       </c>
       <c r="H28" s="9">
         <v>19379.021620787251</v>
       </c>
       <c r="I28" s="10">
@@ -3708,51 +3712,51 @@
       <c r="V28" s="9">
         <v>22169.486111316677</v>
       </c>
       <c r="W28" s="10">
         <v>36.250439323191245</v>
       </c>
       <c r="X28" s="9">
         <v>29432.634189372453</v>
       </c>
       <c r="Y28" s="10">
         <v>42.602805640892775</v>
       </c>
       <c r="Z28" s="9">
         <v>43579.582310868798</v>
       </c>
       <c r="AA28" s="10">
         <v>91.736134901602526</v>
       </c>
       <c r="AB28" s="9">
         <v>26123.526020577443</v>
       </c>
       <c r="AC28" s="10">
         <v>42.393650469926413</v>
       </c>
     </row>
-    <row r="29" spans="1:29">
+    <row r="29" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A29" s="1" t="s">
         <v>43</v>
       </c>
       <c r="B29" s="2">
         <v>35074.481116252406</v>
       </c>
       <c r="C29" s="11">
         <v>50.512896324863</v>
       </c>
       <c r="D29" s="2">
         <v>27284.080562572006</v>
       </c>
       <c r="E29" s="11">
         <v>42.54933912728589</v>
       </c>
       <c r="F29" s="2">
         <v>26492.181412348022</v>
       </c>
       <c r="G29" s="11">
         <v>40.449102789478921</v>
       </c>
       <c r="H29" s="2">
         <v>21183.978066188571</v>
       </c>
       <c r="I29" s="11">
@@ -3797,51 +3801,51 @@
       <c r="V29" s="2">
         <v>23551.240785844726</v>
       </c>
       <c r="W29" s="11">
         <v>38.509815735301501</v>
       </c>
       <c r="X29" s="2">
         <v>29023.492445645294</v>
       </c>
       <c r="Y29" s="11">
         <v>42.010585927379061</v>
       </c>
       <c r="Z29" s="2">
         <v>49800.070408353808</v>
       </c>
       <c r="AA29" s="11">
         <v>104.83042137718397</v>
       </c>
       <c r="AB29" s="2">
         <v>27838.98206698964</v>
       </c>
       <c r="AC29" s="11">
         <v>45.177518312683766</v>
       </c>
     </row>
-    <row r="30" spans="1:29">
+    <row r="30" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A30" s="1" t="s">
         <v>44</v>
       </c>
       <c r="B30" s="2">
         <v>36559.875808334138</v>
       </c>
       <c r="C30" s="11">
         <v>52.652103682883158</v>
       </c>
       <c r="D30" s="2">
         <v>29748.032991626969</v>
       </c>
       <c r="E30" s="11">
         <v>46.391856277787831</v>
       </c>
       <c r="F30" s="2">
         <v>28262.671601037127</v>
       </c>
       <c r="G30" s="11">
         <v>43.152343361305519</v>
       </c>
       <c r="H30" s="2">
         <v>21814.742415387955</v>
       </c>
       <c r="I30" s="11">
@@ -3886,51 +3890,51 @@
       <c r="V30" s="2">
         <v>24574.762766976608</v>
       </c>
       <c r="W30" s="11">
         <v>40.183427892420205</v>
       </c>
       <c r="X30" s="2">
         <v>30864.630292417503</v>
       </c>
       <c r="Y30" s="11">
         <v>44.675574638190767</v>
       </c>
       <c r="Z30" s="2">
         <v>50107.478250380678</v>
       </c>
       <c r="AA30" s="11">
         <v>105.4775227437098</v>
       </c>
       <c r="AB30" s="2">
         <v>28829.71553457568</v>
       </c>
       <c r="AC30" s="11">
         <v>46.785295467292102</v>
       </c>
     </row>
-    <row r="31" spans="1:29">
+    <row r="31" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A31" s="1" t="s">
         <v>45</v>
       </c>
       <c r="B31" s="2">
         <v>36096.688216179624</v>
       </c>
       <c r="C31" s="11">
         <v>51.985039022855368</v>
       </c>
       <c r="D31" s="2">
         <v>29709.332168133958</v>
       </c>
       <c r="E31" s="11">
         <v>46.331502605266856</v>
       </c>
       <c r="F31" s="2">
         <v>27958.538317090533</v>
       </c>
       <c r="G31" s="11">
         <v>42.687983017678867</v>
       </c>
       <c r="H31" s="2">
         <v>22202.905091818349</v>
       </c>
       <c r="I31" s="11">
@@ -3975,51 +3979,51 @@
       <c r="V31" s="2">
         <v>24656.644525467163</v>
       </c>
       <c r="W31" s="11">
         <v>40.317316864989706</v>
       </c>
       <c r="X31" s="2">
         <v>31887.484651735402</v>
       </c>
       <c r="Y31" s="11">
         <v>46.156123921975052</v>
       </c>
       <c r="Z31" s="2">
         <v>48118.368684324429</v>
       </c>
       <c r="AA31" s="11">
         <v>101.29039625442503</v>
       </c>
       <c r="AB31" s="2">
         <v>29313.562111768868</v>
       </c>
       <c r="AC31" s="11">
         <v>47.57048896140315</v>
       </c>
     </row>
-    <row r="32" spans="1:29">
+    <row r="32" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A32" s="7" t="s">
         <v>46</v>
       </c>
       <c r="B32" s="9">
         <v>37278.615175470455</v>
       </c>
       <c r="C32" s="10">
         <v>53.687204017409037</v>
       </c>
       <c r="D32" s="9">
         <v>30109.240677561727</v>
       </c>
       <c r="E32" s="10">
         <v>46.955157221316909</v>
       </c>
       <c r="F32" s="9">
         <v>28425.600146008521</v>
       </c>
       <c r="G32" s="10">
         <v>43.401107831105513</v>
       </c>
       <c r="H32" s="9">
         <v>23056.862979965204</v>
       </c>
       <c r="I32" s="10">
@@ -4064,51 +4068,51 @@
       <c r="V32" s="9">
         <v>25475.462110372675</v>
       </c>
       <c r="W32" s="10">
         <v>41.656206590684675</v>
       </c>
       <c r="X32" s="9">
         <v>31913.056010718345</v>
       </c>
       <c r="Y32" s="10">
         <v>46.193137654069659</v>
       </c>
       <c r="Z32" s="9">
         <v>46942.985758927549</v>
       </c>
       <c r="AA32" s="10">
         <v>98.816185147120393</v>
       </c>
       <c r="AB32" s="9">
         <v>29467.513295421242</v>
       </c>
       <c r="AC32" s="10">
         <v>47.82032325498394</v>
       </c>
     </row>
-    <row r="33" spans="1:29">
+    <row r="33" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A33" s="1" t="s">
         <v>47</v>
       </c>
       <c r="B33" s="2">
         <v>38109.158444161316</v>
       </c>
       <c r="C33" s="11">
         <v>54.883319959527832</v>
       </c>
       <c r="D33" s="2">
         <v>30457.548088998821</v>
       </c>
       <c r="E33" s="11">
         <v>47.49834027400567</v>
       </c>
       <c r="F33" s="2">
         <v>29337.999997848307</v>
       </c>
       <c r="G33" s="11">
         <v>44.794188861985475</v>
       </c>
       <c r="H33" s="2">
         <v>23881.708667379786</v>
       </c>
       <c r="I33" s="11">
@@ -4153,51 +4157,51 @@
       <c r="V33" s="2">
         <v>26816.275905655442</v>
       </c>
       <c r="W33" s="11">
         <v>43.848638516510178</v>
       </c>
       <c r="X33" s="2">
         <v>33140.481241899819</v>
       </c>
       <c r="Y33" s="11">
         <v>47.969796794610801</v>
       </c>
       <c r="Z33" s="2">
         <v>46545.163845716306</v>
       </c>
       <c r="AA33" s="11">
         <v>97.978759849263454</v>
       </c>
       <c r="AB33" s="2">
         <v>30481.287076206962</v>
       </c>
       <c r="AC33" s="11">
         <v>49.465490575978521</v>
       </c>
     </row>
-    <row r="34" spans="1:29">
+    <row r="34" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A34" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B34" s="2">
         <v>39051.505614406713</v>
       </c>
       <c r="C34" s="11">
         <v>56.240451509239541</v>
       </c>
       <c r="D34" s="2">
         <v>32173.284597188922</v>
       </c>
       <c r="E34" s="11">
         <v>50.174019755768796</v>
       </c>
       <c r="F34" s="2">
         <v>29989.714177733866</v>
       </c>
       <c r="G34" s="11">
         <v>45.789246741185451</v>
       </c>
       <c r="H34" s="2">
         <v>24124.310340148779</v>
       </c>
       <c r="I34" s="11">
@@ -4242,51 +4246,51 @@
       <c r="V34" s="2">
         <v>26355.691014146094</v>
       </c>
       <c r="W34" s="11">
         <v>43.095513045806761</v>
       </c>
       <c r="X34" s="2">
         <v>34086.621524268878</v>
       </c>
       <c r="Y34" s="11">
         <v>49.339304882111264</v>
       </c>
       <c r="Z34" s="2">
         <v>46997.234201638174</v>
       </c>
       <c r="AA34" s="11">
         <v>98.930379505919078</v>
       </c>
       <c r="AB34" s="2">
         <v>30985.032105708957</v>
       </c>
       <c r="AC34" s="11">
         <v>50.282975577423137</v>
       </c>
     </row>
-    <row r="35" spans="1:29">
+    <row r="35" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A35" s="1" t="s">
         <v>49</v>
       </c>
       <c r="B35" s="2">
         <v>39211.225473770341</v>
       </c>
       <c r="C35" s="11">
         <v>56.47047380580085</v>
       </c>
       <c r="D35" s="2">
         <v>31360.56730383572</v>
       </c>
       <c r="E35" s="11">
         <v>48.906592632828371</v>
       </c>
       <c r="F35" s="2">
         <v>29196.795258873095</v>
       </c>
       <c r="G35" s="11">
         <v>44.57859298815881</v>
       </c>
       <c r="H35" s="2">
         <v>25259.686168707674</v>
       </c>
       <c r="I35" s="11">
@@ -4331,51 +4335,51 @@
       <c r="V35" s="2">
         <v>26775.335026410165</v>
       </c>
       <c r="W35" s="11">
         <v>43.781694030225431</v>
       </c>
       <c r="X35" s="2">
         <v>34431.834870538667</v>
       </c>
       <c r="Y35" s="11">
         <v>49.83899026538846</v>
       </c>
       <c r="Z35" s="2">
         <v>44863.462121686927</v>
       </c>
       <c r="AA35" s="11">
         <v>94.438734726504507</v>
       </c>
       <c r="AB35" s="2">
         <v>30875.066974528687</v>
       </c>
       <c r="AC35" s="11">
         <v>50.10452251057972</v>
       </c>
     </row>
-    <row r="36" spans="1:29">
+    <row r="36" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A36" s="7" t="s">
         <v>50</v>
       </c>
       <c r="B36" s="9">
         <v>39275.113417515786</v>
       </c>
       <c r="C36" s="10">
         <v>56.562482724425372</v>
       </c>
       <c r="D36" s="9">
         <v>32921.500518053792</v>
       </c>
       <c r="E36" s="10">
         <v>51.340857424507611</v>
       </c>
       <c r="F36" s="9">
         <v>29555.238057810151</v>
       </c>
       <c r="G36" s="10">
         <v>45.125874821718796</v>
       </c>
       <c r="H36" s="9">
         <v>25162.645499600076</v>
       </c>
       <c r="I36" s="10">
@@ -4420,51 +4424,51 @@
       <c r="V36" s="9">
         <v>26243.103596221586</v>
       </c>
       <c r="W36" s="10">
         <v>42.911415708523705</v>
       </c>
       <c r="X36" s="9">
         <v>37947.896730693938</v>
       </c>
       <c r="Y36" s="10">
         <v>54.92837842839694</v>
       </c>
       <c r="Z36" s="9">
         <v>45116.621521003181</v>
       </c>
       <c r="AA36" s="10">
         <v>94.971641734231667</v>
       </c>
       <c r="AB36" s="9">
         <v>31556.850787846353</v>
       </c>
       <c r="AC36" s="10">
         <v>51.210931525008924</v>
       </c>
     </row>
-    <row r="37" spans="1:29">
+    <row r="37" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A37" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B37" s="2">
         <v>40584.816264297529</v>
       </c>
       <c r="C37" s="11">
         <v>58.448665556228093</v>
       </c>
       <c r="D37" s="2">
         <v>33089.204086523496</v>
       </c>
       <c r="E37" s="11">
         <v>51.602390005431822</v>
       </c>
       <c r="F37" s="2">
         <v>30141.780819707157</v>
       </c>
       <c r="G37" s="11">
         <v>46.021426912998777</v>
       </c>
       <c r="H37" s="2">
         <v>24861.819425366524</v>
       </c>
       <c r="I37" s="11">
@@ -4509,51 +4513,51 @@
       <c r="V37" s="2">
         <v>28198.030580183491</v>
       </c>
       <c r="W37" s="11">
         <v>46.108014928620442</v>
       </c>
       <c r="X37" s="2">
         <v>37525.969307475301</v>
       </c>
       <c r="Y37" s="11">
         <v>54.317651848835922</v>
       </c>
       <c r="Z37" s="2">
         <v>47503.55300027068</v>
       </c>
       <c r="AA37" s="11">
         <v>99.996193521373385</v>
       </c>
       <c r="AB37" s="2">
         <v>32106.6764437477</v>
       </c>
       <c r="AC37" s="11">
         <v>52.103196859226024</v>
       </c>
     </row>
-    <row r="38" spans="1:29">
+    <row r="38" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A38" s="1" t="s">
         <v>52</v>
       </c>
       <c r="B38" s="2">
         <v>41670.911307970186</v>
       </c>
       <c r="C38" s="11">
         <v>60.012817172844976</v>
       </c>
       <c r="D38" s="2">
         <v>33656.816164420976</v>
       </c>
       <c r="E38" s="11">
         <v>52.487577202406094</v>
       </c>
       <c r="F38" s="2">
         <v>30782.633096594629</v>
       </c>
       <c r="G38" s="11">
         <v>46.999900494212085</v>
       </c>
       <c r="H38" s="2">
         <v>25851.634250264018</v>
       </c>
       <c r="I38" s="11">
@@ -4598,51 +4602,51 @@
       <c r="V38" s="2">
         <v>27256.390357542154</v>
       </c>
       <c r="W38" s="11">
         <v>44.568291744071225</v>
       </c>
       <c r="X38" s="2">
         <v>39098.607884926569</v>
       </c>
       <c r="Y38" s="11">
         <v>56.59399637265426</v>
       </c>
       <c r="Z38" s="2">
         <v>47286.559229428174</v>
       </c>
       <c r="AA38" s="11">
         <v>99.539416086178676</v>
       </c>
       <c r="AB38" s="2">
         <v>32426.098967652288</v>
       </c>
       <c r="AC38" s="11">
         <v>52.621560529580719</v>
       </c>
     </row>
-    <row r="39" spans="1:29">
+    <row r="39" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A39" s="1" t="s">
         <v>53</v>
       </c>
       <c r="B39" s="2">
         <v>42868.810253197393</v>
       </c>
       <c r="C39" s="11">
         <v>61.737984397054781</v>
       </c>
       <c r="D39" s="2">
         <v>33953.522477867387</v>
       </c>
       <c r="E39" s="11">
         <v>52.950288691733554</v>
       </c>
       <c r="F39" s="2">
         <v>31608.137724449673</v>
       </c>
       <c r="G39" s="11">
         <v>48.260307141198716</v>
       </c>
       <c r="H39" s="2">
         <v>25133.533298867798</v>
       </c>
       <c r="I39" s="11">
@@ -4687,51 +4691,51 @@
       <c r="V39" s="2">
         <v>27389.448215089302</v>
       </c>
       <c r="W39" s="11">
         <v>44.785861324496658</v>
       </c>
       <c r="X39" s="2">
         <v>39098.607884926569</v>
       </c>
       <c r="Y39" s="11">
         <v>56.59399637265426</v>
       </c>
       <c r="Z39" s="2">
         <v>44122.066737975052</v>
       </c>
       <c r="AA39" s="11">
         <v>92.878078489589285</v>
       </c>
       <c r="AB39" s="2">
         <v>32723.528465320833</v>
       </c>
       <c r="AC39" s="11">
         <v>53.104233586566735</v>
       </c>
     </row>
-    <row r="40" spans="1:29">
+    <row r="40" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A40" s="7" t="s">
         <v>54</v>
       </c>
       <c r="B40" s="9">
         <v>43268.109901606462</v>
       </c>
       <c r="C40" s="10">
         <v>62.313040138458049</v>
       </c>
       <c r="D40" s="9">
         <v>33772.918634900001</v>
       </c>
       <c r="E40" s="10">
         <v>52.668638219969012</v>
       </c>
       <c r="F40" s="9">
         <v>33074.494629192181</v>
       </c>
       <c r="G40" s="10">
         <v>50.499187369398655</v>
       </c>
       <c r="H40" s="9">
         <v>25405.247172369069</v>
       </c>
       <c r="I40" s="10">
@@ -4776,51 +4780,51 @@
       <c r="V40" s="9">
         <v>27532.741292447765</v>
       </c>
       <c r="W40" s="10">
         <v>45.020167026493276</v>
       </c>
       <c r="X40" s="9">
         <v>40134.247923735937</v>
       </c>
       <c r="Y40" s="10">
         <v>58.093052522485841</v>
       </c>
       <c r="Z40" s="9">
         <v>47069.565458585676</v>
       </c>
       <c r="AA40" s="10">
         <v>99.082638650983981</v>
       </c>
       <c r="AB40" s="9">
         <v>33471.291357346658</v>
       </c>
       <c r="AC40" s="10">
         <v>54.317714441101991</v>
       </c>
     </row>
-    <row r="41" spans="1:29">
+    <row r="41" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A41" s="1" t="s">
         <v>55</v>
       </c>
       <c r="B41" s="2">
         <v>45941.820347353561</v>
       </c>
       <c r="C41" s="11">
         <v>66.163613382894326</v>
       </c>
       <c r="D41" s="2">
         <v>35376.422754960382</v>
       </c>
       <c r="E41" s="11">
         <v>55.169292051421323</v>
       </c>
       <c r="F41" s="2">
         <v>32930.031319317546</v>
       </c>
       <c r="G41" s="11">
         <v>50.278616206175997</v>
       </c>
       <c r="H41" s="2">
         <v>26199.03984566922</v>
       </c>
       <c r="I41" s="11">
@@ -4865,51 +4869,51 @@
       <c r="V41" s="2">
         <v>28301.406300277809</v>
       </c>
       <c r="W41" s="11">
         <v>46.277049756489426</v>
       </c>
       <c r="X41" s="2">
         <v>39498.799653009693</v>
       </c>
       <c r="Y41" s="11">
         <v>57.173261279934856</v>
       </c>
       <c r="Z41" s="2">
         <v>45042.48198263198</v>
       </c>
       <c r="AA41" s="11">
         <v>94.815576110540135</v>
       </c>
       <c r="AB41" s="2">
         <v>33868.213116559244</v>
       </c>
       <c r="AC41" s="11">
         <v>54.961845034755861</v>
       </c>
     </row>
-    <row r="42" spans="1:29">
+    <row r="42" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A42" s="1" t="s">
         <v>56</v>
       </c>
       <c r="B42" s="2">
         <v>46154.247760307182</v>
       </c>
       <c r="C42" s="11">
         <v>66.469543037320861</v>
       </c>
       <c r="D42" s="2">
         <v>35818.90217023046</v>
       </c>
       <c r="E42" s="11">
         <v>55.859335707244448</v>
       </c>
       <c r="F42" s="2">
         <v>33430.765047529618</v>
       </c>
       <c r="G42" s="11">
         <v>51.043152343361307</v>
       </c>
       <c r="H42" s="2">
         <v>27753.631364772933</v>
       </c>
       <c r="I42" s="11">
@@ -4954,51 +4958,51 @@
       <c r="V42" s="2">
         <v>30390.414663767991</v>
       </c>
       <c r="W42" s="11">
         <v>49.692892169168715</v>
       </c>
       <c r="X42" s="2">
         <v>40956.367115037698</v>
       </c>
       <c r="Y42" s="11">
         <v>59.283044009327462</v>
       </c>
       <c r="Z42" s="2">
         <v>45735.053767904297</v>
       </c>
       <c r="AA42" s="11">
         <v>96.273457424536559</v>
       </c>
       <c r="AB42" s="2">
         <v>35323.941995993286</v>
       </c>
       <c r="AC42" s="11">
         <v>57.324223729159229</v>
       </c>
     </row>
-    <row r="43" spans="1:29">
+    <row r="43" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A43" s="1" t="s">
         <v>57</v>
       </c>
       <c r="B43" s="2">
         <v>46345.911591543547</v>
       </c>
       <c r="C43" s="11">
         <v>66.745569793194434</v>
       </c>
       <c r="D43" s="2">
         <v>37592.689913660084</v>
       </c>
       <c r="E43" s="11">
         <v>58.625545697789036</v>
       </c>
       <c r="F43" s="2">
         <v>33616.503588797008</v>
       </c>
       <c r="G43" s="11">
         <v>51.326743838933304</v>
       </c>
       <c r="H43" s="2">
         <v>28048.634998860027</v>
       </c>
       <c r="I43" s="11">
@@ -5043,51 +5047,51 @@
       <c r="V43" s="2">
         <v>29656.549403296431</v>
       </c>
       <c r="W43" s="11">
         <v>48.4929122525146</v>
       </c>
       <c r="X43" s="2">
         <v>42291.192053947554</v>
       </c>
       <c r="Y43" s="11">
         <v>61.215160824665951</v>
       </c>
       <c r="Z43" s="2">
         <v>47760.328962434309</v>
       </c>
       <c r="AA43" s="11">
         <v>100.53671348635378</v>
       </c>
       <c r="AB43" s="2">
         <v>36136.636679763651</v>
       </c>
       <c r="AC43" s="11">
         <v>58.643076870782984</v>
       </c>
     </row>
-    <row r="44" spans="1:29">
+    <row r="44" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A44" s="7" t="s">
         <v>58</v>
       </c>
       <c r="B44" s="9">
         <v>49224.063457276097</v>
       </c>
       <c r="C44" s="10">
         <v>70.890571577229181</v>
       </c>
       <c r="D44" s="9">
         <v>38534.409951989997</v>
       </c>
       <c r="E44" s="10">
         <v>60.094151729132712</v>
       </c>
       <c r="F44" s="9">
         <v>33915.205921244553</v>
       </c>
       <c r="G44" s="10">
         <v>51.782812033566621</v>
       </c>
       <c r="H44" s="9">
         <v>29134.520086174049</v>
       </c>
       <c r="I44" s="10">
@@ -5132,51 +5136,51 @@
       <c r="V44" s="9">
         <v>29668.831667070011</v>
       </c>
       <c r="W44" s="10">
         <v>48.512995598400025</v>
       </c>
       <c r="X44" s="9">
         <v>42875.497606707897</v>
       </c>
       <c r="Y44" s="10">
         <v>62.060924603027722</v>
       </c>
       <c r="Z44" s="9">
         <v>49105.690341657813</v>
       </c>
       <c r="AA44" s="10">
         <v>103.36873358456093</v>
       </c>
       <c r="AB44" s="9">
         <v>37085.478668804833</v>
       </c>
       <c r="AC44" s="10">
         <v>60.182871904689065</v>
       </c>
     </row>
-    <row r="45" spans="1:29">
+    <row r="45" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A45" s="1" t="s">
         <v>59</v>
       </c>
       <c r="B45" s="2">
         <v>51257.297266975067</v>
       </c>
       <c r="C45" s="11">
         <v>73.818755412454621</v>
       </c>
       <c r="D45" s="2">
         <v>38320.265395328672</v>
       </c>
       <c r="E45" s="11">
         <v>59.760194741183327</v>
       </c>
       <c r="F45" s="2">
         <v>35655.282781538997</v>
       </c>
       <c r="G45" s="11">
         <v>54.439616571030548</v>
       </c>
       <c r="H45" s="2">
         <v>29290.755563437277</v>
       </c>
       <c r="I45" s="11">
@@ -5221,51 +5225,51 @@
       <c r="V45" s="2">
         <v>32354.553345560082</v>
       </c>
       <c r="W45" s="11">
         <v>52.904553898679517</v>
       </c>
       <c r="X45" s="2">
         <v>43618.345585162519</v>
       </c>
       <c r="Y45" s="11">
         <v>63.136173520376062</v>
       </c>
       <c r="Z45" s="2">
         <v>49004.4265819313</v>
       </c>
       <c r="AA45" s="11">
         <v>103.15557078147006</v>
       </c>
       <c r="AB45" s="2">
         <v>38101.347023517796</v>
       </c>
       <c r="AC45" s="11">
         <v>61.831438331718758</v>
       </c>
     </row>
-    <row r="46" spans="1:29">
+    <row r="46" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A46" s="1" t="s">
         <v>60</v>
       </c>
       <c r="B46" s="2">
         <v>51538.404219455042</v>
       </c>
       <c r="C46" s="11">
         <v>74.223594654402518</v>
       </c>
       <c r="D46" s="2">
         <v>40064.382507413655</v>
       </c>
       <c r="E46" s="11">
         <v>62.480133582795176</v>
       </c>
       <c r="F46" s="2">
         <v>36828.36830533301</v>
       </c>
       <c r="G46" s="11">
         <v>56.230720753590504</v>
       </c>
       <c r="H46" s="2">
         <v>30437.776272289088</v>
       </c>
       <c r="I46" s="11">
@@ -5310,51 +5314,51 @@
       <c r="V46" s="2">
         <v>32865.290814144893</v>
       </c>
       <c r="W46" s="11">
         <v>53.739686365081752</v>
       </c>
       <c r="X46" s="2">
         <v>44707.685477836087</v>
       </c>
       <c r="Y46" s="11">
         <v>64.712958507606331</v>
       </c>
       <c r="Z46" s="2">
         <v>50022.489023467366</v>
       </c>
       <c r="AA46" s="11">
         <v>105.29861824825853</v>
       </c>
       <c r="AB46" s="2">
         <v>39218.80221370206</v>
       </c>
       <c r="AC46" s="11">
         <v>63.644861401451422</v>
       </c>
     </row>
-    <row r="47" spans="1:29">
+    <row r="47" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A47" s="1" t="s">
         <v>61</v>
       </c>
       <c r="B47" s="2">
         <v>51434.586310868683</v>
       </c>
       <c r="C47" s="11">
         <v>74.074080161637667</v>
       </c>
       <c r="D47" s="2">
         <v>39950.860091834154</v>
       </c>
       <c r="E47" s="11">
         <v>62.303096143400317</v>
       </c>
       <c r="F47" s="2">
         <v>36854.436872528429</v>
       </c>
       <c r="G47" s="11">
         <v>56.2705230687585</v>
       </c>
       <c r="H47" s="2">
         <v>30507.645554046558</v>
       </c>
       <c r="I47" s="11">
@@ -5399,51 +5403,51 @@
       <c r="V47" s="2">
         <v>32695.386165276999</v>
       </c>
       <c r="W47" s="11">
         <v>53.461866747000045</v>
       </c>
       <c r="X47" s="2">
         <v>43528.845828722202</v>
       </c>
       <c r="Y47" s="11">
         <v>63.006625458044937</v>
       </c>
       <c r="Z47" s="2">
         <v>49982.706832146243</v>
       </c>
       <c r="AA47" s="11">
         <v>105.21487571847284</v>
       </c>
       <c r="AB47" s="2">
         <v>39455.489067480536</v>
       </c>
       <c r="AC47" s="11">
         <v>64.028960383419161</v>
       </c>
     </row>
-    <row r="48" spans="1:29">
+    <row r="48" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A48" s="7" t="s">
         <v>62</v>
       </c>
       <c r="B48" s="9">
         <v>53012.618521381315</v>
       </c>
       <c r="C48" s="10">
         <v>76.346700451663381</v>
       </c>
       <c r="D48" s="9">
         <v>42452.223316932366</v>
       </c>
       <c r="E48" s="10">
         <v>66.203955177339196</v>
       </c>
       <c r="F48" s="9">
         <v>37851.559567753335</v>
       </c>
       <c r="G48" s="10">
         <v>57.79296162393446</v>
       </c>
       <c r="H48" s="9">
         <v>31383.922796088165</v>
       </c>
       <c r="I48" s="10">
@@ -5488,51 +5492,51 @@
       <c r="V48" s="9">
         <v>33360.675453012729</v>
       </c>
       <c r="W48" s="10">
         <v>54.54971464912721</v>
       </c>
       <c r="X48" s="9">
         <v>44967.234771512987</v>
       </c>
       <c r="Y48" s="10">
         <v>65.08864788836658</v>
       </c>
       <c r="Z48" s="9">
         <v>51434.756815367306</v>
       </c>
       <c r="AA48" s="10">
         <v>108.27147805565072</v>
       </c>
       <c r="AB48" s="9">
         <v>40945.778416714085</v>
       </c>
       <c r="AC48" s="10">
         <v>66.44742432740189</v>
       </c>
     </row>
-    <row r="49" spans="1:29">
+    <row r="49" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A49" s="1" t="s">
         <v>63</v>
       </c>
       <c r="B49" s="2">
         <v>53081.298060907677</v>
       </c>
       <c r="C49" s="11">
         <v>76.445610039184743</v>
       </c>
       <c r="D49" s="2">
         <v>42069.085164351563</v>
       </c>
       <c r="E49" s="11">
         <v>65.606453819381571</v>
       </c>
       <c r="F49" s="2">
         <v>40114.09396225604</v>
       </c>
       <c r="G49" s="11">
         <v>61.24747089455704</v>
       </c>
       <c r="H49" s="2">
         <v>32954.040822249095</v>
       </c>
       <c r="I49" s="11">
@@ -5577,51 +5581,51 @@
       <c r="V49" s="2">
         <v>33694.343618861727</v>
       </c>
       <c r="W49" s="11">
         <v>55.095312212347906</v>
       </c>
       <c r="X49" s="2">
         <v>45563.047435815672</v>
       </c>
       <c r="Y49" s="11">
         <v>65.951067846170929</v>
       </c>
       <c r="Z49" s="2">
         <v>53324.410903120748</v>
       </c>
       <c r="AA49" s="11">
         <v>112.24924822047124</v>
       </c>
       <c r="AB49" s="2">
         <v>42334.480930476348</v>
       </c>
       <c r="AC49" s="11">
         <v>68.701031628681662</v>
       </c>
     </row>
-    <row r="50" spans="1:29">
+    <row r="50" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A50" s="1" t="s">
         <v>64</v>
       </c>
       <c r="B50" s="2">
         <v>52525.472950322255</v>
       </c>
       <c r="C50" s="11">
         <v>75.645132447151397</v>
       </c>
       <c r="D50" s="2">
         <v>42972.104379188466</v>
       </c>
       <c r="E50" s="11">
         <v>67.014706178204264</v>
       </c>
       <c r="F50" s="2">
         <v>39528.637390658849</v>
       </c>
       <c r="G50" s="11">
         <v>60.353577233075725</v>
       </c>
       <c r="H50" s="2">
         <v>32470.778290093258</v>
       </c>
       <c r="I50" s="11">
@@ -5666,51 +5670,51 @@
       <c r="V50" s="2">
         <v>34540.796297257795</v>
       </c>
       <c r="W50" s="11">
         <v>56.479389466285078</v>
       </c>
       <c r="X50" s="2">
         <v>45800.861074357083</v>
       </c>
       <c r="Y50" s="11">
         <v>66.295295554650778</v>
       </c>
       <c r="Z50" s="2">
         <v>52483.560041106051</v>
       </c>
       <c r="AA50" s="11">
         <v>110.47923565909177</v>
       </c>
       <c r="AB50" s="2">
         <v>43080.149248574933</v>
       </c>
       <c r="AC50" s="11">
         <v>69.911113377181806</v>
       </c>
     </row>
-    <row r="51" spans="1:29">
+    <row r="51" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A51" s="1" t="s">
         <v>65</v>
       </c>
       <c r="B51" s="2">
         <v>56714.924861430183</v>
       </c>
       <c r="C51" s="11">
         <v>81.678617285954473</v>
       </c>
       <c r="D51" s="2">
         <v>43357.822586668794</v>
       </c>
       <c r="E51" s="11">
         <v>67.616231114329963</v>
       </c>
       <c r="F51" s="2">
         <v>38831.303218181296</v>
       </c>
       <c r="G51" s="11">
         <v>59.288865302331757</v>
       </c>
       <c r="H51" s="2">
         <v>33894.364905901712</v>
       </c>
       <c r="I51" s="11">
@@ -5755,51 +5759,51 @@
       <c r="V51" s="2">
         <v>36457.852967917817</v>
       </c>
       <c r="W51" s="11">
         <v>59.614065036568419</v>
       </c>
       <c r="X51" s="2">
         <v>46009.267650068105</v>
       </c>
       <c r="Y51" s="11">
         <v>66.596957471221828</v>
       </c>
       <c r="Z51" s="2">
         <v>54210.46880072762</v>
       </c>
       <c r="AA51" s="11">
         <v>114.11442274751627</v>
       </c>
       <c r="AB51" s="2">
         <v>43994.430767816593</v>
       </c>
       <c r="AC51" s="11">
         <v>71.394823161508526</v>
       </c>
     </row>
-    <row r="52" spans="1:29">
+    <row r="52" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A52" s="7" t="s">
         <v>66</v>
       </c>
       <c r="B52" s="9">
         <v>59382.246512802747</v>
       </c>
       <c r="C52" s="10">
         <v>85.519989638528301</v>
       </c>
       <c r="D52" s="9">
         <v>43155.288277055377</v>
       </c>
       <c r="E52" s="10">
         <v>67.300380228136873</v>
       </c>
       <c r="F52" s="9">
         <v>40596.362455371353</v>
       </c>
       <c r="G52" s="10">
         <v>61.983813725165014</v>
       </c>
       <c r="H52" s="9">
         <v>34569.76796289059</v>
       </c>
       <c r="I52" s="10">
@@ -5844,51 +5848,51 @@
       <c r="V52" s="9">
         <v>35135.462568295421</v>
       </c>
       <c r="W52" s="10">
         <v>57.451758129571047</v>
       </c>
       <c r="X52" s="9">
         <v>47923.283869941719</v>
       </c>
       <c r="Y52" s="10">
         <v>69.367435318503169</v>
       </c>
       <c r="Z52" s="9">
         <v>54141.754106627501</v>
       </c>
       <c r="AA52" s="10">
         <v>113.96977655970461</v>
       </c>
       <c r="AB52" s="9">
         <v>45416.646464414749</v>
       </c>
       <c r="AC52" s="10">
         <v>73.702816159350093</v>
       </c>
     </row>
-    <row r="53" spans="1:29">
+    <row r="53" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A53" s="1" t="s">
         <v>67</v>
       </c>
       <c r="B53" s="2">
         <v>55737.439322124788</v>
       </c>
       <c r="C53" s="11">
         <v>80.270880830999275</v>
       </c>
       <c r="D53" s="2">
         <v>44406.61490332937</v>
       </c>
       <c r="E53" s="11">
         <v>69.251815639648328</v>
       </c>
       <c r="F53" s="2">
         <v>39412.415028579257</v>
       </c>
       <c r="G53" s="11">
         <v>60.176125244618397</v>
       </c>
       <c r="H53" s="2">
         <v>35451.867645078659</v>
       </c>
       <c r="I53" s="11">
@@ -5933,51 +5937,51 @@
       <c r="V53" s="2">
         <v>37290.999860559175</v>
       </c>
       <c r="W53" s="11">
         <v>60.976385332463053</v>
       </c>
       <c r="X53" s="2">
         <v>48121.461902059549</v>
       </c>
       <c r="Y53" s="11">
         <v>69.654291742236367</v>
       </c>
       <c r="Z53" s="2">
         <v>52839.791481572502</v>
       </c>
       <c r="AA53" s="11">
         <v>111.22911194853641</v>
       </c>
       <c r="AB53" s="2">
         <v>45484.72011705015</v>
       </c>
       <c r="AC53" s="11">
         <v>73.813287105491256</v>
       </c>
     </row>
-    <row r="54" spans="1:29">
+    <row r="54" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A54" s="1" t="s">
         <v>68</v>
       </c>
       <c r="B54" s="2">
         <v>60401.259215542683</v>
       </c>
       <c r="C54" s="11">
         <v>86.987531890589437</v>
       </c>
       <c r="D54" s="2">
         <v>44981.967145925446</v>
       </c>
       <c r="E54" s="11">
         <v>70.149073571126792</v>
       </c>
       <c r="F54" s="2">
         <v>40443.20962309825</v>
       </c>
       <c r="G54" s="11">
         <v>61.749975123553021</v>
       </c>
       <c r="H54" s="2">
         <v>36540.663952465897</v>
       </c>
       <c r="I54" s="11">
@@ -6022,51 +6026,51 @@
       <c r="V54" s="2">
         <v>37742.373054238342</v>
       </c>
       <c r="W54" s="11">
         <v>61.714448293752405</v>
       </c>
       <c r="X54" s="2">
         <v>49008.788058767823</v>
       </c>
       <c r="Y54" s="11">
         <v>70.938668245919231</v>
       </c>
       <c r="Z54" s="2">
         <v>54886.766053186751</v>
       </c>
       <c r="AA54" s="11">
         <v>115.53804575387309</v>
       </c>
       <c r="AB54" s="2">
         <v>46906.935813648292</v>
       </c>
       <c r="AC54" s="11">
         <v>76.121280103332822</v>
       </c>
     </row>
-    <row r="55" spans="1:29">
+    <row r="55" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A55" s="1" t="s">
         <v>69</v>
       </c>
       <c r="B55" s="2">
         <v>60559.381876312684</v>
       </c>
       <c r="C55" s="11">
         <v>87.215253964185138</v>
       </c>
       <c r="D55" s="2">
         <v>44876.184895044556</v>
       </c>
       <c r="E55" s="11">
         <v>69.984106866236132</v>
       </c>
       <c r="F55" s="2">
         <v>42081.184595210623</v>
       </c>
       <c r="G55" s="11">
         <v>64.250887259942289</v>
       </c>
       <c r="H55" s="2">
         <v>37483.899256191755</v>
       </c>
       <c r="I55" s="11">
@@ -6111,51 +6115,51 @@
       <c r="V55" s="2">
         <v>39566.289224615364</v>
       </c>
       <c r="W55" s="11">
         <v>64.696825157737948</v>
       </c>
       <c r="X55" s="2">
         <v>48837.459953582082</v>
       </c>
       <c r="Y55" s="11">
         <v>70.690676240885367</v>
       </c>
       <c r="Z55" s="2">
         <v>55622.73659262756</v>
       </c>
       <c r="AA55" s="11">
         <v>117.08728255490846</v>
       </c>
       <c r="AB55" s="2">
         <v>48668.472486459839</v>
       </c>
       <c r="AC55" s="11">
         <v>78.979928278862658</v>
       </c>
     </row>
-    <row r="56" spans="1:29">
+    <row r="56" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A56" s="7" t="s">
         <v>70</v>
       </c>
       <c r="B56" s="9">
         <v>60040.292333380887</v>
       </c>
       <c r="C56" s="10">
         <v>86.467681500360882</v>
       </c>
       <c r="D56" s="9">
         <v>45379.295600453683</v>
       </c>
       <c r="E56" s="10">
         <v>70.768704609008779</v>
       </c>
       <c r="F56" s="9">
         <v>43756.090037516515</v>
       </c>
       <c r="G56" s="10">
         <v>66.808186009486221</v>
       </c>
       <c r="H56" s="9">
         <v>39528.546154288837</v>
       </c>
       <c r="I56" s="10">
@@ -6200,51 +6204,51 @@
       <c r="V56" s="9">
         <v>38532.532023672153</v>
       </c>
       <c r="W56" s="10">
         <v>63.006476879048044</v>
       </c>
       <c r="X56" s="9">
         <v>51197.696387708129</v>
       </c>
       <c r="Y56" s="10">
         <v>74.107043713217607</v>
       </c>
       <c r="Z56" s="9">
         <v>54658.922593802119</v>
       </c>
       <c r="AA56" s="10">
         <v>115.05842944691865</v>
       </c>
       <c r="AB56" s="9">
         <v>50395.448689471887</v>
       </c>
       <c r="AC56" s="10">
         <v>81.782491204813141</v>
       </c>
     </row>
-    <row r="57" spans="1:29">
+    <row r="57" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A57" s="1" t="s">
         <v>71</v>
       </c>
       <c r="B57" s="2">
         <v>61845.126744189867</v>
       </c>
       <c r="C57" s="11">
         <v>89.066933451503658</v>
       </c>
       <c r="D57" s="2">
         <v>45941.747568552091</v>
       </c>
       <c r="E57" s="11">
         <v>71.645844649646918</v>
       </c>
       <c r="F57" s="2">
         <v>44432.786594297693</v>
       </c>
       <c r="G57" s="11">
         <v>67.841387774055534</v>
       </c>
       <c r="H57" s="2">
         <v>41166.592648825084</v>
       </c>
       <c r="I57" s="11">
@@ -6289,51 +6293,51 @@
       <c r="V57" s="2">
         <v>38814.000568483418</v>
       </c>
       <c r="W57" s="11">
         <v>63.466720222255688</v>
       </c>
       <c r="X57" s="2">
         <v>48730.060245853703</v>
       </c>
       <c r="Y57" s="11">
         <v>70.53521856608802</v>
       </c>
       <c r="Z57" s="2">
         <v>55868.662866249055</v>
       </c>
       <c r="AA57" s="11">
         <v>117.60496364812911</v>
       </c>
       <c r="AB57" s="2">
         <v>50903.38286682836</v>
       </c>
       <c r="AC57" s="11">
         <v>82.606774418327987</v>
       </c>
     </row>
-    <row r="58" spans="1:29">
+    <row r="58" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A58" s="1" t="s">
         <v>72</v>
       </c>
       <c r="B58" s="2">
         <v>61819.571566691695</v>
       </c>
       <c r="C58" s="11">
         <v>89.030129884053849</v>
       </c>
       <c r="D58" s="2">
         <v>47767.136409972401</v>
       </c>
       <c r="E58" s="11">
         <v>74.492526203552814</v>
       </c>
       <c r="F58" s="2">
         <v>43432.40532817335</v>
       </c>
       <c r="G58" s="11">
         <v>66.313973929483566</v>
       </c>
       <c r="H58" s="2">
         <v>41669.26331480244</v>
       </c>
       <c r="I58" s="11">
@@ -6378,51 +6382,51 @@
       <c r="V58" s="2">
         <v>43323.638417350521</v>
       </c>
       <c r="W58" s="11">
         <v>70.840655386520723</v>
       </c>
       <c r="X58" s="2">
         <v>49769.535988510514</v>
       </c>
       <c r="Y58" s="11">
         <v>72.0398267757338</v>
       </c>
       <c r="Z58" s="2">
         <v>56960.864846156313</v>
       </c>
       <c r="AA58" s="11">
         <v>119.90407673860912</v>
       </c>
       <c r="AB58" s="2">
         <v>53206.366899832276</v>
       </c>
       <c r="AC58" s="11">
         <v>86.344091503934465</v>
       </c>
     </row>
-    <row r="59" spans="1:29">
+    <row r="59" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A59" s="1" t="s">
         <v>73</v>
       </c>
       <c r="B59" s="2">
         <v>65406.879607998737</v>
       </c>
       <c r="C59" s="11">
         <v>94.196430664820795</v>
       </c>
       <c r="D59" s="2">
         <v>47043.431010653119</v>
       </c>
       <c r="E59" s="11">
         <v>73.363912527410619</v>
       </c>
       <c r="F59" s="2">
         <v>42813.276857282071</v>
       </c>
       <c r="G59" s="11">
         <v>65.368668944243595</v>
       </c>
       <c r="H59" s="2">
         <v>41927.391494628646</v>
       </c>
       <c r="I59" s="11">
@@ -6467,51 +6471,51 @@
       <c r="V59" s="2">
         <v>42333.892661595979</v>
       </c>
       <c r="W59" s="11">
         <v>69.222272430586926</v>
       </c>
       <c r="X59" s="2">
         <v>51647.752305808004</v>
       </c>
       <c r="Y59" s="11">
         <v>74.758485398082698</v>
       </c>
       <c r="Z59" s="2">
         <v>54640.839779565249</v>
       </c>
       <c r="AA59" s="11">
         <v>115.02036466065243</v>
       </c>
       <c r="AB59" s="2">
         <v>54933.343102844323</v>
       </c>
       <c r="AC59" s="11">
         <v>89.146654429884947</v>
       </c>
     </row>
-    <row r="60" spans="1:29">
+    <row r="60" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A60" s="7" t="s">
         <v>74</v>
       </c>
       <c r="B60" s="9">
         <v>62856.153453961626</v>
       </c>
       <c r="C60" s="10">
         <v>90.52297458873673</v>
       </c>
       <c r="D60" s="9">
         <v>47039.560928303814</v>
       </c>
       <c r="E60" s="10">
         <v>73.357877160158523</v>
       </c>
       <c r="F60" s="9">
         <v>43352.027245987469</v>
       </c>
       <c r="G60" s="10">
         <v>66.191250124382236</v>
       </c>
       <c r="H60" s="9">
         <v>43202.505886702478</v>
       </c>
       <c r="I60" s="10">
@@ -6556,51 +6560,51 @@
       <c r="V60" s="9">
         <v>41081.101756690558</v>
       </c>
       <c r="W60" s="10">
         <v>67.173771150273637</v>
       </c>
       <c r="X60" s="9">
         <v>50093.013679644799</v>
       </c>
       <c r="Y60" s="10">
         <v>72.508050486730582</v>
       </c>
       <c r="Z60" s="9">
         <v>54371.40584743581</v>
       </c>
       <c r="AA60" s="10">
         <v>114.45319934528568</v>
       </c>
       <c r="AB60" s="9">
         <v>55374.25091452901</v>
       </c>
       <c r="AC60" s="10">
         <v>89.862166250276175</v>
       </c>
     </row>
-    <row r="61" spans="1:29">
+    <row r="61" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A61" s="1" t="s">
         <v>75</v>
       </c>
       <c r="B61" s="2">
         <v>60461.952762100867</v>
       </c>
       <c r="C61" s="11">
         <v>87.074940363282735</v>
       </c>
       <c r="D61" s="2">
         <v>45990.768611643238</v>
       </c>
       <c r="E61" s="11">
         <v>71.722292634840159</v>
       </c>
       <c r="F61" s="2">
         <v>42478.730244940816</v>
       </c>
       <c r="G61" s="11">
         <v>64.857872566254272</v>
       </c>
       <c r="H61" s="2">
         <v>43581.934902913192</v>
       </c>
       <c r="I61" s="11">
@@ -6645,51 +6649,51 @@
       <c r="V61" s="2">
         <v>44643.981773010652</v>
       </c>
       <c r="W61" s="11">
         <v>72.999615069203855</v>
       </c>
       <c r="X61" s="2">
         <v>50310.370230999863</v>
       </c>
       <c r="Y61" s="11">
         <v>72.822667209534742</v>
       </c>
       <c r="Z61" s="2">
         <v>53628.202182300251</v>
       </c>
       <c r="AA61" s="11">
         <v>112.88873662974383</v>
       </c>
       <c r="AB61" s="2">
         <v>55712.524603778787</v>
       </c>
       <c r="AC61" s="11">
         <v>90.411121874946886</v>
       </c>
     </row>
-    <row r="62" spans="1:29">
+    <row r="62" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A62" s="1" t="s">
         <v>76</v>
       </c>
       <c r="B62" s="2">
         <v>60775.00368645358</v>
       </c>
       <c r="C62" s="11">
         <v>87.525784064542904</v>
       </c>
       <c r="D62" s="2">
         <v>48641.775020914421</v>
       </c>
       <c r="E62" s="11">
         <v>75.856519202526798</v>
       </c>
       <c r="F62" s="2">
         <v>44545.750385477848</v>
       </c>
       <c r="G62" s="11">
         <v>68.013864473116854</v>
       </c>
       <c r="H62" s="2">
         <v>46685.295500974164</v>
       </c>
       <c r="I62" s="11">
@@ -6734,51 +6738,51 @@
       <c r="V62" s="2">
         <v>44491.476997821999</v>
       </c>
       <c r="W62" s="11">
         <v>72.750246857793172</v>
       </c>
       <c r="X62" s="2">
         <v>50139.042125814107</v>
       </c>
       <c r="Y62" s="11">
         <v>72.574675204500878</v>
       </c>
       <c r="Z62" s="2">
         <v>56252.01852807081</v>
       </c>
       <c r="AA62" s="11">
         <v>118.41193711697309</v>
       </c>
       <c r="AB62" s="2">
         <v>60318.492669786625</v>
       </c>
       <c r="AC62" s="11">
         <v>97.885756046159855</v>
       </c>
     </row>
-    <row r="63" spans="1:29">
+    <row r="63" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A63" s="1" t="s">
         <v>77</v>
       </c>
       <c r="B63" s="2">
         <v>65937.149541085993</v>
       </c>
       <c r="C63" s="11">
         <v>94.960104689404346</v>
       </c>
       <c r="D63" s="2">
         <v>57153.376134477068</v>
       </c>
       <c r="E63" s="11">
         <v>89.130303578972772</v>
       </c>
       <c r="F63" s="2">
         <v>46830.008585976742</v>
       </c>
       <c r="G63" s="11">
         <v>71.501542339712771</v>
       </c>
       <c r="H63" s="2">
         <v>53819.725493764738</v>
       </c>
       <c r="I63" s="11">
@@ -6823,51 +6827,51 @@
       <c r="V63" s="2">
         <v>50416.645746594499</v>
       </c>
       <c r="W63" s="11">
         <v>82.438787635353378</v>
       </c>
       <c r="X63" s="2">
         <v>53031.162826785454</v>
       </c>
       <c r="Y63" s="11">
         <v>76.760928304400935</v>
       </c>
       <c r="Z63" s="2">
         <v>53720.424534908307</v>
       </c>
       <c r="AA63" s="11">
         <v>113.08286703970157</v>
       </c>
       <c r="AB63" s="2">
         <v>66753.023774277812</v>
       </c>
       <c r="AC63" s="11">
         <v>108.32780978602628</v>
       </c>
     </row>
-    <row r="64" spans="1:29">
+    <row r="64" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A64" s="7" t="s">
         <v>78</v>
       </c>
       <c r="B64" s="9">
         <v>71418.735114445648</v>
       </c>
       <c r="C64" s="10">
         <v>102.85446990738839</v>
       </c>
       <c r="D64" s="9">
         <v>64909.021162476267</v>
       </c>
       <c r="E64" s="10">
         <v>101.22517955217575</v>
       </c>
       <c r="F64" s="9">
         <v>51909.034427884872</v>
       </c>
       <c r="G64" s="10">
         <v>79.256360078277893</v>
       </c>
       <c r="H64" s="9">
         <v>64642.67131933511</v>
       </c>
       <c r="I64" s="10">
@@ -6912,51 +6916,51 @@
       <c r="V64" s="9">
         <v>59144.217679706097</v>
       </c>
       <c r="W64" s="10">
         <v>96.709678499104612</v>
       </c>
       <c r="X64" s="9">
         <v>53368.704765360359</v>
       </c>
       <c r="Y64" s="10">
         <v>77.249509568049746</v>
       </c>
       <c r="Z64" s="9">
         <v>56085.656637091561</v>
       </c>
       <c r="AA64" s="10">
         <v>118.06174108332382</v>
       </c>
       <c r="AB64" s="9">
         <v>71020.718151035864</v>
       </c>
       <c r="AC64" s="10">
         <v>115.25348833256854</v>
       </c>
     </row>
-    <row r="65" spans="1:29">
+    <row r="65" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A65" s="1" t="s">
         <v>79</v>
       </c>
       <c r="B65" s="2">
         <v>80853.387207055086</v>
       </c>
       <c r="C65" s="11">
         <v>116.4418869652648</v>
       </c>
       <c r="D65" s="2">
         <v>66040.375235921922</v>
       </c>
       <c r="E65" s="11">
         <v>102.98951857887218</v>
       </c>
       <c r="F65" s="2">
         <v>53762.075079359485</v>
       </c>
       <c r="G65" s="11">
         <v>82.085641314803155</v>
       </c>
       <c r="H65" s="2">
         <v>59582.970832064959</v>
       </c>
       <c r="I65" s="11">
@@ -7001,51 +7005,51 @@
       <c r="V65" s="2">
         <v>56914.986804800843</v>
       </c>
       <c r="W65" s="11">
         <v>93.064551220900057</v>
       </c>
       <c r="X65" s="2">
         <v>56470.510609991885</v>
       </c>
       <c r="Y65" s="11">
         <v>81.739275271125592</v>
       </c>
       <c r="Z65" s="2">
         <v>54262.908962014561</v>
       </c>
       <c r="AA65" s="11">
         <v>114.22481062768833</v>
       </c>
       <c r="AB65" s="2">
         <v>71495.139145556459</v>
       </c>
       <c r="AC65" s="11">
         <v>116.02338584952157</v>
       </c>
     </row>
-    <row r="66" spans="1:29">
+    <row r="66" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A66" s="1" t="s">
         <v>80</v>
       </c>
       <c r="B66" s="2">
         <v>85956.436713722942</v>
       </c>
       <c r="C66" s="11">
         <v>123.79109934039855</v>
       </c>
       <c r="D66" s="2">
         <v>72893.001049084211</v>
       </c>
       <c r="E66" s="11">
         <v>113.67614219325245</v>
       </c>
       <c r="F66" s="2">
         <v>59981.600736067354</v>
       </c>
       <c r="G66" s="11">
         <v>91.581810341968236</v>
       </c>
       <c r="H66" s="2">
         <v>65151.164425458926</v>
       </c>
       <c r="I66" s="11">
@@ -7090,51 +7094,51 @@
       <c r="V66" s="2">
         <v>64344.732865837213</v>
       </c>
       <c r="W66" s="11">
         <v>105.21330186942477</v>
       </c>
       <c r="X66" s="2">
         <v>62831.386157000044</v>
       </c>
       <c r="Y66" s="11">
         <v>90.946441129659107</v>
       </c>
       <c r="Z66" s="2">
         <v>55512.431425782626</v>
       </c>
       <c r="AA66" s="11">
         <v>116.85508735868449</v>
       </c>
       <c r="AB66" s="2">
         <v>72714.181171212011</v>
       </c>
       <c r="AC66" s="11">
         <v>118.00166556195721</v>
       </c>
     </row>
-    <row r="67" spans="1:29">
+    <row r="67" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A67" s="1" t="s">
         <v>81</v>
       </c>
       <c r="B67" s="2">
         <v>95062.065896043307</v>
       </c>
       <c r="C67" s="11">
         <v>136.90467046735867</v>
       </c>
       <c r="D67" s="2">
         <v>64476.861966804325</v>
       </c>
       <c r="E67" s="11">
         <v>100.55123020902488</v>
       </c>
       <c r="F67" s="2">
         <v>62801.350754372201</v>
       </c>
       <c r="G67" s="11">
         <v>95.887094099306779</v>
       </c>
       <c r="H67" s="2">
         <v>57434.490418022753</v>
       </c>
       <c r="I67" s="11">
@@ -7179,51 +7183,51 @@
       <c r="V67" s="2">
         <v>64163.569475176868</v>
       </c>
       <c r="W67" s="11">
         <v>104.91707251761476</v>
       </c>
       <c r="X67" s="2">
         <v>63116.506809659906</v>
       </c>
       <c r="Y67" s="11">
         <v>91.359144242513977</v>
       </c>
       <c r="Z67" s="2">
         <v>56407.53073050794</v>
       </c>
       <c r="AA67" s="11">
         <v>118.73929427886263</v>
       </c>
       <c r="AB67" s="2">
         <v>72366.481899289633</v>
       </c>
       <c r="AC67" s="11">
         <v>117.43741396012848</v>
       </c>
     </row>
-    <row r="68" spans="1:29">
+    <row r="68" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A68" s="7" t="s">
         <v>82</v>
       </c>
       <c r="B68" s="9">
         <v>81543.376999505941</v>
       </c>
       <c r="C68" s="10">
         <v>117.43558328640964</v>
       </c>
       <c r="D68" s="9">
         <v>72609.195010135474</v>
       </c>
       <c r="E68" s="10">
         <v>113.23354859476531</v>
       </c>
       <c r="F68" s="9">
         <v>65101.901809368224</v>
       </c>
       <c r="G68" s="10">
         <v>99.399648412882684</v>
       </c>
       <c r="H68" s="9">
         <v>60564.051996742775</v>
       </c>
       <c r="I68" s="10">
@@ -7268,51 +7272,51 @@
       <c r="V68" s="9">
         <v>67415.298809232874</v>
       </c>
       <c r="W68" s="10">
         <v>110.2341383407809</v>
       </c>
       <c r="X68" s="9">
         <v>68960.840905212535</v>
       </c>
       <c r="Y68" s="10">
         <v>99.818632712736431</v>
       </c>
       <c r="Z68" s="9">
         <v>57812.565396713122</v>
       </c>
       <c r="AA68" s="10">
         <v>121.69692817174831</v>
       </c>
       <c r="AB68" s="9">
         <v>71515.037597865259</v>
       </c>
       <c r="AC68" s="10">
         <v>116.05567735685514</v>
       </c>
     </row>
-    <row r="69" spans="1:29">
+    <row r="69" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A69" s="1" t="s">
         <v>83</v>
       </c>
       <c r="B69" s="2">
         <v>71056.171033690218</v>
       </c>
       <c r="C69" s="11">
         <v>102.33231929419422</v>
       </c>
       <c r="D69" s="2">
         <v>69986.569204759173</v>
       </c>
       <c r="E69" s="11">
         <v>109.14358138692738</v>
       </c>
       <c r="F69" s="2">
         <v>58912.789481055028</v>
       </c>
       <c r="G69" s="11">
         <v>89.949915420080274</v>
       </c>
       <c r="H69" s="2">
         <v>57984.711011862826</v>
       </c>
       <c r="I69" s="11">
@@ -7357,51 +7361,51 @@
       <c r="V69" s="2">
         <v>62715.285871875247</v>
       </c>
       <c r="W69" s="11">
         <v>102.54891131529179</v>
       </c>
       <c r="X69" s="2">
         <v>63263.542123811851</v>
       </c>
       <c r="Y69" s="11">
         <v>91.571973202057961</v>
       </c>
       <c r="Z69" s="2">
         <v>60828.778811423879</v>
       </c>
       <c r="AA69" s="11">
         <v>128.04613452095467</v>
       </c>
       <c r="AB69" s="2">
         <v>69451.882279530691</v>
       </c>
       <c r="AC69" s="11">
         <v>112.70755791226908</v>
       </c>
     </row>
-    <row r="70" spans="1:29">
+    <row r="70" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A70" s="1" t="s">
         <v>84</v>
       </c>
       <c r="B70" s="2">
         <v>66247.006068251416</v>
       </c>
       <c r="C70" s="11">
         <v>95.40634794473327</v>
       </c>
       <c r="D70" s="2">
         <v>66507.365172737569</v>
       </c>
       <c r="E70" s="11">
         <v>103.71778622729192</v>
       </c>
       <c r="F70" s="2">
         <v>65299.58844393352</v>
       </c>
       <c r="G70" s="11">
         <v>99.701482636240016</v>
       </c>
       <c r="H70" s="2">
         <v>55882.810118992275</v>
       </c>
       <c r="I70" s="11">
@@ -7446,51 +7450,51 @@
       <c r="V70" s="2">
         <v>58356.105754234552</v>
       </c>
       <c r="W70" s="11">
         <v>95.420997138123212</v>
       </c>
       <c r="X70" s="2">
         <v>62799.42195827137</v>
       </c>
       <c r="Y70" s="11">
         <v>90.900173964540855</v>
       </c>
       <c r="Z70" s="2">
         <v>55246.614056500563</v>
       </c>
       <c r="AA70" s="11">
         <v>116.29553500057098</v>
       </c>
       <c r="AB70" s="2">
         <v>68243.313123511354</v>
       </c>
       <c r="AC70" s="11">
         <v>110.74627373000901</v>
       </c>
     </row>
-    <row r="71" spans="1:29">
+    <row r="71" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A71" s="1" t="s">
         <v>85</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>86</v>
       </c>
       <c r="C71" s="11" t="s">
         <v>86</v>
       </c>
       <c r="D71" s="2">
         <v>66507.365172737569</v>
       </c>
       <c r="E71" s="11">
         <v>103.71778622729192</v>
       </c>
       <c r="F71" s="2">
         <v>67919.479447073478</v>
       </c>
       <c r="G71" s="11">
         <v>103.70161531062391</v>
       </c>
       <c r="H71" s="2">
         <v>59191.896935561352</v>
       </c>
       <c r="I71" s="11">
@@ -7535,51 +7539,51 @@
       <c r="V71" s="2">
         <v>61271.096356498165</v>
       </c>
       <c r="W71" s="11">
         <v>100.18744456159729</v>
       </c>
       <c r="X71" s="2">
         <v>59292.310073760127</v>
       </c>
       <c r="Y71" s="11">
         <v>85.823740607765487</v>
       </c>
       <c r="Z71" s="2">
         <v>53941.034868598188</v>
       </c>
       <c r="AA71" s="11">
         <v>113.54725743214952</v>
       </c>
       <c r="AB71" s="2">
         <v>67295.518421433793</v>
       </c>
       <c r="AC71" s="11">
         <v>109.20817824912048</v>
       </c>
     </row>
-    <row r="72" spans="1:29">
+    <row r="72" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A72" s="7" t="s">
         <v>87</v>
       </c>
       <c r="B72" s="9">
         <v>71714.216854268365</v>
       </c>
       <c r="C72" s="10">
         <v>103.28001115602682</v>
       </c>
       <c r="D72" s="9">
         <v>59168.399011013127</v>
       </c>
       <c r="E72" s="10">
         <v>92.272718128231432</v>
       </c>
       <c r="F72" s="9">
         <v>69039.341646176821</v>
       </c>
       <c r="G72" s="10">
         <v>105.4114564330492</v>
       </c>
       <c r="H72" s="9">
         <v>53870.186641700697</v>
       </c>
       <c r="I72" s="10">
@@ -7624,51 +7628,51 @@
       <c r="V72" s="9">
         <v>55066.506106876659</v>
       </c>
       <c r="W72" s="10">
         <v>90.042007665143672</v>
       </c>
       <c r="X72" s="9">
         <v>62055.295411867592</v>
       </c>
       <c r="Y72" s="10">
         <v>89.823074360587782</v>
       </c>
       <c r="Z72" s="9">
         <v>57572.063967362687</v>
       </c>
       <c r="AA72" s="10">
         <v>121.19066651440752</v>
       </c>
       <c r="AB72" s="9">
         <v>64970.541362193821</v>
       </c>
       <c r="AC72" s="10">
         <v>105.43517055014532</v>
       </c>
     </row>
-    <row r="73" spans="1:29">
+    <row r="73" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A73" s="1" t="s">
         <v>88</v>
       </c>
       <c r="B73" s="2">
         <v>72595.838730138144</v>
       </c>
       <c r="C73" s="11">
         <v>104.54968851107986</v>
       </c>
       <c r="D73" s="2">
         <v>61113.491053718186</v>
       </c>
       <c r="E73" s="11">
         <v>95.30607601504164</v>
       </c>
       <c r="F73" s="2">
         <v>68442.356093273978</v>
       </c>
       <c r="G73" s="11">
         <v>104.49995995726462</v>
       </c>
       <c r="H73" s="2">
         <v>56139.778129293081</v>
       </c>
       <c r="I73" s="11">
@@ -7713,51 +7717,51 @@
       <c r="V73" s="2">
         <v>58777.713310247222</v>
       </c>
       <c r="W73" s="11">
         <v>96.110388811466279</v>
       </c>
       <c r="X73" s="2">
         <v>61077.829237218968</v>
       </c>
       <c r="Y73" s="11">
         <v>88.408223036334277</v>
       </c>
       <c r="Z73" s="2">
         <v>54194.193628854009</v>
       </c>
       <c r="AA73" s="11">
         <v>114.08016309463812</v>
       </c>
       <c r="AB73" s="2">
         <v>64397.276993181913</v>
       </c>
       <c r="AC73" s="11">
         <v>104.50486852018156</v>
       </c>
     </row>
-    <row r="74" spans="1:29">
+    <row r="74" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A74" s="1" t="s">
         <v>89</v>
       </c>
       <c r="B74" s="2">
         <v>71712.36725295159</v>
       </c>
       <c r="C74" s="11">
         <v>103.27734743252805</v>
       </c>
       <c r="D74" s="2">
         <v>60477.423468103421</v>
       </c>
       <c r="E74" s="11">
         <v>94.314132916716261</v>
       </c>
       <c r="F74" s="2">
         <v>70064.83136681316</v>
       </c>
       <c r="G74" s="11">
         <v>106.97720666229378</v>
       </c>
       <c r="H74" s="2">
         <v>58979.587202382667</v>
       </c>
       <c r="I74" s="11">
@@ -7802,51 +7806,51 @@
       <c r="V74" s="2">
         <v>60931.27337252484</v>
       </c>
       <c r="W74" s="11">
         <v>99.631782946380042</v>
       </c>
       <c r="X74" s="2">
         <v>65617.670735564141</v>
       </c>
       <c r="Y74" s="11">
         <v>94.97949979498388</v>
       </c>
       <c r="Z74" s="2">
         <v>48988.038892693861</v>
       </c>
       <c r="AA74" s="11">
         <v>103.1210742766645</v>
       </c>
       <c r="AB74" s="2">
         <v>65746.157847297116</v>
       </c>
       <c r="AC74" s="11">
         <v>106.69385263396055</v>
       </c>
     </row>
-    <row r="75" spans="1:29">
+    <row r="75" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A75" s="1" t="s">
         <v>90</v>
       </c>
       <c r="B75" s="2">
         <v>69832.191941182726</v>
       </c>
       <c r="C75" s="11">
         <v>100.56959246158023</v>
       </c>
       <c r="D75" s="2">
         <v>66598.359287260944</v>
       </c>
       <c r="E75" s="11">
         <v>103.85969093353859</v>
       </c>
       <c r="F75" s="2">
         <v>69018.298311598715</v>
       </c>
       <c r="G75" s="11">
         <v>105.37932680241839</v>
       </c>
       <c r="H75" s="2">
         <v>57863.036787047007</v>
       </c>
       <c r="I75" s="11">
@@ -7891,51 +7895,51 @@
       <c r="V75" s="2">
         <v>61228.287132856538</v>
       </c>
       <c r="W75" s="11">
         <v>100.11744505162663</v>
       </c>
       <c r="X75" s="2">
         <v>64265.226381908506</v>
       </c>
       <c r="Y75" s="11">
         <v>93.021879434937475</v>
       </c>
       <c r="Z75" s="2">
         <v>50843.939084749116</v>
       </c>
       <c r="AA75" s="11">
         <v>107.02779162810249</v>
       </c>
       <c r="AB75" s="2">
         <v>65051.801952381407</v>
       </c>
       <c r="AC75" s="11">
         <v>105.56704145664847</v>
       </c>
     </row>
-    <row r="76" spans="1:29">
+    <row r="76" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A76" s="7" t="s">
         <v>91</v>
       </c>
       <c r="B76" s="9" t="s">
         <v>86</v>
       </c>
       <c r="C76" s="10" t="s">
         <v>86</v>
       </c>
       <c r="D76" s="9">
         <v>62271.798287275909</v>
       </c>
       <c r="E76" s="10">
         <v>97.112448312660661</v>
       </c>
       <c r="F76" s="9">
         <v>72121.732936670815</v>
       </c>
       <c r="G76" s="10">
         <v>110.11774921452897</v>
       </c>
       <c r="H76" s="9">
         <v>53836.654556079899</v>
       </c>
       <c r="I76" s="10">
@@ -7980,51 +7984,51 @@
       <c r="V76" s="9">
         <v>59516.685219792882</v>
       </c>
       <c r="W76" s="10">
         <v>97.318718866300216</v>
       </c>
       <c r="X76" s="9">
         <v>64467.478687759169</v>
       </c>
       <c r="Y76" s="10">
         <v>93.314633240836685</v>
       </c>
       <c r="Z76" s="9" t="s">
         <v>86</v>
       </c>
       <c r="AA76" s="10" t="s">
         <v>86</v>
       </c>
       <c r="AB76" s="9">
         <v>63579.604363692699</v>
       </c>
       <c r="AC76" s="10">
         <v>103.1779370934635</v>
       </c>
     </row>
-    <row r="77" spans="1:29">
+    <row r="77" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A77" s="1" t="s">
         <v>92</v>
       </c>
       <c r="B77" s="2">
         <v>68781.608606799287</v>
       </c>
       <c r="C77" s="11">
         <v>99.056583420207716</v>
       </c>
       <c r="D77" s="2">
         <v>64015.672933273323</v>
       </c>
       <c r="E77" s="11">
         <v>99.832009030048638</v>
       </c>
       <c r="F77" s="2">
         <v>68508.104304823864</v>
       </c>
       <c r="G77" s="11">
         <v>104.60034641188727</v>
       </c>
       <c r="H77" s="2">
         <v>57252.754772718254</v>
       </c>
       <c r="I77" s="11">
@@ -8069,51 +8073,51 @@
       <c r="V77" s="2">
         <v>60419.658224532584</v>
       </c>
       <c r="W77" s="11">
         <v>98.795215342332085</v>
       </c>
       <c r="X77" s="2">
         <v>70220.425768053756</v>
       </c>
       <c r="Y77" s="11">
         <v>101.64184190137274</v>
       </c>
       <c r="Z77" s="2">
         <v>44849.391056315202</v>
       </c>
       <c r="AA77" s="11">
         <v>94.409114774162106</v>
       </c>
       <c r="AB77" s="2">
         <v>63910.870235815753</v>
       </c>
       <c r="AC77" s="11">
         <v>103.71552032722521</v>
       </c>
     </row>
-    <row r="78" spans="1:29">
+    <row r="78" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A78" s="1" t="s">
         <v>93</v>
       </c>
       <c r="B78" s="2">
         <v>67013.179600158881</v>
       </c>
       <c r="C78" s="11">
         <v>96.509761108731936</v>
       </c>
       <c r="D78" s="2">
         <v>62197.011647556334</v>
       </c>
       <c r="E78" s="11">
         <v>96.99581905376661</v>
       </c>
       <c r="F78" s="2">
         <v>70296.091418236378</v>
       </c>
       <c r="G78" s="11">
         <v>107.33030184330286</v>
       </c>
       <c r="H78" s="2">
         <v>55762.378297973934</v>
       </c>
       <c r="I78" s="11">
@@ -8158,51 +8162,51 @@
       <c r="V78" s="2">
         <v>62591.315855852969</v>
       </c>
       <c r="W78" s="11">
         <v>102.34620172061983</v>
       </c>
       <c r="X78" s="2">
         <v>68955.166892024194</v>
       </c>
       <c r="Y78" s="11">
         <v>99.810419758384072</v>
       </c>
       <c r="Z78" s="2">
         <v>44906.368620542933</v>
       </c>
       <c r="AA78" s="11">
         <v>94.529054003525857</v>
       </c>
       <c r="AB78" s="2">
         <v>63508.577843946339</v>
       </c>
       <c r="AC78" s="11">
         <v>103.06267419021489</v>
       </c>
     </row>
-    <row r="79" spans="1:29">
+    <row r="79" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A79" s="1" t="s">
         <v>94</v>
       </c>
       <c r="B79" s="2">
         <v>67291.584868537189</v>
       </c>
       <c r="C79" s="11">
         <v>96.910709490869877</v>
       </c>
       <c r="D79" s="2">
         <v>66416.250926133929</v>
       </c>
       <c r="E79" s="11">
         <v>103.57569417587848</v>
       </c>
       <c r="F79" s="2">
         <v>70405.281937009524</v>
       </c>
       <c r="G79" s="11">
         <v>107.49701739038245</v>
       </c>
       <c r="H79" s="2">
         <v>57577.634611959678</v>
       </c>
       <c r="I79" s="11">
@@ -8247,51 +8251,51 @@
       <c r="V79" s="2">
         <v>59252.581694436114</v>
       </c>
       <c r="W79" s="11">
         <v>96.886869937871538</v>
       </c>
       <c r="X79" s="2">
         <v>68469.718012153331</v>
       </c>
       <c r="Y79" s="11">
         <v>99.107747882511163</v>
       </c>
       <c r="Z79" s="2">
         <v>43976.414156477033</v>
       </c>
       <c r="AA79" s="11">
         <v>92.571476081843485</v>
       </c>
       <c r="AB79" s="2">
         <v>63153.941010830589</v>
       </c>
       <c r="AC79" s="11">
         <v>102.48716420986123</v>
       </c>
     </row>
-    <row r="80" spans="1:29">
+    <row r="80" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A80" s="7" t="s">
         <v>95</v>
       </c>
       <c r="B80" s="9">
         <v>59590.079023228915</v>
       </c>
       <c r="C80" s="10">
         <v>85.819301893991096</v>
       </c>
       <c r="D80" s="9">
         <v>71159.392235899897</v>
       </c>
       <c r="E80" s="10">
         <v>110.97259097271326</v>
       </c>
       <c r="F80" s="9">
         <v>69883.196899306771</v>
       </c>
       <c r="G80" s="10">
         <v>106.69988139670227</v>
       </c>
       <c r="H80" s="9">
         <v>54369.459443049331</v>
       </c>
       <c r="I80" s="10">
@@ -8336,51 +8340,51 @@
       <c r="V80" s="9">
         <v>50504.184589584431</v>
       </c>
       <c r="W80" s="10">
         <v>82.581926790690375</v>
       </c>
       <c r="X80" s="9">
         <v>67721.742710635779</v>
       </c>
       <c r="Y80" s="10">
         <v>98.02507732744931</v>
       </c>
       <c r="Z80" s="9">
         <v>44107.682758903007</v>
       </c>
       <c r="AA80" s="10">
         <v>92.8477998459079</v>
       </c>
       <c r="AB80" s="9">
         <v>61071.144109099601</v>
       </c>
       <c r="AC80" s="10">
         <v>99.107170108671468</v>
       </c>
     </row>
-    <row r="81" spans="1:29">
+    <row r="81" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A81" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B81" s="2">
         <v>69436.685813219476</v>
       </c>
       <c r="C81" s="11">
         <v>100</v>
       </c>
       <c r="D81" s="2">
         <v>64123.394445568178</v>
       </c>
       <c r="E81" s="11">
         <v>100</v>
       </c>
       <c r="F81" s="2">
         <v>65495.102697899187</v>
       </c>
       <c r="G81" s="11">
         <v>100</v>
       </c>
       <c r="H81" s="2">
         <v>50654.258867474906</v>
       </c>
       <c r="I81" s="11">
@@ -8425,51 +8429,51 @@
       <c r="V81" s="2">
         <v>61156.461894611391</v>
       </c>
       <c r="W81" s="11">
         <v>100</v>
       </c>
       <c r="X81" s="2">
         <v>69086.140564228976</v>
       </c>
       <c r="Y81" s="11">
         <v>100</v>
       </c>
       <c r="Z81" s="2">
         <v>47505.361281694357</v>
       </c>
       <c r="AA81" s="11">
         <v>100</v>
       </c>
       <c r="AB81" s="2">
         <v>61621.317652531921</v>
       </c>
       <c r="AC81" s="11">
         <v>100</v>
       </c>
     </row>
-    <row r="82" spans="1:29">
+    <row r="82" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A82" s="1" t="s">
         <v>96</v>
       </c>
       <c r="B82" s="2">
         <v>65061.837454182307</v>
       </c>
       <c r="C82" s="11">
         <v>93.699514445713547</v>
       </c>
       <c r="D82" s="2">
         <v>69545.039586814732</v>
       </c>
       <c r="E82" s="11">
         <v>108.45501893361055</v>
       </c>
       <c r="F82" s="2">
         <v>71385.785283837104</v>
       </c>
       <c r="G82" s="11">
         <v>108.99408099733672</v>
       </c>
       <c r="H82" s="2">
         <v>58607.738612676469</v>
       </c>
       <c r="I82" s="11">
@@ -8514,51 +8518,51 @@
       <c r="V82" s="2">
         <v>64934.785746840695</v>
       </c>
       <c r="W82" s="11">
         <v>106.17812694714149</v>
       </c>
       <c r="X82" s="2">
         <v>69903.129259457201</v>
       </c>
       <c r="Y82" s="11">
         <v>101.18256525629577</v>
       </c>
       <c r="Z82" s="2">
         <v>43553.603268478371</v>
       </c>
       <c r="AA82" s="11">
         <v>91.681448353201446</v>
       </c>
       <c r="AB82" s="2">
         <v>62930.860150043816</v>
       </c>
       <c r="AC82" s="11">
         <v>102.12514523771806</v>
       </c>
     </row>
-    <row r="83" spans="1:29">
+    <row r="83" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A83" s="1" t="s">
         <v>97</v>
       </c>
       <c r="B83" s="2">
         <v>66315.080361346962</v>
       </c>
       <c r="C83" s="11">
         <v>95.504385880009536</v>
       </c>
       <c r="D83" s="2">
         <v>68339.784293682082</v>
       </c>
       <c r="E83" s="11">
         <v>106.57543145457316</v>
       </c>
       <c r="F83" s="2">
         <v>70951.077938529663</v>
       </c>
       <c r="G83" s="11">
         <v>108.3303560356208</v>
       </c>
       <c r="H83" s="2">
         <v>55138.177416705716</v>
       </c>
       <c r="I83" s="11">
@@ -8603,51 +8607,51 @@
       <c r="V83" s="2">
         <v>62100.174317794124</v>
       </c>
       <c r="W83" s="11">
         <v>101.54311154364848</v>
       </c>
       <c r="X83" s="2">
         <v>64565.474811749096</v>
       </c>
       <c r="Y83" s="11">
         <v>93.456479526053357</v>
       </c>
       <c r="Z83" s="2">
         <v>43699.099108504342</v>
       </c>
       <c r="AA83" s="11">
         <v>91.987720816141405</v>
       </c>
       <c r="AB83" s="2">
         <v>61562.004340601896</v>
       </c>
       <c r="AC83" s="11">
         <v>99.903745466358785</v>
       </c>
     </row>
-    <row r="84" spans="1:29">
+    <row r="84" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A84" s="7" t="s">
         <v>98</v>
       </c>
       <c r="B84" s="9">
         <v>59847.849208517975</v>
       </c>
       <c r="C84" s="10">
         <v>86.190532436275987</v>
       </c>
       <c r="D84" s="9">
         <v>71147.802871423133</v>
       </c>
       <c r="E84" s="10">
         <v>110.95451743718543</v>
       </c>
       <c r="F84" s="9">
         <v>71100.395172160395</v>
       </c>
       <c r="G84" s="10">
         <v>108.55833832357821</v>
       </c>
       <c r="H84" s="9">
         <v>55189.397995381609</v>
       </c>
       <c r="I84" s="10">
@@ -8692,51 +8696,51 @@
       <c r="V84" s="9">
         <v>58204.205228066145</v>
       </c>
       <c r="W84" s="10">
         <v>95.172616964609958</v>
       </c>
       <c r="X84" s="9">
         <v>68524.149033999536</v>
       </c>
       <c r="Y84" s="10">
         <v>99.186535062402342</v>
       </c>
       <c r="Z84" s="9">
         <v>43143.295251924617</v>
       </c>
       <c r="AA84" s="10">
         <v>90.817739488594071</v>
       </c>
       <c r="AB84" s="9">
         <v>60007.788412530572</v>
       </c>
       <c r="AC84" s="10">
         <v>97.381540509893583</v>
       </c>
     </row>
-    <row r="85" spans="1:29">
+    <row r="85" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A85" s="1" t="s">
         <v>99</v>
       </c>
       <c r="B85" s="2">
         <v>64605.521461939439</v>
       </c>
       <c r="C85" s="11">
         <v>93.042345995205508</v>
       </c>
       <c r="D85" s="2">
         <v>68522.317198305973</v>
       </c>
       <c r="E85" s="11">
         <v>106.86009028494566</v>
       </c>
       <c r="F85" s="2">
         <v>69604.380507392227</v>
       </c>
       <c r="G85" s="11">
         <v>106.27417568676452</v>
       </c>
       <c r="H85" s="2">
         <v>56511.625139451753</v>
       </c>
       <c r="I85" s="11">
@@ -8781,51 +8785,51 @@
       <c r="V85" s="2">
         <v>58989.705581564464</v>
       </c>
       <c r="W85" s="11">
         <v>96.457028013195384</v>
       </c>
       <c r="X85" s="2">
         <v>68799.661393581584</v>
       </c>
       <c r="Y85" s="11">
         <v>99.585330475392453</v>
       </c>
       <c r="Z85" s="2">
         <v>46000.294157552256</v>
       </c>
       <c r="AA85" s="11">
         <v>96.831795225769454</v>
       </c>
       <c r="AB85" s="2">
         <v>62084.45244695765</v>
       </c>
       <c r="AC85" s="11">
         <v>100.75158210189085</v>
       </c>
     </row>
-    <row r="86" spans="1:29">
+    <row r="86" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A86" s="1" t="s">
         <v>100</v>
       </c>
       <c r="B86" s="2">
         <v>63191.847946555492</v>
       </c>
       <c r="C86" s="11">
         <v>91.006428671635888</v>
       </c>
       <c r="D86" s="2">
         <v>68293.3901345052</v>
       </c>
       <c r="E86" s="11">
         <v>106.50308007707979</v>
       </c>
       <c r="F86" s="2">
         <v>63863.275784269943</v>
       </c>
       <c r="G86" s="11">
         <v>97.508474914290687</v>
       </c>
       <c r="H86" s="2">
         <v>58268.676876932419</v>
       </c>
       <c r="I86" s="11">
@@ -8870,51 +8874,51 @@
       <c r="V86" s="2">
         <v>50769.536800161804</v>
       </c>
       <c r="W86" s="11">
         <v>83.01581750698891</v>
       </c>
       <c r="X86" s="2">
         <v>70178.513823836998</v>
       </c>
       <c r="Y86" s="11">
         <v>101.58117568977885</v>
       </c>
       <c r="Z86" s="2">
         <v>46144.020112027378</v>
       </c>
       <c r="AA86" s="11">
         <v>97.134342034376729</v>
       </c>
       <c r="AB86" s="2">
         <v>59101.539926529884</v>
       </c>
       <c r="AC86" s="11">
         <v>95.910866852587503</v>
       </c>
     </row>
-    <row r="87" spans="1:29">
+    <row r="87" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A87" s="1" t="s">
         <v>101</v>
       </c>
       <c r="B87" s="2">
         <v>52830.034560843116</v>
       </c>
       <c r="C87" s="11">
         <v>76.083750170555007</v>
       </c>
       <c r="D87" s="2">
         <v>68187.678093613402</v>
       </c>
       <c r="E87" s="11">
         <v>106.33822286419232</v>
       </c>
       <c r="F87" s="2">
         <v>65554.488055191818</v>
       </c>
       <c r="G87" s="11">
         <v>100.09067144694245</v>
       </c>
       <c r="H87" s="2">
         <v>57207.661093713417</v>
       </c>
       <c r="I87" s="11">
@@ -8959,51 +8963,51 @@
       <c r="V87" s="2">
         <v>52423.992028411747</v>
       </c>
       <c r="W87" s="11">
         <v>85.721100280052212</v>
       </c>
       <c r="X87" s="2">
         <v>72278.935392816464</v>
       </c>
       <c r="Y87" s="11">
         <v>104.62146937506108</v>
       </c>
       <c r="Z87" s="2">
         <v>47847.754804556811</v>
       </c>
       <c r="AA87" s="11">
         <v>100.72074711911387</v>
       </c>
       <c r="AB87" s="2">
         <v>58687.487791394145</v>
       </c>
       <c r="AC87" s="11">
         <v>95.238936827542474</v>
       </c>
     </row>
-    <row r="88" spans="1:29">
+    <row r="88" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A88" s="7" t="s">
         <v>102</v>
       </c>
       <c r="B88" s="9">
         <v>57399.393314200322</v>
       </c>
       <c r="C88" s="10">
         <v>82.664361989570253</v>
       </c>
       <c r="D88" s="9">
         <v>57255.455446128937</v>
       </c>
       <c r="E88" s="10">
         <v>89.289495575177085</v>
       </c>
       <c r="F88" s="9">
         <v>64213.662621121759</v>
       </c>
       <c r="G88" s="10">
         <v>98.043456649441183</v>
       </c>
       <c r="H88" s="9">
         <v>56676.60190127758</v>
       </c>
       <c r="I88" s="10">
@@ -9048,51 +9052,51 @@
       <c r="V88" s="9">
         <v>62268.656046149081</v>
       </c>
       <c r="W88" s="10">
         <v>101.81860447298978</v>
       </c>
       <c r="X88" s="9">
         <v>70473.954851646937</v>
       </c>
       <c r="Y88" s="10">
         <v>102.00881721874117</v>
       </c>
       <c r="Z88" s="9">
         <v>49248.7243195103</v>
       </c>
       <c r="AA88" s="10">
         <v>103.66982376468678</v>
       </c>
       <c r="AB88" s="9">
         <v>61585.886447983794</v>
       </c>
       <c r="AC88" s="10">
         <v>99.94250170898988</v>
       </c>
     </row>
-    <row r="89" spans="1:29">
+    <row r="89" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A89" s="1" t="s">
         <v>103</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>86</v>
       </c>
       <c r="C89" s="11" t="s">
         <v>86</v>
       </c>
       <c r="D89" s="2">
         <v>58512.073599504896</v>
       </c>
       <c r="E89" s="11">
         <v>91.249183087419823</v>
       </c>
       <c r="F89" s="2">
         <v>69119.052692781275</v>
       </c>
       <c r="G89" s="11">
         <v>105.53316178706952</v>
       </c>
       <c r="H89" s="2">
         <v>55504.7775544408</v>
       </c>
       <c r="I89" s="11">
@@ -9137,51 +9141,51 @@
       <c r="V89" s="2">
         <v>57725.492537567392</v>
       </c>
       <c r="W89" s="11">
         <v>94.38984982002971</v>
       </c>
       <c r="X89" s="2">
         <v>65422.538253521023</v>
       </c>
       <c r="Y89" s="11">
         <v>94.697051708508852</v>
       </c>
       <c r="Z89" s="2">
         <v>49675.394322464854</v>
       </c>
       <c r="AA89" s="11">
         <v>104.56797502897149</v>
       </c>
       <c r="AB89" s="2">
         <v>62242.89895249738</v>
       </c>
       <c r="AC89" s="11">
         <v>101.00871147136193</v>
       </c>
     </row>
-    <row r="90" spans="1:29">
+    <row r="90" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A90" s="1" t="s">
         <v>104</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>86</v>
       </c>
       <c r="C90" s="11" t="s">
         <v>86</v>
       </c>
       <c r="D90" s="2">
         <v>64966.741270332539</v>
       </c>
       <c r="E90" s="11">
         <v>101.31519367004229</v>
       </c>
       <c r="F90" s="2">
         <v>68445.711130415686</v>
       </c>
       <c r="G90" s="11">
         <v>104.50508253437877</v>
       </c>
       <c r="H90" s="2">
         <v>61168.877241922113</v>
       </c>
       <c r="I90" s="11">
@@ -9226,51 +9230,51 @@
       <c r="V90" s="2" t="s">
         <v>86</v>
       </c>
       <c r="W90" s="11" t="s">
         <v>86</v>
       </c>
       <c r="X90" s="2">
         <v>56372.474044956027</v>
       </c>
       <c r="Y90" s="11">
         <v>81.597370448776005</v>
       </c>
       <c r="Z90" s="2">
         <v>52846.290614314858</v>
       </c>
       <c r="AA90" s="11">
         <v>111.24279278911318</v>
       </c>
       <c r="AB90" s="2">
         <v>62020</v>
       </c>
       <c r="AC90" s="11">
         <v>100.64698770272351</v>
       </c>
     </row>
-    <row r="91" spans="1:29">
+    <row r="91" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A91" s="1" t="s">
         <v>105</v>
       </c>
       <c r="B91" s="2">
         <v>59947.060434313331</v>
       </c>
       <c r="C91" s="11">
         <v>86.333412564602128</v>
       </c>
       <c r="D91" s="2">
         <v>65671.553146207691</v>
       </c>
       <c r="E91" s="11">
         <v>102.4143430241418</v>
       </c>
       <c r="F91" s="2">
         <v>71083.326219657276</v>
       </c>
       <c r="G91" s="11">
         <v>108.53227690554846</v>
       </c>
       <c r="H91" s="2">
         <v>58153.233150630353</v>
       </c>
       <c r="I91" s="11">
@@ -9315,51 +9319,51 @@
       <c r="V91" s="2" t="s">
         <v>86</v>
       </c>
       <c r="W91" s="11" t="s">
         <v>86</v>
       </c>
       <c r="X91" s="2">
         <v>65056.97790999915</v>
       </c>
       <c r="Y91" s="11">
         <v>94.167914691248484</v>
       </c>
       <c r="Z91" s="2">
         <v>56031.47793706783</v>
       </c>
       <c r="AA91" s="11">
         <v>117.94769353466408</v>
       </c>
       <c r="AB91" s="2">
         <v>63301.386114814581</v>
       </c>
       <c r="AC91" s="11">
         <v>102.7264403396178</v>
       </c>
     </row>
-    <row r="92" spans="1:29">
+    <row r="92" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A92" s="7" t="s">
         <v>106</v>
       </c>
       <c r="B92" s="9">
         <v>64184.425161210806</v>
       </c>
       <c r="C92" s="10">
         <v>92.435899567359911</v>
       </c>
       <c r="D92" s="9">
         <v>59302.740956154732</v>
       </c>
       <c r="E92" s="10">
         <v>92.482223483185209</v>
       </c>
       <c r="F92" s="9">
         <v>63075.51807894012</v>
       </c>
       <c r="G92" s="10">
         <v>96.305701465772827</v>
       </c>
       <c r="H92" s="9">
         <v>56642.012905355972</v>
       </c>
       <c r="I92" s="10">
@@ -9404,51 +9408,51 @@
       <c r="V92" s="9">
         <v>63267.170234856923</v>
       </c>
       <c r="W92" s="10">
         <v>103.45132513369207</v>
       </c>
       <c r="X92" s="9">
         <v>66962.550686879826</v>
       </c>
       <c r="Y92" s="10">
         <v>96.926170922263537</v>
       </c>
       <c r="Z92" s="9">
         <v>54729.108676444099</v>
       </c>
       <c r="AA92" s="10">
         <v>115.20617294522783</v>
       </c>
       <c r="AB92" s="9">
         <v>62772.050037890229</v>
       </c>
       <c r="AC92" s="10">
         <v>101.86742580197168</v>
       </c>
     </row>
-    <row r="93" spans="1:29">
+    <row r="93" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A93" s="1" t="s">
         <v>107</v>
       </c>
       <c r="B93" s="2">
         <v>63818.236604657999</v>
       </c>
       <c r="C93" s="11">
         <v>91.908529125835912</v>
       </c>
       <c r="D93" s="2">
         <v>60397.257914812857</v>
       </c>
       <c r="E93" s="11">
         <v>94.189115278483442</v>
       </c>
       <c r="F93" s="2">
         <v>67739.898222182659</v>
       </c>
       <c r="G93" s="11">
         <v>103.42742500097717</v>
       </c>
       <c r="H93" s="2">
         <v>62204.522975250933</v>
       </c>
       <c r="I93" s="11">
@@ -9493,51 +9497,51 @@
       <c r="V93" s="2" t="s">
         <v>86</v>
       </c>
       <c r="W93" s="11" t="s">
         <v>86</v>
       </c>
       <c r="X93" s="2">
         <v>70150.786951968184</v>
       </c>
       <c r="Y93" s="11">
         <v>101.5410419210629</v>
       </c>
       <c r="Z93" s="2">
         <v>52525.58777462224</v>
       </c>
       <c r="AA93" s="11">
         <v>110.56770511260667</v>
       </c>
       <c r="AB93" s="2">
         <v>62302.039948668811</v>
       </c>
       <c r="AC93" s="11">
         <v>101.10468636840146</v>
       </c>
     </row>
-    <row r="94" spans="1:29">
+    <row r="94" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A94" s="1" t="s">
         <v>108</v>
       </c>
       <c r="B94" s="2">
         <v>63728.511352049478</v>
       </c>
       <c r="C94" s="11">
         <v>91.779310325200939</v>
       </c>
       <c r="D94" s="2">
         <v>68130.62286613934</v>
       </c>
       <c r="E94" s="11">
         <v>106.24924562278552</v>
       </c>
       <c r="F94" s="2">
         <v>67817.484975718005</v>
       </c>
       <c r="G94" s="11">
         <v>103.54588691696686</v>
       </c>
       <c r="H94" s="2">
         <v>62439.000767348458</v>
       </c>
       <c r="I94" s="11">
@@ -9582,51 +9586,51 @@
       <c r="V94" s="2">
         <v>63810.246255606442</v>
       </c>
       <c r="W94" s="11">
         <v>104.33933598965915</v>
       </c>
       <c r="X94" s="2">
         <v>72772.869629048393</v>
       </c>
       <c r="Y94" s="11">
         <v>105.33642353547292</v>
       </c>
       <c r="Z94" s="2">
         <v>55456.766306836478</v>
       </c>
       <c r="AA94" s="11">
         <v>116.73791086019192</v>
       </c>
       <c r="AB94" s="2">
         <v>65529.634661351214</v>
       </c>
       <c r="AC94" s="11">
         <v>106.34247555506258</v>
       </c>
     </row>
-    <row r="95" spans="1:29">
+    <row r="95" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A95" s="1" t="s">
         <v>109</v>
       </c>
       <c r="B95" s="2">
         <v>66901.018393012986</v>
       </c>
       <c r="C95" s="11">
         <v>96.348230923596674</v>
       </c>
       <c r="D95" s="2">
         <v>67298.6367758423</v>
       </c>
       <c r="E95" s="11">
         <v>104.95176894131745</v>
       </c>
       <c r="F95" s="2">
         <v>70350.917813582666</v>
       </c>
       <c r="G95" s="11">
         <v>107.41401252255649</v>
       </c>
       <c r="H95" s="2">
         <v>65516.505415820007</v>
       </c>
       <c r="I95" s="11">
@@ -9671,51 +9675,51 @@
       <c r="V95" s="2">
         <v>67598.36144740232</v>
       </c>
       <c r="W95" s="11">
         <v>110.53347324750737</v>
       </c>
       <c r="X95" s="2">
         <v>70768.00147027678</v>
       </c>
       <c r="Y95" s="11">
         <v>102.43444038458654</v>
       </c>
       <c r="Z95" s="2">
         <v>56140.870810704509</v>
       </c>
       <c r="AA95" s="11">
         <v>118.17796833036137</v>
       </c>
       <c r="AB95" s="2">
         <v>68613.455014321939</v>
       </c>
       <c r="AC95" s="11">
         <v>111.34694555091637</v>
       </c>
     </row>
-    <row r="96" spans="1:29">
+    <row r="96" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A96" s="7" t="s">
         <v>110</v>
       </c>
       <c r="B96" s="9">
         <v>69277.444755418517</v>
       </c>
       <c r="C96" s="10">
         <v>99.770667254728565</v>
       </c>
       <c r="D96" s="9">
         <v>70498.341583565736</v>
       </c>
       <c r="E96" s="10">
         <v>109.9416869507883</v>
       </c>
       <c r="F96" s="9">
         <v>71241.0986210751</v>
       </c>
       <c r="G96" s="10">
         <v>108.77316881184188</v>
       </c>
       <c r="H96" s="9">
         <v>63995.580909511737</v>
       </c>
       <c r="I96" s="10">
@@ -9760,51 +9764,51 @@
       <c r="V96" s="9">
         <v>64652.805272384612</v>
       </c>
       <c r="W96" s="10">
         <v>105.71704652208027</v>
       </c>
       <c r="X96" s="9">
         <v>73064.89948920664</v>
       </c>
       <c r="Y96" s="10">
         <v>105.75912750731622</v>
       </c>
       <c r="Z96" s="9">
         <v>56950.333138471768</v>
       </c>
       <c r="AA96" s="10">
         <v>119.88190722468397</v>
       </c>
       <c r="AB96" s="9">
         <v>70209.527911189289</v>
       </c>
       <c r="AC96" s="10">
         <v>113.93707662514498</v>
       </c>
     </row>
-    <row r="97" spans="1:29">
+    <row r="97" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A97" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B97" s="2">
         <v>68829.283950194033</v>
       </c>
       <c r="C97" s="11">
         <v>99.125243585704368</v>
       </c>
       <c r="D97" s="2">
         <v>72754.537487926384</v>
       </c>
       <c r="E97" s="11">
         <v>113.46020920599398</v>
       </c>
       <c r="F97" s="2">
         <v>73288.51398928788</v>
       </c>
       <c r="G97" s="11">
         <v>111.89922753054738</v>
       </c>
       <c r="H97" s="2">
         <v>65352.178539056564</v>
       </c>
       <c r="I97" s="11">
@@ -9849,51 +9853,51 @@
       <c r="V97" s="2">
         <v>65081.73780765124</v>
       </c>
       <c r="W97" s="11">
         <v>106.41841563660783</v>
       </c>
       <c r="X97" s="2">
         <v>71795.653512058416</v>
       </c>
       <c r="Y97" s="11">
         <v>103.92193416175914</v>
       </c>
       <c r="Z97" s="2">
         <v>55855.169307386677</v>
       </c>
       <c r="AA97" s="11">
         <v>117.57655936175317</v>
       </c>
       <c r="AB97" s="2">
         <v>70549.29471114208</v>
       </c>
       <c r="AC97" s="11">
         <v>114.48845529229497</v>
       </c>
     </row>
-    <row r="98" spans="1:29">
+    <row r="98" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A98" s="1" t="s">
         <v>112</v>
       </c>
       <c r="B98" s="2">
         <v>66718.804484697554</v>
       </c>
       <c r="C98" s="11">
         <v>96.085813577230823</v>
       </c>
       <c r="D98" s="2">
         <v>62867.587137826238</v>
       </c>
       <c r="E98" s="11">
         <v>98.041576996040121</v>
       </c>
       <c r="F98" s="2">
         <v>74686.45334925261</v>
       </c>
       <c r="G98" s="11">
         <v>114.03364568149344</v>
       </c>
       <c r="H98" s="2">
         <v>64143.474394064797</v>
       </c>
       <c r="I98" s="11">
@@ -9938,51 +9942,51 @@
       <c r="V98" s="2">
         <v>66089.361253330178</v>
       </c>
       <c r="W98" s="11">
         <v>108.06603130053448</v>
       </c>
       <c r="X98" s="2">
         <v>73716.595527533151</v>
       </c>
       <c r="Y98" s="11">
         <v>106.70243687878218</v>
       </c>
       <c r="Z98" s="2">
         <v>60031.363797082966</v>
       </c>
       <c r="AA98" s="11">
         <v>126.36755552939107</v>
       </c>
       <c r="AB98" s="2">
         <v>71892.135868703728</v>
       </c>
       <c r="AC98" s="11">
         <v>116.66763809577478</v>
       </c>
     </row>
-    <row r="99" spans="1:29">
+    <row r="99" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A99" s="1" t="s">
         <v>113</v>
       </c>
       <c r="B99" s="2">
         <v>71178.151558571728</v>
       </c>
       <c r="C99" s="11">
         <v>102.50799087680637</v>
       </c>
       <c r="D99" s="2">
         <v>72958.868370823577</v>
       </c>
       <c r="E99" s="11">
         <v>113.7788618360737</v>
       </c>
       <c r="F99" s="2">
         <v>70683.810930232081</v>
       </c>
       <c r="G99" s="11">
         <v>107.92228429088229</v>
       </c>
       <c r="H99" s="2">
         <v>69487.069953834158</v>
       </c>
       <c r="I99" s="11">
@@ -10027,51 +10031,51 @@
       <c r="V99" s="2">
         <v>64452.577637040602</v>
       </c>
       <c r="W99" s="11">
         <v>105.38964426704291</v>
       </c>
       <c r="X99" s="2">
         <v>75403.626321440024</v>
       </c>
       <c r="Y99" s="11">
         <v>109.14436051227629</v>
       </c>
       <c r="Z99" s="2">
         <v>59705.410507712535</v>
       </c>
       <c r="AA99" s="11">
         <v>125.68141552208199</v>
       </c>
       <c r="AB99" s="2">
         <v>73283.996808228563</v>
       </c>
       <c r="AC99" s="11">
         <v>118.9263709378299</v>
       </c>
     </row>
-    <row r="100" spans="1:29">
+    <row r="100" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A100" s="7" t="s">
         <v>114</v>
       </c>
       <c r="B100" s="9">
         <v>72177.329673794622</v>
       </c>
       <c r="C100" s="10">
         <v>103.94696813143894</v>
       </c>
       <c r="D100" s="9">
         <v>71158.425228170381</v>
       </c>
       <c r="E100" s="10">
         <v>110.9710829306985</v>
       </c>
       <c r="F100" s="9">
         <v>72226.962595744088</v>
       </c>
       <c r="G100" s="10">
         <v>110.27841719539867</v>
       </c>
       <c r="H100" s="9">
         <v>69785.64334693081</v>
       </c>
       <c r="I100" s="10">
@@ -10116,51 +10120,51 @@
       <c r="V100" s="9">
         <v>68985.247224975494</v>
       </c>
       <c r="W100" s="10">
         <v>112.80123978371273</v>
       </c>
       <c r="X100" s="9">
         <v>76800.264218472032</v>
       </c>
       <c r="Y100" s="10">
         <v>111.16594962642512</v>
       </c>
       <c r="Z100" s="9">
         <v>63788.025760272125</v>
       </c>
       <c r="AA100" s="10">
         <v>134.27542500313982</v>
       </c>
       <c r="AB100" s="9">
         <v>75462.020432926336</v>
       </c>
       <c r="AC100" s="10">
         <v>122.46090039560478</v>
       </c>
     </row>
-    <row r="101" spans="1:29">
+    <row r="101" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A101" s="1" t="s">
         <v>115</v>
       </c>
       <c r="B101" s="2">
         <v>68969.877862139256</v>
       </c>
       <c r="C101" s="11">
         <v>99.327721440599987</v>
       </c>
       <c r="D101" s="2">
         <v>68666.194602924603</v>
       </c>
       <c r="E101" s="11">
         <v>107.0844661244698</v>
       </c>
       <c r="F101" s="2">
         <v>71456.994048617576</v>
       </c>
       <c r="G101" s="11">
         <v>109.10280479781524</v>
       </c>
       <c r="H101" s="2">
         <v>69458.949976917705</v>
       </c>
       <c r="I101" s="11">
@@ -10205,51 +10209,51 @@
       <c r="V101" s="2">
         <v>63999.731725957186</v>
       </c>
       <c r="W101" s="11">
         <v>104.64917319161708</v>
       </c>
       <c r="X101" s="2">
         <v>75154.742247110029</v>
       </c>
       <c r="Y101" s="11">
         <v>108.78410869867467</v>
       </c>
       <c r="Z101" s="2">
         <v>62460.535780221653</v>
       </c>
       <c r="AA101" s="11">
         <v>131.48102465708456</v>
       </c>
       <c r="AB101" s="2">
         <v>74853.083305000386</v>
       </c>
       <c r="AC101" s="11">
         <v>121.47270807657713</v>
       </c>
     </row>
-    <row r="102" spans="1:29">
+    <row r="102" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A102" s="1" t="s">
         <v>116</v>
       </c>
       <c r="B102" s="2">
         <v>69454.682611261422</v>
       </c>
       <c r="C102" s="11">
         <v>100.02591828488237</v>
       </c>
       <c r="D102" s="2">
         <v>69722.243472994523</v>
       </c>
       <c r="E102" s="11">
         <v>108.73136719575723</v>
       </c>
       <c r="F102" s="2">
         <v>73840.091280251538</v>
       </c>
       <c r="G102" s="11">
         <v>112.74139323186377</v>
       </c>
       <c r="H102" s="2">
         <v>68575.288604958667</v>
       </c>
       <c r="I102" s="11">
@@ -10294,51 +10298,51 @@
       <c r="V102" s="2">
         <v>70349.87006959306</v>
       </c>
       <c r="W102" s="11">
         <v>115.03260308097012</v>
       </c>
       <c r="X102" s="2">
         <v>74661.201777487251</v>
       </c>
       <c r="Y102" s="11">
         <v>108.06972450295609</v>
       </c>
       <c r="Z102" s="2">
         <v>66471.44283369332</v>
       </c>
       <c r="AA102" s="11">
         <v>139.92408654580072</v>
       </c>
       <c r="AB102" s="2">
         <v>75617.802132486438</v>
       </c>
       <c r="AC102" s="11">
         <v>122.71370527789975</v>
       </c>
     </row>
-    <row r="103" spans="1:29">
+    <row r="103" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A103" s="1" t="s">
         <v>117</v>
       </c>
       <c r="B103" s="2">
         <v>72256.418152885366</v>
       </c>
       <c r="C103" s="11">
         <v>104.06086826674129</v>
       </c>
       <c r="D103" s="2">
         <v>61908.392505166856</v>
       </c>
       <c r="E103" s="11">
         <v>96.545719453012495</v>
       </c>
       <c r="F103" s="2">
         <v>74436.731589141098</v>
       </c>
       <c r="G103" s="11">
         <v>113.65236257813933</v>
       </c>
       <c r="H103" s="2">
         <v>71290.932136654199</v>
       </c>
       <c r="I103" s="11">
@@ -10383,51 +10387,51 @@
       <c r="V103" s="2">
         <v>66138.017113694295</v>
       </c>
       <c r="W103" s="11">
         <v>108.14559093962536</v>
       </c>
       <c r="X103" s="2">
         <v>78715.48789074074</v>
       </c>
       <c r="Y103" s="11">
         <v>113.93817522279946</v>
       </c>
       <c r="Z103" s="2">
         <v>65296.95213239576</v>
       </c>
       <c r="AA103" s="11">
         <v>137.45175359303539</v>
       </c>
       <c r="AB103" s="2">
         <v>78354.385199361655</v>
       </c>
       <c r="AC103" s="11">
         <v>127.15467338946492</v>
       </c>
     </row>
-    <row r="104" spans="1:29">
+    <row r="104" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A104" s="7" t="s">
         <v>118</v>
       </c>
       <c r="B104" s="9">
         <v>71912.081855943252</v>
       </c>
       <c r="C104" s="10">
         <v>103.56496859510611</v>
       </c>
       <c r="D104" s="9">
         <v>74507.770822173668</v>
       </c>
       <c r="E104" s="10">
         <v>116.19436473441903</v>
       </c>
       <c r="F104" s="9">
         <v>75072.293769382683</v>
       </c>
       <c r="G104" s="10">
         <v>114.62275907201638</v>
       </c>
       <c r="H104" s="9">
         <v>74213.839448341954</v>
       </c>
       <c r="I104" s="10">
@@ -10472,51 +10476,51 @@
       <c r="V104" s="9">
         <v>68343.065528890555</v>
       </c>
       <c r="W104" s="10">
         <v>111.75117626435546</v>
       </c>
       <c r="X104" s="9">
         <v>73721.574573658421</v>
       </c>
       <c r="Y104" s="10">
         <v>106.70964389032545</v>
       </c>
       <c r="Z104" s="9">
         <v>65478.763586087523</v>
       </c>
       <c r="AA104" s="10">
         <v>137.83447135117149</v>
       </c>
       <c r="AB104" s="9">
         <v>78804.233535904918</v>
       </c>
       <c r="AC104" s="10">
         <v>127.88469402790672</v>
       </c>
     </row>
-    <row r="105" spans="1:29">
+    <row r="105" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A105" s="1" t="s">
         <v>119</v>
       </c>
       <c r="B105" s="2">
         <v>66086.905752284962</v>
       </c>
       <c r="C105" s="11">
         <v>95.175777729448058</v>
       </c>
       <c r="D105" s="2">
         <v>73436.795927381114</v>
       </c>
       <c r="E105" s="11">
         <v>114.52418662851467</v>
       </c>
       <c r="F105" s="2">
         <v>72640.965795285068</v>
       </c>
       <c r="G105" s="11">
         <v>110.91053041071892</v>
       </c>
       <c r="H105" s="2">
         <v>69322.8622023551</v>
       </c>
       <c r="I105" s="11">
@@ -10561,51 +10565,51 @@
       <c r="V105" s="2">
         <v>71732.243961141634</v>
       </c>
       <c r="W105" s="11">
         <v>117.29299200590624</v>
       </c>
       <c r="X105" s="2">
         <v>78266.178746221762</v>
       </c>
       <c r="Y105" s="11">
         <v>113.2878144690369</v>
       </c>
       <c r="Z105" s="2">
         <v>64221.601402429485</v>
       </c>
       <c r="AA105" s="11">
         <v>135.18811281449308</v>
       </c>
       <c r="AB105" s="2">
         <v>79649.851551309242</v>
       </c>
       <c r="AC105" s="11">
         <v>129.25697564670065</v>
       </c>
     </row>
-    <row r="106" spans="1:29">
+    <row r="106" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A106" s="1" t="s">
         <v>120</v>
       </c>
       <c r="B106" s="2">
         <v>73182.01569251137</v>
       </c>
       <c r="C106" s="11">
         <v>105.39387765332955</v>
       </c>
       <c r="D106" s="2">
         <v>73958.035970551224</v>
       </c>
       <c r="E106" s="11">
         <v>115.33705695092496</v>
       </c>
       <c r="F106" s="2">
         <v>74275.398647083319</v>
       </c>
       <c r="G106" s="11">
         <v>113.40603432547296</v>
       </c>
       <c r="H106" s="2">
         <v>71895.852584516397</v>
       </c>
       <c r="I106" s="11">
@@ -10650,51 +10654,51 @@
       <c r="V106" s="2">
         <v>71433.79160205384</v>
       </c>
       <c r="W106" s="11">
         <v>116.80497757563704</v>
       </c>
       <c r="X106" s="2">
         <v>79560.206278844285</v>
       </c>
       <c r="Y106" s="11">
         <v>115.16087833112871</v>
       </c>
       <c r="Z106" s="2">
         <v>65749.084837036266</v>
       </c>
       <c r="AA106" s="11">
         <v>138.4035044953377</v>
       </c>
       <c r="AB106" s="2">
         <v>80886.163007059105</v>
       </c>
       <c r="AC106" s="11">
         <v>131.26328044972539</v>
       </c>
     </row>
-    <row r="107" spans="1:29">
+    <row r="107" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A107" s="1" t="s">
         <v>121</v>
       </c>
       <c r="B107" s="2">
         <v>74403.695866637499</v>
       </c>
       <c r="C107" s="11">
         <v>107.15329367357623</v>
       </c>
       <c r="D107" s="2">
         <v>71010.930564345719</v>
       </c>
       <c r="E107" s="11">
         <v>110.74106599990445</v>
       </c>
       <c r="F107" s="2">
         <v>78063.953870383571</v>
       </c>
       <c r="G107" s="11">
         <v>119.19052059580562</v>
       </c>
       <c r="H107" s="2">
         <v>76226.360521483366</v>
       </c>
       <c r="I107" s="11">
@@ -10739,51 +10743,51 @@
       <c r="V107" s="2">
         <v>70504.30219377797</v>
       </c>
       <c r="W107" s="11">
         <v>115.2851227974492</v>
       </c>
       <c r="X107" s="2">
         <v>82182.005726406831</v>
       </c>
       <c r="Y107" s="11">
         <v>118.95584997978388</v>
       </c>
       <c r="Z107" s="2">
         <v>67721.264181112667</v>
       </c>
       <c r="AA107" s="11">
         <v>142.55499243452397</v>
       </c>
       <c r="AB107" s="2">
         <v>83916.706871948583</v>
       </c>
       <c r="AC107" s="11">
         <v>136.18129256036863</v>
       </c>
     </row>
-    <row r="108" spans="1:29">
+    <row r="108" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A108" s="7" t="s">
         <v>122</v>
       </c>
       <c r="B108" s="9">
         <v>73860.485059170736</v>
       </c>
       <c r="C108" s="10">
         <v>106.37098270768715</v>
       </c>
       <c r="D108" s="9">
         <v>79735.218917001563</v>
       </c>
       <c r="E108" s="10">
         <v>124.34653468740748</v>
       </c>
       <c r="F108" s="9">
         <v>82125.521719141354</v>
       </c>
       <c r="G108" s="10">
         <v>125.3918512013809</v>
       </c>
       <c r="H108" s="9">
         <v>76409.695507074182</v>
       </c>
       <c r="I108" s="10">
@@ -10828,51 +10832,51 @@
       <c r="V108" s="9">
         <v>70978.678216445769</v>
       </c>
       <c r="W108" s="10">
         <v>116.06079883882201</v>
       </c>
       <c r="X108" s="9">
         <v>76734.923869375198</v>
       </c>
       <c r="Y108" s="10">
         <v>111.07137154091737</v>
       </c>
       <c r="Z108" s="9">
         <v>64504.403050433502</v>
       </c>
       <c r="AA108" s="10">
         <v>135.78341751352923</v>
       </c>
       <c r="AB108" s="9">
         <v>86140.649921432254</v>
       </c>
       <c r="AC108" s="10">
         <v>139.79034075051601</v>
       </c>
     </row>
-    <row r="109" spans="1:29">
+    <row r="109" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A109" s="1" t="s">
         <v>123</v>
       </c>
       <c r="B109" s="2">
         <v>72048.193557125909</v>
       </c>
       <c r="C109" s="11">
         <v>103.76099134531167</v>
       </c>
       <c r="D109" s="2">
         <v>77474.288360569248</v>
       </c>
       <c r="E109" s="11">
         <v>120.82062877431437</v>
       </c>
       <c r="F109" s="2">
         <v>76392.319799285469</v>
       </c>
       <c r="G109" s="11">
         <v>116.63821667957446</v>
       </c>
       <c r="H109" s="2">
         <v>79209.926709134059</v>
       </c>
       <c r="I109" s="11">
@@ -10917,51 +10921,51 @@
       <c r="V109" s="2">
         <v>77586.204363924917</v>
       </c>
       <c r="W109" s="11">
         <v>126.86509644332642</v>
       </c>
       <c r="X109" s="2">
         <v>70957.539522812032</v>
       </c>
       <c r="Y109" s="11">
         <v>102.70879071156568</v>
       </c>
       <c r="Z109" s="2">
         <v>73701.012293519656</v>
       </c>
       <c r="AA109" s="11">
         <v>155.14251508685925</v>
       </c>
       <c r="AB109" s="2">
         <v>89014.906573114829</v>
       </c>
       <c r="AC109" s="11">
         <v>144.45472762372412</v>
       </c>
     </row>
-    <row r="110" spans="1:29">
+    <row r="110" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A110" s="1" t="s">
         <v>124</v>
       </c>
       <c r="B110" s="2">
         <v>81376.666005879641</v>
       </c>
       <c r="C110" s="11">
         <v>117.19549263162992</v>
       </c>
       <c r="D110" s="2">
         <v>75434.053669143526</v>
       </c>
       <c r="E110" s="11">
         <v>117.63889657023152</v>
       </c>
       <c r="F110" s="2">
         <v>74577.597034554899</v>
       </c>
       <c r="G110" s="11">
         <v>113.86744040779561</v>
       </c>
       <c r="H110" s="2">
         <v>84033.387211332927</v>
       </c>
       <c r="I110" s="11">
@@ -11006,51 +11010,51 @@
       <c r="V110" s="2">
         <v>81266.732712547848</v>
       </c>
       <c r="W110" s="11">
         <v>132.88331305462327</v>
       </c>
       <c r="X110" s="2">
         <v>81513.584439027167</v>
       </c>
       <c r="Y110" s="11">
         <v>117.98833134012526</v>
       </c>
       <c r="Z110" s="2">
         <v>70450.884991233441</v>
       </c>
       <c r="AA110" s="11">
         <v>148.30091402416275</v>
       </c>
       <c r="AB110" s="2">
         <v>90382.605951413076</v>
       </c>
       <c r="AC110" s="11">
         <v>146.67425072125084</v>
       </c>
     </row>
-    <row r="111" spans="1:29">
+    <row r="111" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A111" s="1" t="s">
         <v>125</v>
       </c>
       <c r="B111" s="2">
         <v>77506.779384544105</v>
       </c>
       <c r="C111" s="11">
         <v>111.62223322845894</v>
       </c>
       <c r="D111" s="2">
         <v>78725.289354918146</v>
       </c>
       <c r="E111" s="11">
         <v>122.77155636504075</v>
       </c>
       <c r="F111" s="2">
         <v>79929.114015056912</v>
       </c>
       <c r="G111" s="11">
         <v>122.0383062589208</v>
       </c>
       <c r="H111" s="2">
         <v>84445.299555164485</v>
       </c>
       <c r="I111" s="11">
@@ -11095,51 +11099,51 @@
       <c r="V111" s="2">
         <v>71798.955648187388</v>
       </c>
       <c r="W111" s="11">
         <v>117.40207563334157</v>
       </c>
       <c r="X111" s="2">
         <v>85293.172932431218</v>
       </c>
       <c r="Y111" s="11">
         <v>123.45916595693265</v>
       </c>
       <c r="Z111" s="2">
         <v>74352.346735702507</v>
       </c>
       <c r="AA111" s="11">
         <v>156.51359073939582</v>
       </c>
       <c r="AB111" s="2">
         <v>92207.275244414355</v>
       </c>
       <c r="AC111" s="11">
         <v>149.63535146124175</v>
       </c>
     </row>
-    <row r="112" spans="1:29">
+    <row r="112" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A112" s="7" t="s">
         <v>126</v>
       </c>
       <c r="B112" s="9">
         <v>75829.478035578359</v>
       </c>
       <c r="C112" s="10">
         <v>109.20664940656171</v>
       </c>
       <c r="D112" s="9">
         <v>82703.152608280725</v>
       </c>
       <c r="E112" s="10">
         <v>128.97500720814799</v>
       </c>
       <c r="F112" s="9">
         <v>78392.354408294676</v>
       </c>
       <c r="G112" s="10">
         <v>119.69193295243001</v>
       </c>
       <c r="H112" s="9">
         <v>84343.003187029186</v>
       </c>
       <c r="I112" s="10">
@@ -11184,51 +11188,51 @@
       <c r="V112" s="9">
         <v>80037.248480363167</v>
       </c>
       <c r="W112" s="10">
         <v>130.87292168452831</v>
       </c>
       <c r="X112" s="9">
         <v>84036.614359816624</v>
       </c>
       <c r="Y112" s="10">
         <v>121.64033722753449</v>
       </c>
       <c r="Z112" s="9">
         <v>74868.752691521877</v>
       </c>
       <c r="AA112" s="10">
         <v>157.6006384786125</v>
       </c>
       <c r="AB112" s="9">
         <v>92950.097120381048</v>
       </c>
       <c r="AC112" s="10">
         <v>150.84081396068927</v>
       </c>
     </row>
-    <row r="113" spans="1:29">
+    <row r="113" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A113" s="1" t="s">
         <v>127</v>
       </c>
       <c r="B113" s="2">
         <v>73124.393765233821</v>
       </c>
       <c r="C113" s="11">
         <v>105.31089280662682</v>
       </c>
       <c r="D113" s="2">
         <v>75531.860976608208</v>
       </c>
       <c r="E113" s="11">
         <v>117.79142640479556</v>
       </c>
       <c r="F113" s="2">
         <v>82153.727364687569</v>
       </c>
       <c r="G113" s="11">
         <v>125.43491647555309</v>
       </c>
       <c r="H113" s="2">
         <v>90258.1133516439</v>
       </c>
       <c r="I113" s="11">
@@ -11273,51 +11277,51 @@
       <c r="V113" s="2">
         <v>83903.789603685436</v>
       </c>
       <c r="W113" s="11">
         <v>137.19529711884519</v>
       </c>
       <c r="X113" s="2">
         <v>80262.911773300599</v>
       </c>
       <c r="Y113" s="11">
         <v>116.17802227449752</v>
       </c>
       <c r="Z113" s="2">
         <v>78372.255817096258</v>
       </c>
       <c r="AA113" s="11">
         <v>164.97560212703004</v>
       </c>
       <c r="AB113" s="2">
         <v>95641.352359731158</v>
       </c>
       <c r="AC113" s="11">
         <v>155.20822339280406</v>
       </c>
     </row>
-    <row r="114" spans="1:29">
+    <row r="114" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A114" s="1" t="s">
         <v>128</v>
       </c>
       <c r="B114" s="2">
         <v>77123.23806220507</v>
       </c>
       <c r="C114" s="11">
         <v>111.06987201212621</v>
       </c>
       <c r="D114" s="2">
         <v>88671.958154868233</v>
       </c>
       <c r="E114" s="11">
         <v>138.2833190936864</v>
       </c>
       <c r="F114" s="2">
         <v>83341.074587456111</v>
       </c>
       <c r="G114" s="11">
         <v>127.2477958724223</v>
       </c>
       <c r="H114" s="2">
         <v>87095.654962881628</v>
       </c>
       <c r="I114" s="11">
@@ -11362,51 +11366,51 @@
       <c r="V114" s="2">
         <v>90103.496358287564</v>
       </c>
       <c r="W114" s="11">
         <v>147.3327487675129</v>
       </c>
       <c r="X114" s="2">
         <v>83271.880440064589</v>
       </c>
       <c r="Y114" s="11">
         <v>120.53340910344706</v>
       </c>
       <c r="Z114" s="2">
         <v>63859.673899239904</v>
       </c>
       <c r="AA114" s="11">
         <v>134.42624616739309</v>
       </c>
       <c r="AB114" s="2">
         <v>97533.928269686687</v>
       </c>
       <c r="AC114" s="11">
         <v>158.27952401092347</v>
       </c>
     </row>
-    <row r="115" spans="1:29">
+    <row r="115" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A115" s="1" t="s">
         <v>129</v>
       </c>
       <c r="B115" s="2">
         <v>85305.920996954563</v>
       </c>
       <c r="C115" s="11">
         <v>122.85425203965291</v>
       </c>
       <c r="D115" s="2">
         <v>86075.255702324532</v>
       </c>
       <c r="E115" s="11">
         <v>134.23377917928286</v>
       </c>
       <c r="F115" s="2">
         <v>87795.344583312108</v>
       </c>
       <c r="G115" s="11">
         <v>134.04871657087762</v>
       </c>
       <c r="H115" s="2">
         <v>94168.782749520513</v>
       </c>
       <c r="I115" s="11">
@@ -11451,51 +11455,51 @@
       <c r="V115" s="2">
         <v>85985.363297776799</v>
       </c>
       <c r="W115" s="11">
         <v>140.59898273047926</v>
       </c>
       <c r="X115" s="2">
         <v>88446.980216199125</v>
       </c>
       <c r="Y115" s="11">
         <v>128.02420209588999</v>
       </c>
       <c r="Z115" s="2">
         <v>80728.626744638168</v>
       </c>
       <c r="AA115" s="11">
         <v>169.93582317149119</v>
       </c>
       <c r="AB115" s="2">
         <v>101312.21205096523</v>
       </c>
       <c r="AC115" s="11">
         <v>164.4109796908935</v>
       </c>
     </row>
-    <row r="116" spans="1:29">
+    <row r="116" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A116" s="7" t="s">
         <v>130</v>
       </c>
       <c r="B116" s="9">
         <v>83675.083786399657</v>
       </c>
       <c r="C116" s="10">
         <v>120.50558405319146</v>
       </c>
       <c r="D116" s="9">
         <v>88549.334642484231</v>
       </c>
       <c r="E116" s="10">
         <v>138.09208855537159</v>
       </c>
       <c r="F116" s="9">
         <v>96319.00870587994</v>
       </c>
       <c r="G116" s="10">
         <v>147.06291728430173</v>
       </c>
       <c r="H116" s="9">
         <v>94195.184981941857</v>
       </c>
       <c r="I116" s="10">
@@ -11540,51 +11544,51 @@
       <c r="V116" s="9">
         <v>82536.409862461966</v>
       </c>
       <c r="W116" s="10">
         <v>134.95942588159176</v>
       </c>
       <c r="X116" s="9">
         <v>83715.754657518279</v>
       </c>
       <c r="Y116" s="10">
         <v>121.17590297244676</v>
       </c>
       <c r="Z116" s="9">
         <v>82056.050870074207</v>
       </c>
       <c r="AA116" s="10">
         <v>172.73008489189948</v>
       </c>
       <c r="AB116" s="9">
         <v>104461.58396599052</v>
       </c>
       <c r="AC116" s="10">
         <v>169.52182774640548</v>
       </c>
     </row>
-    <row r="117" spans="1:29">
+    <row r="117" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A117" s="1" t="s">
         <v>131</v>
       </c>
       <c r="B117" s="2">
         <v>88468.871000435582</v>
       </c>
       <c r="C117" s="11">
         <v>127.40940896633739</v>
       </c>
       <c r="D117" s="2">
         <v>87663.79169560119</v>
       </c>
       <c r="E117" s="11">
         <v>136.71109031823875</v>
       </c>
       <c r="F117" s="2">
         <v>90775.872525708633</v>
       </c>
       <c r="G117" s="11">
         <v>138.5994811618493</v>
       </c>
       <c r="H117" s="2">
         <v>98856.70370709656</v>
       </c>
       <c r="I117" s="11">
@@ -11629,51 +11633,51 @@
       <c r="V117" s="2">
         <v>90619.63122357527</v>
       </c>
       <c r="W117" s="11">
         <v>148.17670678813408</v>
       </c>
       <c r="X117" s="2">
         <v>83909.065967591581</v>
       </c>
       <c r="Y117" s="11">
         <v>121.4557149701854</v>
       </c>
       <c r="Z117" s="2">
         <v>81504.364765813501</v>
       </c>
       <c r="AA117" s="11">
         <v>171.56877153825641</v>
       </c>
       <c r="AB117" s="2">
         <v>106735.41176970598</v>
       </c>
       <c r="AC117" s="11">
         <v>173.21182966511978</v>
       </c>
     </row>
-    <row r="118" spans="1:29">
+    <row r="118" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A118" s="1" t="s">
         <v>132</v>
       </c>
       <c r="B118" s="2">
         <v>92168.448469961761</v>
       </c>
       <c r="C118" s="11">
         <v>132.73739578799794</v>
       </c>
       <c r="D118" s="2">
         <v>89049.446899009621</v>
       </c>
       <c r="E118" s="11">
         <v>138.8720102373872</v>
       </c>
       <c r="F118" s="2">
         <v>97305.933318727301</v>
       </c>
       <c r="G118" s="11">
         <v>148.56978508386774</v>
       </c>
       <c r="H118" s="2">
         <v>104893.86158194288</v>
       </c>
       <c r="I118" s="11">
@@ -11718,51 +11722,51 @@
       <c r="V118" s="2">
         <v>98091.692606838726</v>
       </c>
       <c r="W118" s="11">
         <v>160.39464934363994</v>
       </c>
       <c r="X118" s="2">
         <v>90076.386550610288</v>
       </c>
       <c r="Y118" s="11">
         <v>130.38271614965495</v>
       </c>
       <c r="Z118" s="2">
         <v>90555.067344742172</v>
       </c>
       <c r="AA118" s="11">
         <v>190.62073185334668</v>
       </c>
       <c r="AB118" s="2">
         <v>113801.4296509994</v>
       </c>
       <c r="AC118" s="11">
         <v>184.67866963296504</v>
       </c>
     </row>
-    <row r="119" spans="1:29">
+    <row r="119" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A119" s="1" t="s">
         <v>133</v>
       </c>
       <c r="B119" s="2">
         <v>100761.54046269818</v>
       </c>
       <c r="C119" s="11">
         <v>145.11283089423461</v>
       </c>
       <c r="D119" s="2">
         <v>103285.47980253818</v>
       </c>
       <c r="E119" s="11">
         <v>161.07300727851072</v>
       </c>
       <c r="F119" s="2">
         <v>96164.494680297619</v>
       </c>
       <c r="G119" s="11">
         <v>146.82700036957448</v>
       </c>
       <c r="H119" s="2">
         <v>107583.86322227468</v>
       </c>
       <c r="I119" s="11">
@@ -11807,51 +11811,51 @@
       <c r="V119" s="2">
         <v>95480.641715394944</v>
       </c>
       <c r="W119" s="11">
         <v>156.12518899463657</v>
       </c>
       <c r="X119" s="2">
         <v>96103.881245689059</v>
       </c>
       <c r="Y119" s="11">
         <v>139.1073237856468</v>
       </c>
       <c r="Z119" s="2">
         <v>84761.206642587786</v>
       </c>
       <c r="AA119" s="11">
         <v>178.42450695191226</v>
       </c>
       <c r="AB119" s="2">
         <v>119508.29825260772</v>
       </c>
       <c r="AC119" s="11">
         <v>193.93986173175787</v>
       </c>
     </row>
-    <row r="120" spans="1:29">
+    <row r="120" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A120" s="7" t="s">
         <v>134</v>
       </c>
       <c r="B120" s="9">
         <v>102446.32497525057</v>
       </c>
       <c r="C120" s="10">
         <v>147.53919167574477</v>
       </c>
       <c r="D120" s="9">
         <v>99391.213683013819</v>
       </c>
       <c r="E120" s="10">
         <v>154.99992560029415</v>
       </c>
       <c r="F120" s="9">
         <v>112161.91439145153</v>
       </c>
       <c r="G120" s="10">
         <v>171.25236814851078</v>
       </c>
       <c r="H120" s="9">
         <v>112892.83587353003</v>
       </c>
       <c r="I120" s="10">
@@ -11896,51 +11900,51 @@
       <c r="V120" s="9">
         <v>113288.93665581962</v>
       </c>
       <c r="W120" s="10">
         <v>185.24442576656273</v>
       </c>
       <c r="X120" s="9">
         <v>98848.403994468739</v>
       </c>
       <c r="Y120" s="10">
         <v>143.07993352526324</v>
       </c>
       <c r="Z120" s="9">
         <v>93717.851468831228</v>
       </c>
       <c r="AA120" s="10">
         <v>197.27847329295929</v>
       </c>
       <c r="AB120" s="9">
         <v>125937.08907908856</v>
       </c>
       <c r="AC120" s="10">
         <v>204.37260006223514</v>
       </c>
     </row>
-    <row r="121" spans="1:29">
+    <row r="121" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A121" s="1" t="s">
         <v>135</v>
       </c>
       <c r="B121" s="2">
         <v>94033.718175364702</v>
       </c>
       <c r="C121" s="11">
         <v>135.42368428745255</v>
       </c>
       <c r="D121" s="2">
         <v>99536.427843894809</v>
       </c>
       <c r="E121" s="11">
         <v>155.22638610216956</v>
       </c>
       <c r="F121" s="2">
         <v>112542.78488524687</v>
       </c>
       <c r="G121" s="11">
         <v>171.83389329788284</v>
       </c>
       <c r="H121" s="2">
         <v>127167.78514836334</v>
       </c>
       <c r="I121" s="11">
@@ -11985,51 +11989,51 @@
       <c r="V121" s="2">
         <v>109820.9501352619</v>
       </c>
       <c r="W121" s="11">
         <v>179.57374696481324</v>
       </c>
       <c r="X121" s="2">
         <v>101748.61818812208</v>
       </c>
       <c r="Y121" s="11">
         <v>147.27790169944001</v>
       </c>
       <c r="Z121" s="2">
         <v>95795.142273089223</v>
       </c>
       <c r="AA121" s="11">
         <v>201.65122354306305</v>
       </c>
       <c r="AB121" s="2">
         <v>130705.35897096683</v>
       </c>
       <c r="AC121" s="11">
         <v>212.11062007466884</v>
       </c>
     </row>
-    <row r="122" spans="1:29">
+    <row r="122" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A122" s="1" t="s">
         <v>136</v>
       </c>
       <c r="B122" s="2">
         <v>122955.79827035063</v>
       </c>
       <c r="C122" s="11">
         <v>177.07613321450043</v>
       </c>
       <c r="D122" s="2">
         <v>117659.22678040501</v>
       </c>
       <c r="E122" s="11">
         <v>183.48876848726604</v>
       </c>
       <c r="F122" s="2">
         <v>122144.83384916399</v>
       </c>
       <c r="G122" s="11">
         <v>186.49460618844392</v>
       </c>
       <c r="H122" s="2">
         <v>136453.08967147736</v>
       </c>
       <c r="I122" s="11">
@@ -12074,51 +12078,51 @@
       <c r="V122" s="2">
         <v>100682.29577564592</v>
       </c>
       <c r="W122" s="11">
         <v>164.63067459518487</v>
       </c>
       <c r="X122" s="2">
         <v>103234.14668149254</v>
       </c>
       <c r="Y122" s="11">
         <v>149.42815713596906</v>
       </c>
       <c r="Z122" s="2">
         <v>87657.047122283271</v>
       </c>
       <c r="AA122" s="11">
         <v>184.52032519550778</v>
       </c>
       <c r="AB122" s="2">
         <v>133711.40163034113</v>
       </c>
       <c r="AC122" s="11">
         <v>216.98887126092984</v>
       </c>
     </row>
-    <row r="123" spans="1:29">
+    <row r="123" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A123" s="1" t="s">
         <v>137</v>
       </c>
       <c r="B123" s="2">
         <v>115878.00398700334</v>
       </c>
       <c r="C123" s="11">
         <v>166.88297062263055</v>
       </c>
       <c r="D123" s="2">
         <v>119675.43803655985</v>
       </c>
       <c r="E123" s="11">
         <v>186.63303630650373</v>
       </c>
       <c r="F123" s="2">
         <v>129779.00305487268</v>
       </c>
       <c r="G123" s="11">
         <v>198.15069785215476</v>
       </c>
       <c r="H123" s="2">
         <v>126101.29672162337</v>
       </c>
       <c r="I123" s="11">
@@ -12163,51 +12167,51 @@
       <c r="V123" s="2">
         <v>107618.30330268347</v>
       </c>
       <c r="W123" s="11">
         <v>175.97208858834577</v>
       </c>
       <c r="X123" s="2">
         <v>102577.47041002483</v>
       </c>
       <c r="Y123" s="11">
         <v>148.47763903479191</v>
       </c>
       <c r="Z123" s="2">
         <v>93983.195398589247</v>
       </c>
       <c r="AA123" s="11">
         <v>197.83702904877094</v>
       </c>
       <c r="AB123" s="2">
         <v>136027.34982778734</v>
       </c>
       <c r="AC123" s="11">
         <v>220.74722678734898</v>
       </c>
     </row>
-    <row r="124" spans="1:29">
+    <row r="124" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A124" s="7" t="s">
         <v>138</v>
       </c>
       <c r="B124" s="9">
         <v>131660.88260321727</v>
       </c>
       <c r="C124" s="10">
         <v>189.61285531019891</v>
       </c>
       <c r="D124" s="9">
         <v>124243.96551354347</v>
       </c>
       <c r="E124" s="10">
         <v>193.75762401194979</v>
       </c>
       <c r="F124" s="9">
         <v>125009.89780037658</v>
       </c>
       <c r="G124" s="10">
         <v>190.86907669569376</v>
       </c>
       <c r="H124" s="9">
         <v>129815.21853904279</v>
       </c>
       <c r="I124" s="10">
@@ -12252,51 +12256,51 @@
       <c r="V124" s="9">
         <v>117360.39146342891</v>
       </c>
       <c r="W124" s="10">
         <v>191.90186584971448</v>
       </c>
       <c r="X124" s="9">
         <v>106409.49454965146</v>
       </c>
       <c r="Y124" s="10">
         <v>154.02437258848346</v>
       </c>
       <c r="Z124" s="9">
         <v>103203.00600146469</v>
       </c>
       <c r="AA124" s="10">
         <v>217.24496607761358</v>
       </c>
       <c r="AB124" s="9">
         <v>140892.1820999817</v>
       </c>
       <c r="AC124" s="10">
         <v>228.64194968117931</v>
       </c>
     </row>
-    <row r="125" spans="1:29">
+    <row r="125" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A125" s="1" t="s">
         <v>139</v>
       </c>
       <c r="B125" s="2">
         <v>136162.62983684932</v>
       </c>
       <c r="C125" s="11">
         <v>196.09609566205194</v>
       </c>
       <c r="D125" s="2">
         <v>132456.44393718723</v>
       </c>
       <c r="E125" s="11">
         <v>206.5649285763003</v>
       </c>
       <c r="F125" s="2">
         <v>136545.03378040207</v>
       </c>
       <c r="G125" s="11">
         <v>208.48128815100227</v>
       </c>
       <c r="H125" s="2">
         <v>134678.60899897295</v>
       </c>
       <c r="I125" s="11">
@@ -12341,51 +12345,51 @@
       <c r="V125" s="2">
         <v>130283.41822257159</v>
       </c>
       <c r="W125" s="11">
         <v>213.03295544971857</v>
       </c>
       <c r="X125" s="2">
         <v>108411.27238924295</v>
       </c>
       <c r="Y125" s="11">
         <v>156.9218826002498</v>
       </c>
       <c r="Z125" s="2">
         <v>104316.27455817047</v>
       </c>
       <c r="AA125" s="11">
         <v>219.58842485083369</v>
       </c>
       <c r="AB125" s="2">
         <v>147414.62613515314</v>
       </c>
       <c r="AC125" s="11">
         <v>239.22666984563597</v>
       </c>
     </row>
-    <row r="126" spans="1:29">
+    <row r="126" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A126" s="1" t="s">
         <v>140</v>
       </c>
       <c r="B126" s="2">
         <v>161734.82206496707</v>
       </c>
       <c r="C126" s="11">
         <v>232.92416706065731</v>
       </c>
       <c r="D126" s="2">
         <v>147379.19651505954</v>
       </c>
       <c r="E126" s="11">
         <v>229.83686030558462</v>
       </c>
       <c r="F126" s="2">
         <v>140976.05114883193</v>
       </c>
       <c r="G126" s="11">
         <v>215.24670600043788</v>
       </c>
       <c r="H126" s="2">
         <v>147025.82063803237</v>
       </c>
       <c r="I126" s="11">
@@ -12430,51 +12434,51 @@
       <c r="V126" s="2">
         <v>134861.24742321935</v>
       </c>
       <c r="W126" s="11">
         <v>220.51839371548442</v>
       </c>
       <c r="X126" s="2">
         <v>119641.04420550713</v>
       </c>
       <c r="Y126" s="11">
         <v>173.1766215747391</v>
       </c>
       <c r="Z126" s="2">
         <v>114083.28495584834</v>
       </c>
       <c r="AA126" s="11">
         <v>240.14823143721472</v>
       </c>
       <c r="AB126" s="2">
         <v>154906.92496310515</v>
       </c>
       <c r="AC126" s="11">
         <v>251.38528493757431</v>
       </c>
     </row>
-    <row r="127" spans="1:29" s="12" customFormat="1">
+    <row r="127" spans="1:29" s="12" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A127" s="1" t="s">
         <v>141</v>
       </c>
       <c r="B127" s="2">
         <v>170859.50961258259</v>
       </c>
       <c r="C127" s="11">
         <v>246.0651853001516</v>
       </c>
       <c r="D127" s="2">
         <v>161821.11177023358</v>
       </c>
       <c r="E127" s="11">
         <v>252.35892948180893</v>
       </c>
       <c r="F127" s="2">
         <v>148485.52660561641</v>
       </c>
       <c r="G127" s="11">
         <v>226.71241129358398</v>
       </c>
       <c r="H127" s="2">
         <v>147214.98495738226</v>
       </c>
       <c r="I127" s="11">
@@ -12519,51 +12523,51 @@
       <c r="V127" s="2">
         <v>150525.41927264578</v>
       </c>
       <c r="W127" s="11">
         <v>246.13166721783304</v>
       </c>
       <c r="X127" s="2">
         <v>136586.71851152976</v>
       </c>
       <c r="Y127" s="11">
         <v>197.7049483384383</v>
       </c>
       <c r="Z127" s="2">
         <v>119822.79593425662</v>
       </c>
       <c r="AA127" s="11">
         <v>252.23004878068141</v>
       </c>
       <c r="AB127" s="2">
         <v>162816.23940895736</v>
       </c>
       <c r="AC127" s="11">
         <v>264.22063923890715</v>
       </c>
     </row>
-    <row r="128" spans="1:29" s="12" customFormat="1">
+    <row r="128" spans="1:29" s="12" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A128" s="7" t="s">
         <v>142</v>
       </c>
       <c r="B128" s="9">
         <v>163311.00910903994</v>
       </c>
       <c r="C128" s="10">
         <v>235.19413001412076</v>
       </c>
       <c r="D128" s="9">
         <v>157142.54291562678</v>
       </c>
       <c r="E128" s="10">
         <v>245.06273299212017</v>
       </c>
       <c r="F128" s="9">
         <v>153747.02813275289</v>
       </c>
       <c r="G128" s="10">
         <v>234.74583869563804</v>
       </c>
       <c r="H128" s="9">
         <v>142970.83493940989</v>
       </c>
       <c r="I128" s="10">
@@ -12608,51 +12612,51 @@
       <c r="V128" s="9">
         <v>124033.58755915433</v>
       </c>
       <c r="W128" s="10">
         <v>202.8135436822632</v>
       </c>
       <c r="X128" s="9">
         <v>132132.02399751294</v>
       </c>
       <c r="Y128" s="10">
         <v>191.25691914237208</v>
       </c>
       <c r="Z128" s="9">
         <v>123951.16982469153</v>
       </c>
       <c r="AA128" s="10">
         <v>260.92038136431285</v>
       </c>
       <c r="AB128" s="9">
         <v>162451.38188644883</v>
       </c>
       <c r="AC128" s="10">
         <v>263.62854297026536</v>
       </c>
     </row>
-    <row r="129" spans="1:29" s="12" customFormat="1">
+    <row r="129" spans="1:29" s="12" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A129" s="1" t="s">
         <v>143</v>
       </c>
       <c r="B129" s="2">
         <v>152543.79309471141</v>
       </c>
       <c r="C129" s="11">
         <v>219.68760649816303</v>
       </c>
       <c r="D129" s="2">
         <v>154847.38988815949</v>
       </c>
       <c r="E129" s="11">
         <v>241.48345736687932</v>
       </c>
       <c r="F129" s="2">
         <v>153551.07277668201</v>
       </c>
       <c r="G129" s="11">
         <v>234.44664784319409</v>
       </c>
       <c r="H129" s="2">
         <v>146332.38219305396</v>
       </c>
       <c r="I129" s="11">
@@ -12697,51 +12701,51 @@
       <c r="V129" s="2">
         <v>138038.94677483765</v>
       </c>
       <c r="W129" s="11">
         <v>225.71440939914891</v>
       </c>
       <c r="X129" s="2">
         <v>136252.76032471153</v>
       </c>
       <c r="Y129" s="11">
         <v>197.22155444193348</v>
       </c>
       <c r="Z129" s="2">
         <v>127228.35791793415</v>
       </c>
       <c r="AA129" s="11">
         <v>267.8189460837973</v>
       </c>
       <c r="AB129" s="2">
         <v>161567.0844502456</v>
       </c>
       <c r="AC129" s="11">
         <v>262.19349180633282</v>
       </c>
     </row>
-    <row r="130" spans="1:29">
+    <row r="130" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A130" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B130" s="2">
         <v>167936.60307418817</v>
       </c>
       <c r="C130" s="11">
         <v>241.85572958641427</v>
       </c>
       <c r="D130" s="2">
         <v>155693.21841082323</v>
       </c>
       <c r="E130" s="11">
         <v>242.80252122801306</v>
       </c>
       <c r="F130" s="2">
         <v>163263.37997533925</v>
       </c>
       <c r="G130" s="11">
         <v>249.27570650343611</v>
       </c>
       <c r="H130" s="2">
         <v>142904.3141376483</v>
       </c>
       <c r="I130" s="11">
@@ -12786,51 +12790,51 @@
       <c r="V130" s="2">
         <v>132160.5419437337</v>
       </c>
       <c r="W130" s="11">
         <v>216.10233465023035</v>
       </c>
       <c r="X130" s="2">
         <v>135317.84439809053</v>
       </c>
       <c r="Y130" s="11">
         <v>195.86829325382033</v>
       </c>
       <c r="Z130" s="2">
         <v>135503.67473534594</v>
       </c>
       <c r="AA130" s="11">
         <v>285.23869954770919</v>
       </c>
       <c r="AB130" s="2">
         <v>164342.14530476328</v>
       </c>
       <c r="AC130" s="11">
         <v>266.69690224972123</v>
       </c>
     </row>
-    <row r="131" spans="1:29" s="12" customFormat="1">
+    <row r="131" spans="1:29" s="12" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A131" s="1" t="s">
         <v>145</v>
       </c>
       <c r="B131" s="2">
         <v>163197.57115439564</v>
       </c>
       <c r="C131" s="11">
         <v>235.03076110715787</v>
       </c>
       <c r="D131" s="2">
         <v>163048.89182643953</v>
       </c>
       <c r="E131" s="11">
         <v>254.27364417653422</v>
       </c>
       <c r="F131" s="2">
         <v>156618.91515224337</v>
       </c>
       <c r="G131" s="11">
         <v>239.13072687993062</v>
       </c>
       <c r="H131" s="2">
         <v>146734.64019209161</v>
       </c>
       <c r="I131" s="11">
@@ -12875,51 +12879,51 @@
       <c r="V131" s="2">
         <v>137915.52015867725</v>
       </c>
       <c r="W131" s="11">
         <v>225.5125883448618</v>
       </c>
       <c r="X131" s="2">
         <v>138214.6416488477</v>
       </c>
       <c r="Y131" s="11">
         <v>200.06131551139461</v>
       </c>
       <c r="Z131" s="2">
         <v>135242.60151136192</v>
       </c>
       <c r="AA131" s="11">
         <v>284.6891337367349</v>
       </c>
       <c r="AB131" s="2">
         <v>165284.3575025959</v>
       </c>
       <c r="AC131" s="11">
         <v>268.22593835885726</v>
       </c>
     </row>
-    <row r="132" spans="1:29" s="12" customFormat="1">
+    <row r="132" spans="1:29" s="12" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A132" s="7" t="s">
         <v>146</v>
       </c>
       <c r="B132" s="9">
         <v>158425.47513441675</v>
       </c>
       <c r="C132" s="10">
         <v>228.15817500358784</v>
       </c>
       <c r="D132" s="9">
         <v>153250.37437404765</v>
       </c>
       <c r="E132" s="10">
         <v>238.99292247252419</v>
       </c>
       <c r="F132" s="9">
         <v>166129.6996467284</v>
       </c>
       <c r="G132" s="10">
         <v>253.65209428407715</v>
       </c>
       <c r="H132" s="9">
         <v>146094.21292303861</v>
       </c>
       <c r="I132" s="10">
@@ -12964,51 +12968,51 @@
       <c r="V132" s="9">
         <v>147289.97747697297</v>
       </c>
       <c r="W132" s="10">
         <v>240.84123396607248</v>
       </c>
       <c r="X132" s="9">
         <v>142489.10529394628</v>
       </c>
       <c r="Y132" s="10">
         <v>206.24846623394023</v>
       </c>
       <c r="Z132" s="9">
         <v>137065.0472486928</v>
       </c>
       <c r="AA132" s="10">
         <v>288.52542860569554</v>
       </c>
       <c r="AB132" s="9">
         <v>166979.6339787303</v>
       </c>
       <c r="AC132" s="10">
         <v>270.97705849181784</v>
       </c>
     </row>
-    <row r="133" spans="1:29">
+    <row r="133" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A133" s="1" t="s">
         <v>147</v>
       </c>
       <c r="B133" s="2">
         <v>150086.2320388431</v>
       </c>
       <c r="C133" s="11">
         <v>216.14832315379519</v>
       </c>
       <c r="D133" s="2">
         <v>153134.29791437354</v>
       </c>
       <c r="E133" s="11">
         <v>238.81190201863566</v>
       </c>
       <c r="F133" s="2">
         <v>151878.41351162302</v>
       </c>
       <c r="G133" s="11">
         <v>231.892778628309</v>
       </c>
       <c r="H133" s="2">
         <v>147297.07688236405</v>
       </c>
       <c r="I133" s="11">
@@ -13053,51 +13057,51 @@
       <c r="V133" s="2">
         <v>139762.36026564543</v>
       </c>
       <c r="W133" s="11">
         <v>228.53244928801243</v>
       </c>
       <c r="X133" s="2">
         <v>141859.75773821512</v>
       </c>
       <c r="Y133" s="11">
         <v>205.33750558309006</v>
       </c>
       <c r="Z133" s="2">
         <v>151202.81263888598</v>
       </c>
       <c r="AA133" s="11">
         <v>318.28578619220025</v>
       </c>
       <c r="AB133" s="2">
         <v>166856.8227646446</v>
       </c>
       <c r="AC133" s="11">
         <v>270.7777586086537</v>
       </c>
     </row>
-    <row r="134" spans="1:29">
+    <row r="134" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A134" s="1" t="s">
         <v>148</v>
       </c>
       <c r="B134" s="2">
         <v>159622.57590990732</v>
       </c>
       <c r="C134" s="11">
         <v>229.88219273495062</v>
       </c>
       <c r="D134" s="2">
         <v>168122.16287408661</v>
       </c>
       <c r="E134" s="11">
         <v>262.18537606707469</v>
       </c>
       <c r="F134" s="2">
         <v>161028.85012977157</v>
       </c>
       <c r="G134" s="11">
         <v>245.86395546630195</v>
       </c>
       <c r="H134" s="2">
         <v>152323.46726488537</v>
       </c>
       <c r="I134" s="11">
@@ -13142,51 +13146,51 @@
       <c r="V134" s="2">
         <v>149702.90063637079</v>
       </c>
       <c r="W134" s="11">
         <v>244.78672571730539</v>
       </c>
       <c r="X134" s="2">
         <v>147258.32660208369</v>
       </c>
       <c r="Y134" s="11">
         <v>213.15176300111668</v>
       </c>
       <c r="Z134" s="2">
         <v>157908.78263804078</v>
       </c>
       <c r="AA134" s="11">
         <v>332.40202448242218</v>
       </c>
       <c r="AB134" s="2">
         <v>172687.60383744762</v>
       </c>
       <c r="AC134" s="11">
         <v>280.24003772719095</v>
       </c>
     </row>
-    <row r="135" spans="1:29">
+    <row r="135" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A135" s="1" t="s">
         <v>149</v>
       </c>
       <c r="B135" s="2">
         <v>149492.49597458876</v>
       </c>
       <c r="C135" s="11">
         <v>215.29324768857001</v>
       </c>
       <c r="D135" s="2">
         <v>162637.37580678015</v>
       </c>
       <c r="E135" s="11">
         <v>253.63188772677438</v>
       </c>
       <c r="F135" s="2">
         <v>164269.46035697937</v>
       </c>
       <c r="G135" s="11">
         <v>250.81182193832709</v>
       </c>
       <c r="H135" s="2">
         <v>154656.01437017502</v>
       </c>
       <c r="I135" s="11">
@@ -13231,51 +13235,51 @@
       <c r="V135" s="2">
         <v>152743.17134795102</v>
       </c>
       <c r="W135" s="11">
         <v>249.75802493474447</v>
       </c>
       <c r="X135" s="2">
         <v>149464.4414142523</v>
       </c>
       <c r="Y135" s="11">
         <v>216.34504430783204</v>
       </c>
       <c r="Z135" s="2">
         <v>170577.88949495548</v>
       </c>
       <c r="AA135" s="11">
         <v>359.07081830927092</v>
       </c>
       <c r="AB135" s="2">
         <v>175385.74777162517</v>
       </c>
       <c r="AC135" s="11">
         <v>284.61862623675796</v>
       </c>
     </row>
-    <row r="136" spans="1:29">
+    <row r="136" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A136" s="7" t="s">
         <v>150</v>
       </c>
       <c r="B136" s="9">
         <v>160314.64918891905</v>
       </c>
       <c r="C136" s="10">
         <v>230.87888961197808</v>
       </c>
       <c r="D136" s="9">
         <v>170839.2175877789</v>
       </c>
       <c r="E136" s="10">
         <v>266.42260451885085</v>
       </c>
       <c r="F136" s="9">
         <v>162470.31354563334</v>
       </c>
       <c r="G136" s="10">
         <v>248.06482752617276</v>
       </c>
       <c r="H136" s="9">
         <v>153641.53597618383</v>
       </c>
       <c r="I136" s="10">
@@ -13320,51 +13324,51 @@
       <c r="V136" s="9">
         <v>150844.17867742968</v>
       </c>
       <c r="W136" s="10">
         <v>246.65288671763537</v>
       </c>
       <c r="X136" s="9">
         <v>157285.11025238555</v>
       </c>
       <c r="Y136" s="10">
         <v>227.66521471286779</v>
       </c>
       <c r="Z136" s="9">
         <v>210219.57135581123</v>
       </c>
       <c r="AA136" s="10">
         <v>442.51757208889376</v>
       </c>
       <c r="AB136" s="9">
         <v>180963.7545805554</v>
       </c>
       <c r="AC136" s="10">
         <v>293.67069948255136</v>
       </c>
     </row>
-    <row r="137" spans="1:29">
+    <row r="137" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A137" s="1" t="s">
         <v>151</v>
       </c>
       <c r="B137" s="2">
         <v>167011.93259276362</v>
       </c>
       <c r="C137" s="11">
         <v>240.52405531280067</v>
       </c>
       <c r="D137" s="2">
         <v>175822.14286627469</v>
       </c>
       <c r="E137" s="11">
         <v>274.19344279336804</v>
       </c>
       <c r="F137" s="2">
         <v>164624.29489671485</v>
       </c>
       <c r="G137" s="11">
         <v>251.35359456730089</v>
       </c>
       <c r="H137" s="2">
         <v>156261.36616093447</v>
       </c>
       <c r="I137" s="11">
@@ -13409,51 +13413,51 @@
       <c r="V137" s="2">
         <v>153066.32864490146</v>
       </c>
       <c r="W137" s="11">
         <v>250.28643564873789</v>
       </c>
       <c r="X137" s="2">
         <v>163649.35613577956</v>
       </c>
       <c r="Y137" s="11">
         <v>236.87725902655643</v>
       </c>
       <c r="Z137" s="2">
         <v>238911.96322932243</v>
       </c>
       <c r="AA137" s="11">
         <v>502.91579052022576</v>
       </c>
       <c r="AB137" s="2">
         <v>184424.35574340663</v>
       </c>
       <c r="AC137" s="11">
         <v>299.28661503691319</v>
       </c>
     </row>
-    <row r="138" spans="1:29">
+    <row r="138" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A138" s="1" t="s">
         <v>152</v>
       </c>
       <c r="B138" s="2">
         <v>176280.34838711275</v>
       </c>
       <c r="C138" s="11">
         <v>253.87206535360335</v>
       </c>
       <c r="D138" s="2">
         <v>182228.44833443439</v>
       </c>
       <c r="E138" s="11">
         <v>284.18403284798177</v>
       </c>
       <c r="F138" s="2">
         <v>162557.56810362262</v>
       </c>
       <c r="G138" s="11">
         <v>248.19805055262063</v>
       </c>
       <c r="H138" s="2">
         <v>159926.7306094392</v>
       </c>
       <c r="I138" s="11">
@@ -13498,51 +13502,51 @@
       <c r="V138" s="2">
         <v>161742.26368526326</v>
       </c>
       <c r="W138" s="11">
         <v>264.47289243774037</v>
       </c>
       <c r="X138" s="2">
         <v>164241.62685149434</v>
       </c>
       <c r="Y138" s="11">
         <v>237.73455212597941</v>
       </c>
       <c r="Z138" s="2">
         <v>252243.92397718458</v>
       </c>
       <c r="AA138" s="11">
         <v>530.97990873376193</v>
       </c>
       <c r="AB138" s="2">
         <v>190213.68613117354</v>
       </c>
       <c r="AC138" s="11">
         <v>308.68162736107598</v>
       </c>
     </row>
-    <row r="139" spans="1:29">
+    <row r="139" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A139" s="1" t="s">
         <v>153</v>
       </c>
       <c r="B139" s="2">
         <v>182086.79218878513</v>
       </c>
       <c r="C139" s="11">
         <v>262.2342786903564</v>
       </c>
       <c r="D139" s="2">
         <v>183723.50777364688</v>
       </c>
       <c r="E139" s="11">
         <v>286.51556793301472</v>
       </c>
       <c r="F139" s="2">
         <v>167197.6485698059</v>
       </c>
       <c r="G139" s="11">
         <v>255.28267257021784</v>
       </c>
       <c r="H139" s="2">
         <v>159422.51313995584</v>
       </c>
       <c r="I139" s="11">
@@ -13587,51 +13591,51 @@
       <c r="V139" s="2">
         <v>151268.5826227752</v>
       </c>
       <c r="W139" s="11">
         <v>247.34685090751424</v>
       </c>
       <c r="X139" s="2">
         <v>166108.02057252527</v>
       </c>
       <c r="Y139" s="11">
         <v>240.43609791474111</v>
       </c>
       <c r="Z139" s="2">
         <v>255853.61927671355</v>
       </c>
       <c r="AA139" s="11">
         <v>538.57840962321825</v>
       </c>
       <c r="AB139" s="2">
         <v>190476.46394854708</v>
       </c>
       <c r="AC139" s="11">
         <v>309.10806715072039</v>
       </c>
     </row>
-    <row r="140" spans="1:29">
+    <row r="140" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A140" s="7" t="s">
         <v>154</v>
       </c>
       <c r="B140" s="9">
         <v>172886.07114859528</v>
       </c>
       <c r="C140" s="10">
         <v>248.98375998769362</v>
       </c>
       <c r="D140" s="9">
         <v>183263.31316509758</v>
       </c>
       <c r="E140" s="10">
         <v>285.79789755307263</v>
       </c>
       <c r="F140" s="9">
         <v>165544.3683014687</v>
       </c>
       <c r="G140" s="10">
         <v>252.75839182213952</v>
       </c>
       <c r="H140" s="9">
         <v>158465.29017983316</v>
       </c>
       <c r="I140" s="10">
@@ -13676,51 +13680,51 @@
       <c r="V140" s="9">
         <v>161438.57085109423</v>
       </c>
       <c r="W140" s="10">
         <v>263.97630904367094</v>
       </c>
       <c r="X140" s="9">
         <v>169885.70010954631</v>
       </c>
       <c r="Y140" s="10">
         <v>245.90416937765482</v>
       </c>
       <c r="Z140" s="9">
         <v>267572.50370685151</v>
       </c>
       <c r="AA140" s="10">
         <v>563.24696094871604</v>
       </c>
       <c r="AB140" s="9">
         <v>192268.46027633292</v>
       </c>
       <c r="AC140" s="10">
         <v>312.01614571192624</v>
       </c>
     </row>
-    <row r="141" spans="1:29">
+    <row r="141" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A141" s="1" t="s">
         <v>155</v>
       </c>
       <c r="B141" s="2">
         <v>162587.08221246337</v>
       </c>
       <c r="C141" s="11">
         <v>234.15155880252249</v>
       </c>
       <c r="D141" s="2">
         <v>173030.24984494297</v>
       </c>
       <c r="E141" s="11">
         <v>269.83950450692612</v>
       </c>
       <c r="F141" s="2">
         <v>170280.38060069815</v>
       </c>
       <c r="G141" s="11">
         <v>259.98948560494438</v>
       </c>
       <c r="H141" s="2">
         <v>158426.74524224183</v>
       </c>
       <c r="I141" s="11">
@@ -13765,51 +13769,51 @@
       <c r="V141" s="2">
         <v>151371.06832693657</v>
       </c>
       <c r="W141" s="11">
         <v>247.51443042566552</v>
       </c>
       <c r="X141" s="2">
         <v>166614.47503991815</v>
       </c>
       <c r="Y141" s="11">
         <v>241.16917471315054</v>
       </c>
       <c r="Z141" s="2">
         <v>236619.33154839897</v>
       </c>
       <c r="AA141" s="11">
         <v>498.08974221942714</v>
       </c>
       <c r="AB141" s="2">
         <v>190798.04636868095</v>
       </c>
       <c r="AC141" s="11">
         <v>309.62993593312325</v>
       </c>
     </row>
-    <row r="142" spans="1:29">
+    <row r="142" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A142" s="1" t="s">
         <v>156</v>
       </c>
       <c r="B142" s="2">
         <v>171558.77164074773</v>
       </c>
       <c r="C142" s="11">
         <v>247.07223513263656</v>
       </c>
       <c r="D142" s="2">
         <v>172893.60867719972</v>
       </c>
       <c r="E142" s="11">
         <v>269.62641352987367</v>
       </c>
       <c r="F142" s="2">
         <v>156087.29351657169</v>
       </c>
       <c r="G142" s="11">
         <v>238.31903010601482</v>
       </c>
       <c r="H142" s="2">
         <v>160159.18533038261</v>
       </c>
       <c r="I142" s="11">
@@ -13854,51 +13858,51 @@
       <c r="V142" s="2">
         <v>170161.45256874125</v>
       </c>
       <c r="W142" s="11">
         <v>278.23953070073617</v>
       </c>
       <c r="X142" s="2">
         <v>169224.82209054523</v>
       </c>
       <c r="Y142" s="11">
         <v>244.94756938002337</v>
       </c>
       <c r="Z142" s="2">
         <v>221468.21712248673</v>
       </c>
       <c r="AA142" s="11">
         <v>466.19625900587971</v>
       </c>
       <c r="AB142" s="2">
         <v>186532.81412752616</v>
       </c>
       <c r="AC142" s="11">
         <v>302.7082529772257</v>
       </c>
     </row>
-    <row r="143" spans="1:29">
+    <row r="143" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A143" s="1" t="s">
         <v>157</v>
       </c>
       <c r="B143" s="2">
         <v>154625.7666051923</v>
       </c>
       <c r="C143" s="11">
         <v>222.68598334477878</v>
       </c>
       <c r="D143" s="2">
         <v>165640.33471549363</v>
       </c>
       <c r="E143" s="11">
         <v>258.31498183724381</v>
       </c>
       <c r="F143" s="2">
         <v>151952.65822835173</v>
       </c>
       <c r="G143" s="11">
         <v>232.00613781650844</v>
       </c>
       <c r="H143" s="2">
         <v>149554.43800682697</v>
       </c>
       <c r="I143" s="11">
@@ -13943,51 +13947,51 @@
       <c r="V143" s="2">
         <v>134160.98289910139</v>
       </c>
       <c r="W143" s="11">
         <v>219.37335604910552</v>
       </c>
       <c r="X143" s="2">
         <v>168705.30893758457</v>
       </c>
       <c r="Y143" s="11">
         <v>244.19559054791929</v>
       </c>
       <c r="Z143" s="2">
         <v>209910.23021277259</v>
       </c>
       <c r="AA143" s="11">
         <v>441.86640107431219</v>
       </c>
       <c r="AB143" s="2">
         <v>175603.92115847603</v>
       </c>
       <c r="AC143" s="11">
         <v>284.97268128647477</v>
       </c>
     </row>
-    <row r="144" spans="1:29">
+    <row r="144" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A144" s="7" t="s">
         <v>158</v>
       </c>
       <c r="B144" s="9">
         <v>148007.43121895695</v>
       </c>
       <c r="C144" s="10">
         <v>213.15451549212483</v>
       </c>
       <c r="D144" s="9">
         <v>161610.2366506343</v>
       </c>
       <c r="E144" s="10">
         <v>252.03007115884805</v>
       </c>
       <c r="F144" s="9">
         <v>152028.8243312205</v>
       </c>
       <c r="G144" s="10">
         <v>232.12243063800395</v>
       </c>
       <c r="H144" s="9">
         <v>139291.69123252999</v>
       </c>
       <c r="I144" s="10">
@@ -14032,51 +14036,51 @@
       <c r="V144" s="9">
         <v>142725.45039047068</v>
       </c>
       <c r="W144" s="10">
         <v>233.37754665471658</v>
       </c>
       <c r="X144" s="9">
         <v>172655.10591904059</v>
       </c>
       <c r="Y144" s="10">
         <v>249.91279655942594</v>
       </c>
       <c r="Z144" s="9">
         <v>174915.20409530788</v>
       </c>
       <c r="AA144" s="10">
         <v>368.20097642896872</v>
       </c>
       <c r="AB144" s="9">
         <v>164457.43680049435</v>
       </c>
       <c r="AC144" s="10">
         <v>266.88399902097365</v>
       </c>
     </row>
-    <row r="145" spans="1:29">
+    <row r="145" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A145" s="13" t="s">
         <v>159</v>
       </c>
       <c r="B145" s="14">
         <v>145568.96305261785</v>
       </c>
       <c r="C145" s="15">
         <v>209.64272898074316</v>
       </c>
       <c r="D145" s="14">
         <v>147378.62151384086</v>
       </c>
       <c r="E145" s="16">
         <v>229.83596359507254</v>
       </c>
       <c r="F145" s="14">
         <v>134528.57218187125</v>
       </c>
       <c r="G145" s="16">
         <v>205.40249062955721</v>
       </c>
       <c r="H145" s="14">
         <v>144456.59147886652</v>
       </c>
       <c r="I145" s="16">
@@ -14121,51 +14125,51 @@
       <c r="V145" s="14">
         <v>138319.38394987493</v>
       </c>
       <c r="W145" s="16">
         <v>226.1729662978795</v>
       </c>
       <c r="X145" s="14">
         <v>158634.79023518914</v>
       </c>
       <c r="Y145" s="16">
         <v>229.61883373367385</v>
       </c>
       <c r="Z145" s="14">
         <v>150735.38765981371</v>
       </c>
       <c r="AA145" s="16">
         <v>317.3018446612632</v>
       </c>
       <c r="AB145" s="14">
         <v>159691.4166282459</v>
       </c>
       <c r="AC145" s="15">
         <v>259.14962988735186</v>
       </c>
     </row>
-    <row r="146" spans="1:29">
+    <row r="146" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A146" s="13" t="s">
         <v>160</v>
       </c>
       <c r="B146" s="14">
         <v>146422.8863209741</v>
       </c>
       <c r="C146" s="15">
         <v>210.87251588424439</v>
       </c>
       <c r="D146" s="14" t="s">
         <v>86</v>
       </c>
       <c r="E146" s="16" t="s">
         <v>86</v>
       </c>
       <c r="F146" s="14">
         <v>125204.32369755782</v>
       </c>
       <c r="G146" s="16">
         <v>191.16593232179764</v>
       </c>
       <c r="H146" s="14">
         <v>137498.00692931635</v>
       </c>
       <c r="I146" s="16">
@@ -14210,51 +14214,51 @@
       <c r="V146" s="14">
         <v>141949.96395343918</v>
       </c>
       <c r="W146" s="16">
         <v>232.10950986349758</v>
       </c>
       <c r="X146" s="14">
         <v>151548.21878493961</v>
       </c>
       <c r="Y146" s="16">
         <v>219.36124604333068</v>
       </c>
       <c r="Z146" s="14" t="s">
         <v>86</v>
       </c>
       <c r="AA146" s="16" t="s">
         <v>86</v>
       </c>
       <c r="AB146" s="14">
         <v>157933.74652078934</v>
       </c>
       <c r="AC146" s="15">
         <v>256.29725643216602</v>
       </c>
     </row>
-    <row r="147" spans="1:29">
+    <row r="147" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A147" s="13" t="s">
         <v>161</v>
       </c>
       <c r="B147" s="14">
         <v>142136.28448479544</v>
       </c>
       <c r="C147" s="15">
         <v>204.69911952182386</v>
       </c>
       <c r="D147" s="14">
         <v>162029.79313799163</v>
       </c>
       <c r="E147" s="16">
         <v>252.68436666360876</v>
       </c>
       <c r="F147" s="14">
         <v>136025.38976638208</v>
       </c>
       <c r="G147" s="16">
         <v>207.68787918969892</v>
       </c>
       <c r="H147" s="14">
         <v>143525.05186144594</v>
       </c>
       <c r="I147" s="16">
@@ -14299,51 +14303,51 @@
       <c r="V147" s="14" t="s">
         <v>86</v>
       </c>
       <c r="W147" s="16" t="s">
         <v>86</v>
       </c>
       <c r="X147" s="14">
         <v>153107.95974775316</v>
       </c>
       <c r="Y147" s="16">
         <v>221.61892167852338</v>
       </c>
       <c r="Z147" s="14" t="s">
         <v>86</v>
       </c>
       <c r="AA147" s="16" t="s">
         <v>86</v>
       </c>
       <c r="AB147" s="14">
         <v>163534.37678562946</v>
       </c>
       <c r="AC147" s="15">
         <v>265.38604336207356</v>
       </c>
     </row>
-    <row r="148" spans="1:29">
+    <row r="148" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A148" s="17" t="s">
         <v>162</v>
       </c>
       <c r="B148" s="18" t="s">
         <v>86</v>
       </c>
       <c r="C148" s="19" t="s">
         <v>86</v>
       </c>
       <c r="D148" s="18">
         <v>155512.65367376668</v>
       </c>
       <c r="E148" s="20">
         <v>242.52093174165199</v>
       </c>
       <c r="F148" s="18">
         <v>128794.67490431687</v>
       </c>
       <c r="G148" s="20">
         <v>196.64779441356319</v>
       </c>
       <c r="H148" s="18">
         <v>148055.78795153348</v>
       </c>
       <c r="I148" s="20">
@@ -14388,51 +14392,51 @@
       <c r="V148" s="18" t="s">
         <v>86</v>
       </c>
       <c r="W148" s="20" t="s">
         <v>86</v>
       </c>
       <c r="X148" s="18">
         <v>153671.58818228132</v>
       </c>
       <c r="Y148" s="20">
         <v>222.43475598324062</v>
       </c>
       <c r="Z148" s="18" t="s">
         <v>86</v>
       </c>
       <c r="AA148" s="20" t="s">
         <v>86</v>
       </c>
       <c r="AB148" s="18">
         <v>164433.12456772337</v>
       </c>
       <c r="AC148" s="19">
         <v>266.84454476439953</v>
       </c>
     </row>
-    <row r="149" spans="1:29">
+    <row r="149" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A149" s="21" t="s">
         <v>163</v>
       </c>
       <c r="B149" s="14" t="s">
         <v>86</v>
       </c>
       <c r="C149" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D149" s="14">
         <v>145179.70466448233</v>
       </c>
       <c r="E149" s="16">
         <v>226.40676763879003</v>
       </c>
       <c r="F149" s="14">
         <v>136013.09478526565</v>
       </c>
       <c r="G149" s="16">
         <v>207.66910682259058</v>
       </c>
       <c r="H149" s="14">
         <v>143899.71861031576</v>
       </c>
       <c r="I149" s="16">
@@ -14477,51 +14481,51 @@
       <c r="V149" s="14" t="s">
         <v>86</v>
       </c>
       <c r="W149" s="16" t="s">
         <v>86</v>
       </c>
       <c r="X149" s="14">
         <v>160904.7851975903</v>
       </c>
       <c r="Y149" s="16">
         <v>232.90457953429615</v>
       </c>
       <c r="Z149" s="14" t="s">
         <v>86</v>
       </c>
       <c r="AA149" s="16" t="s">
         <v>86</v>
       </c>
       <c r="AB149" s="14">
         <v>168345.64305777443</v>
       </c>
       <c r="AC149" s="15">
         <v>273.19383854632224</v>
       </c>
     </row>
-    <row r="150" spans="1:29">
+    <row r="150" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A150" s="21" t="s">
         <v>164</v>
       </c>
       <c r="B150" s="14">
         <v>148572.02325176171</v>
       </c>
       <c r="C150" s="15">
         <v>213.96761886276016</v>
       </c>
       <c r="D150" s="14">
         <v>150339.66977291886</v>
       </c>
       <c r="E150" s="16">
         <v>234.45369833085846</v>
       </c>
       <c r="F150" s="14" t="s">
         <v>86</v>
       </c>
       <c r="G150" s="16" t="s">
         <v>86</v>
       </c>
       <c r="H150" s="14">
         <v>144065.72761389421</v>
       </c>
       <c r="I150" s="16">
@@ -14566,51 +14570,51 @@
       <c r="V150" s="14">
         <v>152808.59704939055</v>
       </c>
       <c r="W150" s="16">
         <v>249.8650057825775</v>
       </c>
       <c r="X150" s="14">
         <v>163281.05388516531</v>
       </c>
       <c r="Y150" s="16">
         <v>236.34415318563623</v>
       </c>
       <c r="Z150" s="14" t="s">
         <v>86</v>
       </c>
       <c r="AA150" s="16" t="s">
         <v>86</v>
       </c>
       <c r="AB150" s="14">
         <v>169098.23896096155</v>
       </c>
       <c r="AC150" s="15">
         <v>274.41516248397454</v>
       </c>
     </row>
-    <row r="151" spans="1:29">
+    <row r="151" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A151" s="21" t="s">
         <v>165</v>
       </c>
       <c r="B151" s="14" t="s">
         <v>86</v>
       </c>
       <c r="C151" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D151" s="14">
         <v>151975.40701563674</v>
       </c>
       <c r="E151" s="16">
         <v>237.00461949911693</v>
       </c>
       <c r="F151" s="14">
         <v>132220.73351482247</v>
       </c>
       <c r="G151" s="16">
         <v>201.87880935876993</v>
       </c>
       <c r="H151" s="14">
         <v>151472.43079709966</v>
       </c>
       <c r="I151" s="16">
@@ -14655,51 +14659,51 @@
       <c r="V151" s="14" t="s">
         <v>86</v>
       </c>
       <c r="W151" s="16" t="s">
         <v>86</v>
       </c>
       <c r="X151" s="14">
         <v>164894.15935860132</v>
       </c>
       <c r="Y151" s="16">
         <v>238.67907225950796</v>
       </c>
       <c r="Z151" s="14" t="s">
         <v>86</v>
       </c>
       <c r="AA151" s="16" t="s">
         <v>86</v>
       </c>
       <c r="AB151" s="14">
         <v>171903.6251932077</v>
       </c>
       <c r="AC151" s="15">
         <v>278.96778540590725</v>
       </c>
     </row>
-    <row r="152" spans="1:29">
+    <row r="152" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A152" s="22" t="s">
         <v>166</v>
       </c>
       <c r="B152" s="18" t="s">
         <v>86</v>
       </c>
       <c r="C152" s="19" t="s">
         <v>86</v>
       </c>
       <c r="D152" s="18">
         <v>144563.77825858354</v>
       </c>
       <c r="E152" s="20">
         <v>225.44623457402594</v>
       </c>
       <c r="F152" s="18">
         <v>138797.31242401872</v>
       </c>
       <c r="G152" s="20">
         <v>211.92013861590718</v>
       </c>
       <c r="H152" s="18" t="s">
         <v>86</v>
       </c>
       <c r="I152" s="20" t="s">
@@ -14744,51 +14748,51 @@
       <c r="V152" s="18">
         <v>153655.80554464416</v>
       </c>
       <c r="W152" s="20">
         <v>251.25031891058933</v>
       </c>
       <c r="X152" s="18">
         <v>170585.87242786988</v>
       </c>
       <c r="Y152" s="20">
         <v>246.91764662881579</v>
       </c>
       <c r="Z152" s="18" t="s">
         <v>86</v>
       </c>
       <c r="AA152" s="20" t="s">
         <v>86</v>
       </c>
       <c r="AB152" s="18">
         <v>167395.00193641271</v>
       </c>
       <c r="AC152" s="19">
         <v>271.65112385345873</v>
       </c>
     </row>
-    <row r="153" spans="1:29">
+    <row r="153" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A153" s="21" t="s">
         <v>167</v>
       </c>
       <c r="B153" s="14" t="s">
         <v>86</v>
       </c>
       <c r="C153" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D153" s="14" t="s">
         <v>86</v>
       </c>
       <c r="E153" s="16" t="s">
         <v>86</v>
       </c>
       <c r="F153" s="14">
         <v>140922.17304938289</v>
       </c>
       <c r="G153" s="16">
         <v>215.16444320943572</v>
       </c>
       <c r="H153" s="14">
         <v>145321.16082984518</v>
       </c>
       <c r="I153" s="16">
@@ -14833,51 +14837,51 @@
       <c r="V153" s="14">
         <v>154686.39334979767</v>
       </c>
       <c r="W153" s="16">
         <v>252.93548475116637</v>
       </c>
       <c r="X153" s="14">
         <v>182631.97359435214</v>
       </c>
       <c r="Y153" s="16">
         <v>264.35399647858497</v>
       </c>
       <c r="Z153" s="14" t="s">
         <v>86</v>
       </c>
       <c r="AA153" s="16" t="s">
         <v>86</v>
       </c>
       <c r="AB153" s="14">
         <v>167779.18238182773</v>
       </c>
       <c r="AC153" s="15">
         <v>272.27457765167401</v>
       </c>
     </row>
-    <row r="154" spans="1:29">
+    <row r="154" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A154" s="21" t="s">
         <v>168</v>
       </c>
       <c r="B154" s="14">
         <v>137556.21224394802</v>
       </c>
       <c r="C154" s="15">
         <v>198.10307855701234</v>
       </c>
       <c r="D154" s="14">
         <v>138690.05939257416</v>
       </c>
       <c r="E154" s="16">
         <v>216.28620972382032</v>
       </c>
       <c r="F154" s="14">
         <v>140936.17267592822</v>
       </c>
       <c r="G154" s="16">
         <v>215.18581828324832</v>
       </c>
       <c r="H154" s="14">
         <v>138736.49054736606</v>
       </c>
       <c r="I154" s="16">
@@ -14922,51 +14926,51 @@
       <c r="V154" s="14">
         <v>154730.16381675945</v>
       </c>
       <c r="W154" s="16">
         <v>253.00705603833015</v>
       </c>
       <c r="X154" s="14">
         <v>172560.79848994984</v>
       </c>
       <c r="Y154" s="16">
         <v>249.7762895432277</v>
       </c>
       <c r="Z154" s="14" t="s">
         <v>86</v>
       </c>
       <c r="AA154" s="16" t="s">
         <v>86</v>
       </c>
       <c r="AB154" s="14">
         <v>171473.36406659035</v>
       </c>
       <c r="AC154" s="15">
         <v>278.26955118598437</v>
       </c>
     </row>
-    <row r="155" spans="1:29">
+    <row r="155" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A155" s="21" t="s">
         <v>169</v>
       </c>
       <c r="B155" s="14">
         <v>148482.72700091952</v>
       </c>
       <c r="C155" s="15">
         <v>213.83901789369548</v>
       </c>
       <c r="D155" s="14">
         <v>144912.92295737745</v>
       </c>
       <c r="E155" s="16">
         <v>225.99072337068543</v>
       </c>
       <c r="F155" s="14">
         <v>143316.25333141311</v>
       </c>
       <c r="G155" s="16">
         <v>218.81980091316063</v>
       </c>
       <c r="H155" s="14">
         <v>141500.42766518882</v>
       </c>
       <c r="I155" s="16">
@@ -15011,51 +15015,51 @@
       <c r="V155" s="14">
         <v>161541.49643647709</v>
       </c>
       <c r="W155" s="16">
         <v>264.14460783368304</v>
       </c>
       <c r="X155" s="14">
         <v>173205.34118160355</v>
       </c>
       <c r="Y155" s="16">
         <v>250.7092446719839</v>
       </c>
       <c r="Z155" s="14" t="s">
         <v>86</v>
       </c>
       <c r="AA155" s="16" t="s">
         <v>86</v>
       </c>
       <c r="AB155" s="14">
         <v>170262.87251096746</v>
       </c>
       <c r="AC155" s="15">
         <v>276.30514730476818</v>
       </c>
     </row>
-    <row r="156" spans="1:29">
+    <row r="156" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A156" s="22" t="s">
         <v>170</v>
       </c>
       <c r="B156" s="18">
         <v>152817.56620534629</v>
       </c>
       <c r="C156" s="19">
         <v>220.08188382783186</v>
       </c>
       <c r="D156" s="18">
         <v>141933.12584181144</v>
       </c>
       <c r="E156" s="20">
         <v>221.34374991999667</v>
       </c>
       <c r="F156" s="18">
         <v>138564.87327563457</v>
       </c>
       <c r="G156" s="20">
         <v>211.5652431522627</v>
       </c>
       <c r="H156" s="18">
         <v>148773.65166189341</v>
       </c>
       <c r="I156" s="20">
@@ -15100,51 +15104,51 @@
       <c r="V156" s="18">
         <v>149246.17877454893</v>
       </c>
       <c r="W156" s="20">
         <v>244.03991688031135</v>
       </c>
       <c r="X156" s="18">
         <v>170345.16175945199</v>
       </c>
       <c r="Y156" s="20">
         <v>246.56922556136004</v>
       </c>
       <c r="Z156" s="18">
         <v>151991.81424026529</v>
       </c>
       <c r="AA156" s="20">
         <v>319.9466547343859</v>
       </c>
       <c r="AB156" s="18">
         <v>172706.50473076495</v>
       </c>
       <c r="AC156" s="19">
         <v>280.2707103808072</v>
       </c>
     </row>
-    <row r="157" spans="1:29">
+    <row r="157" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A157" s="21" t="s">
         <v>171</v>
       </c>
       <c r="B157" s="14">
         <v>150727.00964018673</v>
       </c>
       <c r="C157" s="15">
         <v>217.07114600145715</v>
       </c>
       <c r="D157" s="14" t="s">
         <v>86</v>
       </c>
       <c r="E157" s="16" t="s">
         <v>86</v>
       </c>
       <c r="F157" s="14">
         <v>136735.68480032388</v>
       </c>
       <c r="G157" s="16">
         <v>208.7723801747849</v>
       </c>
       <c r="H157" s="14">
         <v>147590.33456456792</v>
       </c>
       <c r="I157" s="16">
@@ -15189,51 +15193,51 @@
       <c r="V157" s="14">
         <v>147288.50432715446</v>
       </c>
       <c r="W157" s="16">
         <v>240.83882514487374</v>
       </c>
       <c r="X157" s="14">
         <v>179851.00831561026</v>
       </c>
       <c r="Y157" s="16">
         <v>260.32863733125151</v>
       </c>
       <c r="Z157" s="14" t="s">
         <v>86</v>
       </c>
       <c r="AA157" s="16" t="s">
         <v>86</v>
       </c>
       <c r="AB157" s="14">
         <v>173044.9815421149</v>
       </c>
       <c r="AC157" s="15">
         <v>280.8199956350735</v>
       </c>
     </row>
-    <row r="158" spans="1:29">
+    <row r="158" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A158" s="21" t="s">
         <v>172</v>
       </c>
       <c r="B158" s="14">
         <v>145408.92387054072</v>
       </c>
       <c r="C158" s="15">
         <v>209.41224680809509</v>
       </c>
       <c r="D158" s="14">
         <v>148212.62436615836</v>
       </c>
       <c r="E158" s="16">
         <v>231.13658540327307</v>
       </c>
       <c r="F158" s="14">
         <v>144678.22656210093</v>
       </c>
       <c r="G158" s="16">
         <v>220.89930483724794</v>
       </c>
       <c r="H158" s="14">
         <v>156368.23591132078</v>
       </c>
       <c r="I158" s="16">
@@ -15278,51 +15282,51 @@
       <c r="V158" s="14">
         <v>141453.75355725334</v>
       </c>
       <c r="W158" s="16">
         <v>231.29813134222056</v>
       </c>
       <c r="X158" s="14">
         <v>174247.05439751086</v>
       </c>
       <c r="Y158" s="16">
         <v>252.21709155328256</v>
       </c>
       <c r="Z158" s="14" t="s">
         <v>86</v>
       </c>
       <c r="AA158" s="16" t="s">
         <v>86</v>
       </c>
       <c r="AB158" s="14">
         <v>175697.27441030642</v>
       </c>
       <c r="AC158" s="15">
         <v>285.12417634595533</v>
       </c>
     </row>
-    <row r="159" spans="1:29">
+    <row r="159" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A159" s="21" t="s">
         <v>173</v>
       </c>
       <c r="B159" s="14">
         <v>143987.53435261772</v>
       </c>
       <c r="C159" s="15">
         <v>207.36521719935706</v>
       </c>
       <c r="D159" s="14">
         <v>155974.60140880765</v>
       </c>
       <c r="E159" s="16">
         <v>243.24133611050226</v>
       </c>
       <c r="F159" s="14">
         <v>152372.35403358523</v>
       </c>
       <c r="G159" s="16">
         <v>232.64694268274306</v>
       </c>
       <c r="H159" s="14">
         <v>154064.46896207996</v>
       </c>
       <c r="I159" s="16">
@@ -15367,51 +15371,51 @@
       <c r="V159" s="14">
         <v>151396.61671229103</v>
       </c>
       <c r="W159" s="16">
         <v>247.55620587271233</v>
       </c>
       <c r="X159" s="14">
         <v>173419.26623288629</v>
       </c>
       <c r="Y159" s="16">
         <v>251.01889440713427</v>
       </c>
       <c r="Z159" s="14" t="s">
         <v>86</v>
       </c>
       <c r="AA159" s="16" t="s">
         <v>86</v>
       </c>
       <c r="AB159" s="14">
         <v>172052.35595728448</v>
       </c>
       <c r="AC159" s="15">
         <v>279.20914792417642</v>
       </c>
     </row>
-    <row r="160" spans="1:29">
+    <row r="160" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A160" s="21" t="s">
         <v>174</v>
       </c>
       <c r="B160" s="14">
         <v>147278.17093498789</v>
       </c>
       <c r="C160" s="15">
         <v>212.10426334453425</v>
       </c>
       <c r="D160" s="14">
         <v>147855.22420946919</v>
       </c>
       <c r="E160" s="16">
         <v>230.57922227585391</v>
       </c>
       <c r="F160" s="14">
         <v>146909.63923510147</v>
       </c>
       <c r="G160" s="16">
         <v>224.30629647644434</v>
       </c>
       <c r="H160" s="14">
         <v>155398.74202072943</v>
       </c>
       <c r="I160" s="16">
@@ -15456,51 +15460,51 @@
       <c r="V160" s="14">
         <v>140475.9283642566</v>
       </c>
       <c r="W160" s="16">
         <v>229.69924029668923</v>
       </c>
       <c r="X160" s="14">
         <v>169730.00366465439</v>
       </c>
       <c r="Y160" s="16">
         <v>245.67880370572647</v>
       </c>
       <c r="Z160" s="14">
         <v>149253.52914889302</v>
       </c>
       <c r="AA160" s="16">
         <v>314.18249461120536</v>
       </c>
       <c r="AB160" s="14">
         <v>173336.5384425938</v>
       </c>
       <c r="AC160" s="15">
         <v>281.29313855311835</v>
       </c>
     </row>
-    <row r="161" spans="1:29">
+    <row r="161" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A161" s="21" t="s">
         <v>175</v>
       </c>
       <c r="B161" s="14">
         <v>144168.16360223878</v>
       </c>
       <c r="C161" s="15">
         <v>207.62535238222992</v>
       </c>
       <c r="D161" s="14">
         <v>151257.85988463266</v>
       </c>
       <c r="E161" s="16">
         <v>235.88560960076671</v>
       </c>
       <c r="F161" s="14">
         <v>150217.84866534843</v>
       </c>
       <c r="G161" s="16">
         <v>229.35737555560286</v>
       </c>
       <c r="H161" s="14">
         <v>159692.74586872317</v>
       </c>
       <c r="I161" s="16">
@@ -15545,51 +15549,51 @@
       <c r="V161" s="14">
         <v>149429.64184458068</v>
       </c>
       <c r="W161" s="16">
         <v>244.3399065532717</v>
       </c>
       <c r="X161" s="14">
         <v>173061.23768208033</v>
       </c>
       <c r="Y161" s="16">
         <v>250.50065942124286</v>
       </c>
       <c r="Z161" s="14">
         <v>153592.58236300264</v>
       </c>
       <c r="AA161" s="16">
         <v>323.31631255731082</v>
       </c>
       <c r="AB161" s="14">
         <v>174064.2176717456</v>
       </c>
       <c r="AC161" s="15">
         <v>282.47402733783247</v>
       </c>
     </row>
-    <row r="162" spans="1:29">
+    <row r="162" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A162" s="21" t="s">
         <v>176</v>
       </c>
       <c r="B162" s="14">
         <v>144485.68334457162</v>
       </c>
       <c r="C162" s="15">
         <v>208.08263190041853</v>
       </c>
       <c r="D162" s="14">
         <v>151292.21013204937</v>
       </c>
       <c r="E162" s="16">
         <v>235.93917857931768</v>
       </c>
       <c r="F162" s="14">
         <v>154105.20427630731</v>
       </c>
       <c r="G162" s="16">
         <v>235.2927133913027</v>
       </c>
       <c r="H162" s="14">
         <v>159630.36853236664</v>
       </c>
       <c r="I162" s="16">
@@ -15634,51 +15638,51 @@
       <c r="V162" s="14">
         <v>150090.33435245545</v>
       </c>
       <c r="W162" s="16">
         <v>245.42023802995737</v>
       </c>
       <c r="X162" s="14">
         <v>168581.38598030119</v>
       </c>
       <c r="Y162" s="16">
         <v>244.01621599280406</v>
       </c>
       <c r="Z162" s="14">
         <v>142988.57630455378</v>
       </c>
       <c r="AA162" s="16">
         <v>300.9946087067288</v>
       </c>
       <c r="AB162" s="14">
         <v>175419.24798210213</v>
       </c>
       <c r="AC162" s="15">
         <v>284.6729908815808</v>
       </c>
     </row>
-    <row r="163" spans="1:29">
+    <row r="163" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A163" s="5" t="s">
         <v>177</v>
       </c>
       <c r="B163" s="14">
         <v>146100.50182135202</v>
       </c>
       <c r="C163" s="15">
         <v>210.40823033281515</v>
       </c>
       <c r="D163" s="14">
         <v>158381.69246498044</v>
       </c>
       <c r="E163" s="16">
         <v>246.99517833452256</v>
       </c>
       <c r="F163" s="14">
         <v>153478.81130280261</v>
       </c>
       <c r="G163" s="16">
         <v>234.33631673307627</v>
       </c>
       <c r="H163" s="14">
         <v>165422.6553509784</v>
       </c>
       <c r="I163" s="16">
@@ -15723,51 +15727,51 @@
       <c r="V163" s="14">
         <v>145715.92841107838</v>
       </c>
       <c r="W163" s="16">
         <v>238.26742734428473</v>
       </c>
       <c r="X163" s="14">
         <v>171750.03513823319</v>
       </c>
       <c r="Y163" s="16">
         <v>248.60273527446247</v>
       </c>
       <c r="Z163" s="14" t="s">
         <v>86</v>
       </c>
       <c r="AA163" s="16" t="s">
         <v>86</v>
       </c>
       <c r="AB163" s="14">
         <v>179163.54995044786</v>
       </c>
       <c r="AC163" s="15">
         <v>290.74930036502769</v>
       </c>
     </row>
-    <row r="164" spans="1:29">
+    <row r="164" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A164" s="5" t="s">
         <v>178</v>
       </c>
       <c r="B164" s="14">
         <v>148060.98160968252</v>
       </c>
       <c r="C164" s="15">
         <v>213.2316366710786</v>
       </c>
       <c r="D164" s="14">
         <v>156293.13303858211</v>
       </c>
       <c r="E164" s="16">
         <v>243.73808403304849</v>
       </c>
       <c r="F164" s="14">
         <v>161263.037475569</v>
       </c>
       <c r="G164" s="16">
         <v>246.22152013320172</v>
       </c>
       <c r="H164" s="14">
         <v>165428.09267789579</v>
       </c>
       <c r="I164" s="16">
@@ -15812,51 +15816,51 @@
       <c r="V164" s="14">
         <v>150016.63403600085</v>
       </c>
       <c r="W164" s="16">
         <v>245.29972694384904</v>
       </c>
       <c r="X164" s="14">
         <v>178342.96449371913</v>
       </c>
       <c r="Y164" s="16">
         <v>258.14579166991496</v>
       </c>
       <c r="Z164" s="14">
         <v>150152.95370088945</v>
       </c>
       <c r="AA164" s="16">
         <v>316.07580628746666</v>
       </c>
       <c r="AB164" s="14">
         <v>183363.85787045286</v>
       </c>
       <c r="AC164" s="15">
         <v>297.56562315723011</v>
       </c>
     </row>
-    <row r="165" spans="1:29">
+    <row r="165" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A165" s="5" t="s">
         <v>179</v>
       </c>
       <c r="B165" s="14">
         <v>154687.65568214341</v>
       </c>
       <c r="C165" s="15">
         <v>222.7751135735999</v>
       </c>
       <c r="D165" s="14">
         <v>170268.92800302152</v>
       </c>
       <c r="E165" s="16">
         <v>265.5332417680354</v>
       </c>
       <c r="F165" s="14">
         <v>161988.86846805719</v>
       </c>
       <c r="G165" s="16">
         <v>247.32974191252487</v>
       </c>
       <c r="H165" s="14">
         <v>165419.37714343358</v>
       </c>
       <c r="I165" s="16">
@@ -15901,51 +15905,51 @@
       <c r="V165" s="14">
         <v>161311.73354823064</v>
       </c>
       <c r="W165" s="16">
         <v>263.76891100438911</v>
       </c>
       <c r="X165" s="14">
         <v>180449.88614340677</v>
       </c>
       <c r="Y165" s="16">
         <v>261.19549401611681</v>
       </c>
       <c r="Z165" s="14">
         <v>157523.50987433147</v>
       </c>
       <c r="AA165" s="16">
         <v>331.59101546509311</v>
       </c>
       <c r="AB165" s="14">
         <v>189228.30718479742</v>
       </c>
       <c r="AC165" s="15">
         <v>307.08253960392608</v>
       </c>
     </row>
-    <row r="166" spans="1:29">
+    <row r="166" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A166" s="5" t="s">
         <v>180</v>
       </c>
       <c r="B166" s="14" t="s">
         <v>86</v>
       </c>
       <c r="C166" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D166" s="14">
         <v>157870.18408155019</v>
       </c>
       <c r="E166" s="16">
         <v>246.19748446966571</v>
       </c>
       <c r="F166" s="14">
         <v>158688.96492807791</v>
       </c>
       <c r="G166" s="16">
         <v>242.29134453005142</v>
       </c>
       <c r="H166" s="14">
         <v>163171.12763995657</v>
       </c>
       <c r="I166" s="16">
@@ -15990,51 +15994,51 @@
       <c r="V166" s="14" t="s">
         <v>86</v>
       </c>
       <c r="W166" s="16" t="s">
         <v>86</v>
       </c>
       <c r="X166" s="14">
         <v>190324.38267065884</v>
       </c>
       <c r="Y166" s="16">
         <v>275.48851494130776</v>
       </c>
       <c r="Z166" s="14">
         <v>161650.50626097975</v>
       </c>
       <c r="AA166" s="16">
         <v>340.27844836803695</v>
       </c>
       <c r="AB166" s="14">
         <v>190051.05823451947</v>
       </c>
       <c r="AC166" s="15">
         <v>308.41771236728914</v>
       </c>
     </row>
-    <row r="167" spans="1:29">
+    <row r="167" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A167" s="5" t="s">
         <v>181</v>
       </c>
       <c r="B167" s="14">
         <v>146393.60763393887</v>
       </c>
       <c r="C167" s="15">
         <v>210.83034986394495</v>
       </c>
       <c r="D167" s="14">
         <v>167126.62859658865</v>
       </c>
       <c r="E167" s="16">
         <v>260.63284709367008</v>
       </c>
       <c r="F167" s="14">
         <v>148467.29313669421</v>
       </c>
       <c r="G167" s="16">
         <v>226.68457185495248</v>
       </c>
       <c r="H167" s="14">
         <v>172962.04524302916</v>
       </c>
       <c r="I167" s="16">
@@ -16079,51 +16083,51 @@
       <c r="V167" s="14">
         <v>161665.67262389616</v>
       </c>
       <c r="W167" s="16">
         <v>264.34765454955271</v>
       </c>
       <c r="X167" s="14">
         <v>190709.85290404619</v>
       </c>
       <c r="Y167" s="16">
         <v>276.04647089345565</v>
       </c>
       <c r="Z167" s="14" t="s">
         <v>86</v>
       </c>
       <c r="AA167" s="16" t="s">
         <v>86</v>
       </c>
       <c r="AB167" s="14">
         <v>193408.61595424006</v>
       </c>
       <c r="AC167" s="15">
         <v>313.86640747415629</v>
       </c>
     </row>
-    <row r="168" spans="1:29">
+    <row r="168" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A168" s="5" t="s">
         <v>182</v>
       </c>
       <c r="B168" s="14">
         <v>145204.99474128612</v>
       </c>
       <c r="C168" s="15">
         <v>209.11855604957711</v>
       </c>
       <c r="D168" s="14">
         <v>159793.9930521246</v>
       </c>
       <c r="E168" s="16">
         <v>249.19765154941604</v>
       </c>
       <c r="F168" s="14">
         <v>154985.14671800629</v>
       </c>
       <c r="G168" s="16">
         <v>236.63623741898121</v>
       </c>
       <c r="H168" s="14">
         <v>171436.8560913878</v>
       </c>
       <c r="I168" s="16">
@@ -16168,51 +16172,51 @@
       <c r="V168" s="14">
         <v>165319.3431674887</v>
       </c>
       <c r="W168" s="16">
         <v>270.32195461597706</v>
       </c>
       <c r="X168" s="14">
         <v>187522.95781536502</v>
       </c>
       <c r="Y168" s="16">
         <v>271.43354120502073</v>
       </c>
       <c r="Z168" s="14">
         <v>166372.30068955751</v>
       </c>
       <c r="AA168" s="16">
         <v>350.21794635559831</v>
       </c>
       <c r="AB168" s="14">
         <v>196135.78069269873</v>
       </c>
       <c r="AC168" s="15">
         <v>318.29209138087913</v>
       </c>
     </row>
-    <row r="169" spans="1:29">
+    <row r="169" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A169" s="5" t="s">
         <v>183</v>
       </c>
       <c r="B169" s="14">
         <v>158312.76238453895</v>
       </c>
       <c r="C169" s="15">
         <v>227.99585050817487</v>
       </c>
       <c r="D169" s="14">
         <v>155803.75318702351</v>
       </c>
       <c r="E169" s="16">
         <v>242.97489946400012</v>
       </c>
       <c r="F169" s="14">
         <v>148736.9313771895</v>
       </c>
       <c r="G169" s="16">
         <v>227.09626407221489</v>
       </c>
       <c r="H169" s="14">
         <v>169424.95599604226</v>
       </c>
       <c r="I169" s="16">
@@ -16257,51 +16261,51 @@
       <c r="V169" s="14">
         <v>166226.07136109343</v>
       </c>
       <c r="W169" s="16">
         <v>271.80459138977744</v>
       </c>
       <c r="X169" s="14">
         <v>192733.10978947472</v>
       </c>
       <c r="Y169" s="16">
         <v>278.97507114367153</v>
       </c>
       <c r="Z169" s="14">
         <v>167122.51039806471</v>
       </c>
       <c r="AA169" s="16">
         <v>351.79715697155103</v>
       </c>
       <c r="AB169" s="14">
         <v>192434.05205208506</v>
       </c>
       <c r="AC169" s="15">
         <v>312.28487053323863</v>
       </c>
     </row>
-    <row r="170" spans="1:29">
+    <row r="170" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A170" s="5" t="s">
         <v>184</v>
       </c>
       <c r="B170" s="14">
         <v>156234.85677712818</v>
       </c>
       <c r="C170" s="15">
         <v>225.00333209650961</v>
       </c>
       <c r="D170" s="14">
         <v>151951.54355042975</v>
       </c>
       <c r="E170" s="16">
         <v>236.96740458650459</v>
       </c>
       <c r="F170" s="14">
         <v>150005.32169102092</v>
       </c>
       <c r="G170" s="16">
         <v>229.03288263082985</v>
       </c>
       <c r="H170" s="14">
         <v>170957.03923038274</v>
       </c>
       <c r="I170" s="16">
@@ -16346,51 +16350,51 @@
       <c r="V170" s="14">
         <v>167649.08706422217</v>
       </c>
       <c r="W170" s="16">
         <v>274.13143578045032</v>
       </c>
       <c r="X170" s="14">
         <v>162563.16970022139</v>
       </c>
       <c r="Y170" s="16">
         <v>235.30503856860753</v>
       </c>
       <c r="Z170" s="14">
         <v>161412.6294066853</v>
       </c>
       <c r="AA170" s="16">
         <v>339.77771150828778</v>
       </c>
       <c r="AB170" s="14">
         <v>194510.9599198447</v>
       </c>
       <c r="AC170" s="15">
         <v>315.65530782163103</v>
       </c>
     </row>
-    <row r="171" spans="1:29">
+    <row r="171" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A171" s="5" t="s">
         <v>185</v>
       </c>
       <c r="B171" s="5" t="s">
         <v>86</v>
       </c>
       <c r="C171" s="5" t="s">
         <v>86</v>
       </c>
       <c r="D171" s="5" t="s">
         <v>86</v>
       </c>
       <c r="E171" s="5" t="s">
         <v>86</v>
       </c>
       <c r="F171" s="5" t="s">
         <v>86</v>
       </c>
       <c r="G171" s="5" t="s">
         <v>86</v>
       </c>
       <c r="H171" s="5" t="s">
         <v>86</v>
       </c>
       <c r="I171" s="5" t="s">
@@ -16435,51 +16439,51 @@
       <c r="V171" s="5" t="s">
         <v>86</v>
       </c>
       <c r="W171" s="5" t="s">
         <v>86</v>
       </c>
       <c r="X171" s="5" t="s">
         <v>86</v>
       </c>
       <c r="Y171" s="5" t="s">
         <v>86</v>
       </c>
       <c r="Z171" s="5" t="s">
         <v>86</v>
       </c>
       <c r="AA171" s="5" t="s">
         <v>86</v>
       </c>
       <c r="AB171" s="14">
         <v>202250.16960770852</v>
       </c>
       <c r="AC171" s="15">
         <v>328.21461356628163</v>
       </c>
     </row>
-    <row r="172" spans="1:29">
+    <row r="172" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A172" s="5" t="s">
         <v>186</v>
       </c>
       <c r="B172" s="5" t="s">
         <v>86</v>
       </c>
       <c r="C172" s="5" t="s">
         <v>86</v>
       </c>
       <c r="D172" s="5" t="s">
         <v>86</v>
       </c>
       <c r="E172" s="5" t="s">
         <v>86</v>
       </c>
       <c r="F172" s="5" t="s">
         <v>86</v>
       </c>
       <c r="G172" s="5" t="s">
         <v>86</v>
       </c>
       <c r="H172" s="5" t="s">
         <v>86</v>
       </c>
       <c r="I172" s="5" t="s">
@@ -16524,477 +16528,488 @@
       <c r="V172" s="5" t="s">
         <v>86</v>
       </c>
       <c r="W172" s="5" t="s">
         <v>86</v>
       </c>
       <c r="X172" s="5" t="s">
         <v>86</v>
       </c>
       <c r="Y172" s="5" t="s">
         <v>86</v>
       </c>
       <c r="Z172" s="5" t="s">
         <v>86</v>
       </c>
       <c r="AA172" s="5" t="s">
         <v>86</v>
       </c>
       <c r="AB172" s="14">
         <v>203122.06629231607</v>
       </c>
       <c r="AC172" s="15">
         <v>329.62954060423294</v>
       </c>
     </row>
-    <row r="173" spans="1:29">
+    <row r="173" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A173" s="5" t="s">
         <v>187</v>
       </c>
       <c r="AB173" s="14">
         <v>210092.8857424946</v>
       </c>
       <c r="AC173" s="15">
         <v>340.94189112793538</v>
       </c>
     </row>
-    <row r="174" spans="1:29">
+    <row r="174" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A174" s="5" t="s">
         <v>188</v>
       </c>
       <c r="AB174" s="14">
         <v>214986.59873308954</v>
       </c>
       <c r="AC174" s="15">
         <v>348.88348208545017</v>
       </c>
     </row>
-    <row r="175" spans="1:29">
+    <row r="175" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A175" s="5" t="s">
         <v>189</v>
       </c>
       <c r="AB175" s="14">
         <v>219881.05340128776</v>
       </c>
       <c r="AC175" s="15">
         <v>356.82627664852146</v>
       </c>
     </row>
-    <row r="176" spans="1:29">
+    <row r="176" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A176" s="5" t="s">
         <v>190</v>
       </c>
       <c r="AB176" s="14">
         <v>218724.97414661173</v>
       </c>
       <c r="AC176" s="15">
         <v>354.95017386669707</v>
       </c>
     </row>
-    <row r="177" spans="1:29">
+    <row r="177" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A177" s="5" t="s">
         <v>191</v>
       </c>
       <c r="AB177" s="14">
         <v>216824.34869395674</v>
       </c>
       <c r="AC177" s="15">
         <v>351.86581032975977</v>
       </c>
     </row>
-    <row r="178" spans="1:29">
+    <row r="178" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A178" s="5" t="s">
         <v>192</v>
       </c>
       <c r="AB178" s="14">
         <v>223315.41445315001</v>
       </c>
       <c r="AC178" s="15">
         <v>362.39960935657518</v>
       </c>
     </row>
-    <row r="179" spans="1:29">
+    <row r="179" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A179" s="5" t="s">
         <v>193</v>
       </c>
       <c r="AB179" s="14">
         <v>224272.52033708201</v>
       </c>
       <c r="AC179" s="15">
         <v>363.95281516325542</v>
       </c>
     </row>
-    <row r="180" spans="1:29">
+    <row r="180" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A180" s="5" t="s">
         <v>194</v>
       </c>
       <c r="AB180" s="14">
         <v>233722.52002497399</v>
       </c>
       <c r="AC180" s="15">
         <v>379.28841662049513</v>
       </c>
     </row>
-    <row r="181" spans="1:29">
+    <row r="181" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A181" s="5" t="s">
         <v>195</v>
       </c>
       <c r="AB181" s="14">
         <v>233116.178078686</v>
       </c>
       <c r="AC181" s="15">
         <v>378.30443580121596</v>
       </c>
     </row>
-    <row r="182" spans="1:29">
+    <row r="182" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A182" s="5" t="s">
         <v>196</v>
       </c>
       <c r="AB182" s="14">
         <v>230697.87866222</v>
       </c>
       <c r="AC182" s="15">
         <v>374.37998317898837</v>
       </c>
     </row>
-    <row r="183" spans="1:29">
+    <row r="183" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A183" s="5" t="s">
         <v>197</v>
       </c>
       <c r="AB183" s="14">
         <v>233213.78673899701</v>
       </c>
       <c r="AC183" s="15">
         <v>378.46283660150624</v>
       </c>
     </row>
-    <row r="184" spans="1:29">
+    <row r="184" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A184" s="5" t="s">
         <v>198</v>
       </c>
       <c r="AB184" s="14">
         <v>237486.12035388401</v>
       </c>
       <c r="AC184" s="15">
         <v>385.39604377337764</v>
       </c>
     </row>
-    <row r="185" spans="1:29">
+    <row r="185" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A185" s="5" t="s">
         <v>199</v>
       </c>
       <c r="AB185" s="14">
         <v>238441.77658882501</v>
       </c>
       <c r="AC185" s="15">
         <v>386.94689706789774</v>
       </c>
     </row>
-    <row r="186" spans="1:29">
+    <row r="186" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A186" s="5" t="s">
         <v>200</v>
       </c>
       <c r="AB186" s="14">
         <v>241066.95591416201</v>
       </c>
       <c r="AC186" s="15">
         <v>391.20707751411896</v>
       </c>
     </row>
-    <row r="187" spans="1:29">
+    <row r="187" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A187" s="5" t="s">
         <v>201</v>
       </c>
       <c r="AB187" s="14">
         <v>239248.30990550699</v>
       </c>
       <c r="AC187" s="15">
         <v>388.25575145045065</v>
       </c>
     </row>
-    <row r="188" spans="1:29">
+    <row r="188" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A188" s="5" t="s">
         <v>202</v>
       </c>
       <c r="AB188" s="14">
         <v>246669.204998742</v>
       </c>
       <c r="AC188" s="15">
         <v>400.29849148901928</v>
       </c>
     </row>
-    <row r="189" spans="1:29">
+    <row r="189" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A189" s="5" t="s">
         <v>203</v>
       </c>
       <c r="AB189" s="14">
         <v>243653.358970817</v>
       </c>
       <c r="AC189" s="15">
         <v>395.40433124900193</v>
       </c>
     </row>
-    <row r="190" spans="1:29">
+    <row r="190" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A190" s="5" t="s">
         <v>204</v>
       </c>
       <c r="AB190" s="14">
         <v>249623.99788758499</v>
       </c>
       <c r="AC190" s="15">
         <v>405.09357377775632</v>
       </c>
     </row>
-    <row r="191" spans="1:29">
+    <row r="191" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A191" s="5" t="s">
         <v>205</v>
       </c>
       <c r="AB191" s="14">
         <v>250678.10434913501</v>
       </c>
       <c r="AC191" s="15">
         <v>406.80419357899763</v>
       </c>
     </row>
-    <row r="192" spans="1:29">
+    <row r="192" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A192" s="5" t="s">
         <v>206</v>
       </c>
       <c r="AB192" s="14">
         <v>255143.139551259</v>
       </c>
       <c r="AC192" s="15">
         <v>414.05011978151941</v>
       </c>
     </row>
-    <row r="193" spans="1:29">
+    <row r="193" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A193" s="5" t="s">
         <v>207</v>
       </c>
       <c r="AB193" s="14">
         <v>249522.40780086999</v>
       </c>
       <c r="AC193" s="15">
         <v>404.92871185888629</v>
       </c>
     </row>
-    <row r="194" spans="1:29">
+    <row r="194" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A194" s="5" t="s">
         <v>208</v>
       </c>
       <c r="AB194" s="14">
         <v>257683.710783641</v>
       </c>
       <c r="AC194" s="15">
         <v>418.1729969434582</v>
       </c>
     </row>
-    <row r="195" spans="1:29">
+    <row r="195" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A195" s="5" t="s">
         <v>209</v>
       </c>
       <c r="AB195" s="14">
         <v>265515.88833407703</v>
       </c>
       <c r="AC195" s="15">
         <v>430.88317233211166</v>
       </c>
     </row>
-    <row r="196" spans="1:29">
+    <row r="196" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A196" s="5" t="s">
         <v>210</v>
       </c>
       <c r="AB196" s="14">
         <v>266029.97808559099</v>
       </c>
       <c r="AC196" s="15">
         <v>431.71744490384202</v>
       </c>
     </row>
-    <row r="197" spans="1:29">
+    <row r="197" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A197" s="5" t="s">
         <v>211</v>
       </c>
       <c r="AB197" s="14">
         <v>279031.15584811399</v>
       </c>
       <c r="AC197" s="15">
         <v>452.81595148858207</v>
       </c>
     </row>
-    <row r="198" spans="1:29">
+    <row r="198" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A198" s="5" t="s">
         <v>212</v>
       </c>
       <c r="AB198" s="14">
         <v>295022.06368133798</v>
       </c>
       <c r="AC198" s="15">
         <v>478.76623694562619</v>
       </c>
     </row>
-    <row r="199" spans="1:29">
+    <row r="199" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A199" s="5" t="s">
         <v>213</v>
       </c>
       <c r="AB199" s="14">
         <v>292773.28895314201</v>
       </c>
       <c r="AC199" s="15">
         <v>475.11689153422776</v>
       </c>
     </row>
-    <row r="200" spans="1:29">
+    <row r="200" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A200" s="5" t="s">
         <v>214</v>
       </c>
       <c r="AB200" s="14">
         <v>291962.57422398898</v>
       </c>
       <c r="AC200" s="15">
         <v>473.80125149270106</v>
       </c>
     </row>
-    <row r="201" spans="1:29">
+    <row r="201" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A201" s="5" t="s">
         <v>215</v>
       </c>
       <c r="AB201" s="14">
         <v>285763.447874918</v>
       </c>
       <c r="AC201" s="15">
         <v>463.74121612632609</v>
       </c>
     </row>
-    <row r="202" spans="1:29">
+    <row r="202" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A202" s="5" t="s">
         <v>216</v>
       </c>
       <c r="AB202" s="14">
         <v>291023.03228677</v>
       </c>
       <c r="AC202" s="15">
         <v>472.2765487226032</v>
       </c>
     </row>
-    <row r="203" spans="1:29">
+    <row r="203" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A203" s="5" t="s">
         <v>217</v>
       </c>
       <c r="AB203" s="14">
         <v>300951.547578984</v>
       </c>
       <c r="AC203" s="15">
         <v>488.38869249109342</v>
       </c>
     </row>
-    <row r="204" spans="1:29">
+    <row r="204" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A204" s="5" t="s">
         <v>218</v>
       </c>
       <c r="AB204" s="14">
         <v>295820.67109314899</v>
       </c>
       <c r="AC204" s="15">
         <v>480.06222905068665</v>
       </c>
     </row>
-    <row r="205" spans="1:29">
+    <row r="205" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A205" s="5" t="s">
         <v>219</v>
       </c>
       <c r="AB205" s="14">
         <v>301040.84877652302</v>
       </c>
       <c r="AC205" s="15">
         <v>488.53361181599746</v>
       </c>
     </row>
-    <row r="206" spans="1:29">
+    <row r="206" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A206" s="5" t="s">
         <v>220</v>
       </c>
       <c r="AB206" s="14">
         <v>298235.845408505</v>
       </c>
       <c r="AC206" s="15">
         <v>483.98161021188582</v>
       </c>
     </row>
-    <row r="207" spans="1:29">
+    <row r="207" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A207" s="5" t="s">
         <v>221</v>
       </c>
       <c r="AB207" s="14">
         <v>299191.47399715299</v>
       </c>
       <c r="AC207" s="15">
         <v>485.53241864158628</v>
       </c>
     </row>
-    <row r="208" spans="1:29">
+    <row r="208" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A208" s="5" t="s">
         <v>222</v>
       </c>
       <c r="AB208" s="14">
         <v>307673.46005930798</v>
       </c>
       <c r="AC208" s="15">
         <v>499.29711304488177</v>
       </c>
     </row>
-    <row r="209" spans="1:29">
+    <row r="209" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A209" s="5" t="s">
         <v>223</v>
       </c>
       <c r="AB209" s="14">
         <v>309918.27087737399</v>
       </c>
       <c r="AC209" s="15">
         <v>502.940025763373</v>
       </c>
     </row>
-    <row r="210" spans="1:29">
+    <row r="210" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A210" s="5" t="s">
         <v>224</v>
       </c>
       <c r="AB210" s="14">
         <v>313238.38904282101</v>
       </c>
       <c r="AC210" s="15">
         <v>508.327963399125</v>
       </c>
     </row>
-    <row r="211" spans="1:29">
+    <row r="211" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A211" s="5" t="s">
         <v>225</v>
       </c>
       <c r="AB211" s="14">
         <v>315707.74308473</v>
       </c>
       <c r="AC211" s="15">
         <v>512.33526823449563</v>
+      </c>
+    </row>
+    <row r="212" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A212" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="AB212" s="14">
+        <v>316664.29900588898</v>
+      </c>
+      <c r="AC212" s="15">
+        <v>513.88758155332596</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.78740157480314965" bottom="0.78740157480314965" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="99" orientation="landscape" horizontalDpi="150" verticalDpi="150" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Tahoma,Bold"New Properties - Mix-adjusted regional and UK indices</oddHeader>
     <oddFooter>&amp;C&amp;"Tahoma,Regular"&amp;P&amp;R&amp;"Tahoma,Regular"Nationwide Building Society &amp;L&amp;"Calibri"&amp;11&amp;K000000&amp;"Tahoma,Regular"www.nationwide.co.uk/hpi_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;KFF0000NBS Secret</oddFooter>
   </headerFooter>
   <rowBreaks count="4" manualBreakCount="4">
     <brk id="36" max="28" man="1"/>
     <brk id="72" max="28" man="1"/>
     <brk id="108" max="28" man="1"/>
     <brk id="144" max="28" man="1"/>
   </rowBreaks>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="15" max="159" man="1"/>
   </colBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
@@ -17024,47 +17039,47 @@
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Nationwide Building Society - Quarterly New Properties House Price Series</dc:title>
   <dc:creator>Andrew Harvey</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_SetDate">
-    <vt:lpwstr>2025-09-29T08:54:01Z</vt:lpwstr>
+    <vt:lpwstr>2025-12-31T09:28:15Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Name">
     <vt:lpwstr>NBS Public - No Visible Label</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_SiteId">
     <vt:lpwstr>18ed93f5-e470-4996-b0ef-9554af985d50</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_ActionId">
-    <vt:lpwstr>b3731aa8-2383-4853-a99c-cccdd652ae44</vt:lpwstr>
+    <vt:lpwstr>250eaeb2-86b4-48a5-83c8-b96cfec7af7e</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>