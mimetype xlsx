--- v0 (2025-10-23)
+++ v1 (2025-12-23)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\HPD\Press\Embargo\Internet HP Files\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{0B6EB1B7-EDF7-4AB9-87CC-EADA5C86C4D8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{8E5B2230-D1B2-4824-AF89-E665FBCE2727}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{7866FD31-AB08-4767-BE58-7D63A3387F5C}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13896" xr2:uid="{570779F9-E968-4E17-9D69-62261C504A1E}"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Monthly!$A:$F</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Monthly!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
@@ -160,51 +160,51 @@
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="17" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="166" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="167" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="167" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal_Monthly" xfId="2" xr:uid="{C0B19791-E75E-4DF9-B40F-9EF7BA886FDB}"/>
+    <cellStyle name="Normal_Monthly" xfId="2" xr:uid="{527B67CA-8669-426B-8AD9-E9E1D04F783C}"/>
     <cellStyle name="Per cent" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Nationwide Brand Refresh">
       <a:dk1>
         <a:srgbClr val="02081E"/>
@@ -555,55 +555,55 @@
         <a:extLst>
           <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
             <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:effectLst>
                 <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                   <a:srgbClr val="808080"/>
                 </a:outerShdw>
               </a:effectLst>
             </a14:hiddenEffects>
           </a:ext>
         </a:extLst>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{18F82970-EA07-4E8C-9A72-8A21A780468F}">
-  <dimension ref="A1:G418"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6661787A-7DB3-45E7-AF25-E6C4F1856004}">
+  <dimension ref="A1:G420"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="1" ySplit="1" topLeftCell="B410" activePane="bottomRight" state="frozenSplit"/>
+      <pane xSplit="1" ySplit="1" topLeftCell="B394" activePane="bottomRight" state="frozenSplit"/>
       <selection activeCell="C91" sqref="C91"/>
       <selection pane="topRight" activeCell="C91" sqref="C91"/>
       <selection pane="bottomLeft" activeCell="C91" sqref="C91"/>
       <selection pane="bottomRight" activeCell="H1" sqref="H1:DB1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.8"/>
   <cols>
     <col min="1" max="1" width="10.5546875" style="10" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="12.6640625" style="8" customWidth="1"/>
     <col min="3" max="3" width="13.109375" style="7" customWidth="1"/>
     <col min="4" max="4" width="15.6640625" style="7" customWidth="1"/>
     <col min="5" max="5" width="12.33203125" style="8" customWidth="1"/>
     <col min="6" max="6" width="13.33203125" style="9" customWidth="1"/>
     <col min="7" max="7" width="18.33203125" style="10" customWidth="1"/>
     <col min="8" max="16384" width="9.109375" style="10"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" s="1" customFormat="1" ht="25.5" customHeight="1">
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>1</v>
       </c>
@@ -2561,7627 +2561,7673 @@
       </c>
       <c r="D88" s="7">
         <v>126.962527580436</v>
       </c>
       <c r="E88" s="12">
         <v>2.651892581943649E-3</v>
       </c>
       <c r="F88" s="9">
         <v>0.12346233387619887</v>
       </c>
       <c r="G88" s="9">
         <v>2.2123491372343373E-2</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" s="5">
         <v>35886</v>
       </c>
       <c r="B89" s="6">
         <v>64300.761895482799</v>
       </c>
       <c r="C89" s="7">
         <v>128.27314454094099</v>
       </c>
       <c r="D89" s="7">
-        <v>127.843216921015</v>
+        <v>127.843216921014</v>
       </c>
       <c r="E89" s="12">
-        <v>6.9366084415816154E-3</v>
+        <v>6.9366084415738438E-3</v>
       </c>
       <c r="F89" s="9">
         <v>0.12010742653820317</v>
       </c>
       <c r="G89" s="9">
-        <v>2.0603540172377199E-2</v>
+        <v>2.0603540172374535E-2</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" s="5">
         <v>35916</v>
       </c>
       <c r="B90" s="6">
         <v>65131.303428852501</v>
       </c>
       <c r="C90" s="7">
         <v>129.92998609330601</v>
       </c>
       <c r="D90" s="7">
-        <v>128.989252970629</v>
+        <v>128.989252970628</v>
       </c>
       <c r="E90" s="12">
-        <v>8.964386826420645E-3</v>
+        <v>8.964386826420867E-3</v>
       </c>
       <c r="F90" s="9">
         <v>0.11917659085484922</v>
       </c>
       <c r="G90" s="9">
-        <v>1.8875889706901683E-2</v>
+        <v>1.8875889706896354E-2</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" s="5">
         <v>35947</v>
       </c>
       <c r="B91" s="6">
         <v>65870.525779382297</v>
       </c>
       <c r="C91" s="7">
         <v>131.40465564032499</v>
       </c>
       <c r="D91" s="7">
         <v>130.022613654102</v>
       </c>
       <c r="E91" s="12">
-        <v>8.0112153506952666E-3</v>
+        <v>8.0112153507030381E-3</v>
       </c>
       <c r="F91" s="9">
         <v>0.11289314332881495</v>
       </c>
       <c r="G91" s="9">
-        <v>2.0549202098578911E-2</v>
+        <v>2.0549202098574026E-2</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" s="5">
         <v>35977</v>
       </c>
       <c r="B92" s="6">
         <v>66654.006561632501</v>
       </c>
       <c r="C92" s="7">
         <v>132.96761602623801</v>
       </c>
       <c r="D92" s="7">
-        <v>131.70354390968001</v>
+        <v>131.703543909681</v>
       </c>
       <c r="E92" s="12">
-        <v>1.292798389709171E-2</v>
+        <v>1.292798389709926E-2</v>
       </c>
       <c r="F92" s="9">
         <v>0.10843124801009552</v>
       </c>
       <c r="G92" s="9">
-        <v>2.4337044226399929E-2</v>
+        <v>2.4337044226402593E-2</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" s="5">
         <v>36008</v>
       </c>
       <c r="B93" s="6">
         <v>66171.314364178004</v>
       </c>
       <c r="C93" s="7">
         <v>132.004696704792</v>
       </c>
       <c r="D93" s="7">
-        <v>131.126000223175</v>
+        <v>131.12600022317699</v>
       </c>
       <c r="E93" s="12">
-        <v>-4.3851795430887019E-3</v>
+        <v>-4.3851795430810414E-3</v>
       </c>
       <c r="F93" s="9">
         <v>9.2274274885270291E-2</v>
       </c>
       <c r="G93" s="9">
-        <v>2.3598953541690948E-2</v>
+        <v>2.3598953541704049E-2</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" s="5">
         <v>36039</v>
       </c>
       <c r="B94" s="6">
         <v>65947.665553319894</v>
       </c>
       <c r="C94" s="7">
         <v>131.55854124106301</v>
       </c>
       <c r="D94" s="7">
-        <v>131.22259701519201</v>
+        <v>131.22259701519599</v>
       </c>
       <c r="E94" s="12">
-        <v>7.3667153617584802E-4</v>
+        <v>7.366715361911691E-4</v>
       </c>
       <c r="F94" s="9">
         <v>7.5217450229901006E-2</v>
       </c>
       <c r="G94" s="9">
-        <v>1.860401454812477E-2</v>
+        <v>1.8604014548147862E-2</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" s="5">
         <v>36069</v>
       </c>
       <c r="B95" s="6">
         <v>66123.4006130825</v>
       </c>
       <c r="C95" s="7">
         <v>131.90911389459501</v>
       </c>
       <c r="D95" s="7">
-        <v>132.00193210526999</v>
+        <v>132.00193210527399</v>
       </c>
       <c r="E95" s="12">
         <v>5.9390311410141283E-3</v>
       </c>
       <c r="F95" s="9">
         <v>7.5377457445215512E-2</v>
       </c>
       <c r="G95" s="9">
-        <v>9.3037507894910831E-3</v>
+        <v>9.3037507895166183E-3</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" s="5">
         <v>36100</v>
       </c>
       <c r="B96" s="6">
         <v>66149.985250271406</v>
       </c>
       <c r="C96" s="7">
         <v>131.96214740319101</v>
       </c>
       <c r="D96" s="7">
-        <v>132.27324665609399</v>
+        <v>132.27324665609601</v>
       </c>
       <c r="E96" s="12">
-        <v>2.0553831788434618E-3</v>
+        <v>2.0553831788283627E-3</v>
       </c>
       <c r="F96" s="9">
         <v>6.9020021403183307E-2</v>
       </c>
       <c r="G96" s="9">
-        <v>6.7343857915975747E-3</v>
+        <v>6.7343857916153382E-3</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" s="5">
         <v>36130</v>
       </c>
       <c r="B97" s="6">
         <v>66372.049306603207</v>
       </c>
       <c r="C97" s="7">
         <v>132.40514145109199</v>
       </c>
       <c r="D97" s="7">
-        <v>133.387077198377</v>
+        <v>133.38707719837299</v>
       </c>
       <c r="E97" s="12">
-        <v>8.4206789387950565E-3</v>
+        <v>8.4206789387493153E-3</v>
       </c>
       <c r="F97" s="9">
         <v>6.9877974806558996E-2</v>
       </c>
       <c r="G97" s="9">
-        <v>9.1615155323760966E-3</v>
+        <v>9.161515532363218E-3</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" s="5">
         <v>36161</v>
       </c>
       <c r="B98" s="6">
         <v>66384.917232512598</v>
       </c>
       <c r="C98" s="7">
         <v>132.43081158736101</v>
       </c>
       <c r="D98" s="7">
-        <v>134.725785147153</v>
+        <v>134.72578514714101</v>
       </c>
       <c r="E98" s="12">
-        <v>1.0036264208601153E-2</v>
+        <v>1.0036264208541645E-2</v>
       </c>
       <c r="F98" s="9">
         <v>7.3846712518148339E-2</v>
       </c>
       <c r="G98" s="9">
-        <v>1.5305113620698974E-2</v>
+        <v>1.5305113620637245E-2</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" s="5">
         <v>36192</v>
       </c>
       <c r="B99" s="6">
         <v>67021.050956563093</v>
       </c>
       <c r="C99" s="7">
         <v>133.699830347437</v>
       </c>
       <c r="D99" s="7">
-        <v>135.25901817544801</v>
+        <v>135.259018175432</v>
       </c>
       <c r="E99" s="12">
-        <v>3.957913681576164E-3</v>
+        <v>3.957913681546632E-3</v>
       </c>
       <c r="F99" s="9">
         <v>6.7729579703484255E-2</v>
       </c>
       <c r="G99" s="9">
-        <v>1.990935278703243E-2</v>
+        <v>1.9909352786925627E-2</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" s="5">
         <v>36220</v>
       </c>
       <c r="B100" s="6">
         <v>68308.084441573999</v>
       </c>
       <c r="C100" s="7">
         <v>136.26732453234499</v>
       </c>
       <c r="D100" s="7">
-        <v>136.462073012861</v>
+        <v>136.46207301284599</v>
       </c>
       <c r="E100" s="12">
-        <v>8.8944519459137616E-3</v>
+        <v>8.8944519459221993E-3</v>
       </c>
       <c r="F100" s="9">
         <v>7.5829310193432864E-2</v>
       </c>
       <c r="G100" s="9">
-        <v>2.2090656691869714E-2</v>
+        <v>2.2090656691756472E-2</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" s="5">
         <v>36251</v>
       </c>
       <c r="B101" s="6">
         <v>68856.129480984993</v>
       </c>
       <c r="C101" s="7">
         <v>137.36061578555899</v>
       </c>
       <c r="D101" s="7">
-        <v>136.94506633713999</v>
+        <v>136.945066337139</v>
       </c>
       <c r="E101" s="12">
-        <v>3.5393960652603251E-3</v>
+        <v>3.5393960653633538E-3</v>
       </c>
       <c r="F101" s="9">
         <v>7.0844690657112075E-2</v>
       </c>
       <c r="G101" s="9">
-        <v>2.068015932039069E-2</v>
+        <v>2.0680159320346947E-2</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" s="5">
         <v>36281</v>
       </c>
       <c r="B102" s="6">
         <v>69932.912402717106</v>
       </c>
       <c r="C102" s="7">
         <v>139.50868257803501</v>
       </c>
       <c r="D102" s="7">
-        <v>138.515537210053</v>
+        <v>138.51553721006999</v>
       </c>
       <c r="E102" s="12">
-        <v>1.1467889387462238E-2</v>
+        <v>1.1467889387593688E-2</v>
       </c>
       <c r="F102" s="9">
         <v>7.372198499159599E-2</v>
       </c>
       <c r="G102" s="9">
-        <v>2.1198294804368079E-2</v>
+        <v>2.1198294804451345E-2</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" s="5">
         <v>36312</v>
       </c>
       <c r="B103" s="6">
         <v>70789.066733280095</v>
       </c>
       <c r="C103" s="7">
         <v>141.21661892212001</v>
       </c>
       <c r="D103" s="7">
-        <v>139.54234954375599</v>
+        <v>139.542349543797</v>
       </c>
       <c r="E103" s="12">
-        <v>7.4129758609380314E-3</v>
+        <v>7.4129758611105601E-3</v>
       </c>
       <c r="F103" s="9">
         <v>7.4669829877655802E-2</v>
       </c>
       <c r="G103" s="9">
-        <v>2.1050910349290408E-2</v>
+        <v>2.1050910349538654E-2</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" s="5">
         <v>36342</v>
       </c>
       <c r="B104" s="6">
         <v>71232.001618365699</v>
       </c>
       <c r="C104" s="7">
         <v>142.100226656491</v>
       </c>
       <c r="D104" s="7">
-        <v>140.680135301626</v>
+        <v>140.680135301668</v>
       </c>
       <c r="E104" s="12">
-        <v>8.1536950007656817E-3</v>
+        <v>8.1536950007703446E-3</v>
       </c>
       <c r="F104" s="9">
         <v>6.8682968854994586E-2</v>
       </c>
       <c r="G104" s="9">
-        <v>2.4645702475030173E-2</v>
+        <v>2.4645702475355025E-2</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" s="5">
         <v>36373</v>
       </c>
       <c r="B105" s="6">
         <v>72634.717852061207</v>
       </c>
       <c r="C105" s="7">
         <v>144.89849555550001</v>
       </c>
       <c r="D105" s="7">
-        <v>143.93525035925799</v>
+        <v>143.93525035927499</v>
       </c>
       <c r="E105" s="12">
-        <v>2.3138412901386962E-2</v>
+        <v>2.3138412901202221E-2</v>
       </c>
       <c r="F105" s="9">
         <v>9.767681887518731E-2</v>
       </c>
       <c r="G105" s="9">
-        <v>2.9702318762250046E-2</v>
+        <v>2.970231876249052E-2</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" s="5">
         <v>36404</v>
       </c>
       <c r="B106" s="6">
         <v>73232.4647098641</v>
       </c>
       <c r="C106" s="7">
         <v>146.090936621976</v>
       </c>
       <c r="D106" s="7">
-        <v>145.71350212239</v>
+        <v>145.71350212237499</v>
       </c>
       <c r="E106" s="12">
-        <v>1.2354525793323967E-2</v>
+        <v>1.2354525793100146E-2</v>
       </c>
       <c r="F106" s="9">
         <v>0.11046333627464255</v>
       </c>
       <c r="G106" s="9">
-        <v>3.6929700326653547E-2</v>
+        <v>3.6929700326617354E-2</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" s="5">
         <v>36434</v>
       </c>
       <c r="B107" s="6">
         <v>73768.890622130406</v>
       </c>
       <c r="C107" s="7">
         <v>147.16104895892599</v>
       </c>
       <c r="D107" s="7">
-        <v>147.40426852131401</v>
+        <v>147.404268521284</v>
       </c>
       <c r="E107" s="12">
-        <v>1.1603361214281183E-2</v>
+        <v>1.1603361214179264E-2</v>
       </c>
       <c r="F107" s="9">
         <v>0.11562457372368051</v>
       </c>
       <c r="G107" s="9">
-        <v>4.3738562019339122E-2</v>
+        <v>4.3738562019022931E-2</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" s="5">
         <v>36465</v>
       </c>
       <c r="B108" s="6">
         <v>74954.049568173505</v>
       </c>
       <c r="C108" s="7">
         <v>149.525314331658</v>
       </c>
       <c r="D108" s="7">
-        <v>149.98364592404499</v>
+        <v>149.98364592401799</v>
       </c>
       <c r="E108" s="12">
-        <v>1.7498661528638326E-2</v>
+        <v>1.7498661528662307E-2</v>
       </c>
       <c r="F108" s="9">
         <v>0.13309246078578352</v>
       </c>
       <c r="G108" s="9">
-        <v>4.4661878803104793E-2</v>
+        <v>4.4661878802688904E-2</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" s="5">
         <v>36495</v>
       </c>
       <c r="B109" s="6">
         <v>75218.662948859797</v>
       </c>
       <c r="C109" s="7">
         <v>150.05318973200599</v>
       </c>
       <c r="D109" s="7">
-        <v>151.16342740318001</v>
+        <v>151.16342740315901</v>
       </c>
       <c r="E109" s="12">
-        <v>7.8660674759998273E-3</v>
+        <v>7.8660674760413496E-3</v>
       </c>
       <c r="F109" s="9">
         <v>0.13328824007512474</v>
       </c>
       <c r="G109" s="9">
-        <v>4.2345412038529817E-2</v>
+        <v>4.2345412038242047E-2</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" s="5">
         <v>36526</v>
       </c>
       <c r="B110" s="6">
         <v>75060.417727493303</v>
       </c>
       <c r="C110" s="7">
         <v>149.73750743595099</v>
       </c>
       <c r="D110" s="7">
-        <v>152.27889166662001</v>
+        <v>152.27889166658699</v>
       </c>
       <c r="E110" s="12">
-        <v>7.3791940458247662E-3</v>
+        <v>7.3791940457461624E-3</v>
       </c>
       <c r="F110" s="9">
         <v>0.13068481300647483</v>
       </c>
       <c r="G110" s="9">
-        <v>3.7462145790251977E-2</v>
+        <v>3.7462145790133183E-2</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" s="5">
         <v>36557</v>
       </c>
       <c r="B111" s="6">
         <v>77071.735555566702</v>
       </c>
       <c r="C111" s="7">
         <v>153.74987144024601</v>
       </c>
       <c r="D111" s="7">
-        <v>155.69488803029401</v>
+        <v>155.69488803023799</v>
       </c>
       <c r="E111" s="12">
-        <v>2.2432500829810076E-2</v>
+        <v>2.2432500829663748E-2</v>
       </c>
       <c r="F111" s="9">
         <v>0.14996310048192485</v>
       </c>
       <c r="G111" s="9">
-        <v>3.6189887761040929E-2</v>
+        <v>3.6189887760960771E-2</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" s="5">
         <v>36586</v>
       </c>
       <c r="B112" s="6">
         <v>79392.500718626106</v>
       </c>
       <c r="C112" s="7">
         <v>158.37954978978999</v>
       </c>
       <c r="D112" s="7">
-        <v>158.47515424461801</v>
+        <v>158.47515424452899</v>
       </c>
       <c r="E112" s="12">
-        <v>1.7857145147778031E-2</v>
+        <v>1.7857145147572417E-2</v>
       </c>
       <c r="F112" s="9">
         <v>0.16227092836328749</v>
       </c>
       <c r="G112" s="9">
-        <v>3.9900877387267775E-2</v>
+        <v>3.9900877387051725E-2</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" s="5">
         <v>36617</v>
       </c>
       <c r="B113" s="6">
         <v>80892.760335103798</v>
       </c>
       <c r="C113" s="7">
         <v>161.3724073075</v>
       </c>
       <c r="D113" s="7">
-        <v>160.91485280362599</v>
+        <v>160.91485280355201</v>
       </c>
       <c r="E113" s="12">
-        <v>1.5394833156257004E-2</v>
+        <v>1.5394833156360477E-2</v>
       </c>
       <c r="F113" s="9">
         <v>0.17480841494935562</v>
       </c>
       <c r="G113" s="9">
-        <v>4.7767291149696245E-2</v>
+        <v>4.7767291149400481E-2</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" s="5">
         <v>36647</v>
       </c>
       <c r="B114" s="6">
         <v>81005.776862354294</v>
       </c>
       <c r="C114" s="7">
         <v>161.59786319493</v>
       </c>
       <c r="D114" s="7">
-        <v>160.51341369963299</v>
+        <v>160.51341369964501</v>
       </c>
       <c r="E114" s="12">
-        <v>-2.4947299581034033E-3</v>
+        <v>-2.4947299575700521E-3</v>
       </c>
       <c r="F114" s="9">
         <v>0.15833552585187149</v>
       </c>
       <c r="G114" s="9">
-        <v>4.5228775465491422E-2</v>
+        <v>4.522877546541304E-2</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" s="5">
         <v>36678</v>
       </c>
       <c r="B115" s="6">
         <v>81451.925854265093</v>
       </c>
       <c r="C115" s="7">
         <v>162.48788272874501</v>
       </c>
       <c r="D115" s="7">
-        <v>160.39708322452199</v>
+        <v>160.397083224705</v>
       </c>
       <c r="E115" s="12">
-        <v>-7.2473989824106688E-4</v>
+        <v>-7.2473989717580789E-4</v>
       </c>
       <c r="F115" s="9">
         <v>0.15062861559060514</v>
       </c>
       <c r="G115" s="9">
-        <v>3.2964842809944939E-2</v>
+        <v>3.2964842810598638E-2</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" s="5">
         <v>36708</v>
       </c>
       <c r="B116" s="6">
         <v>81133.023864067</v>
       </c>
       <c r="C116" s="7">
         <v>161.85170735729901</v>
       </c>
       <c r="D116" s="7">
-        <v>160.15819760388499</v>
+        <v>160.15819760417199</v>
       </c>
       <c r="E116" s="12">
-        <v>-1.4893389320715933E-3</v>
+        <v>-1.4893389314215577E-3</v>
       </c>
       <c r="F116" s="9">
         <v>0.13899682755999154</v>
       </c>
       <c r="G116" s="9">
-        <v>1.2595221425662828E-2</v>
+        <v>1.259522142714431E-2</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" s="5">
         <v>36739</v>
       </c>
       <c r="B117" s="6">
         <v>80736.644030198499</v>
       </c>
       <c r="C117" s="7">
         <v>161.060971972148</v>
       </c>
       <c r="D117" s="7">
-        <v>159.971242183344</v>
+        <v>159.971242183588</v>
       </c>
       <c r="E117" s="12">
-        <v>-1.1673172109701868E-3</v>
+        <v>-1.1673172112366403E-3</v>
       </c>
       <c r="F117" s="9">
         <v>0.11154343842346748</v>
       </c>
       <c r="G117" s="9">
-        <v>1.2983909614625588E-3</v>
+        <v>1.298390963265561E-3</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" s="5">
         <v>36770</v>
       </c>
       <c r="B118" s="6">
         <v>80672.494342458594</v>
       </c>
       <c r="C118" s="7">
         <v>160.93300020439401</v>
       </c>
       <c r="D118" s="7">
-        <v>160.463414798819</v>
+        <v>160.46341479899701</v>
       </c>
       <c r="E118" s="12">
-        <v>3.0766318293067307E-3</v>
+        <v>3.0766318288895089E-3</v>
       </c>
       <c r="F118" s="9">
         <v>0.10159469112600217</v>
       </c>
       <c r="G118" s="9">
-        <v>-2.5579707303264865E-3</v>
+        <v>-2.5579707291054632E-3</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" s="5">
         <v>36800</v>
       </c>
       <c r="B119" s="6">
         <v>81036.371833377707</v>
       </c>
       <c r="C119" s="7">
         <v>161.658896890715</v>
       </c>
       <c r="D119" s="7">
-        <v>162.050540773075</v>
+        <v>162.05054077307901</v>
       </c>
       <c r="E119" s="12">
-        <v>9.8908899342935452E-3</v>
+        <v>9.8908899331981992E-3</v>
       </c>
       <c r="F119" s="9">
         <v>9.8516883607125516E-2</v>
       </c>
       <c r="G119" s="9">
-        <v>2.9444926334016852E-3</v>
+        <v>2.9444926332824473E-3</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" s="5">
         <v>36831</v>
       </c>
       <c r="B120" s="6">
         <v>81769.721915455506</v>
       </c>
       <c r="C120" s="7">
         <v>163.12185189007201</v>
       </c>
       <c r="D120" s="7">
-        <v>163.70443005724701</v>
+        <v>163.70443005697001</v>
       </c>
       <c r="E120" s="12">
-        <v>1.0206009040648611E-2</v>
+        <v>1.0206009038914443E-2</v>
       </c>
       <c r="F120" s="9">
         <v>9.0931342423102413E-2</v>
       </c>
       <c r="G120" s="9">
-        <v>1.1845054008082112E-2</v>
+        <v>1.1845054006380806E-2</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" s="5">
         <v>36861</v>
       </c>
       <c r="B121" s="6">
         <v>82188.423590011094</v>
       </c>
       <c r="C121" s="7">
         <v>163.957116960603</v>
       </c>
       <c r="D121" s="7">
-        <v>165.12909894554701</v>
+        <v>165.129098945084</v>
       </c>
       <c r="E121" s="12">
-        <v>8.702689889343862E-3</v>
+        <v>8.7026898882223147E-3</v>
       </c>
       <c r="F121" s="9">
         <v>9.2659991123343222E-2</v>
       </c>
       <c r="G121" s="9">
-        <v>2.1413583434745753E-2</v>
+        <v>2.1413583431707517E-2</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" s="5">
         <v>36892</v>
       </c>
       <c r="B122" s="6">
         <v>83449.867929286906</v>
       </c>
       <c r="C122" s="7">
         <v>166.47356353592201</v>
       </c>
       <c r="D122" s="7">
-        <v>169.26908436941301</v>
+        <v>169.26908436884901</v>
       </c>
       <c r="E122" s="12">
-        <v>2.5071204592663543E-2</v>
+        <v>2.507120459212242E-2</v>
       </c>
       <c r="F122" s="9">
         <v>0.11176929806401192</v>
       </c>
       <c r="G122" s="9">
-        <v>3.2368693774708746E-2</v>
+        <v>3.2368693771094526E-2</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" s="5">
         <v>36923</v>
       </c>
       <c r="B123" s="6">
         <v>83313.622224019797</v>
       </c>
       <c r="C123" s="7">
         <v>166.20176792215901</v>
       </c>
       <c r="D123" s="7">
-        <v>168.46231892530199</v>
+        <v>168.462318924947</v>
       </c>
       <c r="E123" s="12">
-        <v>-4.7661712539919243E-3</v>
+        <v>-4.7661712527730105E-3</v>
       </c>
       <c r="F123" s="9">
         <v>8.0988012316825619E-2</v>
       </c>
       <c r="G123" s="9">
-        <v>3.4227657988677107E-2</v>
+        <v>3.4227657986036775E-2</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" s="5">
         <v>36951</v>
       </c>
       <c r="B124" s="6">
         <v>85076.554240128899</v>
       </c>
       <c r="C124" s="7">
         <v>169.71862879055399</v>
       </c>
       <c r="D124" s="7">
-        <v>169.83782152022701</v>
+        <v>169.837821520061</v>
       </c>
       <c r="E124" s="12">
-        <v>8.1650460690556592E-3</v>
+        <v>8.165046070194526E-3</v>
       </c>
       <c r="F124" s="9">
         <v>7.1594337878936098E-2</v>
       </c>
       <c r="G124" s="9">
-        <v>3.3990011219331651E-2</v>
+        <v>3.3990011218671734E-2</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" s="5">
         <v>36982</v>
       </c>
       <c r="B125" s="6">
         <v>86243.553614298493</v>
       </c>
       <c r="C125" s="7">
         <v>172.04666775913401</v>
       </c>
       <c r="D125" s="7">
-        <v>171.54032425541001</v>
+        <v>171.54032425547501</v>
       </c>
       <c r="E125" s="12">
-        <v>1.0024285049960113E-2</v>
+        <v>1.0024285051330128E-2</v>
       </c>
       <c r="F125" s="9">
         <v>6.6146751044581453E-2</v>
       </c>
       <c r="G125" s="9">
-        <v>2.356512697105817E-2</v>
+        <v>2.3565126972822314E-2</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" s="5">
         <v>37012</v>
       </c>
       <c r="B126" s="6">
         <v>87266.610747267201</v>
       </c>
       <c r="C126" s="7">
         <v>174.08755734772399</v>
       </c>
       <c r="D126" s="7">
-        <v>172.98955403979701</v>
+        <v>172.98955404005</v>
       </c>
       <c r="E126" s="12">
-        <v>8.448333012529563E-3</v>
+        <v>8.4483330136222445E-3</v>
       </c>
       <c r="F126" s="9">
         <v>7.7288733315292069E-2</v>
       </c>
       <c r="G126" s="9">
-        <v>2.2883478666363644E-2</v>
+        <v>2.2883478669477375E-2</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" s="5">
         <v>37043</v>
       </c>
       <c r="B127" s="6">
         <v>89067.566607334593</v>
       </c>
       <c r="C127" s="7">
         <v>177.680271719068</v>
       </c>
       <c r="D127" s="7">
-        <v>175.27192594918199</v>
+        <v>175.271925949668</v>
       </c>
       <c r="E127" s="12">
-        <v>1.3193697862588394E-2</v>
+        <v>1.3193697863915999E-2</v>
       </c>
       <c r="F127" s="9">
         <v>9.3498596542641588E-2</v>
       </c>
       <c r="G127" s="9">
-        <v>2.4100317417603545E-2</v>
+        <v>2.4100317421376527E-2</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" s="5">
         <v>37073</v>
       </c>
       <c r="B128" s="6">
         <v>89961.602353228503</v>
       </c>
       <c r="C128" s="7">
         <v>179.46377743622</v>
       </c>
       <c r="D128" s="7">
-        <v>177.440471477214</v>
+        <v>177.440471478707</v>
       </c>
       <c r="E128" s="12">
-        <v>1.2372463623528285E-2</v>
+        <v>1.2372463629239272E-2</v>
       </c>
       <c r="F128" s="9">
         <v>0.10881609076907117</v>
       </c>
       <c r="G128" s="9">
-        <v>3.1110686309604674E-2</v>
+        <v>3.1110686314904878E-2</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" s="5">
         <v>37104</v>
       </c>
       <c r="B129" s="6">
         <v>90361.069970760698</v>
       </c>
       <c r="C129" s="7">
         <v>180.26067261961501</v>
       </c>
       <c r="D129" s="7">
-        <v>179.01550309729799</v>
+        <v>179.01550309836699</v>
       </c>
       <c r="E129" s="12">
-        <v>8.8763944717440424E-3</v>
+        <v>8.8763944692797914E-3</v>
       </c>
       <c r="F129" s="9">
         <v>0.11920765417203105</v>
       </c>
       <c r="G129" s="9">
-        <v>3.3750565431089896E-2</v>
+        <v>3.3750565436709845E-2</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" s="5">
         <v>37135</v>
       </c>
       <c r="B130" s="6">
         <v>92432.440738519595</v>
       </c>
       <c r="C130" s="7">
         <v>184.39283581734699</v>
       </c>
       <c r="D130" s="7">
-        <v>183.79406876604901</v>
+        <v>183.79406876727001</v>
       </c>
       <c r="E130" s="12">
-        <v>2.6693585673156939E-2</v>
+        <v>2.6693585673846609E-2</v>
       </c>
       <c r="F130" s="9">
         <v>0.14577392817605883</v>
       </c>
       <c r="G130" s="9">
-        <v>3.9338530434492203E-2</v>
+        <v>3.9338530440162556E-2</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" s="5">
         <v>37165</v>
       </c>
       <c r="B131" s="6">
         <v>91652.788315480095</v>
       </c>
       <c r="C131" s="7">
         <v>182.837512598708</v>
       </c>
       <c r="D131" s="7">
-        <v>183.36228577456899</v>
+        <v>183.36228577306599</v>
       </c>
       <c r="E131" s="12">
-        <v>-2.349275982510779E-3</v>
+        <v>-2.3492759973161581E-3</v>
       </c>
       <c r="F131" s="9">
         <v>0.13100804295547186</v>
       </c>
       <c r="G131" s="9">
-        <v>3.8938235086691364E-2</v>
+        <v>3.8938235083777029E-2</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" s="5">
         <v>37196</v>
       </c>
       <c r="B132" s="6">
         <v>92261.673283174794</v>
       </c>
       <c r="C132" s="7">
         <v>184.05217300346101</v>
       </c>
       <c r="D132" s="7">
-        <v>184.76181593426</v>
+        <v>184.76181593325401</v>
       </c>
       <c r="E132" s="12">
-        <v>7.6325955131888445E-3</v>
+        <v>7.6325955159619596E-3</v>
       </c>
       <c r="F132" s="9">
         <v>0.12831095816331195</v>
       </c>
       <c r="G132" s="9">
-        <v>3.7971056119678659E-2</v>
+        <v>3.7971056111306467E-2</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" s="5">
         <v>37226</v>
       </c>
       <c r="B133" s="6">
         <v>93544.478432428805</v>
       </c>
       <c r="C133" s="7">
         <v>186.61123211065399</v>
       </c>
       <c r="D133" s="7">
-        <v>187.913456607585</v>
+        <v>187.91345660545201</v>
       </c>
       <c r="E133" s="12">
-        <v>1.7057857205984517E-2</v>
+        <v>1.7057857199977544E-2</v>
       </c>
       <c r="F133" s="9">
         <v>0.1381709776922615</v>
       </c>
       <c r="G133" s="9">
-        <v>2.9222607513796905E-2</v>
+        <v>2.9222607497997766E-2</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" s="5">
         <v>37257</v>
       </c>
       <c r="B134" s="6">
         <v>93231.2393098514</v>
       </c>
       <c r="C134" s="7">
         <v>185.986353554603</v>
       </c>
       <c r="D134" s="7">
-        <v>189.08131235630799</v>
+        <v>189.08131235412</v>
       </c>
       <c r="E134" s="12">
-        <v>6.2148595944451213E-3</v>
+        <v>6.2148595942228546E-3</v>
       </c>
       <c r="F134" s="9">
         <v>0.11721254476822973</v>
       </c>
       <c r="G134" s="9">
-        <v>2.8534475078298316E-2</v>
+        <v>2.8534475067063081E-2</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" s="5">
         <v>37288</v>
       </c>
       <c r="B135" s="6">
         <v>94964.630969546997</v>
       </c>
       <c r="C135" s="7">
         <v>189.444284570593</v>
       </c>
       <c r="D135" s="7">
-        <v>192.11780575237501</v>
+        <v>192.11780575154</v>
       </c>
       <c r="E135" s="12">
-        <v>1.6059193572472097E-2</v>
+        <v>1.6059193579813558E-2</v>
       </c>
       <c r="F135" s="9">
         <v>0.13984518299059046</v>
       </c>
       <c r="G135" s="9">
-        <v>3.1153901359318725E-2</v>
+        <v>3.1153901352383162E-2</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" s="5">
         <v>37316</v>
       </c>
       <c r="B136" s="6">
         <v>96792.369631165799</v>
       </c>
       <c r="C136" s="7">
         <v>193.090427767248</v>
       </c>
       <c r="D136" s="7">
-        <v>193.39385522608899</v>
+        <v>193.393855226933</v>
       </c>
       <c r="E136" s="12">
-        <v>6.642015656574296E-3</v>
+        <v>6.6420156653426154E-3</v>
       </c>
       <c r="F136" s="9">
         <v>0.13770909618611538</v>
       </c>
       <c r="G136" s="9">
-        <v>3.3370794366014866E-2</v>
+        <v>3.3370794370722656E-2</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" s="5">
         <v>37347</v>
       </c>
       <c r="B137" s="6">
         <v>100472.597607424</v>
       </c>
       <c r="C137" s="7">
         <v>200.43208906683699</v>
       </c>
       <c r="D137" s="7">
-        <v>199.82237873685801</v>
+        <v>199.82237873859199</v>
       </c>
       <c r="E137" s="12">
-        <v>3.3240577903851598E-2</v>
+        <v>3.3240577908308477E-2</v>
       </c>
       <c r="F137" s="9">
         <v>0.16498675433483356</v>
       </c>
       <c r="G137" s="9">
-        <v>4.1970945158468442E-2</v>
+        <v>4.1970945171452279E-2</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" s="5">
         <v>37377</v>
       </c>
       <c r="B138" s="6">
         <v>102885.564310307</v>
       </c>
       <c r="C138" s="7">
         <v>205.24569962956099</v>
       </c>
       <c r="D138" s="7">
-        <v>204.01455165322301</v>
+        <v>204.01455165447501</v>
       </c>
       <c r="E138" s="12">
-        <v>2.097949660526055E-2</v>
+        <v>2.0979496602666403E-2</v>
       </c>
       <c r="F138" s="9">
         <v>0.17897972007040952</v>
       </c>
       <c r="G138" s="9">
-        <v>4.9407115831029413E-2</v>
+        <v>4.9407115847266425E-2</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" s="5">
         <v>37408</v>
       </c>
       <c r="B139" s="6">
         <v>106692.771483334</v>
       </c>
       <c r="C139" s="7">
         <v>212.84067084929401</v>
       </c>
       <c r="D139" s="7">
-        <v>209.927956223217</v>
+        <v>209.927956223672</v>
       </c>
       <c r="E139" s="12">
-        <v>2.8985209741535511E-2</v>
+        <v>2.8985209737451001E-2</v>
       </c>
       <c r="F139" s="9">
         <v>0.19788577983389422</v>
       </c>
       <c r="G139" s="9">
-        <v>6.8173324590420137E-2</v>
+        <v>6.8173324600459662E-2</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" s="5">
         <v>37438</v>
       </c>
       <c r="B140" s="6">
         <v>108818.431646937</v>
       </c>
       <c r="C140" s="7">
         <v>217.08113558677101</v>
       </c>
       <c r="D140" s="7">
-        <v>214.394915993713</v>
+        <v>214.39491599659999</v>
       </c>
       <c r="E140" s="12">
-        <v>2.1278536936482517E-2</v>
+        <v>2.1278536948021287E-2</v>
       </c>
       <c r="F140" s="9">
         <v>0.20960975349981092</v>
       </c>
       <c r="G140" s="9">
-        <v>7.346810750276167E-2</v>
+        <v>7.3468107507413505E-2</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" s="5">
         <v>37469</v>
       </c>
       <c r="B141" s="6">
         <v>110890.15515848</v>
       </c>
       <c r="C141" s="7">
         <v>221.21400247063599</v>
       </c>
       <c r="D141" s="7">
-        <v>219.643355416612</v>
+        <v>219.64335541932601</v>
       </c>
       <c r="E141" s="12">
-        <v>2.4480241980425088E-2</v>
+        <v>2.4480241979288664E-2</v>
       </c>
       <c r="F141" s="9">
         <v>0.22718948762296276</v>
       </c>
       <c r="G141" s="9">
-        <v>7.8253571555516155E-2</v>
+        <v>7.8253571558741131E-2</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" s="5">
         <v>37500</v>
       </c>
       <c r="B142" s="6">
         <v>112918.520861746</v>
       </c>
       <c r="C142" s="7">
         <v>225.260375163075</v>
       </c>
       <c r="D142" s="7">
-        <v>224.47925232894499</v>
+        <v>224.479252331222</v>
       </c>
       <c r="E142" s="12">
-        <v>2.2017041686330341E-2</v>
+        <v>2.2017041684068595E-2</v>
       </c>
       <c r="F142" s="9">
         <v>0.22163301065671526</v>
       </c>
       <c r="G142" s="9">
-        <v>7.2914951803308758E-2</v>
+        <v>7.2914951810129303E-2</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" s="5">
         <v>37530</v>
       </c>
       <c r="B143" s="6">
         <v>113664.99999869301</v>
       </c>
       <c r="C143" s="7">
         <v>226.74952122305399</v>
       </c>
       <c r="D143" s="7">
-        <v>227.39114687185099</v>
+        <v>227.391146867722</v>
       </c>
       <c r="E143" s="12">
-        <v>1.2971775844294875E-2</v>
+        <v>1.2971775815626252E-2</v>
       </c>
       <c r="F143" s="9">
         <v>0.24016958008351441</v>
       </c>
       <c r="G143" s="9">
-        <v>6.8715198406163358E-2</v>
+        <v>6.8715198399721178E-2</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" s="5">
         <v>37561</v>
       </c>
       <c r="B144" s="6">
         <v>115760.800438611</v>
       </c>
       <c r="C144" s="7">
         <v>230.93041900457001</v>
       </c>
       <c r="D144" s="7">
-        <v>231.906837069228</v>
+        <v>231.90683706872301</v>
       </c>
       <c r="E144" s="12">
-        <v>1.9858689573002186E-2</v>
+        <v>1.9858689589300038E-2</v>
       </c>
       <c r="F144" s="9">
         <v>0.25470085593734049</v>
       </c>
       <c r="G144" s="9">
-        <v>6.1821578412240896E-2</v>
+        <v>6.1821578398595367E-2</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" s="5">
         <v>37591</v>
       </c>
       <c r="B145" s="6">
         <v>117205.777959133</v>
       </c>
       <c r="C145" s="7">
         <v>233.81299465195801</v>
       </c>
       <c r="D145" s="7">
-        <v>235.466552002073</v>
+        <v>235.46655200117601</v>
       </c>
       <c r="E145" s="12">
-        <v>1.5349762766081687E-2</v>
+        <v>1.534976276442479E-2</v>
       </c>
       <c r="F145" s="9">
         <v>0.25294170135115457</v>
       </c>
       <c r="G145" s="9">
-        <v>5.5043352526231937E-2</v>
+        <v>5.5043352505211196E-2</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" s="5">
         <v>37622</v>
       </c>
       <c r="B146" s="6">
         <v>117905.37063548301</v>
       </c>
       <c r="C146" s="7">
         <v>235.208607236441</v>
       </c>
       <c r="D146" s="7">
-        <v>239.068428839337</v>
+        <v>239.06842881671699</v>
       </c>
       <c r="E146" s="12">
-        <v>1.529676638417965E-2</v>
+        <v>1.5296766291982733E-2</v>
       </c>
       <c r="F146" s="9">
         <v>0.26465518970125435</v>
       </c>
       <c r="G146" s="9">
-        <v>5.2013920866192942E-2</v>
+        <v>5.2013920829069749E-2</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" s="5">
         <v>37653</v>
       </c>
       <c r="B147" s="6">
         <v>118521.4653249</v>
       </c>
       <c r="C147" s="7">
         <v>236.43765026512099</v>
       </c>
       <c r="D147" s="7">
-        <v>239.83141107725001</v>
+        <v>239.83141107975101</v>
       </c>
       <c r="E147" s="12">
-        <v>3.1914805380921507E-3</v>
+        <v>3.1914806434727438E-3</v>
       </c>
       <c r="F147" s="9">
         <v>0.24805903118717088</v>
       </c>
       <c r="G147" s="9">
-        <v>4.473555717575306E-2</v>
+        <v>4.4735557148618987E-2</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" s="5">
         <v>37681</v>
       </c>
       <c r="B148" s="6">
         <v>122179.55401614599</v>
       </c>
       <c r="C148" s="7">
         <v>243.73514605838201</v>
       </c>
       <c r="D148" s="7">
-        <v>244.35696926772599</v>
+        <v>244.35696928213</v>
       </c>
       <c r="E148" s="12">
-        <v>1.8869747587059393E-2</v>
+        <v>1.8869747636493406E-2</v>
       </c>
       <c r="F148" s="9">
         <v>0.26228497640588055</v>
       </c>
       <c r="G148" s="9">
-        <v>4.1009970669389828E-2</v>
+        <v>4.1009970669451556E-2</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" s="5">
         <v>37712</v>
       </c>
       <c r="B149" s="6">
         <v>122747.92605727501</v>
       </c>
       <c r="C149" s="7">
         <v>244.86898750653299</v>
       </c>
       <c r="D149" s="7">
-        <v>244.05331416650199</v>
+        <v>244.05331417203399</v>
       </c>
       <c r="E149" s="12">
-        <v>-1.2426701073187107E-3</v>
+        <v>-1.2426701435530596E-3</v>
       </c>
       <c r="F149" s="9">
         <v>0.22170550956477775</v>
       </c>
       <c r="G149" s="9">
-        <v>3.0858700671649197E-2</v>
+        <v>3.0858700738463307E-2</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" s="5">
         <v>37742</v>
       </c>
       <c r="B150" s="6">
         <v>124751.70095744501</v>
       </c>
       <c r="C150" s="7">
         <v>248.8663041762</v>
       </c>
       <c r="D150" s="7">
-        <v>247.32891955432601</v>
+        <v>247.32891955774701</v>
       </c>
       <c r="E150" s="12">
-        <v>1.3421679599029179E-2</v>
+        <v>1.3421679590075231E-2</v>
       </c>
       <c r="F150" s="9">
         <v>0.21252871375803695</v>
       </c>
       <c r="G150" s="9">
-        <v>2.9918556236233851E-2</v>
+        <v>2.9918556299229238E-2</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" s="5">
         <v>37773</v>
       </c>
       <c r="B151" s="6">
         <v>127214.498087463</v>
       </c>
       <c r="C151" s="7">
         <v>253.779321112876</v>
       </c>
       <c r="D151" s="7">
-        <v>250.413635724089</v>
+        <v>250.41363572508999</v>
       </c>
       <c r="E151" s="12">
-        <v>1.2472120831326539E-2</v>
+        <v>1.2472120821369392E-2</v>
       </c>
       <c r="F151" s="9">
         <v>0.19234411402776219</v>
       </c>
       <c r="G151" s="9">
-        <v>2.5632749011395228E-2</v>
+        <v>2.5632749033262181E-2</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" s="5">
         <v>37803</v>
       </c>
       <c r="B152" s="6">
         <v>128251.25837374599</v>
       </c>
       <c r="C152" s="7">
         <v>255.84754702710401</v>
       </c>
       <c r="D152" s="7">
-        <v>252.41649357506401</v>
+        <v>252.41649357806901</v>
       </c>
       <c r="E152" s="12">
-        <v>7.9981980421457433E-3</v>
+        <v>7.9981980501164784E-3</v>
       </c>
       <c r="F152" s="9">
         <v>0.1785802867464612</v>
       </c>
       <c r="G152" s="9">
-        <v>3.0096264066154177E-2</v>
+        <v>3.0096264044615406E-2</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" s="5">
         <v>37834</v>
       </c>
       <c r="B153" s="6">
         <v>129257.648207652</v>
       </c>
       <c r="C153" s="7">
         <v>257.85518713623497</v>
       </c>
       <c r="D153" s="7">
-        <v>256.03923466796402</v>
+        <v>256.03923466898402</v>
       </c>
       <c r="E153" s="12">
-        <v>1.4352236027011855E-2</v>
+        <v>1.4352236018976949E-2</v>
       </c>
       <c r="F153" s="9">
         <v>0.16563682342153152</v>
       </c>
       <c r="G153" s="9">
-        <v>3.1437989011063872E-2</v>
+        <v>3.1437988985150822E-2</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" s="5">
         <v>37865</v>
       </c>
       <c r="B154" s="6">
         <v>130473.4200657</v>
       </c>
       <c r="C154" s="7">
         <v>260.28052199509199</v>
       </c>
       <c r="D154" s="7">
-        <v>259.39628692421797</v>
+        <v>259.396286925933</v>
       </c>
       <c r="E154" s="12">
-        <v>1.3111475905665193E-2</v>
+        <v>1.3111475908327508E-2</v>
       </c>
       <c r="F154" s="9">
         <v>0.15546518914684615</v>
       </c>
       <c r="G154" s="9">
-        <v>3.5125762754417478E-2</v>
+        <v>3.512576274826551E-2</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" s="5">
         <v>37895</v>
       </c>
       <c r="B155" s="6">
         <v>131947.33528670599</v>
       </c>
       <c r="C155" s="7">
         <v>263.22082526074399</v>
       </c>
       <c r="D155" s="7">
-        <v>264.01846207427599</v>
+        <v>264.01846205904002</v>
       </c>
       <c r="E155" s="12">
-        <v>1.7818971909217662E-2</v>
+        <v>1.7818971843752029E-2</v>
       </c>
       <c r="F155" s="9">
         <v>0.16084401784387059</v>
       </c>
       <c r="G155" s="9">
-        <v>3.9051631594329894E-2</v>
+        <v>3.9051631567378564E-2</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" s="5">
         <v>37926</v>
       </c>
       <c r="B156" s="6">
         <v>133387.673653281</v>
       </c>
       <c r="C156" s="7">
         <v>266.09414629205401</v>
       </c>
       <c r="D156" s="7">
-        <v>267.21418683018402</v>
+        <v>267.214186830899</v>
       </c>
       <c r="E156" s="12">
-        <v>1.2104171544673914E-2</v>
+        <v>1.2104171605788583E-2</v>
       </c>
       <c r="F156" s="9">
         <v>0.15226979381520156</v>
       </c>
       <c r="G156" s="9">
-        <v>4.1851171452662594E-2</v>
+        <v>4.1851171428887612E-2</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" s="5">
         <v>37956</v>
       </c>
       <c r="B157" s="6">
         <v>135443.566069213</v>
       </c>
       <c r="C157" s="7">
         <v>270.19543183293399</v>
       </c>
       <c r="D157" s="7">
-        <v>272.27419296207</v>
+        <v>272.27419295044501</v>
       </c>
       <c r="E157" s="12">
-        <v>1.8936143293550645E-2</v>
+        <v>1.8936143247319848E-2</v>
       </c>
       <c r="F157" s="9">
         <v>0.15560485521830381</v>
       </c>
       <c r="G157" s="9">
-        <v>4.6434502996671956E-2</v>
+        <v>4.6434502954798562E-2</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" s="5">
         <v>37987</v>
       </c>
       <c r="B158" s="6">
         <v>134805.73139884</v>
       </c>
       <c r="C158" s="7">
         <v>268.92301986682099</v>
       </c>
       <c r="D158" s="7">
-        <v>273.11895696761701</v>
+        <v>273.11895692556902</v>
       </c>
       <c r="E158" s="12">
-        <v>3.1026223835495248E-3</v>
+        <v>3.1026222719454655E-3</v>
       </c>
       <c r="F158" s="9">
         <v>0.14333834559246772</v>
       </c>
       <c r="G158" s="9">
-        <v>4.2534073579897136E-2</v>
+        <v>4.2534073528674998E-2</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" s="5">
         <v>38018</v>
       </c>
       <c r="B159" s="6">
         <v>138729.555860297</v>
       </c>
       <c r="C159" s="7">
         <v>276.75063010751899</v>
       </c>
       <c r="D159" s="7">
-        <v>280.61677392197902</v>
+        <v>280.61677393792002</v>
       </c>
       <c r="E159" s="12">
-        <v>2.7452568791301424E-2</v>
+        <v>2.7452569007849315E-2</v>
       </c>
       <c r="F159" s="9">
         <v>0.17050152459726475</v>
       </c>
       <c r="G159" s="9">
-        <v>4.4750434014794394E-2</v>
+        <v>4.4750433983991922E-2</v>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" s="5">
         <v>38047</v>
       </c>
       <c r="B160" s="6">
         <v>142584.26376954099</v>
       </c>
       <c r="C160" s="7">
         <v>284.44036021692699</v>
       </c>
       <c r="D160" s="7">
-        <v>285.36719616155801</v>
+        <v>285.36719619704797</v>
       </c>
       <c r="E160" s="12">
-        <v>1.6928504213008289E-2</v>
+        <v>1.6928504281710888E-2</v>
       </c>
       <c r="F160" s="9">
         <v>0.16700592760961452</v>
       </c>
       <c r="G160" s="9">
-        <v>4.4300911118485331E-2</v>
+        <v>4.4300911164144141E-2</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" s="5">
         <v>38078</v>
       </c>
       <c r="B161" s="6">
         <v>145917.922983422</v>
       </c>
       <c r="C161" s="7">
         <v>291.09065389287798</v>
       </c>
       <c r="D161" s="7">
-        <v>289.97095148691102</v>
+        <v>289.97095149857</v>
       </c>
       <c r="E161" s="12">
-        <v>1.6132741910344306E-2</v>
+        <v>1.6132741824828045E-2</v>
       </c>
       <c r="F161" s="9">
         <v>0.18876080167200349</v>
       </c>
       <c r="G161" s="9">
-        <v>5.3343826531788485E-2</v>
+        <v>5.3343826678073913E-2</v>
       </c>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" s="5">
         <v>38108</v>
       </c>
       <c r="B162" s="6">
         <v>149019.87983144101</v>
       </c>
       <c r="C162" s="7">
         <v>297.278726124005</v>
       </c>
       <c r="D162" s="7">
-        <v>295.325846958174</v>
+        <v>295.32584697243101</v>
       </c>
       <c r="E162" s="12">
-        <v>1.8467006587398416E-2</v>
+        <v>1.846700659561562E-2</v>
       </c>
       <c r="F162" s="9">
         <v>0.19453184756393727</v>
       </c>
       <c r="G162" s="9">
-        <v>5.4059968852136819E-2</v>
+        <v>5.4059968974626393E-2</v>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" s="5">
         <v>38139</v>
       </c>
       <c r="B163" s="6">
         <v>151523.86258659701</v>
       </c>
       <c r="C163" s="7">
         <v>302.27390397900803</v>
       </c>
       <c r="D163" s="7">
-        <v>298.48062898407397</v>
+        <v>298.48062901047501</v>
       </c>
       <c r="E163" s="12">
-        <v>1.0682376969012086E-2</v>
+        <v>1.0682377009617161E-2</v>
       </c>
       <c r="F163" s="9">
         <v>0.19108957598859133</v>
       </c>
       <c r="G163" s="9">
-        <v>5.3240787199972939E-2</v>
+        <v>5.3240787250544486E-2</v>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" s="5">
         <v>38169</v>
       </c>
       <c r="B164" s="6">
         <v>154298.53053373899</v>
       </c>
       <c r="C164" s="7">
         <v>307.80906984866601</v>
       </c>
       <c r="D164" s="7">
-        <v>303.65774850487998</v>
+        <v>303.65774849098301</v>
       </c>
       <c r="E164" s="12">
-        <v>1.7344909578980605E-2</v>
+        <v>1.734490944243583E-2</v>
       </c>
       <c r="F164" s="9">
         <v>0.20309564592408336</v>
       </c>
       <c r="G164" s="9">
-        <v>4.8494730073543435E-2</v>
+        <v>4.8494730027526689E-2</v>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" s="5">
         <v>38200</v>
       </c>
       <c r="B165" s="6">
         <v>153742.53287880501</v>
       </c>
       <c r="C165" s="7">
         <v>306.69991397782701</v>
       </c>
       <c r="D165" s="7">
-        <v>304.67405246739702</v>
+        <v>304.67405250632402</v>
       </c>
       <c r="E165" s="12">
-        <v>3.3468731409656005E-3</v>
+        <v>3.3468733150776586E-3</v>
       </c>
       <c r="F165" s="9">
         <v>0.1894269701690563</v>
       </c>
       <c r="G165" s="9">
-        <v>4.1518238463552626E-2</v>
+        <v>4.151823844916791E-2</v>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" s="5">
         <v>38231</v>
       </c>
       <c r="B166" s="6">
         <v>153726.762826213</v>
       </c>
       <c r="C166" s="7">
         <v>306.66845440913801</v>
       </c>
       <c r="D166" s="7">
-        <v>305.73107824297398</v>
+        <v>305.73107828692901</v>
       </c>
       <c r="E166" s="12">
-        <v>3.4693659240643271E-3</v>
+        <v>3.4693659401239252E-3</v>
       </c>
       <c r="F166" s="9">
         <v>0.17822283457277188</v>
       </c>
       <c r="G166" s="9">
-        <v>3.4268188851790615E-2</v>
+        <v>3.4268188868621818E-2</v>
       </c>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" s="5">
         <v>38261</v>
       </c>
       <c r="B167" s="6">
         <v>152159.15141917899</v>
       </c>
       <c r="C167" s="7">
         <v>303.54123727094498</v>
       </c>
       <c r="D167" s="7">
-        <v>304.42138842466397</v>
+        <v>304.42138839703398</v>
       </c>
       <c r="E167" s="12">
-        <v>-4.2837968120111869E-3</v>
+        <v>-4.2837970455390506E-3</v>
       </c>
       <c r="F167" s="9">
         <v>0.15318093456420079</v>
       </c>
       <c r="G167" s="9">
-        <v>1.934594629507691E-2</v>
+        <v>1.9345946326245977E-2</v>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" s="5">
         <v>38292</v>
       </c>
       <c r="B168" s="6">
         <v>153438.588082981</v>
       </c>
       <c r="C168" s="7">
         <v>306.09357660984</v>
       </c>
       <c r="D168" s="7">
-        <v>307.28222695993901</v>
+        <v>307.28222686795601</v>
       </c>
       <c r="E168" s="12">
-        <v>9.3976265927944169E-3</v>
+        <v>9.3976263822528328E-3</v>
       </c>
       <c r="F168" s="9">
         <v>0.15032059470366654</v>
       </c>
       <c r="G168" s="9">
-        <v>1.1713848774368429E-2</v>
+        <v>1.1713848633554624E-2</v>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" s="5">
         <v>38322</v>
       </c>
       <c r="B169" s="6">
         <v>152622.72858610301</v>
       </c>
       <c r="C169" s="7">
         <v>304.466024150382</v>
       </c>
       <c r="D169" s="7">
-        <v>307.04826298915299</v>
+        <v>307.04826282115101</v>
       </c>
       <c r="E169" s="12">
-        <v>-7.6139766722183033E-4</v>
+        <v>-7.6139791484108876E-4</v>
       </c>
       <c r="F169" s="9">
         <v>0.12683631283092178</v>
       </c>
       <c r="G169" s="9">
-        <v>5.1298431050286197E-3</v>
+        <v>5.1298427145152203E-3</v>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" s="5">
         <v>38353</v>
       </c>
       <c r="B170" s="6">
         <v>151757.17457932999</v>
       </c>
       <c r="C170" s="7">
         <v>302.73933645732899</v>
       </c>
       <c r="D170" s="7">
-        <v>307.18780562361002</v>
+        <v>307.18780546078</v>
       </c>
       <c r="E170" s="12">
-        <v>4.5446482288657997E-4</v>
+        <v>4.5446483997935161E-4</v>
       </c>
       <c r="F170" s="9">
         <v>0.12574719935561807</v>
       </c>
       <c r="G170" s="9">
-        <v>7.3148037334926919E-3</v>
+        <v>7.3148032104743965E-3</v>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" s="5">
         <v>38384</v>
       </c>
       <c r="B171" s="6">
         <v>152878.93971300701</v>
       </c>
       <c r="C171" s="7">
         <v>304.977137952855</v>
       </c>
       <c r="D171" s="7">
-        <v>309.11142062144302</v>
+        <v>309.11142067342797</v>
       </c>
       <c r="E171" s="12">
-        <v>6.2620161432773713E-3</v>
+        <v>6.2620168458920045E-3</v>
       </c>
       <c r="F171" s="9">
         <v>0.10199256939133217</v>
       </c>
       <c r="G171" s="9">
-        <v>6.4449226170524287E-3</v>
+        <v>6.444922396108721E-3</v>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" s="5">
         <v>38412</v>
       </c>
       <c r="B172" s="6">
         <v>153876.16709019599</v>
       </c>
       <c r="C172" s="7">
         <v>306.96649994054297</v>
       </c>
       <c r="D172" s="7">
-        <v>308.01831049672597</v>
+        <v>308.01831068009801</v>
       </c>
       <c r="E172" s="12">
-        <v>-3.5362980847469805E-3</v>
+        <v>-3.5362976591046813E-3</v>
       </c>
       <c r="F172" s="9">
         <v>7.9194597090358476E-2</v>
       </c>
       <c r="G172" s="9">
-        <v>6.0578470629899517E-3</v>
+        <v>6.0578474568768748E-3</v>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" s="5">
         <v>38443</v>
       </c>
       <c r="B173" s="6">
         <v>156128.027989408</v>
       </c>
       <c r="C173" s="7">
         <v>311.45872165138798</v>
       </c>
       <c r="D173" s="7">
-        <v>310.01397337077401</v>
+        <v>310.01397354179102</v>
       </c>
       <c r="E173" s="12">
-        <v>6.4790397390004362E-3</v>
+        <v>6.4790396950318296E-3</v>
       </c>
       <c r="F173" s="9">
         <v>6.9971562075660021E-2</v>
       </c>
       <c r="G173" s="9">
-        <v>6.1045005218751669E-3</v>
+        <v>6.1045014244833773E-3</v>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" s="5">
         <v>38473</v>
       </c>
       <c r="B174" s="6">
         <v>157272.24507021901</v>
       </c>
       <c r="C174" s="7">
         <v>313.74131238074398</v>
       </c>
       <c r="D174" s="7">
-        <v>311.49192229184899</v>
+        <v>311.49192239882899</v>
       </c>
       <c r="E174" s="12">
-        <v>4.7673622740462829E-3</v>
+        <v>4.7673620648545079E-3</v>
       </c>
       <c r="F174" s="9">
         <v>5.5377613027956407E-2</v>
       </c>
       <c r="G174" s="9">
-        <v>6.6894825590155804E-3</v>
+        <v>6.689483362701365E-3</v>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" s="5">
         <v>38504</v>
       </c>
       <c r="B175" s="6">
         <v>157790.98849480701</v>
       </c>
       <c r="C175" s="7">
         <v>314.77615004549699</v>
       </c>
       <c r="D175" s="7">
-        <v>311.13042056209099</v>
+        <v>311.13042060251598</v>
       </c>
       <c r="E175" s="12">
-        <v>-1.1605492916099136E-3</v>
+        <v>-1.1605495048765402E-3</v>
       </c>
       <c r="F175" s="9">
         <v>4.1360653043198914E-2</v>
       </c>
       <c r="G175" s="9">
-        <v>8.9999152372017832E-3</v>
+        <v>8.9999155025242139E-3</v>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" s="5">
         <v>38534</v>
       </c>
       <c r="B176" s="6">
         <v>158347.701452245</v>
       </c>
       <c r="C176" s="7">
         <v>315.88673286834597</v>
       </c>
       <c r="D176" s="7">
-        <v>311.72000112693303</v>
+        <v>311.72000107677297</v>
       </c>
       <c r="E176" s="12">
-        <v>1.8949627740576513E-3</v>
+        <v>1.8949624826631872E-3</v>
       </c>
       <c r="F176" s="9">
         <v>2.6242446408909714E-2</v>
       </c>
       <c r="G176" s="9">
-        <v>7.7643190123346528E-3</v>
+        <v>7.7643186755105287E-3</v>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" s="5">
         <v>38565</v>
       </c>
       <c r="B177" s="6">
         <v>157309.74626090299</v>
       </c>
       <c r="C177" s="7">
         <v>313.816123246296</v>
       </c>
       <c r="D177" s="7">
-        <v>312.03637620005901</v>
+        <v>312.03637628323401</v>
       </c>
       <c r="E177" s="12">
-        <v>1.0149335043700969E-3</v>
+        <v>1.0149339322731432E-3</v>
       </c>
       <c r="F177" s="9">
         <v>2.3202514719268708E-2</v>
       </c>
       <c r="G177" s="9">
-        <v>5.769179214698994E-3</v>
+        <v>5.76917879449379E-3</v>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" s="5">
         <v>38596</v>
       </c>
       <c r="B178" s="6">
         <v>156516.536930815</v>
       </c>
       <c r="C178" s="7">
         <v>312.23375544768402</v>
       </c>
       <c r="D178" s="7">
-        <v>311.37422599000598</v>
+        <v>311.37422612352498</v>
       </c>
       <c r="E178" s="12">
-        <v>-2.1220289061057995E-3</v>
+        <v>-2.1220287441999774E-3</v>
       </c>
       <c r="F178" s="9">
         <v>1.8147614984621585E-2</v>
       </c>
       <c r="G178" s="9">
-        <v>2.6744477444120562E-3</v>
+        <v>2.6744475806401713E-3</v>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" s="5">
         <v>38626</v>
       </c>
       <c r="B179" s="6">
         <v>157107.34546862601</v>
       </c>
       <c r="C179" s="7">
         <v>313.41235530766397</v>
       </c>
       <c r="D179" s="7">
-        <v>314.27033129003098</v>
+        <v>314.27033129621202</v>
       </c>
       <c r="E179" s="12">
-        <v>9.301043754719629E-3</v>
+        <v>9.3010433417766158E-3</v>
       </c>
       <c r="F179" s="9">
         <v>3.2519858341052643E-2</v>
       </c>
       <c r="G179" s="9">
-        <v>3.5731972555139713E-3</v>
+        <v>3.5731973896004909E-3</v>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" s="5">
         <v>38657</v>
       </c>
       <c r="B180" s="6">
         <v>157138.890214363</v>
       </c>
       <c r="C180" s="7">
         <v>313.47528370244697</v>
       </c>
       <c r="D180" s="7">
-        <v>314.40773497471298</v>
+        <v>314.40773473452401</v>
       </c>
       <c r="E180" s="12">
-        <v>4.3721494204684852E-4</v>
+        <v>4.3721415809527819E-4</v>
       </c>
       <c r="F180" s="9">
         <v>2.411585102295688E-2</v>
       </c>
       <c r="G180" s="9">
-        <v>5.5252618577246171E-3</v>
+        <v>5.5252616712480052E-3</v>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" s="5">
         <v>38687</v>
       </c>
       <c r="B181" s="6">
         <v>157249.75617954001</v>
       </c>
       <c r="C181" s="7">
         <v>313.69644944849102</v>
       </c>
       <c r="D181" s="7">
-        <v>316.57409377788701</v>
+        <v>316.574093127308</v>
       </c>
       <c r="E181" s="12">
-        <v>6.8902846914635774E-3</v>
+        <v>6.8902833914477046E-3</v>
       </c>
       <c r="F181" s="9">
         <v>3.0316766292287189E-2</v>
       </c>
       <c r="G181" s="9">
-        <v>1.082368247786003E-2</v>
+        <v>1.0823681351896264E-2</v>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" s="5">
         <v>38718</v>
       </c>
       <c r="B182" s="6">
         <v>158477.76609916601</v>
       </c>
       <c r="C182" s="7">
         <v>316.146197931627</v>
       </c>
       <c r="D182" s="7">
-        <v>320.57846488674602</v>
+        <v>320.57846426723</v>
       </c>
       <c r="E182" s="12">
-        <v>1.2649080223439135E-2</v>
+        <v>1.2649080347556074E-2</v>
       </c>
       <c r="F182" s="9">
         <v>4.428516502409563E-2</v>
       </c>
       <c r="G182" s="9">
-        <v>1.4801794153730397E-2</v>
+        <v>1.4801792301865957E-2</v>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" s="5">
         <v>38749</v>
       </c>
       <c r="B183" s="6">
         <v>158572.96779555501</v>
       </c>
       <c r="C183" s="7">
         <v>316.33611513636203</v>
       </c>
       <c r="D183" s="7">
-        <v>320.49905811358502</v>
+        <v>320.49905835469701</v>
       </c>
       <c r="E183" s="12">
-        <v>-2.4769840104210683E-4</v>
+        <v>-2.4769571691130032E-4</v>
       </c>
       <c r="F183" s="9">
         <v>3.7245339961393897E-2</v>
       </c>
       <c r="G183" s="9">
-        <v>1.8721644177108088E-2</v>
+        <v>1.8721643191404347E-2</v>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" s="5">
         <v>38777</v>
       </c>
       <c r="B184" s="6">
         <v>162082.50416309899</v>
       </c>
       <c r="C184" s="7">
         <v>323.33726492798297</v>
       </c>
       <c r="D184" s="7">
-        <v>324.50515406043502</v>
+        <v>324.505154378947</v>
       </c>
       <c r="E184" s="12">
-        <v>1.2499556068680251E-2</v>
+        <v>1.2499556300775261E-2</v>
       </c>
       <c r="F184" s="9">
         <v>5.3330786879385528E-2</v>
       </c>
       <c r="G184" s="9">
-        <v>2.1508035503688294E-2</v>
+        <v>2.1508036396276298E-2</v>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" s="5">
         <v>38808</v>
       </c>
       <c r="B185" s="6">
         <v>163573.278728317</v>
       </c>
       <c r="C185" s="7">
         <v>326.31120078263098</v>
       </c>
       <c r="D185" s="7">
-        <v>324.67279919778798</v>
+        <v>324.67279962178202</v>
       </c>
       <c r="E185" s="12">
-        <v>5.1661779560441268E-4</v>
+        <v>5.1661812015235675E-4</v>
       </c>
       <c r="F185" s="9">
         <v>4.7686830063687236E-2</v>
       </c>
       <c r="G185" s="9">
-        <v>1.9038959331912242E-2</v>
+        <v>1.9038961982985603E-2</v>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" s="5">
         <v>38838</v>
       </c>
       <c r="B186" s="6">
         <v>164632.29089936099</v>
       </c>
       <c r="C186" s="7">
         <v>328.42381682764398</v>
       </c>
       <c r="D186" s="7">
-        <v>325.97346372877598</v>
+        <v>325.97346408190401</v>
       </c>
       <c r="E186" s="12">
-        <v>4.0060779166031235E-3</v>
+        <v>4.0060776931025721E-3</v>
       </c>
       <c r="F186" s="9">
         <v>4.6798122744772241E-2</v>
       </c>
       <c r="G186" s="9">
-        <v>1.8273660172636319E-2</v>
+        <v>1.8273662410841052E-2</v>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" s="5">
         <v>38869</v>
       </c>
       <c r="B187" s="6">
         <v>165729.90767969601</v>
       </c>
       <c r="C187" s="7">
         <v>330.613444940345</v>
       </c>
       <c r="D187" s="7">
-        <v>326.97187578343301</v>
+        <v>326.97187602710198</v>
       </c>
       <c r="E187" s="12">
-        <v>3.0628629804287932E-3</v>
+        <v>3.0628626413196081E-3</v>
       </c>
       <c r="F187" s="9">
         <v>5.0312880733050847E-2</v>
       </c>
       <c r="G187" s="9">
-        <v>1.246445481589098E-2</v>
+        <v>1.2464455935867091E-2</v>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" s="5">
         <v>38899</v>
       </c>
       <c r="B188" s="6">
         <v>167732.73474557401</v>
       </c>
       <c r="C188" s="7">
         <v>334.608870781946</v>
       </c>
       <c r="D188" s="7">
-        <v>330.38001607084902</v>
+        <v>330.380016433658</v>
       </c>
       <c r="E188" s="12">
-        <v>1.0423343840353372E-2</v>
+        <v>1.042334419695945E-2</v>
       </c>
       <c r="F188" s="9">
         <v>5.9268516102583435E-2</v>
       </c>
       <c r="G188" s="9">
-        <v>1.4075144662800243E-2</v>
+        <v>1.4075144623759916E-2</v>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" s="5">
         <v>38930</v>
       </c>
       <c r="B189" s="6">
         <v>167721.47997902901</v>
       </c>
       <c r="C189" s="7">
         <v>334.58641872611901</v>
       </c>
       <c r="D189" s="7">
-        <v>332.935720000179</v>
+        <v>332.93571990908498</v>
       </c>
       <c r="E189" s="12">
-        <v>7.7356492675451083E-3</v>
+        <v>7.7356478851684507E-3</v>
       </c>
       <c r="F189" s="9">
         <v>6.6186196123268148E-2</v>
       </c>
       <c r="G189" s="9">
-        <v>1.5521891886523198E-2</v>
+        <v>1.5521891274047572E-2</v>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" s="5">
         <v>38961</v>
       </c>
       <c r="B190" s="6">
         <v>169412.674514554</v>
       </c>
       <c r="C190" s="7">
         <v>337.960170991371</v>
       </c>
       <c r="D190" s="7">
-        <v>336.97876828365901</v>
+        <v>336.97876874858702</v>
       </c>
       <c r="E190" s="12">
-        <v>1.2143630258350857E-2</v>
+        <v>1.2143631931731624E-2</v>
       </c>
       <c r="F190" s="9">
         <v>8.2394728612222634E-2</v>
       </c>
       <c r="G190" s="9">
-        <v>2.3195524660182931E-2</v>
+        <v>2.3195524345309693E-2</v>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" s="5">
         <v>38991</v>
       </c>
       <c r="B191" s="6">
         <v>169623.48858430699</v>
       </c>
       <c r="C191" s="7">
         <v>338.38072251896602</v>
       </c>
       <c r="D191" s="7">
-        <v>339.02329099409701</v>
+        <v>339.02329104809002</v>
       </c>
       <c r="E191" s="12">
-        <v>6.0672152161140858E-3</v>
+        <v>6.0672139882747E-3</v>
       </c>
       <c r="F191" s="9">
         <v>7.9666186697686658E-2</v>
       </c>
       <c r="G191" s="9">
-        <v>2.6046743887418788E-2</v>
+        <v>2.6046743321203936E-2</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" s="5">
         <v>39022</v>
       </c>
       <c r="B192" s="6">
         <v>172184.84989518899</v>
       </c>
       <c r="C192" s="7">
         <v>343.490364457368</v>
       </c>
       <c r="D192" s="7">
-        <v>344.30619236931801</v>
+        <v>344.30619245651701</v>
       </c>
       <c r="E192" s="12">
-        <v>1.558270925791061E-2</v>
+        <v>1.5582709353374913E-2</v>
       </c>
       <c r="F192" s="9">
         <v>9.5749433258066841E-2</v>
       </c>
       <c r="G192" s="9">
-        <v>3.0315071534011029E-2</v>
+        <v>3.0315071609859912E-2</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" s="5">
         <v>39052</v>
       </c>
       <c r="B193" s="6">
         <v>173745.944939993</v>
       </c>
       <c r="C193" s="7">
         <v>346.60458214968298</v>
       </c>
       <c r="D193" s="7">
-        <v>349.96694465833599</v>
+        <v>349.96694426849098</v>
       </c>
       <c r="E193" s="12">
-        <v>1.6441041185068173E-2</v>
+        <v>1.6441039795381807E-2</v>
       </c>
       <c r="F193" s="9">
         <v>0.10490438370930777</v>
       </c>
       <c r="G193" s="9">
-        <v>3.2992207318337963E-2</v>
+        <v>3.2992206309035987E-2</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" s="5">
         <v>39083</v>
       </c>
       <c r="B194" s="6">
         <v>173224.53049976699</v>
       </c>
       <c r="C194" s="7">
         <v>345.56441609433301</v>
       </c>
       <c r="D194" s="7">
-        <v>350.260890956857</v>
+        <v>350.26088540793597</v>
       </c>
       <c r="E194" s="12">
-        <v>8.3992589302384069E-4</v>
+        <v>8.3991115235004798E-4</v>
       </c>
       <c r="F194" s="9">
         <v>9.3052576166259282E-2</v>
       </c>
       <c r="G194" s="9">
-        <v>3.5280915669597457E-2</v>
+        <v>3.5280909430869922E-2</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" s="5">
         <v>39114</v>
       </c>
       <c r="B195" s="6">
         <v>174705.525857548</v>
       </c>
       <c r="C195" s="7">
         <v>348.51884347579801</v>
       </c>
       <c r="D195" s="7">
-        <v>353.29500458667599</v>
+        <v>353.29500448148298</v>
       </c>
       <c r="E195" s="12">
-        <v>8.6624390794252104E-3</v>
+        <v>8.6624547585816281E-3</v>
       </c>
       <c r="F195" s="9">
         <v>0.10173586511158583</v>
       </c>
       <c r="G195" s="9">
-        <v>3.255348420555948E-2</v>
+        <v>3.2553477668505248E-2</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" s="5">
         <v>39142</v>
       </c>
       <c r="B196" s="6">
         <v>177082.55412879601</v>
       </c>
       <c r="C196" s="7">
         <v>353.26076071017502</v>
       </c>
       <c r="D196" s="7">
-        <v>354.61628234613198</v>
+        <v>354.61628674377801</v>
       </c>
       <c r="E196" s="12">
-        <v>3.7398710491300946E-3</v>
+        <v>3.7398837955102682E-3</v>
       </c>
       <c r="F196" s="9">
         <v>9.2545768854873423E-2</v>
       </c>
       <c r="G196" s="9">
-        <v>2.4074166128241314E-2</v>
+        <v>2.4074165158694871E-2</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" s="5">
         <v>39173</v>
       </c>
       <c r="B197" s="6">
         <v>180314.167315762</v>
       </c>
       <c r="C197" s="7">
         <v>359.70748347383102</v>
       </c>
       <c r="D197" s="7">
-        <v>357.910471036594</v>
+        <v>357.91047016979701</v>
       </c>
       <c r="E197" s="12">
-        <v>9.2894456753866983E-3</v>
+        <v>9.2894307147239896E-3</v>
       </c>
       <c r="F197" s="9">
         <v>0.10234488614274273</v>
       </c>
       <c r="G197" s="9">
-        <v>2.0380121101432058E-2</v>
+        <v>2.0380130097289006E-2</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" s="5">
         <v>39203</v>
       </c>
       <c r="B198" s="6">
         <v>181584.49998302499</v>
       </c>
       <c r="C198" s="7">
         <v>362.24166131308903</v>
       </c>
       <c r="D198" s="7">
-        <v>359.48281722487002</v>
+        <v>359.48281736067901</v>
       </c>
       <c r="E198" s="12">
-        <v>4.3931270960644309E-3</v>
+        <v>4.393129907979576E-3</v>
       </c>
       <c r="F198" s="9">
         <v>0.10297013417633027</v>
       </c>
       <c r="G198" s="9">
-        <v>1.7547536418085263E-2</v>
+        <v>1.7547545736035675E-2</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" s="5">
         <v>39234</v>
       </c>
       <c r="B199" s="6">
         <v>184070.218171063</v>
       </c>
       <c r="C199" s="7">
         <v>367.20040330965298</v>
       </c>
       <c r="D199" s="7">
-        <v>363.16132080514501</v>
+        <v>363.16132214714702</v>
       </c>
       <c r="E199" s="12">
-        <v>1.0232766085100486E-2</v>
+        <v>1.0232769436591127E-2</v>
       </c>
       <c r="F199" s="9">
         <v>0.11066385511306009</v>
       </c>
       <c r="G199" s="9">
-        <v>2.1151974739670232E-2</v>
+        <v>2.1151976529604655E-2</v>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" s="5">
         <v>39264</v>
       </c>
       <c r="B200" s="6">
         <v>184269.86418284499</v>
       </c>
       <c r="C200" s="7">
         <v>367.59867575575498</v>
       </c>
       <c r="D200" s="7">
-        <v>363.03183667783401</v>
+        <v>363.03183872490001</v>
       </c>
       <c r="E200" s="12">
-        <v>-3.5654713179233966E-4</v>
+        <v>-3.5654518901251375E-4</v>
       </c>
       <c r="F200" s="9">
         <v>9.8592141017407098E-2</v>
       </c>
       <c r="G200" s="9">
-        <v>1.8628083532722384E-2</v>
+        <v>1.8628083565943365E-2</v>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" s="5">
         <v>39295</v>
       </c>
       <c r="B201" s="6">
         <v>183898.448890759</v>
       </c>
       <c r="C201" s="7">
         <v>366.85774196209502</v>
       </c>
       <c r="D201" s="7">
-        <v>365.21980810055999</v>
+        <v>365.21980833020098</v>
       </c>
       <c r="E201" s="12">
-        <v>6.0269408951800774E-3</v>
+        <v>6.026935854954063E-3</v>
       </c>
       <c r="F201" s="9">
         <v>9.6451384245791028E-2</v>
       </c>
       <c r="G201" s="9">
-        <v>1.8100020287081575E-2</v>
+        <v>1.8100020180444654E-2</v>
       </c>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" s="5">
         <v>39326</v>
       </c>
       <c r="B202" s="6">
         <v>184723.32792935101</v>
       </c>
       <c r="C202" s="7">
         <v>368.50328744284798</v>
       </c>
       <c r="D202" s="7">
-        <v>367.03268952814199</v>
+        <v>367.03269052187602</v>
       </c>
       <c r="E202" s="12">
-        <v>4.9638091564925269E-3</v>
+        <v>4.9638112455170358E-3</v>
       </c>
       <c r="F202" s="9">
         <v>9.0374899390901264E-2</v>
       </c>
       <c r="G202" s="9">
-        <v>1.3631634270340864E-2</v>
+        <v>1.3631636723800966E-2</v>
       </c>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" s="5">
         <v>39356</v>
       </c>
       <c r="B203" s="6">
         <v>186043.57943158501</v>
       </c>
       <c r="C203" s="7">
         <v>371.13704802023898</v>
       </c>
       <c r="D203" s="7">
-        <v>371.63215029039202</v>
+        <v>371.63215018554899</v>
       </c>
       <c r="E203" s="12">
-        <v>1.2531474425787836E-2</v>
+        <v>1.2531471398727678E-2</v>
       </c>
       <c r="F203" s="9">
         <v>9.6803166733107737E-2</v>
       </c>
       <c r="G203" s="9">
-        <v>1.677173819393496E-2</v>
+        <v>1.6771735923033049E-2</v>
       </c>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" s="5">
         <v>39387</v>
       </c>
       <c r="B204" s="6">
         <v>184098.574978594</v>
       </c>
       <c r="C204" s="7">
         <v>367.25697210859101</v>
       </c>
       <c r="D204" s="7">
-        <v>367.97558999766801</v>
+        <v>367.97559003607</v>
       </c>
       <c r="E204" s="12">
-        <v>-9.8391925721894591E-3</v>
+        <v>-9.8391921895167878E-3</v>
       </c>
       <c r="F204" s="9">
         <v>6.9191482820103234E-2</v>
       </c>
       <c r="G204" s="9">
-        <v>1.3952064628919958E-2</v>
+        <v>1.3952062116668218E-2</v>
       </c>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" s="5">
         <v>39417</v>
       </c>
       <c r="B205" s="6">
         <v>182079.51300920499</v>
       </c>
       <c r="C205" s="7">
         <v>363.22915937042097</v>
       </c>
       <c r="D205" s="7">
-        <v>366.89122117865901</v>
+        <v>366.89122086708102</v>
       </c>
       <c r="E205" s="12">
-        <v>-2.9468498685357725E-3</v>
+        <v>-2.9468508193238874E-3</v>
       </c>
       <c r="F205" s="9">
         <v>4.7964101102271561E-2</v>
       </c>
       <c r="G205" s="9">
-        <v>1.0239009916345854E-2</v>
+        <v>1.0239006554711105E-2</v>
       </c>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" s="5">
         <v>39448</v>
       </c>
       <c r="B206" s="6">
         <v>180473.15404079101</v>
       </c>
       <c r="C206" s="7">
         <v>360.02464499040701</v>
       </c>
       <c r="D206" s="7">
-        <v>364.99554256979502</v>
+        <v>364.995531125073</v>
       </c>
       <c r="E206" s="12">
-        <v>-5.1668682689490764E-3</v>
+        <v>-5.16689861787345E-3</v>
       </c>
       <c r="F206" s="9">
         <v>4.1845248592165873E-2</v>
       </c>
       <c r="G206" s="9">
-        <v>-3.6437631237596912E-3</v>
+        <v>-3.6437747484835414E-3</v>
       </c>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" s="5">
         <v>39479</v>
       </c>
       <c r="B207" s="6">
         <v>179358.048659755</v>
       </c>
       <c r="C207" s="7">
         <v>357.80012898929698</v>
       </c>
       <c r="D207" s="7">
-        <v>363.125720367974</v>
+        <v>363.12571898236001</v>
       </c>
       <c r="E207" s="12">
-        <v>-5.1228631140433079E-3</v>
+        <v>-5.122835715137164E-3</v>
       </c>
       <c r="F207" s="9">
         <v>2.6630656239232886E-2</v>
       </c>
       <c r="G207" s="9">
-        <v>-1.0507428959291687E-2</v>
+        <v>-1.0507441663927475E-2</v>
       </c>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" s="5">
         <v>39508</v>
       </c>
       <c r="B208" s="6">
         <v>179110.14291901499</v>
       </c>
       <c r="C208" s="7">
         <v>357.305583544157</v>
       </c>
       <c r="D208" s="7">
-        <v>358.74153729501</v>
+        <v>358.74154527820201</v>
       </c>
       <c r="E208" s="12">
-        <v>-1.2073457833064793E-2</v>
+        <v>-1.2073432078687274E-2</v>
       </c>
       <c r="F208" s="9">
         <v>1.1449963550580922E-2</v>
       </c>
       <c r="G208" s="9">
-        <v>-1.7746208462691482E-2</v>
+        <v>-1.7746212507732229E-2</v>
       </c>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" s="5">
         <v>39539</v>
       </c>
       <c r="B209" s="6">
         <v>178554.75808169099</v>
       </c>
       <c r="C209" s="7">
         <v>356.19765017892399</v>
       </c>
       <c r="D209" s="7">
-        <v>354.64358075617997</v>
+        <v>354.64357800657098</v>
       </c>
       <c r="E209" s="12">
-        <v>-1.1423144834940335E-2</v>
+        <v>-1.1423174498657707E-2</v>
       </c>
       <c r="F209" s="9">
         <v>-9.7574653187952887E-3</v>
       </c>
       <c r="G209" s="9">
-        <v>-2.1231307033487523E-2</v>
+        <v>-2.1231293107125682E-2</v>
       </c>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" s="5">
         <v>39569</v>
       </c>
       <c r="B210" s="6">
         <v>173583.06468614901</v>
       </c>
       <c r="C210" s="7">
         <v>346.27965345944199</v>
       </c>
       <c r="D210" s="7">
-        <v>343.61485959119602</v>
+        <v>343.61485844164002</v>
       </c>
       <c r="E210" s="12">
-        <v>-3.10980425515337E-2</v>
+        <v>-3.1098038280920504E-2</v>
       </c>
       <c r="F210" s="9">
         <v>-4.4064528071636966E-2</v>
       </c>
       <c r="G210" s="9">
-        <v>-3.4714222006988926E-2</v>
+        <v>-3.4714206692341598E-2</v>
       </c>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" s="5">
         <v>39600</v>
       </c>
       <c r="B211" s="6">
         <v>172415.01925436599</v>
       </c>
       <c r="C211" s="7">
         <v>343.949527717774</v>
       </c>
       <c r="D211" s="7">
-        <v>339.86258435929102</v>
+        <v>339.86258498387201</v>
       </c>
       <c r="E211" s="12">
-        <v>-1.0920002808869067E-2</v>
+        <v>-1.0919997682246052E-2</v>
       </c>
       <c r="F211" s="9">
         <v>-6.3319308427534526E-2</v>
       </c>
       <c r="G211" s="9">
-        <v>-4.4846300301816022E-2</v>
+        <v>-4.4846299054939753E-2</v>
       </c>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" s="5">
         <v>39630</v>
       </c>
       <c r="B212" s="6">
         <v>169316.47759819901</v>
       </c>
       <c r="C212" s="7">
         <v>337.76826842921901</v>
       </c>
       <c r="D212" s="7">
-        <v>333.559438099011</v>
+        <v>333.55945036171499</v>
       </c>
       <c r="E212" s="12">
-        <v>-1.8546161155582053E-2</v>
+        <v>-1.8546126877885483E-2</v>
       </c>
       <c r="F212" s="9">
         <v>-8.1149387345335056E-2</v>
       </c>
       <c r="G212" s="9">
-        <v>-5.524696477464397E-2</v>
+        <v>-5.5246957248153428E-2</v>
       </c>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" s="5">
         <v>39661</v>
       </c>
       <c r="B213" s="6">
         <v>164653.94354167199</v>
       </c>
       <c r="C213" s="7">
         <v>328.46701153381701</v>
       </c>
       <c r="D213" s="7">
-        <v>327.05442532020299</v>
+        <v>327.05442425350702</v>
       </c>
       <c r="E213" s="12">
-        <v>-1.9501809979896589E-2</v>
+        <v>-1.9501849224040413E-2</v>
       </c>
       <c r="F213" s="9">
         <v>-0.10464745877502746</v>
       </c>
       <c r="G213" s="9">
-        <v>-5.3475431465907386E-2</v>
+        <v>-5.3475423939930877E-2</v>
       </c>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" s="5">
         <v>39692</v>
       </c>
       <c r="B214" s="6">
         <v>161797.38865724599</v>
       </c>
       <c r="C214" s="7">
         <v>322.76848998014299</v>
       </c>
       <c r="D214" s="7">
-        <v>321.11611131235497</v>
+        <v>321.116111561389</v>
       </c>
       <c r="E214" s="12">
-        <v>-1.8156959662093297E-2</v>
+        <v>-1.815695569834308E-2</v>
       </c>
       <c r="F214" s="9">
         <v>-0.12410960504605573</v>
       </c>
       <c r="G214" s="9">
-        <v>-5.4320304312333922E-2</v>
+        <v>-5.4320290304574526E-2</v>
       </c>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" s="5">
         <v>39722</v>
       </c>
       <c r="B215" s="6">
         <v>158872.29352452801</v>
       </c>
       <c r="C215" s="7">
         <v>316.93323795987902</v>
       </c>
       <c r="D215" s="7">
-        <v>317.12634447694597</v>
+        <v>317.12634367569399</v>
       </c>
       <c r="E215" s="12">
-        <v>-1.2424685946474057E-2</v>
+        <v>-1.2424689207574335E-2</v>
       </c>
       <c r="F215" s="9">
         <v>-0.14604796354742811</v>
       </c>
       <c r="G215" s="9">
-        <v>-5.087327888810611E-2</v>
+        <v>-5.0873291433871537E-2</v>
       </c>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" s="5">
         <v>39753</v>
       </c>
       <c r="B216" s="6">
         <v>158442.084198834</v>
       </c>
       <c r="C216" s="7">
         <v>316.075016355797</v>
       </c>
       <c r="D216" s="7">
-        <v>316.68156897451001</v>
+        <v>316.68156856187801</v>
       </c>
       <c r="E216" s="12">
-        <v>-1.402518302822009E-3</v>
+        <v>-1.4025170809235377E-3</v>
       </c>
       <c r="F216" s="9">
         <v>-0.13936278856446183</v>
       </c>
       <c r="G216" s="9">
-        <v>-4.5530729999532116E-2</v>
+        <v>-4.5530742240938338E-2</v>
       </c>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" s="5">
         <v>39783</v>
       </c>
       <c r="B217" s="6">
         <v>153047.580601975</v>
       </c>
       <c r="C217" s="7">
         <v>305.31355849420402</v>
       </c>
       <c r="D217" s="7">
-        <v>308.51309238917202</v>
+        <v>308.51309199807997</v>
       </c>
       <c r="E217" s="12">
-        <v>-2.5793975354452936E-2</v>
+        <v>-2.579397532004446E-2</v>
       </c>
       <c r="F217" s="9">
         <v>-0.15944645241753475</v>
       </c>
       <c r="G217" s="9">
-        <v>-4.0142371023882073E-2</v>
+        <v>-4.0142383848779772E-2</v>
       </c>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" s="5">
         <v>39814</v>
       </c>
       <c r="B218" s="6">
         <v>150500.86326219799</v>
       </c>
       <c r="C218" s="7">
         <v>300.23312971233298</v>
       </c>
       <c r="D218" s="7">
-        <v>304.58061667980598</v>
+        <v>304.58060207112698</v>
       </c>
       <c r="E218" s="12">
-        <v>-1.2746544008594096E-2</v>
+        <v>-1.2746590108978162E-2</v>
       </c>
       <c r="F218" s="9">
         <v>-0.16607617314550005</v>
       </c>
       <c r="G218" s="9">
-        <v>-3.6798630308623514E-2</v>
+        <v>-3.6798644659714053E-2</v>
       </c>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" s="5">
         <v>39845</v>
       </c>
       <c r="B219" s="6">
         <v>147745.53165687699</v>
       </c>
       <c r="C219" s="7">
         <v>294.73653777704402</v>
       </c>
       <c r="D219" s="7">
-        <v>299.46583712032799</v>
+        <v>299.46583396932601</v>
       </c>
       <c r="E219" s="12">
-        <v>-1.6792859687637218E-2</v>
+        <v>-1.6792822875195901E-2</v>
       </c>
       <c r="F219" s="9">
         <v>-0.17625368495643945</v>
       </c>
       <c r="G219" s="9">
-        <v>-4.4364239956140139E-2</v>
+        <v>-4.4364257998128487E-2</v>
       </c>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" s="5">
         <v>39873</v>
       </c>
       <c r="B220" s="6">
         <v>150946.108249254</v>
       </c>
       <c r="C220" s="7">
         <v>301.12134585312498</v>
       </c>
       <c r="D220" s="7">
-        <v>302.43363532343</v>
+        <v>302.43364452890597</v>
       </c>
       <c r="E220" s="12">
-        <v>9.9103064030290344E-3</v>
+        <v>9.9103477690345443E-3</v>
       </c>
       <c r="F220" s="9">
         <v>-0.15724421973408254</v>
       </c>
       <c r="G220" s="9">
-        <v>-3.8034721177727437E-2</v>
+        <v>-3.803472861709678E-2</v>
       </c>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" s="5">
         <v>39904</v>
       </c>
       <c r="B221" s="6">
         <v>151860.78219449599</v>
       </c>
       <c r="C221" s="7">
         <v>302.94602257120903</v>
       </c>
       <c r="D221" s="7">
-        <v>301.86171866140103</v>
+        <v>301.8617137562</v>
       </c>
       <c r="E221" s="12">
-        <v>-1.8910484656157189E-3</v>
+        <v>-1.8910950651567227E-3</v>
       </c>
       <c r="F221" s="9">
         <v>-0.14950022152298248</v>
       </c>
       <c r="G221" s="9">
-        <v>-2.7978897215970244E-2</v>
+        <v>-2.7978879867203932E-2</v>
       </c>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" s="5">
         <v>39934</v>
       </c>
       <c r="B222" s="6">
         <v>154015.63316509</v>
       </c>
       <c r="C222" s="7">
         <v>307.24471984737198</v>
       </c>
       <c r="D222" s="7">
-        <v>304.65807211430803</v>
+        <v>304.65806776813702</v>
       </c>
       <c r="E222" s="12">
-        <v>9.2636902264631171E-3</v>
+        <v>9.2636922289373036E-3</v>
       </c>
       <c r="F222" s="9">
         <v>-0.11272661625394043</v>
       </c>
       <c r="G222" s="9">
-        <v>-3.9516545580237095E-3</v>
+        <v>-3.9516347969550392E-3</v>
       </c>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" s="5">
         <v>39965</v>
       </c>
       <c r="B223" s="6">
         <v>156441.91410974701</v>
       </c>
       <c r="C223" s="7">
         <v>312.08489089879401</v>
       </c>
       <c r="D223" s="7">
-        <v>308.09478834100202</v>
+        <v>308.094784982482</v>
       </c>
       <c r="E223" s="12">
-        <v>1.1280568418369441E-2</v>
+        <v>1.1280571821129515E-2</v>
       </c>
       <c r="F223" s="9">
         <v>-9.2643350989353168E-2</v>
       </c>
       <c r="G223" s="9">
-        <v>8.973710609586405E-3</v>
+        <v>8.9737062201640239E-3</v>
       </c>
     </row>
     <row r="224" spans="1:7">
       <c r="A224" s="5">
         <v>39995</v>
       </c>
       <c r="B224" s="6">
         <v>158870.53987160101</v>
       </c>
       <c r="C224" s="7">
         <v>316.92973960979998</v>
       </c>
       <c r="D224" s="7">
-        <v>312.89369518089302</v>
+        <v>312.89372909810697</v>
       </c>
       <c r="E224" s="12">
-        <v>1.5576072759074133E-2</v>
+        <v>1.5576193916744918E-2</v>
       </c>
       <c r="F224" s="9">
         <v>-6.1694749824570461E-2</v>
       </c>
       <c r="G224" s="9">
-        <v>2.4215871124408039E-2</v>
+        <v>2.4215898825773685E-2</v>
       </c>
     </row>
     <row r="225" spans="1:7">
       <c r="A225" s="5">
         <v>40026</v>
       </c>
       <c r="B225" s="6">
         <v>160223.90395337</v>
       </c>
       <c r="C225" s="7">
         <v>319.62955624275799</v>
       </c>
       <c r="D225" s="7">
-        <v>318.22235365375298</v>
+        <v>318.22235135421801</v>
       </c>
       <c r="E225" s="12">
-        <v>1.703025198311936E-2</v>
+        <v>1.7030134389303342E-2</v>
       </c>
       <c r="F225" s="9">
         <v>-2.6905153274879745E-2</v>
       </c>
       <c r="G225" s="9">
-        <v>3.3288186399562214E-2</v>
+        <v>3.328821754151301E-2</v>
       </c>
     </row>
     <row r="226" spans="1:7">
       <c r="A226" s="5">
         <v>40057</v>
       </c>
       <c r="B226" s="6">
         <v>161815.923631171</v>
       </c>
       <c r="C226" s="7">
         <v>322.80546527124801</v>
       </c>
       <c r="D226" s="7">
-        <v>320.96435469998698</v>
+        <v>320.96435626216999</v>
       </c>
       <c r="E226" s="12">
-        <v>8.6166198406585348E-3</v>
+        <v>8.6166320382059514E-3</v>
       </c>
       <c r="F226" s="9">
         <v>1.1455669389315304E-4</v>
       </c>
       <c r="G226" s="9">
-        <v>4.0963511049763479E-2</v>
+        <v>4.0963561679067784E-2</v>
       </c>
     </row>
     <row r="227" spans="1:7">
       <c r="A227" s="5">
         <v>40087</v>
       </c>
       <c r="B227" s="6">
         <v>162038.08423830601</v>
       </c>
       <c r="C227" s="7">
         <v>323.248651927678</v>
       </c>
       <c r="D227" s="7">
-        <v>323.30725574905603</v>
+        <v>323.30725642391002</v>
       </c>
       <c r="E227" s="12">
-        <v>7.2995677394114278E-3</v>
+        <v>7.2995649393114981E-3</v>
       </c>
       <c r="F227" s="9">
         <v>1.9926638204474045E-2</v>
       </c>
       <c r="G227" s="9">
-        <v>3.9807211772389106E-2</v>
+        <v>3.9807182259539831E-2</v>
       </c>
     </row>
     <row r="228" spans="1:7">
       <c r="A228" s="5">
         <v>40118</v>
       </c>
       <c r="B228" s="6">
         <v>162764.20429844299</v>
       </c>
       <c r="C228" s="7">
         <v>324.697183806341</v>
       </c>
       <c r="D228" s="7">
-        <v>325.32086242031698</v>
+        <v>325.320861003814</v>
       </c>
       <c r="E228" s="12">
-        <v>6.2281518136539926E-3</v>
+        <v>6.2281453320176539E-3</v>
       </c>
       <c r="F228" s="9">
         <v>2.7278864207471054E-2</v>
       </c>
       <c r="G228" s="9">
-        <v>3.2348046350353377E-2</v>
+        <v>3.234801616250671E-2</v>
       </c>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" s="5">
         <v>40148</v>
       </c>
       <c r="B229" s="6">
         <v>162102.96642418599</v>
       </c>
       <c r="C229" s="7">
         <v>323.37808495089803</v>
       </c>
       <c r="D229" s="7">
-        <v>326.85825216990099</v>
+        <v>326.85824591058201</v>
       </c>
       <c r="E229" s="12">
-        <v>4.7257643980964659E-3</v>
+        <v>4.7257495323977938E-3</v>
       </c>
       <c r="F229" s="9">
         <v>5.9167128200226848E-2</v>
       </c>
       <c r="G229" s="9">
-        <v>2.4584023279699441E-2</v>
+        <v>2.4583980219761381E-2</v>
       </c>
     </row>
     <row r="230" spans="1:7">
       <c r="A230" s="5">
         <v>40179</v>
       </c>
       <c r="B230" s="6">
         <v>163480.79888125899</v>
       </c>
       <c r="C230" s="7">
         <v>326.12671337627501</v>
       </c>
       <c r="D230" s="7">
-        <v>331.14512829124101</v>
+        <v>331.14509904815702</v>
       </c>
       <c r="E230" s="12">
-        <v>1.3115398166883896E-2</v>
+        <v>1.3115328100817614E-2</v>
       </c>
       <c r="F230" s="9">
         <v>8.6244924698189784E-2</v>
       </c>
       <c r="G230" s="9">
-        <v>2.1641983799950637E-2</v>
+        <v>2.1641945508743543E-2</v>
       </c>
     </row>
     <row r="231" spans="1:7">
       <c r="A231" s="5">
         <v>40210</v>
       </c>
       <c r="B231" s="6">
         <v>161319.62812062699</v>
       </c>
       <c r="C231" s="7">
         <v>321.81540879473999</v>
       </c>
       <c r="D231" s="7">
-        <v>327.16624879879203</v>
+        <v>327.16623133408598</v>
       </c>
       <c r="E231" s="12">
-        <v>-1.2015515713550085E-2</v>
+        <v>-1.2015481205996714E-2</v>
       </c>
       <c r="F231" s="9">
         <v>9.1874835817539635E-2</v>
       </c>
       <c r="G231" s="9">
-        <v>1.6065673802598601E-2</v>
+        <v>1.6065618314517804E-2</v>
       </c>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" s="5">
         <v>40238</v>
       </c>
       <c r="B232" s="6">
         <v>164518.669146158</v>
       </c>
       <c r="C232" s="7">
         <v>328.197153579153</v>
       </c>
       <c r="D232" s="7">
-        <v>329.67140853507402</v>
+        <v>329.671412932664</v>
       </c>
       <c r="E232" s="12">
-        <v>7.6571460090391064E-3</v>
+        <v>7.6572132409957749E-3</v>
       </c>
       <c r="F232" s="9">
         <v>8.9916600396819923E-2</v>
       </c>
       <c r="G232" s="9">
-        <v>1.28104458102134E-2</v>
+        <v>1.2810409705611869E-2</v>
       </c>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" s="5">
         <v>40269</v>
       </c>
       <c r="B233" s="6">
         <v>167801.97329966701</v>
       </c>
       <c r="C233" s="7">
         <v>334.74699429394099</v>
       </c>
       <c r="D233" s="7">
-        <v>333.90796571521901</v>
+        <v>333.90796591610001</v>
       </c>
       <c r="E233" s="12">
-        <v>1.2850848057981423E-2</v>
+        <v>1.2850835156584584E-2</v>
       </c>
       <c r="F233" s="9">
         <v>0.10497240218843595</v>
       </c>
       <c r="G233" s="9">
-        <v>7.5472360427919494E-3</v>
+        <v>7.5472607867232977E-3</v>
       </c>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" s="5">
         <v>40299</v>
       </c>
       <c r="B234" s="6">
         <v>169162.07985551699</v>
       </c>
       <c r="C234" s="7">
         <v>337.46026144174402</v>
       </c>
       <c r="D234" s="7">
-        <v>334.30129025817098</v>
+        <v>334.301297264629</v>
       </c>
       <c r="E234" s="12">
-        <v>1.1779429763212335E-3</v>
+        <v>1.1779633572079895E-3</v>
       </c>
       <c r="F234" s="9">
         <v>9.8343566683202877E-2</v>
       </c>
       <c r="G234" s="9">
-        <v>1.2902382362394604E-2</v>
+        <v>1.2902448600168537E-2</v>
       </c>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" s="5">
         <v>40330</v>
       </c>
       <c r="B235" s="6">
         <v>170110.78385261199</v>
       </c>
       <c r="C235" s="7">
         <v>339.35282447457001</v>
       </c>
       <c r="D235" s="7">
-        <v>334.79679864960599</v>
+        <v>334.79680414538399</v>
       </c>
       <c r="E235" s="12">
-        <v>1.4822209960732025E-3</v>
+        <v>1.4822164460903675E-3</v>
       </c>
       <c r="F235" s="9">
         <v>8.7373449888090482E-2</v>
       </c>
       <c r="G235" s="9">
-        <v>1.5206002793240581E-2</v>
+        <v>1.520605912690276E-2</v>
       </c>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" s="5">
         <v>40360</v>
       </c>
       <c r="B236" s="6">
         <v>169346.94807097799</v>
       </c>
       <c r="C236" s="7">
         <v>337.82905376431802</v>
       </c>
       <c r="D236" s="7">
-        <v>333.44212785068203</v>
+        <v>333.44219352482099</v>
       </c>
       <c r="E236" s="12">
-        <v>-4.0462477669678254E-3</v>
+        <v>-4.0460679546234779E-3</v>
       </c>
       <c r="F236" s="9">
         <v>6.5943051542745712E-2</v>
       </c>
       <c r="G236" s="9">
-        <v>1.190476489118919E-2</v>
+        <v>1.1904856938813158E-2</v>
       </c>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" s="5">
         <v>40391</v>
       </c>
       <c r="B237" s="6">
         <v>166507.234295267</v>
       </c>
       <c r="C237" s="7">
         <v>332.16412842177402</v>
       </c>
       <c r="D237" s="7">
-        <v>330.648862650289</v>
+        <v>330.64885790104501</v>
       </c>
       <c r="E237" s="12">
-        <v>-8.3770614661020648E-3</v>
+        <v>-8.3772710173466436E-3</v>
       </c>
       <c r="F237" s="9">
         <v>3.9215935867633167E-2</v>
       </c>
       <c r="G237" s="9">
-        <v>1.0092636103025132E-3</v>
+        <v>1.0093185307282759E-3</v>
       </c>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" s="5">
         <v>40422</v>
       </c>
       <c r="B238" s="6">
         <v>166756.81604706499</v>
       </c>
       <c r="C238" s="7">
         <v>332.662017329766</v>
       </c>
       <c r="D238" s="7">
-        <v>330.84665965215203</v>
+        <v>330.846660259364</v>
       </c>
       <c r="E238" s="12">
-        <v>5.9820862614667902E-4</v>
+        <v>5.9822483457105946E-4</v>
       </c>
       <c r="F238" s="9">
         <v>3.0534030922418465E-2</v>
       </c>
       <c r="G238" s="9">
-        <v>-8.0442230958471805E-3</v>
+        <v>-8.0441743113203179E-3</v>
       </c>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" s="5">
         <v>40452</v>
       </c>
       <c r="B239" s="6">
         <v>164278.88498689499</v>
       </c>
       <c r="C239" s="7">
         <v>327.71880982064903</v>
       </c>
       <c r="D239" s="7">
-        <v>327.63331959660798</v>
+        <v>327.633320393345</v>
       </c>
       <c r="E239" s="12">
-        <v>-9.7124754377828637E-3</v>
+        <v>-9.7124748471086875E-3</v>
       </c>
       <c r="F239" s="9">
         <v>1.3828852390608493E-2</v>
       </c>
       <c r="G239" s="9">
-        <v>-1.3377393380560321E-2</v>
+        <v>-1.3377473652519623E-2</v>
       </c>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" s="5">
         <v>40483</v>
       </c>
       <c r="B240" s="6">
         <v>163132.67195989401</v>
       </c>
       <c r="C240" s="7">
         <v>325.43223739206502</v>
       </c>
       <c r="D240" s="7">
-        <v>326.12175092960803</v>
+        <v>326.121745356855</v>
       </c>
       <c r="E240" s="12">
-        <v>-4.6135987293998149E-3</v>
+        <v>-4.6136181590910041E-3</v>
       </c>
       <c r="F240" s="9">
         <v>2.2638126303011763E-3</v>
       </c>
       <c r="G240" s="9">
-        <v>-1.4301965773710679E-2</v>
+        <v>-1.430203549077691E-2</v>
       </c>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" s="5">
         <v>40513</v>
       </c>
       <c r="B241" s="6">
         <v>162248.85138753601</v>
       </c>
       <c r="C241" s="7">
         <v>323.66910985384499</v>
       </c>
       <c r="D241" s="7">
-        <v>327.18933363158101</v>
+        <v>327.189313604966</v>
       </c>
       <c r="E241" s="12">
-        <v>3.2735709866940077E-3</v>
+        <v>3.2735267221841724E-3</v>
       </c>
       <c r="F241" s="9">
         <v>8.9995245964535897E-4</v>
       </c>
       <c r="G241" s="9">
-        <v>-1.4064445137011772E-2</v>
+        <v>-1.406453104120664E-2</v>
       </c>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" s="5">
         <v>40544</v>
       </c>
       <c r="B242" s="6">
         <v>161211.07933294101</v>
       </c>
       <c r="C242" s="7">
         <v>321.59886557002301</v>
       </c>
       <c r="D242" s="7">
-        <v>326.60060820335201</v>
+        <v>326.600546167956</v>
       </c>
       <c r="E242" s="12">
-        <v>-1.7993417502170095E-3</v>
+        <v>-1.7994702532395657E-3</v>
       </c>
       <c r="F242" s="9">
         <v>-1.3883707223418695E-2</v>
       </c>
       <c r="G242" s="9">
-        <v>-9.3184514939546048E-3</v>
+        <v>-9.3185367413348708E-3</v>
       </c>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" s="5">
         <v>40575</v>
       </c>
       <c r="B243" s="6">
         <v>161182.66344413601</v>
       </c>
       <c r="C243" s="7">
         <v>321.54217891026099</v>
       </c>
       <c r="D243" s="7">
-        <v>326.825980130402</v>
+        <v>326.825926634089</v>
       </c>
       <c r="E243" s="12">
-        <v>6.9005360488993972E-4</v>
+        <v>6.900798813027631E-4</v>
       </c>
       <c r="F243" s="9">
         <v>-8.4902673088993463E-4</v>
       </c>
       <c r="G243" s="9">
-        <v>-4.0481426051433012E-3</v>
+        <v>-4.0482760666156192E-3</v>
       </c>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" s="5">
         <v>40603</v>
       </c>
       <c r="B244" s="6">
         <v>164750.902737342</v>
       </c>
       <c r="C244" s="7">
         <v>328.660434761695</v>
       </c>
       <c r="D244" s="7">
-        <v>330.23711911302598</v>
+        <v>330.23711050194999</v>
       </c>
       <c r="E244" s="12">
-        <v>1.0437172042635501E-2</v>
+        <v>1.0437311087868828E-2</v>
       </c>
       <c r="F244" s="9">
         <v>1.4115941515326913E-3</v>
       </c>
       <c r="G244" s="9">
-        <v>2.7721278366612534E-3</v>
+        <v>2.7720266368380653E-3</v>
       </c>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" s="5">
         <v>40634</v>
       </c>
       <c r="B245" s="6">
         <v>165609.01900032899</v>
       </c>
       <c r="C245" s="7">
         <v>330.372284951182</v>
       </c>
       <c r="D245" s="7">
-        <v>329.75939209803602</v>
+        <v>329.75941269292099</v>
       </c>
       <c r="E245" s="12">
-        <v>-1.4466181641635822E-3</v>
+        <v>-1.4465297625179119E-3</v>
       </c>
       <c r="F245" s="9">
         <v>-1.3068703878839183E-2</v>
       </c>
       <c r="G245" s="9">
-        <v>7.0524707766532746E-3</v>
+        <v>7.0525184751411008E-3</v>
       </c>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" s="5">
         <v>40664</v>
       </c>
       <c r="B246" s="6">
         <v>167208.24519902901</v>
       </c>
       <c r="C246" s="7">
         <v>333.56257021829902</v>
       </c>
       <c r="D246" s="7">
-        <v>330.14127714952002</v>
+        <v>330.14132640138399</v>
       </c>
       <c r="E246" s="12">
-        <v>1.1580717960884002E-3</v>
+        <v>1.1581586264488575E-3</v>
       </c>
       <c r="F246" s="9">
         <v>-1.1550074686698664E-2</v>
       </c>
       <c r="G246" s="9">
-        <v>9.7100874888542688E-3</v>
+        <v>9.7102895152574309E-3</v>
       </c>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" s="5">
         <v>40695</v>
       </c>
       <c r="B247" s="6">
         <v>168205.264073642</v>
       </c>
       <c r="C247" s="7">
         <v>335.55151626564299</v>
       </c>
       <c r="D247" s="7">
-        <v>330.96705152084701</v>
+        <v>330.96709766506899</v>
       </c>
       <c r="E247" s="12">
-        <v>2.5012757521774009E-3</v>
+        <v>2.5012659659608971E-3</v>
       </c>
       <c r="F247" s="9">
         <v>-1.1201640106613842E-2</v>
       </c>
       <c r="G247" s="9">
-        <v>7.3236546871511266E-3</v>
+        <v>7.3238997332611966E-3</v>
       </c>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" s="5">
         <v>40725</v>
       </c>
       <c r="B248" s="6">
         <v>168730.56418629401</v>
       </c>
       <c r="C248" s="7">
         <v>336.59943382200299</v>
       </c>
       <c r="D248" s="7">
-        <v>332.32402261014198</v>
+        <v>332.32412608916098</v>
       </c>
       <c r="E248" s="12">
-        <v>4.1000186666904082E-3</v>
+        <v>4.1001913291853764E-3</v>
       </c>
       <c r="F248" s="9">
         <v>-3.6397696663853507E-3</v>
       </c>
       <c r="G248" s="9">
-        <v>6.6981245330755002E-3</v>
+        <v>6.6983684124735099E-3</v>
       </c>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" s="5">
         <v>40756</v>
       </c>
       <c r="B249" s="6">
         <v>165914.21319666301</v>
       </c>
       <c r="C249" s="7">
         <v>330.98111473959301</v>
       </c>
       <c r="D249" s="7">
-        <v>329.44732351241697</v>
+        <v>329.44732221329002</v>
       </c>
       <c r="E249" s="12">
-        <v>-8.6563080066581755E-3</v>
+        <v>-8.6566206002723911E-3</v>
       </c>
       <c r="F249" s="9">
         <v>-3.5615335340450915E-3</v>
       </c>
       <c r="G249" s="9">
-        <v>2.626512505021994E-3</v>
+        <v>2.6266002984589587E-3</v>
       </c>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" s="5">
         <v>40787</v>
       </c>
       <c r="B250" s="6">
         <v>166255.54958596299</v>
       </c>
       <c r="C250" s="7">
         <v>331.66204433842</v>
       </c>
       <c r="D250" s="7">
-        <v>330.15870591111798</v>
+        <v>330.15871154438298</v>
       </c>
       <c r="E250" s="12">
-        <v>2.1593206195047454E-3</v>
+        <v>2.1593416705096846E-3</v>
       </c>
       <c r="F250" s="9">
         <v>-3.0059728470736014E-3</v>
       </c>
       <c r="G250" s="9">
-        <v>1.0721221844325335E-3</v>
+        <v>1.0721138057465662E-3</v>
       </c>
     </row>
     <row r="251" spans="1:7">
       <c r="A251" s="5">
         <v>40817</v>
       </c>
       <c r="B251" s="6">
         <v>165650.31790496601</v>
       </c>
       <c r="C251" s="7">
         <v>330.454671849997</v>
       </c>
       <c r="D251" s="7">
-        <v>330.31734098987801</v>
+        <v>330.317352424859</v>
       </c>
       <c r="E251" s="12">
-        <v>4.8048128345512531E-4</v>
+        <v>4.8049884776313334E-4</v>
       </c>
       <c r="F251" s="9">
         <v>8.3481995764760342E-3</v>
       </c>
       <c r="G251" s="9">
-        <v>-3.532178977836864E-3</v>
+        <v>-3.532362587205351E-3</v>
       </c>
     </row>
     <row r="252" spans="1:7">
       <c r="A252" s="5">
         <v>40848</v>
       </c>
       <c r="B252" s="6">
         <v>165797.99075201701</v>
       </c>
       <c r="C252" s="7">
         <v>330.749263389757</v>
       </c>
       <c r="D252" s="7">
-        <v>331.48726043832397</v>
+        <v>331.48722309785501</v>
       </c>
       <c r="E252" s="12">
-        <v>3.5418045112012297E-3</v>
+        <v>3.5416567261998821E-3</v>
       </c>
       <c r="F252" s="9">
         <v>1.6338350620397568E-2</v>
       </c>
       <c r="G252" s="9">
-        <v>-7.8075987181092099E-4</v>
+        <v>-7.8092958470510343E-4</v>
       </c>
     </row>
     <row r="253" spans="1:7">
       <c r="A253" s="5">
         <v>40878</v>
       </c>
       <c r="B253" s="6">
         <v>163821.827508093</v>
       </c>
       <c r="C253" s="7">
         <v>326.80702902189</v>
       </c>
       <c r="D253" s="7">
-        <v>330.21460304646001</v>
+        <v>330.21451153128697</v>
       </c>
       <c r="E253" s="12">
-        <v>-3.8392346969265967E-3</v>
+        <v>-3.8393985586356871E-3</v>
       </c>
       <c r="F253" s="9">
         <v>9.6948367098175225E-3</v>
       </c>
       <c r="G253" s="9">
-        <v>8.9877749748890068E-5</v>
+        <v>8.9650673773755685E-5</v>
       </c>
     </row>
     <row r="254" spans="1:7">
       <c r="A254" s="5">
         <v>40909</v>
       </c>
       <c r="B254" s="6">
         <v>162228.24524833099</v>
       </c>
       <c r="C254" s="7">
         <v>323.62800280946902</v>
       </c>
       <c r="D254" s="7">
-        <v>328.51016016823098</v>
+        <v>328.51003065514197</v>
       </c>
       <c r="E254" s="12">
-        <v>-5.1616217529580899E-3</v>
+        <v>-5.1617382538425849E-3</v>
       </c>
       <c r="F254" s="9">
         <v>6.3095285981480398E-3</v>
       </c>
       <c r="G254" s="9">
-        <v>2.9159149912949545E-4</v>
+        <v>2.9131456613429307E-4</v>
       </c>
     </row>
     <row r="255" spans="1:7">
       <c r="A255" s="5">
         <v>40940</v>
       </c>
       <c r="B255" s="6">
         <v>162712.34948701199</v>
       </c>
       <c r="C255" s="7">
         <v>324.59373900217798</v>
       </c>
       <c r="D255" s="7">
-        <v>329.73822227486801</v>
+        <v>329.73811321956401</v>
       </c>
       <c r="E255" s="12">
-        <v>3.7382773975944694E-3</v>
+        <v>3.7383411458484783E-3</v>
       </c>
       <c r="F255" s="9">
         <v>9.4903881732064654E-3</v>
       </c>
       <c r="G255" s="9">
-        <v>-3.5286807726283564E-3</v>
+        <v>-3.5289931661223184E-3</v>
       </c>
     </row>
     <row r="256" spans="1:7">
       <c r="A256" s="5">
         <v>40969</v>
       </c>
       <c r="B256" s="6">
         <v>163327.22122696301</v>
       </c>
       <c r="C256" s="7">
         <v>325.82034237743898</v>
       </c>
       <c r="D256" s="7">
-        <v>327.37734380639102</v>
+        <v>327.37714706802302</v>
       </c>
       <c r="E256" s="12">
-        <v>-7.1598568470141455E-3</v>
+        <v>-7.1601251323012427E-3</v>
       </c>
       <c r="F256" s="9">
         <v>-8.6414185702495816E-3</v>
       </c>
       <c r="G256" s="9">
-        <v>-6.4449137641017229E-3</v>
+        <v>-6.4452349704879897E-3</v>
       </c>
     </row>
     <row r="257" spans="1:7">
       <c r="A257" s="5">
         <v>41000</v>
       </c>
       <c r="B257" s="6">
         <v>164134.292882101</v>
       </c>
       <c r="C257" s="7">
         <v>327.43036403227899</v>
       </c>
       <c r="D257" s="7">
-        <v>326.90871461943198</v>
+        <v>326.90871842313697</v>
       </c>
       <c r="E257" s="12">
-        <v>-1.4314649312940908E-3</v>
+        <v>-1.4308532195398405E-3</v>
       </c>
       <c r="F257" s="9">
         <v>-8.9048659736628011E-3</v>
       </c>
       <c r="G257" s="9">
-        <v>-6.2489071072845404E-3</v>
+        <v>-6.2489527901977704E-3</v>
       </c>
     </row>
     <row r="258" spans="1:7">
       <c r="A258" s="5">
         <v>41030</v>
       </c>
       <c r="B258" s="6">
         <v>166021.53392380499</v>
       </c>
       <c r="C258" s="7">
         <v>331.19520811483699</v>
       </c>
       <c r="D258" s="7">
-        <v>327.70444201430399</v>
+        <v>327.70504694235802</v>
       </c>
       <c r="E258" s="12">
-        <v>2.4340966125615537E-3</v>
+        <v>2.4359353983038901E-3</v>
       </c>
       <c r="F258" s="9">
         <v>-7.0972054865530154E-3</v>
       </c>
       <c r="G258" s="9">
-        <v>-6.5480297638320639E-3</v>
+        <v>-6.5472812119713453E-3</v>
       </c>
     </row>
     <row r="259" spans="1:7">
       <c r="A259" s="5">
         <v>41061</v>
       </c>
       <c r="B259" s="6">
         <v>165738.112466327</v>
       </c>
       <c r="C259" s="7">
         <v>330.62981261236598</v>
       </c>
       <c r="D259" s="7">
-        <v>326.21489311744699</v>
+        <v>326.214922710721</v>
       </c>
       <c r="E259" s="12">
-        <v>-4.5454034364049711E-3</v>
+        <v>-4.5471506940176765E-3</v>
       </c>
       <c r="F259" s="9">
         <v>-1.4667505329884145E-2</v>
       </c>
       <c r="G259" s="9">
-        <v>-4.8676453653084817E-3</v>
+        <v>-4.8665582251091744E-3</v>
       </c>
     </row>
     <row r="260" spans="1:7">
       <c r="A260" s="5">
         <v>41091</v>
       </c>
       <c r="B260" s="6">
         <v>164389.40362937399</v>
       </c>
       <c r="C260" s="7">
         <v>327.93928269504897</v>
       </c>
       <c r="D260" s="7">
-        <v>323.99501317852702</v>
+        <v>323.99510521437003</v>
       </c>
       <c r="E260" s="12">
-        <v>-6.8049619614416468E-3</v>
+        <v>-6.804769928687282E-3</v>
       </c>
       <c r="F260" s="9">
         <v>-2.5728359161571235E-2</v>
       </c>
       <c r="G260" s="9">
-        <v>-6.2091276711814247E-3</v>
+        <v>-6.2080843307079636E-3</v>
       </c>
     </row>
     <row r="261" spans="1:7">
       <c r="A261" s="5">
         <v>41122</v>
       </c>
       <c r="B261" s="6">
         <v>164728.76660748801</v>
       </c>
       <c r="C261" s="7">
         <v>328.61627554956902</v>
       </c>
       <c r="D261" s="7">
-        <v>327.149132020938</v>
+        <v>327.14913109227001</v>
       </c>
       <c r="E261" s="12">
-        <v>9.7350845356158899E-3</v>
+        <v>9.7347948383761373E-3</v>
       </c>
       <c r="F261" s="9">
         <v>-7.144936930569501E-3</v>
       </c>
       <c r="G261" s="9">
-        <v>-4.7164021659470423E-3</v>
+        <v>-4.7166968222535077E-3</v>
       </c>
     </row>
     <row r="262" spans="1:7">
       <c r="A262" s="5">
         <v>41153</v>
       </c>
       <c r="B262" s="6">
         <v>163963.50185574699</v>
       </c>
       <c r="C262" s="7">
         <v>327.08965419675002</v>
       </c>
       <c r="D262" s="7">
-        <v>326.03400547795701</v>
+        <v>326.03400332529702</v>
       </c>
       <c r="E262" s="12">
-        <v>-3.4086183756392163E-3</v>
+        <v>-3.4086221267036754E-3</v>
       </c>
       <c r="F262" s="9">
         <v>-1.3786293064648736E-2</v>
       </c>
       <c r="G262" s="9">
-        <v>-3.7212425508088565E-3</v>
+        <v>-3.7218002375509762E-3</v>
       </c>
     </row>
     <row r="263" spans="1:7">
       <c r="A263" s="5">
         <v>41183</v>
       </c>
       <c r="B263" s="6">
         <v>164153.36079102199</v>
       </c>
       <c r="C263" s="7">
         <v>327.46840247171599</v>
       </c>
       <c r="D263" s="7">
-        <v>327.23968642917902</v>
+        <v>327.239659545103</v>
       </c>
       <c r="E263" s="12">
-        <v>3.698022080409924E-3</v>
+        <v>3.6979462494990401E-3</v>
       </c>
       <c r="F263" s="9">
         <v>-9.0368502329316591E-3</v>
       </c>
       <c r="G263" s="9">
-        <v>2.5651281445357998E-3</v>
+        <v>2.564352631092115E-3</v>
       </c>
     </row>
     <row r="264" spans="1:7">
       <c r="A264" s="5">
         <v>41214</v>
       </c>
       <c r="B264" s="6">
         <v>163852.738559969</v>
       </c>
       <c r="C264" s="7">
         <v>326.86869326517899</v>
       </c>
       <c r="D264" s="7">
-        <v>327.60611290369599</v>
+        <v>327.60598992675199</v>
       </c>
       <c r="E264" s="12">
-        <v>1.1197494977317479E-3</v>
+        <v>1.1194559429570372E-3</v>
       </c>
       <c r="F264" s="9">
         <v>-1.173266445042731E-2</v>
       </c>
       <c r="G264" s="9">
-        <v>3.6023266331921544E-3</v>
+        <v>3.6020471566773349E-3</v>
       </c>
     </row>
     <row r="265" spans="1:7">
       <c r="A265" s="5">
         <v>41244</v>
       </c>
       <c r="B265" s="6">
         <v>162262.191136479</v>
       </c>
       <c r="C265" s="7">
         <v>323.69572122661702</v>
       </c>
       <c r="D265" s="7">
-        <v>326.76350265651399</v>
+        <v>326.76327760591897</v>
       </c>
       <c r="E265" s="12">
-        <v>-2.5720223585379287E-3</v>
+        <v>-2.5723348984596495E-3</v>
       </c>
       <c r="F265" s="9">
         <v>-9.5203209202228134E-3</v>
       </c>
       <c r="G265" s="9">
-        <v>4.5346401870478559E-3</v>
+        <v>4.5341650746395512E-3</v>
       </c>
     </row>
     <row r="266" spans="1:7">
       <c r="A266" s="5">
         <v>41275</v>
       </c>
       <c r="B266" s="6">
         <v>162245.24616004</v>
       </c>
       <c r="C266" s="7">
         <v>323.66191781048599</v>
       </c>
       <c r="D266" s="7">
-        <v>328.22471451842199</v>
+        <v>328.22441422324403</v>
       </c>
       <c r="E266" s="12">
-        <v>4.4717719391200728E-3</v>
+        <v>4.4715447464913627E-3</v>
       </c>
       <c r="F266" s="9">
         <v>1.0479624977621782E-4</v>
       </c>
       <c r="G266" s="9">
-        <v>2.2148669916288721E-3</v>
+        <v>2.2142363545736288E-3</v>
       </c>
     </row>
     <row r="267" spans="1:7">
       <c r="A267" s="5">
         <v>41306</v>
       </c>
       <c r="B267" s="6">
         <v>162637.55473582199</v>
       </c>
       <c r="C267" s="7">
         <v>324.44453147107703</v>
       </c>
       <c r="D267" s="7">
-        <v>329.26277160934097</v>
+        <v>329.26252345683997</v>
       </c>
       <c r="E267" s="12">
-        <v>3.162641461786464E-3</v>
+        <v>3.1628032181965082E-3</v>
       </c>
       <c r="F267" s="9">
         <v>-4.5967470463115223E-4</v>
       </c>
       <c r="G267" s="9">
-        <v>3.4368981366632578E-3</v>
+        <v>3.4362650700716646E-3</v>
       </c>
     </row>
     <row r="268" spans="1:7">
       <c r="A268" s="5">
         <v>41334</v>
       </c>
       <c r="B268" s="6">
         <v>164630.410711028</v>
       </c>
       <c r="C268" s="7">
         <v>328.42006605296098</v>
       </c>
       <c r="D268" s="7">
-        <v>330.063004091864</v>
+        <v>330.06260350086001</v>
       </c>
       <c r="E268" s="12">
-        <v>2.4303764394977279E-3</v>
+        <v>2.4299153016875685E-3</v>
       </c>
       <c r="F268" s="9">
         <v>7.9790097099290413E-3</v>
       </c>
       <c r="G268" s="9">
-        <v>6.0524978911642435E-3</v>
+        <v>6.0519153191231911E-3</v>
       </c>
     </row>
     <row r="269" spans="1:7">
       <c r="A269" s="5">
         <v>41365</v>
       </c>
       <c r="B269" s="6">
         <v>165586.075967813</v>
       </c>
       <c r="C269" s="7">
         <v>330.326516054526</v>
       </c>
       <c r="D269" s="7">
-        <v>329.72869705635202</v>
+        <v>329.728770640947</v>
       </c>
       <c r="E269" s="12">
-        <v>-1.0128582463575508E-3</v>
+        <v>-1.0114228524290558E-3</v>
       </c>
       <c r="F269" s="9">
         <v>8.845093004146376E-3</v>
       </c>
       <c r="G269" s="9">
-        <v>6.5745776066183925E-3</v>
+        <v>6.5746564044533162E-3</v>
       </c>
     </row>
     <row r="270" spans="1:7">
       <c r="A270" s="5">
         <v>41395</v>
       </c>
       <c r="B270" s="6">
         <v>167911.570785641</v>
       </c>
       <c r="C270" s="7">
         <v>334.96562955960798</v>
       </c>
       <c r="D270" s="7">
-        <v>331.45329977311599</v>
+        <v>331.45463642070001</v>
       </c>
       <c r="E270" s="12">
-        <v>5.2303688825399153E-3</v>
+        <v>5.23419832730454E-3</v>
       </c>
       <c r="F270" s="9">
         <v>1.1384287430461937E-2</v>
       </c>
       <c r="G270" s="9">
-        <v>7.105923404449932E-3</v>
+        <v>7.107740661729256E-3</v>
       </c>
     </row>
     <row r="271" spans="1:7">
       <c r="A271" s="5">
         <v>41426</v>
       </c>
       <c r="B271" s="6">
         <v>168940.66020150101</v>
       </c>
       <c r="C271" s="7">
         <v>337.01855290755901</v>
       </c>
       <c r="D271" s="7">
-        <v>332.81495188544801</v>
+        <v>332.81513093964901</v>
       </c>
       <c r="E271" s="12">
-        <v>4.1081265845417381E-3</v>
+        <v>4.1046175538246299E-3</v>
       </c>
       <c r="F271" s="9">
         <v>1.9322940798092159E-2</v>
       </c>
       <c r="G271" s="9">
-        <v>6.5277254774644966E-3</v>
+        <v>6.5303020774432063E-3</v>
       </c>
     </row>
     <row r="272" spans="1:7">
       <c r="A272" s="5">
         <v>41456</v>
       </c>
       <c r="B272" s="6">
         <v>170825.447604805</v>
       </c>
       <c r="C272" s="7">
         <v>340.778502243866</v>
       </c>
       <c r="D272" s="7">
-        <v>337.08302658782799</v>
+        <v>337.08320736945501</v>
       </c>
       <c r="E272" s="12">
-        <v>1.2824167538749931E-2</v>
+        <v>1.2824165829707912E-2</v>
       </c>
       <c r="F272" s="9">
         <v>3.9151209465674963E-2</v>
       </c>
       <c r="G272" s="9">
-        <v>1.2432890025309229E-2</v>
+        <v>1.2435194038483255E-2</v>
       </c>
     </row>
     <row r="273" spans="1:7">
       <c r="A273" s="5">
         <v>41487</v>
       </c>
       <c r="B273" s="6">
         <v>170513.951011909</v>
       </c>
       <c r="C273" s="7">
         <v>340.15709984820597</v>
       </c>
       <c r="D273" s="7">
-        <v>338.56555467829202</v>
+        <v>338.565568432372</v>
       </c>
       <c r="E273" s="12">
-        <v>4.3981095858522945E-3</v>
+        <v>4.3976117187358721E-3</v>
       </c>
       <c r="F273" s="9">
         <v>3.5119454382885884E-2</v>
       </c>
       <c r="G273" s="9">
-        <v>1.7370611921605494E-2</v>
+        <v>1.73699525602109E-2</v>
       </c>
     </row>
     <row r="274" spans="1:7">
       <c r="A274" s="5">
         <v>41518</v>
       </c>
       <c r="B274" s="6">
         <v>172126.764587043</v>
       </c>
       <c r="C274" s="7">
         <v>343.37449047846201</v>
       </c>
       <c r="D274" s="7">
-        <v>342.70020360617201</v>
+        <v>342.70015344489599</v>
       </c>
       <c r="E274" s="12">
-        <v>1.2212255117945325E-2</v>
+        <v>1.2212065839027675E-2</v>
       </c>
       <c r="F274" s="9">
         <v>4.9787072360033768E-2</v>
       </c>
       <c r="G274" s="9">
-        <v>2.4498904336536675E-2</v>
+        <v>2.449741152978957E-2</v>
       </c>
     </row>
     <row r="275" spans="1:7">
       <c r="A275" s="5">
         <v>41548</v>
       </c>
       <c r="B275" s="6">
         <v>173677.94069001701</v>
       </c>
       <c r="C275" s="7">
         <v>346.46892094242099</v>
       </c>
       <c r="D275" s="7">
-        <v>346.117143903841</v>
+        <v>346.117020729025</v>
       </c>
       <c r="E275" s="12">
-        <v>9.9706398237093818E-3</v>
+        <v>9.970428229406636E-3</v>
       </c>
       <c r="F275" s="9">
         <v>5.8022448356207734E-2</v>
       </c>
       <c r="G275" s="9">
-        <v>2.5996495443138423E-2</v>
+        <v>2.5994597842496692E-2</v>
       </c>
     </row>
     <row r="276" spans="1:7">
       <c r="A276" s="5">
         <v>41579</v>
       </c>
       <c r="B276" s="6">
         <v>174566.47626291701</v>
       </c>
       <c r="C276" s="7">
         <v>348.24145440256302</v>
       </c>
       <c r="D276" s="7">
-        <v>349.111115631274</v>
+        <v>349.11075906428698</v>
       </c>
       <c r="E276" s="12">
-        <v>8.6501688233762142E-3</v>
+        <v>8.6494975859789935E-3</v>
       </c>
       <c r="F276" s="9">
         <v>6.5386381680930583E-2</v>
       </c>
       <c r="G276" s="9">
-        <v>2.9217645478600174E-2</v>
+        <v>2.921673874470665E-2</v>
       </c>
     </row>
     <row r="277" spans="1:7">
       <c r="A277" s="5">
         <v>41609</v>
       </c>
       <c r="B277" s="6">
         <v>175825.596076785</v>
       </c>
       <c r="C277" s="7">
         <v>350.75326379824702</v>
       </c>
       <c r="D277" s="7">
-        <v>353.64130276065998</v>
+        <v>353.64076347901198</v>
       </c>
       <c r="E277" s="12">
-        <v>1.2976347433665492E-2</v>
+        <v>1.297583731554619E-2</v>
       </c>
       <c r="F277" s="9">
         <v>8.3589435378069732E-2</v>
       </c>
       <c r="G277" s="9">
-        <v>2.9970848767016944E-2</v>
+        <v>2.9969702082543126E-2</v>
       </c>
     </row>
     <row r="278" spans="1:7">
       <c r="A278" s="5">
         <v>41640</v>
       </c>
       <c r="B278" s="6">
         <v>176490.99683756201</v>
       </c>
       <c r="C278" s="7">
         <v>352.08066716717599</v>
       </c>
       <c r="D278" s="7">
-        <v>356.61386665229202</v>
+        <v>356.61331061330998</v>
       </c>
       <c r="E278" s="12">
-        <v>8.4055902645621128E-3</v>
+        <v>8.4055556974116374E-3</v>
       </c>
       <c r="F278" s="9">
         <v>8.7803809447023262E-2</v>
       </c>
       <c r="G278" s="9">
-        <v>3.1130927707475831E-2</v>
+        <v>3.1129674681105612E-2</v>
       </c>
     </row>
     <row r="279" spans="1:7">
       <c r="A279" s="5">
         <v>41671</v>
       </c>
       <c r="B279" s="6">
         <v>177845.97205375199</v>
       </c>
       <c r="C279" s="7">
         <v>354.78369784103103</v>
       </c>
       <c r="D279" s="7">
-        <v>359.76228043339898</v>
+        <v>359.76174757059198</v>
       </c>
       <c r="E279" s="12">
-        <v>8.828635326670442E-3</v>
+        <v>8.8287140821168286E-3</v>
       </c>
       <c r="F279" s="9">
         <v>9.3511104139718304E-2</v>
       </c>
       <c r="G279" s="9">
-        <v>3.0916376074654028E-2</v>
+        <v>3.0915333711653448E-2</v>
       </c>
     </row>
     <row r="280" spans="1:7">
       <c r="A280" s="5">
         <v>41699</v>
       </c>
       <c r="B280" s="6">
         <v>180264.310179047</v>
       </c>
       <c r="C280" s="7">
         <v>359.60802381712199</v>
       </c>
       <c r="D280" s="7">
-        <v>361.342759006059</v>
+        <v>361.34170136712999</v>
       </c>
       <c r="E280" s="12">
-        <v>4.3931191751287457E-3</v>
+        <v>4.3916670051975526E-3</v>
       </c>
       <c r="F280" s="9">
         <v>9.4963618206969302E-2</v>
       </c>
       <c r="G280" s="9">
-        <v>2.7505177796206759E-2</v>
+        <v>2.7504129534388966E-2</v>
       </c>
     </row>
     <row r="281" spans="1:7">
       <c r="A281" s="5">
         <v>41730</v>
       </c>
       <c r="B281" s="6">
         <v>183576.51362076899</v>
       </c>
       <c r="C281" s="7">
         <v>366.21551552180301</v>
       </c>
       <c r="D281" s="7">
-        <v>365.47719262115203</v>
+        <v>365.47714558329801</v>
       </c>
       <c r="E281" s="12">
-        <v>1.1441860981151519E-2</v>
+        <v>1.1444691272891161E-2</v>
       </c>
       <c r="F281" s="9">
         <v>0.10864704382784973</v>
       </c>
       <c r="G281" s="9">
-        <v>2.5690780800379898E-2</v>
+        <v>2.5690640761894645E-2</v>
       </c>
     </row>
     <row r="282" spans="1:7">
       <c r="A282" s="5">
         <v>41760</v>
       </c>
       <c r="B282" s="6">
         <v>186511.60564797101</v>
       </c>
       <c r="C282" s="7">
         <v>372.07071027763197</v>
       </c>
       <c r="D282" s="7">
-        <v>368.51178601797102</v>
+        <v>368.515669760837</v>
       </c>
       <c r="E282" s="12">
-        <v>8.303099230502653E-3</v>
+        <v>8.3138555016608606E-3</v>
       </c>
       <c r="F282" s="9">
         <v>0.11077280008342183</v>
       </c>
       <c r="G282" s="9">
-        <v>2.3657827077928628E-2</v>
+        <v>2.3661981940606536E-2</v>
       </c>
     </row>
     <row r="283" spans="1:7">
       <c r="A283" s="5">
         <v>41791</v>
       </c>
       <c r="B283" s="6">
         <v>188902.937514285</v>
       </c>
       <c r="C283" s="7">
         <v>376.84116165473398</v>
       </c>
       <c r="D283" s="7">
-        <v>372.56865468627899</v>
+        <v>372.56846958711901</v>
       </c>
       <c r="E283" s="12">
-        <v>1.1008789466804503E-2</v>
+        <v>1.0997632282264247E-2</v>
       </c>
       <c r="F283" s="9">
         <v>0.11816147331834848</v>
       </c>
       <c r="G283" s="9">
-        <v>2.675904363433057E-2</v>
+        <v>2.6764476959826089E-2</v>
       </c>
     </row>
     <row r="284" spans="1:7">
       <c r="A284" s="5">
         <v>41821</v>
       </c>
       <c r="B284" s="6">
         <v>188948.54738364599</v>
       </c>
       <c r="C284" s="7">
         <v>376.932148467216</v>
       </c>
       <c r="D284" s="7">
-        <v>373.10261299963702</v>
+        <v>373.10261699934603</v>
       </c>
       <c r="E284" s="12">
-        <v>1.4331809899779113E-3</v>
+        <v>1.433689256685966E-3</v>
       </c>
       <c r="F284" s="9">
         <v>0.10609133494423872</v>
       </c>
       <c r="G284" s="9">
-        <v>2.5401502830517009E-2</v>
+        <v>2.540645578016365E-2</v>
       </c>
     </row>
     <row r="285" spans="1:7">
       <c r="A285" s="5">
         <v>41852</v>
       </c>
       <c r="B285" s="6">
         <v>189305.83419945501</v>
       </c>
       <c r="C285" s="7">
         <v>377.64489746140902</v>
       </c>
       <c r="D285" s="7">
-        <v>375.85217700999499</v>
+        <v>375.852224477741</v>
       </c>
       <c r="E285" s="12">
-        <v>7.3694579307614916E-3</v>
+        <v>7.3695743560002747E-3</v>
       </c>
       <c r="F285" s="9">
         <v>0.11020730606514428</v>
       </c>
       <c r="G285" s="9">
-        <v>2.3912122830511473E-2</v>
+        <v>2.3909402975423877E-2</v>
       </c>
     </row>
     <row r="286" spans="1:7">
       <c r="A286" s="5">
         <v>41883</v>
       </c>
       <c r="B286" s="6">
         <v>188374.454370135</v>
       </c>
       <c r="C286" s="7">
         <v>375.78689429088598</v>
       </c>
       <c r="D286" s="7">
-        <v>375.26050881007001</v>
+        <v>375.26058470948601</v>
       </c>
       <c r="E286" s="12">
-        <v>-1.5742045307063357E-3</v>
+        <v>-1.5741286860203596E-3</v>
       </c>
       <c r="F286" s="9">
         <v>9.4393744180763628E-2</v>
       </c>
       <c r="G286" s="9">
-        <v>1.5957294010286116E-2</v>
+        <v>1.5954056495312674E-2</v>
       </c>
     </row>
     <row r="287" spans="1:7">
       <c r="A287" s="5">
         <v>41913</v>
       </c>
       <c r="B287" s="6">
         <v>189333.241018264</v>
       </c>
       <c r="C287" s="7">
         <v>377.69957113442399</v>
       </c>
       <c r="D287" s="7">
-        <v>377.20851333280802</v>
+        <v>377.20856657972399</v>
       </c>
       <c r="E287" s="12">
-        <v>5.1910725402868341E-3</v>
+        <v>5.1910111256316949E-3</v>
       </c>
       <c r="F287" s="9">
         <v>9.0139831610446697E-2</v>
       </c>
       <c r="G287" s="9">
-        <v>1.2689248325925107E-2</v>
+        <v>1.2686041490914235E-2</v>
       </c>
     </row>
     <row r="288" spans="1:7">
       <c r="A288" s="5">
         <v>41944</v>
       </c>
       <c r="B288" s="6">
         <v>189387.811604521</v>
       </c>
       <c r="C288" s="7">
         <v>377.80843361897797</v>
       </c>
       <c r="D288" s="7">
-        <v>378.99961770521401</v>
+        <v>378.99879955120298</v>
       </c>
       <c r="E288" s="12">
-        <v>4.7483137551185273E-3</v>
+        <v>4.7460029545767224E-3</v>
       </c>
       <c r="F288" s="9">
         <v>8.4903674857261136E-2</v>
       </c>
       <c r="G288" s="9">
-        <v>8.8675766870636163E-3</v>
+        <v>8.8670825457657365E-3</v>
       </c>
     </row>
     <row r="289" spans="1:7">
       <c r="A289" s="5">
         <v>41974</v>
       </c>
       <c r="B289" s="6">
         <v>188558.57053476901</v>
       </c>
       <c r="C289" s="7">
         <v>376.15418635247602</v>
       </c>
       <c r="D289" s="7">
-        <v>378.74557148246402</v>
+        <v>378.745373658414</v>
       </c>
       <c r="E289" s="12">
-        <v>-6.7030733246697949E-4</v>
+        <v>-6.6867201977705015E-4</v>
       </c>
       <c r="F289" s="9">
         <v>7.2418207258192702E-2</v>
       </c>
       <c r="G289" s="9">
-        <v>9.551910307623368E-3</v>
+        <v>9.5509395732005231E-3</v>
       </c>
     </row>
     <row r="290" spans="1:7">
       <c r="A290" s="5">
         <v>42005</v>
       </c>
       <c r="B290" s="6">
         <v>188445.792871243</v>
       </c>
       <c r="C290" s="7">
         <v>375.929206972636</v>
       </c>
       <c r="D290" s="7">
-        <v>380.26869954050198</v>
+        <v>380.26774816332102</v>
       </c>
       <c r="E290" s="12">
-        <v>4.0215072405367369E-3</v>
+        <v>4.0195197375005876E-3</v>
       </c>
       <c r="F290" s="9">
         <v>6.7736010606160857E-2</v>
       </c>
       <c r="G290" s="9">
-        <v>8.5903637923172571E-3</v>
+        <v>8.5884623070269228E-3</v>
       </c>
     </row>
     <row r="291" spans="1:7">
       <c r="A291" s="5">
         <v>42036</v>
       </c>
       <c r="B291" s="6">
         <v>187963.55379874399</v>
       </c>
       <c r="C291" s="7">
         <v>374.96719158702399</v>
       </c>
       <c r="D291" s="7">
-        <v>379.92387763187401</v>
+        <v>379.92247862224201</v>
       </c>
       <c r="E291" s="12">
-        <v>-9.0678488406914504E-4</v>
+        <v>-9.0796430343265122E-4</v>
       </c>
       <c r="F291" s="9">
         <v>5.688957488412183E-2</v>
       </c>
       <c r="G291" s="9">
-        <v>6.6016048025430152E-3</v>
+        <v>6.599965644645378E-3</v>
       </c>
     </row>
     <row r="292" spans="1:7">
       <c r="A292" s="5">
         <v>42064</v>
       </c>
       <c r="B292" s="6">
         <v>189453.67528215001</v>
       </c>
       <c r="C292" s="7">
         <v>377.93982461329</v>
       </c>
       <c r="D292" s="7">
-        <v>379.78979018969</v>
+        <v>379.78756966213399</v>
       </c>
       <c r="E292" s="12">
-        <v>-3.5293239008771238E-4</v>
+        <v>-3.5509602010719288E-4</v>
       </c>
       <c r="F292" s="9">
         <v>5.0977173984000368E-2</v>
       </c>
       <c r="G292" s="9">
-        <v>4.4307224430499836E-3</v>
+        <v>4.4275470530066308E-3</v>
       </c>
     </row>
     <row r="293" spans="1:7">
       <c r="A293" s="5">
         <v>42095</v>
       </c>
       <c r="B293" s="6">
         <v>193048.401177427</v>
       </c>
       <c r="C293" s="7">
         <v>385.11091840374098</v>
       </c>
       <c r="D293" s="7">
-        <v>384.23950432366598</v>
+        <v>384.23890624009101</v>
       </c>
       <c r="E293" s="12">
-        <v>1.1716255278356735E-2</v>
+        <v>1.1720595758089258E-2</v>
       </c>
       <c r="F293" s="9">
         <v>5.1596401793667424E-2</v>
       </c>
       <c r="G293" s="9">
-        <v>5.218990274088231E-3</v>
+        <v>5.2170219309883858E-3</v>
       </c>
     </row>
     <row r="294" spans="1:7">
       <c r="A294" s="5">
         <v>42125</v>
       </c>
       <c r="B294" s="6">
         <v>195166.06198020099</v>
       </c>
       <c r="C294" s="7">
         <v>389.33542527170698</v>
       </c>
       <c r="D294" s="7">
-        <v>386.16552424085103</v>
+        <v>386.17120904010699</v>
       </c>
       <c r="E294" s="12">
-        <v>5.0125504939300125E-3</v>
+        <v>5.028909797095249E-3</v>
       </c>
       <c r="F294" s="9">
         <v>4.6401704077142725E-2</v>
       </c>
       <c r="G294" s="9">
-        <v>9.8834779681953311E-3</v>
+        <v>9.8882539925566615E-3</v>
       </c>
     </row>
     <row r="295" spans="1:7">
       <c r="A295" s="5">
         <v>42156</v>
       </c>
       <c r="B295" s="6">
         <v>195055.29116402101</v>
       </c>
       <c r="C295" s="7">
         <v>389.11444933773799</v>
       </c>
       <c r="D295" s="7">
-        <v>385.01495003859998</v>
+        <v>385.01409512729401</v>
       </c>
       <c r="E295" s="12">
-        <v>-2.9794845215996846E-3</v>
+        <v>-2.9963754048085711E-3</v>
       </c>
       <c r="F295" s="9">
         <v>3.2568861716462116E-2</v>
       </c>
       <c r="G295" s="9">
-        <v>1.354197370330712E-2</v>
+        <v>1.3549749835415792E-2</v>
       </c>
     </row>
     <row r="296" spans="1:7">
       <c r="A296" s="5">
         <v>42186</v>
       </c>
       <c r="B296" s="6">
         <v>195621.33553679599</v>
       </c>
       <c r="C296" s="7">
         <v>390.24364733641102</v>
       </c>
       <c r="D296" s="7">
-        <v>386.42798675191102</v>
+        <v>386.42991277477103</v>
       </c>
       <c r="E296" s="12">
-        <v>3.6700827154099169E-3</v>
+        <v>3.6773138058983079E-3</v>
       </c>
       <c r="F296" s="9">
         <v>3.5315371541869922E-2</v>
       </c>
       <c r="G296" s="9">
-        <v>1.1936929953631381E-2</v>
+        <v>1.1946566639755574E-2</v>
       </c>
     </row>
     <row r="297" spans="1:7">
       <c r="A297" s="5">
         <v>42217</v>
       </c>
       <c r="B297" s="6">
         <v>195279.05678235801</v>
       </c>
       <c r="C297" s="7">
         <v>389.56083781989702</v>
       </c>
       <c r="D297" s="7">
-        <v>387.70831614200603</v>
+        <v>387.707699311981</v>
       </c>
       <c r="E297" s="12">
-        <v>3.3132418820300824E-3</v>
+        <v>3.3066449955563293E-3</v>
       </c>
       <c r="F297" s="9">
         <v>3.1553293685652628E-2</v>
       </c>
       <c r="G297" s="9">
-        <v>7.7868844758064437E-3</v>
+        <v>7.7847681219798126E-3</v>
       </c>
     </row>
     <row r="298" spans="1:7">
       <c r="A298" s="5">
         <v>42248</v>
       </c>
       <c r="B298" s="6">
         <v>195585.01130345199</v>
       </c>
       <c r="C298" s="7">
         <v>390.17118437490501</v>
       </c>
       <c r="D298" s="7">
-        <v>389.61513773339101</v>
+        <v>389.615006112304</v>
       </c>
       <c r="E298" s="12">
-        <v>4.9181859454532351E-3</v>
+        <v>4.9194452514296216E-3</v>
       </c>
       <c r="F298" s="9">
         <v>3.8277785368652451E-2</v>
       </c>
       <c r="G298" s="9">
-        <v>7.2107650711248361E-3</v>
+        <v>7.2080952749180582E-3</v>
       </c>
     </row>
     <row r="299" spans="1:7">
       <c r="A299" s="5">
         <v>42278</v>
       </c>
       <c r="B299" s="6">
         <v>196807.127979121</v>
       </c>
       <c r="C299" s="7">
         <v>392.60917646648898</v>
       </c>
       <c r="D299" s="7">
-        <v>392.10610045513198</v>
+        <v>392.10664842493901</v>
       </c>
       <c r="E299" s="12">
-        <v>6.3933930704855868E-3</v>
+        <v>6.3951394929506744E-3</v>
       </c>
       <c r="F299" s="9">
         <v>3.9474774322046047E-2</v>
       </c>
       <c r="G299" s="9">
-        <v>1.0211650741249079E-2</v>
+        <v>1.0205581901608696E-2</v>
       </c>
     </row>
     <row r="300" spans="1:7">
       <c r="A300" s="5">
         <v>42309</v>
       </c>
       <c r="B300" s="6">
         <v>196305.11469686401</v>
       </c>
       <c r="C300" s="7">
         <v>391.60771364679198</v>
       </c>
       <c r="D300" s="7">
-        <v>393.051111940152</v>
+        <v>393.05093047397099</v>
       </c>
       <c r="E300" s="12">
-        <v>2.4100912582667444E-3</v>
+        <v>2.408227590185108E-3</v>
       </c>
       <c r="F300" s="9">
         <v>3.652454206919753E-2</v>
       </c>
       <c r="G300" s="9">
-        <v>1.3476323436340421E-2</v>
+        <v>1.3476128879378324E-2</v>
       </c>
     </row>
     <row r="301" spans="1:7">
       <c r="A301" s="5">
         <v>42339</v>
       </c>
       <c r="B301" s="6">
         <v>196999.272686657</v>
       </c>
       <c r="C301" s="7">
         <v>392.99248461270503</v>
       </c>
       <c r="D301" s="7">
-        <v>395.32786551752702</v>
+        <v>395.32935801730702</v>
       </c>
       <c r="E301" s="12">
-        <v>5.7925127501525786E-3</v>
+        <v>5.7967743279185857E-3</v>
       </c>
       <c r="F301" s="9">
         <v>4.47643516173728E-2</v>
       </c>
       <c r="G301" s="9">
-        <v>1.4379047536545064E-2</v>
+        <v>1.4379618533582939E-2</v>
       </c>
     </row>
     <row r="302" spans="1:7">
       <c r="A302" s="5">
         <v>42370</v>
       </c>
       <c r="B302" s="6">
         <v>196828.535309859</v>
       </c>
       <c r="C302" s="7">
         <v>392.65188180230302</v>
       </c>
       <c r="D302" s="7">
-        <v>396.74412000002798</v>
+        <v>396.74390900740599</v>
       </c>
       <c r="E302" s="12">
-        <v>3.5824807862885333E-3</v>
+        <v>3.5781582151990232E-3</v>
       </c>
       <c r="F302" s="9">
         <v>4.4483574352562227E-2</v>
       </c>
       <c r="G302" s="9">
-        <v>1.3419827700662301E-2</v>
+        <v>1.3420942101205036E-2</v>
       </c>
     </row>
     <row r="303" spans="1:7">
       <c r="A303" s="5">
         <v>42401</v>
       </c>
       <c r="B303" s="6">
         <v>196929.73676572001</v>
       </c>
       <c r="C303" s="7">
         <v>392.85376788565202</v>
       </c>
       <c r="D303" s="7">
-        <v>397.82138905827202</v>
+        <v>397.81912158418498</v>
       </c>
       <c r="E303" s="12">
-        <v>2.7152741627121113E-3</v>
+        <v>2.7100922090248503E-3</v>
       </c>
       <c r="F303" s="9">
         <v>4.7701710176093703E-2</v>
       </c>
       <c r="G303" s="9">
-        <v>1.2871450750007618E-2</v>
+        <v>1.2870408954546386E-2</v>
       </c>
     </row>
     <row r="304" spans="1:7">
       <c r="A304" s="5">
         <v>42430</v>
       </c>
       <c r="B304" s="6">
         <v>200250.96391954401</v>
       </c>
       <c r="C304" s="7">
         <v>399.47926093110402</v>
       </c>
       <c r="D304" s="7">
-        <v>401.27382312619602</v>
+        <v>401.268782024112</v>
       </c>
       <c r="E304" s="12">
-        <v>8.6783520516497958E-3</v>
+        <v>8.6714294330294539E-3</v>
       </c>
       <c r="F304" s="9">
         <v>5.699170850770563E-2</v>
       </c>
       <c r="G304" s="9">
-        <v>1.3006733044718111E-2</v>
+        <v>1.299876789790777E-2</v>
       </c>
     </row>
     <row r="305" spans="1:7">
       <c r="A305" s="5">
         <v>42461</v>
       </c>
       <c r="B305" s="6">
         <v>202435.776789361</v>
       </c>
       <c r="C305" s="7">
         <v>403.83772899250198</v>
       </c>
       <c r="D305" s="7">
-        <v>402.80300541476402</v>
+        <v>402.79936223874398</v>
       </c>
       <c r="E305" s="12">
-        <v>3.8108199449806701E-3</v>
+        <v>3.8143515847690601E-3</v>
       </c>
       <c r="F305" s="9">
         <v>4.8627057021344289E-2</v>
       </c>
       <c r="G305" s="9">
-        <v>1.4154749137461176E-2</v>
+        <v>1.4144566775142087E-2</v>
       </c>
     </row>
     <row r="306" spans="1:7">
       <c r="A306" s="5">
         <v>42491</v>
       </c>
       <c r="B306" s="6">
         <v>204367.87236619199</v>
       </c>
       <c r="C306" s="7">
         <v>407.69205307650799</v>
       </c>
       <c r="D306" s="7">
-        <v>405.12280093868202</v>
+        <v>405.128375029876</v>
       </c>
       <c r="E306" s="12">
-        <v>5.7591316170277906E-3</v>
+        <v>5.7820667296677453E-3</v>
       </c>
       <c r="F306" s="9">
         <v>4.7148619450671392E-2</v>
       </c>
       <c r="G306" s="9">
-        <v>1.6225197413757719E-2</v>
+        <v>1.6223425638012712E-2</v>
       </c>
     </row>
     <row r="307" spans="1:7">
       <c r="A307" s="5">
         <v>42522</v>
       </c>
       <c r="B307" s="6">
         <v>204967.696929867</v>
       </c>
       <c r="C307" s="7">
         <v>408.88863894403801</v>
       </c>
       <c r="D307" s="7">
-        <v>404.90528689434001</v>
+        <v>404.90280104615903</v>
       </c>
       <c r="E307" s="12">
-        <v>-5.369089170937924E-4</v>
+        <v>-5.5679630857830009E-4</v>
       </c>
       <c r="F307" s="9">
         <v>5.0818440795388442E-2</v>
       </c>
       <c r="G307" s="9">
-        <v>1.4209066892163724E-2</v>
+        <v>1.4214980333976834E-2</v>
       </c>
     </row>
     <row r="308" spans="1:7">
       <c r="A308" s="5">
         <v>42552</v>
       </c>
       <c r="B308" s="6">
         <v>205715.26054683101</v>
       </c>
       <c r="C308" s="7">
         <v>410.37994842569202</v>
       </c>
       <c r="D308" s="7">
-        <v>406.28508993828001</v>
+        <v>406.28928960834702</v>
       </c>
       <c r="E308" s="12">
-        <v>3.4077180234499682E-3</v>
+        <v>3.4242503598533869E-3</v>
       </c>
       <c r="F308" s="9">
         <v>5.1599305271771589E-2</v>
       </c>
       <c r="G308" s="9">
-        <v>1.1993494924107395E-2</v>
+        <v>1.2008780064051372E-2</v>
       </c>
     </row>
     <row r="309" spans="1:7">
       <c r="A309" s="5">
         <v>42583</v>
       </c>
       <c r="B309" s="6">
         <v>206144.96182541799</v>
       </c>
       <c r="C309" s="7">
         <v>411.237156530118</v>
       </c>
       <c r="D309" s="7">
-        <v>409.47047661559498</v>
+        <v>409.46943556996899</v>
       </c>
       <c r="E309" s="12">
-        <v>7.8402746155388225E-3</v>
+        <v>7.8272945976192165E-3</v>
       </c>
       <c r="F309" s="9">
         <v>5.5642961524388301E-2</v>
       </c>
       <c r="G309" s="9">
-        <v>9.4783555081843218E-3</v>
+        <v>9.4815083808288403E-3</v>
       </c>
     </row>
     <row r="310" spans="1:7">
       <c r="A310" s="5">
         <v>42614</v>
       </c>
       <c r="B310" s="6">
         <v>206014.691687518</v>
       </c>
       <c r="C310" s="7">
         <v>410.97728153430899</v>
       </c>
       <c r="D310" s="7">
-        <v>410.311664806382</v>
+        <v>410.312374804998</v>
       </c>
       <c r="E310" s="12">
-        <v>2.0543317255488081E-3</v>
+        <v>2.0586133220312774E-3</v>
       </c>
       <c r="F310" s="9">
         <v>5.3325560658041615E-2</v>
       </c>
       <c r="G310" s="9">
-        <v>1.0913422475858914E-2</v>
+        <v>1.0917074768691748E-2</v>
       </c>
     </row>
     <row r="311" spans="1:7">
       <c r="A311" s="5">
         <v>42644</v>
       </c>
       <c r="B311" s="6">
         <v>205904.19166213501</v>
       </c>
       <c r="C311" s="7">
         <v>410.75684579902497</v>
       </c>
       <c r="D311" s="7">
-        <v>410.28571679199098</v>
+        <v>410.28838661716799</v>
       </c>
       <c r="E311" s="12">
-        <v>-6.3239767758682675E-5</v>
+        <v>-5.846323265634723E-5</v>
       </c>
       <c r="F311" s="9">
         <v>4.6223242910077511E-2</v>
       </c>
       <c r="G311" s="9">
-        <v>1.1308502361101924E-2</v>
+        <v>1.1304365663218796E-2</v>
       </c>
     </row>
     <row r="312" spans="1:7">
       <c r="A312" s="5">
         <v>42675</v>
       </c>
       <c r="B312" s="6">
         <v>204947.43003848099</v>
       </c>
       <c r="C312" s="7">
         <v>408.848208662785</v>
       </c>
       <c r="D312" s="7">
-        <v>410.376001113803</v>
+        <v>410.37765608583499</v>
       </c>
       <c r="E312" s="12">
-        <v>2.200523150499567E-4</v>
+        <v>2.175773713777307E-4</v>
       </c>
       <c r="F312" s="9">
         <v>4.4024911704223957E-2</v>
       </c>
       <c r="G312" s="9">
-        <v>8.4483165285667017E-3</v>
+        <v>8.4518853604211852E-3</v>
       </c>
     </row>
     <row r="313" spans="1:7">
       <c r="A313" s="5">
         <v>42705</v>
       </c>
       <c r="B313" s="6">
         <v>205897.846021356</v>
       </c>
       <c r="C313" s="7">
         <v>410.74418692418601</v>
       </c>
       <c r="D313" s="7">
-        <v>412.94575949869102</v>
+        <v>412.95138914646498</v>
       </c>
       <c r="E313" s="12">
-        <v>6.2619606846243681E-3</v>
+        <v>6.2716208411006669E-3</v>
       </c>
       <c r="F313" s="9">
         <v>4.5170589786151627E-2</v>
       </c>
       <c r="G313" s="9">
-        <v>6.1499450041271331E-3</v>
+        <v>6.1548892770220132E-3</v>
       </c>
     </row>
     <row r="314" spans="1:7">
       <c r="A314" s="5">
         <v>42736</v>
       </c>
       <c r="B314" s="6">
         <v>205239.61915463099</v>
       </c>
       <c r="C314" s="7">
         <v>409.43109470681202</v>
       </c>
       <c r="D314" s="7">
-        <v>413.36194213851599</v>
+        <v>413.36797705277797</v>
       </c>
       <c r="E314" s="12">
-        <v>1.0078385120850797E-3</v>
+        <v>1.0088061628126255E-3</v>
       </c>
       <c r="F314" s="9">
         <v>4.2733051036177638E-2</v>
       </c>
       <c r="G314" s="9">
-        <v>5.3784386713819909E-3</v>
+        <v>5.387355379511849E-3</v>
       </c>
     </row>
     <row r="315" spans="1:7">
       <c r="A315" s="5">
         <v>42767</v>
       </c>
       <c r="B315" s="6">
         <v>205846.249065682</v>
       </c>
       <c r="C315" s="7">
         <v>410.64125651468601</v>
       </c>
       <c r="D315" s="7">
-        <v>415.51256207026199</v>
+        <v>415.51720094400002</v>
       </c>
       <c r="E315" s="12">
-        <v>5.2027526303457527E-3</v>
+        <v>5.1992994390750447E-3</v>
       </c>
       <c r="F315" s="9">
         <v>4.5277632755736708E-2</v>
       </c>
       <c r="G315" s="9">
-        <v>8.811629193309134E-3</v>
+        <v>8.8207473671417791E-3</v>
       </c>
     </row>
     <row r="316" spans="1:7">
       <c r="A316" s="5">
         <v>42795</v>
       </c>
       <c r="B316" s="6">
         <v>207308.06796590099</v>
       </c>
       <c r="C316" s="7">
         <v>413.55742891378401</v>
       </c>
       <c r="D316" s="7">
-        <v>415.12113935444802</v>
+        <v>415.093033755455</v>
       </c>
       <c r="E316" s="12">
-        <v>-9.4202378350183302E-4</v>
+        <v>-1.0208173995718273E-3</v>
       </c>
       <c r="F316" s="9">
         <v>3.5241298759456585E-2</v>
       </c>
       <c r="G316" s="9">
-        <v>8.420965622385701E-3</v>
+        <v>8.3986977123304829E-3</v>
       </c>
     </row>
     <row r="317" spans="1:7">
       <c r="A317" s="5">
         <v>42826</v>
       </c>
       <c r="B317" s="6">
         <v>207698.65022601999</v>
       </c>
       <c r="C317" s="7">
         <v>414.33659875921597</v>
       </c>
       <c r="D317" s="7">
-        <v>413.21590118864702</v>
+        <v>413.21257542168399</v>
       </c>
       <c r="E317" s="12">
-        <v>-4.5895956268664495E-3</v>
+        <v>-4.5302093286365697E-3</v>
       </c>
       <c r="F317" s="9">
         <v>2.5997743680132857E-2</v>
       </c>
       <c r="G317" s="9">
-        <v>5.7944483673606495E-3</v>
+        <v>5.7619511550976998E-3</v>
       </c>
     </row>
     <row r="318" spans="1:7">
       <c r="A318" s="5">
         <v>42856</v>
       </c>
       <c r="B318" s="6">
         <v>208710.62581069101</v>
       </c>
       <c r="C318" s="7">
         <v>416.35538184386201</v>
       </c>
       <c r="D318" s="7">
-        <v>414.45464775715902</v>
+        <v>414.45614127125799</v>
       </c>
       <c r="E318" s="12">
-        <v>2.9978192149640037E-3</v>
+        <v>3.0095063014599077E-3</v>
       </c>
       <c r="F318" s="9">
         <v>2.1249687606072154E-2</v>
       </c>
       <c r="G318" s="9">
-        <v>7.8225860953873294E-4</v>
+        <v>7.4501212931932237E-4</v>
       </c>
     </row>
     <row r="319" spans="1:7">
       <c r="A319" s="5">
         <v>42887</v>
       </c>
       <c r="B319" s="6">
         <v>211301.439696902</v>
       </c>
       <c r="C319" s="7">
         <v>421.52377852079098</v>
       </c>
       <c r="D319" s="7">
-        <v>417.78293246091499</v>
+        <v>417.776081791916</v>
       </c>
       <c r="E319" s="12">
-        <v>8.0305160571056966E-3</v>
+        <v>8.0103542692715468E-3</v>
       </c>
       <c r="F319" s="9">
         <v>3.0901175462794583E-2</v>
       </c>
       <c r="G319" s="9">
-        <v>1.17189947652796E-3</v>
+        <v>1.1789488905591394E-3</v>
       </c>
     </row>
     <row r="320" spans="1:7">
       <c r="A320" s="5">
         <v>42917</v>
       </c>
       <c r="B320" s="6">
         <v>211671.32828275501</v>
       </c>
       <c r="C320" s="7">
         <v>422.26166669876102</v>
       </c>
       <c r="D320" s="7">
-        <v>418.23820240390802</v>
+        <v>418.24595058779499</v>
       </c>
       <c r="E320" s="12">
-        <v>1.0897284393867057E-3</v>
+        <v>1.1246905133095453E-3</v>
       </c>
       <c r="F320" s="9">
         <v>2.8952969848185628E-2</v>
       </c>
       <c r="G320" s="9">
-        <v>5.3271553045506348E-3</v>
+        <v>5.3507328179498437E-3</v>
       </c>
     </row>
     <row r="321" spans="1:7">
       <c r="A321" s="5">
         <v>42948</v>
       </c>
       <c r="B321" s="6">
         <v>210495.20677415901</v>
       </c>
       <c r="C321" s="7">
         <v>419.915430047396</v>
       </c>
       <c r="D321" s="7">
-        <v>418.12118344701901</v>
+        <v>418.12070913717997</v>
       </c>
       <c r="E321" s="12">
-        <v>-2.7979021575841312E-4</v>
+        <v>-2.9944450254448807E-4</v>
       </c>
       <c r="F321" s="9">
         <v>2.1102843893052725E-2</v>
       </c>
       <c r="G321" s="9">
-        <v>9.1331718086336E-3</v>
+        <v>9.1578221363730616E-3</v>
       </c>
     </row>
     <row r="322" spans="1:7">
       <c r="A322" s="5">
         <v>42979</v>
       </c>
       <c r="B322" s="6">
         <v>210800.82756864</v>
       </c>
       <c r="C322" s="7">
         <v>420.52511085349499</v>
       </c>
       <c r="D322" s="7">
-        <v>419.68548375478599</v>
+        <v>419.68865549348999</v>
       </c>
       <c r="E322" s="12">
-        <v>3.7412605954827427E-3</v>
+        <v>3.7499849255149265E-3</v>
       </c>
       <c r="F322" s="9">
         <v>2.3232012444923678E-2</v>
       </c>
       <c r="G322" s="9">
-        <v>8.5040415857438045E-3</v>
+        <v>8.5194596713682458E-3</v>
       </c>
     </row>
     <row r="323" spans="1:7">
       <c r="A323" s="5">
         <v>43009</v>
       </c>
       <c r="B323" s="6">
         <v>211084.86940068501</v>
       </c>
       <c r="C323" s="7">
         <v>421.09174393689199</v>
       </c>
       <c r="D323" s="7">
-        <v>420.68659843612397</v>
+        <v>420.692081233149</v>
       </c>
       <c r="E323" s="12">
-        <v>2.3853926811605586E-3</v>
+        <v>2.3908812557231762E-3</v>
       </c>
       <c r="F323" s="9">
         <v>2.5160622990380244E-2</v>
       </c>
       <c r="G323" s="9">
-        <v>6.4115460110198974E-3</v>
+        <v>6.4161633380810379E-3</v>
       </c>
     </row>
     <row r="324" spans="1:7">
       <c r="A324" s="5">
         <v>43040</v>
       </c>
       <c r="B324" s="6">
         <v>209987.64737891301</v>
       </c>
       <c r="C324" s="7">
         <v>418.90290332531401</v>
       </c>
       <c r="D324" s="7">
-        <v>420.22299750016799</v>
+        <v>420.22993508030902</v>
       </c>
       <c r="E324" s="12">
-        <v>-1.1020102320334901E-3</v>
+        <v>-1.098537798679966E-3</v>
       </c>
       <c r="F324" s="9">
         <v>2.4592732582624732E-2</v>
       </c>
       <c r="G324" s="9">
-        <v>5.145158794993554E-3</v>
+        <v>5.1572521021285844E-3</v>
       </c>
     </row>
     <row r="325" spans="1:7">
       <c r="A325" s="5">
         <v>43070</v>
       </c>
       <c r="B325" s="6">
         <v>211155.64055025901</v>
       </c>
       <c r="C325" s="7">
         <v>421.23292481299598</v>
       </c>
       <c r="D325" s="7">
-        <v>423.37423834056602</v>
+        <v>423.38760823039303</v>
       </c>
       <c r="E325" s="12">
-        <v>7.4989728290555391E-3</v>
+        <v>7.5141556716575852E-3</v>
       </c>
       <c r="F325" s="9">
         <v>2.5535937507366269E-2</v>
       </c>
       <c r="G325" s="9">
-        <v>6.5594509165354253E-3</v>
+        <v>6.5716129101769383E-3</v>
       </c>
     </row>
     <row r="326" spans="1:7">
       <c r="A326" s="5">
         <v>43101</v>
       </c>
       <c r="B326" s="6">
         <v>211755.92556151599</v>
       </c>
       <c r="C326" s="7">
         <v>422.43042922421802</v>
       </c>
       <c r="D326" s="7">
-        <v>426.34675191756202</v>
+        <v>426.360375239169</v>
       </c>
       <c r="E326" s="12">
-        <v>7.0210072030998383E-3</v>
+        <v>7.0213840721533582E-3</v>
       </c>
       <c r="F326" s="9">
         <v>3.1749749067580435E-2</v>
       </c>
       <c r="G326" s="9">
-        <v>9.0987551805155054E-3</v>
+        <v>9.1191573309434837E-3</v>
       </c>
     </row>
     <row r="327" spans="1:7">
       <c r="A327" s="5">
         <v>43132</v>
       </c>
       <c r="B327" s="6">
         <v>210402.40293547101</v>
       </c>
       <c r="C327" s="7">
         <v>419.73029631238302</v>
       </c>
       <c r="D327" s="7">
-        <v>424.44803921032201</v>
+        <v>424.461824725393</v>
       </c>
       <c r="E327" s="12">
-        <v>-4.4534471030921452E-3</v>
+        <v>-4.4529243898685511E-3</v>
       </c>
       <c r="F327" s="9">
         <v>2.2133771640093336E-2</v>
       </c>
       <c r="G327" s="9">
-        <v>1.0767890495573251E-2</v>
+        <v>1.0787737000920394E-2</v>
       </c>
     </row>
     <row r="328" spans="1:7">
       <c r="A328" s="5">
         <v>43160</v>
       </c>
       <c r="B328" s="6">
         <v>211625.33325334601</v>
       </c>
       <c r="C328" s="7">
         <v>422.16991153316701</v>
       </c>
       <c r="D328" s="7">
-        <v>423.47704426742501</v>
+        <v>423.43071753006001</v>
       </c>
       <c r="E328" s="12">
-        <v>-2.2876650454164427E-3</v>
+        <v>-2.4292106740106956E-3</v>
       </c>
       <c r="F328" s="9">
         <v>2.0825360680870375E-2</v>
       </c>
       <c r="G328" s="9">
-        <v>7.9001256265878173E-3</v>
+        <v>7.8646027505790972E-3</v>
       </c>
     </row>
     <row r="329" spans="1:7">
       <c r="A329" s="5">
         <v>43191</v>
       </c>
       <c r="B329" s="6">
         <v>212999.76818443101</v>
       </c>
       <c r="C329" s="7">
         <v>424.911762257482</v>
       </c>
       <c r="D329" s="7">
-        <v>423.735571332483</v>
+        <v>423.74598938172301</v>
       </c>
       <c r="E329" s="12">
-        <v>6.1048660974116764E-4</v>
+        <v>7.4456537660294586E-4</v>
       </c>
       <c r="F329" s="9">
         <v>2.5523121852944364E-2</v>
       </c>
       <c r="G329" s="9">
-        <v>1.3517659585635666E-3</v>
+        <v>1.3075920951455267E-3</v>
       </c>
     </row>
     <row r="330" spans="1:7">
       <c r="A330" s="5">
         <v>43221</v>
       </c>
       <c r="B330" s="6">
         <v>213617.76619466199</v>
       </c>
       <c r="C330" s="7">
         <v>426.14460220767199</v>
       </c>
       <c r="D330" s="7">
-        <v>424.835277049127</v>
+        <v>424.78297337388801</v>
       </c>
       <c r="E330" s="12">
-        <v>2.595264101113548E-3</v>
+        <v>2.4471830250902826E-3</v>
       </c>
       <c r="F330" s="9">
         <v>2.3511694073600431E-2</v>
       </c>
       <c r="G330" s="9">
-        <v>-1.6647216894761785E-3</v>
+        <v>-1.7659006348974549E-3</v>
       </c>
     </row>
     <row r="331" spans="1:7">
       <c r="A331" s="5">
         <v>43252</v>
       </c>
       <c r="B331" s="6">
         <v>215443.830489924</v>
       </c>
       <c r="C331" s="7">
         <v>429.78740522247801</v>
       </c>
       <c r="D331" s="7">
-        <v>426.22450773360703</v>
+        <v>426.22680285742399</v>
       </c>
       <c r="E331" s="12">
-        <v>3.2700454965264303E-3</v>
+        <v>3.3989815365436105E-3</v>
       </c>
       <c r="F331" s="9">
         <v>1.960417685257454E-2</v>
       </c>
       <c r="G331" s="9">
-        <v>4.1083912032413572E-4</v>
+        <v>3.9462190865657831E-4</v>
       </c>
     </row>
     <row r="332" spans="1:7">
       <c r="A332" s="5">
         <v>43282</v>
       </c>
       <c r="B332" s="6">
         <v>217010.33801695899</v>
       </c>
       <c r="C332" s="7">
         <v>432.91242023810798</v>
       </c>
       <c r="D332" s="7">
-        <v>428.98758862230198</v>
+        <v>428.999367901391</v>
       </c>
       <c r="E332" s="12">
-        <v>6.4826889082170158E-3</v>
+        <v>6.50490542917459E-3</v>
       </c>
       <c r="F332" s="9">
         <v>2.5223112537338555E-2</v>
       </c>
       <c r="G332" s="9">
-        <v>6.5950916725168174E-3</v>
+        <v>6.5825407828354887E-3</v>
       </c>
     </row>
     <row r="333" spans="1:7">
       <c r="A333" s="5">
         <v>43313</v>
       </c>
       <c r="B333" s="6">
         <v>214744.76977857799</v>
       </c>
       <c r="C333" s="7">
         <v>428.39285385129699</v>
       </c>
       <c r="D333" s="7">
-        <v>426.47681744839502</v>
+        <v>426.47945281274798</v>
       </c>
       <c r="E333" s="12">
-        <v>-5.8527827855587855E-3</v>
+        <v>-5.8739366003500715E-3</v>
       </c>
       <c r="F333" s="9">
         <v>2.0188407468008762E-2</v>
       </c>
       <c r="G333" s="9">
-        <v>7.5791337818198468E-3</v>
+        <v>7.6621479728846698E-3</v>
       </c>
     </row>
     <row r="334" spans="1:7">
       <c r="A334" s="5">
         <v>43344</v>
       </c>
       <c r="B334" s="6">
         <v>214921.64793340201</v>
       </c>
       <c r="C334" s="7">
         <v>428.74570685724899</v>
       </c>
       <c r="D334" s="7">
-        <v>427.76537804325801</v>
+        <v>427.77332180063098</v>
       </c>
       <c r="E334" s="12">
-        <v>3.0214082973429868E-3</v>
+        <v>3.0338366346833734E-3</v>
       </c>
       <c r="F334" s="9">
         <v>1.954840695974025E-2</v>
       </c>
       <c r="G334" s="9">
-        <v>6.6162995952865344E-3</v>
+        <v>6.6651017637477938E-3</v>
       </c>
     </row>
     <row r="335" spans="1:7">
       <c r="A335" s="5">
         <v>43374</v>
       </c>
       <c r="B335" s="6">
         <v>214534.277225592</v>
       </c>
       <c r="C335" s="7">
         <v>427.97294371527198</v>
       </c>
       <c r="D335" s="7">
-        <v>427.651932230434</v>
+        <v>427.66538386253001</v>
       </c>
       <c r="E335" s="12">
-        <v>-2.6520569136045946E-4</v>
+        <v>-2.5232508106542983E-4</v>
       </c>
       <c r="F335" s="9">
         <v>1.6341331497136347E-2</v>
       </c>
       <c r="G335" s="9">
-        <v>1.4427234143206125E-3</v>
+        <v>1.4914068012377157E-3</v>
       </c>
     </row>
     <row r="336" spans="1:7">
       <c r="A336" s="5">
         <v>43405</v>
       </c>
       <c r="B336" s="6">
         <v>214044.09637325999</v>
       </c>
       <c r="C336" s="7">
         <v>426.99508532807999</v>
       </c>
       <c r="D336" s="7">
-        <v>428.06298540808598</v>
+        <v>428.07822157278201</v>
       </c>
       <c r="E336" s="12">
-        <v>9.6118629818442436E-4</v>
+        <v>9.6532879636734847E-4</v>
       </c>
       <c r="F336" s="9">
         <v>1.9317560080221563E-2</v>
       </c>
       <c r="G336" s="9">
-        <v>1.3976729128104548E-3</v>
+        <v>1.4131978756033448E-3</v>
       </c>
     </row>
     <row r="337" spans="1:7">
       <c r="A337" s="5">
         <v>43435</v>
       </c>
       <c r="B337" s="6">
         <v>212281.46199801401</v>
       </c>
       <c r="C337" s="7">
         <v>423.478818221381</v>
       </c>
       <c r="D337" s="7">
-        <v>425.553050322172</v>
+        <v>425.57443814682102</v>
       </c>
       <c r="E337" s="12">
-        <v>-5.8634714317127301E-3</v>
+        <v>-5.8488923280468619E-3</v>
       </c>
       <c r="F337" s="9">
         <v>5.331713824084483E-3</v>
       </c>
       <c r="G337" s="9">
-        <v>-1.528811267903607E-3</v>
+        <v>-1.5071854303292387E-3</v>
       </c>
     </row>
     <row r="338" spans="1:7">
       <c r="A338" s="5">
         <v>43466</v>
       </c>
       <c r="B338" s="6">
         <v>211966.181814154</v>
       </c>
       <c r="C338" s="7">
         <v>422.84986796631398</v>
       </c>
       <c r="D338" s="7">
-        <v>426.91270084507403</v>
+        <v>426.93423491294402</v>
       </c>
       <c r="E338" s="12">
-        <v>3.1950200377430793E-3</v>
+        <v>3.1952031048769758E-3</v>
       </c>
       <c r="F338" s="9">
         <v>9.9291791755207193E-4</v>
       </c>
       <c r="G338" s="9">
-        <v>-1.0651356591994121E-3</v>
+        <v>-1.0384936312507476E-3</v>
       </c>
     </row>
     <row r="339" spans="1:7">
       <c r="A339" s="5">
         <v>43497</v>
       </c>
       <c r="B339" s="6">
         <v>211303.68138071301</v>
       </c>
       <c r="C339" s="7">
         <v>421.52825044029902</v>
       </c>
       <c r="D339" s="7">
-        <v>426.06163425269801</v>
+        <v>426.085817144234</v>
       </c>
       <c r="E339" s="12">
-        <v>-1.993537767068787E-3</v>
+        <v>-1.9872329256589438E-3</v>
       </c>
       <c r="F339" s="9">
         <v>4.2835938785268368E-3</v>
       </c>
       <c r="G339" s="9">
-        <v>-3.8589686795331701E-3</v>
+        <v>-3.8351165672155796E-3</v>
       </c>
     </row>
     <row r="340" spans="1:7">
       <c r="A340" s="5">
         <v>43525</v>
       </c>
       <c r="B340" s="6">
         <v>213102.32025742001</v>
       </c>
       <c r="C340" s="7">
         <v>425.11634267758501</v>
       </c>
       <c r="D340" s="7">
-        <v>426.16654408097702</v>
+        <v>426.103463359226</v>
       </c>
       <c r="E340" s="12">
-        <v>2.462315774172108E-4</v>
+        <v>4.141469695073674E-5</v>
       </c>
       <c r="F340" s="9">
         <v>6.9792542384596867E-3</v>
       </c>
       <c r="G340" s="9">
-        <v>-1.6601435727209291E-3</v>
+        <v>-1.7127115135239235E-3</v>
       </c>
     </row>
     <row r="341" spans="1:7">
       <c r="A341" s="5">
         <v>43556</v>
       </c>
       <c r="B341" s="6">
         <v>214919.60426368</v>
       </c>
       <c r="C341" s="7">
         <v>428.741629954676</v>
       </c>
       <c r="D341" s="7">
-        <v>427.59422259285901</v>
+        <v>427.61844913959101</v>
       </c>
       <c r="E341" s="12">
-        <v>3.3500483125927794E-3</v>
+        <v>3.5554411325866564E-3</v>
       </c>
       <c r="F341" s="9">
         <v>9.0133247355794754E-3</v>
       </c>
       <c r="G341" s="9">
-        <v>-5.5159687449646277E-4</v>
+        <v>-6.0844366966572583E-4</v>
       </c>
     </row>
     <row r="342" spans="1:7">
       <c r="A342" s="5">
         <v>43586</v>
       </c>
       <c r="B342" s="6">
         <v>214945.63646867801</v>
       </c>
       <c r="C342" s="7">
         <v>428.79356142012</v>
       </c>
       <c r="D342" s="7">
-        <v>427.782218784468</v>
+        <v>427.67092281277297</v>
       </c>
       <c r="E342" s="12">
-        <v>4.3966027059250123E-4</v>
+        <v>1.2271143419462227E-4</v>
       </c>
       <c r="F342" s="9">
         <v>6.2161041081474355E-3</v>
       </c>
       <c r="G342" s="9">
-        <v>2.3586511112310138E-3</v>
+        <v>2.1886103287873659E-3</v>
       </c>
     </row>
     <row r="343" spans="1:7">
       <c r="A343" s="5">
         <v>43617</v>
       </c>
       <c r="B343" s="6">
         <v>216515.32544817499</v>
       </c>
       <c r="C343" s="7">
         <v>431.924923093232</v>
       </c>
       <c r="D343" s="7">
-        <v>428.43542376009498</v>
+        <v>428.44399127270702</v>
       </c>
       <c r="E343" s="12">
-        <v>1.5269568180815707E-3</v>
+        <v>1.8076245512546052E-3</v>
       </c>
       <c r="F343" s="9">
         <v>4.9734306887088131E-3</v>
       </c>
       <c r="G343" s="9">
-        <v>3.6516587302501957E-3</v>
+        <v>3.6039113917520904E-3</v>
       </c>
     </row>
     <row r="344" spans="1:7">
       <c r="A344" s="5">
         <v>43647</v>
       </c>
       <c r="B344" s="6">
         <v>217662.93988095401</v>
       </c>
       <c r="C344" s="7">
         <v>434.214291176497</v>
       </c>
       <c r="D344" s="7">
-        <v>430.724015526838</v>
+        <v>430.73887523741098</v>
       </c>
       <c r="E344" s="12">
-        <v>5.3417426286965775E-3</v>
+        <v>5.3563219731169731E-3</v>
       </c>
       <c r="F344" s="9">
         <v>3.0072385949864167E-3</v>
       </c>
       <c r="G344" s="9">
-        <v>5.5626914638411407E-3</v>
+        <v>5.5055611219076983E-3</v>
       </c>
     </row>
     <row r="345" spans="1:7">
       <c r="A345" s="5">
         <v>43678</v>
       </c>
       <c r="B345" s="6">
         <v>216095.84508176299</v>
       </c>
       <c r="C345" s="7">
         <v>431.08810461570999</v>
       </c>
       <c r="D345" s="7">
-        <v>428.76126666875803</v>
+        <v>428.756349495557</v>
       </c>
       <c r="E345" s="12">
-        <v>-4.5568595836924519E-3</v>
+        <v>-4.6026162388088654E-3</v>
       </c>
       <c r="F345" s="9">
         <v>6.2915399736069855E-3</v>
       </c>
       <c r="G345" s="9">
-        <v>4.9765950652886914E-3</v>
+        <v>5.1088007624868759E-3</v>
       </c>
     </row>
     <row r="346" spans="1:7">
       <c r="A346" s="5">
         <v>43709</v>
       </c>
       <c r="B346" s="6">
         <v>215351.81899453801</v>
       </c>
       <c r="C346" s="7">
         <v>429.60385212762998</v>
       </c>
       <c r="D346" s="7">
-        <v>428.428285838541</v>
+        <v>428.45279674377099</v>
       </c>
       <c r="E346" s="12">
-        <v>-7.7661126622774468E-4</v>
+        <v>-7.0798427158724753E-4</v>
       </c>
       <c r="F346" s="9">
         <v>2.0015250453964128E-3</v>
       </c>
       <c r="G346" s="9">
-        <v>3.1949407916367356E-3</v>
+        <v>3.2831258985741574E-3</v>
       </c>
     </row>
     <row r="347" spans="1:7">
       <c r="A347" s="5">
         <v>43739</v>
       </c>
       <c r="B347" s="6">
         <v>215368.452940655</v>
       </c>
       <c r="C347" s="7">
         <v>429.63703507152701</v>
       </c>
       <c r="D347" s="7">
-        <v>429.40612292331002</v>
+        <v>429.41314296984399</v>
       </c>
       <c r="E347" s="12">
-        <v>2.2823821794473176E-3</v>
+        <v>2.2414283052218931E-3</v>
       </c>
       <c r="F347" s="9">
         <v>3.8883097183874948E-3</v>
       </c>
       <c r="G347" s="9">
-        <v>-2.6884096774870692E-4</v>
+        <v>-1.7989620548941598E-4</v>
       </c>
     </row>
     <row r="348" spans="1:7">
       <c r="A348" s="5">
         <v>43770</v>
       </c>
       <c r="B348" s="6">
         <v>215734.00010430301</v>
       </c>
       <c r="C348" s="7">
         <v>430.36626257641097</v>
       </c>
       <c r="D348" s="7">
-        <v>431.20365883972801</v>
+        <v>431.26211976217502</v>
       </c>
       <c r="E348" s="12">
-        <v>4.1860975436975867E-3</v>
+        <v>4.3058225454941645E-3</v>
       </c>
       <c r="F348" s="9">
         <v>7.8951195556284937E-3</v>
       </c>
       <c r="G348" s="9">
-        <v>8.6757021664540801E-4</v>
+        <v>9.2305867803443853E-4</v>
       </c>
     </row>
     <row r="349" spans="1:7">
       <c r="A349" s="5">
         <v>43800</v>
       </c>
       <c r="B349" s="6">
         <v>215281.593136685</v>
       </c>
       <c r="C349" s="7">
         <v>429.46375905020102</v>
       </c>
       <c r="D349" s="7">
-        <v>431.62728162799698</v>
+        <v>431.64353191811699</v>
       </c>
       <c r="E349" s="12">
-        <v>9.8241928050613048E-4</v>
+        <v>8.8440912953902107E-4</v>
       </c>
       <c r="F349" s="9">
         <v>1.4132798551665271E-2</v>
       </c>
       <c r="G349" s="9">
-        <v>3.3569763252803142E-3</v>
+        <v>3.3935943846443717E-3</v>
       </c>
     </row>
     <row r="350" spans="1:7">
       <c r="A350" s="5">
         <v>43831</v>
       </c>
       <c r="B350" s="6">
         <v>215897.39116111901</v>
       </c>
       <c r="C350" s="7">
         <v>430.69221026396298</v>
       </c>
       <c r="D350" s="7">
-        <v>435.21166906201302</v>
+        <v>435.22830329359198</v>
       </c>
       <c r="E350" s="12">
-        <v>8.3043579184720606E-3</v>
+        <v>8.3049347676893426E-3</v>
       </c>
       <c r="F350" s="9">
         <v>1.8546398832679278E-2</v>
       </c>
       <c r="G350" s="9">
-        <v>8.8970717978653635E-3</v>
+        <v>8.9471990818594804E-3</v>
       </c>
     </row>
     <row r="351" spans="1:7">
       <c r="A351" s="5">
         <v>43862</v>
       </c>
       <c r="B351" s="6">
         <v>216092.12877452199</v>
       </c>
       <c r="C351" s="7">
         <v>431.08069098013499</v>
       </c>
       <c r="D351" s="7">
-        <v>435.72658878936801</v>
+        <v>435.74597799062798</v>
       </c>
       <c r="E351" s="12">
-        <v>1.1831477967141346E-3</v>
+        <v>1.1894325187917776E-3</v>
       </c>
       <c r="F351" s="9">
         <v>2.2661448028354236E-2</v>
       </c>
       <c r="G351" s="9">
-        <v>1.0494237693824182E-2</v>
+        <v>1.0464246455105686E-2</v>
       </c>
     </row>
     <row r="352" spans="1:7">
       <c r="A352" s="5">
         <v>43891</v>
       </c>
       <c r="B352" s="6">
         <v>219583.11302532599</v>
       </c>
       <c r="C352" s="7">
         <v>438.04483128256902</v>
       </c>
       <c r="D352" s="7">
-        <v>439.12267868067602</v>
+        <v>439.08298747536099</v>
       </c>
       <c r="E352" s="12">
-        <v>7.7940845903936573E-3</v>
+        <v>7.6581532665456198E-3</v>
       </c>
       <c r="F352" s="9">
         <v>3.0411648076275499E-2</v>
       </c>
       <c r="G352" s="9">
-        <v>1.3793036623055199E-2</v>
+        <v>1.3726082281614538E-2</v>
       </c>
     </row>
     <row r="353" spans="1:7">
       <c r="A353" s="5">
         <v>43922</v>
       </c>
       <c r="B353" s="6">
         <v>222914.90928335799</v>
       </c>
       <c r="C353" s="7">
         <v>444.69140856080003</v>
       </c>
       <c r="D353" s="7">
-        <v>443.39093670543201</v>
+        <v>443.41622163805403</v>
       </c>
       <c r="E353" s="12">
-        <v>9.7199671799683696E-3</v>
+        <v>9.868827274789771E-3</v>
       </c>
       <c r="F353" s="9">
         <v>3.7201376054408763E-2</v>
       </c>
       <c r="G353" s="9">
-        <v>1.55600397840987E-2</v>
+        <v>1.549241667479806E-2</v>
       </c>
     </row>
     <row r="354" spans="1:7">
       <c r="A354" s="5">
         <v>43952</v>
       </c>
       <c r="B354" s="6">
         <v>218902.13135770601</v>
       </c>
       <c r="C354" s="7">
         <v>436.686345670496</v>
       </c>
       <c r="D354" s="7">
-        <v>435.53211362637597</v>
+        <v>435.35477623960202</v>
       </c>
       <c r="E354" s="12">
-        <v>-1.7724365629686045E-2</v>
+        <v>-1.8180312322972014E-2</v>
       </c>
       <c r="F354" s="9">
         <v>1.8406956075170289E-2</v>
       </c>
       <c r="G354" s="9">
-        <v>1.1884384366020795E-2</v>
+        <v>1.1696578993667828E-2</v>
       </c>
     </row>
     <row r="355" spans="1:7">
       <c r="A355" s="5">
         <v>43983</v>
       </c>
       <c r="B355" s="6">
         <v>216402.62311997401</v>
       </c>
       <c r="C355" s="7">
         <v>431.70009399930899</v>
       </c>
       <c r="D355" s="7">
-        <v>428.05533986488001</v>
+        <v>428.07182978469598</v>
       </c>
       <c r="E355" s="12">
-        <v>-1.7166986147684971E-2</v>
+        <v>-1.6728762040496781E-2</v>
       </c>
       <c r="F355" s="9">
         <v>-5.2052817955694497E-4</v>
       </c>
       <c r="G355" s="9">
-        <v>-2.3529793534101673E-3</v>
+        <v>-2.4536645640478305E-3</v>
       </c>
     </row>
     <row r="356" spans="1:7">
       <c r="A356" s="5">
         <v>44013</v>
       </c>
       <c r="B356" s="6">
         <v>220936.30486623201</v>
       </c>
       <c r="C356" s="7">
         <v>440.74430431342199</v>
       </c>
       <c r="D356" s="7">
-        <v>437.49309586143102</v>
+        <v>437.50795871201399</v>
       </c>
       <c r="E356" s="12">
-        <v>2.2047980991266591E-2</v>
+        <v>2.2043330746767564E-2</v>
       </c>
       <c r="F356" s="9">
         <v>1.5038687739254319E-2</v>
       </c>
       <c r="G356" s="9">
-        <v>-1.3017092612132908E-2</v>
+        <v>-1.3131565005565782E-2</v>
       </c>
     </row>
     <row r="357" spans="1:7">
       <c r="A357" s="5">
         <v>44044</v>
       </c>
       <c r="B357" s="6">
         <v>224122.94552839501</v>
       </c>
       <c r="C357" s="7">
         <v>447.10131169884102</v>
       </c>
       <c r="D357" s="7">
-        <v>444.31677408613501</v>
+        <v>444.30537205593703</v>
       </c>
       <c r="E357" s="12">
-        <v>1.559722493738569E-2</v>
+        <v>1.5536662153379011E-2</v>
       </c>
       <c r="F357" s="9">
         <v>3.7146019367446659E-2</v>
       </c>
       <c r="G357" s="9">
-        <v>-6.2065518820558774E-3</v>
+        <v>-6.0468192143724453E-3</v>
       </c>
     </row>
     <row r="358" spans="1:7">
       <c r="A358" s="5">
         <v>44075</v>
       </c>
       <c r="B358" s="6">
         <v>226128.844268229</v>
       </c>
       <c r="C358" s="7">
         <v>451.10286520154199</v>
       </c>
       <c r="D358" s="7">
-        <v>449.94957273672202</v>
+        <v>449.996267096498</v>
       </c>
       <c r="E358" s="12">
-        <v>1.2677438663378116E-2</v>
+        <v>1.2808521792629923E-2</v>
       </c>
       <c r="F358" s="9">
         <v>5.0043808889136621E-2</v>
       </c>
       <c r="G358" s="9">
-        <v>1.8960567881976198E-2</v>
+        <v>1.910464646062815E-2</v>
       </c>
     </row>
     <row r="359" spans="1:7">
       <c r="A359" s="5">
         <v>44105</v>
       </c>
       <c r="B359" s="6">
         <v>227825.629987839</v>
       </c>
       <c r="C359" s="7">
         <v>454.48777128119701</v>
       </c>
       <c r="D359" s="7">
-        <v>454.28819720023301</v>
+        <v>454.29342869521503</v>
       </c>
       <c r="E359" s="12">
-        <v>9.6424682373232873E-3</v>
+        <v>9.5493272120756867E-3</v>
       </c>
       <c r="F359" s="9">
         <v>5.7841233834817762E-2</v>
       </c>
       <c r="G359" s="9">
-        <v>3.6488128804955444E-2</v>
+        <v>3.6635588294172461E-2</v>
       </c>
     </row>
     <row r="360" spans="1:7">
       <c r="A360" s="5">
         <v>44136</v>
       </c>
       <c r="B360" s="6">
         <v>229721.22571022599</v>
       </c>
       <c r="C360" s="7">
         <v>458.269282058383</v>
       </c>
       <c r="D360" s="7">
-        <v>459.14472211994303</v>
+        <v>459.25111946276002</v>
       </c>
       <c r="E360" s="12">
-        <v>1.0690405230953992E-2</v>
+        <v>1.0912970460048355E-2</v>
       </c>
       <c r="F360" s="9">
         <v>6.4835517809711751E-2</v>
       </c>
       <c r="G360" s="9">
-        <v>4.0857091129334666E-2</v>
+        <v>4.0962105929338355E-2</v>
       </c>
     </row>
     <row r="361" spans="1:7">
       <c r="A361" s="5">
         <v>44166</v>
       </c>
       <c r="B361" s="6">
         <v>230920.01094136501</v>
       </c>
       <c r="C361" s="7">
         <v>460.660730412872</v>
       </c>
       <c r="D361" s="7">
-        <v>463.23223442768898</v>
+        <v>463.23850413406802</v>
       </c>
       <c r="E361" s="12">
-        <v>8.9024486416249271E-3</v>
+        <v>8.6823624425185209E-3</v>
       </c>
       <c r="F361" s="9">
         <v>7.2641685602682804E-2</v>
       </c>
       <c r="G361" s="9">
-        <v>3.3719085913192615E-2</v>
+        <v>3.3768681724256178E-2</v>
       </c>
     </row>
     <row r="362" spans="1:7">
       <c r="A362" s="5">
         <v>44197</v>
       </c>
       <c r="B362" s="6">
         <v>229747.56882904799</v>
       </c>
       <c r="C362" s="7">
         <v>458.32183376366203</v>
       </c>
       <c r="D362" s="7">
-        <v>463.57662352438598</v>
+        <v>463.5818904619</v>
       </c>
       <c r="E362" s="12">
-        <v>7.4344803988535269E-4</v>
+        <v>7.4127328528938996E-4</v>
       </c>
       <c r="F362" s="9">
         <v>6.4151667574311011E-2</v>
       </c>
       <c r="G362" s="9">
-        <v>2.7732683275351278E-2</v>
+        <v>2.7789250535292576E-2</v>
       </c>
     </row>
     <row r="363" spans="1:7">
       <c r="A363" s="5">
         <v>44228</v>
       </c>
       <c r="B363" s="6">
         <v>231068.11226931601</v>
       </c>
       <c r="C363" s="7">
         <v>460.95617672621398</v>
       </c>
       <c r="D363" s="7">
-        <v>465.73204193690702</v>
+        <v>465.73931194485499</v>
       </c>
       <c r="E363" s="12">
-        <v>4.6495407730748894E-3</v>
+        <v>4.6538088034573377E-3</v>
       </c>
       <c r="F363" s="9">
         <v>6.9303697361512651E-2</v>
       </c>
       <c r="G363" s="9">
-        <v>2.1386814046653324E-2</v>
+        <v>2.1282011481947638E-2</v>
       </c>
     </row>
     <row r="364" spans="1:7">
       <c r="A364" s="5">
         <v>44256</v>
       </c>
       <c r="B364" s="6">
         <v>232133.72132141099</v>
       </c>
       <c r="C364" s="7">
         <v>463.08195284354298</v>
       </c>
       <c r="D364" s="7">
-        <v>464.12829374939099</v>
+        <v>464.10403494987901</v>
       </c>
       <c r="E364" s="12">
-        <v>-3.4434997876596762E-3</v>
+        <v>-3.5111422914834156E-3</v>
       </c>
       <c r="F364" s="9">
         <v>5.7156527763760456E-2</v>
       </c>
       <c r="G364" s="9">
-        <v>1.2182922925853878E-2</v>
+        <v>1.2087732367772386E-2</v>
       </c>
     </row>
     <row r="365" spans="1:7">
       <c r="A365" s="5">
         <v>44287</v>
       </c>
       <c r="B365" s="6">
         <v>238830.90985527899</v>
       </c>
       <c r="C365" s="7">
         <v>476.44212786322902</v>
       </c>
       <c r="D365" s="7">
-        <v>475.033458470428</v>
+        <v>475.04616251476699</v>
       </c>
       <c r="E365" s="12">
-        <v>2.3496013640843305E-2</v>
+        <v>2.357688522589485E-2</v>
       </c>
       <c r="F365" s="9">
         <v>7.1399443954150321E-2</v>
       </c>
       <c r="G365" s="9">
-        <v>1.3665835823825967E-2</v>
+        <v>1.3576496710238084E-2</v>
       </c>
     </row>
     <row r="366" spans="1:7">
       <c r="A366" s="5">
         <v>44317</v>
       </c>
       <c r="B366" s="6">
         <v>242831.93673505701</v>
       </c>
       <c r="C366" s="7">
         <v>484.42374867350998</v>
       </c>
       <c r="D366" s="7">
-        <v>482.66733606094698</v>
+        <v>482.45846562447099</v>
       </c>
       <c r="E366" s="12">
-        <v>1.6070189276981672E-2</v>
+        <v>1.5603332253996571E-2</v>
       </c>
       <c r="F366" s="9">
         <v>0.10931737041083145</v>
       </c>
       <c r="G366" s="9">
-        <v>2.1032192587032039E-2</v>
+        <v>2.0860115664593559E-2</v>
       </c>
     </row>
     <row r="367" spans="1:7">
       <c r="A367" s="5">
         <v>44348</v>
       </c>
       <c r="B367" s="6">
         <v>245432.45883467401</v>
       </c>
       <c r="C367" s="7">
         <v>489.611512198122</v>
       </c>
       <c r="D367" s="7">
-        <v>485.24679195666801</v>
+        <v>485.2619605781</v>
       </c>
       <c r="E367" s="12">
-        <v>5.3441691678828285E-3</v>
+        <v>5.8108524430187103E-3</v>
       </c>
       <c r="F367" s="9">
         <v>0.13414733747754459</v>
       </c>
       <c r="G367" s="9">
-        <v>3.5531300465436511E-2</v>
+        <v>3.5410117484527603E-2</v>
       </c>
     </row>
     <row r="368" spans="1:7">
       <c r="A368" s="5">
         <v>44378</v>
       </c>
       <c r="B368" s="6">
         <v>244228.55658371301</v>
       </c>
       <c r="C368" s="7">
         <v>487.20985593622902</v>
       </c>
       <c r="D368" s="7">
-        <v>484.01747465291498</v>
+        <v>484.034525053572</v>
       </c>
       <c r="E368" s="12">
-        <v>-2.5333857412968008E-3</v>
+        <v>-2.5294286885082506E-3</v>
       </c>
       <c r="F368" s="9">
         <v>0.10542518909050824</v>
       </c>
       <c r="G368" s="9">
-        <v>3.3481398173616395E-2</v>
+        <v>3.3358809737529027E-2</v>
       </c>
     </row>
     <row r="369" spans="1:7">
       <c r="A369" s="5">
         <v>44409</v>
       </c>
       <c r="B369" s="6">
         <v>248857.16164557001</v>
       </c>
       <c r="C369" s="7">
         <v>496.44342811516498</v>
       </c>
       <c r="D369" s="7">
-        <v>493.15335385534098</v>
+        <v>493.13780284022903</v>
       </c>
       <c r="E369" s="12">
-        <v>1.8875101997045229E-2</v>
+        <v>1.8807083617949472E-2</v>
       </c>
       <c r="F369" s="9">
         <v>0.11036003501944514</v>
       </c>
       <c r="G369" s="9">
-        <v>2.8546702637260335E-2</v>
+        <v>2.8717907004077281E-2</v>
       </c>
     </row>
     <row r="370" spans="1:7">
       <c r="A370" s="5">
         <v>44440</v>
       </c>
       <c r="B370" s="6">
         <v>248742.14430932101</v>
       </c>
       <c r="C370" s="7">
         <v>496.21398082772401</v>
       </c>
       <c r="D370" s="7">
-        <v>495.01714460791402</v>
+        <v>495.09563759317899</v>
       </c>
       <c r="E370" s="12">
-        <v>3.7793330168038874E-3</v>
+        <v>3.9701575131207978E-3</v>
       </c>
       <c r="F370" s="9">
         <v>0.10000183795336226</v>
       </c>
       <c r="G370" s="9">
-        <v>2.0264344250572774E-2</v>
+        <v>2.0447782060069475E-2</v>
       </c>
     </row>
     <row r="371" spans="1:7">
       <c r="A371" s="5">
         <v>44470</v>
       </c>
       <c r="B371" s="6">
         <v>250311.37787042599</v>
       </c>
       <c r="C371" s="7">
         <v>499.34443398983802</v>
       </c>
       <c r="D371" s="7">
-        <v>499.31797671734898</v>
+        <v>499.319684569868</v>
       </c>
       <c r="E371" s="12">
-        <v>8.6882487935675545E-3</v>
+        <v>8.5317798339397122E-3</v>
       </c>
       <c r="F371" s="9">
         <v>9.8697182945517881E-2</v>
       </c>
       <c r="G371" s="9">
-        <v>2.4489357793903155E-2</v>
+        <v>2.4658551166750531E-2</v>
       </c>
     </row>
     <row r="372" spans="1:7">
       <c r="A372" s="5">
         <v>44501</v>
       </c>
       <c r="B372" s="6">
         <v>252687.077182148</v>
       </c>
       <c r="C372" s="7">
         <v>504.08370009205902</v>
       </c>
       <c r="D372" s="7">
-        <v>505.20046413525603</v>
+        <v>505.36271832723799</v>
       </c>
       <c r="E372" s="12">
-        <v>1.1781044729412882E-2</v>
+        <v>1.2102534596799774E-2</v>
       </c>
       <c r="F372" s="9">
         <v>9.99727012639684E-2</v>
       </c>
       <c r="G372" s="9">
-        <v>2.5381234796524543E-2</v>
+        <v>2.5535336741457693E-2</v>
       </c>
     </row>
     <row r="373" spans="1:7">
       <c r="A373" s="5">
         <v>44531</v>
       </c>
       <c r="B373" s="6">
         <v>254822.21309066599</v>
       </c>
       <c r="C373" s="7">
         <v>508.34306792743803</v>
       </c>
       <c r="D373" s="7">
-        <v>511.22714558889197</v>
+        <v>511.21358201661201</v>
       </c>
       <c r="E373" s="12">
-        <v>1.1929287246304821E-2</v>
+        <v>1.1577553066717039E-2</v>
       </c>
       <c r="F373" s="9">
         <v>0.10350857880121511</v>
       </c>
       <c r="G373" s="9">
-        <v>2.9586991689063202E-2</v>
+        <v>2.9633205672791485E-2</v>
       </c>
     </row>
     <row r="374" spans="1:7">
       <c r="A374" s="5">
         <v>44562</v>
       </c>
       <c r="B374" s="6">
         <v>255555.95695518199</v>
       </c>
       <c r="C374" s="7">
         <v>509.80680848065401</v>
       </c>
       <c r="D374" s="7">
-        <v>516.026886297239</v>
+        <v>516.00103698522798</v>
       </c>
       <c r="E374" s="12">
-        <v>9.3886655858583801E-3</v>
+        <v>9.3648821882443833E-3</v>
       </c>
       <c r="F374" s="9">
         <v>0.11233367237647407</v>
       </c>
       <c r="G374" s="9">
-        <v>3.0229491919474327E-2</v>
+        <v>3.0267297059191067E-2</v>
       </c>
     </row>
     <row r="375" spans="1:7">
       <c r="A375" s="5">
         <v>44593</v>
       </c>
       <c r="B375" s="6">
         <v>260229.804328303</v>
       </c>
       <c r="C375" s="7">
         <v>519.13063423297001</v>
       </c>
       <c r="D375" s="7">
-        <v>524.03017552567201</v>
+        <v>524.00209381013997</v>
       </c>
       <c r="E375" s="12">
-        <v>1.5509442319683764E-2</v>
+        <v>1.5505892917693886E-2</v>
       </c>
       <c r="F375" s="9">
         <v>0.12620387890215623</v>
       </c>
       <c r="G375" s="9">
-        <v>3.4509765858868446E-2</v>
+        <v>3.4297523322103896E-2</v>
       </c>
     </row>
     <row r="376" spans="1:7">
       <c r="A376" s="5">
         <v>44621</v>
       </c>
       <c r="B376" s="6">
         <v>265312.48615130101</v>
       </c>
       <c r="C376" s="7">
         <v>529.27004099764895</v>
       </c>
       <c r="D376" s="7">
-        <v>530.53439312178205</v>
+        <v>530.54382543951203</v>
       </c>
       <c r="E376" s="12">
-        <v>1.2411914236781119E-2</v>
+        <v>1.2484170782230297E-2</v>
       </c>
       <c r="F376" s="9">
         <v>0.14292953492935689</v>
       </c>
       <c r="G376" s="9">
-        <v>3.6184085900561547E-2</v>
+        <v>3.6051926956104818E-2</v>
       </c>
     </row>
     <row r="377" spans="1:7">
       <c r="A377" s="5">
         <v>44652</v>
       </c>
       <c r="B377" s="6">
         <v>267620.12814823899</v>
       </c>
       <c r="C377" s="7">
         <v>533.87354003399105</v>
       </c>
       <c r="D377" s="7">
-        <v>532.41927763162005</v>
+        <v>532.40425133773203</v>
       </c>
       <c r="E377" s="12">
-        <v>3.5528036151377673E-3</v>
+        <v>3.5066394311136229E-3</v>
       </c>
       <c r="F377" s="9">
         <v>0.12054226276826796</v>
       </c>
       <c r="G377" s="9">
-        <v>3.5583014307607685E-2</v>
+        <v>3.5478035550926768E-2</v>
       </c>
     </row>
     <row r="378" spans="1:7">
       <c r="A378" s="5">
         <v>44682</v>
       </c>
       <c r="B378" s="6">
         <v>269913.66759779298</v>
       </c>
       <c r="C378" s="7">
         <v>538.44890599623602</v>
       </c>
       <c r="D378" s="7">
-        <v>535.77663491348005</v>
+        <v>535.52797549601303</v>
       </c>
       <c r="E378" s="12">
-        <v>6.3058522163108588E-3</v>
+        <v>5.8672036341411715E-3</v>
       </c>
       <c r="F378" s="9">
         <v>0.11152458456188885</v>
       </c>
       <c r="G378" s="9">
-        <v>3.0585045621162488E-2</v>
+        <v>3.0465981362209238E-2</v>
       </c>
     </row>
     <row r="379" spans="1:7">
       <c r="A379" s="5">
         <v>44713</v>
       </c>
       <c r="B379" s="6">
         <v>271613.04481209</v>
       </c>
       <c r="C379" s="7">
         <v>541.838981830693</v>
       </c>
       <c r="D379" s="7">
-        <v>536.71840326239601</v>
+        <v>536.77445691742901</v>
       </c>
       <c r="E379" s="12">
-        <v>1.7577630070935157E-3</v>
+        <v>2.3275748017859144E-3</v>
       </c>
       <c r="F379" s="9">
         <v>0.10667124512267812</v>
       </c>
       <c r="G379" s="9">
-        <v>2.1853462117563893E-2</v>
+        <v>2.1750210893525912E-2</v>
       </c>
     </row>
     <row r="380" spans="1:7">
       <c r="A380" s="5">
         <v>44743</v>
       </c>
       <c r="B380" s="6">
         <v>271208.51544255298</v>
       </c>
       <c r="C380" s="7">
         <v>541.03198899328299</v>
       </c>
       <c r="D380" s="7">
-        <v>537.56958239240601</v>
+        <v>537.58614196221299</v>
       </c>
       <c r="E380" s="12">
-        <v>1.5858951823455314E-3</v>
+        <v>1.5121528871646639E-3</v>
       </c>
       <c r="F380" s="9">
         <v>0.11047012370804499</v>
       </c>
       <c r="G380" s="9">
-        <v>1.4543799134014046E-2</v>
+        <v>1.445439448157404E-2</v>
       </c>
     </row>
     <row r="381" spans="1:7">
       <c r="A381" s="5">
         <v>44774</v>
       </c>
       <c r="B381" s="6">
         <v>273750.70741281001</v>
       </c>
       <c r="C381" s="7">
         <v>546.10339014684496</v>
       </c>
       <c r="D381" s="7">
-        <v>542.88829180848302</v>
+        <v>542.88205028694097</v>
       </c>
       <c r="E381" s="12">
-        <v>9.8939924993646233E-3</v>
+        <v>9.8512738914691145E-3</v>
       </c>
       <c r="F381" s="9">
         <v>0.100031462235733</v>
       </c>
       <c r="G381" s="9">
-        <v>1.1537888367424642E-2</v>
+        <v>1.1740305315576682E-2</v>
       </c>
     </row>
     <row r="382" spans="1:7">
       <c r="A382" s="5">
         <v>44805</v>
       </c>
       <c r="B382" s="6">
         <v>272259.454247054</v>
       </c>
       <c r="C382" s="7">
         <v>543.12849953529803</v>
       </c>
       <c r="D382" s="7">
-        <v>542.25426330547998</v>
+        <v>542.36233052727903</v>
       </c>
       <c r="E382" s="12">
-        <v>-1.1678802298183966E-3</v>
+        <v>-9.5733458011226791E-4</v>
       </c>
       <c r="F382" s="9">
         <v>9.4544935290450605E-2</v>
       </c>
       <c r="G382" s="9">
-        <v>1.1089577508016424E-2</v>
+        <v>1.1294175570386811E-2</v>
       </c>
     </row>
     <row r="383" spans="1:7">
       <c r="A383" s="5">
         <v>44835</v>
       </c>
       <c r="B383" s="6">
         <v>268282.02277825301</v>
       </c>
       <c r="C383" s="7">
         <v>535.19394904694605</v>
       </c>
       <c r="D383" s="7">
-        <v>535.44121622882597</v>
+        <v>535.49788241286296</v>
       </c>
       <c r="E383" s="12">
-        <v>-1.2564303386243481E-2</v>
+        <v>-1.2656572420401191E-2</v>
       </c>
       <c r="F383" s="9">
         <v>7.1793160425690505E-2</v>
       </c>
       <c r="G383" s="9">
-        <v>6.5333717914963785E-3</v>
+        <v>6.7418882425680504E-3</v>
       </c>
     </row>
     <row r="384" spans="1:7">
       <c r="A384" s="5">
         <v>44866</v>
       </c>
       <c r="B384" s="6">
         <v>263787.66538461298</v>
       </c>
       <c r="C384" s="7">
         <v>526.22818661149995</v>
       </c>
       <c r="D384" s="7">
-        <v>527.62028826179505</v>
+        <v>527.76889076942496</v>
       </c>
       <c r="E384" s="12">
-        <v>-1.460651091097287E-2</v>
+        <v>-1.4433281432622014E-2</v>
       </c>
       <c r="F384" s="9">
         <v>4.393017769746721E-2</v>
       </c>
       <c r="G384" s="9">
-        <v>-7.3340858584622914E-3</v>
+        <v>-7.1810779062750907E-3</v>
       </c>
     </row>
     <row r="385" spans="1:7">
       <c r="A385" s="5">
         <v>44896</v>
       </c>
       <c r="B385" s="6">
         <v>262068.20530313501</v>
       </c>
       <c r="C385" s="7">
         <v>522.79804760440197</v>
       </c>
       <c r="D385" s="7">
-        <v>525.72184541192405</v>
+        <v>525.676538177883</v>
       </c>
       <c r="E385" s="12">
-        <v>-3.5981232945482278E-3</v>
+        <v>-3.9645242986784401E-3</v>
       </c>
       <c r="F385" s="9">
         <v>2.8435481053962652E-2</v>
       </c>
       <c r="G385" s="9">
-        <v>-2.0908691578508942E-2</v>
+        <v>-2.0881546742346102E-2</v>
       </c>
     </row>
     <row r="386" spans="1:7">
       <c r="A386" s="5">
         <v>44927</v>
       </c>
       <c r="B386" s="6">
         <v>258296.853564825</v>
       </c>
       <c r="C386" s="7">
         <v>515.27460414304505</v>
       </c>
       <c r="D386" s="7">
-        <v>521.48537678499395</v>
+        <v>521.41708366882995</v>
       </c>
       <c r="E386" s="12">
-        <v>-8.0583842271394479E-3</v>
+        <v>-8.1028050515956629E-3</v>
       </c>
       <c r="F386" s="9">
         <v>1.0725230756894799E-2</v>
       </c>
       <c r="G386" s="9">
-        <v>-2.8234431131050286E-2</v>
+        <v>-2.8307863410431122E-2</v>
       </c>
     </row>
     <row r="387" spans="1:7">
       <c r="A387" s="5">
         <v>44958</v>
       </c>
       <c r="B387" s="6">
         <v>257405.91599430301</v>
       </c>
       <c r="C387" s="7">
         <v>513.497278954482</v>
       </c>
       <c r="D387" s="7">
-        <v>517.49469920243996</v>
+        <v>517.43001310940804</v>
       </c>
       <c r="E387" s="12">
-        <v>-7.6525205887015835E-3</v>
+        <v>-7.6466051541077551E-3</v>
       </c>
       <c r="F387" s="9">
         <v>-1.0851517724072335E-2</v>
       </c>
       <c r="G387" s="9">
-        <v>-2.5299599749462942E-2</v>
+        <v>-2.5600849323469732E-2</v>
       </c>
     </row>
     <row r="388" spans="1:7">
       <c r="A388" s="5">
         <v>44986</v>
       </c>
       <c r="B388" s="6">
         <v>257122.222225398</v>
       </c>
       <c r="C388" s="7">
         <v>512.93134021983303</v>
       </c>
       <c r="D388" s="7">
-        <v>514.00076685914496</v>
+        <v>514.008832075089</v>
       </c>
       <c r="E388" s="12">
-        <v>-6.7516292411879952E-3</v>
+        <v>-6.6118720361040273E-3</v>
       </c>
       <c r="F388" s="9">
         <v>-3.0870254335609526E-2</v>
       </c>
       <c r="G388" s="9">
-        <v>-2.253454321393944E-2</v>
+        <v>-2.271156072645053E-2</v>
       </c>
     </row>
     <row r="389" spans="1:7">
       <c r="A389" s="5">
         <v>45017</v>
       </c>
       <c r="B389" s="6">
         <v>260441.30473063199</v>
       </c>
       <c r="C389" s="7">
         <v>519.55255492066794</v>
       </c>
       <c r="D389" s="7">
-        <v>518.39960938483102</v>
+        <v>518.35323137531202</v>
       </c>
       <c r="E389" s="12">
-        <v>8.5580466203691863E-3</v>
+        <v>8.4519934855677992E-3</v>
       </c>
       <c r="F389" s="9">
         <v>-2.6824676706044159E-2</v>
       </c>
       <c r="G389" s="9">
-        <v>-1.5831851327663959E-2</v>
+        <v>-1.5919126816144602E-2</v>
       </c>
     </row>
     <row r="390" spans="1:7">
       <c r="A390" s="5">
         <v>45047</v>
       </c>
       <c r="B390" s="6">
         <v>260735.96564923</v>
       </c>
       <c r="C390" s="7">
         <v>520.14037194627701</v>
       </c>
       <c r="D390" s="7">
-        <v>517.00687937117198</v>
+        <v>516.82432613429899</v>
       </c>
       <c r="E390" s="12">
-        <v>-2.686595414899684E-3</v>
+        <v>-2.9495431849754228E-3</v>
       </c>
       <c r="F390" s="9">
         <v>-3.4002360940978527E-2</v>
       </c>
       <c r="G390" s="9">
-        <v>-9.774811147755913E-3</v>
+        <v>-9.8031407316202523E-3</v>
       </c>
     </row>
     <row r="391" spans="1:7">
       <c r="A391" s="5">
         <v>45078</v>
       </c>
       <c r="B391" s="6">
         <v>262239.27178684698</v>
       </c>
       <c r="C391" s="7">
         <v>523.13930694790702</v>
       </c>
       <c r="D391" s="7">
-        <v>518.24831607985402</v>
+        <v>518.33585100558105</v>
       </c>
       <c r="E391" s="12">
-        <v>2.401199593692116E-3</v>
+        <v>2.9246395629010102E-3</v>
       </c>
       <c r="F391" s="9">
         <v>-3.4511497898519594E-2</v>
       </c>
       <c r="G391" s="9">
-        <v>4.3397958988511398E-4</v>
+        <v>4.2340029725140838E-4</v>
       </c>
     </row>
     <row r="392" spans="1:7">
       <c r="A392" s="5">
         <v>45108</v>
       </c>
       <c r="B392" s="6">
         <v>260827.70181327101</v>
       </c>
       <c r="C392" s="7">
         <v>520.32337578453496</v>
       </c>
       <c r="D392" s="7">
-        <v>517.05470066094495</v>
+        <v>517.08333981755698</v>
       </c>
       <c r="E392" s="12">
-        <v>-2.3031727877822483E-3</v>
+        <v>-2.4164085613491704E-3</v>
       </c>
       <c r="F392" s="9">
         <v>-3.8276134554042329E-2</v>
       </c>
       <c r="G392" s="9">
-        <v>1.5580542862616564E-3</v>
+        <v>1.581786637514293E-3</v>
       </c>
     </row>
     <row r="393" spans="1:7">
       <c r="A393" s="5">
         <v>45139</v>
       </c>
       <c r="B393" s="6">
         <v>259152.760488317</v>
       </c>
       <c r="C393" s="7">
         <v>516.98204693647699</v>
       </c>
       <c r="D393" s="7">
-        <v>514.66689309732601</v>
+        <v>514.67409685842904</v>
       </c>
       <c r="E393" s="12">
-        <v>-4.6180946823742852E-3</v>
+        <v>-4.6592933355346089E-3</v>
       </c>
       <c r="F393" s="9">
         <v>-5.3325695712193588E-2</v>
       </c>
       <c r="G393" s="9">
-        <v>3.6314159556027903E-4</v>
+        <v>5.8540283013353012E-4</v>
       </c>
     </row>
     <row r="394" spans="1:7">
       <c r="A394" s="5">
         <v>45170</v>
       </c>
       <c r="B394" s="6">
         <v>257808.021672542</v>
       </c>
       <c r="C394" s="7">
         <v>514.29943678690904</v>
       </c>
       <c r="D394" s="7">
-        <v>513.82446894861698</v>
+        <v>513.89999716191505</v>
       </c>
       <c r="E394" s="12">
-        <v>-1.6368337656988974E-3</v>
+        <v>-1.5040580072692711E-3</v>
       </c>
       <c r="F394" s="9">
         <v>-5.3079635432600525E-2</v>
       </c>
       <c r="G394" s="9">
-        <v>-5.2191401228446344E-3</v>
+        <v>-5.0569081890318168E-3</v>
       </c>
     </row>
     <row r="395" spans="1:7">
       <c r="A395" s="5">
         <v>45200</v>
       </c>
       <c r="B395" s="6">
         <v>259423.18815502501</v>
       </c>
       <c r="C395" s="7">
         <v>517.52152121573704</v>
       </c>
       <c r="D395" s="7">
-        <v>518.03217913283299</v>
+        <v>518.18454028170197</v>
       </c>
       <c r="E395" s="12">
-        <v>8.1890031294651333E-3</v>
+        <v>8.337309094082368E-3</v>
       </c>
       <c r="F395" s="9">
         <v>-3.3020604703546064E-2</v>
       </c>
       <c r="G395" s="9">
-        <v>-3.7275771723727091E-3</v>
+        <v>-3.533519448122302E-3</v>
       </c>
     </row>
     <row r="396" spans="1:7">
       <c r="A396" s="5">
         <v>45231</v>
       </c>
       <c r="B396" s="6">
         <v>258557.157466748</v>
       </c>
       <c r="C396" s="7">
         <v>515.79388259405596</v>
       </c>
       <c r="D396" s="7">
-        <v>517.27623829657398</v>
+        <v>517.39286676310803</v>
       </c>
       <c r="E396" s="12">
-        <v>-1.4592545921074951E-3</v>
+        <v>-1.5277829750837135E-3</v>
       </c>
       <c r="F396" s="9">
         <v>-1.9828477992850924E-2</v>
       </c>
       <c r="G396" s="9">
-        <v>-5.4002561907040558E-4</v>
+        <v>-3.9732026435856937E-4</v>
       </c>
     </row>
     <row r="397" spans="1:7">
       <c r="A397" s="5">
         <v>45261</v>
       </c>
       <c r="B397" s="6">
         <v>257442.610373173</v>
       </c>
       <c r="C397" s="7">
         <v>513.57048031673605</v>
       </c>
       <c r="D397" s="7">
-        <v>516.24523698432802</v>
+        <v>516.15717620884197</v>
       </c>
       <c r="E397" s="12">
-        <v>-1.9931348782636915E-3</v>
+        <v>-2.3883022624504591E-3</v>
       </c>
       <c r="F397" s="9">
         <v>-1.7650347643701103E-2</v>
       </c>
       <c r="G397" s="9">
-        <v>3.8870350433459766E-3</v>
+        <v>3.9317569874857128E-3</v>
       </c>
     </row>
     <row r="398" spans="1:7">
       <c r="A398" s="5">
         <v>45292</v>
       </c>
       <c r="B398" s="6">
         <v>257655.80438207099</v>
       </c>
       <c r="C398" s="7">
         <v>513.99577956844701</v>
       </c>
       <c r="D398" s="7">
-        <v>519.74811529174599</v>
+        <v>519.63002200092296</v>
       </c>
       <c r="E398" s="12">
-        <v>6.7852990332273322E-3</v>
+        <v>6.7282718368635308E-3</v>
       </c>
       <c r="F398" s="9">
         <v>-2.4818311717978991E-3</v>
       </c>
       <c r="G398" s="9">
-        <v>4.3620735244227493E-3</v>
+        <v>4.1515402134635337E-3</v>
       </c>
     </row>
     <row r="399" spans="1:7">
       <c r="A399" s="5">
         <v>45323</v>
       </c>
       <c r="B399" s="6">
         <v>260419.70852645501</v>
       </c>
       <c r="C399" s="7">
         <v>519.50947280253604</v>
       </c>
       <c r="D399" s="7">
-        <v>522.81077409889997</v>
+        <v>522.70401112908405</v>
       </c>
       <c r="E399" s="12">
-        <v>5.8925828051052953E-3</v>
+        <v>5.9157265708478235E-3</v>
       </c>
       <c r="F399" s="9">
         <v>1.1708326595800678E-2</v>
       </c>
       <c r="G399" s="9">
-        <v>6.2430021865726992E-3</v>
+        <v>5.8173195089208374E-3</v>
       </c>
     </row>
     <row r="400" spans="1:7">
       <c r="A400" s="5">
         <v>45352</v>
       </c>
       <c r="B400" s="6">
         <v>261141.74328401001</v>
       </c>
       <c r="C400" s="7">
         <v>520.94985493937395</v>
       </c>
       <c r="D400" s="7">
-        <v>521.99231515641895</v>
+        <v>522.00254914142602</v>
       </c>
       <c r="E400" s="12">
-        <v>-1.5654974668256605E-3</v>
+        <v>-1.3419869997607359E-3</v>
       </c>
       <c r="F400" s="9">
         <v>1.5632725261249147E-2</v>
       </c>
       <c r="G400" s="9">
-        <v>8.377119345087447E-3</v>
+        <v>8.1212335883866782E-3</v>
       </c>
     </row>
     <row r="401" spans="1:7">
       <c r="A401" s="5">
         <v>45383</v>
       </c>
       <c r="B401" s="6">
         <v>261962.20493682101</v>
       </c>
       <c r="C401" s="7">
         <v>522.58658820782898</v>
       </c>
       <c r="D401" s="7">
-        <v>521.56898096513703</v>
+        <v>521.48500112519798</v>
       </c>
       <c r="E401" s="12">
-        <v>-8.1099698020470345E-4</v>
+        <v>-9.9146645371617215E-4</v>
       </c>
       <c r="F401" s="9">
         <v>5.839704296371595E-3</v>
       </c>
       <c r="G401" s="9">
-        <v>8.4354188914348427E-3</v>
+        <v>8.3773264390063495E-3</v>
       </c>
     </row>
     <row r="402" spans="1:7">
       <c r="A402" s="5">
         <v>45413</v>
       </c>
       <c r="B402" s="6">
         <v>264248.84969596699</v>
       </c>
       <c r="C402" s="7">
         <v>527.14819999993404</v>
       </c>
       <c r="D402" s="7">
-        <v>523.59037173139802</v>
+        <v>523.46366937737503</v>
       </c>
       <c r="E402" s="12">
-        <v>3.8755962107266395E-3</v>
+        <v>3.7942956133114603E-3</v>
       </c>
       <c r="F402" s="9">
         <v>1.3472955439769008E-2</v>
       </c>
       <c r="G402" s="9">
-        <v>5.3550932645995974E-3</v>
+        <v>5.4283336694207485E-3</v>
       </c>
     </row>
     <row r="403" spans="1:7">
       <c r="A403" s="5">
         <v>45444</v>
       </c>
       <c r="B403" s="6">
         <v>266064.09825434402</v>
       </c>
       <c r="C403" s="7">
         <v>530.76942677613999</v>
       </c>
       <c r="D403" s="7">
-        <v>526.00501094792401</v>
+        <v>526.14264665732901</v>
       </c>
       <c r="E403" s="12">
-        <v>4.6116952237706954E-3</v>
+        <v>5.1177902816836873E-3</v>
       </c>
       <c r="F403" s="9">
         <v>1.4585254303960626E-2</v>
       </c>
       <c r="G403" s="9">
-        <v>4.2268729065395583E-3</v>
+        <v>4.3179549497338598E-3</v>
       </c>
     </row>
     <row r="404" spans="1:7">
       <c r="A404" s="5">
         <v>45474</v>
       </c>
       <c r="B404" s="6">
         <v>266334.07782784698</v>
       </c>
       <c r="C404" s="7">
         <v>531.30800715737098</v>
       </c>
       <c r="D404" s="7">
-        <v>527.80576725406104</v>
+        <v>527.85077719115702</v>
       </c>
       <c r="E404" s="12">
-        <v>3.423458462671114E-3</v>
+        <v>3.246516025036339E-3</v>
       </c>
       <c r="F404" s="9">
         <v>2.1111162565536468E-2</v>
       </c>
       <c r="G404" s="9">
-        <v>7.0411621367678645E-3</v>
+        <v>7.1929463214024381E-3</v>
       </c>
     </row>
     <row r="405" spans="1:7">
       <c r="A405" s="5">
         <v>45505</v>
       </c>
       <c r="B405" s="6">
         <v>265375.44571877102</v>
       </c>
       <c r="C405" s="7">
         <v>529.39563860271903</v>
       </c>
       <c r="D405" s="7">
-        <v>528.00498925079398</v>
+        <v>528.03852482613104</v>
       </c>
       <c r="E405" s="12">
-        <v>3.7745323960636235E-4</v>
+        <v>3.5568316480105722E-4</v>
       </c>
       <c r="F405" s="9">
         <v>2.4011649417619685E-2</v>
       </c>
       <c r="G405" s="9">
-        <v>9.3571668273277897E-3</v>
+        <v>9.6242492054372519E-3</v>
       </c>
     </row>
     <row r="406" spans="1:7">
       <c r="A406" s="5">
         <v>45536</v>
       </c>
       <c r="B406" s="6">
         <v>266094.19737815898</v>
       </c>
       <c r="C406" s="7">
         <v>530.82947130976504</v>
       </c>
       <c r="D406" s="7">
-        <v>530.94263508576205</v>
+        <v>530.96726242616501</v>
       </c>
       <c r="E406" s="12">
-        <v>5.5636705992805346E-3</v>
+        <v>5.5464468260120192E-3</v>
       </c>
       <c r="F406" s="9">
         <v>3.2140876190974499E-2</v>
       </c>
       <c r="G406" s="9">
-        <v>9.9219587121985864E-3</v>
+        <v>1.0034583675283093E-2</v>
       </c>
     </row>
     <row r="407" spans="1:7">
       <c r="A407" s="5">
         <v>45566</v>
       </c>
       <c r="B407" s="6">
         <v>265737.64980293898</v>
       </c>
       <c r="C407" s="7">
         <v>530.11819702150297</v>
       </c>
       <c r="D407" s="7">
-        <v>530.75657065620396</v>
+        <v>531.06188601073802</v>
       </c>
       <c r="E407" s="12">
-        <v>-3.504416810076183E-4</v>
+        <v>1.7820982811755925E-4</v>
       </c>
       <c r="F407" s="9">
         <v>2.4340390282078239E-2</v>
       </c>
       <c r="G407" s="9">
-        <v>7.7995664323540215E-3</v>
+        <v>7.9942459869921656E-3</v>
       </c>
     </row>
     <row r="408" spans="1:7">
       <c r="A408" s="5">
         <v>45597</v>
       </c>
       <c r="B408" s="6">
         <v>268143.94746382697</v>
       </c>
       <c r="C408" s="7">
         <v>534.91850355854399</v>
       </c>
       <c r="D408" s="7">
-        <v>536.42582561906295</v>
+        <v>536.44194874943696</v>
       </c>
       <c r="E408" s="12">
-        <v>1.068145978079893E-2</v>
+        <v>1.0130764192311403E-2</v>
       </c>
       <c r="F408" s="9">
         <v>3.7078029829096693E-2</v>
       </c>
       <c r="G408" s="9">
-        <v>1.0310469931977373E-2</v>
+        <v>1.0391160889952733E-2</v>
       </c>
     </row>
     <row r="409" spans="1:7">
       <c r="A409" s="5">
         <v>45627</v>
       </c>
       <c r="B409" s="6">
         <v>269426.09136215999</v>
       </c>
       <c r="C409" s="7">
         <v>537.47624354085497</v>
       </c>
       <c r="D409" s="7">
-        <v>540.17000631359303</v>
+        <v>540.04355115977205</v>
       </c>
       <c r="E409" s="12">
-        <v>6.9798665830622664E-3</v>
+        <v>6.7138716849628466E-3</v>
       </c>
       <c r="F409" s="9">
         <v>4.6548164546714954E-2</v>
       </c>
       <c r="G409" s="9">
-        <v>1.2981860387009325E-2</v>
+        <v>1.3038873166050902E-2</v>
       </c>
     </row>
     <row r="410" spans="1:7">
       <c r="A410" s="5">
         <v>45658</v>
       </c>
       <c r="B410" s="6">
         <v>268212.980198454</v>
       </c>
       <c r="C410" s="7">
         <v>535.05621648271301</v>
       </c>
       <c r="D410" s="7">
-        <v>540.36104995438495</v>
+        <v>540.20270093315003</v>
       </c>
       <c r="E410" s="12">
-        <v>3.5367317429502165E-4</v>
+        <v>2.946980350679862E-4</v>
       </c>
       <c r="F410" s="9">
         <v>4.0973949108976004E-2</v>
       </c>
       <c r="G410" s="9">
-        <v>1.7143243994776514E-2</v>
+        <v>1.6741757616326014E-2</v>
       </c>
     </row>
     <row r="411" spans="1:7">
       <c r="A411" s="5">
         <v>45689</v>
       </c>
       <c r="B411" s="6">
         <v>270492.66894957499</v>
       </c>
       <c r="C411" s="7">
         <v>539.60395178258602</v>
       </c>
       <c r="D411" s="7">
-        <v>542.30921800111003</v>
+        <v>542.17837471187602</v>
       </c>
       <c r="E411" s="12">
-        <v>3.6053080563256401E-3</v>
+        <v>3.657282304055931E-3</v>
       </c>
       <c r="F411" s="9">
         <v>3.8679716217008941E-2</v>
       </c>
       <c r="G411" s="9">
-        <v>1.54651497367575E-2</v>
+        <v>1.4985275405117626E-2</v>
       </c>
     </row>
     <row r="412" spans="1:7">
       <c r="A412" s="5">
         <v>45717</v>
       </c>
       <c r="B412" s="6">
         <v>271315.71920009702</v>
       </c>
       <c r="C412" s="7">
         <v>541.24584902668505</v>
       </c>
       <c r="D412" s="7">
-        <v>542.07884656341503</v>
+        <v>542.05160561335003</v>
       </c>
       <c r="E412" s="12">
-        <v>-4.2479720065269344E-4</v>
+        <v>-2.338143762988798E-4</v>
       </c>
       <c r="F412" s="9">
         <v>3.8959592549791644E-2</v>
       </c>
       <c r="G412" s="9">
-        <v>1.0823209584923887E-2</v>
+        <v>1.0503762120061211E-2</v>
       </c>
     </row>
     <row r="413" spans="1:7">
       <c r="A413" s="5">
         <v>45748</v>
       </c>
       <c r="B413" s="6">
         <v>270751.74244191701</v>
       </c>
       <c r="C413" s="7">
         <v>540.12077569804705</v>
       </c>
       <c r="D413" s="7">
-        <v>539.17887005632201</v>
+        <v>539.07232298587996</v>
       </c>
       <c r="E413" s="12">
-        <v>-5.3497319171884605E-3</v>
+        <v>-5.4963080943167819E-3</v>
       </c>
       <c r="F413" s="9">
         <v>3.3552693249075283E-2</v>
       </c>
       <c r="G413" s="9">
-        <v>4.08795856454236E-3</v>
+        <v>4.0911429088803519E-3</v>
       </c>
     </row>
     <row r="414" spans="1:7">
       <c r="A414" s="5">
         <v>45778</v>
       </c>
       <c r="B414" s="6">
         <v>273427.28284223302</v>
       </c>
       <c r="C414" s="7">
         <v>545.458192711126</v>
       </c>
       <c r="D414" s="7">
-        <v>541.71699325901204</v>
+        <v>541.65209899378999</v>
       </c>
       <c r="E414" s="12">
-        <v>4.7073862564845914E-3</v>
+        <v>4.7855842303696772E-3</v>
       </c>
       <c r="F414" s="9">
         <v>3.4734051470144856E-2</v>
       </c>
       <c r="G414" s="9">
-        <v>8.2839705048520784E-5</v>
+        <v>2.1658990033568415E-4</v>
       </c>
     </row>
     <row r="415" spans="1:7">
       <c r="A415" s="5">
         <v>45809</v>
       </c>
       <c r="B415" s="6">
         <v>271618.65117166197</v>
       </c>
       <c r="C415" s="7">
         <v>541.850165918573</v>
       </c>
       <c r="D415" s="7">
-        <v>537.31876682760196</v>
+        <v>537.47370431722402</v>
       </c>
       <c r="E415" s="12">
-        <v>-8.1190482966945199E-3</v>
+        <v>-7.7141668689700849E-3</v>
       </c>
       <c r="F415" s="9">
         <v>2.0876747196493017E-2</v>
       </c>
       <c r="G415" s="9">
-        <v>-4.021842090930372E-3</v>
+        <v>-3.8379891228567109E-3</v>
       </c>
     </row>
     <row r="416" spans="1:7">
       <c r="A416" s="5">
         <v>45839</v>
       </c>
       <c r="B416" s="6">
         <v>272664.06801065803</v>
       </c>
       <c r="C416" s="7">
         <v>543.93566072984697</v>
       </c>
       <c r="D416" s="7">
-        <v>540.40658705469002</v>
+        <v>540.46598732564098</v>
       </c>
       <c r="E416" s="12">
-        <v>5.7467194851930081E-3</v>
+        <v>5.5673105202760365E-3</v>
       </c>
       <c r="F416" s="9">
         <v>2.3767105713382808E-2</v>
       </c>
       <c r="G416" s="9">
-        <v>-2.5404480662855056E-3</v>
+        <v>-2.2857804531433157E-3</v>
       </c>
     </row>
     <row r="417" spans="1:7">
       <c r="A417" s="5">
         <v>45870</v>
       </c>
       <c r="B417" s="6">
         <v>271079.16545142798</v>
       </c>
       <c r="C417" s="7">
         <v>540.77394959189996</v>
       </c>
       <c r="D417" s="7">
-        <v>540.11235232273202</v>
+        <v>540.16393849132498</v>
       </c>
       <c r="E417" s="12">
-        <v>-5.4446918118011833E-4</v>
+        <v>-5.5886742440647286E-4</v>
       </c>
       <c r="F417" s="9">
         <v>2.1493019888136455E-2</v>
       </c>
       <c r="G417" s="9">
-        <v>-3.1651778936893082E-3</v>
+        <v>-2.8792620665960555E-3</v>
       </c>
     </row>
     <row r="418" spans="1:7">
       <c r="A418" s="5">
         <v>45901</v>
       </c>
       <c r="B418" s="6">
         <v>271994.92857299699</v>
       </c>
       <c r="C418" s="7">
         <v>542.60079910029697</v>
       </c>
       <c r="D418" s="7">
-        <v>543.063839040262</v>
+        <v>543.00394091772898</v>
       </c>
       <c r="E418" s="12">
-        <v>5.464579184010887E-3</v>
+        <v>5.257667578357994E-3</v>
       </c>
       <c r="F418" s="9">
         <v>2.2175347125108713E-2</v>
       </c>
       <c r="G418" s="9">
-        <v>3.317327735613107E-3</v>
+        <v>3.3591315855991954E-3</v>
+      </c>
+    </row>
+    <row r="419" spans="1:7">
+      <c r="A419" s="5">
+        <v>45931</v>
+      </c>
+      <c r="B419" s="6">
+        <v>272225.53582857299</v>
+      </c>
+      <c r="C419" s="7">
+        <v>543.06083591719698</v>
+      </c>
+      <c r="D419" s="7">
+        <v>544.268206513064</v>
+      </c>
+      <c r="E419" s="12">
+        <v>2.3282806993965011E-3</v>
+      </c>
+      <c r="F419" s="9">
+        <v>2.4414628602475563E-2</v>
+      </c>
+      <c r="G419" s="9">
+        <v>4.8433780232852719E-3</v>
+      </c>
+    </row>
+    <row r="420" spans="1:7">
+      <c r="A420" s="5">
+        <v>45962</v>
+      </c>
+      <c r="B420" s="6">
+        <v>272997.785055427</v>
+      </c>
+      <c r="C420" s="7">
+        <v>544.60139055104298</v>
+      </c>
+      <c r="D420" s="7">
+        <v>545.89164842674199</v>
+      </c>
+      <c r="E420" s="12">
+        <v>2.982797624867306E-3</v>
+      </c>
+      <c r="F420" s="9">
+        <v>1.8101611606410328E-2</v>
+      </c>
+      <c r="G420" s="9">
+        <v>9.3072937004015088E-3</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Tahoma,Bold"UK Monthly House Price Series</oddHeader>
     <oddFooter>&amp;C&amp;"Tahoma,Regular"&amp;P&amp;R&amp;"Tahoma,Regular"Nationwide Building Society&amp;L&amp;"Calibri"&amp;11&amp;K000000&amp;"Tahoma,Regular"www.nationwide.co.uk/hpi</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
@@ -10202,47 +10248,47 @@
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>UK Monthly House Price Series</dc:title>
   <dc:creator>Andrew Harvey</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_SetDate">
-    <vt:lpwstr>2025-09-29T08:53:13Z</vt:lpwstr>
+    <vt:lpwstr>2025-12-01T17:21:25Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Name">
     <vt:lpwstr>NBS Public - No Visible Label</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_SiteId">
     <vt:lpwstr>18ed93f5-e470-4996-b0ef-9554af985d50</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_ActionId">
-    <vt:lpwstr>857e5d29-fc60-4d2c-b5e5-21c629da6715</vt:lpwstr>
+    <vt:lpwstr>7c55fac5-d985-4078-8d3f-8ceda6fb2881</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>