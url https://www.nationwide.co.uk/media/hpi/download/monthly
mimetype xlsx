--- v1 (2025-12-23)
+++ v2 (2026-02-02)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\HPD\Press\Embargo\Internet HP Files\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{8E5B2230-D1B2-4824-AF89-E665FBCE2727}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{A1476C89-1C00-4382-AFCF-C49900CE6750}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13896" xr2:uid="{570779F9-E968-4E17-9D69-62261C504A1E}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{C1216657-6C92-4723-A696-37E1EFC7EDC6}"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Monthly!$A:$F</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Monthly!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
@@ -69,51 +69,51 @@
   </si>
   <si>
     <t>Seasonally Adjusted Index</t>
   </si>
   <si>
     <t>Monthly % Change (SA)</t>
   </si>
   <si>
     <t>Year % Change</t>
   </si>
   <si>
     <t>Latest 3 months on previous 3 months</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="5" formatCode="&quot;£&quot;#,##0_);\(&quot;£&quot;#,##0\)"/>
     <numFmt numFmtId="164" formatCode="0.0"/>
     <numFmt numFmtId="165" formatCode="&quot;£&quot;#,##0"/>
     <numFmt numFmtId="166" formatCode="0.0%"/>
     <numFmt numFmtId="167" formatCode="0.0%;\-0.0%;0.0%"/>
   </numFmts>
-  <fonts count="5">
+  <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="MS Sans Serif"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -160,51 +160,51 @@
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="17" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="166" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="167" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="167" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal_Monthly" xfId="2" xr:uid="{527B67CA-8669-426B-8AD9-E9E1D04F783C}"/>
+    <cellStyle name="Normal_Monthly" xfId="2" xr:uid="{F9FC52E1-9BF2-4944-AD27-F11690393CC4}"/>
     <cellStyle name="Per cent" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Nationwide Brand Refresh">
       <a:dk1>
         <a:srgbClr val="02081E"/>
@@ -555,9679 +555,9702 @@
         <a:extLst>
           <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
             <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:effectLst>
                 <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                   <a:srgbClr val="808080"/>
                 </a:outerShdw>
               </a:effectLst>
             </a14:hiddenEffects>
           </a:ext>
         </a:extLst>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6661787A-7DB3-45E7-AF25-E6C4F1856004}">
-  <dimension ref="A1:G420"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BAA54EB5-6C5E-4874-B3A0-E51E4BA05BD2}">
+  <dimension ref="A1:G421"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="1" ySplit="1" topLeftCell="B394" activePane="bottomRight" state="frozenSplit"/>
+      <pane xSplit="1" ySplit="1" topLeftCell="D394" activePane="bottomRight" state="frozenSplit"/>
       <selection activeCell="C91" sqref="C91"/>
       <selection pane="topRight" activeCell="C91" sqref="C91"/>
       <selection pane="bottomLeft" activeCell="C91" sqref="C91"/>
       <selection pane="bottomRight" activeCell="H1" sqref="H1:DB1048576"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.8"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="10.5546875" style="10" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="12.6640625" style="8" customWidth="1"/>
     <col min="3" max="3" width="13.109375" style="7" customWidth="1"/>
     <col min="4" max="4" width="15.6640625" style="7" customWidth="1"/>
     <col min="5" max="5" width="12.33203125" style="8" customWidth="1"/>
     <col min="6" max="6" width="13.33203125" style="9" customWidth="1"/>
     <col min="7" max="7" width="18.33203125" style="10" customWidth="1"/>
     <col min="8" max="16384" width="9.109375" style="10"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" s="1" customFormat="1" ht="25.5" customHeight="1">
+    <row r="1" spans="1:7" s="1" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="4" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="2" spans="1:7">
+    <row r="2" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A2" s="5">
         <v>33239</v>
       </c>
       <c r="B2" s="6">
         <v>53051.721106306402</v>
       </c>
       <c r="C2" s="7">
         <v>105.832510984492</v>
       </c>
       <c r="D2" s="7">
         <v>107.127298764005</v>
       </c>
       <c r="G2" s="9"/>
     </row>
-    <row r="3" spans="1:7">
+    <row r="3" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A3" s="5">
         <v>33270</v>
       </c>
       <c r="B3" s="6">
         <v>53496.798746295797</v>
       </c>
       <c r="C3" s="7">
         <v>106.72039328578001</v>
       </c>
       <c r="D3" s="7">
         <v>107.494996367014</v>
       </c>
       <c r="E3" s="11">
         <v>3.4323427105074078E-3</v>
       </c>
       <c r="G3" s="9"/>
     </row>
-    <row r="4" spans="1:7">
+    <row r="4" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A4" s="5">
         <v>33298</v>
       </c>
       <c r="B4" s="6">
         <v>52892.861605640901</v>
       </c>
       <c r="C4" s="7">
         <v>105.515603266919</v>
       </c>
       <c r="D4" s="7">
         <v>106.525649138616</v>
       </c>
       <c r="E4" s="12">
         <v>-9.0176032481400492E-3</v>
       </c>
       <c r="G4" s="9"/>
     </row>
-    <row r="5" spans="1:7">
+    <row r="5" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A5" s="5">
         <v>33329</v>
       </c>
       <c r="B5" s="6">
         <v>53677.435270366099</v>
       </c>
       <c r="C5" s="7">
         <v>107.080743836511</v>
       </c>
       <c r="D5" s="7">
         <v>107.126621695892</v>
       </c>
       <c r="E5" s="12">
         <v>5.6415761099375406E-3</v>
       </c>
       <c r="G5" s="9"/>
     </row>
-    <row r="6" spans="1:7">
+    <row r="6" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A6" s="5">
         <v>33359</v>
       </c>
       <c r="B6" s="6">
         <v>54385.726746842898</v>
       </c>
       <c r="C6" s="7">
         <v>108.493709597117</v>
       </c>
       <c r="D6" s="7">
         <v>107.26675737264399</v>
       </c>
       <c r="E6" s="12">
         <v>1.3081312052367622E-3</v>
       </c>
       <c r="G6" s="9"/>
     </row>
-    <row r="7" spans="1:7">
+    <row r="7" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A7" s="5">
         <v>33390</v>
       </c>
       <c r="B7" s="6">
         <v>55107.375084739702</v>
       </c>
       <c r="C7" s="7">
         <v>109.933320868057</v>
       </c>
       <c r="D7" s="7">
         <v>108.152117326842</v>
       </c>
       <c r="E7" s="12">
         <v>8.253814843328211E-3</v>
       </c>
       <c r="G7" s="9">
         <v>4.3517392861454063E-3</v>
       </c>
     </row>
-    <row r="8" spans="1:7">
+    <row r="8" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A8" s="5">
         <v>33420</v>
       </c>
       <c r="B8" s="6">
         <v>54541.121263398301</v>
       </c>
       <c r="C8" s="7">
         <v>108.803705041889</v>
       </c>
       <c r="D8" s="7">
         <v>107.00287998326699</v>
       </c>
       <c r="E8" s="12">
         <v>-1.0626119691230285E-2</v>
       </c>
       <c r="G8" s="9">
         <v>3.9685453104951751E-3</v>
       </c>
     </row>
-    <row r="9" spans="1:7">
+    <row r="9" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A9" s="5">
         <v>33451</v>
       </c>
       <c r="B9" s="6">
         <v>54040.710150128703</v>
       </c>
       <c r="C9" s="7">
         <v>107.80543837801</v>
       </c>
       <c r="D9" s="7">
         <v>106.827997592964</v>
       </c>
       <c r="E9" s="12">
         <v>-1.6343708723572936E-3</v>
       </c>
       <c r="G9" s="9">
         <v>3.3153742919671547E-3</v>
       </c>
     </row>
-    <row r="10" spans="1:7">
+    <row r="10" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A10" s="5">
         <v>33482</v>
       </c>
       <c r="B10" s="6">
         <v>53259.454835101402</v>
       </c>
       <c r="C10" s="7">
         <v>106.24691756124599</v>
       </c>
       <c r="D10" s="7">
         <v>106.62243653045201</v>
       </c>
       <c r="E10" s="12">
         <v>-1.924224614742065E-3</v>
       </c>
       <c r="G10" s="9">
         <v>-6.4864718685464506E-3</v>
       </c>
     </row>
-    <row r="11" spans="1:7">
+    <row r="11" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A11" s="5">
         <v>33512</v>
       </c>
       <c r="B11" s="6">
         <v>53466.620438180304</v>
       </c>
       <c r="C11" s="7">
         <v>106.66019078794299</v>
       </c>
       <c r="D11" s="7">
         <v>106.804538657151</v>
       </c>
       <c r="E11" s="12">
         <v>1.7079156378778659E-3</v>
       </c>
       <c r="G11" s="9">
         <v>-6.7203340677739476E-3</v>
       </c>
     </row>
-    <row r="12" spans="1:7">
+    <row r="12" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A12" s="5">
         <v>33543</v>
       </c>
       <c r="B12" s="6">
         <v>53018.022496348298</v>
       </c>
       <c r="C12" s="7">
         <v>105.765285860893</v>
       </c>
       <c r="D12" s="7">
         <v>107.202200654663</v>
       </c>
       <c r="E12" s="12">
         <v>3.7232687160282385E-3</v>
       </c>
       <c r="G12" s="9">
         <v>-4.2046290712171031E-3</v>
       </c>
     </row>
-    <row r="13" spans="1:7">
+    <row r="13" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A13" s="5">
         <v>33573</v>
       </c>
       <c r="B13" s="6">
         <v>53104.082983662804</v>
       </c>
       <c r="C13" s="7">
         <v>105.936967330958</v>
       </c>
       <c r="D13" s="7">
         <v>106.62727312881201</v>
       </c>
       <c r="E13" s="12">
         <v>-5.3630198106011662E-3</v>
       </c>
       <c r="G13" s="9">
         <v>5.6388349250413583E-4</v>
       </c>
     </row>
-    <row r="14" spans="1:7">
+    <row r="14" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A14" s="5">
         <v>33604</v>
       </c>
       <c r="B14" s="6">
         <v>51951.198588775304</v>
       </c>
       <c r="C14" s="7">
         <v>103.637086236784</v>
       </c>
       <c r="D14" s="7">
         <v>104.89827057168399</v>
       </c>
       <c r="E14" s="12">
         <v>-1.6215387549480709E-2</v>
       </c>
       <c r="F14" s="9">
         <v>-2.0744332032618051E-2</v>
       </c>
       <c r="G14" s="9">
         <v>-4.7687891062176968E-3</v>
       </c>
     </row>
-    <row r="15" spans="1:7">
+    <row r="15" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A15" s="5">
         <v>33635</v>
       </c>
       <c r="B15" s="6">
         <v>51850.184753038899</v>
       </c>
       <c r="C15" s="7">
         <v>103.43557443552299</v>
       </c>
       <c r="D15" s="7">
         <v>104.23835839357</v>
       </c>
       <c r="E15" s="12">
         <v>-6.2909729065842024E-3</v>
       </c>
       <c r="F15" s="9">
         <v>-3.0779673398136698E-2</v>
       </c>
       <c r="G15" s="9">
         <v>-1.5174145445183918E-2</v>
       </c>
     </row>
-    <row r="16" spans="1:7">
+    <row r="16" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A16" s="5">
         <v>33664</v>
       </c>
       <c r="B16" s="6">
         <v>51977.5315479485</v>
       </c>
       <c r="C16" s="7">
         <v>103.68961767464999</v>
       </c>
       <c r="D16" s="7">
         <v>104.566285996118</v>
       </c>
       <c r="E16" s="12">
         <v>3.1459398210191836E-3</v>
       </c>
       <c r="F16" s="9">
         <v>-1.7305360873025366E-2</v>
       </c>
       <c r="G16" s="9">
         <v>-2.1616850397421672E-2</v>
       </c>
     </row>
-    <row r="17" spans="1:7">
+    <row r="17" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A17" s="5">
         <v>33695</v>
       </c>
       <c r="B17" s="6">
         <v>51977.833096337701</v>
       </c>
       <c r="C17" s="7">
         <v>103.690219231443</v>
       </c>
       <c r="D17" s="7">
         <v>103.661939296759</v>
       </c>
       <c r="E17" s="12">
         <v>-8.6485494893886461E-3</v>
       </c>
       <c r="F17" s="9">
         <v>-3.1663252267322695E-2</v>
       </c>
       <c r="G17" s="9">
         <v>-1.9644228591958357E-2</v>
       </c>
     </row>
-    <row r="18" spans="1:7">
+    <row r="18" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A18" s="5">
         <v>33725</v>
       </c>
       <c r="B18" s="6">
         <v>52712.599600483503</v>
       </c>
       <c r="C18" s="7">
         <v>105.155999841373</v>
       </c>
       <c r="D18" s="7">
         <v>103.980976549446</v>
       </c>
       <c r="E18" s="12">
         <v>3.0776701154864305E-3</v>
       </c>
       <c r="F18" s="9">
         <v>-3.0764085476829295E-2</v>
       </c>
       <c r="G18" s="9">
         <v>-1.1257462389364647E-2</v>
       </c>
     </row>
-    <row r="19" spans="1:7">
+    <row r="19" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A19" s="5">
         <v>33756</v>
       </c>
       <c r="B19" s="6">
         <v>52905.529843462798</v>
       </c>
       <c r="C19" s="7">
         <v>105.54087504680599</v>
       </c>
       <c r="D19" s="7">
         <v>103.961747076512</v>
       </c>
       <c r="E19" s="12">
         <v>-1.8493260567575831E-4</v>
       </c>
       <c r="F19" s="9">
         <v>-3.9955545657743397E-2</v>
       </c>
       <c r="G19" s="9">
         <v>-6.6886596795356912E-3</v>
       </c>
     </row>
-    <row r="20" spans="1:7">
+    <row r="20" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A20" s="5">
         <v>33786</v>
       </c>
       <c r="B20" s="6">
         <v>52726.864317336702</v>
       </c>
       <c r="C20" s="7">
         <v>105.184456426222</v>
       </c>
       <c r="D20" s="7">
         <v>103.516058858663</v>
       </c>
       <c r="E20" s="12">
         <v>-4.2870404776959026E-3</v>
       </c>
       <c r="F20" s="9">
         <v>-3.3264019954776458E-2</v>
       </c>
       <c r="G20" s="9">
         <v>-3.2253087352127618E-3</v>
       </c>
     </row>
-    <row r="21" spans="1:7">
+    <row r="21" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A21" s="5">
         <v>33817</v>
       </c>
       <c r="B21" s="6">
         <v>52311.7088376389</v>
       </c>
       <c r="C21" s="7">
         <v>104.356265635252</v>
       </c>
       <c r="D21" s="7">
         <v>103.480181696594</v>
       </c>
       <c r="E21" s="12">
         <v>-3.4658547151589225E-4</v>
       </c>
       <c r="F21" s="9">
         <v>-3.1994422495308483E-2</v>
       </c>
       <c r="G21" s="9">
         <v>-4.0076147761523018E-3</v>
       </c>
     </row>
-    <row r="22" spans="1:7">
+    <row r="22" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A22" s="5">
         <v>33848</v>
       </c>
       <c r="B22" s="6">
         <v>51096.962350928501</v>
       </c>
       <c r="C22" s="7">
         <v>101.932976282574</v>
       </c>
       <c r="D22" s="7">
         <v>102.27689839434299</v>
       </c>
       <c r="E22" s="12">
         <v>-1.1628152198061126E-2</v>
       </c>
       <c r="F22" s="9">
         <v>-4.0602978210499296E-2</v>
       </c>
       <c r="G22" s="9">
         <v>-7.4823141324277254E-3</v>
       </c>
     </row>
-    <row r="23" spans="1:7">
+    <row r="23" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A23" s="5">
         <v>33878</v>
       </c>
       <c r="B23" s="6">
         <v>50699.394068185902</v>
       </c>
       <c r="C23" s="7">
         <v>101.13987006899499</v>
       </c>
       <c r="D23" s="7">
         <v>101.24954620598901</v>
       </c>
       <c r="E23" s="12">
         <v>-1.0044811726621639E-2</v>
       </c>
       <c r="F23" s="9">
         <v>-5.175614892648428E-2</v>
       </c>
       <c r="G23" s="9">
         <v>-1.4294527680929425E-2</v>
       </c>
     </row>
-    <row r="24" spans="1:7">
+    <row r="24" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A24" s="5">
         <v>33909</v>
       </c>
       <c r="B24" s="6">
         <v>49601.664240563703</v>
       </c>
       <c r="C24" s="7">
         <v>98.950016439043395</v>
       </c>
       <c r="D24" s="7">
         <v>100.15504491970999</v>
       </c>
       <c r="E24" s="12">
         <v>-1.0809937696434568E-2</v>
       </c>
       <c r="F24" s="9">
         <v>-6.4437677886233335E-2</v>
       </c>
       <c r="G24" s="9">
         <v>-2.3400261132200617E-2</v>
       </c>
     </row>
-    <row r="25" spans="1:7">
+    <row r="25" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A25" s="5">
         <v>33939</v>
       </c>
       <c r="B25" s="6">
         <v>49744.666641170799</v>
       </c>
       <c r="C25" s="7">
         <v>99.235290937541507</v>
       </c>
       <c r="D25" s="7">
         <v>99.8423556933827</v>
       </c>
       <c r="E25" s="12">
         <v>-3.1220516807511922E-3</v>
       </c>
       <c r="F25" s="9">
         <v>-6.3260980206085837E-2</v>
       </c>
       <c r="G25" s="9">
         <v>-2.5951791861970608E-2</v>
       </c>
     </row>
-    <row r="26" spans="1:7">
+    <row r="26" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A26" s="5">
         <v>33970</v>
       </c>
       <c r="B26" s="6">
         <v>50075.486575301999</v>
       </c>
       <c r="C26" s="7">
         <v>99.895241332791997</v>
       </c>
       <c r="D26" s="7">
         <v>101.121068252527</v>
       </c>
       <c r="E26" s="12">
         <v>1.2807315595309454E-2</v>
       </c>
       <c r="F26" s="9">
         <v>-3.6105269260878758E-2</v>
       </c>
       <c r="G26" s="9">
         <v>-1.9179251934489217E-2</v>
       </c>
     </row>
-    <row r="27" spans="1:7">
+    <row r="27" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A27" s="5">
         <v>34001</v>
       </c>
       <c r="B27" s="6">
         <v>50374.680861211797</v>
       </c>
       <c r="C27" s="7">
         <v>100.492101941453</v>
       </c>
       <c r="D27" s="7">
         <v>101.35005336087799</v>
       </c>
       <c r="E27" s="12">
         <v>2.2644648865768335E-3</v>
       </c>
       <c r="F27" s="9">
         <v>-2.845706141367077E-2</v>
       </c>
       <c r="G27" s="9">
         <v>-4.5047599556244933E-3</v>
       </c>
     </row>
-    <row r="28" spans="1:7">
+    <row r="28" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A28" s="5">
         <v>34029</v>
       </c>
       <c r="B28" s="6">
         <v>50187.356874630197</v>
       </c>
       <c r="C28" s="7">
         <v>100.118410618078</v>
       </c>
       <c r="D28" s="7">
         <v>100.818395104063</v>
       </c>
       <c r="E28" s="12">
         <v>-5.2457619822054991E-3</v>
       </c>
       <c r="F28" s="9">
         <v>-3.4441317623308043E-2</v>
       </c>
       <c r="G28" s="9">
         <v>6.7803837348532348E-3</v>
       </c>
     </row>
-    <row r="29" spans="1:7">
+    <row r="29" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A29" s="5">
         <v>34060</v>
       </c>
       <c r="B29" s="6">
         <v>51677.239160705903</v>
       </c>
       <c r="C29" s="7">
         <v>103.090566471245</v>
       </c>
       <c r="D29" s="7">
         <v>102.939854206042</v>
       </c>
       <c r="E29" s="12">
         <v>2.1042381202252436E-2</v>
       </c>
       <c r="F29" s="9">
         <v>-5.783117874015975E-3</v>
       </c>
       <c r="G29" s="9">
         <v>1.3250046801824844E-2</v>
       </c>
     </row>
-    <row r="30" spans="1:7">
+    <row r="30" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A30" s="5">
         <v>34090</v>
       </c>
       <c r="B30" s="6">
         <v>50901.094774654703</v>
       </c>
       <c r="C30" s="7">
         <v>101.542241411297</v>
       </c>
       <c r="D30" s="7">
         <v>100.46258726999299</v>
       </c>
       <c r="E30" s="12">
         <v>-2.4065187921196829E-2</v>
       </c>
       <c r="F30" s="9">
         <v>-3.4365689409328382E-2</v>
       </c>
       <c r="G30" s="9">
         <v>6.3092101956627733E-3</v>
       </c>
     </row>
-    <row r="31" spans="1:7">
+    <row r="31" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A31" s="5">
         <v>34121</v>
       </c>
       <c r="B31" s="6">
         <v>52785.7207553724</v>
       </c>
       <c r="C31" s="7">
         <v>105.301868726804</v>
       </c>
       <c r="D31" s="7">
         <v>103.96356740564801</v>
       </c>
       <c r="E31" s="12">
         <v>3.484859618681857E-2</v>
       </c>
       <c r="F31" s="9">
         <v>-2.2645853551621631E-3</v>
       </c>
       <c r="G31" s="9">
         <v>1.344092670374919E-2</v>
       </c>
     </row>
-    <row r="32" spans="1:7">
+    <row r="32" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A32" s="5">
         <v>34151</v>
       </c>
       <c r="B32" s="6">
         <v>52244.832116496902</v>
       </c>
       <c r="C32" s="7">
         <v>104.22285372745201</v>
       </c>
       <c r="D32" s="7">
         <v>102.714632301737</v>
       </c>
       <c r="E32" s="12">
         <v>-1.2013199768702409E-2</v>
       </c>
       <c r="F32" s="9">
         <v>-9.142060827632581E-3</v>
       </c>
       <c r="G32" s="9">
         <v>6.6615175287010331E-3</v>
       </c>
     </row>
-    <row r="33" spans="1:7">
+    <row r="33" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A33" s="5">
         <v>34182</v>
       </c>
       <c r="B33" s="6">
         <v>51696.5386999974</v>
       </c>
       <c r="C33" s="7">
         <v>103.12906698850399</v>
       </c>
       <c r="D33" s="7">
         <v>102.357864399845</v>
       </c>
       <c r="E33" s="12">
         <v>-3.4733892717830894E-3</v>
       </c>
       <c r="F33" s="9">
         <v>-1.1759702584963505E-2</v>
       </c>
       <c r="G33" s="9">
         <v>1.5828066155042064E-2</v>
       </c>
     </row>
-    <row r="34" spans="1:7">
+    <row r="34" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A34" s="5">
         <v>34213</v>
       </c>
       <c r="B34" s="6">
         <v>51177.008148000401</v>
       </c>
       <c r="C34" s="7">
         <v>102.092659088734</v>
       </c>
       <c r="D34" s="7">
         <v>102.361025541963</v>
       </c>
       <c r="E34" s="12">
         <v>3.0883236344703136E-5</v>
       </c>
       <c r="F34" s="9">
         <v>1.566547078124314E-3</v>
       </c>
       <c r="G34" s="9">
         <v>2.1965135997836782E-4</v>
       </c>
     </row>
-    <row r="35" spans="1:7">
+    <row r="35" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A35" s="5">
         <v>34243</v>
       </c>
       <c r="B35" s="6">
         <v>51209.295663356701</v>
       </c>
       <c r="C35" s="7">
         <v>102.157069229486</v>
       </c>
       <c r="D35" s="7">
         <v>102.181398585457</v>
       </c>
       <c r="E35" s="12">
         <v>-1.7548374056917115E-3</v>
       </c>
       <c r="F35" s="9">
         <v>1.005735087257964E-2</v>
       </c>
       <c r="G35" s="9">
         <v>-7.8302348730596716E-4</v>
       </c>
     </row>
-    <row r="36" spans="1:7">
+    <row r="36" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A36" s="5">
         <v>34274</v>
       </c>
       <c r="B36" s="6">
         <v>50613.529934121201</v>
       </c>
       <c r="C36" s="7">
         <v>100.968580302668</v>
       </c>
       <c r="D36" s="7">
         <v>101.972807861482</v>
       </c>
       <c r="E36" s="12">
         <v>-2.0413766777771514E-3</v>
       </c>
       <c r="F36" s="9">
         <v>2.039983353482433E-2</v>
       </c>
       <c r="G36" s="9">
         <v>-8.1570807135741275E-3</v>
       </c>
     </row>
-    <row r="37" spans="1:7">
+    <row r="37" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A37" s="5">
         <v>34304</v>
       </c>
       <c r="B37" s="6">
         <v>51423.449322019398</v>
       </c>
       <c r="C37" s="7">
         <v>102.584282879866</v>
       </c>
       <c r="D37" s="7">
         <v>103.166300638434</v>
       </c>
       <c r="E37" s="12">
         <v>1.1704029750492007E-2</v>
       </c>
       <c r="F37" s="9">
         <v>3.3747993387073683E-2</v>
       </c>
       <c r="G37" s="9">
         <v>-3.6760844213501453E-4</v>
       </c>
     </row>
-    <row r="38" spans="1:7">
+    <row r="38" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A38" s="5">
         <v>34335</v>
       </c>
       <c r="B38" s="6">
         <v>51620.668728071098</v>
       </c>
       <c r="C38" s="7">
         <v>102.97771450700399</v>
       </c>
       <c r="D38" s="7">
         <v>104.306794017488</v>
       </c>
       <c r="E38" s="12">
         <v>1.105490234695039E-2</v>
       </c>
       <c r="F38" s="9">
         <v>3.0857057183965475E-2</v>
       </c>
       <c r="G38" s="9">
         <v>8.294596275405075E-3</v>
       </c>
     </row>
-    <row r="39" spans="1:7">
+    <row r="39" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A39" s="5">
         <v>34366</v>
       </c>
       <c r="B39" s="6">
         <v>51516.106991311703</v>
       </c>
       <c r="C39" s="7">
         <v>102.769125022566</v>
       </c>
       <c r="D39" s="7">
         <v>103.71815770526599</v>
       </c>
       <c r="E39" s="12">
         <v>-5.6433170798377841E-3</v>
       </c>
       <c r="F39" s="9">
         <v>2.2658726776753069E-2</v>
       </c>
       <c r="G39" s="9">
         <v>1.5255425780782206E-2</v>
       </c>
     </row>
-    <row r="40" spans="1:7">
+    <row r="40" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A40" s="5">
         <v>34394</v>
       </c>
       <c r="B40" s="6">
         <v>52101.386530048403</v>
       </c>
       <c r="C40" s="7">
         <v>103.936695120588</v>
       </c>
       <c r="D40" s="7">
         <v>104.55076371464899</v>
       </c>
       <c r="E40" s="12">
         <v>8.0275819374753254E-3</v>
       </c>
       <c r="F40" s="9">
         <v>3.8137685955439427E-2</v>
       </c>
       <c r="G40" s="9">
         <v>1.7100090071666241E-2</v>
       </c>
     </row>
-    <row r="41" spans="1:7">
+    <row r="41" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A41" s="5">
         <v>34425</v>
       </c>
       <c r="B41" s="6">
         <v>51505.633665573398</v>
       </c>
       <c r="C41" s="7">
         <v>102.74823185759099</v>
       </c>
       <c r="D41" s="7">
         <v>102.457553787967</v>
       </c>
       <c r="E41" s="12">
         <v>-2.00209912611925E-2</v>
       </c>
       <c r="F41" s="9">
         <v>-3.3207171652266387E-3</v>
       </c>
       <c r="G41" s="9">
         <v>4.1382764485173862E-3</v>
       </c>
     </row>
-    <row r="42" spans="1:7">
+    <row r="42" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A42" s="5">
         <v>34455</v>
       </c>
       <c r="B42" s="6">
         <v>51764.969620902601</v>
       </c>
       <c r="C42" s="7">
         <v>103.265579358647</v>
       </c>
       <c r="D42" s="7">
         <v>102.266098959701</v>
       </c>
       <c r="E42" s="12">
         <v>-1.8686257985645049E-3</v>
       </c>
       <c r="F42" s="9">
         <v>1.6971635876833036E-2</v>
       </c>
       <c r="G42" s="9">
         <v>-6.159671534231359E-3</v>
       </c>
     </row>
-    <row r="43" spans="1:7">
+    <row r="43" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A43" s="5">
         <v>34486</v>
       </c>
       <c r="B43" s="6">
         <v>51514</v>
       </c>
       <c r="C43" s="7">
         <v>102.764921800192</v>
       </c>
       <c r="D43" s="7">
         <v>101.68349495103</v>
       </c>
       <c r="E43" s="12">
         <v>-5.6969417490011498E-3</v>
       </c>
       <c r="F43" s="9">
         <v>-2.409213584987635E-2</v>
       </c>
       <c r="G43" s="9">
         <v>-1.9734635270923229E-2</v>
       </c>
     </row>
-    <row r="44" spans="1:7">
+    <row r="44" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A44" s="5">
         <v>34516</v>
       </c>
       <c r="B44" s="6">
         <v>52120.7522529341</v>
       </c>
       <c r="C44" s="7">
         <v>103.975327667041</v>
       </c>
       <c r="D44" s="7">
         <v>102.640775794118</v>
       </c>
       <c r="E44" s="12">
         <v>9.4143188483934992E-3</v>
       </c>
       <c r="F44" s="9">
         <v>-2.3749691316100607E-3</v>
       </c>
       <c r="G44" s="9">
         <v>-1.3311081716695927E-2</v>
       </c>
     </row>
-    <row r="45" spans="1:7">
+    <row r="45" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A45" s="5">
         <v>34547</v>
       </c>
       <c r="B45" s="6">
         <v>51685.811393787997</v>
       </c>
       <c r="C45" s="7">
         <v>103.10766715964699</v>
       </c>
       <c r="D45" s="7">
         <v>102.43835728719</v>
       </c>
       <c r="E45" s="12">
         <v>-1.9721061669878415E-3</v>
       </c>
       <c r="F45" s="9">
         <v>-2.075053084634737E-4</v>
       </c>
       <c r="G45" s="9">
         <v>-8.1215525639348751E-3</v>
       </c>
     </row>
-    <row r="46" spans="1:7">
+    <row r="46" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A46" s="5">
         <v>34578</v>
       </c>
       <c r="B46" s="6">
         <v>51586.251783527499</v>
       </c>
       <c r="C46" s="7">
         <v>102.90905638271499</v>
       </c>
       <c r="D46" s="7">
         <v>103.035847724288</v>
       </c>
       <c r="E46" s="12">
         <v>5.8326827266754755E-3</v>
       </c>
       <c r="F46" s="9">
         <v>7.9966307202501419E-3</v>
       </c>
       <c r="G46" s="9">
         <v>5.5737378182099118E-3</v>
       </c>
     </row>
-    <row r="47" spans="1:7">
+    <row r="47" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A47" s="5">
         <v>34608</v>
       </c>
       <c r="B47" s="6">
         <v>52850.394928235197</v>
       </c>
       <c r="C47" s="7">
         <v>105.43088678629699</v>
       </c>
       <c r="D47" s="7">
         <v>105.38274680042601</v>
       </c>
       <c r="E47" s="12">
         <v>2.277750052989358E-2</v>
       </c>
       <c r="F47" s="9">
         <v>3.204690171227087E-2</v>
       </c>
       <c r="G47" s="9">
         <v>1.3916230021061793E-2</v>
       </c>
     </row>
-    <row r="48" spans="1:7">
+    <row r="48" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A48" s="5">
         <v>34639</v>
       </c>
       <c r="B48" s="6">
         <v>52085.0897757532</v>
       </c>
       <c r="C48" s="7">
         <v>103.90418483832001</v>
       </c>
       <c r="D48" s="7">
         <v>104.654870246095</v>
       </c>
       <c r="E48" s="12">
         <v>-6.9069802831146498E-3</v>
       </c>
       <c r="F48" s="9">
         <v>2.907443609538829E-2</v>
       </c>
       <c r="G48" s="9">
         <v>2.0572377994511726E-2</v>
       </c>
     </row>
-    <row r="49" spans="1:7">
+    <row r="49" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A49" s="5">
         <v>34669</v>
       </c>
       <c r="B49" s="6">
         <v>52092.418202630201</v>
       </c>
       <c r="C49" s="7">
         <v>103.918804266339</v>
       </c>
       <c r="D49" s="7">
         <v>104.465315697354</v>
       </c>
       <c r="E49" s="12">
         <v>-1.8112348550551882E-3</v>
       </c>
       <c r="F49" s="9">
         <v>1.3009023887565974E-2</v>
       </c>
       <c r="G49" s="9">
         <v>2.0732364007673754E-2</v>
       </c>
     </row>
-    <row r="50" spans="1:7">
+    <row r="50" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A50" s="5">
         <v>34700</v>
       </c>
       <c r="B50" s="6">
         <v>50901.394249692399</v>
       </c>
       <c r="C50" s="7">
         <v>101.542838831975</v>
       </c>
       <c r="D50" s="7">
         <v>102.951792767635</v>
       </c>
       <c r="E50" s="12">
         <v>-1.4488281776736556E-2</v>
       </c>
       <c r="F50" s="9">
         <v>-1.3933846579313958E-2</v>
       </c>
       <c r="G50" s="9">
         <v>3.9086367285592338E-3</v>
       </c>
     </row>
-    <row r="51" spans="1:7">
+    <row r="51" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A51" s="5">
         <v>34731</v>
       </c>
       <c r="B51" s="6">
         <v>50789.019617376704</v>
       </c>
       <c r="C51" s="7">
         <v>101.318663456305</v>
       </c>
       <c r="D51" s="7">
         <v>102.304581321426</v>
       </c>
       <c r="E51" s="12">
         <v>-6.2865485758929474E-3</v>
       </c>
       <c r="F51" s="9">
         <v>-1.4113787248285936E-2</v>
       </c>
       <c r="G51" s="9">
         <v>-1.0706033444411456E-2</v>
       </c>
     </row>
-    <row r="52" spans="1:7">
+    <row r="52" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A52" s="5">
         <v>34759</v>
       </c>
       <c r="B52" s="6">
         <v>51626.674392473498</v>
       </c>
       <c r="C52" s="7">
         <v>102.98969516532399</v>
       </c>
       <c r="D52" s="7">
         <v>103.502786604283</v>
       </c>
       <c r="E52" s="12">
         <v>1.171213710451946E-2</v>
       </c>
       <c r="F52" s="9">
         <v>-9.1113148649308862E-3</v>
       </c>
       <c r="G52" s="9">
         <v>-1.8263015865764842E-2</v>
       </c>
     </row>
-    <row r="53" spans="1:7">
+    <row r="53" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A53" s="5">
         <v>34790</v>
       </c>
       <c r="B53" s="6">
         <v>52063.335136001398</v>
       </c>
       <c r="C53" s="7">
         <v>103.86078665815801</v>
       </c>
       <c r="D53" s="7">
         <v>103.484125884566</v>
       </c>
       <c r="E53" s="12">
         <v>-1.8029195473112658E-4</v>
       </c>
       <c r="F53" s="9">
         <v>1.0827970276987564E-2</v>
       </c>
       <c r="G53" s="9">
         <v>-8.9097550901329203E-3</v>
       </c>
     </row>
-    <row r="54" spans="1:7">
+    <row r="54" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A54" s="5">
         <v>34820</v>
       </c>
       <c r="B54" s="6">
         <v>52180.032148459402</v>
       </c>
       <c r="C54" s="7">
         <v>104.09358472003601</v>
       </c>
       <c r="D54" s="7">
         <v>103.212895638723</v>
       </c>
       <c r="E54" s="12">
         <v>-2.6209840738815604E-3</v>
       </c>
       <c r="F54" s="9">
         <v>8.018212520875867E-3</v>
       </c>
       <c r="G54" s="9">
         <v>1.5437031274327939E-3</v>
       </c>
     </row>
-    <row r="55" spans="1:7">
+    <row r="55" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A55" s="5">
         <v>34851</v>
       </c>
       <c r="B55" s="6">
         <v>51347.213763755797</v>
       </c>
       <c r="C55" s="7">
         <v>102.432201092714</v>
       </c>
       <c r="D55" s="7">
         <v>101.534080490223</v>
       </c>
       <c r="E55" s="12">
         <v>-1.6265556141127568E-2</v>
       </c>
       <c r="F55" s="9">
         <v>-3.2376875459986243E-3</v>
       </c>
       <c r="G55" s="9">
         <v>-1.7102607697412342E-3</v>
       </c>
     </row>
-    <row r="56" spans="1:7">
+    <row r="56" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A56" s="5">
         <v>34881</v>
       </c>
       <c r="B56" s="6">
         <v>51622.577858933502</v>
       </c>
       <c r="C56" s="7">
         <v>102.981523018939</v>
       </c>
       <c r="D56" s="7">
         <v>101.803501682079</v>
       </c>
       <c r="E56" s="12">
         <v>2.653505015805413E-3</v>
       </c>
       <c r="F56" s="9">
         <v>-9.5580814256671642E-3</v>
       </c>
       <c r="G56" s="9">
         <v>-8.862241781959268E-3</v>
       </c>
     </row>
-    <row r="57" spans="1:7">
+    <row r="57" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A57" s="5">
         <v>34912</v>
       </c>
       <c r="B57" s="6">
         <v>51237.560880669298</v>
       </c>
       <c r="C57" s="7">
         <v>102.21345531573</v>
       </c>
       <c r="D57" s="7">
         <v>101.61558012959701</v>
       </c>
       <c r="E57" s="12">
         <v>-1.8459242499226924E-3</v>
       </c>
       <c r="F57" s="9">
         <v>-8.6726028097642294E-3</v>
       </c>
       <c r="G57" s="9">
         <v>-1.6913762317722902E-2</v>
       </c>
     </row>
-    <row r="58" spans="1:7">
+    <row r="58" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A58" s="5">
         <v>34943</v>
       </c>
       <c r="B58" s="6">
         <v>50932.777260279698</v>
       </c>
       <c r="C58" s="7">
         <v>101.60544458242801</v>
       </c>
       <c r="D58" s="7">
         <v>101.59315718099801</v>
       </c>
       <c r="E58" s="12">
         <v>-2.2066447458557459E-4</v>
       </c>
       <c r="F58" s="9">
         <v>-1.2667610083206937E-2</v>
       </c>
       <c r="G58" s="9">
         <v>-1.0443018241218405E-2</v>
       </c>
     </row>
-    <row r="59" spans="1:7">
+    <row r="59" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A59" s="5">
         <v>34973</v>
       </c>
       <c r="B59" s="6">
         <v>50807.394183065997</v>
       </c>
       <c r="C59" s="7">
         <v>101.355318750132</v>
       </c>
       <c r="D59" s="7">
         <v>101.220739790463</v>
       </c>
       <c r="E59" s="12">
         <v>-3.6657723892909999E-3</v>
       </c>
       <c r="F59" s="9">
         <v>-3.8656300448519976E-2</v>
       </c>
       <c r="G59" s="9">
         <v>-6.9189280835977307E-3</v>
       </c>
     </row>
-    <row r="60" spans="1:7">
+    <row r="60" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A60" s="5">
         <v>35004</v>
       </c>
       <c r="B60" s="6">
         <v>50936.777154777097</v>
       </c>
       <c r="C60" s="7">
         <v>101.61342394425699</v>
       </c>
       <c r="D60" s="7">
         <v>102.077383671832</v>
       </c>
       <c r="E60" s="12">
         <v>8.4631260662817454E-3</v>
       </c>
       <c r="F60" s="9">
         <v>-2.2046858821206716E-2</v>
       </c>
       <c r="G60" s="9">
         <v>-2.0292184589554285E-4</v>
       </c>
     </row>
-    <row r="61" spans="1:7">
+    <row r="61" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A61" s="5">
         <v>35034</v>
       </c>
       <c r="B61" s="6">
         <v>50798.390120442302</v>
       </c>
       <c r="C61" s="7">
         <v>101.337356607968</v>
       </c>
       <c r="D61" s="7">
         <v>101.850933640012</v>
       </c>
       <c r="E61" s="12">
         <v>-2.218415320557221E-3</v>
       </c>
       <c r="F61" s="9">
         <v>-2.484100617396312E-2</v>
       </c>
       <c r="G61" s="9">
         <v>4.4856596602427246E-4</v>
       </c>
     </row>
-    <row r="62" spans="1:7">
+    <row r="62" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A62" s="5">
         <v>35065</v>
       </c>
       <c r="B62" s="6">
         <v>50520.5130751248</v>
       </c>
       <c r="C62" s="7">
         <v>100.783021614915</v>
       </c>
       <c r="D62" s="7">
         <v>102.33451897203</v>
       </c>
       <c r="E62" s="12">
         <v>4.7479715181326654E-3</v>
       </c>
       <c r="F62" s="9">
         <v>-7.4827257717039464E-3</v>
       </c>
       <c r="G62" s="9">
         <v>6.0222787894070873E-3</v>
       </c>
     </row>
-    <row r="63" spans="1:7">
+    <row r="63" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A63" s="5">
         <v>35096</v>
       </c>
       <c r="B63" s="6">
         <v>51255.778620000397</v>
       </c>
       <c r="C63" s="7">
         <v>102.24979775774101</v>
       </c>
       <c r="D63" s="7">
         <v>103.30591658026199</v>
       </c>
       <c r="E63" s="12">
         <v>9.492374791906677E-3</v>
       </c>
       <c r="F63" s="9">
         <v>9.1901557884008778E-3</v>
       </c>
       <c r="G63" s="9">
         <v>8.5279203246646507E-3</v>
       </c>
     </row>
-    <row r="64" spans="1:7">
+    <row r="64" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A64" s="5">
         <v>35125</v>
       </c>
       <c r="B64" s="6">
         <v>51519.1657270793</v>
       </c>
       <c r="C64" s="7">
         <v>102.775226873363</v>
       </c>
       <c r="D64" s="7">
         <v>103.217531401573</v>
       </c>
       <c r="E64" s="12">
         <v>-8.5556744100256932E-4</v>
       </c>
       <c r="F64" s="9">
         <v>-2.0824247670285789E-3</v>
       </c>
       <c r="G64" s="9">
         <v>1.2154420160356505E-2</v>
       </c>
     </row>
-    <row r="65" spans="1:7">
+    <row r="65" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A65" s="5">
         <v>35156</v>
       </c>
       <c r="B65" s="6">
         <v>52699.922994863598</v>
       </c>
       <c r="C65" s="7">
         <v>105.130711368623</v>
       </c>
       <c r="D65" s="7">
         <v>104.72413500266001</v>
       </c>
       <c r="E65" s="12">
         <v>1.4596392498726685E-2</v>
       </c>
       <c r="F65" s="9">
         <v>1.2227181704725254E-2</v>
       </c>
       <c r="G65" s="9">
         <v>1.6276041719931911E-2</v>
       </c>
     </row>
-    <row r="66" spans="1:7">
+    <row r="66" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A66" s="5">
         <v>35186</v>
       </c>
       <c r="B66" s="6">
         <v>52908.8026493129</v>
       </c>
       <c r="C66" s="7">
         <v>105.547403944528</v>
       </c>
       <c r="D66" s="7">
         <v>104.746044538799</v>
       </c>
       <c r="E66" s="12">
         <v>2.0921190839562342E-4</v>
       </c>
       <c r="F66" s="9">
         <v>1.3966463239805771E-2</v>
       </c>
       <c r="G66" s="9">
         <v>1.6899146679717925E-2</v>
       </c>
     </row>
-    <row r="67" spans="1:7">
+    <row r="67" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A67" s="5">
         <v>35217</v>
       </c>
       <c r="B67" s="6">
         <v>53325.265169481201</v>
       </c>
       <c r="C67" s="7">
         <v>106.37820214148</v>
       </c>
       <c r="D67" s="7">
         <v>105.482606692348</v>
       </c>
       <c r="E67" s="12">
         <v>7.0318851350628098E-3</v>
       </c>
       <c r="F67" s="9">
         <v>3.8523052386567169E-2</v>
       </c>
       <c r="G67" s="9">
         <v>1.9733404775187147E-2</v>
       </c>
     </row>
-    <row r="68" spans="1:7">
+    <row r="68" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A68" s="5">
         <v>35247</v>
       </c>
       <c r="B68" s="6">
         <v>53588.787495100201</v>
       </c>
       <c r="C68" s="7">
         <v>106.90390100363101</v>
       </c>
       <c r="D68" s="7">
         <v>105.808148966212</v>
       </c>
       <c r="E68" s="12">
         <v>3.0862175677310866E-3</v>
       </c>
       <c r="F68" s="9">
         <v>3.8088172224551853E-2</v>
       </c>
       <c r="G68" s="9">
         <v>1.5387162743373262E-2</v>
       </c>
     </row>
-    <row r="69" spans="1:7">
+    <row r="69" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A69" s="5">
         <v>35278</v>
       </c>
       <c r="B69" s="6">
         <v>54025.0089282888</v>
       </c>
       <c r="C69" s="7">
         <v>107.774116119312</v>
       </c>
       <c r="D69" s="7">
         <v>107.13689717111301</v>
       </c>
       <c r="E69" s="12">
         <v>1.2558089503345471E-2</v>
       </c>
       <c r="F69" s="9">
         <v>5.4402434458413751E-2</v>
       </c>
       <c r="G69" s="9">
         <v>1.8356787573550415E-2</v>
       </c>
     </row>
-    <row r="70" spans="1:7">
+    <row r="70" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A70" s="5">
         <v>35309</v>
       </c>
       <c r="B70" s="6">
         <v>54334.447686738698</v>
       </c>
       <c r="C70" s="7">
         <v>108.39141335528799</v>
       </c>
       <c r="D70" s="7">
         <v>108.234638808775</v>
       </c>
       <c r="E70" s="12">
         <v>1.024615857512412E-2</v>
       </c>
       <c r="F70" s="9">
         <v>6.678745219558424E-2</v>
       </c>
       <c r="G70" s="9">
         <v>1.9770895780139019E-2</v>
       </c>
     </row>
-    <row r="71" spans="1:7">
+    <row r="71" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A71" s="5">
         <v>35339</v>
       </c>
       <c r="B71" s="6">
         <v>54824.775782197503</v>
       </c>
       <c r="C71" s="7">
         <v>109.369565476774</v>
       </c>
       <c r="D71" s="7">
         <v>109.250123523128</v>
       </c>
       <c r="E71" s="12">
         <v>9.3822525351345831E-3</v>
       </c>
       <c r="F71" s="9">
         <v>7.9070805809404732E-2</v>
       </c>
       <c r="G71" s="9">
         <v>2.7164112851085331E-2</v>
       </c>
     </row>
-    <row r="72" spans="1:7">
+    <row r="72" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A72" s="5">
         <v>35370</v>
       </c>
       <c r="B72" s="6">
         <v>55436.229799956702</v>
       </c>
       <c r="C72" s="7">
         <v>110.589350861707</v>
       </c>
       <c r="D72" s="7">
         <v>110.87106577659399</v>
       </c>
       <c r="E72" s="12">
         <v>1.4836983256342418E-2</v>
       </c>
       <c r="F72" s="9">
         <v>8.8334066199501571E-2</v>
       </c>
       <c r="G72" s="9">
         <v>3.117874716783664E-2</v>
       </c>
     </row>
-    <row r="73" spans="1:7">
+    <row r="73" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A73" s="5">
         <v>35400</v>
       </c>
       <c r="B73" s="6">
         <v>55092.599895941799</v>
       </c>
       <c r="C73" s="7">
         <v>109.903845946261</v>
       </c>
       <c r="D73" s="7">
         <v>110.52045169410199</v>
       </c>
       <c r="E73" s="12">
         <v>-3.1623587275555476E-3</v>
       </c>
       <c r="F73" s="9">
         <v>8.4534367434046853E-2</v>
       </c>
       <c r="G73" s="9">
         <v>2.9460007874756888E-2</v>
       </c>
     </row>
-    <row r="74" spans="1:7">
+    <row r="74" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A74" s="5">
         <v>35431</v>
       </c>
       <c r="B74" s="6">
         <v>54655.730014022301</v>
       </c>
       <c r="C74" s="7">
         <v>109.032337244698</v>
       </c>
       <c r="D74" s="7">
         <v>110.866697639558</v>
       </c>
       <c r="E74" s="12">
         <v>3.1328676290098834E-3</v>
       </c>
       <c r="F74" s="9">
         <v>8.1852235600784695E-2</v>
       </c>
       <c r="G74" s="9">
         <v>2.3524479601667148E-2</v>
       </c>
     </row>
-    <row r="75" spans="1:7">
+    <row r="75" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A75" s="5">
         <v>35462</v>
       </c>
       <c r="B75" s="6">
         <v>55621.141661952002</v>
       </c>
       <c r="C75" s="7">
         <v>110.958230254453</v>
       </c>
       <c r="D75" s="7">
         <v>112.157454363182</v>
       </c>
       <c r="E75" s="12">
         <v>1.1642420592524738E-2</v>
       </c>
       <c r="F75" s="9">
         <v>8.5168212433483381E-2</v>
       </c>
       <c r="G75" s="9">
         <v>1.5802294779523329E-2</v>
       </c>
     </row>
-    <row r="76" spans="1:7">
+    <row r="76" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A76" s="5">
         <v>35490</v>
       </c>
       <c r="B76" s="6">
         <v>56515.844039860298</v>
       </c>
       <c r="C76" s="7">
         <v>112.74306583119299</v>
       </c>
       <c r="D76" s="7">
         <v>113.12670737812</v>
       </c>
       <c r="E76" s="12">
         <v>8.6418956318268236E-3</v>
       </c>
       <c r="F76" s="9">
         <v>9.698678622341661E-2</v>
       </c>
       <c r="G76" s="9">
         <v>1.6662203739603587E-2</v>
       </c>
     </row>
-    <row r="77" spans="1:7">
+    <row r="77" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A77" s="5">
         <v>35521</v>
       </c>
       <c r="B77" s="6">
         <v>57405.888374662798</v>
       </c>
       <c r="C77" s="7">
         <v>114.51860911000399</v>
       </c>
       <c r="D77" s="7">
         <v>114.095143073713</v>
       </c>
       <c r="E77" s="12">
         <v>8.5606283258652383E-3</v>
       </c>
       <c r="F77" s="9">
         <v>8.9297386264836742E-2</v>
       </c>
       <c r="G77" s="9">
         <v>2.1432396193418413E-2</v>
       </c>
     </row>
-    <row r="78" spans="1:7">
+    <row r="78" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A78" s="5">
         <v>35551</v>
       </c>
       <c r="B78" s="6">
         <v>58195.7342219817</v>
       </c>
       <c r="C78" s="7">
         <v>116.094267120136</v>
       </c>
       <c r="D78" s="7">
         <v>115.24946005127499</v>
       </c>
       <c r="E78" s="12">
         <v>1.0117143871901879E-2</v>
       </c>
       <c r="F78" s="9">
         <v>9.992536795268836E-2</v>
       </c>
       <c r="G78" s="9">
         <v>2.6763157632672785E-2</v>
       </c>
     </row>
-    <row r="79" spans="1:7">
+    <row r="79" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A79" s="5">
         <v>35582</v>
       </c>
       <c r="B79" s="6">
         <v>59188.544896910898</v>
       </c>
       <c r="C79" s="7">
         <v>118.074818259079</v>
       </c>
       <c r="D79" s="7">
         <v>116.988499026846</v>
       </c>
       <c r="E79" s="12">
         <v>1.5089345970014101E-2</v>
       </c>
       <c r="F79" s="9">
         <v>0.10995312838661087</v>
       </c>
       <c r="G79" s="9">
         <v>3.0290693856110273E-2</v>
       </c>
     </row>
-    <row r="80" spans="1:7">
+    <row r="80" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A80" s="5">
         <v>35612</v>
       </c>
       <c r="B80" s="6">
         <v>60133.6408381601</v>
       </c>
       <c r="C80" s="7">
         <v>119.960183606288</v>
       </c>
       <c r="D80" s="7">
         <v>118.817223852411</v>
       </c>
       <c r="E80" s="12">
         <v>1.5631663289785047E-2</v>
       </c>
       <c r="F80" s="9">
         <v>0.12213102122637731</v>
       </c>
       <c r="G80" s="9">
         <v>3.4403624351464712E-2</v>
       </c>
     </row>
-    <row r="81" spans="1:7">
+    <row r="81" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A81" s="5">
         <v>35643</v>
       </c>
       <c r="B81" s="6">
         <v>60581.225691805703</v>
       </c>
       <c r="C81" s="7">
         <v>120.853067530733</v>
       </c>
       <c r="D81" s="7">
         <v>120.084153647726</v>
       </c>
       <c r="E81" s="12">
         <v>1.0662846296499273E-2</v>
       </c>
       <c r="F81" s="9">
         <v>0.12135521851036901</v>
       </c>
       <c r="G81" s="9">
         <v>3.9181577003231105E-2</v>
       </c>
     </row>
-    <row r="82" spans="1:7">
+    <row r="82" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A82" s="5">
         <v>35674</v>
       </c>
       <c r="B82" s="6">
         <v>61334.258981026702</v>
       </c>
       <c r="C82" s="7">
         <v>122.355288423689</v>
       </c>
       <c r="D82" s="7">
         <v>122.098515980063</v>
       </c>
       <c r="E82" s="12">
         <v>1.6774589078974111E-2</v>
       </c>
       <c r="F82" s="9">
         <v>0.12882824050489949</v>
       </c>
       <c r="G82" s="9">
         <v>4.2348800150024291E-2</v>
       </c>
     </row>
-    <row r="83" spans="1:7">
+    <row r="83" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A83" s="5">
         <v>35704</v>
       </c>
       <c r="B83" s="6">
         <v>61488.550048438301</v>
       </c>
       <c r="C83" s="7">
         <v>122.663082605407</v>
       </c>
       <c r="D83" s="7">
         <v>122.60492091385299</v>
       </c>
       <c r="E83" s="12">
         <v>4.1475109646105235E-3</v>
       </c>
       <c r="F83" s="9">
         <v>0.12154676733589143</v>
       </c>
       <c r="G83" s="9">
         <v>3.9117518495168868E-2</v>
       </c>
     </row>
-    <row r="84" spans="1:7">
+    <row r="84" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A84" s="5">
         <v>35735</v>
       </c>
       <c r="B84" s="6">
         <v>61879.089189970298</v>
       </c>
       <c r="C84" s="7">
         <v>123.44216643387</v>
       </c>
       <c r="D84" s="7">
         <v>123.674253087869</v>
       </c>
       <c r="E84" s="12">
         <v>8.7217720630263784E-3</v>
       </c>
       <c r="F84" s="9">
         <v>0.11622109608216769</v>
       </c>
       <c r="G84" s="9">
         <v>3.5088981953256493E-2</v>
       </c>
     </row>
-    <row r="85" spans="1:7">
+    <row r="85" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A85" s="5">
         <v>35765</v>
       </c>
       <c r="B85" s="6">
         <v>62037.027464373903</v>
       </c>
       <c r="C85" s="7">
         <v>123.757236403555</v>
       </c>
       <c r="D85" s="7">
         <v>124.581677319638</v>
       </c>
       <c r="E85" s="12">
         <v>7.3372121449100103E-3</v>
       </c>
       <c r="F85" s="9">
         <v>0.12605009713734505</v>
       </c>
       <c r="G85" s="9">
         <v>2.7315680750196192E-2</v>
       </c>
     </row>
-    <row r="86" spans="1:7">
+    <row r="86" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A86" s="5">
         <v>35796</v>
       </c>
       <c r="B86" s="6">
         <v>61819.733169216597</v>
       </c>
       <c r="C86" s="7">
         <v>123.323757519184</v>
       </c>
       <c r="D86" s="7">
         <v>125.47633348331399</v>
       </c>
       <c r="E86" s="12">
         <v>7.1812820546681699E-3</v>
       </c>
       <c r="F86" s="9">
         <v>0.13107506117577028</v>
       </c>
       <c r="G86" s="9">
         <v>2.4520223771586691E-2</v>
       </c>
     </row>
-    <row r="87" spans="1:7">
+    <row r="87" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A87" s="5">
         <v>35827</v>
       </c>
       <c r="B87" s="6">
         <v>62769.686473587797</v>
       </c>
       <c r="C87" s="7">
         <v>125.218812786442</v>
       </c>
       <c r="D87" s="7">
         <v>126.626727102158</v>
       </c>
       <c r="E87" s="12">
         <v>9.1682119401184092E-3</v>
       </c>
       <c r="F87" s="9">
         <v>0.12852207987894348</v>
       </c>
       <c r="G87" s="9">
         <v>2.25503556519282E-2</v>
       </c>
     </row>
-    <row r="88" spans="1:7">
+    <row r="88" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A88" s="5">
         <v>35855</v>
       </c>
       <c r="B88" s="6">
         <v>63493.422046004598</v>
       </c>
       <c r="C88" s="7">
         <v>126.66258786707</v>
       </c>
       <c r="D88" s="7">
         <v>126.962527580436</v>
       </c>
       <c r="E88" s="12">
         <v>2.651892581943649E-3</v>
       </c>
       <c r="F88" s="9">
         <v>0.12346233387619887</v>
       </c>
       <c r="G88" s="9">
         <v>2.2123491372343373E-2</v>
       </c>
     </row>
-    <row r="89" spans="1:7">
+    <row r="89" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A89" s="5">
         <v>35886</v>
       </c>
       <c r="B89" s="6">
         <v>64300.761895482799</v>
       </c>
       <c r="C89" s="7">
         <v>128.27314454094099</v>
       </c>
       <c r="D89" s="7">
-        <v>127.843216921014</v>
+        <v>127.843216921015</v>
       </c>
       <c r="E89" s="12">
-        <v>6.9366084415738438E-3</v>
+        <v>6.9366084415816154E-3</v>
       </c>
       <c r="F89" s="9">
         <v>0.12010742653820317</v>
       </c>
       <c r="G89" s="9">
-        <v>2.0603540172374535E-2</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:7">
+        <v>2.0603540172377199E-2</v>
+      </c>
+    </row>
+    <row r="90" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A90" s="5">
         <v>35916</v>
       </c>
       <c r="B90" s="6">
         <v>65131.303428852501</v>
       </c>
       <c r="C90" s="7">
         <v>129.92998609330601</v>
       </c>
       <c r="D90" s="7">
-        <v>128.989252970628</v>
+        <v>128.989252970629</v>
       </c>
       <c r="E90" s="12">
-        <v>8.964386826420867E-3</v>
+        <v>8.964386826420645E-3</v>
       </c>
       <c r="F90" s="9">
         <v>0.11917659085484922</v>
       </c>
       <c r="G90" s="9">
-        <v>1.8875889706896354E-2</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:7">
+        <v>1.8875889706901683E-2</v>
+      </c>
+    </row>
+    <row r="91" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A91" s="5">
         <v>35947</v>
       </c>
       <c r="B91" s="6">
         <v>65870.525779382297</v>
       </c>
       <c r="C91" s="7">
         <v>131.40465564032499</v>
       </c>
       <c r="D91" s="7">
         <v>130.022613654102</v>
       </c>
       <c r="E91" s="12">
-        <v>8.0112153507030381E-3</v>
+        <v>8.0112153506952666E-3</v>
       </c>
       <c r="F91" s="9">
         <v>0.11289314332881495</v>
       </c>
       <c r="G91" s="9">
-        <v>2.0549202098574026E-2</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:7">
+        <v>2.0549202098578911E-2</v>
+      </c>
+    </row>
+    <row r="92" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A92" s="5">
         <v>35977</v>
       </c>
       <c r="B92" s="6">
         <v>66654.006561632501</v>
       </c>
       <c r="C92" s="7">
         <v>132.96761602623801</v>
       </c>
       <c r="D92" s="7">
-        <v>131.703543909681</v>
+        <v>131.70354390968001</v>
       </c>
       <c r="E92" s="12">
-        <v>1.292798389709926E-2</v>
+        <v>1.292798389709171E-2</v>
       </c>
       <c r="F92" s="9">
         <v>0.10843124801009552</v>
       </c>
       <c r="G92" s="9">
-        <v>2.4337044226402593E-2</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:7">
+        <v>2.4337044226399929E-2</v>
+      </c>
+    </row>
+    <row r="93" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A93" s="5">
         <v>36008</v>
       </c>
       <c r="B93" s="6">
         <v>66171.314364178004</v>
       </c>
       <c r="C93" s="7">
         <v>132.004696704792</v>
       </c>
       <c r="D93" s="7">
-        <v>131.12600022317699</v>
+        <v>131.126000223175</v>
       </c>
       <c r="E93" s="12">
-        <v>-4.3851795430810414E-3</v>
+        <v>-4.3851795430887019E-3</v>
       </c>
       <c r="F93" s="9">
         <v>9.2274274885270291E-2</v>
       </c>
       <c r="G93" s="9">
-        <v>2.3598953541704049E-2</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:7">
+        <v>2.3598953541690948E-2</v>
+      </c>
+    </row>
+    <row r="94" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A94" s="5">
         <v>36039</v>
       </c>
       <c r="B94" s="6">
         <v>65947.665553319894</v>
       </c>
       <c r="C94" s="7">
         <v>131.55854124106301</v>
       </c>
       <c r="D94" s="7">
-        <v>131.22259701519599</v>
+        <v>131.22259701519201</v>
       </c>
       <c r="E94" s="12">
-        <v>7.366715361911691E-4</v>
+        <v>7.3667153617584802E-4</v>
       </c>
       <c r="F94" s="9">
         <v>7.5217450229901006E-2</v>
       </c>
       <c r="G94" s="9">
-        <v>1.8604014548147862E-2</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:7">
+        <v>1.860401454812477E-2</v>
+      </c>
+    </row>
+    <row r="95" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A95" s="5">
         <v>36069</v>
       </c>
       <c r="B95" s="6">
         <v>66123.4006130825</v>
       </c>
       <c r="C95" s="7">
         <v>131.90911389459501</v>
       </c>
       <c r="D95" s="7">
-        <v>132.00193210527399</v>
+        <v>132.00193210526999</v>
       </c>
       <c r="E95" s="12">
         <v>5.9390311410141283E-3</v>
       </c>
       <c r="F95" s="9">
         <v>7.5377457445215512E-2</v>
       </c>
       <c r="G95" s="9">
-        <v>9.3037507895166183E-3</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:7">
+        <v>9.3037507894910831E-3</v>
+      </c>
+    </row>
+    <row r="96" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A96" s="5">
         <v>36100</v>
       </c>
       <c r="B96" s="6">
         <v>66149.985250271406</v>
       </c>
       <c r="C96" s="7">
         <v>131.96214740319101</v>
       </c>
       <c r="D96" s="7">
-        <v>132.27324665609601</v>
+        <v>132.27324665609399</v>
       </c>
       <c r="E96" s="12">
-        <v>2.0553831788283627E-3</v>
+        <v>2.0553831788434618E-3</v>
       </c>
       <c r="F96" s="9">
         <v>6.9020021403183307E-2</v>
       </c>
       <c r="G96" s="9">
-        <v>6.7343857916153382E-3</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:7">
+        <v>6.7343857915975747E-3</v>
+      </c>
+    </row>
+    <row r="97" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A97" s="5">
         <v>36130</v>
       </c>
       <c r="B97" s="6">
         <v>66372.049306603207</v>
       </c>
       <c r="C97" s="7">
         <v>132.40514145109199</v>
       </c>
       <c r="D97" s="7">
-        <v>133.38707719837299</v>
+        <v>133.387077198377</v>
       </c>
       <c r="E97" s="12">
-        <v>8.4206789387493153E-3</v>
+        <v>8.4206789387950565E-3</v>
       </c>
       <c r="F97" s="9">
         <v>6.9877974806558996E-2</v>
       </c>
       <c r="G97" s="9">
-        <v>9.161515532363218E-3</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:7">
+        <v>9.1615155323760966E-3</v>
+      </c>
+    </row>
+    <row r="98" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A98" s="5">
         <v>36161</v>
       </c>
       <c r="B98" s="6">
         <v>66384.917232512598</v>
       </c>
       <c r="C98" s="7">
         <v>132.43081158736101</v>
       </c>
       <c r="D98" s="7">
-        <v>134.72578514714101</v>
+        <v>134.725785147153</v>
       </c>
       <c r="E98" s="12">
-        <v>1.0036264208541645E-2</v>
+        <v>1.0036264208601153E-2</v>
       </c>
       <c r="F98" s="9">
         <v>7.3846712518148339E-2</v>
       </c>
       <c r="G98" s="9">
-        <v>1.5305113620637245E-2</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:7">
+        <v>1.5305113620698974E-2</v>
+      </c>
+    </row>
+    <row r="99" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A99" s="5">
         <v>36192</v>
       </c>
       <c r="B99" s="6">
         <v>67021.050956563093</v>
       </c>
       <c r="C99" s="7">
         <v>133.699830347437</v>
       </c>
       <c r="D99" s="7">
-        <v>135.259018175432</v>
+        <v>135.25901817544801</v>
       </c>
       <c r="E99" s="12">
-        <v>3.957913681546632E-3</v>
+        <v>3.957913681576164E-3</v>
       </c>
       <c r="F99" s="9">
         <v>6.7729579703484255E-2</v>
       </c>
       <c r="G99" s="9">
-        <v>1.9909352786925627E-2</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:7">
+        <v>1.990935278703243E-2</v>
+      </c>
+    </row>
+    <row r="100" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A100" s="5">
         <v>36220</v>
       </c>
       <c r="B100" s="6">
         <v>68308.084441573999</v>
       </c>
       <c r="C100" s="7">
         <v>136.26732453234499</v>
       </c>
       <c r="D100" s="7">
-        <v>136.46207301284599</v>
+        <v>136.462073012861</v>
       </c>
       <c r="E100" s="12">
-        <v>8.8944519459221993E-3</v>
+        <v>8.8944519459137616E-3</v>
       </c>
       <c r="F100" s="9">
         <v>7.5829310193432864E-2</v>
       </c>
       <c r="G100" s="9">
-        <v>2.2090656691756472E-2</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:7">
+        <v>2.2090656691869714E-2</v>
+      </c>
+    </row>
+    <row r="101" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A101" s="5">
         <v>36251</v>
       </c>
       <c r="B101" s="6">
         <v>68856.129480984993</v>
       </c>
       <c r="C101" s="7">
         <v>137.36061578555899</v>
       </c>
       <c r="D101" s="7">
-        <v>136.945066337139</v>
+        <v>136.94506633713999</v>
       </c>
       <c r="E101" s="12">
-        <v>3.5393960653633538E-3</v>
+        <v>3.5393960652603251E-3</v>
       </c>
       <c r="F101" s="9">
         <v>7.0844690657112075E-2</v>
       </c>
       <c r="G101" s="9">
-        <v>2.0680159320346947E-2</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:7">
+        <v>2.068015932039069E-2</v>
+      </c>
+    </row>
+    <row r="102" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A102" s="5">
         <v>36281</v>
       </c>
       <c r="B102" s="6">
         <v>69932.912402717106</v>
       </c>
       <c r="C102" s="7">
         <v>139.50868257803501</v>
       </c>
       <c r="D102" s="7">
-        <v>138.51553721006999</v>
+        <v>138.515537210053</v>
       </c>
       <c r="E102" s="12">
-        <v>1.1467889387593688E-2</v>
+        <v>1.1467889387462238E-2</v>
       </c>
       <c r="F102" s="9">
         <v>7.372198499159599E-2</v>
       </c>
       <c r="G102" s="9">
-        <v>2.1198294804451345E-2</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:7">
+        <v>2.1198294804368079E-2</v>
+      </c>
+    </row>
+    <row r="103" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A103" s="5">
         <v>36312</v>
       </c>
       <c r="B103" s="6">
         <v>70789.066733280095</v>
       </c>
       <c r="C103" s="7">
         <v>141.21661892212001</v>
       </c>
       <c r="D103" s="7">
-        <v>139.542349543797</v>
+        <v>139.54234954375599</v>
       </c>
       <c r="E103" s="12">
-        <v>7.4129758611105601E-3</v>
+        <v>7.4129758609380314E-3</v>
       </c>
       <c r="F103" s="9">
         <v>7.4669829877655802E-2</v>
       </c>
       <c r="G103" s="9">
-        <v>2.1050910349538654E-2</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:7">
+        <v>2.1050910349290408E-2</v>
+      </c>
+    </row>
+    <row r="104" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A104" s="5">
         <v>36342</v>
       </c>
       <c r="B104" s="6">
         <v>71232.001618365699</v>
       </c>
       <c r="C104" s="7">
         <v>142.100226656491</v>
       </c>
       <c r="D104" s="7">
-        <v>140.680135301668</v>
+        <v>140.680135301626</v>
       </c>
       <c r="E104" s="12">
-        <v>8.1536950007703446E-3</v>
+        <v>8.1536950007656817E-3</v>
       </c>
       <c r="F104" s="9">
         <v>6.8682968854994586E-2</v>
       </c>
       <c r="G104" s="9">
-        <v>2.4645702475355025E-2</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:7">
+        <v>2.4645702475030173E-2</v>
+      </c>
+    </row>
+    <row r="105" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A105" s="5">
         <v>36373</v>
       </c>
       <c r="B105" s="6">
         <v>72634.717852061207</v>
       </c>
       <c r="C105" s="7">
         <v>144.89849555550001</v>
       </c>
       <c r="D105" s="7">
-        <v>143.93525035927499</v>
+        <v>143.93525035925799</v>
       </c>
       <c r="E105" s="12">
-        <v>2.3138412901202221E-2</v>
+        <v>2.3138412901386962E-2</v>
       </c>
       <c r="F105" s="9">
         <v>9.767681887518731E-2</v>
       </c>
       <c r="G105" s="9">
-        <v>2.970231876249052E-2</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:7">
+        <v>2.9702318762250046E-2</v>
+      </c>
+    </row>
+    <row r="106" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A106" s="5">
         <v>36404</v>
       </c>
       <c r="B106" s="6">
         <v>73232.4647098641</v>
       </c>
       <c r="C106" s="7">
         <v>146.090936621976</v>
       </c>
       <c r="D106" s="7">
-        <v>145.71350212237499</v>
+        <v>145.713502122389</v>
       </c>
       <c r="E106" s="12">
-        <v>1.2354525793100146E-2</v>
+        <v>1.2354525793317084E-2</v>
       </c>
       <c r="F106" s="9">
         <v>0.11046333627464255</v>
       </c>
       <c r="G106" s="9">
-        <v>3.6929700326617354E-2</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:7">
+        <v>3.6929700326651105E-2</v>
+      </c>
+    </row>
+    <row r="107" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A107" s="5">
         <v>36434</v>
       </c>
       <c r="B107" s="6">
         <v>73768.890622130406</v>
       </c>
       <c r="C107" s="7">
         <v>147.16104895892599</v>
       </c>
       <c r="D107" s="7">
-        <v>147.404268521284</v>
+        <v>147.40426852131401</v>
       </c>
       <c r="E107" s="12">
-        <v>1.1603361214179264E-2</v>
+        <v>1.1603361214288066E-2</v>
       </c>
       <c r="F107" s="9">
         <v>0.11562457372368051</v>
       </c>
       <c r="G107" s="9">
-        <v>4.3738562019022931E-2</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:7">
+        <v>4.373856201933668E-2</v>
+      </c>
+    </row>
+    <row r="108" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A108" s="5">
         <v>36465</v>
       </c>
       <c r="B108" s="6">
         <v>74954.049568173505</v>
       </c>
       <c r="C108" s="7">
         <v>149.525314331658</v>
       </c>
       <c r="D108" s="7">
-        <v>149.98364592401799</v>
+        <v>149.98364592404499</v>
       </c>
       <c r="E108" s="12">
-        <v>1.7498661528662307E-2</v>
+        <v>1.7498661528638326E-2</v>
       </c>
       <c r="F108" s="9">
         <v>0.13309246078578352</v>
       </c>
       <c r="G108" s="9">
-        <v>4.4661878802688904E-2</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:7">
+        <v>4.4661878803102351E-2</v>
+      </c>
+    </row>
+    <row r="109" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A109" s="5">
         <v>36495</v>
       </c>
       <c r="B109" s="6">
         <v>75218.662948859797</v>
       </c>
       <c r="C109" s="7">
         <v>150.05318973200599</v>
       </c>
       <c r="D109" s="7">
-        <v>151.16342740315901</v>
+        <v>151.16342740318001</v>
       </c>
       <c r="E109" s="12">
-        <v>7.8660674760413496E-3</v>
+        <v>7.8660674759998273E-3</v>
       </c>
       <c r="F109" s="9">
         <v>0.13328824007512474</v>
       </c>
       <c r="G109" s="9">
-        <v>4.2345412038242047E-2</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:7">
+        <v>4.234541203853226E-2</v>
+      </c>
+    </row>
+    <row r="110" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A110" s="5">
         <v>36526</v>
       </c>
       <c r="B110" s="6">
         <v>75060.417727493303</v>
       </c>
       <c r="C110" s="7">
         <v>149.73750743595099</v>
       </c>
       <c r="D110" s="7">
-        <v>152.27889166658699</v>
+        <v>152.27889166662001</v>
       </c>
       <c r="E110" s="12">
-        <v>7.3791940457461624E-3</v>
+        <v>7.3791940458247662E-3</v>
       </c>
       <c r="F110" s="9">
         <v>0.13068481300647483</v>
       </c>
       <c r="G110" s="9">
-        <v>3.7462145790133183E-2</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:7">
+        <v>3.746214579025442E-2</v>
+      </c>
+    </row>
+    <row r="111" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A111" s="5">
         <v>36557</v>
       </c>
       <c r="B111" s="6">
         <v>77071.735555566702</v>
       </c>
       <c r="C111" s="7">
         <v>153.74987144024601</v>
       </c>
       <c r="D111" s="7">
-        <v>155.69488803023799</v>
+        <v>155.69488803029401</v>
       </c>
       <c r="E111" s="12">
-        <v>2.2432500829663748E-2</v>
+        <v>2.2432500829810076E-2</v>
       </c>
       <c r="F111" s="9">
         <v>0.14996310048192485</v>
       </c>
       <c r="G111" s="9">
-        <v>3.6189887760960771E-2</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:7">
+        <v>3.6189887761043149E-2</v>
+      </c>
+    </row>
+    <row r="112" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A112" s="5">
         <v>36586</v>
       </c>
       <c r="B112" s="6">
         <v>79392.500718626106</v>
       </c>
       <c r="C112" s="7">
         <v>158.37954978978999</v>
       </c>
       <c r="D112" s="7">
-        <v>158.47515424452899</v>
+        <v>158.47515424461801</v>
       </c>
       <c r="E112" s="12">
-        <v>1.7857145147572417E-2</v>
+        <v>1.7857145147778031E-2</v>
       </c>
       <c r="F112" s="9">
         <v>0.16227092836328749</v>
       </c>
       <c r="G112" s="9">
-        <v>3.9900877387051725E-2</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:7">
+        <v>3.9900877387267775E-2</v>
+      </c>
+    </row>
+    <row r="113" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A113" s="5">
         <v>36617</v>
       </c>
       <c r="B113" s="6">
         <v>80892.760335103798</v>
       </c>
       <c r="C113" s="7">
         <v>161.3724073075</v>
       </c>
       <c r="D113" s="7">
-        <v>160.91485280355201</v>
+        <v>160.91485280362599</v>
       </c>
       <c r="E113" s="12">
-        <v>1.5394833156360477E-2</v>
+        <v>1.5394833156257004E-2</v>
       </c>
       <c r="F113" s="9">
         <v>0.17480841494935562</v>
       </c>
       <c r="G113" s="9">
-        <v>4.7767291149400481E-2</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:7">
+        <v>4.7767291149696245E-2</v>
+      </c>
+    </row>
+    <row r="114" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A114" s="5">
         <v>36647</v>
       </c>
       <c r="B114" s="6">
         <v>81005.776862354294</v>
       </c>
       <c r="C114" s="7">
         <v>161.59786319493</v>
       </c>
       <c r="D114" s="7">
-        <v>160.51341369964501</v>
+        <v>160.51341369963399</v>
       </c>
       <c r="E114" s="12">
-        <v>-2.4947299575700521E-3</v>
+        <v>-2.494729958097186E-3</v>
       </c>
       <c r="F114" s="9">
         <v>0.15833552585187149</v>
       </c>
       <c r="G114" s="9">
-        <v>4.522877546541304E-2</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:7">
+        <v>4.5228775465493642E-2</v>
+      </c>
+    </row>
+    <row r="115" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A115" s="5">
         <v>36678</v>
       </c>
       <c r="B115" s="6">
         <v>81451.925854265093</v>
       </c>
       <c r="C115" s="7">
         <v>162.48788272874501</v>
       </c>
       <c r="D115" s="7">
-        <v>160.397083224705</v>
+        <v>160.39708322452199</v>
       </c>
       <c r="E115" s="12">
-        <v>-7.2473989717580789E-4</v>
+        <v>-7.2473989824728413E-4</v>
       </c>
       <c r="F115" s="9">
         <v>0.15062861559060514</v>
       </c>
       <c r="G115" s="9">
-        <v>3.2964842810598638E-2</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:7">
+        <v>3.2964842809946937E-2</v>
+      </c>
+    </row>
+    <row r="116" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A116" s="5">
         <v>36708</v>
       </c>
       <c r="B116" s="6">
         <v>81133.023864067</v>
       </c>
       <c r="C116" s="7">
         <v>161.85170735729901</v>
       </c>
       <c r="D116" s="7">
-        <v>160.15819760417199</v>
+        <v>160.15819760388499</v>
       </c>
       <c r="E116" s="12">
-        <v>-1.4893389314215577E-3</v>
+        <v>-1.4893389320715933E-3</v>
       </c>
       <c r="F116" s="9">
         <v>0.13899682755999154</v>
       </c>
       <c r="G116" s="9">
-        <v>1.259522142714431E-2</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:7">
+        <v>1.2595221425665049E-2</v>
+      </c>
+    </row>
+    <row r="117" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A117" s="5">
         <v>36739</v>
       </c>
       <c r="B117" s="6">
         <v>80736.644030198499</v>
       </c>
       <c r="C117" s="7">
         <v>161.060971972148</v>
       </c>
       <c r="D117" s="7">
-        <v>159.971242183588</v>
+        <v>159.971242183344</v>
       </c>
       <c r="E117" s="12">
-        <v>-1.1673172112366403E-3</v>
+        <v>-1.1673172109701868E-3</v>
       </c>
       <c r="F117" s="9">
         <v>0.11154343842346748</v>
       </c>
       <c r="G117" s="9">
-        <v>1.298390963265561E-3</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:7">
+        <v>1.2983909614605604E-3</v>
+      </c>
+    </row>
+    <row r="118" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A118" s="5">
         <v>36770</v>
       </c>
       <c r="B118" s="6">
         <v>80672.494342458594</v>
       </c>
       <c r="C118" s="7">
         <v>160.93300020439401</v>
       </c>
       <c r="D118" s="7">
-        <v>160.46341479899701</v>
+        <v>160.46341479881801</v>
       </c>
       <c r="E118" s="12">
-        <v>3.0766318288895089E-3</v>
+        <v>3.0766318293005135E-3</v>
       </c>
       <c r="F118" s="9">
         <v>0.10159469112600217</v>
       </c>
       <c r="G118" s="9">
-        <v>-2.5579707291054632E-3</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:7">
+        <v>-2.5579707303305943E-3</v>
+      </c>
+    </row>
+    <row r="119" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A119" s="5">
         <v>36800</v>
       </c>
       <c r="B119" s="6">
         <v>81036.371833377707</v>
       </c>
       <c r="C119" s="7">
         <v>161.658896890715</v>
       </c>
       <c r="D119" s="7">
-        <v>162.05054077307901</v>
+        <v>162.050540773075</v>
       </c>
       <c r="E119" s="12">
-        <v>9.8908899331981992E-3</v>
+        <v>9.8908899342997625E-3</v>
       </c>
       <c r="F119" s="9">
         <v>9.8516883607125516E-2</v>
       </c>
       <c r="G119" s="9">
-        <v>2.9444926332824473E-3</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:7">
+        <v>2.9444926333974664E-3</v>
+      </c>
+    </row>
+    <row r="120" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A120" s="5">
         <v>36831</v>
       </c>
       <c r="B120" s="6">
         <v>81769.721915455506</v>
       </c>
       <c r="C120" s="7">
         <v>163.12185189007201</v>
       </c>
       <c r="D120" s="7">
-        <v>163.70443005697001</v>
+        <v>163.70443005724701</v>
       </c>
       <c r="E120" s="12">
-        <v>1.0206009038914443E-2</v>
+        <v>1.0206009040648611E-2</v>
       </c>
       <c r="F120" s="9">
         <v>9.0931342423102413E-2</v>
       </c>
       <c r="G120" s="9">
-        <v>1.1845054006380806E-2</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:7">
+        <v>1.1845054008079892E-2</v>
+      </c>
+    </row>
+    <row r="121" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A121" s="5">
         <v>36861</v>
       </c>
       <c r="B121" s="6">
         <v>82188.423590011094</v>
       </c>
       <c r="C121" s="7">
         <v>163.957116960603</v>
       </c>
       <c r="D121" s="7">
-        <v>165.129098945084</v>
+        <v>165.12909894554701</v>
       </c>
       <c r="E121" s="12">
-        <v>8.7026898882223147E-3</v>
+        <v>8.702689889343862E-3</v>
       </c>
       <c r="F121" s="9">
         <v>9.2659991123343222E-2</v>
       </c>
       <c r="G121" s="9">
-        <v>2.1413583431707517E-2</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:7">
+        <v>2.1413583434747974E-2</v>
+      </c>
+    </row>
+    <row r="122" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A122" s="5">
         <v>36892</v>
       </c>
       <c r="B122" s="6">
         <v>83449.867929286906</v>
       </c>
       <c r="C122" s="7">
         <v>166.47356353592201</v>
       </c>
       <c r="D122" s="7">
-        <v>169.26908436884901</v>
+        <v>169.26908436941301</v>
       </c>
       <c r="E122" s="12">
-        <v>2.507120459212242E-2</v>
+        <v>2.5071204592663543E-2</v>
       </c>
       <c r="F122" s="9">
         <v>0.11176929806401192</v>
       </c>
       <c r="G122" s="9">
-        <v>3.2368693771094526E-2</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:7">
+        <v>3.2368693774710966E-2</v>
+      </c>
+    </row>
+    <row r="123" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A123" s="5">
         <v>36923</v>
       </c>
       <c r="B123" s="6">
         <v>83313.622224019797</v>
       </c>
       <c r="C123" s="7">
         <v>166.20176792215901</v>
       </c>
       <c r="D123" s="7">
-        <v>168.462318924947</v>
+        <v>168.46231892530301</v>
       </c>
       <c r="E123" s="12">
-        <v>-4.7661712527730105E-3</v>
+        <v>-4.7661712539858181E-3</v>
       </c>
       <c r="F123" s="9">
         <v>8.0988012316825619E-2</v>
       </c>
       <c r="G123" s="9">
-        <v>3.4227657986036775E-2</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:7">
+        <v>3.4227657988681326E-2</v>
+      </c>
+    </row>
+    <row r="124" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A124" s="5">
         <v>36951</v>
       </c>
       <c r="B124" s="6">
         <v>85076.554240128899</v>
       </c>
       <c r="C124" s="7">
         <v>169.71862879055399</v>
       </c>
       <c r="D124" s="7">
-        <v>169.837821520061</v>
+        <v>169.83782152022701</v>
       </c>
       <c r="E124" s="12">
-        <v>8.165046070194526E-3</v>
+        <v>8.165046069049442E-3</v>
       </c>
       <c r="F124" s="9">
         <v>7.1594337878936098E-2</v>
       </c>
       <c r="G124" s="9">
-        <v>3.3990011218671734E-2</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:7">
+        <v>3.3990011219333649E-2</v>
+      </c>
+    </row>
+    <row r="125" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A125" s="5">
         <v>36982</v>
       </c>
       <c r="B125" s="6">
         <v>86243.553614298493</v>
       </c>
       <c r="C125" s="7">
         <v>172.04666775913401</v>
       </c>
       <c r="D125" s="7">
-        <v>171.54032425547501</v>
+        <v>171.54032425541001</v>
       </c>
       <c r="E125" s="12">
-        <v>1.0024285051330128E-2</v>
+        <v>1.0024285049960113E-2</v>
       </c>
       <c r="F125" s="9">
         <v>6.6146751044581453E-2</v>
       </c>
       <c r="G125" s="9">
-        <v>2.3565126972822314E-2</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:7">
+        <v>2.3565126971060169E-2</v>
+      </c>
+    </row>
+    <row r="126" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A126" s="5">
         <v>37012</v>
       </c>
       <c r="B126" s="6">
         <v>87266.610747267201</v>
       </c>
       <c r="C126" s="7">
         <v>174.08755734772399</v>
       </c>
       <c r="D126" s="7">
-        <v>172.98955404005</v>
+        <v>172.98955403979701</v>
       </c>
       <c r="E126" s="12">
-        <v>8.4483330136222445E-3</v>
+        <v>8.448333012529563E-3</v>
       </c>
       <c r="F126" s="9">
         <v>7.7288733315292069E-2</v>
       </c>
       <c r="G126" s="9">
-        <v>2.2883478669477375E-2</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:7">
+        <v>2.2883478666361645E-2</v>
+      </c>
+    </row>
+    <row r="127" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A127" s="5">
         <v>37043</v>
       </c>
       <c r="B127" s="6">
         <v>89067.566607334593</v>
       </c>
       <c r="C127" s="7">
         <v>177.680271719068</v>
       </c>
       <c r="D127" s="7">
-        <v>175.271925949668</v>
+        <v>175.27192594918199</v>
       </c>
       <c r="E127" s="12">
-        <v>1.3193697863915999E-2</v>
+        <v>1.3193697862588394E-2</v>
       </c>
       <c r="F127" s="9">
         <v>9.3498596542641588E-2</v>
       </c>
       <c r="G127" s="9">
-        <v>2.4100317421376527E-2</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:7">
+        <v>2.4100317417601325E-2</v>
+      </c>
+    </row>
+    <row r="128" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A128" s="5">
         <v>37073</v>
       </c>
       <c r="B128" s="6">
         <v>89961.602353228503</v>
       </c>
       <c r="C128" s="7">
         <v>179.46377743622</v>
       </c>
       <c r="D128" s="7">
-        <v>177.440471478707</v>
+        <v>177.440471477215</v>
       </c>
       <c r="E128" s="12">
-        <v>1.2372463629239272E-2</v>
+        <v>1.2372463623534058E-2</v>
       </c>
       <c r="F128" s="9">
         <v>0.10881609076907117</v>
       </c>
       <c r="G128" s="9">
-        <v>3.1110686314904878E-2</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:7">
+        <v>3.1110686309604674E-2</v>
+      </c>
+    </row>
+    <row r="129" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A129" s="5">
         <v>37104</v>
       </c>
       <c r="B129" s="6">
         <v>90361.069970760698</v>
       </c>
       <c r="C129" s="7">
         <v>180.26067261961501</v>
       </c>
       <c r="D129" s="7">
-        <v>179.01550309836699</v>
+        <v>179.01550309729799</v>
       </c>
       <c r="E129" s="12">
-        <v>8.8763944692797914E-3</v>
+        <v>8.8763944717382692E-3</v>
       </c>
       <c r="F129" s="9">
         <v>0.11920765417203105</v>
       </c>
       <c r="G129" s="9">
-        <v>3.3750565436709845E-2</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:7">
+        <v>3.3750565431091895E-2</v>
+      </c>
+    </row>
+    <row r="130" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A130" s="5">
         <v>37135</v>
       </c>
       <c r="B130" s="6">
         <v>92432.440738519595</v>
       </c>
       <c r="C130" s="7">
         <v>184.39283581734699</v>
       </c>
       <c r="D130" s="7">
-        <v>183.79406876727001</v>
+        <v>183.79406876604801</v>
       </c>
       <c r="E130" s="12">
-        <v>2.6693585673846609E-2</v>
+        <v>2.6693585673151388E-2</v>
       </c>
       <c r="F130" s="9">
         <v>0.14577392817605883</v>
       </c>
       <c r="G130" s="9">
-        <v>3.9338530440162556E-2</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:7">
+        <v>3.9338530434492203E-2</v>
+      </c>
+    </row>
+    <row r="131" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A131" s="5">
         <v>37165</v>
       </c>
       <c r="B131" s="6">
         <v>91652.788315480095</v>
       </c>
       <c r="C131" s="7">
         <v>182.837512598708</v>
       </c>
       <c r="D131" s="7">
-        <v>183.36228577306599</v>
+        <v>183.36228577456501</v>
       </c>
       <c r="E131" s="12">
-        <v>-2.3492759973161581E-3</v>
+        <v>-2.3492759825270992E-3</v>
       </c>
       <c r="F131" s="9">
         <v>0.13100804295547186</v>
       </c>
       <c r="G131" s="9">
-        <v>3.8938235083777029E-2</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:7">
+        <v>3.8938235086679596E-2</v>
+      </c>
+    </row>
+    <row r="132" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A132" s="5">
         <v>37196</v>
       </c>
       <c r="B132" s="6">
         <v>92261.673283174794</v>
       </c>
       <c r="C132" s="7">
         <v>184.05217300346101</v>
       </c>
       <c r="D132" s="7">
-        <v>184.76181593325401</v>
+        <v>184.76181593426</v>
       </c>
       <c r="E132" s="12">
-        <v>7.6325955159619596E-3</v>
+        <v>7.6325955132106049E-3</v>
       </c>
       <c r="F132" s="9">
         <v>0.12831095816331195</v>
       </c>
       <c r="G132" s="9">
-        <v>3.7971056111306467E-2</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:7">
+        <v>3.7971056119667335E-2</v>
+      </c>
+    </row>
+    <row r="133" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A133" s="5">
         <v>37226</v>
       </c>
       <c r="B133" s="6">
         <v>93544.478432428805</v>
       </c>
       <c r="C133" s="7">
         <v>186.61123211065399</v>
       </c>
       <c r="D133" s="7">
-        <v>187.91345660545201</v>
+        <v>187.913456607586</v>
       </c>
       <c r="E133" s="12">
-        <v>1.7057857199977544E-2</v>
+        <v>1.7057857205989846E-2</v>
       </c>
       <c r="F133" s="9">
         <v>0.1381709776922615</v>
       </c>
       <c r="G133" s="9">
-        <v>2.9222607497997766E-2</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:7">
+        <v>2.9222607513791576E-2</v>
+      </c>
+    </row>
+    <row r="134" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A134" s="5">
         <v>37257</v>
       </c>
       <c r="B134" s="6">
         <v>93231.2393098514</v>
       </c>
       <c r="C134" s="7">
         <v>185.986353554603</v>
       </c>
       <c r="D134" s="7">
-        <v>189.08131235412</v>
+        <v>189.08131235630901</v>
       </c>
       <c r="E134" s="12">
-        <v>6.2148595942228546E-3</v>
+        <v>6.2148595944451213E-3</v>
       </c>
       <c r="F134" s="9">
         <v>0.11721254476822973</v>
       </c>
       <c r="G134" s="9">
-        <v>2.8534475067063081E-2</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:7">
+        <v>2.8534475078311416E-2</v>
+      </c>
+    </row>
+    <row r="135" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A135" s="5">
         <v>37288</v>
       </c>
       <c r="B135" s="6">
         <v>94964.630969546997</v>
       </c>
       <c r="C135" s="7">
         <v>189.444284570593</v>
       </c>
       <c r="D135" s="7">
-        <v>192.11780575154</v>
+        <v>192.117805752376</v>
       </c>
       <c r="E135" s="12">
-        <v>1.6059193579813558E-2</v>
+        <v>1.6059193572471875E-2</v>
       </c>
       <c r="F135" s="9">
         <v>0.13984518299059046</v>
       </c>
       <c r="G135" s="9">
-        <v>3.1153901352383162E-2</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:7">
+        <v>3.1153901359333158E-2</v>
+      </c>
+    </row>
+    <row r="136" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A136" s="5">
         <v>37316</v>
       </c>
       <c r="B136" s="6">
         <v>96792.369631165799</v>
       </c>
       <c r="C136" s="7">
         <v>193.090427767248</v>
       </c>
       <c r="D136" s="7">
-        <v>193.393855226933</v>
+        <v>193.39385522609001</v>
       </c>
       <c r="E136" s="12">
-        <v>6.6420156653426154E-3</v>
+        <v>6.6420156565745181E-3</v>
       </c>
       <c r="F136" s="9">
         <v>0.13770909618611538</v>
       </c>
       <c r="G136" s="9">
-        <v>3.3370794370722656E-2</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:7">
+        <v>3.3370794366025747E-2</v>
+      </c>
+    </row>
+    <row r="137" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A137" s="5">
         <v>37347</v>
       </c>
       <c r="B137" s="6">
         <v>100472.597607424</v>
       </c>
       <c r="C137" s="7">
         <v>200.43208906683699</v>
       </c>
       <c r="D137" s="7">
-        <v>199.82237873859199</v>
+        <v>199.82237873685699</v>
       </c>
       <c r="E137" s="12">
-        <v>3.3240577908308477E-2</v>
+        <v>3.324057790384094E-2</v>
       </c>
       <c r="F137" s="9">
         <v>0.16498675433483356</v>
       </c>
       <c r="G137" s="9">
-        <v>4.1970945171452279E-2</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:7">
+        <v>4.1970945158466666E-2</v>
+      </c>
+    </row>
+    <row r="138" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A138" s="5">
         <v>37377</v>
       </c>
       <c r="B138" s="6">
         <v>102885.564310307</v>
       </c>
       <c r="C138" s="7">
         <v>205.24569962956099</v>
       </c>
       <c r="D138" s="7">
-        <v>204.01455165447501</v>
+        <v>204.01455165322301</v>
       </c>
       <c r="E138" s="12">
-        <v>2.0979496602666403E-2</v>
+        <v>2.0979496605265657E-2</v>
       </c>
       <c r="F138" s="9">
         <v>0.17897972007040952</v>
       </c>
       <c r="G138" s="9">
-        <v>4.9407115847266425E-2</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:7">
+        <v>4.9407115831023862E-2</v>
+      </c>
+    </row>
+    <row r="139" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A139" s="5">
         <v>37408</v>
       </c>
       <c r="B139" s="6">
         <v>106692.771483334</v>
       </c>
       <c r="C139" s="7">
         <v>212.84067084929401</v>
       </c>
       <c r="D139" s="7">
-        <v>209.927956223672</v>
+        <v>209.927956223216</v>
       </c>
       <c r="E139" s="12">
-        <v>2.8985209737451001E-2</v>
+        <v>2.8985209741530626E-2</v>
       </c>
       <c r="F139" s="9">
         <v>0.19788577983389422</v>
       </c>
       <c r="G139" s="9">
-        <v>6.8173324600459662E-2</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:7">
+        <v>6.8173324590411033E-2</v>
+      </c>
+    </row>
+    <row r="140" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A140" s="5">
         <v>37438</v>
       </c>
       <c r="B140" s="6">
         <v>108818.431646937</v>
       </c>
       <c r="C140" s="7">
         <v>217.08113558677101</v>
       </c>
       <c r="D140" s="7">
-        <v>214.39491599659999</v>
+        <v>214.39491599371601</v>
       </c>
       <c r="E140" s="12">
-        <v>2.1278536948021287E-2</v>
+        <v>2.1278536936501613E-2</v>
       </c>
       <c r="F140" s="9">
         <v>0.20960975349981092</v>
       </c>
       <c r="G140" s="9">
-        <v>7.3468107507413505E-2</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:7">
+        <v>7.3468107502763225E-2</v>
+      </c>
+    </row>
+    <row r="141" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A141" s="5">
         <v>37469</v>
       </c>
       <c r="B141" s="6">
         <v>110890.15515848</v>
       </c>
       <c r="C141" s="7">
         <v>221.21400247063599</v>
       </c>
       <c r="D141" s="7">
-        <v>219.64335541932601</v>
+        <v>219.643355416611</v>
       </c>
       <c r="E141" s="12">
-        <v>2.4480241979288664E-2</v>
+        <v>2.4480241980405992E-2</v>
       </c>
       <c r="F141" s="9">
         <v>0.22718948762296276</v>
       </c>
       <c r="G141" s="9">
-        <v>7.8253571558741131E-2</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:7">
+        <v>7.8253571555517709E-2</v>
+      </c>
+    </row>
+    <row r="142" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A142" s="5">
         <v>37500</v>
       </c>
       <c r="B142" s="6">
         <v>112918.520861746</v>
       </c>
       <c r="C142" s="7">
         <v>225.260375163075</v>
       </c>
       <c r="D142" s="7">
-        <v>224.479252331222</v>
+        <v>224.479252328944</v>
       </c>
       <c r="E142" s="12">
-        <v>2.2017041684068595E-2</v>
+        <v>2.2017041686330341E-2</v>
       </c>
       <c r="F142" s="9">
         <v>0.22163301065671526</v>
       </c>
       <c r="G142" s="9">
-        <v>7.2914951810129303E-2</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:7">
+        <v>7.2914951803314088E-2</v>
+      </c>
+    </row>
+    <row r="143" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A143" s="5">
         <v>37530</v>
       </c>
       <c r="B143" s="6">
         <v>113664.99999869301</v>
       </c>
       <c r="C143" s="7">
         <v>226.74952122305399</v>
       </c>
       <c r="D143" s="7">
-        <v>227.391146867722</v>
+        <v>227.39114687184301</v>
       </c>
       <c r="E143" s="12">
-        <v>1.2971775815626252E-2</v>
+        <v>1.2971775844263789E-2</v>
       </c>
       <c r="F143" s="9">
         <v>0.24016958008351441</v>
       </c>
       <c r="G143" s="9">
-        <v>6.8715198399721178E-2</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:7">
+        <v>6.8715198406143818E-2</v>
+      </c>
+    </row>
+    <row r="144" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A144" s="5">
         <v>37561</v>
       </c>
       <c r="B144" s="6">
         <v>115760.800438611</v>
       </c>
       <c r="C144" s="7">
         <v>230.93041900457001</v>
       </c>
       <c r="D144" s="7">
-        <v>231.90683706872301</v>
+        <v>231.90683706922701</v>
       </c>
       <c r="E144" s="12">
-        <v>1.9858689589300038E-2</v>
+        <v>1.9858689573033494E-2</v>
       </c>
       <c r="F144" s="9">
         <v>0.25470085593734049</v>
       </c>
       <c r="G144" s="9">
-        <v>6.1821578398595367E-2</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:7">
+        <v>6.1821578412223799E-2</v>
+      </c>
+    </row>
+    <row r="145" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A145" s="5">
         <v>37591</v>
       </c>
       <c r="B145" s="6">
         <v>117205.777959133</v>
       </c>
       <c r="C145" s="7">
         <v>233.81299465195801</v>
       </c>
       <c r="D145" s="7">
-        <v>235.46655200117601</v>
+        <v>235.46655200207201</v>
       </c>
       <c r="E145" s="12">
-        <v>1.534976276442479E-2</v>
+        <v>1.5349762766081687E-2</v>
       </c>
       <c r="F145" s="9">
         <v>0.25294170135115457</v>
       </c>
       <c r="G145" s="9">
-        <v>5.5043352505211196E-2</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:7">
+        <v>5.5043352526215283E-2</v>
+      </c>
+    </row>
+    <row r="146" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A146" s="5">
         <v>37622</v>
       </c>
       <c r="B146" s="6">
         <v>117905.37063548301</v>
       </c>
       <c r="C146" s="7">
         <v>235.208607236441</v>
       </c>
       <c r="D146" s="7">
-        <v>239.06842881671699</v>
+        <v>239.06842883935099</v>
       </c>
       <c r="E146" s="12">
-        <v>1.5296766291982733E-2</v>
+        <v>1.5296766384243377E-2</v>
       </c>
       <c r="F146" s="9">
         <v>0.26465518970125435</v>
       </c>
       <c r="G146" s="9">
-        <v>5.2013920829069749E-2</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:7">
+        <v>5.2013920866226471E-2</v>
+      </c>
+    </row>
+    <row r="147" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A147" s="5">
         <v>37653</v>
       </c>
       <c r="B147" s="6">
         <v>118521.4653249</v>
       </c>
       <c r="C147" s="7">
         <v>236.43765026512099</v>
       </c>
       <c r="D147" s="7">
-        <v>239.83141107975101</v>
+        <v>239.83141107724899</v>
       </c>
       <c r="E147" s="12">
-        <v>3.1914806434727438E-3</v>
+        <v>3.19148053802909E-3</v>
       </c>
       <c r="F147" s="9">
         <v>0.24805903118717088</v>
       </c>
       <c r="G147" s="9">
-        <v>4.4735557148618987E-2</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:7">
+        <v>4.4735557175785923E-2</v>
+      </c>
+    </row>
+    <row r="148" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A148" s="5">
         <v>37681</v>
       </c>
       <c r="B148" s="6">
         <v>122179.55401614599</v>
       </c>
       <c r="C148" s="7">
         <v>243.73514605838201</v>
       </c>
       <c r="D148" s="7">
-        <v>244.35696928213</v>
+        <v>244.356969267728</v>
       </c>
       <c r="E148" s="12">
-        <v>1.8869747636493406E-2</v>
+        <v>1.886974758707205E-2</v>
       </c>
       <c r="F148" s="9">
         <v>0.26228497640588055</v>
       </c>
       <c r="G148" s="9">
-        <v>4.1009970669451556E-2</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:7">
+        <v>4.1009970669426465E-2</v>
+      </c>
+    </row>
+    <row r="149" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A149" s="5">
         <v>37712</v>
       </c>
       <c r="B149" s="6">
         <v>122747.92605727501</v>
       </c>
       <c r="C149" s="7">
         <v>244.86898750653299</v>
       </c>
       <c r="D149" s="7">
-        <v>244.05331417203399</v>
+        <v>244.0533141665</v>
       </c>
       <c r="E149" s="12">
-        <v>-1.2426701435530596E-3</v>
+        <v>-1.242670107335031E-3</v>
       </c>
       <c r="F149" s="9">
         <v>0.22170550956477775</v>
       </c>
       <c r="G149" s="9">
-        <v>3.0858700738463307E-2</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:7">
+        <v>3.0858700671630102E-2</v>
+      </c>
+    </row>
+    <row r="150" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A150" s="5">
         <v>37742</v>
       </c>
       <c r="B150" s="6">
         <v>124751.70095744501</v>
       </c>
       <c r="C150" s="7">
         <v>248.8663041762</v>
       </c>
       <c r="D150" s="7">
-        <v>247.32891955774701</v>
+        <v>247.328919554322</v>
       </c>
       <c r="E150" s="12">
-        <v>1.3421679590075231E-2</v>
+        <v>1.3421679599021186E-2</v>
       </c>
       <c r="F150" s="9">
         <v>0.21252871375803695</v>
       </c>
       <c r="G150" s="9">
-        <v>2.9918556299229238E-2</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:7">
+        <v>2.991855623621098E-2</v>
+      </c>
+    </row>
+    <row r="151" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A151" s="5">
         <v>37773</v>
       </c>
       <c r="B151" s="6">
         <v>127214.498087463</v>
       </c>
       <c r="C151" s="7">
         <v>253.779321112876</v>
       </c>
       <c r="D151" s="7">
-        <v>250.41363572508999</v>
+        <v>250.413635724084</v>
       </c>
       <c r="E151" s="12">
-        <v>1.2472120821369392E-2</v>
+        <v>1.2472120831322764E-2</v>
       </c>
       <c r="F151" s="9">
         <v>0.19234411402776219</v>
       </c>
       <c r="G151" s="9">
-        <v>2.5632749033262181E-2</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:7">
+        <v>2.5632749011358813E-2</v>
+      </c>
+    </row>
+    <row r="152" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A152" s="5">
         <v>37803</v>
       </c>
       <c r="B152" s="6">
         <v>128251.25837374599</v>
       </c>
       <c r="C152" s="7">
         <v>255.84754702710401</v>
       </c>
       <c r="D152" s="7">
-        <v>252.41649357806901</v>
+        <v>252.416493575066</v>
       </c>
       <c r="E152" s="12">
-        <v>7.9981980501164784E-3</v>
+        <v>7.9981980421737209E-3</v>
       </c>
       <c r="F152" s="9">
         <v>0.1785802867464612</v>
       </c>
       <c r="G152" s="9">
-        <v>3.0096264044615406E-2</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:7">
+        <v>3.0096264066146183E-2</v>
+      </c>
+    </row>
+    <row r="153" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A153" s="5">
         <v>37834</v>
       </c>
       <c r="B153" s="6">
         <v>129257.648207652</v>
       </c>
       <c r="C153" s="7">
         <v>257.85518713623497</v>
       </c>
       <c r="D153" s="7">
-        <v>256.03923466898402</v>
+        <v>256.03923466795902</v>
       </c>
       <c r="E153" s="12">
-        <v>1.4352236018976949E-2</v>
+        <v>1.4352236026983878E-2</v>
       </c>
       <c r="F153" s="9">
         <v>0.16563682342153152</v>
       </c>
       <c r="G153" s="9">
-        <v>3.1437988985150822E-2</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:7">
+        <v>3.1437989011058765E-2</v>
+      </c>
+    </row>
+    <row r="154" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A154" s="5">
         <v>37865</v>
       </c>
       <c r="B154" s="6">
         <v>130473.4200657</v>
       </c>
       <c r="C154" s="7">
         <v>260.28052199509199</v>
       </c>
       <c r="D154" s="7">
-        <v>259.396286925933</v>
+        <v>259.39628692421502</v>
       </c>
       <c r="E154" s="12">
-        <v>1.3111475908327508E-2</v>
+        <v>1.3111475905673409E-2</v>
       </c>
       <c r="F154" s="9">
         <v>0.15546518914684615</v>
       </c>
       <c r="G154" s="9">
-        <v>3.512576274826551E-2</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:7">
+        <v>3.5125762754424805E-2</v>
+      </c>
+    </row>
+    <row r="155" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A155" s="5">
         <v>37895</v>
       </c>
       <c r="B155" s="6">
         <v>131947.33528670599</v>
       </c>
       <c r="C155" s="7">
         <v>263.22082526074399</v>
       </c>
       <c r="D155" s="7">
-        <v>264.01846205904002</v>
+        <v>264.01846207426701</v>
       </c>
       <c r="E155" s="12">
-        <v>1.7818971843752029E-2</v>
+        <v>1.781897190919457E-2</v>
       </c>
       <c r="F155" s="9">
         <v>0.16084401784387059</v>
       </c>
       <c r="G155" s="9">
-        <v>3.9051631567378564E-2</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:7">
+        <v>3.9051631594316794E-2</v>
+      </c>
+    </row>
+    <row r="156" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A156" s="5">
         <v>37926</v>
       </c>
       <c r="B156" s="6">
         <v>133387.673653281</v>
       </c>
       <c r="C156" s="7">
         <v>266.09414629205401</v>
       </c>
       <c r="D156" s="7">
-        <v>267.214186830899</v>
+        <v>267.21418683017998</v>
       </c>
       <c r="E156" s="12">
-        <v>1.2104171605788583E-2</v>
+        <v>1.210417154469301E-2</v>
       </c>
       <c r="F156" s="9">
         <v>0.15226979381520156</v>
       </c>
       <c r="G156" s="9">
-        <v>4.1851171428887612E-2</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:7">
+        <v>4.1851171452652824E-2</v>
+      </c>
+    </row>
+    <row r="157" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A157" s="5">
         <v>37956</v>
       </c>
       <c r="B157" s="6">
         <v>135443.566069213</v>
       </c>
       <c r="C157" s="7">
         <v>270.19543183293399</v>
       </c>
       <c r="D157" s="7">
-        <v>272.27419295044501</v>
+        <v>272.27419296206102</v>
       </c>
       <c r="E157" s="12">
-        <v>1.8936143247319848E-2</v>
+        <v>1.8936143293532437E-2</v>
       </c>
       <c r="F157" s="9">
         <v>0.15560485521830381</v>
       </c>
       <c r="G157" s="9">
-        <v>4.6434502954798562E-2</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:7">
+        <v>4.6434502996651084E-2</v>
+      </c>
+    </row>
+    <row r="158" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A158" s="5">
         <v>37987</v>
       </c>
       <c r="B158" s="6">
         <v>134805.73139884</v>
       </c>
       <c r="C158" s="7">
         <v>268.92301986682099</v>
       </c>
       <c r="D158" s="7">
-        <v>273.11895692556902</v>
+        <v>273.11895696765401</v>
       </c>
       <c r="E158" s="12">
-        <v>3.1026222719454655E-3</v>
+        <v>3.1026223837185007E-3</v>
       </c>
       <c r="F158" s="9">
         <v>0.14333834559246772</v>
       </c>
       <c r="G158" s="9">
-        <v>4.2534073528674998E-2</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:7">
+        <v>4.2534073579950427E-2</v>
+      </c>
+    </row>
+    <row r="159" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A159" s="5">
         <v>38018</v>
       </c>
       <c r="B159" s="6">
         <v>138729.555860297</v>
       </c>
       <c r="C159" s="7">
         <v>276.75063010751899</v>
       </c>
       <c r="D159" s="7">
-        <v>280.61677393792002</v>
+        <v>280.61677392199601</v>
       </c>
       <c r="E159" s="12">
-        <v>2.7452569007849315E-2</v>
+        <v>2.7452568791224374E-2</v>
       </c>
       <c r="F159" s="9">
         <v>0.17050152459726475</v>
       </c>
       <c r="G159" s="9">
-        <v>4.4750433983991922E-2</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:7">
+        <v>4.4750434014871887E-2</v>
+      </c>
+    </row>
+    <row r="160" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A160" s="5">
         <v>38047</v>
       </c>
       <c r="B160" s="6">
         <v>142584.26376954099</v>
       </c>
       <c r="C160" s="7">
         <v>284.44036021692699</v>
       </c>
       <c r="D160" s="7">
-        <v>285.36719619704797</v>
+        <v>285.367196161614</v>
       </c>
       <c r="E160" s="12">
-        <v>1.6928504281710888E-2</v>
+        <v>1.6928504213146178E-2</v>
       </c>
       <c r="F160" s="9">
         <v>0.16700592760961452</v>
       </c>
       <c r="G160" s="9">
-        <v>4.4300911164144141E-2</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:7">
+        <v>4.4300911118650976E-2</v>
+      </c>
+    </row>
+    <row r="161" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A161" s="5">
         <v>38078</v>
       </c>
       <c r="B161" s="6">
         <v>145917.922983422</v>
       </c>
       <c r="C161" s="7">
         <v>291.09065389287798</v>
       </c>
       <c r="D161" s="7">
-        <v>289.97095149857</v>
+        <v>289.970951486991</v>
       </c>
       <c r="E161" s="12">
-        <v>1.6132741824828045E-2</v>
+        <v>1.613274191042513E-2</v>
       </c>
       <c r="F161" s="9">
         <v>0.18876080167200349</v>
       </c>
       <c r="G161" s="9">
-        <v>5.3343826678073913E-2</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:7">
+        <v>5.3343826531945693E-2</v>
+      </c>
+    </row>
+    <row r="162" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A162" s="5">
         <v>38108</v>
       </c>
       <c r="B162" s="6">
         <v>149019.87983144101</v>
       </c>
       <c r="C162" s="7">
         <v>297.278726124005</v>
       </c>
       <c r="D162" s="7">
-        <v>295.32584697243101</v>
+        <v>295.32584695823101</v>
       </c>
       <c r="E162" s="12">
-        <v>1.846700659561562E-2</v>
+        <v>1.8467006587314039E-2</v>
       </c>
       <c r="F162" s="9">
         <v>0.19453184756393727</v>
       </c>
       <c r="G162" s="9">
-        <v>5.4059968974626393E-2</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:7">
+        <v>5.4059968852313123E-2</v>
+      </c>
+    </row>
+    <row r="163" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A163" s="5">
         <v>38139</v>
       </c>
       <c r="B163" s="6">
         <v>151523.86258659701</v>
       </c>
       <c r="C163" s="7">
         <v>302.27390397900803</v>
       </c>
       <c r="D163" s="7">
-        <v>298.48062901047501</v>
+        <v>298.48062898402202</v>
       </c>
       <c r="E163" s="12">
-        <v>1.0682377009617161E-2</v>
+        <v>1.068237696864105E-2</v>
       </c>
       <c r="F163" s="9">
         <v>0.19108957598859133</v>
       </c>
       <c r="G163" s="9">
-        <v>5.3240787250544486E-2</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:7">
+        <v>5.3240787199936301E-2</v>
+      </c>
+    </row>
+    <row r="164" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A164" s="5">
         <v>38169</v>
       </c>
       <c r="B164" s="6">
         <v>154298.53053373899</v>
       </c>
       <c r="C164" s="7">
         <v>307.80906984866601</v>
       </c>
       <c r="D164" s="7">
-        <v>303.65774849098301</v>
+        <v>303.65774850468102</v>
       </c>
       <c r="E164" s="12">
-        <v>1.734490944243583E-2</v>
+        <v>1.7344909578490997E-2</v>
       </c>
       <c r="F164" s="9">
         <v>0.20309564592408336</v>
       </c>
       <c r="G164" s="9">
-        <v>4.8494730027526689E-2</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:7">
+        <v>4.8494730073129322E-2</v>
+      </c>
+    </row>
+    <row r="165" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A165" s="5">
         <v>38200</v>
       </c>
       <c r="B165" s="6">
         <v>153742.53287880501</v>
       </c>
       <c r="C165" s="7">
         <v>306.69991397782701</v>
       </c>
       <c r="D165" s="7">
-        <v>304.67405250632402</v>
+        <v>304.67405246711797</v>
       </c>
       <c r="E165" s="12">
-        <v>3.3468733150776586E-3</v>
+        <v>3.346873140704032E-3</v>
       </c>
       <c r="F165" s="9">
         <v>0.1894269701690563</v>
       </c>
       <c r="G165" s="9">
-        <v>4.151823844916791E-2</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:7">
+        <v>4.1518238462713075E-2</v>
+      </c>
+    </row>
+    <row r="166" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A166" s="5">
         <v>38231</v>
       </c>
       <c r="B166" s="6">
         <v>153726.762826213</v>
       </c>
       <c r="C166" s="7">
         <v>306.66845440913801</v>
       </c>
       <c r="D166" s="7">
-        <v>305.73107828692901</v>
+        <v>305.731078242617</v>
       </c>
       <c r="E166" s="12">
-        <v>3.4693659401239252E-3</v>
+        <v>3.4693659238116403E-3</v>
       </c>
       <c r="F166" s="9">
         <v>0.17822283457277188</v>
       </c>
       <c r="G166" s="9">
-        <v>3.4268188868621818E-2</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:7">
+        <v>3.4268188850746117E-2</v>
+      </c>
+    </row>
+    <row r="167" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A167" s="5">
         <v>38261</v>
       </c>
       <c r="B167" s="6">
         <v>152159.15141917899</v>
       </c>
       <c r="C167" s="7">
         <v>303.54123727094498</v>
       </c>
       <c r="D167" s="7">
-        <v>304.42138839703398</v>
+        <v>304.42138842449799</v>
       </c>
       <c r="E167" s="12">
-        <v>-4.2837970455390506E-3</v>
+        <v>-4.2837968113914604E-3</v>
       </c>
       <c r="F167" s="9">
         <v>0.15318093456420079</v>
       </c>
       <c r="G167" s="9">
-        <v>1.9345946326245977E-2</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:7">
+        <v>1.9345946294403671E-2</v>
+      </c>
+    </row>
+    <row r="168" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A168" s="5">
         <v>38292</v>
       </c>
       <c r="B168" s="6">
         <v>153438.588082981</v>
       </c>
       <c r="C168" s="7">
         <v>306.09357660984</v>
       </c>
       <c r="D168" s="7">
-        <v>307.28222686795601</v>
+        <v>307.28222696027501</v>
       </c>
       <c r="E168" s="12">
-        <v>9.3976263822528328E-3</v>
+        <v>9.3976265944486492E-3</v>
       </c>
       <c r="F168" s="9">
         <v>0.15032059470366654</v>
       </c>
       <c r="G168" s="9">
-        <v>1.1713848633554624E-2</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:7">
+        <v>1.1713848774753455E-2</v>
+      </c>
+    </row>
+    <row r="169" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A169" s="5">
         <v>38322</v>
       </c>
       <c r="B169" s="6">
         <v>152622.72858610301</v>
       </c>
       <c r="C169" s="7">
         <v>304.466024150382</v>
       </c>
       <c r="D169" s="7">
-        <v>307.04826282115101</v>
+        <v>307.048262989872</v>
       </c>
       <c r="E169" s="12">
-        <v>-7.6139791484108876E-4</v>
+        <v>-7.6139766597449476E-4</v>
       </c>
       <c r="F169" s="9">
         <v>0.12683631283092178</v>
       </c>
       <c r="G169" s="9">
-        <v>5.1298427145152203E-3</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:7">
+        <v>5.1298431069193295E-3</v>
+      </c>
+    </row>
+    <row r="170" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A170" s="5">
         <v>38353</v>
       </c>
       <c r="B170" s="6">
         <v>151757.17457932999</v>
       </c>
       <c r="C170" s="7">
         <v>302.73933645732899</v>
       </c>
       <c r="D170" s="7">
-        <v>307.18780546078</v>
+        <v>307.18780562433898</v>
       </c>
       <c r="E170" s="12">
-        <v>4.5446483997935161E-4</v>
+        <v>4.544648229181103E-4</v>
       </c>
       <c r="F170" s="9">
         <v>0.12574719935561807</v>
       </c>
       <c r="G170" s="9">
-        <v>7.3148032104743965E-3</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:7">
+        <v>7.314803736325759E-3</v>
+      </c>
+    </row>
+    <row r="171" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A171" s="5">
         <v>38384</v>
       </c>
       <c r="B171" s="6">
         <v>152878.93971300701</v>
       </c>
       <c r="C171" s="7">
         <v>304.977137952855</v>
       </c>
       <c r="D171" s="7">
-        <v>309.11142067342797</v>
+        <v>309.111420621668</v>
       </c>
       <c r="E171" s="12">
-        <v>6.2620168458920045E-3</v>
+        <v>6.2620161416218068E-3</v>
       </c>
       <c r="F171" s="9">
         <v>0.10199256939133217</v>
       </c>
       <c r="G171" s="9">
-        <v>6.444922396108721E-3</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:7">
+        <v>6.4449226190812503E-3</v>
+      </c>
+    </row>
+    <row r="172" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A172" s="5">
         <v>38412</v>
       </c>
       <c r="B172" s="6">
         <v>153876.16709019599</v>
       </c>
       <c r="C172" s="7">
         <v>306.96649994054297</v>
       </c>
       <c r="D172" s="7">
-        <v>308.01831068009801</v>
+        <v>308.01831049650002</v>
       </c>
       <c r="E172" s="12">
-        <v>-3.5362976591046813E-3</v>
+        <v>-3.53629808620326E-3</v>
       </c>
       <c r="F172" s="9">
         <v>7.9194597090358476E-2</v>
       </c>
       <c r="G172" s="9">
-        <v>6.0578474568768748E-3</v>
-[...2 lines deleted...]
-    <row r="173" spans="1:7">
+        <v>6.0578470628089853E-3</v>
+      </c>
+    </row>
+    <row r="173" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A173" s="5">
         <v>38443</v>
       </c>
       <c r="B173" s="6">
         <v>156128.027989408</v>
       </c>
       <c r="C173" s="7">
         <v>311.45872165138798</v>
       </c>
       <c r="D173" s="7">
-        <v>310.01397354179102</v>
+        <v>310.013973370369</v>
       </c>
       <c r="E173" s="12">
-        <v>6.4790396950318296E-3</v>
+        <v>6.4790397384237863E-3</v>
       </c>
       <c r="F173" s="9">
         <v>6.9971562075660021E-2</v>
       </c>
       <c r="G173" s="9">
-        <v>6.1045014244833773E-3</v>
-[...2 lines deleted...]
-    <row r="174" spans="1:7">
+        <v>6.1045005194868551E-3</v>
+      </c>
+    </row>
+    <row r="174" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A174" s="5">
         <v>38473</v>
       </c>
       <c r="B174" s="6">
         <v>157272.24507021901</v>
       </c>
       <c r="C174" s="7">
         <v>313.74131238074398</v>
       </c>
       <c r="D174" s="7">
-        <v>311.49192239882899</v>
+        <v>311.49192229158098</v>
       </c>
       <c r="E174" s="12">
-        <v>4.7673620648545079E-3</v>
+        <v>4.7673622744943689E-3</v>
       </c>
       <c r="F174" s="9">
         <v>5.5377613027956407E-2</v>
       </c>
       <c r="G174" s="9">
-        <v>6.689483362701365E-3</v>
-[...2 lines deleted...]
-    <row r="175" spans="1:7">
+        <v>6.6894825562178184E-3</v>
+      </c>
+    </row>
+    <row r="175" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A175" s="5">
         <v>38504</v>
       </c>
       <c r="B175" s="6">
         <v>157790.98849480701</v>
       </c>
       <c r="C175" s="7">
         <v>314.77615004549699</v>
       </c>
       <c r="D175" s="7">
-        <v>311.13042060251598</v>
+        <v>311.13042056190301</v>
       </c>
       <c r="E175" s="12">
-        <v>-1.1605495048765402E-3</v>
+        <v>-1.1605492913538962E-3</v>
       </c>
       <c r="F175" s="9">
         <v>4.1360653043198914E-2</v>
       </c>
       <c r="G175" s="9">
-        <v>8.9999155025242139E-3</v>
-[...2 lines deleted...]
-    <row r="176" spans="1:7">
+        <v>8.9999152354753864E-3</v>
+      </c>
+    </row>
+    <row r="176" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A176" s="5">
         <v>38534</v>
       </c>
       <c r="B176" s="6">
         <v>158347.701452245</v>
       </c>
       <c r="C176" s="7">
         <v>315.88673286834597</v>
       </c>
       <c r="D176" s="7">
-        <v>311.72000107677297</v>
+        <v>311.72000112640598</v>
       </c>
       <c r="E176" s="12">
-        <v>1.8949624826631872E-3</v>
+        <v>1.8949627729689666E-3</v>
       </c>
       <c r="F176" s="9">
         <v>2.6242446408909714E-2</v>
       </c>
       <c r="G176" s="9">
-        <v>7.7643186755105287E-3</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:7">
+        <v>7.7643190117158145E-3</v>
+      </c>
+    </row>
+    <row r="177" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A177" s="5">
         <v>38565</v>
       </c>
       <c r="B177" s="6">
         <v>157309.74626090299</v>
       </c>
       <c r="C177" s="7">
         <v>313.816123246296</v>
       </c>
       <c r="D177" s="7">
-        <v>312.03637628323401</v>
+        <v>312.03637619920499</v>
       </c>
       <c r="E177" s="12">
-        <v>1.0149339322731432E-3</v>
+        <v>1.0149335033229345E-3</v>
       </c>
       <c r="F177" s="9">
         <v>2.3202514719268708E-2</v>
       </c>
       <c r="G177" s="9">
-        <v>5.76917879449379E-3</v>
-[...2 lines deleted...]
-    <row r="178" spans="1:7">
+        <v>5.7691792139835663E-3</v>
+      </c>
+    </row>
+    <row r="178" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A178" s="5">
         <v>38596</v>
       </c>
       <c r="B178" s="6">
         <v>156516.536930815</v>
       </c>
       <c r="C178" s="7">
         <v>312.23375544768402</v>
       </c>
       <c r="D178" s="7">
-        <v>311.37422612352498</v>
+        <v>311.37422598882603</v>
       </c>
       <c r="E178" s="12">
-        <v>-2.1220287441999774E-3</v>
+        <v>-2.1220289071561815E-3</v>
       </c>
       <c r="F178" s="9">
         <v>1.8147614984621585E-2</v>
       </c>
       <c r="G178" s="9">
-        <v>2.6744475806401713E-3</v>
-[...2 lines deleted...]
-    <row r="179" spans="1:7">
+        <v>2.6744477425915125E-3</v>
+      </c>
+    </row>
+    <row r="179" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A179" s="5">
         <v>38626</v>
       </c>
       <c r="B179" s="6">
         <v>157107.34546862601</v>
       </c>
       <c r="C179" s="7">
         <v>313.41235530766397</v>
       </c>
       <c r="D179" s="7">
-        <v>314.27033129621202</v>
+        <v>314.270331289441</v>
       </c>
       <c r="E179" s="12">
-        <v>9.3010433417766158E-3</v>
+        <v>9.3010437566496407E-3</v>
       </c>
       <c r="F179" s="9">
         <v>3.2519858341052643E-2</v>
       </c>
       <c r="G179" s="9">
-        <v>3.5731973896004909E-3</v>
-[...2 lines deleted...]
-    <row r="180" spans="1:7">
+        <v>3.5731972537615952E-3</v>
+      </c>
+    </row>
+    <row r="180" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A180" s="5">
         <v>38657</v>
       </c>
       <c r="B180" s="6">
         <v>157138.890214363</v>
       </c>
       <c r="C180" s="7">
         <v>313.47528370244697</v>
       </c>
       <c r="D180" s="7">
-        <v>314.40773473452401</v>
+        <v>314.40773497607802</v>
       </c>
       <c r="E180" s="12">
-        <v>4.3721415809527819E-4</v>
+        <v>4.3721494826853835E-4</v>
       </c>
       <c r="F180" s="9">
         <v>2.411585102295688E-2</v>
       </c>
       <c r="G180" s="9">
-        <v>5.5252616712480052E-3</v>
-[...2 lines deleted...]
-    <row r="181" spans="1:7">
+        <v>5.5252618589793911E-3</v>
+      </c>
+    </row>
+    <row r="181" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A181" s="5">
         <v>38687</v>
       </c>
       <c r="B181" s="6">
         <v>157249.75617954001</v>
       </c>
       <c r="C181" s="7">
         <v>313.69644944849102</v>
       </c>
       <c r="D181" s="7">
-        <v>316.574093127308</v>
+        <v>316.574093780856</v>
       </c>
       <c r="E181" s="12">
-        <v>6.8902833914477046E-3</v>
+        <v>6.8902846965352982E-3</v>
       </c>
       <c r="F181" s="9">
         <v>3.0316766292287189E-2</v>
       </c>
       <c r="G181" s="9">
-        <v>1.0823681351896264E-2</v>
-[...2 lines deleted...]
-    <row r="182" spans="1:7">
+        <v>1.0823682484632169E-2</v>
+      </c>
+    </row>
+    <row r="182" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A182" s="5">
         <v>38718</v>
       </c>
       <c r="B182" s="6">
         <v>158477.76609916601</v>
       </c>
       <c r="C182" s="7">
         <v>316.146197931627</v>
       </c>
       <c r="D182" s="7">
-        <v>320.57846426723</v>
+        <v>320.57846488958302</v>
       </c>
       <c r="E182" s="12">
-        <v>1.2649080347556074E-2</v>
+        <v>1.2649080222903564E-2</v>
       </c>
       <c r="F182" s="9">
         <v>4.428516502409563E-2</v>
       </c>
       <c r="G182" s="9">
-        <v>1.4801792301865957E-2</v>
-[...2 lines deleted...]
-    <row r="183" spans="1:7">
+        <v>1.4801794164217563E-2</v>
+      </c>
+    </row>
+    <row r="183" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A183" s="5">
         <v>38749</v>
       </c>
       <c r="B183" s="6">
         <v>158572.96779555501</v>
       </c>
       <c r="C183" s="7">
         <v>316.33611513636203</v>
       </c>
       <c r="D183" s="7">
-        <v>320.49905835469701</v>
+        <v>320.49905811418</v>
       </c>
       <c r="E183" s="12">
-        <v>-2.4769571691130032E-4</v>
+        <v>-2.4769840803362531E-4</v>
       </c>
       <c r="F183" s="9">
         <v>3.7245339961393897E-2</v>
       </c>
       <c r="G183" s="9">
-        <v>1.8721643191404347E-2</v>
-[...2 lines deleted...]
-    <row r="184" spans="1:7">
+        <v>1.8721644184355846E-2</v>
+      </c>
+    </row>
+    <row r="184" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A184" s="5">
         <v>38777</v>
       </c>
       <c r="B184" s="6">
         <v>162082.50416309899</v>
       </c>
       <c r="C184" s="7">
         <v>323.33726492798297</v>
       </c>
       <c r="D184" s="7">
-        <v>324.505154378947</v>
+        <v>324.50515405897801</v>
       </c>
       <c r="E184" s="12">
-        <v>1.2499556300775261E-2</v>
+        <v>1.2499556062254724E-2</v>
       </c>
       <c r="F184" s="9">
         <v>5.3330786879385528E-2</v>
       </c>
       <c r="G184" s="9">
-        <v>2.1508036396276298E-2</v>
-[...2 lines deleted...]
-    <row r="185" spans="1:7">
+        <v>2.1508035501731637E-2</v>
+      </c>
+    </row>
+    <row r="185" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A185" s="5">
         <v>38808</v>
       </c>
       <c r="B185" s="6">
         <v>163573.278728317</v>
       </c>
       <c r="C185" s="7">
         <v>326.31120078263098</v>
       </c>
       <c r="D185" s="7">
-        <v>324.67279962178202</v>
+        <v>324.67279919541198</v>
       </c>
       <c r="E185" s="12">
-        <v>5.1661812015235675E-4</v>
+        <v>5.1661779277467623E-4</v>
       </c>
       <c r="F185" s="9">
         <v>4.7686830063687236E-2</v>
       </c>
       <c r="G185" s="9">
-        <v>1.9038961982985603E-2</v>
-[...2 lines deleted...]
-    <row r="186" spans="1:7">
+        <v>1.9038959320829996E-2</v>
+      </c>
+    </row>
+    <row r="186" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A186" s="5">
         <v>38838</v>
       </c>
       <c r="B186" s="6">
         <v>164632.29089936099</v>
       </c>
       <c r="C186" s="7">
         <v>328.42381682764398</v>
       </c>
       <c r="D186" s="7">
-        <v>325.97346408190401</v>
+        <v>325.97346372718198</v>
       </c>
       <c r="E186" s="12">
-        <v>4.0060776931025721E-3</v>
+        <v>4.0060779190411733E-3</v>
       </c>
       <c r="F186" s="9">
         <v>4.6798122744772241E-2</v>
       </c>
       <c r="G186" s="9">
-        <v>1.8273662410841052E-2</v>
-[...2 lines deleted...]
-    <row r="187" spans="1:7">
+        <v>1.8273660160163185E-2</v>
+      </c>
+    </row>
+    <row r="187" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A187" s="5">
         <v>38869</v>
       </c>
       <c r="B187" s="6">
         <v>165729.90767969601</v>
       </c>
       <c r="C187" s="7">
         <v>330.613444940345</v>
       </c>
       <c r="D187" s="7">
-        <v>326.97187602710198</v>
+        <v>326.97187578313498</v>
       </c>
       <c r="E187" s="12">
-        <v>3.0628626413196081E-3</v>
+        <v>3.0628629844196009E-3</v>
       </c>
       <c r="F187" s="9">
         <v>5.0312880733050847E-2</v>
       </c>
       <c r="G187" s="9">
-        <v>1.2464455935867091E-2</v>
-[...2 lines deleted...]
-    <row r="188" spans="1:7">
+        <v>1.246445480939995E-2</v>
+      </c>
+    </row>
+    <row r="188" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A188" s="5">
         <v>38899</v>
       </c>
       <c r="B188" s="6">
         <v>167732.73474557401</v>
       </c>
       <c r="C188" s="7">
         <v>334.608870781946</v>
       </c>
       <c r="D188" s="7">
-        <v>330.380016433658</v>
+        <v>330.38001606956601</v>
       </c>
       <c r="E188" s="12">
-        <v>1.042334419695945E-2</v>
+        <v>1.0423343837350441E-2</v>
       </c>
       <c r="F188" s="9">
         <v>5.9268516102583435E-2</v>
       </c>
       <c r="G188" s="9">
-        <v>1.4075144623759916E-2</v>
-[...2 lines deleted...]
-    <row r="189" spans="1:7">
+        <v>1.4075144662912153E-2</v>
+      </c>
+    </row>
+    <row r="189" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A189" s="5">
         <v>38930</v>
       </c>
       <c r="B189" s="6">
         <v>167721.47997902901</v>
       </c>
       <c r="C189" s="7">
         <v>334.58641872611901</v>
       </c>
       <c r="D189" s="7">
-        <v>332.93571990908498</v>
+        <v>332.93571999882602</v>
       </c>
       <c r="E189" s="12">
-        <v>7.7356478851684507E-3</v>
+        <v>7.7356492673632538E-3</v>
       </c>
       <c r="F189" s="9">
         <v>6.6186196123268148E-2</v>
       </c>
       <c r="G189" s="9">
-        <v>1.5521891274047572E-2</v>
-[...2 lines deleted...]
-    <row r="190" spans="1:7">
+        <v>1.5521891889165973E-2</v>
+      </c>
+    </row>
+    <row r="190" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A190" s="5">
         <v>38961</v>
       </c>
       <c r="B190" s="6">
         <v>169412.674514554</v>
       </c>
       <c r="C190" s="7">
         <v>337.960170991371</v>
       </c>
       <c r="D190" s="7">
-        <v>336.97876874858702</v>
+        <v>336.97876828222201</v>
       </c>
       <c r="E190" s="12">
-        <v>1.2143631931731624E-2</v>
+        <v>1.2143630258147908E-2</v>
       </c>
       <c r="F190" s="9">
         <v>8.2394728612222634E-2</v>
       </c>
       <c r="G190" s="9">
-        <v>2.3195524345309693E-2</v>
-[...2 lines deleted...]
-    <row r="191" spans="1:7">
+        <v>2.3195524660484024E-2</v>
+      </c>
+    </row>
+    <row r="191" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A191" s="5">
         <v>38991</v>
       </c>
       <c r="B191" s="6">
         <v>169623.48858430699</v>
       </c>
       <c r="C191" s="7">
         <v>338.38072251896602</v>
       </c>
       <c r="D191" s="7">
-        <v>339.02329104809002</v>
+        <v>339.02329099484098</v>
       </c>
       <c r="E191" s="12">
-        <v>6.0672139882747E-3</v>
+        <v>6.0672152226119991E-3</v>
       </c>
       <c r="F191" s="9">
         <v>7.9666186697686658E-2</v>
       </c>
       <c r="G191" s="9">
-        <v>2.6046743321203936E-2</v>
-[...2 lines deleted...]
-    <row r="192" spans="1:7">
+        <v>2.6046743888651358E-2</v>
+      </c>
+    </row>
+    <row r="192" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A192" s="5">
         <v>39022</v>
       </c>
       <c r="B192" s="6">
         <v>172184.84989518899</v>
       </c>
       <c r="C192" s="7">
         <v>343.490364457368</v>
       </c>
       <c r="D192" s="7">
-        <v>344.30619245651701</v>
+        <v>344.30619237087399</v>
       </c>
       <c r="E192" s="12">
-        <v>1.5582709353374913E-2</v>
+        <v>1.5582709260271388E-2</v>
       </c>
       <c r="F192" s="9">
         <v>9.5749433258066841E-2</v>
       </c>
       <c r="G192" s="9">
-        <v>3.0315071609859912E-2</v>
-[...2 lines deleted...]
-    <row r="193" spans="1:7">
+        <v>3.0315071537935223E-2</v>
+      </c>
+    </row>
+    <row r="193" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A193" s="5">
         <v>39052</v>
       </c>
       <c r="B193" s="6">
         <v>173745.944939993</v>
       </c>
       <c r="C193" s="7">
         <v>346.60458214968298</v>
       </c>
       <c r="D193" s="7">
-        <v>349.96694426849098</v>
+        <v>349.96694465955699</v>
       </c>
       <c r="E193" s="12">
-        <v>1.6441039795381807E-2</v>
+        <v>1.644104118402101E-2</v>
       </c>
       <c r="F193" s="9">
         <v>0.10490438370930777</v>
       </c>
       <c r="G193" s="9">
-        <v>3.2992206309035987E-2</v>
-[...2 lines deleted...]
-    <row r="194" spans="1:7">
+        <v>3.2992207326064227E-2</v>
+      </c>
+    </row>
+    <row r="194" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A194" s="5">
         <v>39083</v>
       </c>
       <c r="B194" s="6">
         <v>173224.53049976699</v>
       </c>
       <c r="C194" s="7">
         <v>345.56441609433301</v>
       </c>
       <c r="D194" s="7">
-        <v>350.26088540793597</v>
+        <v>350.26089098135998</v>
       </c>
       <c r="E194" s="12">
-        <v>8.3991115235004798E-4</v>
+        <v>8.399259595472941E-4</v>
       </c>
       <c r="F194" s="9">
         <v>9.3052576166259282E-2</v>
       </c>
       <c r="G194" s="9">
-        <v>3.5280909430869922E-2</v>
-[...2 lines deleted...]
-    <row r="195" spans="1:7">
+        <v>3.528091569873526E-2</v>
+      </c>
+    </row>
+    <row r="195" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A195" s="5">
         <v>39114</v>
       </c>
       <c r="B195" s="6">
         <v>174705.525857548</v>
       </c>
       <c r="C195" s="7">
         <v>348.51884347579801</v>
       </c>
       <c r="D195" s="7">
-        <v>353.29500448148298</v>
+        <v>353.29500458716302</v>
       </c>
       <c r="E195" s="12">
-        <v>8.6624547585816281E-3</v>
+        <v>8.662439010253431E-3</v>
       </c>
       <c r="F195" s="9">
         <v>0.10173586511158583</v>
       </c>
       <c r="G195" s="9">
-        <v>3.2553477668505248E-2</v>
-[...2 lines deleted...]
-    <row r="196" spans="1:7">
+        <v>3.2553484230375407E-2</v>
+      </c>
+    </row>
+    <row r="196" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A196" s="5">
         <v>39142</v>
       </c>
       <c r="B196" s="6">
         <v>177082.55412879601</v>
       </c>
       <c r="C196" s="7">
         <v>353.26076071017502</v>
       </c>
       <c r="D196" s="7">
-        <v>354.61628674377801</v>
+        <v>354.61628231613003</v>
       </c>
       <c r="E196" s="12">
-        <v>3.7398837955102682E-3</v>
+        <v>3.7398709628260196E-3</v>
       </c>
       <c r="F196" s="9">
         <v>9.2545768854873423E-2</v>
       </c>
       <c r="G196" s="9">
-        <v>2.4074165158694871E-2</v>
-[...2 lines deleted...]
-    <row r="197" spans="1:7">
+        <v>2.4074166119901319E-2</v>
+      </c>
+    </row>
+    <row r="197" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A197" s="5">
         <v>39173</v>
       </c>
       <c r="B197" s="6">
         <v>180314.167315762</v>
       </c>
       <c r="C197" s="7">
         <v>359.70748347383102</v>
       </c>
       <c r="D197" s="7">
-        <v>357.91047016979701</v>
+        <v>357.91047103077301</v>
       </c>
       <c r="E197" s="12">
-        <v>9.2894307147239896E-3</v>
+        <v>9.2894457443617462E-3</v>
       </c>
       <c r="F197" s="9">
         <v>0.10234488614274273</v>
       </c>
       <c r="G197" s="9">
-        <v>2.0380130097289006E-2</v>
-[...2 lines deleted...]
-    <row r="198" spans="1:7">
+        <v>2.0380121040953769E-2</v>
+      </c>
+    </row>
+    <row r="198" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A198" s="5">
         <v>39203</v>
       </c>
       <c r="B198" s="6">
         <v>181584.49998302499</v>
       </c>
       <c r="C198" s="7">
         <v>362.24166131308903</v>
       </c>
       <c r="D198" s="7">
-        <v>359.48281736067901</v>
+        <v>359.48281722389498</v>
       </c>
       <c r="E198" s="12">
-        <v>4.393129907979576E-3</v>
+        <v>4.3931271096753211E-3</v>
       </c>
       <c r="F198" s="9">
         <v>0.10297013417633027</v>
       </c>
       <c r="G198" s="9">
-        <v>1.7547545736035675E-2</v>
-[...2 lines deleted...]
-    <row r="199" spans="1:7">
+        <v>1.7547536357840787E-2</v>
+      </c>
+    </row>
+    <row r="199" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A199" s="5">
         <v>39234</v>
       </c>
       <c r="B199" s="6">
         <v>184070.218171063</v>
       </c>
       <c r="C199" s="7">
         <v>367.20040330965298</v>
       </c>
       <c r="D199" s="7">
-        <v>363.16132214714702</v>
+        <v>363.16132080964201</v>
       </c>
       <c r="E199" s="12">
-        <v>1.0232769436591127E-2</v>
+        <v>1.0232766100350066E-2</v>
       </c>
       <c r="F199" s="9">
         <v>0.11066385511306009</v>
       </c>
       <c r="G199" s="9">
-        <v>2.1151976529604655E-2</v>
-[...2 lines deleted...]
-    <row r="200" spans="1:7">
+        <v>2.1151974742334323E-2</v>
+      </c>
+    </row>
+    <row r="200" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A200" s="5">
         <v>39264</v>
       </c>
       <c r="B200" s="6">
         <v>184269.86418284499</v>
       </c>
       <c r="C200" s="7">
         <v>367.59867575575498</v>
       </c>
       <c r="D200" s="7">
-        <v>363.03183872490001</v>
+        <v>363.031836683444</v>
       </c>
       <c r="E200" s="12">
-        <v>-3.5654518901251375E-4</v>
+        <v>-3.5654712872323913E-4</v>
       </c>
       <c r="F200" s="9">
         <v>9.8592141017407098E-2</v>
       </c>
       <c r="G200" s="9">
-        <v>1.8628083565943365E-2</v>
-[...2 lines deleted...]
-    <row r="201" spans="1:7">
+        <v>1.8628083575061405E-2</v>
+      </c>
+    </row>
+    <row r="201" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A201" s="5">
         <v>39295</v>
       </c>
       <c r="B201" s="6">
         <v>183898.448890759</v>
       </c>
       <c r="C201" s="7">
         <v>366.85774196209502</v>
       </c>
       <c r="D201" s="7">
-        <v>365.21980833020098</v>
+        <v>365.21980810654799</v>
       </c>
       <c r="E201" s="12">
-        <v>6.026935854954063E-3</v>
+        <v>6.0269408961282078E-3</v>
       </c>
       <c r="F201" s="9">
         <v>9.6451384245791028E-2</v>
       </c>
       <c r="G201" s="9">
-        <v>1.8100020180444654E-2</v>
-[...2 lines deleted...]
-    <row r="202" spans="1:7">
+        <v>1.8100020337042944E-2</v>
+      </c>
+    </row>
+    <row r="202" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A202" s="5">
         <v>39326</v>
       </c>
       <c r="B202" s="6">
         <v>184723.32792935101</v>
       </c>
       <c r="C202" s="7">
         <v>368.50328744284798</v>
       </c>
       <c r="D202" s="7">
-        <v>367.03269052187602</v>
+        <v>367.03268952915101</v>
       </c>
       <c r="E202" s="12">
-        <v>4.9638112455170358E-3</v>
+        <v>4.9638091427783859E-3</v>
       </c>
       <c r="F202" s="9">
         <v>9.0374899390901264E-2</v>
       </c>
       <c r="G202" s="9">
-        <v>1.3631636723800966E-2</v>
-[...2 lines deleted...]
-    <row r="203" spans="1:7">
+        <v>1.3631634284164251E-2</v>
+      </c>
+    </row>
+    <row r="203" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A203" s="5">
         <v>39356</v>
       </c>
       <c r="B203" s="6">
         <v>186043.57943158501</v>
       </c>
       <c r="C203" s="7">
         <v>371.13704802023898</v>
       </c>
       <c r="D203" s="7">
-        <v>371.63215018554899</v>
+        <v>371.632150290911</v>
       </c>
       <c r="E203" s="12">
-        <v>1.2531471398727678E-2</v>
+        <v>1.2531474424418265E-2</v>
       </c>
       <c r="F203" s="9">
         <v>9.6803166733107737E-2</v>
       </c>
       <c r="G203" s="9">
-        <v>1.6771735923033049E-2</v>
-[...2 lines deleted...]
-    <row r="204" spans="1:7">
+        <v>1.6771738192305152E-2</v>
+      </c>
+    </row>
+    <row r="204" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A204" s="5">
         <v>39387</v>
       </c>
       <c r="B204" s="6">
         <v>184098.574978594</v>
       </c>
       <c r="C204" s="7">
         <v>367.25697210859101</v>
       </c>
       <c r="D204" s="7">
-        <v>367.97559003607</v>
+        <v>367.975589997241</v>
       </c>
       <c r="E204" s="12">
-        <v>-9.8391921895167878E-3</v>
+        <v>-9.8391925747212117E-3</v>
       </c>
       <c r="F204" s="9">
         <v>6.9191482820103234E-2</v>
       </c>
       <c r="G204" s="9">
-        <v>1.3952062116668218E-2</v>
-[...2 lines deleted...]
-    <row r="205" spans="1:7">
+        <v>1.3952064614976667E-2</v>
+      </c>
+    </row>
+    <row r="205" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A205" s="5">
         <v>39417</v>
       </c>
       <c r="B205" s="6">
         <v>182079.51300920499</v>
       </c>
       <c r="C205" s="7">
         <v>363.22915937042097</v>
       </c>
       <c r="D205" s="7">
-        <v>366.89122086708102</v>
+        <v>366.89122117634901</v>
       </c>
       <c r="E205" s="12">
-        <v>-2.9468508193238874E-3</v>
+        <v>-2.9468498736563431E-3</v>
       </c>
       <c r="F205" s="9">
         <v>4.7964101102271561E-2</v>
       </c>
       <c r="G205" s="9">
-        <v>1.0239006554711105E-2</v>
-[...2 lines deleted...]
-    <row r="206" spans="1:7">
+        <v>1.0239009902692775E-2</v>
+      </c>
+    </row>
+    <row r="206" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A206" s="5">
         <v>39448</v>
       </c>
       <c r="B206" s="6">
         <v>180473.15404079101</v>
       </c>
       <c r="C206" s="7">
         <v>360.02464499040701</v>
       </c>
       <c r="D206" s="7">
-        <v>364.995531125073</v>
+        <v>364.99554261402699</v>
       </c>
       <c r="E206" s="12">
-        <v>-5.16689861787345E-3</v>
+        <v>-5.1668681421266349E-3</v>
       </c>
       <c r="F206" s="9">
         <v>4.1845248592165873E-2</v>
       </c>
       <c r="G206" s="9">
-        <v>-3.6437747484835414E-3</v>
-[...2 lines deleted...]
-    <row r="207" spans="1:7">
+        <v>-3.6437630929535558E-3</v>
+      </c>
+    </row>
+    <row r="207" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A207" s="5">
         <v>39479</v>
       </c>
       <c r="B207" s="6">
         <v>179358.048659755</v>
       </c>
       <c r="C207" s="7">
         <v>357.80012898929698</v>
       </c>
       <c r="D207" s="7">
-        <v>363.12571898236001</v>
+        <v>363.125720362104</v>
       </c>
       <c r="E207" s="12">
-        <v>-5.122835715137164E-3</v>
+        <v>-5.1228632506897798E-3</v>
       </c>
       <c r="F207" s="9">
         <v>2.6630656239232886E-2</v>
       </c>
       <c r="G207" s="9">
-        <v>-1.0507441663927475E-2</v>
-[...2 lines deleted...]
-    <row r="208" spans="1:7">
+        <v>-1.0507428927698625E-2</v>
+      </c>
+    </row>
+    <row r="208" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A208" s="5">
         <v>39508</v>
       </c>
       <c r="B208" s="6">
         <v>179110.14291901499</v>
       </c>
       <c r="C208" s="7">
         <v>357.305583544157</v>
       </c>
       <c r="D208" s="7">
-        <v>358.74154527820201</v>
+        <v>358.74153722547902</v>
       </c>
       <c r="E208" s="12">
-        <v>-1.2073432078687274E-2</v>
+        <v>-1.2073458008573845E-2</v>
       </c>
       <c r="F208" s="9">
         <v>1.1449963550580922E-2</v>
       </c>
       <c r="G208" s="9">
-        <v>-1.7746212507732229E-2</v>
-[...2 lines deleted...]
-    <row r="209" spans="1:7">
+        <v>-1.7746208488891524E-2</v>
+      </c>
+    </row>
+    <row r="209" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A209" s="5">
         <v>39539</v>
       </c>
       <c r="B209" s="6">
         <v>178554.75808169099</v>
       </c>
       <c r="C209" s="7">
         <v>356.19765017892399</v>
       </c>
       <c r="D209" s="7">
-        <v>354.64357800657098</v>
+        <v>354.64358073862201</v>
       </c>
       <c r="E209" s="12">
-        <v>-1.1423174498657707E-2</v>
+        <v>-1.1423144692278342E-2</v>
       </c>
       <c r="F209" s="9">
         <v>-9.7574653187952887E-3</v>
       </c>
       <c r="G209" s="9">
-        <v>-2.1231293107125682E-2</v>
-[...2 lines deleted...]
-    <row r="210" spans="1:7">
+        <v>-2.1231307154932488E-2</v>
+      </c>
+    </row>
+    <row r="210" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A210" s="5">
         <v>39569</v>
       </c>
       <c r="B210" s="6">
         <v>173583.06468614901</v>
       </c>
       <c r="C210" s="7">
         <v>346.27965345944199</v>
       </c>
       <c r="D210" s="7">
-        <v>343.61485844164002</v>
+        <v>343.61485959120802</v>
       </c>
       <c r="E210" s="12">
-        <v>-3.1098038280920504E-2</v>
+        <v>-3.1098042503530654E-2</v>
       </c>
       <c r="F210" s="9">
         <v>-4.4064528071636966E-2</v>
       </c>
       <c r="G210" s="9">
-        <v>-3.4714206692341598E-2</v>
-[...2 lines deleted...]
-    <row r="211" spans="1:7">
+        <v>-3.4714222118291227E-2</v>
+      </c>
+    </row>
+    <row r="211" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A211" s="5">
         <v>39600</v>
       </c>
       <c r="B211" s="6">
         <v>172415.01925436599</v>
       </c>
       <c r="C211" s="7">
         <v>343.949527717774</v>
       </c>
       <c r="D211" s="7">
-        <v>339.86258498387201</v>
+        <v>339.86258437818702</v>
       </c>
       <c r="E211" s="12">
-        <v>-1.0919997682246052E-2</v>
+        <v>-1.0920002753911806E-2</v>
       </c>
       <c r="F211" s="9">
         <v>-6.3319308427534526E-2</v>
       </c>
       <c r="G211" s="9">
-        <v>-4.4846299054939753E-2</v>
-[...2 lines deleted...]
-    <row r="212" spans="1:7">
+        <v>-4.4846300273182149E-2</v>
+      </c>
+    </row>
+    <row r="212" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A212" s="5">
         <v>39630</v>
       </c>
       <c r="B212" s="6">
         <v>169316.47759819901</v>
       </c>
       <c r="C212" s="7">
         <v>337.76826842921901</v>
       </c>
       <c r="D212" s="7">
-        <v>333.55945036171499</v>
+        <v>333.55943812784398</v>
       </c>
       <c r="E212" s="12">
-        <v>-1.8546126877885483E-2</v>
+        <v>-1.854616112531271E-2</v>
       </c>
       <c r="F212" s="9">
         <v>-8.1149387345335056E-2</v>
       </c>
       <c r="G212" s="9">
-        <v>-5.5246957248153428E-2</v>
-[...2 lines deleted...]
-    <row r="213" spans="1:7">
+        <v>-5.5246964648714703E-2</v>
+      </c>
+    </row>
+    <row r="213" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A213" s="5">
         <v>39661</v>
       </c>
       <c r="B213" s="6">
         <v>164653.94354167199</v>
       </c>
       <c r="C213" s="7">
         <v>328.46701153381701</v>
       </c>
       <c r="D213" s="7">
-        <v>327.05442425350702</v>
+        <v>327.05442534327398</v>
       </c>
       <c r="E213" s="12">
-        <v>-1.9501849224040413E-2</v>
+        <v>-1.950180999548512E-2</v>
       </c>
       <c r="F213" s="9">
         <v>-0.10464745877502746</v>
       </c>
       <c r="G213" s="9">
-        <v>-5.3475423939930877E-2</v>
-[...2 lines deleted...]
-    <row r="214" spans="1:7">
+        <v>-5.3475431320949229E-2</v>
+      </c>
+    </row>
+    <row r="214" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A214" s="5">
         <v>39692</v>
       </c>
       <c r="B214" s="6">
         <v>161797.38865724599</v>
       </c>
       <c r="C214" s="7">
         <v>322.76848998014299</v>
       </c>
       <c r="D214" s="7">
-        <v>321.116111561389</v>
+        <v>321.11611131813902</v>
       </c>
       <c r="E214" s="12">
-        <v>-1.815695569834308E-2</v>
+        <v>-1.815695971366893E-2</v>
       </c>
       <c r="F214" s="9">
         <v>-0.12410960504605573</v>
       </c>
       <c r="G214" s="9">
-        <v>-5.4320290304574526E-2</v>
-[...2 lines deleted...]
-    <row r="215" spans="1:7">
+        <v>-5.4320304257994168E-2</v>
+      </c>
+    </row>
+    <row r="215" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A215" s="5">
         <v>39722</v>
       </c>
       <c r="B215" s="6">
         <v>158872.29352452801</v>
       </c>
       <c r="C215" s="7">
         <v>316.93323795987902</v>
       </c>
       <c r="D215" s="7">
-        <v>317.12634367569399</v>
+        <v>317.12634447238202</v>
       </c>
       <c r="E215" s="12">
-        <v>-1.2424689207574335E-2</v>
+        <v>-1.2424685978475347E-2</v>
       </c>
       <c r="F215" s="9">
         <v>-0.14604796354742811</v>
       </c>
       <c r="G215" s="9">
-        <v>-5.0873291433871537E-2</v>
-[...2 lines deleted...]
-    <row r="216" spans="1:7">
+        <v>-5.0873278908775021E-2</v>
+      </c>
+    </row>
+    <row r="216" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A216" s="5">
         <v>39753</v>
       </c>
       <c r="B216" s="6">
         <v>158442.084198834</v>
       </c>
       <c r="C216" s="7">
         <v>316.075016355797</v>
       </c>
       <c r="D216" s="7">
-        <v>316.68156856187801</v>
+        <v>316.681568966486</v>
       </c>
       <c r="E216" s="12">
-        <v>-1.4025170809235377E-3</v>
+        <v>-1.4025183137528208E-3</v>
       </c>
       <c r="F216" s="9">
         <v>-0.13936278856446183</v>
       </c>
       <c r="G216" s="9">
-        <v>-4.5530742240938338E-2</v>
-[...2 lines deleted...]
-    <row r="217" spans="1:7">
+        <v>-4.5530730073876979E-2</v>
+      </c>
+    </row>
+    <row r="217" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A217" s="5">
         <v>39783</v>
       </c>
       <c r="B217" s="6">
         <v>153047.580601975</v>
       </c>
       <c r="C217" s="7">
         <v>305.31355849420402</v>
       </c>
       <c r="D217" s="7">
-        <v>308.51309199807997</v>
+        <v>308.51309238369998</v>
       </c>
       <c r="E217" s="12">
-        <v>-2.579397532004446E-2</v>
+        <v>-2.579397534704797E-2</v>
       </c>
       <c r="F217" s="9">
         <v>-0.15944645241753475</v>
       </c>
       <c r="G217" s="9">
-        <v>-4.0142383848779772E-2</v>
-[...2 lines deleted...]
-    <row r="218" spans="1:7">
+        <v>-4.0142371098680907E-2</v>
+      </c>
+    </row>
+    <row r="218" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A218" s="5">
         <v>39814</v>
       </c>
       <c r="B218" s="6">
         <v>150500.86326219799</v>
       </c>
       <c r="C218" s="7">
         <v>300.23312971233298</v>
       </c>
       <c r="D218" s="7">
-        <v>304.58060207112698</v>
+        <v>304.58061672776302</v>
       </c>
       <c r="E218" s="12">
-        <v>-1.2746590108978162E-2</v>
+        <v>-1.2746543835637669E-2</v>
       </c>
       <c r="F218" s="9">
         <v>-0.16607617314550005</v>
       </c>
       <c r="G218" s="9">
-        <v>-3.6798644659714053E-2</v>
-[...2 lines deleted...]
-    <row r="219" spans="1:7">
+        <v>-3.6798630297162016E-2</v>
+      </c>
+    </row>
+    <row r="219" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A219" s="5">
         <v>39845</v>
       </c>
       <c r="B219" s="6">
         <v>147745.53165687699</v>
       </c>
       <c r="C219" s="7">
         <v>294.73653777704402</v>
       </c>
       <c r="D219" s="7">
-        <v>299.46583396932601</v>
+        <v>299.46583710444202</v>
       </c>
       <c r="E219" s="12">
-        <v>-1.6792822875195901E-2</v>
+        <v>-1.6792859894602663E-2</v>
       </c>
       <c r="F219" s="9">
         <v>-0.17625368495643945</v>
       </c>
       <c r="G219" s="9">
-        <v>-4.4364257998128487E-2</v>
-[...2 lines deleted...]
-    <row r="220" spans="1:7">
+        <v>-4.4364239921476645E-2</v>
+      </c>
+    </row>
+    <row r="220" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A220" s="5">
         <v>39873</v>
       </c>
       <c r="B220" s="6">
         <v>150946.108249254</v>
       </c>
       <c r="C220" s="7">
         <v>301.12134585312498</v>
       </c>
       <c r="D220" s="7">
-        <v>302.43364452890597</v>
+        <v>302.43363524093797</v>
       </c>
       <c r="E220" s="12">
-        <v>9.9103477690345443E-3</v>
+        <v>9.9103061811385285E-3</v>
       </c>
       <c r="F220" s="9">
         <v>-0.15724421973408254</v>
       </c>
       <c r="G220" s="9">
-        <v>-3.803472861709678E-2</v>
-[...2 lines deleted...]
-    <row r="221" spans="1:7">
+        <v>-3.8034721212798162E-2</v>
+      </c>
+    </row>
+    <row r="221" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A221" s="5">
         <v>39904</v>
       </c>
       <c r="B221" s="6">
         <v>151860.78219449599</v>
       </c>
       <c r="C221" s="7">
         <v>302.94602257120903</v>
       </c>
       <c r="D221" s="7">
-        <v>301.8617137562</v>
+        <v>301.86171864430702</v>
       </c>
       <c r="E221" s="12">
-        <v>-1.8910950651567227E-3</v>
+        <v>-1.8910482498923908E-3</v>
       </c>
       <c r="F221" s="9">
         <v>-0.14950022152298248</v>
       </c>
       <c r="G221" s="9">
-        <v>-2.7978879867203932E-2</v>
-[...2 lines deleted...]
-    <row r="222" spans="1:7">
+        <v>-2.7978897376190526E-2</v>
+      </c>
+    </row>
+    <row r="222" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A222" s="5">
         <v>39934</v>
       </c>
       <c r="B222" s="6">
         <v>154015.63316509</v>
       </c>
       <c r="C222" s="7">
         <v>307.24471984737198</v>
       </c>
       <c r="D222" s="7">
-        <v>304.65806776813702</v>
+        <v>304.65807209751301</v>
       </c>
       <c r="E222" s="12">
-        <v>9.2636922289373036E-3</v>
+        <v>9.2636902279783495E-3</v>
       </c>
       <c r="F222" s="9">
         <v>-0.11272661625394043</v>
       </c>
       <c r="G222" s="9">
-        <v>-3.9516347969550392E-3</v>
-[...2 lines deleted...]
-    <row r="223" spans="1:7">
+        <v>-3.9516547145886927E-3</v>
+      </c>
+    </row>
+    <row r="223" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A223" s="5">
         <v>39965</v>
       </c>
       <c r="B223" s="6">
         <v>156441.91410974701</v>
       </c>
       <c r="C223" s="7">
         <v>312.08489089879401</v>
       </c>
       <c r="D223" s="7">
-        <v>308.094784982482</v>
+        <v>308.09478831465401</v>
       </c>
       <c r="E223" s="12">
-        <v>1.1280571821129515E-2</v>
+        <v>1.1280568387634915E-2</v>
       </c>
       <c r="F223" s="9">
         <v>-9.2643350989353168E-2</v>
       </c>
       <c r="G223" s="9">
-        <v>8.9737062201640239E-3</v>
-[...2 lines deleted...]
-    <row r="224" spans="1:7">
+        <v>8.97371059925689E-3</v>
+      </c>
+    </row>
+    <row r="224" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A224" s="5">
         <v>39995</v>
       </c>
       <c r="B224" s="6">
         <v>158870.53987160101</v>
       </c>
       <c r="C224" s="7">
         <v>316.92973960979998</v>
       </c>
       <c r="D224" s="7">
-        <v>312.89372909810697</v>
+        <v>312.89369537855799</v>
       </c>
       <c r="E224" s="12">
-        <v>1.5576193916744918E-2</v>
+        <v>1.5576073487497233E-2</v>
       </c>
       <c r="F224" s="9">
         <v>-6.1694749824570461E-2</v>
       </c>
       <c r="G224" s="9">
-        <v>2.4215898825773685E-2</v>
-[...2 lines deleted...]
-    <row r="225" spans="1:7">
+        <v>2.4215871426246816E-2</v>
+      </c>
+    </row>
+    <row r="225" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A225" s="5">
         <v>40026</v>
       </c>
       <c r="B225" s="6">
         <v>160223.90395337</v>
       </c>
       <c r="C225" s="7">
         <v>319.62955624275799</v>
       </c>
       <c r="D225" s="7">
-        <v>318.22235135421801</v>
+        <v>318.222353550261</v>
       </c>
       <c r="E225" s="12">
-        <v>1.7030134389303342E-2</v>
+        <v>1.7030251009871211E-2</v>
       </c>
       <c r="F225" s="9">
         <v>-2.6905153274879745E-2</v>
       </c>
       <c r="G225" s="9">
-        <v>3.328821754151301E-2</v>
-[...2 lines deleted...]
-    <row r="226" spans="1:7">
+        <v>3.3288186606481585E-2</v>
+      </c>
+    </row>
+    <row r="226" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A226" s="5">
         <v>40057</v>
       </c>
       <c r="B226" s="6">
         <v>161815.923631171</v>
       </c>
       <c r="C226" s="7">
         <v>322.80546527124801</v>
       </c>
       <c r="D226" s="7">
-        <v>320.96435626216999</v>
+        <v>320.96435457724999</v>
       </c>
       <c r="E226" s="12">
-        <v>8.6166320382059514E-3</v>
+        <v>8.616619782984225E-3</v>
       </c>
       <c r="F226" s="9">
         <v>1.1455669389315304E-4</v>
       </c>
       <c r="G226" s="9">
-        <v>4.0963561679067784E-2</v>
-[...2 lines deleted...]
-    <row r="227" spans="1:7">
+        <v>4.0963511087091176E-2</v>
+      </c>
+    </row>
+    <row r="227" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A227" s="5">
         <v>40087</v>
       </c>
       <c r="B227" s="6">
         <v>162038.08423830601</v>
       </c>
       <c r="C227" s="7">
         <v>323.248651927678</v>
       </c>
       <c r="D227" s="7">
-        <v>323.30725642391002</v>
+        <v>323.30725567911099</v>
       </c>
       <c r="E227" s="12">
-        <v>7.2995649393114981E-3</v>
+        <v>7.2995679066820696E-3</v>
       </c>
       <c r="F227" s="9">
         <v>1.9926638204474045E-2</v>
       </c>
       <c r="G227" s="9">
-        <v>3.9807182259539831E-2</v>
-[...2 lines deleted...]
-    <row r="228" spans="1:7">
+        <v>3.9807211278845456E-2</v>
+      </c>
+    </row>
+    <row r="228" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A228" s="5">
         <v>40118</v>
       </c>
       <c r="B228" s="6">
         <v>162764.20429844299</v>
       </c>
       <c r="C228" s="7">
         <v>324.697183806341</v>
       </c>
       <c r="D228" s="7">
-        <v>325.320861003814</v>
+        <v>325.32086245472499</v>
       </c>
       <c r="E228" s="12">
-        <v>6.2281453320176539E-3</v>
+        <v>6.2281521377687277E-3</v>
       </c>
       <c r="F228" s="9">
         <v>2.7278864207471054E-2</v>
       </c>
       <c r="G228" s="9">
-        <v>3.234801616250671E-2</v>
-[...2 lines deleted...]
-    <row r="229" spans="1:7">
+        <v>3.2348046107284478E-2</v>
+      </c>
+    </row>
+    <row r="229" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A229" s="5">
         <v>40148</v>
       </c>
       <c r="B229" s="6">
         <v>162102.96642418599</v>
       </c>
       <c r="C229" s="7">
         <v>323.37808495089803</v>
       </c>
       <c r="D229" s="7">
-        <v>326.85824591058201</v>
+        <v>326.85825232702399</v>
       </c>
       <c r="E229" s="12">
-        <v>4.7257495323977938E-3</v>
+        <v>4.7257647748089049E-3</v>
       </c>
       <c r="F229" s="9">
         <v>5.9167128200226848E-2</v>
       </c>
       <c r="G229" s="9">
-        <v>2.4583980219761381E-2</v>
-[...2 lines deleted...]
-    <row r="230" spans="1:7">
+        <v>2.4584023438144031E-2</v>
+      </c>
+    </row>
+    <row r="230" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A230" s="5">
         <v>40179</v>
       </c>
       <c r="B230" s="6">
         <v>163480.79888125899</v>
       </c>
       <c r="C230" s="7">
         <v>326.12671337627501</v>
       </c>
       <c r="D230" s="7">
-        <v>331.14509904815702</v>
+        <v>331.145128682137</v>
       </c>
       <c r="E230" s="12">
-        <v>1.3115328100817614E-2</v>
+        <v>1.3115398875791495E-2</v>
       </c>
       <c r="F230" s="9">
         <v>8.6244924698189784E-2</v>
       </c>
       <c r="G230" s="9">
-        <v>2.1641945508743543E-2</v>
-[...2 lines deleted...]
-    <row r="231" spans="1:7">
+        <v>2.1641984719448226E-2</v>
+      </c>
+    </row>
+    <row r="231" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A231" s="5">
         <v>40210</v>
       </c>
       <c r="B231" s="6">
         <v>161319.62812062699</v>
       </c>
       <c r="C231" s="7">
         <v>321.81540879473999</v>
       </c>
       <c r="D231" s="7">
-        <v>327.16623133408598</v>
+        <v>327.16624908492503</v>
       </c>
       <c r="E231" s="12">
-        <v>-1.2015481205996714E-2</v>
+        <v>-1.2015516015732364E-2</v>
       </c>
       <c r="F231" s="9">
         <v>9.1874835817539635E-2</v>
       </c>
       <c r="G231" s="9">
-        <v>1.6065618314517804E-2</v>
-[...2 lines deleted...]
-    <row r="232" spans="1:7">
+        <v>1.6065674828770637E-2</v>
+      </c>
+    </row>
+    <row r="232" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A232" s="5">
         <v>40238</v>
       </c>
       <c r="B232" s="6">
         <v>164518.669146158</v>
       </c>
       <c r="C232" s="7">
         <v>328.197153579153</v>
       </c>
       <c r="D232" s="7">
-        <v>329.671412932664</v>
+        <v>329.67140847821901</v>
       </c>
       <c r="E232" s="12">
-        <v>7.6572132409957749E-3</v>
+        <v>7.6571449539823977E-3</v>
       </c>
       <c r="F232" s="9">
         <v>8.9916600396819923E-2</v>
       </c>
       <c r="G232" s="9">
-        <v>1.2810409705611869E-2</v>
-[...2 lines deleted...]
-    <row r="233" spans="1:7">
+        <v>1.2810446319734048E-2</v>
+      </c>
+    </row>
+    <row r="233" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A233" s="5">
         <v>40269</v>
       </c>
       <c r="B233" s="6">
         <v>167801.97329966701</v>
       </c>
       <c r="C233" s="7">
         <v>334.74699429394099</v>
       </c>
       <c r="D233" s="7">
-        <v>333.90796591610001</v>
+        <v>333.90796539224101</v>
       </c>
       <c r="E233" s="12">
-        <v>1.2850835156584584E-2</v>
+        <v>1.2850847252960707E-2</v>
       </c>
       <c r="F233" s="9">
         <v>0.10497240218843595</v>
       </c>
       <c r="G233" s="9">
-        <v>7.5472607867232977E-3</v>
-[...2 lines deleted...]
-    <row r="234" spans="1:7">
+        <v>7.5472353507286538E-3</v>
+      </c>
+    </row>
+    <row r="234" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A234" s="5">
         <v>40299</v>
       </c>
       <c r="B234" s="6">
         <v>169162.07985551699</v>
       </c>
       <c r="C234" s="7">
         <v>337.46026144174402</v>
       </c>
       <c r="D234" s="7">
-        <v>334.301297264629</v>
+        <v>334.30128974715399</v>
       </c>
       <c r="E234" s="12">
-        <v>1.1779633572079895E-3</v>
+        <v>1.17794241431457E-3</v>
       </c>
       <c r="F234" s="9">
         <v>9.8343566683202877E-2</v>
       </c>
       <c r="G234" s="9">
-        <v>1.2902448600168537E-2</v>
-[...2 lines deleted...]
-    <row r="235" spans="1:7">
+        <v>1.2902380600500418E-2</v>
+      </c>
+    </row>
+    <row r="235" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A235" s="5">
         <v>40330</v>
       </c>
       <c r="B235" s="6">
         <v>170110.78385261199</v>
       </c>
       <c r="C235" s="7">
         <v>339.35282447457001</v>
       </c>
       <c r="D235" s="7">
-        <v>334.79680414538399</v>
+        <v>334.79679819018702</v>
       </c>
       <c r="E235" s="12">
-        <v>1.4822164460903675E-3</v>
+        <v>1.482221152684815E-3</v>
       </c>
       <c r="F235" s="9">
         <v>8.7373449888090482E-2</v>
       </c>
       <c r="G235" s="9">
-        <v>1.520605912690276E-2</v>
-[...2 lines deleted...]
-    <row r="236" spans="1:7">
+        <v>1.5206000846831991E-2</v>
+      </c>
+    </row>
+    <row r="236" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A236" s="5">
         <v>40360</v>
       </c>
       <c r="B236" s="6">
         <v>169346.94807097799</v>
       </c>
       <c r="C236" s="7">
         <v>337.82905376431802</v>
       </c>
       <c r="D236" s="7">
-        <v>333.44219352482099</v>
+        <v>333.44212810745501</v>
       </c>
       <c r="E236" s="12">
-        <v>-4.0460679546234779E-3</v>
+        <v>-4.0462456333363317E-3</v>
       </c>
       <c r="F236" s="9">
         <v>6.5943051542745712E-2</v>
       </c>
       <c r="G236" s="9">
-        <v>1.1904856938813158E-2</v>
-[...2 lines deleted...]
-    <row r="237" spans="1:7">
+        <v>1.1904764266561063E-2</v>
+      </c>
+    </row>
+    <row r="237" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A237" s="5">
         <v>40391</v>
       </c>
       <c r="B237" s="6">
         <v>166507.234295267</v>
       </c>
       <c r="C237" s="7">
         <v>332.16412842177402</v>
       </c>
       <c r="D237" s="7">
-        <v>330.64885790104501</v>
+        <v>330.64886247909999</v>
       </c>
       <c r="E237" s="12">
-        <v>-8.3772710173466436E-3</v>
+        <v>-8.3770627431182243E-3</v>
       </c>
       <c r="F237" s="9">
         <v>3.9215935867633167E-2</v>
       </c>
       <c r="G237" s="9">
-        <v>1.0093185307282759E-3</v>
-[...2 lines deleted...]
-    <row r="238" spans="1:7">
+        <v>1.0092641293166782E-3</v>
+      </c>
+    </row>
+    <row r="238" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A238" s="5">
         <v>40422</v>
       </c>
       <c r="B238" s="6">
         <v>166756.81604706499</v>
       </c>
       <c r="C238" s="7">
         <v>332.662017329766</v>
       </c>
       <c r="D238" s="7">
-        <v>330.846660259364</v>
+        <v>330.84665950276002</v>
       </c>
       <c r="E238" s="12">
-        <v>5.9822483457105946E-4</v>
+        <v>5.9820869237836582E-4</v>
       </c>
       <c r="F238" s="9">
         <v>3.0534030922418465E-2</v>
       </c>
       <c r="G238" s="9">
-        <v>-8.0441743113203179E-3</v>
-[...2 lines deleted...]
-    <row r="239" spans="1:7">
+        <v>-8.0442218802999621E-3</v>
+      </c>
+    </row>
+    <row r="239" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A239" s="5">
         <v>40452</v>
       </c>
       <c r="B239" s="6">
         <v>164278.88498689499</v>
       </c>
       <c r="C239" s="7">
         <v>327.71880982064903</v>
       </c>
       <c r="D239" s="7">
-        <v>327.633320393345</v>
+        <v>327.63331954693001</v>
       </c>
       <c r="E239" s="12">
-        <v>-9.7124748471086875E-3</v>
+        <v>-9.7124751407779986E-3</v>
       </c>
       <c r="F239" s="9">
         <v>1.3828852390608493E-2</v>
       </c>
       <c r="G239" s="9">
-        <v>-1.3377473652519623E-2</v>
-[...2 lines deleted...]
-    <row r="240" spans="1:7">
+        <v>-1.3377393047549035E-2</v>
+      </c>
+    </row>
+    <row r="240" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A240" s="5">
         <v>40483</v>
       </c>
       <c r="B240" s="6">
         <v>163132.67195989401</v>
       </c>
       <c r="C240" s="7">
         <v>325.43223739206502</v>
       </c>
       <c r="D240" s="7">
-        <v>326.121745356855</v>
+        <v>326.12175119266999</v>
       </c>
       <c r="E240" s="12">
-        <v>-4.6136181590910041E-3</v>
+        <v>-4.6135977755568103E-3</v>
       </c>
       <c r="F240" s="9">
         <v>2.2638126303011763E-3</v>
       </c>
       <c r="G240" s="9">
-        <v>-1.430203549077691E-2</v>
-[...2 lines deleted...]
-    <row r="241" spans="1:7">
+        <v>-1.4301965340748568E-2</v>
+      </c>
+    </row>
+    <row r="241" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A241" s="5">
         <v>40513</v>
       </c>
       <c r="B241" s="6">
         <v>162248.85138753601</v>
       </c>
       <c r="C241" s="7">
         <v>323.66910985384499</v>
       </c>
       <c r="D241" s="7">
-        <v>327.189313604966</v>
+        <v>327.18933427686898</v>
       </c>
       <c r="E241" s="12">
-        <v>3.2735267221841724E-3</v>
+        <v>3.2735721560879227E-3</v>
       </c>
       <c r="F241" s="9">
         <v>8.9995245964535897E-4</v>
       </c>
       <c r="G241" s="9">
-        <v>-1.406453104120664E-2</v>
-[...2 lines deleted...]
-    <row r="242" spans="1:7">
+        <v>-1.4064444210740046E-2</v>
+      </c>
+    </row>
+    <row r="242" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A242" s="5">
         <v>40544</v>
       </c>
       <c r="B242" s="6">
         <v>161211.07933294101</v>
       </c>
       <c r="C242" s="7">
         <v>321.59886557002301</v>
       </c>
       <c r="D242" s="7">
-        <v>326.600546167956</v>
+        <v>326.60060954036499</v>
       </c>
       <c r="E242" s="12">
-        <v>-1.7994702532395657E-3</v>
+        <v>-1.7993396325254318E-3</v>
       </c>
       <c r="F242" s="9">
         <v>-1.3883707223418695E-2</v>
       </c>
       <c r="G242" s="9">
-        <v>-9.3185367413348708E-3</v>
-[...2 lines deleted...]
-    <row r="243" spans="1:7">
+        <v>-9.3184488530736465E-3</v>
+      </c>
+    </row>
+    <row r="243" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A243" s="5">
         <v>40575</v>
       </c>
       <c r="B243" s="6">
         <v>161182.66344413601</v>
       </c>
       <c r="C243" s="7">
         <v>321.54217891026099</v>
       </c>
       <c r="D243" s="7">
-        <v>326.825926634089</v>
+        <v>326.825981295129</v>
       </c>
       <c r="E243" s="12">
-        <v>6.900798813027631E-4</v>
+        <v>6.9005307455238807E-4</v>
       </c>
       <c r="F243" s="9">
         <v>-8.4902673088993463E-4</v>
       </c>
       <c r="G243" s="9">
-        <v>-4.0482760666156192E-3</v>
-[...2 lines deleted...]
-    <row r="244" spans="1:7">
+        <v>-4.0481394736285869E-3</v>
+      </c>
+    </row>
+    <row r="244" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A244" s="5">
         <v>40603</v>
       </c>
       <c r="B244" s="6">
         <v>164750.902737342</v>
       </c>
       <c r="C244" s="7">
         <v>328.660434761695</v>
       </c>
       <c r="D244" s="7">
-        <v>330.23711050194999</v>
+        <v>330.23711917618601</v>
       </c>
       <c r="E244" s="12">
-        <v>1.0437311087868828E-2</v>
+        <v>1.0437168634940042E-2</v>
       </c>
       <c r="F244" s="9">
         <v>1.4115941515326913E-3</v>
       </c>
       <c r="G244" s="9">
-        <v>2.7720266368380653E-3</v>
-[...2 lines deleted...]
-    <row r="245" spans="1:7">
+        <v>2.7721295736073959E-3</v>
+      </c>
+    </row>
+    <row r="245" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A245" s="5">
         <v>40634</v>
       </c>
       <c r="B245" s="6">
         <v>165609.01900032899</v>
       </c>
       <c r="C245" s="7">
         <v>330.372284951182</v>
       </c>
       <c r="D245" s="7">
-        <v>329.75941269292099</v>
+        <v>329.75939093394999</v>
       </c>
       <c r="E245" s="12">
-        <v>-1.4465297625179119E-3</v>
+        <v>-1.4466218801441055E-3</v>
       </c>
       <c r="F245" s="9">
         <v>-1.3068703878839183E-2</v>
       </c>
       <c r="G245" s="9">
-        <v>7.0525184751411008E-3</v>
-[...2 lines deleted...]
-    <row r="246" spans="1:7">
+        <v>7.0524685342092663E-3</v>
+      </c>
+    </row>
+    <row r="246" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A246" s="5">
         <v>40664</v>
       </c>
       <c r="B246" s="6">
         <v>167208.24519902901</v>
       </c>
       <c r="C246" s="7">
         <v>333.56257021829902</v>
       </c>
       <c r="D246" s="7">
-        <v>330.14132640138399</v>
+        <v>330.14127524363897</v>
       </c>
       <c r="E246" s="12">
-        <v>1.1581586264488575E-3</v>
+        <v>1.158069550672769E-3</v>
       </c>
       <c r="F246" s="9">
         <v>-1.1550074686698664E-2</v>
       </c>
       <c r="G246" s="9">
-        <v>9.7102895152574309E-3</v>
-[...2 lines deleted...]
-    <row r="247" spans="1:7">
+        <v>9.7100811822130595E-3</v>
+      </c>
+    </row>
+    <row r="247" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A247" s="5">
         <v>40695</v>
       </c>
       <c r="B247" s="6">
         <v>168205.264073642</v>
       </c>
       <c r="C247" s="7">
         <v>335.55151626564299</v>
       </c>
       <c r="D247" s="7">
-        <v>330.96709766506899</v>
+        <v>330.96704979808402</v>
       </c>
       <c r="E247" s="12">
-        <v>2.5012659659608971E-3</v>
+        <v>2.5012763212828304E-3</v>
       </c>
       <c r="F247" s="9">
         <v>-1.1201640106613842E-2</v>
       </c>
       <c r="G247" s="9">
-        <v>7.3238997332611966E-3</v>
-[...2 lines deleted...]
-    <row r="248" spans="1:7">
+        <v>7.3236471882323073E-3</v>
+      </c>
+    </row>
+    <row r="248" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A248" s="5">
         <v>40725</v>
       </c>
       <c r="B248" s="6">
         <v>168730.56418629401</v>
       </c>
       <c r="C248" s="7">
         <v>336.59943382200299</v>
       </c>
       <c r="D248" s="7">
-        <v>332.32412608916098</v>
+        <v>332.32402243212402</v>
       </c>
       <c r="E248" s="12">
-        <v>4.1001913291853764E-3</v>
+        <v>4.1000233554000509E-3</v>
       </c>
       <c r="F248" s="9">
         <v>-3.6397696663853507E-3</v>
       </c>
       <c r="G248" s="9">
-        <v>6.6983684124735099E-3</v>
-[...2 lines deleted...]
-    <row r="249" spans="1:7">
+        <v>6.6981206104952395E-3</v>
+      </c>
+    </row>
+    <row r="249" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A249" s="5">
         <v>40756</v>
       </c>
       <c r="B249" s="6">
         <v>165914.21319666301</v>
       </c>
       <c r="C249" s="7">
         <v>330.98111473959301</v>
       </c>
       <c r="D249" s="7">
-        <v>329.44732221329002</v>
+        <v>329.44732312773402</v>
       </c>
       <c r="E249" s="12">
-        <v>-8.6566206002723911E-3</v>
+        <v>-8.6563086331731265E-3</v>
       </c>
       <c r="F249" s="9">
         <v>-3.5615335340450915E-3</v>
       </c>
       <c r="G249" s="9">
-        <v>2.6266002984589587E-3</v>
-[...2 lines deleted...]
-    <row r="250" spans="1:7">
+        <v>2.626513241526407E-3</v>
+      </c>
+    </row>
+    <row r="250" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A250" s="5">
         <v>40787</v>
       </c>
       <c r="B250" s="6">
         <v>166255.54958596299</v>
       </c>
       <c r="C250" s="7">
         <v>331.66204433842</v>
       </c>
       <c r="D250" s="7">
-        <v>330.15871154438298</v>
+        <v>330.15870564220501</v>
       </c>
       <c r="E250" s="12">
-        <v>2.1593416705096846E-3</v>
+        <v>2.1593209734327434E-3</v>
       </c>
       <c r="F250" s="9">
         <v>-3.0059728470736014E-3</v>
       </c>
       <c r="G250" s="9">
-        <v>1.0721138057465662E-3</v>
-[...2 lines deleted...]
-    <row r="251" spans="1:7">
+        <v>1.0721261872417287E-3</v>
+      </c>
+    </row>
+    <row r="251" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A251" s="5">
         <v>40817</v>
       </c>
       <c r="B251" s="6">
         <v>165650.31790496601</v>
       </c>
       <c r="C251" s="7">
         <v>330.454671849997</v>
       </c>
       <c r="D251" s="7">
-        <v>330.317352424859</v>
+        <v>330.31734086990201</v>
       </c>
       <c r="E251" s="12">
-        <v>4.8049884776313334E-4</v>
+        <v>4.8048173495351953E-4</v>
       </c>
       <c r="F251" s="9">
         <v>8.3481995764760342E-3</v>
       </c>
       <c r="G251" s="9">
-        <v>-3.532362587205351E-3</v>
-[...2 lines deleted...]
-    <row r="252" spans="1:7">
+        <v>-3.5321759382294093E-3</v>
+      </c>
+    </row>
+    <row r="252" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A252" s="5">
         <v>40848</v>
       </c>
       <c r="B252" s="6">
         <v>165797.99075201701</v>
       </c>
       <c r="C252" s="7">
         <v>330.749263389757</v>
       </c>
       <c r="D252" s="7">
-        <v>331.48722309785501</v>
+        <v>331.48726192870498</v>
       </c>
       <c r="E252" s="12">
-        <v>3.5416567261998821E-3</v>
+        <v>3.5418093876693479E-3</v>
       </c>
       <c r="F252" s="9">
         <v>1.6338350620397568E-2</v>
       </c>
       <c r="G252" s="9">
-        <v>-7.8092958470510343E-4</v>
-[...2 lines deleted...]
-    <row r="253" spans="1:7">
+        <v>-7.8075646187814041E-4</v>
+      </c>
+    </row>
+    <row r="253" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A253" s="5">
         <v>40878</v>
       </c>
       <c r="B253" s="6">
         <v>163821.827508093</v>
       </c>
       <c r="C253" s="7">
         <v>326.80702902189</v>
       </c>
       <c r="D253" s="7">
-        <v>330.21451153128697</v>
+        <v>330.21460601841602</v>
       </c>
       <c r="E253" s="12">
-        <v>-3.8393985586356871E-3</v>
+        <v>-3.8392302101872833E-3</v>
       </c>
       <c r="F253" s="9">
         <v>9.6948367098175225E-3</v>
       </c>
       <c r="G253" s="9">
-        <v>8.9650673773755685E-5</v>
-[...2 lines deleted...]
-    <row r="254" spans="1:7">
+        <v>8.988296589262923E-5</v>
+      </c>
+    </row>
+    <row r="254" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A254" s="5">
         <v>40909</v>
       </c>
       <c r="B254" s="6">
         <v>162228.24524833099</v>
       </c>
       <c r="C254" s="7">
         <v>323.62800280946902</v>
       </c>
       <c r="D254" s="7">
-        <v>328.51003065514197</v>
+        <v>328.51016374854902</v>
       </c>
       <c r="E254" s="12">
-        <v>-5.1617382538425849E-3</v>
+        <v>-5.161619864179956E-3</v>
       </c>
       <c r="F254" s="9">
         <v>6.3095285981480398E-3</v>
       </c>
       <c r="G254" s="9">
-        <v>2.9131456613429307E-4</v>
-[...2 lines deleted...]
-    <row r="255" spans="1:7">
+        <v>2.9160040532616449E-4</v>
+      </c>
+    </row>
+    <row r="255" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A255" s="5">
         <v>40940</v>
       </c>
       <c r="B255" s="6">
         <v>162712.34948701199</v>
       </c>
       <c r="C255" s="7">
         <v>324.59373900217798</v>
       </c>
       <c r="D255" s="7">
-        <v>329.73811321956401</v>
+        <v>329.73822473761697</v>
       </c>
       <c r="E255" s="12">
-        <v>3.7383411458484783E-3</v>
+        <v>3.7382739549207677E-3</v>
       </c>
       <c r="F255" s="9">
         <v>9.4903881732064654E-3</v>
       </c>
       <c r="G255" s="9">
-        <v>-3.5289931661223184E-3</v>
-[...2 lines deleted...]
-    <row r="256" spans="1:7">
+        <v>-3.5286727910650573E-3</v>
+      </c>
+    </row>
+    <row r="256" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A256" s="5">
         <v>40969</v>
       </c>
       <c r="B256" s="6">
         <v>163327.22122696301</v>
       </c>
       <c r="C256" s="7">
         <v>325.82034237743898</v>
       </c>
       <c r="D256" s="7">
-        <v>327.37714706802302</v>
+        <v>327.37734549105301</v>
       </c>
       <c r="E256" s="12">
-        <v>-7.1601251323012427E-3</v>
+        <v>-7.1598591532497924E-3</v>
       </c>
       <c r="F256" s="9">
         <v>-8.6414185702495816E-3</v>
       </c>
       <c r="G256" s="9">
-        <v>-6.4452349704879897E-3</v>
-[...2 lines deleted...]
-    <row r="257" spans="1:7">
+        <v>-6.4449103232870897E-3</v>
+      </c>
+    </row>
+    <row r="257" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A257" s="5">
         <v>41000</v>
       </c>
       <c r="B257" s="6">
         <v>164134.292882101</v>
       </c>
       <c r="C257" s="7">
         <v>327.43036403227899</v>
       </c>
       <c r="D257" s="7">
-        <v>326.90871842313697</v>
+        <v>326.90871321057301</v>
       </c>
       <c r="E257" s="12">
-        <v>-1.4308532195398405E-3</v>
+        <v>-1.4314743733322421E-3</v>
       </c>
       <c r="F257" s="9">
         <v>-8.9048659736628011E-3</v>
       </c>
       <c r="G257" s="9">
-        <v>-6.2489527901977704E-3</v>
-[...2 lines deleted...]
-    <row r="258" spans="1:7">
+        <v>-6.2489124130626905E-3</v>
+      </c>
+    </row>
+    <row r="258" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A258" s="5">
         <v>41030</v>
       </c>
       <c r="B258" s="6">
         <v>166021.53392380499</v>
       </c>
       <c r="C258" s="7">
         <v>331.19520811483699</v>
       </c>
       <c r="D258" s="7">
-        <v>327.70504694235802</v>
+        <v>327.70442345933799</v>
       </c>
       <c r="E258" s="12">
-        <v>2.4359353983038901E-3</v>
+        <v>2.4340441738315288E-3</v>
       </c>
       <c r="F258" s="9">
         <v>-7.0972054865530154E-3</v>
       </c>
       <c r="G258" s="9">
-        <v>-6.5472812119713453E-3</v>
-[...2 lines deleted...]
-    <row r="259" spans="1:7">
+        <v>-6.5480573168670286E-3</v>
+      </c>
+    </row>
+    <row r="259" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A259" s="5">
         <v>41061</v>
       </c>
       <c r="B259" s="6">
         <v>165738.112466327</v>
       </c>
       <c r="C259" s="7">
         <v>330.62981261236598</v>
       </c>
       <c r="D259" s="7">
-        <v>326.214922710721</v>
+        <v>326.21489390390201</v>
       </c>
       <c r="E259" s="12">
-        <v>-4.5471506940176765E-3</v>
+        <v>-4.5453446728368485E-3</v>
       </c>
       <c r="F259" s="9">
         <v>-1.4667505329884145E-2</v>
       </c>
       <c r="G259" s="9">
-        <v>-4.8665582251091744E-3</v>
-[...2 lines deleted...]
-    <row r="260" spans="1:7">
+        <v>-4.8676726246242863E-3</v>
+      </c>
+    </row>
+    <row r="260" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A260" s="5">
         <v>41091</v>
       </c>
       <c r="B260" s="6">
         <v>164389.40362937399</v>
       </c>
       <c r="C260" s="7">
         <v>327.93928269504897</v>
       </c>
       <c r="D260" s="7">
-        <v>323.99510521437003</v>
+        <v>323.99501807118997</v>
       </c>
       <c r="E260" s="12">
-        <v>-6.804769928687282E-3</v>
+        <v>-6.8049493576034514E-3</v>
       </c>
       <c r="F260" s="9">
         <v>-2.5728359161571235E-2</v>
       </c>
       <c r="G260" s="9">
-        <v>-6.2080843307079636E-3</v>
-[...2 lines deleted...]
-    <row r="261" spans="1:7">
+        <v>-6.2091435218022406E-3</v>
+      </c>
+    </row>
+    <row r="261" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A261" s="5">
         <v>41122</v>
       </c>
       <c r="B261" s="6">
         <v>164728.76660748801</v>
       </c>
       <c r="C261" s="7">
         <v>328.61627554956902</v>
       </c>
       <c r="D261" s="7">
-        <v>327.14913109227001</v>
+        <v>327.14913663686701</v>
       </c>
       <c r="E261" s="12">
-        <v>9.7347948383761373E-3</v>
+        <v>9.7350835344758302E-3</v>
       </c>
       <c r="F261" s="9">
         <v>-7.144936930569501E-3</v>
       </c>
       <c r="G261" s="9">
-        <v>-4.7166968222535077E-3</v>
-[...2 lines deleted...]
-    <row r="262" spans="1:7">
+        <v>-4.7163731554842325E-3</v>
+      </c>
+    </row>
+    <row r="262" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A262" s="5">
         <v>41153</v>
       </c>
       <c r="B262" s="6">
         <v>163963.50185574699</v>
       </c>
       <c r="C262" s="7">
         <v>327.08965419675002</v>
       </c>
       <c r="D262" s="7">
-        <v>326.03400332529702</v>
+        <v>326.03400744492302</v>
       </c>
       <c r="E262" s="12">
-        <v>-3.4086221267036754E-3</v>
+        <v>-3.4086264246565579E-3</v>
       </c>
       <c r="F262" s="9">
         <v>-1.3786293064648736E-2</v>
       </c>
       <c r="G262" s="9">
-        <v>-3.7218002375509762E-3</v>
-[...2 lines deleted...]
-    <row r="263" spans="1:7">
+        <v>-3.721211371475408E-3</v>
+      </c>
+    </row>
+    <row r="263" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A263" s="5">
         <v>41183</v>
       </c>
       <c r="B263" s="6">
         <v>164153.36079102199</v>
       </c>
       <c r="C263" s="7">
         <v>327.46840247171599</v>
       </c>
       <c r="D263" s="7">
-        <v>327.239659545103</v>
+        <v>327.23968553116401</v>
       </c>
       <c r="E263" s="12">
-        <v>3.6979462494990401E-3</v>
+        <v>3.6980132707311597E-3</v>
       </c>
       <c r="F263" s="9">
         <v>-9.0368502329316591E-3</v>
       </c>
       <c r="G263" s="9">
-        <v>2.564352631092115E-3</v>
-[...2 lines deleted...]
-    <row r="264" spans="1:7">
+        <v>2.5651471582217589E-3</v>
+      </c>
+    </row>
+    <row r="264" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A264" s="5">
         <v>41214</v>
       </c>
       <c r="B264" s="6">
         <v>163852.738559969</v>
       </c>
       <c r="C264" s="7">
         <v>326.86869326517899</v>
       </c>
       <c r="D264" s="7">
-        <v>327.60598992675199</v>
+        <v>327.60611258958102</v>
       </c>
       <c r="E264" s="12">
-        <v>1.1194559429570372E-3</v>
+        <v>1.1197512851237601E-3</v>
       </c>
       <c r="F264" s="9">
         <v>-1.173266445042731E-2</v>
       </c>
       <c r="G264" s="9">
-        <v>3.6020471566773349E-3</v>
-[...2 lines deleted...]
-    <row r="265" spans="1:7">
+        <v>3.6023168340326706E-3</v>
+      </c>
+    </row>
+    <row r="265" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A265" s="5">
         <v>41244</v>
       </c>
       <c r="B265" s="6">
         <v>162262.191136479</v>
       </c>
       <c r="C265" s="7">
         <v>323.69572122661702</v>
       </c>
       <c r="D265" s="7">
-        <v>326.76327760591897</v>
+        <v>326.76350477280999</v>
       </c>
       <c r="E265" s="12">
-        <v>-2.5723348984596495E-3</v>
+        <v>-2.5720149423055227E-3</v>
       </c>
       <c r="F265" s="9">
         <v>-9.5203209202228134E-3</v>
       </c>
       <c r="G265" s="9">
-        <v>4.5341650746395512E-3</v>
-[...2 lines deleted...]
-    <row r="266" spans="1:7">
+        <v>4.5346293155099637E-3</v>
+      </c>
+    </row>
+    <row r="266" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A266" s="5">
         <v>41275</v>
       </c>
       <c r="B266" s="6">
         <v>162245.24616004</v>
       </c>
       <c r="C266" s="7">
         <v>323.66191781048599</v>
       </c>
       <c r="D266" s="7">
-        <v>328.22441422324403</v>
+        <v>328.22471990096898</v>
       </c>
       <c r="E266" s="12">
-        <v>4.4715447464913627E-3</v>
+        <v>4.4717819059227892E-3</v>
       </c>
       <c r="F266" s="9">
         <v>1.0479624977621782E-4</v>
       </c>
       <c r="G266" s="9">
-        <v>2.2142363545736288E-3</v>
-[...2 lines deleted...]
-    <row r="267" spans="1:7">
+        <v>2.214868508583212E-3</v>
+      </c>
+    </row>
+    <row r="267" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A267" s="5">
         <v>41306</v>
       </c>
       <c r="B267" s="6">
         <v>162637.55473582199</v>
       </c>
       <c r="C267" s="7">
         <v>324.44453147107703</v>
       </c>
       <c r="D267" s="7">
-        <v>329.26252345683997</v>
+        <v>329.26277527830098</v>
       </c>
       <c r="E267" s="12">
-        <v>3.1628032181965082E-3</v>
+        <v>3.1626361891488042E-3</v>
       </c>
       <c r="F267" s="9">
         <v>-4.5967470463115223E-4</v>
       </c>
       <c r="G267" s="9">
-        <v>3.4362650700716646E-3</v>
-[...2 lines deleted...]
-    <row r="268" spans="1:7">
+        <v>3.4369087499643847E-3</v>
+      </c>
+    </row>
+    <row r="268" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A268" s="5">
         <v>41334</v>
       </c>
       <c r="B268" s="6">
         <v>164630.410711028</v>
       </c>
       <c r="C268" s="7">
         <v>328.42006605296098</v>
       </c>
       <c r="D268" s="7">
-        <v>330.06260350086001</v>
+        <v>330.063002964921</v>
       </c>
       <c r="E268" s="12">
-        <v>2.4299153016875685E-3</v>
+        <v>2.4303618468368704E-3</v>
       </c>
       <c r="F268" s="9">
         <v>7.9790097099290413E-3</v>
       </c>
       <c r="G268" s="9">
-        <v>6.0519153191231911E-3</v>
-[...2 lines deleted...]
-    <row r="269" spans="1:7">
+        <v>6.0525050375161982E-3</v>
+      </c>
+    </row>
+    <row r="269" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A269" s="5">
         <v>41365</v>
       </c>
       <c r="B269" s="6">
         <v>165586.075967813</v>
       </c>
       <c r="C269" s="7">
         <v>330.326516054526</v>
       </c>
       <c r="D269" s="7">
-        <v>329.728770640947</v>
+        <v>329.72868833882399</v>
       </c>
       <c r="E269" s="12">
-        <v>-1.0114228524290558E-3</v>
+        <v>-1.0128812471980053E-3</v>
       </c>
       <c r="F269" s="9">
         <v>8.845093004146376E-3</v>
       </c>
       <c r="G269" s="9">
-        <v>6.5746564044533162E-3</v>
-[...2 lines deleted...]
-    <row r="270" spans="1:7">
+        <v>6.5745639616430207E-3</v>
+      </c>
+    </row>
+    <row r="270" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A270" s="5">
         <v>41395</v>
       </c>
       <c r="B270" s="6">
         <v>167911.570785641</v>
       </c>
       <c r="C270" s="7">
         <v>334.96562955960798</v>
       </c>
       <c r="D270" s="7">
-        <v>331.45463642070001</v>
+        <v>331.45326158524398</v>
       </c>
       <c r="E270" s="12">
-        <v>5.23419832730454E-3</v>
+        <v>5.2302796432679433E-3</v>
       </c>
       <c r="F270" s="9">
         <v>1.1384287430461937E-2</v>
       </c>
       <c r="G270" s="9">
-        <v>7.107740661729256E-3</v>
-[...2 lines deleted...]
-    <row r="271" spans="1:7">
+        <v>7.1058631764149283E-3</v>
+      </c>
+    </row>
+    <row r="271" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A271" s="5">
         <v>41426</v>
       </c>
       <c r="B271" s="6">
         <v>168940.66020150101</v>
       </c>
       <c r="C271" s="7">
         <v>337.01855290755901</v>
       </c>
       <c r="D271" s="7">
-        <v>332.81513093964901</v>
+        <v>332.81496068269502</v>
       </c>
       <c r="E271" s="12">
-        <v>4.1046175538246299E-3</v>
+        <v>4.1082688127382916E-3</v>
       </c>
       <c r="F271" s="9">
         <v>1.9322940798092159E-2</v>
       </c>
       <c r="G271" s="9">
-        <v>6.5303020774432063E-3</v>
-[...2 lines deleted...]
-    <row r="272" spans="1:7">
+        <v>6.5276788120569584E-3</v>
+      </c>
+    </row>
+    <row r="272" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A272" s="5">
         <v>41456</v>
       </c>
       <c r="B272" s="6">
         <v>170825.447604805</v>
       </c>
       <c r="C272" s="7">
         <v>340.778502243866</v>
       </c>
       <c r="D272" s="7">
-        <v>337.08320736945501</v>
+        <v>337.08305175265099</v>
       </c>
       <c r="E272" s="12">
-        <v>1.2824165829707912E-2</v>
+        <v>1.2824216378978015E-2</v>
       </c>
       <c r="F272" s="9">
         <v>3.9151209465674963E-2</v>
       </c>
       <c r="G272" s="9">
-        <v>1.2435194038483255E-2</v>
-[...2 lines deleted...]
-    <row r="273" spans="1:7">
+        <v>1.2432892074224045E-2</v>
+      </c>
+    </row>
+    <row r="273" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A273" s="5">
         <v>41487</v>
       </c>
       <c r="B273" s="6">
         <v>170513.951011909</v>
       </c>
       <c r="C273" s="7">
         <v>340.15709984820597</v>
       </c>
       <c r="D273" s="7">
-        <v>338.565568432372</v>
+        <v>338.565579778114</v>
       </c>
       <c r="E273" s="12">
-        <v>4.3976117187358721E-3</v>
+        <v>4.3981090646789678E-3</v>
       </c>
       <c r="F273" s="9">
         <v>3.5119454382885884E-2</v>
       </c>
       <c r="G273" s="9">
-        <v>1.73699525602109E-2</v>
-[...2 lines deleted...]
-    <row r="274" spans="1:7">
+        <v>1.7370720803457473E-2</v>
+      </c>
+    </row>
+    <row r="274" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A274" s="5">
         <v>41518</v>
       </c>
       <c r="B274" s="6">
         <v>172126.764587043</v>
       </c>
       <c r="C274" s="7">
         <v>343.37449047846201</v>
       </c>
       <c r="D274" s="7">
-        <v>342.70015344489599</v>
+        <v>342.700213000183</v>
       </c>
       <c r="E274" s="12">
-        <v>1.2212065839027675E-2</v>
+        <v>1.2212207823307786E-2</v>
       </c>
       <c r="F274" s="9">
         <v>4.9787072360033768E-2</v>
       </c>
       <c r="G274" s="9">
-        <v>2.449741152978957E-2</v>
-[...2 lines deleted...]
-    <row r="275" spans="1:7">
+        <v>2.4499003633039251E-2</v>
+      </c>
+    </row>
+    <row r="275" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A275" s="5">
         <v>41548</v>
       </c>
       <c r="B275" s="6">
         <v>173677.94069001701</v>
       </c>
       <c r="C275" s="7">
         <v>346.46892094242099</v>
       </c>
       <c r="D275" s="7">
-        <v>346.117020729025</v>
+        <v>346.11713381367099</v>
       </c>
       <c r="E275" s="12">
-        <v>9.970428229406636E-3</v>
+        <v>9.97058269551232E-3</v>
       </c>
       <c r="F275" s="9">
         <v>5.8022448356207734E-2</v>
       </c>
       <c r="G275" s="9">
-        <v>2.5994597842496692E-2</v>
-[...2 lines deleted...]
-    <row r="276" spans="1:7">
+        <v>2.5996524143677036E-2</v>
+      </c>
+    </row>
+    <row r="276" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A276" s="5">
         <v>41579</v>
       </c>
       <c r="B276" s="6">
         <v>174566.47626291701</v>
       </c>
       <c r="C276" s="7">
         <v>348.24145440256302</v>
       </c>
       <c r="D276" s="7">
-        <v>349.11075906428698</v>
+        <v>349.111104153572</v>
       </c>
       <c r="E276" s="12">
-        <v>8.6494975859789935E-3</v>
+        <v>8.6501650666990226E-3</v>
       </c>
       <c r="F276" s="9">
         <v>6.5386381680930583E-2</v>
       </c>
       <c r="G276" s="9">
-        <v>2.921673874470665E-2</v>
-[...2 lines deleted...]
-    <row r="277" spans="1:7">
+        <v>2.921757312953055E-2</v>
+      </c>
+    </row>
+    <row r="277" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A277" s="5">
         <v>41609</v>
       </c>
       <c r="B277" s="6">
         <v>175825.596076785</v>
       </c>
       <c r="C277" s="7">
         <v>350.75326379824702</v>
       </c>
       <c r="D277" s="7">
-        <v>353.64076347901198</v>
+        <v>353.64130421779299</v>
       </c>
       <c r="E277" s="12">
-        <v>1.297583731554619E-2</v>
+        <v>1.2976384911057348E-2</v>
       </c>
       <c r="F277" s="9">
         <v>8.3589435378069732E-2</v>
       </c>
       <c r="G277" s="9">
-        <v>2.9969702082543126E-2</v>
-[...2 lines deleted...]
-    <row r="278" spans="1:7">
+        <v>2.997076867912174E-2</v>
+      </c>
+    </row>
+    <row r="278" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A278" s="5">
         <v>41640</v>
       </c>
       <c r="B278" s="6">
         <v>176490.99683756201</v>
       </c>
       <c r="C278" s="7">
         <v>352.08066716717599</v>
       </c>
       <c r="D278" s="7">
-        <v>356.61331061330998</v>
+        <v>356.61388152023397</v>
       </c>
       <c r="E278" s="12">
-        <v>8.4055556974116374E-3</v>
+        <v>8.4056281519939713E-3</v>
       </c>
       <c r="F278" s="9">
         <v>8.7803809447023262E-2</v>
       </c>
       <c r="G278" s="9">
-        <v>3.1129674681105612E-2</v>
-[...2 lines deleted...]
-    <row r="279" spans="1:7">
+        <v>3.1130907932961138E-2</v>
+      </c>
+    </row>
+    <row r="279" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A279" s="5">
         <v>41671</v>
       </c>
       <c r="B279" s="6">
         <v>177845.97205375199</v>
       </c>
       <c r="C279" s="7">
         <v>354.78369784103103</v>
       </c>
       <c r="D279" s="7">
-        <v>359.76174757059198</v>
+        <v>359.762301258447</v>
       </c>
       <c r="E279" s="12">
-        <v>8.8287140821168286E-3</v>
+        <v>8.8286516632258838E-3</v>
       </c>
       <c r="F279" s="9">
         <v>9.3511104139718304E-2</v>
       </c>
       <c r="G279" s="9">
-        <v>3.0915333711653448E-2</v>
-[...2 lines deleted...]
-    <row r="280" spans="1:7">
+        <v>3.0916423958837091E-2</v>
+      </c>
+    </row>
+    <row r="280" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A280" s="5">
         <v>41699</v>
       </c>
       <c r="B280" s="6">
         <v>180264.310179047</v>
       </c>
       <c r="C280" s="7">
         <v>359.60802381712199</v>
       </c>
       <c r="D280" s="7">
-        <v>361.34170136712999</v>
+        <v>361.34276713027401</v>
       </c>
       <c r="E280" s="12">
-        <v>4.3916670051975526E-3</v>
+        <v>4.3930836174288501E-3</v>
       </c>
       <c r="F280" s="9">
         <v>9.4963618206969302E-2</v>
       </c>
       <c r="G280" s="9">
-        <v>2.7504129534388966E-2</v>
-[...2 lines deleted...]
-    <row r="281" spans="1:7">
+        <v>2.7505239272959781E-2</v>
+      </c>
+    </row>
+    <row r="281" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A281" s="5">
         <v>41730</v>
       </c>
       <c r="B281" s="6">
         <v>183576.51362076899</v>
       </c>
       <c r="C281" s="7">
         <v>366.21551552180301</v>
       </c>
       <c r="D281" s="7">
-        <v>365.47714558329801</v>
+        <v>365.47716778680302</v>
       </c>
       <c r="E281" s="12">
-        <v>1.1444691272891161E-2</v>
+        <v>1.1441769512542832E-2</v>
       </c>
       <c r="F281" s="9">
         <v>0.10864704382784973</v>
       </c>
       <c r="G281" s="9">
-        <v>2.5690640761894645E-2</v>
-[...2 lines deleted...]
-    <row r="282" spans="1:7">
+        <v>2.569077999141367E-2</v>
+      </c>
+    </row>
+    <row r="282" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A282" s="5">
         <v>41760</v>
       </c>
       <c r="B282" s="6">
         <v>186511.60564797101</v>
       </c>
       <c r="C282" s="7">
         <v>372.07071027763197</v>
       </c>
       <c r="D282" s="7">
-        <v>368.515669760837</v>
+        <v>368.51157660529299</v>
       </c>
       <c r="E282" s="12">
-        <v>8.3138555016608606E-3</v>
+        <v>8.3025947608854622E-3</v>
       </c>
       <c r="F282" s="9">
         <v>0.11077280008342183</v>
       </c>
       <c r="G282" s="9">
-        <v>2.3661981940606536E-2</v>
-[...2 lines deleted...]
-    <row r="283" spans="1:7">
+        <v>2.3657580211097429E-2</v>
+      </c>
+    </row>
+    <row r="283" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A283" s="5">
         <v>41791</v>
       </c>
       <c r="B283" s="6">
         <v>188902.937514285</v>
       </c>
       <c r="C283" s="7">
         <v>376.84116165473398</v>
       </c>
       <c r="D283" s="7">
-        <v>372.56846958711901</v>
+        <v>372.56859037216998</v>
       </c>
       <c r="E283" s="12">
-        <v>1.0997632282264247E-2</v>
+        <v>1.1009189464955105E-2</v>
       </c>
       <c r="F283" s="9">
         <v>0.11816147331834848</v>
       </c>
       <c r="G283" s="9">
-        <v>2.6764476959826089E-2</v>
-[...2 lines deleted...]
-    <row r="284" spans="1:7">
+        <v>2.6758724858412464E-2</v>
+      </c>
+    </row>
+    <row r="284" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A284" s="5">
         <v>41821</v>
       </c>
       <c r="B284" s="6">
         <v>188948.54738364599</v>
       </c>
       <c r="C284" s="7">
         <v>376.932148467216</v>
       </c>
       <c r="D284" s="7">
-        <v>373.10261699934603</v>
+        <v>373.10255932257098</v>
       </c>
       <c r="E284" s="12">
-        <v>1.433689256685966E-3</v>
+        <v>1.4332097879417027E-3</v>
       </c>
       <c r="F284" s="9">
         <v>0.10609133494423872</v>
       </c>
       <c r="G284" s="9">
-        <v>2.540645578016365E-2</v>
-[...2 lines deleted...]
-    <row r="285" spans="1:7">
+        <v>2.5401197631995442E-2</v>
+      </c>
+    </row>
+    <row r="285" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A285" s="5">
         <v>41852</v>
       </c>
       <c r="B285" s="6">
         <v>189305.83419945501</v>
       </c>
       <c r="C285" s="7">
         <v>377.64489746140902</v>
       </c>
       <c r="D285" s="7">
-        <v>375.852224477741</v>
+        <v>375.85220574578801</v>
       </c>
       <c r="E285" s="12">
-        <v>7.3695743560002747E-3</v>
+        <v>7.3696798762503679E-3</v>
       </c>
       <c r="F285" s="9">
         <v>0.11020730606514428</v>
       </c>
       <c r="G285" s="9">
-        <v>2.3909402975423877E-2</v>
-[...2 lines deleted...]
-    <row r="286" spans="1:7">
+        <v>2.3912252722242844E-2</v>
+      </c>
+    </row>
+    <row r="286" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A286" s="5">
         <v>41883</v>
       </c>
       <c r="B286" s="6">
         <v>188374.454370135</v>
       </c>
       <c r="C286" s="7">
         <v>375.78689429088598</v>
       </c>
       <c r="D286" s="7">
-        <v>375.26058470948601</v>
+        <v>375.26067986043103</v>
       </c>
       <c r="E286" s="12">
-        <v>-1.5741286860203596E-3</v>
+        <v>-1.5738257653250542E-3</v>
       </c>
       <c r="F286" s="9">
         <v>9.4393744180763628E-2</v>
       </c>
       <c r="G286" s="9">
-        <v>1.5954056495312674E-2</v>
-[...2 lines deleted...]
-    <row r="287" spans="1:7">
+        <v>1.5957700165880606E-2</v>
+      </c>
+    </row>
+    <row r="287" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A287" s="5">
         <v>41913</v>
       </c>
       <c r="B287" s="6">
         <v>189333.241018264</v>
       </c>
       <c r="C287" s="7">
         <v>377.69957113442399</v>
       </c>
       <c r="D287" s="7">
-        <v>377.20856657972399</v>
+        <v>377.20883442706099</v>
       </c>
       <c r="E287" s="12">
-        <v>5.1910111256316949E-3</v>
+        <v>5.1914700132040803E-3</v>
       </c>
       <c r="F287" s="9">
         <v>9.0139831610446697E-2</v>
       </c>
       <c r="G287" s="9">
-        <v>1.2686041490914235E-2</v>
-[...2 lines deleted...]
-    <row r="288" spans="1:7">
+        <v>1.2690013405789013E-2</v>
+      </c>
+    </row>
+    <row r="288" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A288" s="5">
         <v>41944</v>
       </c>
       <c r="B288" s="6">
         <v>189387.811604521</v>
       </c>
       <c r="C288" s="7">
         <v>377.80843361897797</v>
       </c>
       <c r="D288" s="7">
-        <v>378.99879955120298</v>
+        <v>378.99988026287002</v>
       </c>
       <c r="E288" s="12">
-        <v>4.7460029545767224E-3</v>
+        <v>4.7481545296503835E-3</v>
       </c>
       <c r="F288" s="9">
         <v>8.4903674857261136E-2</v>
       </c>
       <c r="G288" s="9">
-        <v>8.8670825457657365E-3</v>
-[...2 lines deleted...]
-    <row r="289" spans="1:7">
+        <v>8.8683299028813334E-3</v>
+      </c>
+    </row>
+    <row r="289" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A289" s="5">
         <v>41974</v>
       </c>
       <c r="B289" s="6">
         <v>188558.57053476901</v>
       </c>
       <c r="C289" s="7">
         <v>376.15418635247602</v>
       </c>
       <c r="D289" s="7">
-        <v>378.745373658414</v>
+        <v>378.74602604447199</v>
       </c>
       <c r="E289" s="12">
-        <v>-6.6867201977705015E-4</v>
+        <v>-6.6980026015306393E-4</v>
       </c>
       <c r="F289" s="9">
         <v>7.2418207258192702E-2</v>
       </c>
       <c r="G289" s="9">
-        <v>9.5509395732005231E-3</v>
-[...2 lines deleted...]
-    <row r="290" spans="1:7">
+        <v>9.5527026016737349E-3</v>
+      </c>
+    </row>
+    <row r="290" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A290" s="5">
         <v>42005</v>
       </c>
       <c r="B290" s="6">
         <v>188445.792871243</v>
       </c>
       <c r="C290" s="7">
         <v>375.929206972636</v>
       </c>
       <c r="D290" s="7">
-        <v>380.26774816332102</v>
+        <v>380.26870004287002</v>
       </c>
       <c r="E290" s="12">
-        <v>4.0195197375005876E-3</v>
+        <v>4.0203035641073193E-3</v>
       </c>
       <c r="F290" s="9">
         <v>6.7736010606160857E-2</v>
       </c>
       <c r="G290" s="9">
-        <v>8.5884623070269228E-3</v>
-[...2 lines deleted...]
-    <row r="291" spans="1:7">
+        <v>8.5905341932495105E-3</v>
+      </c>
+    </row>
+    <row r="291" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A291" s="5">
         <v>42036</v>
       </c>
       <c r="B291" s="6">
         <v>187963.55379874399</v>
       </c>
       <c r="C291" s="7">
         <v>374.96719158702399</v>
       </c>
       <c r="D291" s="7">
-        <v>379.92247862224201</v>
+        <v>379.92344462530099</v>
       </c>
       <c r="E291" s="12">
-        <v>-9.0796430343265122E-4</v>
+        <v>-9.0792488976898511E-4</v>
       </c>
       <c r="F291" s="9">
         <v>5.688957488412183E-2</v>
       </c>
       <c r="G291" s="9">
-        <v>6.599965644645378E-3</v>
-[...2 lines deleted...]
-    <row r="292" spans="1:7">
+        <v>6.6009528832631226E-3</v>
+      </c>
+    </row>
+    <row r="292" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A292" s="5">
         <v>42064</v>
       </c>
       <c r="B292" s="6">
         <v>189453.67528215001</v>
       </c>
       <c r="C292" s="7">
         <v>377.93982461329</v>
       </c>
       <c r="D292" s="7">
-        <v>379.78756966213399</v>
+        <v>379.78911889168199</v>
       </c>
       <c r="E292" s="12">
-        <v>-3.5509602010719288E-4</v>
+        <v>-3.5356000141417709E-4</v>
       </c>
       <c r="F292" s="9">
         <v>5.0977173984000368E-2</v>
       </c>
       <c r="G292" s="9">
-        <v>4.4275470530066308E-3</v>
-[...2 lines deleted...]
-    <row r="293" spans="1:7">
+        <v>4.4288310758517913E-3</v>
+      </c>
+    </row>
+    <row r="293" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A293" s="5">
         <v>42095</v>
       </c>
       <c r="B293" s="6">
         <v>193048.401177427</v>
       </c>
       <c r="C293" s="7">
         <v>385.11091840374098</v>
       </c>
       <c r="D293" s="7">
-        <v>384.23890624009101</v>
+        <v>384.23891913950098</v>
       </c>
       <c r="E293" s="12">
-        <v>1.1720595758089258E-2</v>
+        <v>1.1716502728684297E-2</v>
       </c>
       <c r="F293" s="9">
         <v>5.1596401793667424E-2</v>
       </c>
       <c r="G293" s="9">
-        <v>5.2170219309883858E-3</v>
-[...2 lines deleted...]
-    <row r="294" spans="1:7">
+        <v>5.2168717986074142E-3</v>
+      </c>
+    </row>
+    <row r="294" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A294" s="5">
         <v>42125</v>
       </c>
       <c r="B294" s="6">
         <v>195166.06198020099</v>
       </c>
       <c r="C294" s="7">
         <v>389.33542527170698</v>
       </c>
       <c r="D294" s="7">
-        <v>386.17120904010699</v>
+        <v>386.16494930103198</v>
       </c>
       <c r="E294" s="12">
-        <v>5.028909797095249E-3</v>
+        <v>5.0125847892876774E-3</v>
       </c>
       <c r="F294" s="9">
         <v>4.6401704077142725E-2</v>
       </c>
       <c r="G294" s="9">
-        <v>9.8882539925566615E-3</v>
-[...2 lines deleted...]
-    <row r="295" spans="1:7">
+        <v>9.8818504015274478E-3</v>
+      </c>
+    </row>
+    <row r="295" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A295" s="5">
         <v>42156</v>
       </c>
       <c r="B295" s="6">
         <v>195055.29116402101</v>
       </c>
       <c r="C295" s="7">
         <v>389.11444933773799</v>
       </c>
       <c r="D295" s="7">
-        <v>385.01409512729401</v>
+        <v>385.01487013752399</v>
       </c>
       <c r="E295" s="12">
-        <v>-2.9963754048085711E-3</v>
+        <v>-2.9782070216100021E-3</v>
       </c>
       <c r="F295" s="9">
         <v>3.2568861716462116E-2</v>
       </c>
       <c r="G295" s="9">
-        <v>1.3549749835415792E-2</v>
-[...2 lines deleted...]
-    <row r="296" spans="1:7">
+        <v>1.3541867319816214E-2</v>
+      </c>
+    </row>
+    <row r="296" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A296" s="5">
         <v>42186</v>
       </c>
       <c r="B296" s="6">
         <v>195621.33553679599</v>
       </c>
       <c r="C296" s="7">
         <v>390.24364733641102</v>
       </c>
       <c r="D296" s="7">
-        <v>386.42991277477103</v>
+        <v>386.42823636472201</v>
       </c>
       <c r="E296" s="12">
-        <v>3.6773138058983079E-3</v>
+        <v>3.6709393242218002E-3</v>
       </c>
       <c r="F296" s="9">
         <v>3.5315371541869922E-2</v>
       </c>
       <c r="G296" s="9">
-        <v>1.1946566639755574E-2</v>
-[...2 lines deleted...]
-    <row r="297" spans="1:7">
+        <v>1.1938070236231502E-2</v>
+      </c>
+    </row>
+    <row r="297" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A297" s="5">
         <v>42217</v>
       </c>
       <c r="B297" s="6">
         <v>195279.05678235801</v>
       </c>
       <c r="C297" s="7">
         <v>389.56083781989702</v>
       </c>
       <c r="D297" s="7">
-        <v>387.707699311981</v>
+        <v>387.70830198071098</v>
       </c>
       <c r="E297" s="12">
-        <v>3.3066449955563293E-3</v>
+        <v>3.3125571465248971E-3</v>
       </c>
       <c r="F297" s="9">
         <v>3.1553293685652628E-2</v>
       </c>
       <c r="G297" s="9">
-        <v>7.7847681219798126E-3</v>
-[...2 lines deleted...]
-    <row r="298" spans="1:7">
+        <v>7.7886243868694471E-3</v>
+      </c>
+    </row>
+    <row r="298" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A298" s="5">
         <v>42248</v>
       </c>
       <c r="B298" s="6">
         <v>195585.01130345199</v>
       </c>
       <c r="C298" s="7">
         <v>390.17118437490501</v>
       </c>
       <c r="D298" s="7">
-        <v>389.615006112304</v>
+        <v>389.61557624596099</v>
       </c>
       <c r="E298" s="12">
-        <v>4.9194452514296216E-3</v>
+        <v>4.9193536880851596E-3</v>
       </c>
       <c r="F298" s="9">
         <v>3.8277785368652451E-2</v>
       </c>
       <c r="G298" s="9">
-        <v>7.2080952749180582E-3</v>
-[...2 lines deleted...]
-    <row r="299" spans="1:7">
+        <v>7.2124293427964226E-3</v>
+      </c>
+    </row>
+    <row r="299" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A299" s="5">
         <v>42278</v>
       </c>
       <c r="B299" s="6">
         <v>196807.127979121</v>
       </c>
       <c r="C299" s="7">
         <v>392.60917646648898</v>
       </c>
       <c r="D299" s="7">
-        <v>392.10664842493901</v>
+        <v>392.10716917778598</v>
       </c>
       <c r="E299" s="12">
-        <v>6.3951394929506744E-3</v>
+        <v>6.3950033924005112E-3</v>
       </c>
       <c r="F299" s="9">
         <v>3.9474774322046047E-2</v>
       </c>
       <c r="G299" s="9">
-        <v>1.0205581901608696E-2</v>
-[...2 lines deleted...]
-    <row r="300" spans="1:7">
+        <v>1.0213294164556963E-2</v>
+      </c>
+    </row>
+    <row r="300" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A300" s="5">
         <v>42309</v>
       </c>
       <c r="B300" s="6">
         <v>196305.11469686401</v>
       </c>
       <c r="C300" s="7">
         <v>391.60771364679198</v>
       </c>
       <c r="D300" s="7">
-        <v>393.05093047397099</v>
+        <v>393.05263861409497</v>
       </c>
       <c r="E300" s="12">
-        <v>2.408227590185108E-3</v>
+        <v>2.4112526131352396E-3</v>
       </c>
       <c r="F300" s="9">
         <v>3.652454206919753E-2</v>
       </c>
       <c r="G300" s="9">
-        <v>1.3476128879378324E-2</v>
-[...2 lines deleted...]
-    <row r="301" spans="1:7">
+        <v>1.3478804788179533E-2</v>
+      </c>
+    </row>
+    <row r="301" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A301" s="5">
         <v>42339</v>
       </c>
       <c r="B301" s="6">
         <v>196999.272686657</v>
       </c>
       <c r="C301" s="7">
         <v>392.99248461270503</v>
       </c>
       <c r="D301" s="7">
-        <v>395.32935801730702</v>
+        <v>395.32987245166697</v>
       </c>
       <c r="E301" s="12">
-        <v>5.7967743279185857E-3</v>
+        <v>5.793712123652206E-3</v>
       </c>
       <c r="F301" s="9">
         <v>4.47643516173728E-2</v>
       </c>
       <c r="G301" s="9">
-        <v>1.4379618533582939E-2</v>
-[...2 lines deleted...]
-    <row r="302" spans="1:7">
+        <v>1.4382414813510991E-2</v>
+      </c>
+    </row>
+    <row r="302" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A302" s="5">
         <v>42370</v>
       </c>
       <c r="B302" s="6">
         <v>196828.535309859</v>
       </c>
       <c r="C302" s="7">
         <v>392.65188180230302</v>
       </c>
       <c r="D302" s="7">
-        <v>396.74390900740599</v>
+        <v>396.744736278978</v>
       </c>
       <c r="E302" s="12">
-        <v>3.5781582151990232E-3</v>
+        <v>3.5789448911023314E-3</v>
       </c>
       <c r="F302" s="9">
         <v>4.4483574352562227E-2</v>
       </c>
       <c r="G302" s="9">
-        <v>1.3420942101205036E-2</v>
-[...2 lines deleted...]
-    <row r="303" spans="1:7">
+        <v>1.3422082452077655E-2</v>
+      </c>
+    </row>
+    <row r="303" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A303" s="5">
         <v>42401</v>
       </c>
       <c r="B303" s="6">
         <v>196929.73676572001</v>
       </c>
       <c r="C303" s="7">
         <v>392.85376788565202</v>
       </c>
       <c r="D303" s="7">
-        <v>397.81912158418498</v>
+        <v>397.82008280849601</v>
       </c>
       <c r="E303" s="12">
-        <v>2.7100922090248503E-3</v>
+        <v>2.7104241876112489E-3</v>
       </c>
       <c r="F303" s="9">
         <v>4.7701710176093703E-2</v>
       </c>
       <c r="G303" s="9">
-        <v>1.2870408954546386E-2</v>
-[...2 lines deleted...]
-    <row r="304" spans="1:7">
+        <v>1.2869955999019966E-2</v>
+      </c>
+    </row>
+    <row r="304" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A304" s="5">
         <v>42430</v>
       </c>
       <c r="B304" s="6">
         <v>200250.96391954401</v>
       </c>
       <c r="C304" s="7">
         <v>399.47926093110402</v>
       </c>
       <c r="D304" s="7">
-        <v>401.268782024112</v>
+        <v>401.27092693554602</v>
       </c>
       <c r="E304" s="12">
-        <v>8.6714294330294539E-3</v>
+        <v>8.6743839141756318E-3</v>
       </c>
       <c r="F304" s="9">
         <v>5.699170850770563E-2</v>
       </c>
       <c r="G304" s="9">
-        <v>1.299876789790777E-2</v>
-[...2 lines deleted...]
-    <row r="305" spans="1:7">
+        <v>1.299974581421659E-2</v>
+      </c>
+    </row>
+    <row r="305" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A305" s="5">
         <v>42461</v>
       </c>
       <c r="B305" s="6">
         <v>202435.776789361</v>
       </c>
       <c r="C305" s="7">
         <v>403.83772899250198</v>
       </c>
       <c r="D305" s="7">
-        <v>402.79936223874398</v>
+        <v>402.79994047970899</v>
       </c>
       <c r="E305" s="12">
-        <v>3.8143515847690601E-3</v>
+        <v>3.8104269248706579E-3</v>
       </c>
       <c r="F305" s="9">
         <v>4.8627057021344289E-2</v>
       </c>
       <c r="G305" s="9">
-        <v>1.4144566775142087E-2</v>
-[...2 lines deleted...]
-    <row r="306" spans="1:7">
+        <v>1.414506578645458E-2</v>
+      </c>
+    </row>
+    <row r="306" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A306" s="5">
         <v>42491</v>
       </c>
       <c r="B306" s="6">
         <v>204367.87236619199</v>
       </c>
       <c r="C306" s="7">
         <v>407.69205307650799</v>
       </c>
       <c r="D306" s="7">
-        <v>405.128375029876</v>
+        <v>405.12052686540397</v>
       </c>
       <c r="E306" s="12">
-        <v>5.7820667296677453E-3</v>
+        <v>5.7611388495522053E-3</v>
       </c>
       <c r="F306" s="9">
         <v>4.7148619450671392E-2</v>
       </c>
       <c r="G306" s="9">
-        <v>1.6223425638012712E-2</v>
-[...2 lines deleted...]
-    <row r="307" spans="1:7">
+        <v>1.6217151718323608E-2</v>
+      </c>
+    </row>
+    <row r="307" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A307" s="5">
         <v>42522</v>
       </c>
       <c r="B307" s="6">
         <v>204967.696929867</v>
       </c>
       <c r="C307" s="7">
         <v>408.88863894403801</v>
       </c>
       <c r="D307" s="7">
-        <v>404.90280104615903</v>
+        <v>404.90493740529598</v>
       </c>
       <c r="E307" s="12">
-        <v>-5.5679630857830009E-4</v>
+        <v>-5.3216128488009495E-4</v>
       </c>
       <c r="F307" s="9">
         <v>5.0818440795388442E-2</v>
       </c>
       <c r="G307" s="9">
-        <v>1.4214980333976834E-2</v>
-[...2 lines deleted...]
-    <row r="308" spans="1:7">
+        <v>1.4207351455993278E-2</v>
+      </c>
+    </row>
+    <row r="308" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A308" s="5">
         <v>42552</v>
       </c>
       <c r="B308" s="6">
         <v>205715.26054683101</v>
       </c>
       <c r="C308" s="7">
         <v>410.37994842569202</v>
       </c>
       <c r="D308" s="7">
-        <v>406.28928960834702</v>
+        <v>406.28609577954302</v>
       </c>
       <c r="E308" s="12">
-        <v>3.4242503598533869E-3</v>
+        <v>3.4110682450496643E-3</v>
       </c>
       <c r="F308" s="9">
         <v>5.1599305271771589E-2</v>
       </c>
       <c r="G308" s="9">
-        <v>1.2008780064051372E-2</v>
-[...2 lines deleted...]
-    <row r="309" spans="1:7">
+        <v>1.1998268082314301E-2</v>
+      </c>
+    </row>
+    <row r="309" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A309" s="5">
         <v>42583</v>
       </c>
       <c r="B309" s="6">
         <v>206144.96182541799</v>
       </c>
       <c r="C309" s="7">
         <v>411.237156530118</v>
       </c>
       <c r="D309" s="7">
-        <v>409.46943556996899</v>
+        <v>409.47072552076901</v>
       </c>
       <c r="E309" s="12">
-        <v>7.8272945976192165E-3</v>
+        <v>7.8383921436337989E-3</v>
       </c>
       <c r="F309" s="9">
         <v>5.5642961524388301E-2</v>
       </c>
       <c r="G309" s="9">
-        <v>9.4815083808288403E-3</v>
-[...2 lines deleted...]
-    <row r="310" spans="1:7">
+        <v>9.4859792082564454E-3</v>
+      </c>
+    </row>
+    <row r="310" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A310" s="5">
         <v>42614</v>
       </c>
       <c r="B310" s="6">
         <v>206014.691687518</v>
       </c>
       <c r="C310" s="7">
         <v>410.97728153430899</v>
       </c>
       <c r="D310" s="7">
-        <v>410.312374804998</v>
+        <v>410.31331666010101</v>
       </c>
       <c r="E310" s="12">
-        <v>2.0586133220312774E-3</v>
+        <v>2.0577567254909113E-3</v>
       </c>
       <c r="F310" s="9">
         <v>5.3325560658041615E-2</v>
       </c>
       <c r="G310" s="9">
-        <v>1.0917074768691748E-2</v>
-[...2 lines deleted...]
-    <row r="311" spans="1:7">
+        <v>1.0920560501228804E-2</v>
+      </c>
+    </row>
+    <row r="311" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A311" s="5">
         <v>42644</v>
       </c>
       <c r="B311" s="6">
         <v>205904.19166213501</v>
       </c>
       <c r="C311" s="7">
         <v>410.75684579902497</v>
       </c>
       <c r="D311" s="7">
-        <v>410.28838661716799</v>
+        <v>410.28891121315399</v>
       </c>
       <c r="E311" s="12">
-        <v>-5.846323265634723E-5</v>
+        <v>-5.9480026497027438E-5</v>
       </c>
       <c r="F311" s="9">
         <v>4.6223242910077511E-2</v>
       </c>
       <c r="G311" s="9">
-        <v>1.1304365663218796E-2</v>
-[...2 lines deleted...]
-    <row r="312" spans="1:7">
+        <v>1.1314036465469801E-2</v>
+      </c>
+    </row>
+    <row r="312" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A312" s="5">
         <v>42675</v>
       </c>
       <c r="B312" s="6">
         <v>204947.43003848099</v>
       </c>
       <c r="C312" s="7">
         <v>408.848208662785</v>
       </c>
       <c r="D312" s="7">
-        <v>410.37765608583499</v>
+        <v>410.37928633152598</v>
       </c>
       <c r="E312" s="12">
-        <v>2.175773713777307E-4</v>
+        <v>2.2027190085327497E-4</v>
       </c>
       <c r="F312" s="9">
         <v>4.4024911704223957E-2</v>
       </c>
       <c r="G312" s="9">
-        <v>8.4518853604211852E-3</v>
-[...2 lines deleted...]
-    <row r="313" spans="1:7">
+        <v>8.4542301956900268E-3</v>
+      </c>
+    </row>
+    <row r="313" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A313" s="5">
         <v>42705</v>
       </c>
       <c r="B313" s="6">
         <v>205897.846021356</v>
       </c>
       <c r="C313" s="7">
         <v>410.74418692418601</v>
       </c>
       <c r="D313" s="7">
-        <v>412.95138914646498</v>
+        <v>412.95047465081501</v>
       </c>
       <c r="E313" s="12">
-        <v>6.2716208411006669E-3</v>
+        <v>6.2653949771038775E-3</v>
       </c>
       <c r="F313" s="9">
         <v>4.5170589786151627E-2</v>
       </c>
       <c r="G313" s="9">
-        <v>6.1548892770220132E-3</v>
-[...2 lines deleted...]
-    <row r="314" spans="1:7">
+        <v>6.1566903893763847E-3</v>
+      </c>
+    </row>
+    <row r="314" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A314" s="5">
         <v>42736</v>
       </c>
       <c r="B314" s="6">
         <v>205239.61915463099</v>
       </c>
       <c r="C314" s="7">
         <v>409.43109470681202</v>
       </c>
       <c r="D314" s="7">
-        <v>413.36797705277797</v>
+        <v>413.36700230707601</v>
       </c>
       <c r="E314" s="12">
-        <v>1.0088061628126255E-3</v>
+        <v>1.0086624954559475E-3</v>
       </c>
       <c r="F314" s="9">
         <v>4.2733051036177638E-2</v>
       </c>
       <c r="G314" s="9">
-        <v>5.387355379511849E-3</v>
-[...2 lines deleted...]
-    <row r="315" spans="1:7">
+        <v>5.3848919099606096E-3</v>
+      </c>
+    </row>
+    <row r="315" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A315" s="5">
         <v>42767</v>
       </c>
       <c r="B315" s="6">
         <v>205846.249065682</v>
       </c>
       <c r="C315" s="7">
         <v>410.64125651468601</v>
       </c>
       <c r="D315" s="7">
-        <v>415.51720094400002</v>
+        <v>415.51662025287999</v>
       </c>
       <c r="E315" s="12">
-        <v>5.1992994390750447E-3</v>
+        <v>5.2002649795619416E-3</v>
       </c>
       <c r="F315" s="9">
         <v>4.5277632755736708E-2</v>
       </c>
       <c r="G315" s="9">
-        <v>8.8207473671417791E-3</v>
-[...2 lines deleted...]
-    <row r="316" spans="1:7">
+        <v>8.8162030710923212E-3</v>
+      </c>
+    </row>
+    <row r="316" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A316" s="5">
         <v>42795</v>
       </c>
       <c r="B316" s="6">
         <v>207308.06796590099</v>
       </c>
       <c r="C316" s="7">
         <v>413.55742891378401</v>
       </c>
       <c r="D316" s="7">
-        <v>415.093033755455</v>
+        <v>415.09640564859899</v>
       </c>
       <c r="E316" s="12">
-        <v>-1.0208173995718273E-3</v>
+        <v>-1.0113063685039947E-3</v>
       </c>
       <c r="F316" s="9">
         <v>3.5241298759456585E-2</v>
       </c>
       <c r="G316" s="9">
-        <v>8.3986977123304829E-3</v>
-[...2 lines deleted...]
-    <row r="317" spans="1:7">
+        <v>8.3991562762415484E-3</v>
+      </c>
+    </row>
+    <row r="317" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A317" s="5">
         <v>42826</v>
       </c>
       <c r="B317" s="6">
         <v>207698.65022601999</v>
       </c>
       <c r="C317" s="7">
         <v>414.33659875921597</v>
       </c>
       <c r="D317" s="7">
-        <v>413.21257542168399</v>
+        <v>413.21513527425202</v>
       </c>
       <c r="E317" s="12">
-        <v>-4.5302093286365697E-3</v>
+        <v>-4.5321287988688841E-3</v>
       </c>
       <c r="F317" s="9">
         <v>2.5997743680132857E-2</v>
       </c>
       <c r="G317" s="9">
-        <v>5.7619511550976998E-3</v>
-[...2 lines deleted...]
-    <row r="318" spans="1:7">
+        <v>5.7664886801722659E-3</v>
+      </c>
+    </row>
+    <row r="318" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A318" s="5">
         <v>42856</v>
       </c>
       <c r="B318" s="6">
         <v>208710.62581069101</v>
       </c>
       <c r="C318" s="7">
         <v>416.35538184386201</v>
       </c>
       <c r="D318" s="7">
-        <v>414.45614127125799</v>
+        <v>414.45231968684197</v>
       </c>
       <c r="E318" s="12">
-        <v>3.0095063014599077E-3</v>
+        <v>2.9940442809985868E-3</v>
       </c>
       <c r="F318" s="9">
         <v>2.1249687606072154E-2</v>
       </c>
       <c r="G318" s="9">
-        <v>7.4501212931932237E-4</v>
-[...2 lines deleted...]
-    <row r="319" spans="1:7">
+        <v>7.4870177989994069E-4</v>
+      </c>
+    </row>
+    <row r="319" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A319" s="5">
         <v>42887</v>
       </c>
       <c r="B319" s="6">
         <v>211301.439696902</v>
       </c>
       <c r="C319" s="7">
         <v>421.52377852079098</v>
       </c>
       <c r="D319" s="7">
-        <v>417.776081791916</v>
+        <v>417.78162828243302</v>
       </c>
       <c r="E319" s="12">
-        <v>8.0103542692715468E-3</v>
+        <v>8.0330316358385723E-3</v>
       </c>
       <c r="F319" s="9">
         <v>3.0901175462794583E-2</v>
       </c>
       <c r="G319" s="9">
-        <v>1.1789488905591394E-3</v>
-[...2 lines deleted...]
-    <row r="320" spans="1:7">
+        <v>1.1809313667903165E-3</v>
+      </c>
+    </row>
+    <row r="320" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A320" s="5">
         <v>42917</v>
       </c>
       <c r="B320" s="6">
         <v>211671.32828275501</v>
       </c>
       <c r="C320" s="7">
         <v>422.26166669876102</v>
       </c>
       <c r="D320" s="7">
-        <v>418.24595058779499</v>
+        <v>418.24212140338</v>
       </c>
       <c r="E320" s="12">
-        <v>1.1246905133095453E-3</v>
+        <v>1.1022340135926623E-3</v>
       </c>
       <c r="F320" s="9">
         <v>2.8952969848185628E-2</v>
       </c>
       <c r="G320" s="9">
-        <v>5.3507328179498437E-3</v>
-[...2 lines deleted...]
-    <row r="321" spans="1:7">
+        <v>5.3447159378028353E-3</v>
+      </c>
+    </row>
+    <row r="321" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A321" s="5">
         <v>42948</v>
       </c>
       <c r="B321" s="6">
         <v>210495.20677415901</v>
       </c>
       <c r="C321" s="7">
         <v>419.915430047396</v>
       </c>
       <c r="D321" s="7">
-        <v>418.12070913717997</v>
+        <v>418.12168393062302</v>
       </c>
       <c r="E321" s="12">
-        <v>-2.9944450254448807E-4</v>
+        <v>-2.879611272840199E-4</v>
       </c>
       <c r="F321" s="9">
         <v>2.1102843893052725E-2</v>
       </c>
       <c r="G321" s="9">
-        <v>9.1578221363730616E-3</v>
-[...2 lines deleted...]
-    <row r="322" spans="1:7">
+        <v>9.1582748480949494E-3</v>
+      </c>
+    </row>
+    <row r="322" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A322" s="5">
         <v>42979</v>
       </c>
       <c r="B322" s="6">
         <v>210800.82756864</v>
       </c>
       <c r="C322" s="7">
         <v>420.52511085349499</v>
       </c>
       <c r="D322" s="7">
-        <v>419.68865549348999</v>
+        <v>419.68734931695298</v>
       </c>
       <c r="E322" s="12">
-        <v>3.7499849255149265E-3</v>
+        <v>3.7445209050428474E-3</v>
       </c>
       <c r="F322" s="9">
         <v>2.3232012444923678E-2</v>
       </c>
       <c r="G322" s="9">
-        <v>8.5194596713682458E-3</v>
-[...2 lines deleted...]
-    <row r="323" spans="1:7">
+        <v>8.5126494130278729E-3</v>
+      </c>
+    </row>
+    <row r="323" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A323" s="5">
         <v>43009</v>
       </c>
       <c r="B323" s="6">
         <v>211084.86940068501</v>
       </c>
       <c r="C323" s="7">
         <v>421.09174393689199</v>
       </c>
       <c r="D323" s="7">
-        <v>420.692081233149</v>
+        <v>420.68974812425</v>
       </c>
       <c r="E323" s="12">
-        <v>2.3908812557231762E-3</v>
+        <v>2.3884417982300565E-3</v>
       </c>
       <c r="F323" s="9">
         <v>2.5160622990380244E-2</v>
       </c>
       <c r="G323" s="9">
-        <v>6.4161633380810379E-3</v>
-[...2 lines deleted...]
-    <row r="324" spans="1:7">
+        <v>6.4157261347639327E-3</v>
+      </c>
+    </row>
+    <row r="324" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A324" s="5">
         <v>43040</v>
       </c>
       <c r="B324" s="6">
         <v>209987.64737891301</v>
       </c>
       <c r="C324" s="7">
         <v>418.90290332531401</v>
       </c>
       <c r="D324" s="7">
-        <v>420.22993508030902</v>
+        <v>420.22811317890603</v>
       </c>
       <c r="E324" s="12">
-        <v>-1.098537798679966E-3</v>
+        <v>-1.0973287259846698E-3</v>
       </c>
       <c r="F324" s="9">
         <v>2.4592732582624732E-2</v>
       </c>
       <c r="G324" s="9">
-        <v>5.1572521021285844E-3</v>
-[...2 lines deleted...]
-    <row r="325" spans="1:7">
+        <v>5.1507399624663996E-3</v>
+      </c>
+    </row>
+    <row r="325" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A325" s="5">
         <v>43070</v>
       </c>
       <c r="B325" s="6">
         <v>211155.64055025901</v>
       </c>
       <c r="C325" s="7">
         <v>421.23292481299598</v>
       </c>
       <c r="D325" s="7">
-        <v>423.38760823039303</v>
+        <v>423.38317686391201</v>
       </c>
       <c r="E325" s="12">
-        <v>7.5141556716575852E-3</v>
+        <v>7.5079786098526391E-3</v>
       </c>
       <c r="F325" s="9">
         <v>2.5535937507366269E-2</v>
       </c>
       <c r="G325" s="9">
-        <v>6.5716129101769383E-3</v>
-[...2 lines deleted...]
-    <row r="326" spans="1:7">
+        <v>6.5681110881223859E-3</v>
+      </c>
+    </row>
+    <row r="326" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A326" s="5">
         <v>43101</v>
       </c>
       <c r="B326" s="6">
         <v>211755.92556151599</v>
       </c>
       <c r="C326" s="7">
         <v>422.43042922421802</v>
       </c>
       <c r="D326" s="7">
-        <v>426.360375239169</v>
+        <v>426.35689405144097</v>
       </c>
       <c r="E326" s="12">
-        <v>7.0213840721533582E-3</v>
+        <v>7.0237018144081453E-3</v>
       </c>
       <c r="F326" s="9">
         <v>3.1749749067580435E-2</v>
       </c>
       <c r="G326" s="9">
-        <v>9.1191573309434837E-3</v>
-[...2 lines deleted...]
-    <row r="327" spans="1:7">
+        <v>9.1135588625128605E-3</v>
+      </c>
+    </row>
+    <row r="327" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A327" s="5">
         <v>43132</v>
       </c>
       <c r="B327" s="6">
         <v>210402.40293547101</v>
       </c>
       <c r="C327" s="7">
         <v>419.73029631238302</v>
       </c>
       <c r="D327" s="7">
-        <v>424.461824725393</v>
+        <v>424.459350045794</v>
       </c>
       <c r="E327" s="12">
-        <v>-4.4529243898685511E-3</v>
+        <v>-4.4506000304478377E-3</v>
       </c>
       <c r="F327" s="9">
         <v>2.2133771640093336E-2</v>
       </c>
       <c r="G327" s="9">
-        <v>1.0787737000920394E-2</v>
-[...2 lines deleted...]
-    <row r="328" spans="1:7">
+        <v>1.0783876051369656E-2</v>
+      </c>
+    </row>
+    <row r="328" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A328" s="5">
         <v>43160</v>
       </c>
       <c r="B328" s="6">
         <v>211625.33325334601</v>
       </c>
       <c r="C328" s="7">
         <v>422.16991153316701</v>
       </c>
       <c r="D328" s="7">
-        <v>423.43071753006001</v>
+        <v>423.436162999396</v>
       </c>
       <c r="E328" s="12">
-        <v>-2.4292106740106956E-3</v>
+        <v>-2.4105654552964983E-3</v>
       </c>
       <c r="F328" s="9">
         <v>2.0825360680870375E-2</v>
       </c>
       <c r="G328" s="9">
-        <v>7.8646027505790972E-3</v>
-[...2 lines deleted...]
-    <row r="329" spans="1:7">
+        <v>7.8710438646716341E-3</v>
+      </c>
+    </row>
+    <row r="329" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A329" s="5">
         <v>43191</v>
       </c>
       <c r="B329" s="6">
         <v>212999.76818443101</v>
       </c>
       <c r="C329" s="7">
         <v>424.911762257482</v>
       </c>
       <c r="D329" s="7">
-        <v>423.74598938172301</v>
+        <v>423.74804636021702</v>
       </c>
       <c r="E329" s="12">
-        <v>7.4456537660294586E-4</v>
+        <v>7.3655343608769464E-4</v>
       </c>
       <c r="F329" s="9">
         <v>2.5523121852944364E-2</v>
       </c>
       <c r="G329" s="9">
-        <v>1.3075920951455267E-3</v>
-[...2 lines deleted...]
-    <row r="330" spans="1:7">
+        <v>1.3192262074996908E-3</v>
+      </c>
+    </row>
+    <row r="330" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A330" s="5">
         <v>43221</v>
       </c>
       <c r="B330" s="6">
         <v>213617.76619466199</v>
       </c>
       <c r="C330" s="7">
         <v>426.14460220767199</v>
       </c>
       <c r="D330" s="7">
-        <v>424.78297337388801</v>
+        <v>424.80385575853501</v>
       </c>
       <c r="E330" s="12">
-        <v>2.4471830250902826E-3</v>
+        <v>2.4915970879084703E-3</v>
       </c>
       <c r="F330" s="9">
         <v>2.3511694073600431E-2</v>
       </c>
       <c r="G330" s="9">
-        <v>-1.7659006348974549E-3</v>
-[...2 lines deleted...]
-    <row r="331" spans="1:7">
+        <v>-1.7354864604559594E-3</v>
+      </c>
+    </row>
+    <row r="331" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A331" s="5">
         <v>43252</v>
       </c>
       <c r="B331" s="6">
         <v>215443.830489924</v>
       </c>
       <c r="C331" s="7">
         <v>429.78740522247801</v>
       </c>
       <c r="D331" s="7">
-        <v>426.22680285742399</v>
+        <v>426.23291090492</v>
       </c>
       <c r="E331" s="12">
-        <v>3.3989815365436105E-3</v>
+        <v>3.3640352530068807E-3</v>
       </c>
       <c r="F331" s="9">
         <v>1.960417685257454E-2</v>
       </c>
       <c r="G331" s="9">
-        <v>3.9462190865657831E-4</v>
-[...2 lines deleted...]
-    <row r="332" spans="1:7">
+        <v>4.1781826275233414E-4</v>
+      </c>
+    </row>
+    <row r="332" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A332" s="5">
         <v>43282</v>
       </c>
       <c r="B332" s="6">
         <v>217010.33801695899</v>
       </c>
       <c r="C332" s="7">
         <v>432.91242023810798</v>
       </c>
       <c r="D332" s="7">
-        <v>428.999367901391</v>
+        <v>428.99810386659698</v>
       </c>
       <c r="E332" s="12">
-        <v>6.50490542917459E-3</v>
+        <v>6.4875163107567246E-3</v>
       </c>
       <c r="F332" s="9">
         <v>2.5223112537338555E-2</v>
       </c>
       <c r="G332" s="9">
-        <v>6.5825407828354887E-3</v>
-[...2 lines deleted...]
-    <row r="333" spans="1:7">
+        <v>6.5987918254142297E-3</v>
+      </c>
+    </row>
+    <row r="333" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A333" s="5">
         <v>43313</v>
       </c>
       <c r="B333" s="6">
         <v>214744.76977857799</v>
       </c>
       <c r="C333" s="7">
         <v>428.39285385129699</v>
       </c>
       <c r="D333" s="7">
-        <v>426.47945281274798</v>
+        <v>426.47607875839401</v>
       </c>
       <c r="E333" s="12">
-        <v>-5.8739366003500715E-3</v>
+        <v>-5.8788723900449202E-3</v>
       </c>
       <c r="F333" s="9">
         <v>2.0188407468008762E-2</v>
       </c>
       <c r="G333" s="9">
-        <v>7.6621479728846698E-3</v>
-[...2 lines deleted...]
-    <row r="334" spans="1:7">
+        <v>7.6408172987538769E-3</v>
+      </c>
+    </row>
+    <row r="334" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A334" s="5">
         <v>43344</v>
       </c>
       <c r="B334" s="6">
         <v>214921.64793340201</v>
       </c>
       <c r="C334" s="7">
         <v>428.74570685724899</v>
       </c>
       <c r="D334" s="7">
-        <v>427.77332180063098</v>
+        <v>427.76391806528198</v>
       </c>
       <c r="E334" s="12">
-        <v>3.0338366346833734E-3</v>
+        <v>3.0197222564916082E-3</v>
       </c>
       <c r="F334" s="9">
         <v>1.954840695974025E-2</v>
       </c>
       <c r="G334" s="9">
-        <v>6.6651017637477938E-3</v>
-[...2 lines deleted...]
-    <row r="335" spans="1:7">
+        <v>6.6311487085812804E-3</v>
+      </c>
+    </row>
+    <row r="335" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A335" s="5">
         <v>43374</v>
       </c>
       <c r="B335" s="6">
         <v>214534.277225592</v>
       </c>
       <c r="C335" s="7">
         <v>427.97294371527198</v>
       </c>
       <c r="D335" s="7">
-        <v>427.66538386253001</v>
+        <v>427.65334387784901</v>
       </c>
       <c r="E335" s="12">
-        <v>-2.5232508106542983E-4</v>
+        <v>-2.5849348849493747E-4</v>
       </c>
       <c r="F335" s="9">
         <v>1.6341331497136347E-2</v>
       </c>
       <c r="G335" s="9">
-        <v>1.4914068012377157E-3</v>
-[...2 lines deleted...]
-    <row r="336" spans="1:7">
+        <v>1.451890268195255E-3</v>
+      </c>
+    </row>
+    <row r="336" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A336" s="5">
         <v>43405</v>
       </c>
       <c r="B336" s="6">
         <v>214044.09637325999</v>
       </c>
       <c r="C336" s="7">
         <v>426.99508532807999</v>
       </c>
       <c r="D336" s="7">
-        <v>428.07822157278201</v>
+        <v>428.068306045128</v>
       </c>
       <c r="E336" s="12">
-        <v>9.6532879636734847E-4</v>
+        <v>9.7032368206506625E-4</v>
       </c>
       <c r="F336" s="9">
         <v>1.9317560080221563E-2</v>
       </c>
       <c r="G336" s="9">
-        <v>1.4131978756033448E-3</v>
-[...2 lines deleted...]
-    <row r="337" spans="1:7">
+        <v>1.3875825977132106E-3</v>
+      </c>
+    </row>
+    <row r="337" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A337" s="5">
         <v>43435</v>
       </c>
       <c r="B337" s="6">
         <v>212281.46199801401</v>
       </c>
       <c r="C337" s="7">
         <v>423.478818221381</v>
       </c>
       <c r="D337" s="7">
-        <v>425.57443814682102</v>
+        <v>425.565135017952</v>
       </c>
       <c r="E337" s="12">
-        <v>-5.8488923280468619E-3</v>
+        <v>-5.8475971984529584E-3</v>
       </c>
       <c r="F337" s="9">
         <v>5.331713824084483E-3</v>
       </c>
       <c r="G337" s="9">
-        <v>-1.5071854303292387E-3</v>
-[...2 lines deleted...]
-    <row r="338" spans="1:7">
+        <v>-1.5206186196423666E-3</v>
+      </c>
+    </row>
+    <row r="338" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A338" s="5">
         <v>43466</v>
       </c>
       <c r="B338" s="6">
         <v>211966.181814154</v>
       </c>
       <c r="C338" s="7">
         <v>422.84986796631398</v>
       </c>
       <c r="D338" s="7">
-        <v>426.93423491294402</v>
+        <v>426.92884319684202</v>
       </c>
       <c r="E338" s="12">
-        <v>3.1952031048769758E-3</v>
+        <v>3.2044640565598304E-3</v>
       </c>
       <c r="F338" s="9">
         <v>9.9291791755207193E-4</v>
       </c>
       <c r="G338" s="9">
-        <v>-1.0384936312507476E-3</v>
-[...2 lines deleted...]
-    <row r="339" spans="1:7">
+        <v>-1.0383519434420396E-3</v>
+      </c>
+    </row>
+    <row r="339" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A339" s="5">
         <v>43497</v>
       </c>
       <c r="B339" s="6">
         <v>211303.68138071301</v>
       </c>
       <c r="C339" s="7">
         <v>421.52825044029902</v>
       </c>
       <c r="D339" s="7">
-        <v>426.085817144234</v>
+        <v>426.08309186783902</v>
       </c>
       <c r="E339" s="12">
-        <v>-1.9872329256589438E-3</v>
+        <v>-1.9810123922994194E-3</v>
       </c>
       <c r="F339" s="9">
         <v>4.2835938785268368E-3</v>
       </c>
       <c r="G339" s="9">
-        <v>-3.8351165672155796E-3</v>
-[...2 lines deleted...]
-    <row r="340" spans="1:7">
+        <v>-3.8243499015884197E-3</v>
+      </c>
+    </row>
+    <row r="340" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A340" s="5">
         <v>43525</v>
       </c>
       <c r="B340" s="6">
         <v>213102.32025742001</v>
       </c>
       <c r="C340" s="7">
         <v>425.11634267758501</v>
       </c>
       <c r="D340" s="7">
-        <v>426.103463359226</v>
+        <v>426.114574621575</v>
       </c>
       <c r="E340" s="12">
-        <v>4.141469695073674E-5</v>
+        <v>7.3888765681706658E-5</v>
       </c>
       <c r="F340" s="9">
         <v>6.9792542384596867E-3</v>
       </c>
       <c r="G340" s="9">
-        <v>-1.7127115135239235E-3</v>
-[...2 lines deleted...]
-    <row r="341" spans="1:7">
+        <v>-1.6860200854820206E-3</v>
+      </c>
+    </row>
+    <row r="341" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A341" s="5">
         <v>43556</v>
       </c>
       <c r="B341" s="6">
         <v>214919.60426368</v>
       </c>
       <c r="C341" s="7">
         <v>428.741629954676</v>
       </c>
       <c r="D341" s="7">
-        <v>427.61844913959101</v>
+        <v>427.62361487380002</v>
       </c>
       <c r="E341" s="12">
-        <v>3.5554411325866564E-3</v>
+        <v>3.5413955356142779E-3</v>
       </c>
       <c r="F341" s="9">
         <v>9.0133247355794754E-3</v>
       </c>
       <c r="G341" s="9">
-        <v>-6.0844366966572583E-4</v>
-[...2 lines deleted...]
-    <row r="342" spans="1:7">
+        <v>-5.7865431913484144E-4</v>
+      </c>
+    </row>
+    <row r="342" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A342" s="5">
         <v>43586</v>
       </c>
       <c r="B342" s="6">
         <v>214945.63646867801</v>
       </c>
       <c r="C342" s="7">
         <v>428.79356142012</v>
       </c>
       <c r="D342" s="7">
-        <v>427.67092281277297</v>
+        <v>427.72211043274001</v>
       </c>
       <c r="E342" s="12">
-        <v>1.2271143419462227E-4</v>
+        <v>2.3033236592673312E-4</v>
       </c>
       <c r="F342" s="9">
         <v>6.2161041081474355E-3</v>
       </c>
       <c r="G342" s="9">
-        <v>2.1886103287873659E-3</v>
-[...2 lines deleted...]
-    <row r="343" spans="1:7">
+        <v>2.255030152617854E-3</v>
+      </c>
+    </row>
+    <row r="343" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A343" s="5">
         <v>43617</v>
       </c>
       <c r="B343" s="6">
         <v>216515.32544817499</v>
       </c>
       <c r="C343" s="7">
         <v>431.924923093232</v>
       </c>
       <c r="D343" s="7">
-        <v>428.44399127270702</v>
+        <v>428.456642478101</v>
       </c>
       <c r="E343" s="12">
-        <v>1.8076245512546052E-3</v>
+        <v>1.7173113744759494E-3</v>
       </c>
       <c r="F343" s="9">
         <v>4.9734306887088131E-3</v>
       </c>
       <c r="G343" s="9">
-        <v>3.6039113917520904E-3</v>
-[...2 lines deleted...]
-    <row r="344" spans="1:7">
+        <v>3.6555087108092188E-3</v>
+      </c>
+    </row>
+    <row r="344" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A344" s="5">
         <v>43647</v>
       </c>
       <c r="B344" s="6">
         <v>217662.93988095401</v>
       </c>
       <c r="C344" s="7">
         <v>434.214291176497</v>
       </c>
       <c r="D344" s="7">
-        <v>430.73887523741098</v>
+        <v>430.750602944045</v>
       </c>
       <c r="E344" s="12">
-        <v>5.3563219731169731E-3</v>
+        <v>5.3540084071896921E-3</v>
       </c>
       <c r="F344" s="9">
         <v>3.0072385949864167E-3</v>
       </c>
       <c r="G344" s="9">
-        <v>5.5055611219076983E-3</v>
-[...2 lines deleted...]
-    <row r="345" spans="1:7">
+        <v>5.5539586621820014E-3</v>
+      </c>
+    </row>
+    <row r="345" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A345" s="5">
         <v>43678</v>
       </c>
       <c r="B345" s="6">
         <v>216095.84508176299</v>
       </c>
       <c r="C345" s="7">
         <v>431.08810461570999</v>
       </c>
       <c r="D345" s="7">
-        <v>428.756349495557</v>
+        <v>428.74872848041002</v>
       </c>
       <c r="E345" s="12">
-        <v>-4.6026162388088654E-3</v>
+        <v>-4.647409544996095E-3</v>
       </c>
       <c r="F345" s="9">
         <v>6.2915399736069855E-3</v>
       </c>
       <c r="G345" s="9">
-        <v>5.1088007624868759E-3</v>
-[...2 lines deleted...]
-    <row r="346" spans="1:7">
+        <v>5.0689623196327194E-3</v>
+      </c>
+    </row>
+    <row r="346" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A346" s="5">
         <v>43709</v>
       </c>
       <c r="B346" s="6">
         <v>215351.81899453801</v>
       </c>
       <c r="C346" s="7">
         <v>429.60385212762998</v>
       </c>
       <c r="D346" s="7">
-        <v>428.45279674377099</v>
+        <v>428.39664274400099</v>
       </c>
       <c r="E346" s="12">
-        <v>-7.0798427158724753E-4</v>
+        <v>-8.2119365731281313E-4</v>
       </c>
       <c r="F346" s="9">
         <v>2.0015250453964128E-3</v>
       </c>
       <c r="G346" s="9">
-        <v>3.2831258985741574E-3</v>
-[...2 lines deleted...]
-    <row r="347" spans="1:7">
+        <v>3.1886577611466294E-3</v>
+      </c>
+    </row>
+    <row r="347" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A347" s="5">
         <v>43739</v>
       </c>
       <c r="B347" s="6">
         <v>215368.452940655</v>
       </c>
       <c r="C347" s="7">
         <v>429.63703507152701</v>
       </c>
       <c r="D347" s="7">
-        <v>429.41314296984399</v>
+        <v>429.41678698168602</v>
       </c>
       <c r="E347" s="12">
-        <v>2.2414283052218931E-3</v>
+        <v>2.3813077318970421E-3</v>
       </c>
       <c r="F347" s="9">
         <v>3.8883097183874948E-3</v>
       </c>
       <c r="G347" s="9">
-        <v>-1.7989620548941598E-4</v>
-[...2 lines deleted...]
-    <row r="348" spans="1:7">
+        <v>-2.8532852026286193E-4</v>
+      </c>
+    </row>
+    <row r="348" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A348" s="5">
         <v>43770</v>
       </c>
       <c r="B348" s="6">
         <v>215734.00010430301</v>
       </c>
       <c r="C348" s="7">
         <v>430.36626257641097</v>
       </c>
       <c r="D348" s="7">
-        <v>431.26211976217502</v>
+        <v>431.20422712101299</v>
       </c>
       <c r="E348" s="12">
-        <v>4.3058225454941645E-3</v>
+        <v>4.1624831481104074E-3</v>
       </c>
       <c r="F348" s="9">
         <v>7.8951195556284937E-3</v>
       </c>
       <c r="G348" s="9">
-        <v>9.2305867803443853E-4</v>
-[...2 lines deleted...]
-    <row r="349" spans="1:7">
+        <v>8.2431617668343726E-4</v>
+      </c>
+    </row>
+    <row r="349" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A349" s="5">
         <v>43800</v>
       </c>
       <c r="B349" s="6">
         <v>215281.593136685</v>
       </c>
       <c r="C349" s="7">
         <v>429.46375905020102</v>
       </c>
       <c r="D349" s="7">
-        <v>431.64353191811699</v>
+        <v>431.64437096740301</v>
       </c>
       <c r="E349" s="12">
-        <v>8.8440912953902107E-4</v>
+        <v>1.0207317523964754E-3</v>
       </c>
       <c r="F349" s="9">
         <v>1.4132798551665271E-2</v>
       </c>
       <c r="G349" s="9">
-        <v>3.3935943846443717E-3</v>
-[...2 lines deleted...]
-    <row r="350" spans="1:7">
+        <v>3.3926737790039851E-3</v>
+      </c>
+    </row>
+    <row r="350" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A350" s="5">
         <v>43831</v>
       </c>
       <c r="B350" s="6">
         <v>215897.39116111901</v>
       </c>
       <c r="C350" s="7">
         <v>430.69221026396298</v>
       </c>
       <c r="D350" s="7">
-        <v>435.22830329359198</v>
+        <v>435.23073583099801</v>
       </c>
       <c r="E350" s="12">
-        <v>8.3049347676893426E-3</v>
+        <v>8.308610293138452E-3</v>
       </c>
       <c r="F350" s="9">
         <v>1.8546398832679278E-2</v>
       </c>
       <c r="G350" s="9">
-        <v>8.9471990818594804E-3</v>
-[...2 lines deleted...]
-    <row r="351" spans="1:7">
+        <v>8.9518999450253212E-3</v>
+      </c>
+    </row>
+    <row r="351" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A351" s="5">
         <v>43862</v>
       </c>
       <c r="B351" s="6">
         <v>216092.12877452199</v>
       </c>
       <c r="C351" s="7">
         <v>431.08069098013499</v>
       </c>
       <c r="D351" s="7">
-        <v>435.74597799062798</v>
+        <v>435.75085989542299</v>
       </c>
       <c r="E351" s="12">
-        <v>1.1894325187917776E-3</v>
+        <v>1.1950536154847757E-3</v>
       </c>
       <c r="F351" s="9">
         <v>2.2661448028354236E-2</v>
       </c>
       <c r="G351" s="9">
-        <v>1.0464246455105686E-2</v>
-[...2 lines deleted...]
-    <row r="352" spans="1:7">
+        <v>1.0557116711972681E-2</v>
+      </c>
+    </row>
+    <row r="352" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A352" s="5">
         <v>43891</v>
       </c>
       <c r="B352" s="6">
         <v>219583.11302532599</v>
       </c>
       <c r="C352" s="7">
         <v>438.04483128256902</v>
       </c>
       <c r="D352" s="7">
-        <v>439.08298747536099</v>
+        <v>439.10807920516697</v>
       </c>
       <c r="E352" s="12">
-        <v>7.6581532665456198E-3</v>
+        <v>7.7044467807814154E-3</v>
       </c>
       <c r="F352" s="9">
         <v>3.0411648076275499E-2</v>
       </c>
       <c r="G352" s="9">
-        <v>1.3726082281614538E-2</v>
-[...2 lines deleted...]
-    <row r="353" spans="1:7">
+        <v>1.3793056803513171E-2</v>
+      </c>
+    </row>
+    <row r="353" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A353" s="5">
         <v>43922</v>
       </c>
       <c r="B353" s="6">
         <v>222914.90928335799</v>
       </c>
       <c r="C353" s="7">
         <v>444.69140856080003</v>
       </c>
       <c r="D353" s="7">
-        <v>443.41622163805403</v>
+        <v>443.42919442218601</v>
       </c>
       <c r="E353" s="12">
-        <v>9.868827274789771E-3</v>
+        <v>9.8406643413182504E-3</v>
       </c>
       <c r="F353" s="9">
         <v>3.7201376054408763E-2</v>
       </c>
       <c r="G353" s="9">
-        <v>1.549241667479806E-2</v>
-[...2 lines deleted...]
-    <row r="354" spans="1:7">
+        <v>1.5568231521214893E-2</v>
+      </c>
+    </row>
+    <row r="354" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A354" s="5">
         <v>43952</v>
       </c>
       <c r="B354" s="6">
         <v>218902.13135770601</v>
       </c>
       <c r="C354" s="7">
         <v>436.686345670496</v>
       </c>
       <c r="D354" s="7">
-        <v>435.35477623960202</v>
+        <v>435.43851455134802</v>
       </c>
       <c r="E354" s="12">
-        <v>-1.8180312322972014E-2</v>
+        <v>-1.8020193463468948E-2</v>
       </c>
       <c r="F354" s="9">
         <v>1.8406956075170289E-2</v>
       </c>
       <c r="G354" s="9">
-        <v>1.1696578993667828E-2</v>
-[...2 lines deleted...]
-    <row r="355" spans="1:7">
+        <v>1.1783752111003798E-2</v>
+      </c>
+    </row>
+    <row r="355" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A355" s="5">
         <v>43983</v>
       </c>
       <c r="B355" s="6">
         <v>216402.62311997401</v>
       </c>
       <c r="C355" s="7">
         <v>431.70009399930899</v>
       </c>
       <c r="D355" s="7">
-        <v>428.07182978469598</v>
+        <v>428.08895145371002</v>
       </c>
       <c r="E355" s="12">
-        <v>-1.6728762040496781E-2</v>
+        <v>-1.6878532449548178E-2</v>
       </c>
       <c r="F355" s="9">
         <v>-5.2052817955694497E-4</v>
       </c>
       <c r="G355" s="9">
-        <v>-2.4536645640478305E-3</v>
-[...2 lines deleted...]
-    <row r="356" spans="1:7">
+        <v>-2.3914504207565024E-3</v>
+      </c>
+    </row>
+    <row r="356" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A356" s="5">
         <v>44013</v>
       </c>
       <c r="B356" s="6">
         <v>220936.30486623201</v>
       </c>
       <c r="C356" s="7">
         <v>440.74430431342199</v>
       </c>
       <c r="D356" s="7">
-        <v>437.50795871201399</v>
+        <v>437.53146288128499</v>
       </c>
       <c r="E356" s="12">
-        <v>2.2043330746767564E-2</v>
+        <v>2.2057358395982885E-2</v>
       </c>
       <c r="F356" s="9">
         <v>1.5038687739254319E-2</v>
       </c>
       <c r="G356" s="9">
-        <v>-1.3131565005565782E-2</v>
-[...2 lines deleted...]
-    <row r="357" spans="1:7">
+        <v>-1.3069377018810391E-2</v>
+      </c>
+    </row>
+    <row r="357" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A357" s="5">
         <v>44044</v>
       </c>
       <c r="B357" s="6">
         <v>224122.94552839501</v>
       </c>
       <c r="C357" s="7">
         <v>447.10131169884102</v>
       </c>
       <c r="D357" s="7">
-        <v>444.30537205593703</v>
+        <v>444.28476792443399</v>
       </c>
       <c r="E357" s="12">
-        <v>1.5536662153379011E-2</v>
+        <v>1.5435015801323893E-2</v>
       </c>
       <c r="F357" s="9">
         <v>3.7146019367446659E-2</v>
       </c>
       <c r="G357" s="9">
-        <v>-6.0468192143724453E-3</v>
-[...2 lines deleted...]
-    <row r="358" spans="1:7">
+        <v>-6.1234857207995708E-3</v>
+      </c>
+    </row>
+    <row r="358" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A358" s="5">
         <v>44075</v>
       </c>
       <c r="B358" s="6">
         <v>226128.844268229</v>
       </c>
       <c r="C358" s="7">
         <v>451.10286520154199</v>
       </c>
       <c r="D358" s="7">
-        <v>449.996267096498</v>
+        <v>449.876138841966</v>
       </c>
       <c r="E358" s="12">
-        <v>1.2808521792629923E-2</v>
+        <v>1.258510604280505E-2</v>
       </c>
       <c r="F358" s="9">
         <v>5.0043808889136621E-2</v>
       </c>
       <c r="G358" s="9">
-        <v>1.910464646062815E-2</v>
-[...2 lines deleted...]
-    <row r="359" spans="1:7">
+        <v>1.8926189344606659E-2</v>
+      </c>
+    </row>
+    <row r="359" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A359" s="5">
         <v>44105</v>
       </c>
       <c r="B359" s="6">
         <v>227825.629987839</v>
       </c>
       <c r="C359" s="7">
         <v>454.48777128119701</v>
       </c>
       <c r="D359" s="7">
-        <v>454.29342869521503</v>
+        <v>454.30188096164198</v>
       </c>
       <c r="E359" s="12">
-        <v>9.5493272120756867E-3</v>
+        <v>9.8376902830819013E-3</v>
       </c>
       <c r="F359" s="9">
         <v>5.7841233834817762E-2</v>
       </c>
       <c r="G359" s="9">
-        <v>3.6635588294172461E-2</v>
-[...2 lines deleted...]
-    <row r="360" spans="1:7">
+        <v>3.6434828422625687E-2</v>
+      </c>
+    </row>
+    <row r="360" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A360" s="5">
         <v>44136</v>
       </c>
       <c r="B360" s="6">
         <v>229721.22571022599</v>
       </c>
       <c r="C360" s="7">
         <v>458.269282058383</v>
       </c>
       <c r="D360" s="7">
-        <v>459.25111946276002</v>
+        <v>459.13277232510501</v>
       </c>
       <c r="E360" s="12">
-        <v>1.0912970460048355E-2</v>
+        <v>1.0633659172260668E-2</v>
       </c>
       <c r="F360" s="9">
         <v>6.4835517809711751E-2</v>
       </c>
       <c r="G360" s="9">
-        <v>4.0962105929338355E-2</v>
-[...2 lines deleted...]
-    <row r="361" spans="1:7">
+        <v>4.0770592095197067E-2</v>
+      </c>
+    </row>
+    <row r="361" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A361" s="5">
         <v>44166</v>
       </c>
       <c r="B361" s="6">
         <v>230920.01094136501</v>
       </c>
       <c r="C361" s="7">
         <v>460.660730412872</v>
       </c>
       <c r="D361" s="7">
-        <v>463.23850413406802</v>
+        <v>463.25527211458899</v>
       </c>
       <c r="E361" s="12">
-        <v>8.6823624425185209E-3</v>
+        <v>8.9788837520945464E-3</v>
       </c>
       <c r="F361" s="9">
         <v>7.2641685602682804E-2</v>
       </c>
       <c r="G361" s="9">
-        <v>3.3768681724256178E-2</v>
-[...2 lines deleted...]
-    <row r="362" spans="1:7">
+        <v>3.3789752633001768E-2</v>
+      </c>
+    </row>
+    <row r="362" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A362" s="5">
         <v>44197</v>
       </c>
       <c r="B362" s="6">
         <v>229747.56882904799</v>
       </c>
       <c r="C362" s="7">
         <v>458.32183376366203</v>
       </c>
       <c r="D362" s="7">
-        <v>463.5818904619</v>
+        <v>463.60559076880702</v>
       </c>
       <c r="E362" s="12">
-        <v>7.4127328528938996E-4</v>
+        <v>7.5621083084276286E-4</v>
       </c>
       <c r="F362" s="9">
         <v>6.4151667574311011E-2</v>
       </c>
       <c r="G362" s="9">
-        <v>2.7789250535292576E-2</v>
-[...2 lines deleted...]
-    <row r="363" spans="1:7">
+        <v>2.7832319751064816E-2</v>
+      </c>
+    </row>
+    <row r="363" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A363" s="5">
         <v>44228</v>
       </c>
       <c r="B363" s="6">
         <v>231068.11226931601</v>
       </c>
       <c r="C363" s="7">
         <v>460.95617672621398</v>
       </c>
       <c r="D363" s="7">
-        <v>465.73931194485499</v>
+        <v>465.77449504956002</v>
       </c>
       <c r="E363" s="12">
-        <v>4.6538088034573377E-3</v>
+        <v>4.6783393555636099E-3</v>
       </c>
       <c r="F363" s="9">
         <v>6.9303697361512651E-2</v>
       </c>
       <c r="G363" s="9">
-        <v>2.1282011481947638E-2</v>
-[...2 lines deleted...]
-    <row r="364" spans="1:7">
+        <v>2.1509817111074803E-2</v>
+      </c>
+    </row>
+    <row r="364" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A364" s="5">
         <v>44256</v>
       </c>
       <c r="B364" s="6">
         <v>232133.72132141099</v>
       </c>
       <c r="C364" s="7">
         <v>463.08195284354298</v>
       </c>
       <c r="D364" s="7">
-        <v>464.10403494987901</v>
+        <v>464.15983206210802</v>
       </c>
       <c r="E364" s="12">
-        <v>-3.5111422914834156E-3</v>
+        <v>-3.4666195865451499E-3</v>
       </c>
       <c r="F364" s="9">
         <v>5.7156527763760456E-2</v>
       </c>
       <c r="G364" s="9">
-        <v>1.2087732367772386E-2</v>
-[...2 lines deleted...]
-    <row r="365" spans="1:7">
+        <v>1.2239497194131532E-2</v>
+      </c>
+    </row>
+    <row r="365" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A365" s="5">
         <v>44287</v>
       </c>
       <c r="B365" s="6">
         <v>238830.90985527899</v>
       </c>
       <c r="C365" s="7">
         <v>476.44212786322902</v>
       </c>
       <c r="D365" s="7">
-        <v>475.04616251476699</v>
+        <v>475.08082962298101</v>
       </c>
       <c r="E365" s="12">
-        <v>2.357688522589485E-2</v>
+        <v>2.3528527904611352E-2</v>
       </c>
       <c r="F365" s="9">
         <v>7.1399443954150321E-2</v>
       </c>
       <c r="G365" s="9">
-        <v>1.3576496710238084E-2</v>
-[...2 lines deleted...]
-    <row r="366" spans="1:7">
+        <v>1.3724104529012848E-2</v>
+      </c>
+    </row>
+    <row r="366" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A366" s="5">
         <v>44317</v>
       </c>
       <c r="B366" s="6">
         <v>242831.93673505701</v>
       </c>
       <c r="C366" s="7">
         <v>484.42374867350998</v>
       </c>
       <c r="D366" s="7">
-        <v>482.45846562447099</v>
+        <v>482.56658650281997</v>
       </c>
       <c r="E366" s="12">
-        <v>1.5603332253996571E-2</v>
+        <v>1.5756806869642759E-2</v>
       </c>
       <c r="F366" s="9">
         <v>0.10931737041083145</v>
       </c>
       <c r="G366" s="9">
-        <v>2.0860115664593559E-2</v>
-[...2 lines deleted...]
-    <row r="367" spans="1:7">
+        <v>2.0947256644590517E-2</v>
+      </c>
+    </row>
+    <row r="367" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A367" s="5">
         <v>44348</v>
       </c>
       <c r="B367" s="6">
         <v>245432.45883467401</v>
       </c>
       <c r="C367" s="7">
         <v>489.611512198122</v>
       </c>
       <c r="D367" s="7">
-        <v>485.2619605781</v>
+        <v>485.28664261610299</v>
       </c>
       <c r="E367" s="12">
-        <v>5.8108524430187103E-3</v>
+        <v>5.6366441219963814E-3</v>
       </c>
       <c r="F367" s="9">
         <v>0.13414733747754459</v>
       </c>
       <c r="G367" s="9">
-        <v>3.5410117484527603E-2</v>
-[...2 lines deleted...]
-    <row r="368" spans="1:7">
+        <v>3.5445085015257893E-2</v>
+      </c>
+    </row>
+    <row r="368" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A368" s="5">
         <v>44378</v>
       </c>
       <c r="B368" s="6">
         <v>244228.55658371301</v>
       </c>
       <c r="C368" s="7">
         <v>487.20985593622902</v>
       </c>
       <c r="D368" s="7">
-        <v>484.034525053572</v>
+        <v>484.06318785002998</v>
       </c>
       <c r="E368" s="12">
-        <v>-2.5294286885082506E-3</v>
+        <v>-2.5210971385438707E-3</v>
       </c>
       <c r="F368" s="9">
         <v>0.10542518909050824</v>
       </c>
       <c r="G368" s="9">
-        <v>3.3358809737529027E-2</v>
-[...2 lines deleted...]
-    <row r="369" spans="1:7">
+        <v>3.3381319774019813E-2</v>
+      </c>
+    </row>
+    <row r="369" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A369" s="5">
         <v>44409</v>
       </c>
       <c r="B369" s="6">
         <v>248857.16164557001</v>
       </c>
       <c r="C369" s="7">
         <v>496.44342811516498</v>
       </c>
       <c r="D369" s="7">
-        <v>493.13780284022903</v>
+        <v>493.08751709839299</v>
       </c>
       <c r="E369" s="12">
-        <v>1.8807083617949472E-2</v>
+        <v>1.8642874473567383E-2</v>
       </c>
       <c r="F369" s="9">
         <v>0.11036003501944514</v>
       </c>
       <c r="G369" s="9">
-        <v>2.8717907004077281E-2</v>
-[...2 lines deleted...]
-    <row r="370" spans="1:7">
+        <v>2.8576376599851905E-2</v>
+      </c>
+    </row>
+    <row r="370" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A370" s="5">
         <v>44440</v>
       </c>
       <c r="B370" s="6">
         <v>248742.14430932101</v>
       </c>
       <c r="C370" s="7">
         <v>496.21398082772401</v>
       </c>
       <c r="D370" s="7">
-        <v>495.09563759317899</v>
+        <v>494.87736299176902</v>
       </c>
       <c r="E370" s="12">
-        <v>3.9701575131207978E-3</v>
+        <v>3.62987468007403E-3</v>
       </c>
       <c r="F370" s="9">
         <v>0.10000183795336226</v>
       </c>
       <c r="G370" s="9">
-        <v>2.0447782060069475E-2</v>
-[...2 lines deleted...]
-    <row r="371" spans="1:7">
+        <v>2.0163089936109158E-2</v>
+      </c>
+    </row>
+    <row r="371" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A371" s="5">
         <v>44470</v>
       </c>
       <c r="B371" s="6">
         <v>250311.37787042599</v>
       </c>
       <c r="C371" s="7">
         <v>499.34443398983802</v>
       </c>
       <c r="D371" s="7">
-        <v>499.319684569868</v>
+        <v>499.31632760619499</v>
       </c>
       <c r="E371" s="12">
-        <v>8.5317798339397122E-3</v>
+        <v>8.9698275701890484E-3</v>
       </c>
       <c r="F371" s="9">
         <v>9.8697182945517881E-2</v>
       </c>
       <c r="G371" s="9">
-        <v>2.4658551166750531E-2</v>
-[...2 lines deleted...]
-    <row r="372" spans="1:7">
+        <v>2.4357318585344068E-2</v>
+      </c>
+    </row>
+    <row r="372" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A372" s="5">
         <v>44501</v>
       </c>
       <c r="B372" s="6">
         <v>252687.077182148</v>
       </c>
       <c r="C372" s="7">
         <v>504.08370009205902</v>
       </c>
       <c r="D372" s="7">
-        <v>505.36271832723799</v>
+        <v>505.16026297631799</v>
       </c>
       <c r="E372" s="12">
-        <v>1.2102534596799774E-2</v>
+        <v>1.1703873971315559E-2</v>
       </c>
       <c r="F372" s="9">
         <v>9.99727012639684E-2</v>
       </c>
       <c r="G372" s="9">
-        <v>2.5535336741457693E-2</v>
-[...2 lines deleted...]
-    <row r="373" spans="1:7">
+        <v>2.5243205167890137E-2</v>
+      </c>
+    </row>
+    <row r="373" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A373" s="5">
         <v>44531</v>
       </c>
       <c r="B373" s="6">
         <v>254822.21309066599</v>
       </c>
       <c r="C373" s="7">
         <v>508.34306792743803</v>
       </c>
       <c r="D373" s="7">
-        <v>511.21358201661201</v>
+        <v>511.26029843035201</v>
       </c>
       <c r="E373" s="12">
-        <v>1.1577553066717039E-2</v>
+        <v>1.2075445954702779E-2</v>
       </c>
       <c r="F373" s="9">
         <v>0.10350857880121511</v>
       </c>
       <c r="G373" s="9">
-        <v>2.9633205672791485E-2</v>
-[...2 lines deleted...]
-    <row r="374" spans="1:7">
+        <v>2.9692926394966568E-2</v>
+      </c>
+    </row>
+    <row r="374" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A374" s="5">
         <v>44562</v>
       </c>
       <c r="B374" s="6">
         <v>255555.95695518199</v>
       </c>
       <c r="C374" s="7">
         <v>509.80680848065401</v>
       </c>
       <c r="D374" s="7">
-        <v>516.00103698522798</v>
+        <v>516.08118072120897</v>
       </c>
       <c r="E374" s="12">
-        <v>9.3648821882443833E-3</v>
+        <v>9.4294086704127533E-3</v>
       </c>
       <c r="F374" s="9">
         <v>0.11233367237647407</v>
       </c>
       <c r="G374" s="9">
-        <v>3.0267297059191067E-2</v>
-[...2 lines deleted...]
-    <row r="375" spans="1:7">
+        <v>3.0404831445133285E-2</v>
+      </c>
+    </row>
+    <row r="375" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A375" s="5">
         <v>44593</v>
       </c>
       <c r="B375" s="6">
         <v>260229.804328303</v>
       </c>
       <c r="C375" s="7">
         <v>519.13063423297001</v>
       </c>
       <c r="D375" s="7">
-        <v>524.00209381013997</v>
+        <v>524.10453047890803</v>
       </c>
       <c r="E375" s="12">
-        <v>1.5505892917693886E-2</v>
+        <v>1.554668152496208E-2</v>
       </c>
       <c r="F375" s="9">
         <v>0.12620387890215623</v>
       </c>
       <c r="G375" s="9">
-        <v>3.4297523322103896E-2</v>
-[...2 lines deleted...]
-    <row r="376" spans="1:7">
+        <v>3.4743001098576975E-2</v>
+      </c>
+    </row>
+    <row r="376" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A376" s="5">
         <v>44621</v>
       </c>
       <c r="B376" s="6">
         <v>265312.48615130101</v>
       </c>
       <c r="C376" s="7">
         <v>529.27004099764895</v>
       </c>
       <c r="D376" s="7">
-        <v>530.54382543951203</v>
+        <v>530.662065445851</v>
       </c>
       <c r="E376" s="12">
-        <v>1.2484170782230297E-2</v>
+        <v>1.2511883766680887E-2</v>
       </c>
       <c r="F376" s="9">
         <v>0.14292953492935689</v>
       </c>
       <c r="G376" s="9">
-        <v>3.6051926956104818E-2</v>
-[...2 lines deleted...]
-    <row r="377" spans="1:7">
+        <v>3.6359138602870988E-2</v>
+      </c>
+    </row>
+    <row r="377" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A377" s="5">
         <v>44652</v>
       </c>
       <c r="B377" s="6">
         <v>267620.12814823899</v>
       </c>
       <c r="C377" s="7">
         <v>533.87354003399105</v>
       </c>
       <c r="D377" s="7">
-        <v>532.40425133773203</v>
+        <v>532.48808416337704</v>
       </c>
       <c r="E377" s="12">
-        <v>3.5066394311136229E-3</v>
+        <v>3.4410198814416315E-3</v>
       </c>
       <c r="F377" s="9">
         <v>0.12054226276826796</v>
       </c>
       <c r="G377" s="9">
-        <v>3.5478035550926768E-2</v>
-[...2 lines deleted...]
-    <row r="378" spans="1:7">
+        <v>3.5727814497771959E-2</v>
+      </c>
+    </row>
+    <row r="378" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A378" s="5">
         <v>44682</v>
       </c>
       <c r="B378" s="6">
         <v>269913.66759779298</v>
       </c>
       <c r="C378" s="7">
         <v>538.44890599623602</v>
       </c>
       <c r="D378" s="7">
-        <v>535.52797549601303</v>
+        <v>535.70167992301697</v>
       </c>
       <c r="E378" s="12">
-        <v>5.8672036341411715E-3</v>
+        <v>6.035056661763516E-3</v>
       </c>
       <c r="F378" s="9">
         <v>0.11152458456188885</v>
       </c>
       <c r="G378" s="9">
-        <v>3.0465981362209238E-2</v>
-[...2 lines deleted...]
-    <row r="379" spans="1:7">
+        <v>3.0555894054648425E-2</v>
+      </c>
+    </row>
+    <row r="379" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A379" s="5">
         <v>44713</v>
       </c>
       <c r="B379" s="6">
         <v>271613.04481209</v>
       </c>
       <c r="C379" s="7">
         <v>541.838981830693</v>
       </c>
       <c r="D379" s="7">
-        <v>536.77445691742901</v>
+        <v>536.69616882840899</v>
       </c>
       <c r="E379" s="12">
-        <v>2.3275748017859144E-3</v>
+        <v>1.8564229732020987E-3</v>
       </c>
       <c r="F379" s="9">
         <v>0.10667124512267812</v>
       </c>
       <c r="G379" s="9">
-        <v>2.1750210893525912E-2</v>
-[...2 lines deleted...]
-    <row r="380" spans="1:7">
+        <v>2.1668653560762197E-2</v>
+      </c>
+    </row>
+    <row r="380" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A380" s="5">
         <v>44743</v>
       </c>
       <c r="B380" s="6">
         <v>271208.51544255298</v>
       </c>
       <c r="C380" s="7">
         <v>541.03198899328299</v>
       </c>
       <c r="D380" s="7">
-        <v>537.58614196221299</v>
+        <v>537.62967646152094</v>
       </c>
       <c r="E380" s="12">
-        <v>1.5121528871646639E-3</v>
+        <v>1.7393595992118982E-3</v>
       </c>
       <c r="F380" s="9">
         <v>0.11047012370804499</v>
       </c>
       <c r="G380" s="9">
-        <v>1.445439448157404E-2</v>
-[...2 lines deleted...]
-    <row r="381" spans="1:7">
+        <v>1.4347316413990008E-2</v>
+      </c>
+    </row>
+    <row r="381" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A381" s="5">
         <v>44774</v>
       </c>
       <c r="B381" s="6">
         <v>273750.70741281001</v>
       </c>
       <c r="C381" s="7">
         <v>546.10339014684496</v>
       </c>
       <c r="D381" s="7">
-        <v>542.88205028694097</v>
+        <v>542.79595978438897</v>
       </c>
       <c r="E381" s="12">
-        <v>9.8512738914691145E-3</v>
+        <v>9.6093715601239804E-3</v>
       </c>
       <c r="F381" s="9">
         <v>0.100031462235733</v>
       </c>
       <c r="G381" s="9">
-        <v>1.1740305315576682E-2</v>
-[...2 lines deleted...]
-    <row r="382" spans="1:7">
+        <v>1.142693475693668E-2</v>
+      </c>
+    </row>
+    <row r="382" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A382" s="5">
         <v>44805</v>
       </c>
       <c r="B382" s="6">
         <v>272259.454247054</v>
       </c>
       <c r="C382" s="7">
         <v>543.12849953529803</v>
       </c>
       <c r="D382" s="7">
-        <v>542.36233052727903</v>
+        <v>542.05550174708299</v>
       </c>
       <c r="E382" s="12">
-        <v>-9.5733458011226791E-4</v>
+        <v>-1.364155395703559E-3</v>
       </c>
       <c r="F382" s="9">
         <v>9.4544935290450605E-2</v>
       </c>
       <c r="G382" s="9">
-        <v>1.1294175570386811E-2</v>
-[...2 lines deleted...]
-    <row r="383" spans="1:7">
+        <v>1.096352377282872E-2</v>
+      </c>
+    </row>
+    <row r="383" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A383" s="5">
         <v>44835</v>
       </c>
       <c r="B383" s="6">
         <v>268282.02277825301</v>
       </c>
       <c r="C383" s="7">
         <v>535.19394904694605</v>
       </c>
       <c r="D383" s="7">
-        <v>535.49788241286296</v>
+        <v>535.39454130391005</v>
       </c>
       <c r="E383" s="12">
-        <v>-1.2656572420401191E-2</v>
+        <v>-1.2288336566466329E-2</v>
       </c>
       <c r="F383" s="9">
         <v>7.1793160425690505E-2</v>
       </c>
       <c r="G383" s="9">
-        <v>6.7418882425680504E-3</v>
-[...2 lines deleted...]
-    <row r="384" spans="1:7">
+        <v>6.3467720038410391E-3</v>
+      </c>
+    </row>
+    <row r="384" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A384" s="5">
         <v>44866</v>
       </c>
       <c r="B384" s="6">
         <v>263787.66538461298</v>
       </c>
       <c r="C384" s="7">
         <v>526.22818661149995</v>
       </c>
       <c r="D384" s="7">
-        <v>527.76889076942496</v>
+        <v>527.42704910871805</v>
       </c>
       <c r="E384" s="12">
-        <v>-1.4433281432622014E-2</v>
+        <v>-1.4881534234151506E-2</v>
       </c>
       <c r="F384" s="9">
         <v>4.393017769746721E-2</v>
       </c>
       <c r="G384" s="9">
-        <v>-7.1810779062750907E-3</v>
-[...2 lines deleted...]
-    <row r="385" spans="1:7">
+        <v>-7.5719175118321713E-3</v>
+      </c>
+    </row>
+    <row r="385" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A385" s="5">
         <v>44896</v>
       </c>
       <c r="B385" s="6">
         <v>262068.20530313501</v>
       </c>
       <c r="C385" s="7">
         <v>522.79804760440197</v>
       </c>
       <c r="D385" s="7">
-        <v>525.676538177883</v>
+        <v>525.816301794992</v>
       </c>
       <c r="E385" s="12">
-        <v>-3.9645242986784401E-3</v>
+        <v>-3.0539717605458927E-3</v>
       </c>
       <c r="F385" s="9">
         <v>2.8435481053962652E-2</v>
       </c>
       <c r="G385" s="9">
-        <v>-2.0881546742346102E-2</v>
-[...2 lines deleted...]
-    <row r="386" spans="1:7">
+        <v>-2.0858945594422695E-2</v>
+      </c>
+    </row>
+    <row r="386" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A386" s="5">
         <v>44927</v>
       </c>
       <c r="B386" s="6">
         <v>258296.853564825</v>
       </c>
       <c r="C386" s="7">
         <v>515.27460414304505</v>
       </c>
       <c r="D386" s="7">
-        <v>521.41708366882995</v>
+        <v>521.61270334664096</v>
       </c>
       <c r="E386" s="12">
-        <v>-8.1028050515956629E-3</v>
+        <v>-7.9944239727850475E-3</v>
       </c>
       <c r="F386" s="9">
         <v>1.0725230756894799E-2</v>
       </c>
       <c r="G386" s="9">
-        <v>-2.8307863410431122E-2</v>
-[...2 lines deleted...]
-    <row r="387" spans="1:7">
+        <v>-2.8014232718735377E-2</v>
+      </c>
+    </row>
+    <row r="387" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A387" s="5">
         <v>44958</v>
       </c>
       <c r="B387" s="6">
         <v>257405.91599430301</v>
       </c>
       <c r="C387" s="7">
         <v>513.497278954482</v>
       </c>
       <c r="D387" s="7">
-        <v>517.43001310940804</v>
+        <v>517.61726917050999</v>
       </c>
       <c r="E387" s="12">
-        <v>-7.6466051541077551E-3</v>
+        <v>-7.6597716092734469E-3</v>
       </c>
       <c r="F387" s="9">
         <v>-1.0851517724072335E-2</v>
       </c>
       <c r="G387" s="9">
-        <v>-2.5600849323469732E-2</v>
-[...2 lines deleted...]
-    <row r="388" spans="1:7">
+        <v>-2.4818609501097044E-2</v>
+      </c>
+    </row>
+    <row r="388" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A388" s="5">
         <v>44986</v>
       </c>
       <c r="B388" s="6">
         <v>257122.222225398</v>
       </c>
       <c r="C388" s="7">
         <v>512.93134021983303</v>
       </c>
       <c r="D388" s="7">
-        <v>514.008832075089</v>
+        <v>514.18316126046102</v>
       </c>
       <c r="E388" s="12">
-        <v>-6.6118720361040273E-3</v>
+        <v>-6.6344538997938907E-3</v>
       </c>
       <c r="F388" s="9">
         <v>-3.0870254335609526E-2</v>
       </c>
       <c r="G388" s="9">
-        <v>-2.271156072645053E-2</v>
-[...2 lines deleted...]
-    <row r="389" spans="1:7">
+        <v>-2.2172931039092014E-2</v>
+      </c>
+    </row>
+    <row r="389" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A389" s="5">
         <v>45017</v>
       </c>
       <c r="B389" s="6">
         <v>260441.30473063199</v>
       </c>
       <c r="C389" s="7">
         <v>519.55255492066794</v>
       </c>
       <c r="D389" s="7">
-        <v>518.35323137531202</v>
+        <v>518.490582831197</v>
       </c>
       <c r="E389" s="12">
-        <v>8.4519934855677992E-3</v>
+        <v>8.3772124318051144E-3</v>
       </c>
       <c r="F389" s="9">
         <v>-2.6824676706044159E-2</v>
       </c>
       <c r="G389" s="9">
-        <v>-1.5919126816144602E-2</v>
-[...2 lines deleted...]
-    <row r="390" spans="1:7">
+        <v>-1.5598277011974804E-2</v>
+      </c>
+    </row>
+    <row r="390" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A390" s="5">
         <v>45047</v>
       </c>
       <c r="B390" s="6">
         <v>260735.96564923</v>
       </c>
       <c r="C390" s="7">
         <v>520.14037194627701</v>
       </c>
       <c r="D390" s="7">
-        <v>516.82432613429899</v>
+        <v>517.02054545779902</v>
       </c>
       <c r="E390" s="12">
-        <v>-2.9495431849754228E-3</v>
+        <v>-2.8352248277507819E-3</v>
       </c>
       <c r="F390" s="9">
         <v>-3.4002360940978527E-2</v>
       </c>
       <c r="G390" s="9">
-        <v>-9.8031407316202523E-3</v>
-[...2 lines deleted...]
-    <row r="391" spans="1:7">
+        <v>-9.8092848848403413E-3</v>
+      </c>
+    </row>
+    <row r="391" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A391" s="5">
         <v>45078</v>
       </c>
       <c r="B391" s="6">
         <v>262239.27178684698</v>
       </c>
       <c r="C391" s="7">
         <v>523.13930694790702</v>
       </c>
       <c r="D391" s="7">
-        <v>518.33585100558105</v>
+        <v>518.16517591664899</v>
       </c>
       <c r="E391" s="12">
-        <v>2.9246395629010102E-3</v>
+        <v>2.2138974338756778E-3</v>
       </c>
       <c r="F391" s="9">
         <v>-3.4511497898519594E-2</v>
       </c>
       <c r="G391" s="9">
-        <v>4.2340029725140838E-4</v>
-[...2 lines deleted...]
-    <row r="392" spans="1:7">
+        <v>1.6941431890238334E-4</v>
+      </c>
+    </row>
+    <row r="392" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A392" s="5">
         <v>45108</v>
       </c>
       <c r="B392" s="6">
         <v>260827.70181327101</v>
       </c>
       <c r="C392" s="7">
         <v>520.32337578453496</v>
       </c>
       <c r="D392" s="7">
-        <v>517.08333981755698</v>
+        <v>517.13829881871504</v>
       </c>
       <c r="E392" s="12">
-        <v>-2.4164085613491704E-3</v>
+        <v>-1.9817562925130705E-3</v>
       </c>
       <c r="F392" s="9">
         <v>-3.8276134554042329E-2</v>
       </c>
       <c r="G392" s="9">
-        <v>1.581786637514293E-3</v>
-[...2 lines deleted...]
-    <row r="393" spans="1:7">
+        <v>1.3113711642542825E-3</v>
+      </c>
+    </row>
+    <row r="393" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A393" s="5">
         <v>45139</v>
       </c>
       <c r="B393" s="6">
         <v>259152.760488317</v>
       </c>
       <c r="C393" s="7">
         <v>516.98204693647699</v>
       </c>
       <c r="D393" s="7">
-        <v>514.67409685842904</v>
+        <v>514.57397041299203</v>
       </c>
       <c r="E393" s="12">
-        <v>-4.6592933355346089E-3</v>
+        <v>-4.9586897964831733E-3</v>
       </c>
       <c r="F393" s="9">
         <v>-5.3325695712193588E-2</v>
       </c>
       <c r="G393" s="9">
-        <v>5.8540283013353012E-4</v>
-[...2 lines deleted...]
-    <row r="394" spans="1:7">
+        <v>1.1818821307763017E-4</v>
+      </c>
+    </row>
+    <row r="394" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A394" s="5">
         <v>45170</v>
       </c>
       <c r="B394" s="6">
         <v>257808.021672542</v>
       </c>
       <c r="C394" s="7">
         <v>514.29943678690904</v>
       </c>
       <c r="D394" s="7">
-        <v>513.89999716191505</v>
+        <v>513.55152876010197</v>
       </c>
       <c r="E394" s="12">
-        <v>-1.5040580072692711E-3</v>
+        <v>-1.9869673004824229E-3</v>
       </c>
       <c r="F394" s="9">
         <v>-5.3079635432600525E-2</v>
       </c>
       <c r="G394" s="9">
-        <v>-5.0569081890318168E-3</v>
-[...2 lines deleted...]
-    <row r="395" spans="1:7">
+        <v>-5.4145810108990888E-3</v>
+      </c>
+    </row>
+    <row r="395" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A395" s="5">
         <v>45200</v>
       </c>
       <c r="B395" s="6">
         <v>259423.18815502501</v>
       </c>
       <c r="C395" s="7">
         <v>517.52152121573704</v>
       </c>
       <c r="D395" s="7">
-        <v>518.18454028170197</v>
+        <v>517.97648379723501</v>
       </c>
       <c r="E395" s="12">
-        <v>8.337309094082368E-3</v>
+        <v>8.6163798359562005E-3</v>
       </c>
       <c r="F395" s="9">
         <v>-3.3020604703546064E-2</v>
       </c>
       <c r="G395" s="9">
-        <v>-3.533519448122302E-3</v>
-[...2 lines deleted...]
-    <row r="396" spans="1:7">
+        <v>-4.0082077851631981E-3</v>
+      </c>
+    </row>
+    <row r="396" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A396" s="5">
         <v>45231</v>
       </c>
       <c r="B396" s="6">
         <v>258557.157466748</v>
       </c>
       <c r="C396" s="7">
         <v>515.79388259405596</v>
       </c>
       <c r="D396" s="7">
-        <v>517.39286676310803</v>
+        <v>516.89933500924201</v>
       </c>
       <c r="E396" s="12">
-        <v>-1.5277829750837135E-3</v>
+        <v>-2.079532221417657E-3</v>
       </c>
       <c r="F396" s="9">
         <v>-1.9828477992850924E-2</v>
       </c>
       <c r="G396" s="9">
-        <v>-3.9732026435856937E-4</v>
-[...2 lines deleted...]
-    <row r="397" spans="1:7">
+        <v>-9.3562080428744032E-4</v>
+      </c>
+    </row>
+    <row r="397" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A397" s="5">
         <v>45261</v>
       </c>
       <c r="B397" s="6">
         <v>257442.610373173</v>
       </c>
       <c r="C397" s="7">
         <v>513.57048031673605</v>
       </c>
       <c r="D397" s="7">
-        <v>516.15717620884197</v>
+        <v>516.30247669350695</v>
       </c>
       <c r="E397" s="12">
-        <v>-2.3883022624504591E-3</v>
+        <v>-1.1546896567866671E-3</v>
       </c>
       <c r="F397" s="9">
         <v>-1.7650347643701103E-2</v>
       </c>
       <c r="G397" s="9">
-        <v>3.9317569874857128E-3</v>
-[...2 lines deleted...]
-    <row r="398" spans="1:7">
+        <v>3.8275002079650733E-3</v>
+      </c>
+    </row>
+    <row r="398" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A398" s="5">
         <v>45292</v>
       </c>
       <c r="B398" s="6">
         <v>257655.80438207099</v>
       </c>
       <c r="C398" s="7">
         <v>513.99577956844701</v>
       </c>
       <c r="D398" s="7">
-        <v>519.63002200092296</v>
+        <v>519.97051471595796</v>
       </c>
       <c r="E398" s="12">
-        <v>6.7282718368635308E-3</v>
+        <v>7.104436232693967E-3</v>
       </c>
       <c r="F398" s="9">
         <v>-2.4818311717978991E-3</v>
       </c>
       <c r="G398" s="9">
-        <v>4.1515402134635337E-3</v>
-[...2 lines deleted...]
-    <row r="399" spans="1:7">
+        <v>4.5730123408773693E-3</v>
+      </c>
+    </row>
+    <row r="399" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A399" s="5">
         <v>45323</v>
       </c>
       <c r="B399" s="6">
         <v>260419.70852645501</v>
       </c>
       <c r="C399" s="7">
         <v>519.50947280253604</v>
       </c>
       <c r="D399" s="7">
-        <v>522.70401112908405</v>
+        <v>522.99159231364297</v>
       </c>
       <c r="E399" s="12">
-        <v>5.9157265708478235E-3</v>
+        <v>5.8100940576126803E-3</v>
       </c>
       <c r="F399" s="9">
         <v>1.1708326595800678E-2</v>
       </c>
       <c r="G399" s="9">
-        <v>5.8173195089208374E-3</v>
-[...2 lines deleted...]
-    <row r="400" spans="1:7">
+        <v>6.9988664134352785E-3</v>
+      </c>
+    </row>
+    <row r="400" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A400" s="5">
         <v>45352</v>
       </c>
       <c r="B400" s="6">
         <v>261141.74328401001</v>
       </c>
       <c r="C400" s="7">
         <v>520.94985493937395</v>
       </c>
       <c r="D400" s="7">
-        <v>522.00254914142602</v>
+        <v>522.25005784920199</v>
       </c>
       <c r="E400" s="12">
-        <v>-1.3419869997607359E-3</v>
+        <v>-1.4178707178839067E-3</v>
       </c>
       <c r="F400" s="9">
         <v>1.5632725261249147E-2</v>
       </c>
       <c r="G400" s="9">
-        <v>8.1212335883866782E-3</v>
-[...2 lines deleted...]
-    <row r="401" spans="1:7">
+        <v>9.0472316557881349E-3</v>
+      </c>
+    </row>
+    <row r="401" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A401" s="5">
         <v>45383</v>
       </c>
       <c r="B401" s="6">
         <v>261962.20493682101</v>
       </c>
       <c r="C401" s="7">
         <v>522.58658820782898</v>
       </c>
       <c r="D401" s="7">
-        <v>521.48500112519798</v>
+        <v>521.69160472977296</v>
       </c>
       <c r="E401" s="12">
-        <v>-9.9146645371617215E-4</v>
+        <v>-1.0693213165526849E-3</v>
       </c>
       <c r="F401" s="9">
         <v>5.839704296371595E-3</v>
       </c>
       <c r="G401" s="9">
-        <v>8.3773264390063495E-3</v>
-[...2 lines deleted...]
-    <row r="402" spans="1:7">
+        <v>8.859885178124971E-3</v>
+      </c>
+    </row>
+    <row r="402" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A402" s="5">
         <v>45413</v>
       </c>
       <c r="B402" s="6">
         <v>264248.84969596699</v>
       </c>
       <c r="C402" s="7">
         <v>527.14819999993404</v>
       </c>
       <c r="D402" s="7">
-        <v>523.46366937737503</v>
+        <v>523.70958149140301</v>
       </c>
       <c r="E402" s="12">
-        <v>3.7942956133114603E-3</v>
+        <v>3.8681411457164305E-3</v>
       </c>
       <c r="F402" s="9">
         <v>1.3472955439769008E-2</v>
       </c>
       <c r="G402" s="9">
-        <v>5.4283336694207485E-3</v>
-[...2 lines deleted...]
-    <row r="403" spans="1:7">
+        <v>5.3785999084550173E-3</v>
+      </c>
+    </row>
+    <row r="403" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A403" s="5">
         <v>45444</v>
       </c>
       <c r="B403" s="6">
         <v>266064.09825434402</v>
       </c>
       <c r="C403" s="7">
         <v>530.76942677613999</v>
       </c>
       <c r="D403" s="7">
-        <v>526.14264665732901</v>
+        <v>525.84889532673697</v>
       </c>
       <c r="E403" s="12">
-        <v>5.1177902816836873E-3</v>
+        <v>4.0849239940230486E-3</v>
       </c>
       <c r="F403" s="9">
         <v>1.4585254303960626E-2</v>
       </c>
       <c r="G403" s="9">
-        <v>4.3179549497338598E-3</v>
-[...2 lines deleted...]
-    <row r="404" spans="1:7">
+        <v>3.8575707527659375E-3</v>
+      </c>
+    </row>
+    <row r="404" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A404" s="5">
         <v>45474</v>
       </c>
       <c r="B404" s="6">
         <v>266334.07782784698</v>
       </c>
       <c r="C404" s="7">
         <v>531.30800715737098</v>
       </c>
       <c r="D404" s="7">
-        <v>527.85077719115702</v>
+        <v>527.92117003008195</v>
       </c>
       <c r="E404" s="12">
-        <v>3.246516025036339E-3</v>
+        <v>3.9408178314368492E-3</v>
       </c>
       <c r="F404" s="9">
         <v>2.1111162565536468E-2</v>
       </c>
       <c r="G404" s="9">
-        <v>7.1929463214024381E-3</v>
-[...2 lines deleted...]
-    <row r="405" spans="1:7">
+        <v>6.7305942500575089E-3</v>
+      </c>
+    </row>
+    <row r="405" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A405" s="5">
         <v>45505</v>
       </c>
       <c r="B405" s="6">
         <v>265375.44571877102</v>
       </c>
       <c r="C405" s="7">
         <v>529.39563860271903</v>
       </c>
       <c r="D405" s="7">
-        <v>528.03852482613104</v>
+        <v>527.92783875244697</v>
       </c>
       <c r="E405" s="12">
-        <v>3.5568316480105722E-4</v>
+        <v>1.263204194801304E-5</v>
       </c>
       <c r="F405" s="9">
         <v>2.4011649417619685E-2</v>
       </c>
       <c r="G405" s="9">
-        <v>9.6242492054372519E-3</v>
-[...2 lines deleted...]
-    <row r="406" spans="1:7">
+        <v>8.960322069094806E-3</v>
+      </c>
+    </row>
+    <row r="406" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A406" s="5">
         <v>45536</v>
       </c>
       <c r="B406" s="6">
         <v>266094.19737815898</v>
       </c>
       <c r="C406" s="7">
         <v>530.82947130976504</v>
       </c>
       <c r="D406" s="7">
-        <v>530.96726242616501</v>
+        <v>530.60248859543105</v>
       </c>
       <c r="E406" s="12">
-        <v>5.5464468260120192E-3</v>
+        <v>5.0663171112639294E-3</v>
       </c>
       <c r="F406" s="9">
         <v>3.2140876190974499E-2</v>
       </c>
       <c r="G406" s="9">
-        <v>1.0034583675283093E-2</v>
-[...2 lines deleted...]
-    <row r="407" spans="1:7">
+        <v>9.674727154236118E-3</v>
+      </c>
+    </row>
+    <row r="407" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A407" s="5">
         <v>45566</v>
       </c>
       <c r="B407" s="6">
         <v>265737.64980293898</v>
       </c>
       <c r="C407" s="7">
         <v>530.11819702150297</v>
       </c>
       <c r="D407" s="7">
-        <v>531.06188601073802</v>
+        <v>530.70070206530102</v>
       </c>
       <c r="E407" s="12">
-        <v>1.7820982811755925E-4</v>
+        <v>1.8509801966803963E-4</v>
       </c>
       <c r="F407" s="9">
         <v>2.4340390282078239E-2</v>
       </c>
       <c r="G407" s="9">
-        <v>7.9942459869921656E-3</v>
-[...2 lines deleted...]
-    <row r="408" spans="1:7">
+        <v>7.4494669953022452E-3</v>
+      </c>
+    </row>
+    <row r="408" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A408" s="5">
         <v>45597</v>
       </c>
       <c r="B408" s="6">
         <v>268143.94746382697</v>
       </c>
       <c r="C408" s="7">
         <v>534.91850355854399</v>
       </c>
       <c r="D408" s="7">
-        <v>536.44194874943696</v>
+        <v>535.78826269709396</v>
       </c>
       <c r="E408" s="12">
-        <v>1.0130764192311403E-2</v>
+        <v>9.586496893623675E-3</v>
       </c>
       <c r="F408" s="9">
         <v>3.7078029829096693E-2</v>
       </c>
       <c r="G408" s="9">
-        <v>1.0391160889952733E-2</v>
-[...2 lines deleted...]
-    <row r="409" spans="1:7">
+        <v>9.732294143254494E-3</v>
+      </c>
+    </row>
+    <row r="409" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A409" s="5">
         <v>45627</v>
       </c>
       <c r="B409" s="6">
         <v>269426.09136215999</v>
       </c>
       <c r="C409" s="7">
         <v>537.47624354085497</v>
       </c>
       <c r="D409" s="7">
-        <v>540.04355115977205</v>
+        <v>540.16915702619804</v>
       </c>
       <c r="E409" s="12">
-        <v>6.7138716849628466E-3</v>
+        <v>8.1765403128675196E-3</v>
       </c>
       <c r="F409" s="9">
         <v>4.6548164546714954E-2</v>
       </c>
       <c r="G409" s="9">
-        <v>1.3038873166050902E-2</v>
-[...2 lines deleted...]
-    <row r="410" spans="1:7">
+        <v>1.2736994760968123E-2</v>
+      </c>
+    </row>
+    <row r="410" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A410" s="5">
         <v>45658</v>
       </c>
       <c r="B410" s="6">
         <v>268212.980198454</v>
       </c>
       <c r="C410" s="7">
         <v>535.05621648271301</v>
       </c>
       <c r="D410" s="7">
-        <v>540.20270093315003</v>
+        <v>540.70246261909006</v>
       </c>
       <c r="E410" s="12">
-        <v>2.946980350679862E-4</v>
+        <v>9.8729367635130849E-4</v>
       </c>
       <c r="F410" s="9">
         <v>4.0973949108976004E-2</v>
       </c>
       <c r="G410" s="9">
-        <v>1.6741757616326014E-2</v>
-[...2 lines deleted...]
-    <row r="411" spans="1:7">
+        <v>1.7259197952692373E-2</v>
+      </c>
+    </row>
+    <row r="411" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A411" s="5">
         <v>45689</v>
       </c>
       <c r="B411" s="6">
         <v>270492.66894957499</v>
       </c>
       <c r="C411" s="7">
         <v>539.60395178258602</v>
       </c>
       <c r="D411" s="7">
-        <v>542.17837471187602</v>
+        <v>542.56783548976296</v>
       </c>
       <c r="E411" s="12">
-        <v>3.657282304055931E-3</v>
+        <v>3.4499063711255218E-3</v>
       </c>
       <c r="F411" s="9">
         <v>3.8679716217008941E-2</v>
       </c>
       <c r="G411" s="9">
-        <v>1.4985275405117626E-2</v>
-[...2 lines deleted...]
-    <row r="412" spans="1:7">
+        <v>1.6497490936933534E-2</v>
+      </c>
+    </row>
+    <row r="412" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A412" s="5">
         <v>45717</v>
       </c>
       <c r="B412" s="6">
         <v>271315.71920009702</v>
       </c>
       <c r="C412" s="7">
         <v>541.24584902668505</v>
       </c>
       <c r="D412" s="7">
-        <v>542.05160561335003</v>
+        <v>542.36889738266996</v>
       </c>
       <c r="E412" s="12">
-        <v>-2.338143762988798E-4</v>
+        <v>-3.666603401092372E-4</v>
       </c>
       <c r="F412" s="9">
         <v>3.8959592549791644E-2</v>
       </c>
       <c r="G412" s="9">
-        <v>1.0503762120061211E-2</v>
-[...2 lines deleted...]
-    <row r="413" spans="1:7">
+        <v>1.1814009119625046E-2</v>
+      </c>
+    </row>
+    <row r="413" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A413" s="5">
         <v>45748</v>
       </c>
       <c r="B413" s="6">
         <v>270751.74244191701</v>
       </c>
       <c r="C413" s="7">
         <v>540.12077569804705</v>
       </c>
       <c r="D413" s="7">
-        <v>539.07232298587996</v>
+        <v>539.34268339238599</v>
       </c>
       <c r="E413" s="12">
-        <v>-5.4963080943167819E-3</v>
+        <v>-5.5796230294319349E-3</v>
       </c>
       <c r="F413" s="9">
         <v>3.3552693249075283E-2</v>
       </c>
       <c r="G413" s="9">
-        <v>4.0911429088803519E-3</v>
-[...2 lines deleted...]
-    <row r="414" spans="1:7">
+        <v>4.7131335450698586E-3</v>
+      </c>
+    </row>
+    <row r="414" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A414" s="5">
         <v>45778</v>
       </c>
       <c r="B414" s="6">
         <v>273427.28284223302</v>
       </c>
       <c r="C414" s="7">
         <v>545.458192711126</v>
       </c>
       <c r="D414" s="7">
-        <v>541.65209899378999</v>
+        <v>541.92523786626305</v>
       </c>
       <c r="E414" s="12">
-        <v>4.7855842303696772E-3</v>
+        <v>4.7883369023069555E-3</v>
       </c>
       <c r="F414" s="9">
         <v>3.4734051470144856E-2</v>
       </c>
       <c r="G414" s="9">
-        <v>2.1658990033568415E-4</v>
-[...2 lines deleted...]
-    <row r="415" spans="1:7">
+        <v>1.2157121452482933E-4</v>
+      </c>
+    </row>
+    <row r="415" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A415" s="5">
         <v>45809</v>
       </c>
       <c r="B415" s="6">
         <v>271618.65117166197</v>
       </c>
       <c r="C415" s="7">
         <v>541.850165918573</v>
       </c>
       <c r="D415" s="7">
-        <v>537.47370431722402</v>
+        <v>537.13773872977197</v>
       </c>
       <c r="E415" s="12">
-        <v>-7.7141668689700849E-3</v>
+        <v>-8.8342428105785409E-3</v>
       </c>
       <c r="F415" s="9">
         <v>2.0876747196493017E-2</v>
       </c>
       <c r="G415" s="9">
-        <v>-3.8379891228567109E-3</v>
-[...2 lines deleted...]
-    <row r="416" spans="1:7">
+        <v>-4.4496561864176831E-3</v>
+      </c>
+    </row>
+    <row r="416" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A416" s="5">
         <v>45839</v>
       </c>
       <c r="B416" s="6">
         <v>272664.06801065803</v>
       </c>
       <c r="C416" s="7">
         <v>543.93566072984697</v>
       </c>
       <c r="D416" s="7">
-        <v>540.46598732564098</v>
+        <v>540.55366615693697</v>
       </c>
       <c r="E416" s="12">
-        <v>5.5673105202760365E-3</v>
+        <v>6.3594999585079304E-3</v>
       </c>
       <c r="F416" s="9">
         <v>2.3767105713382808E-2</v>
       </c>
       <c r="G416" s="9">
-        <v>-2.2857804531433157E-3</v>
-[...2 lines deleted...]
-    <row r="417" spans="1:7">
+        <v>-2.8706720439574118E-3</v>
+      </c>
+    </row>
+    <row r="417" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A417" s="5">
         <v>45870</v>
       </c>
       <c r="B417" s="6">
         <v>271079.16545142798</v>
       </c>
       <c r="C417" s="7">
         <v>540.77394959189996</v>
       </c>
       <c r="D417" s="7">
-        <v>540.16393849132498</v>
+        <v>540.06224631688099</v>
       </c>
       <c r="E417" s="12">
-        <v>-5.5886742440647286E-4</v>
+        <v>-9.0910462887006105E-4</v>
       </c>
       <c r="F417" s="9">
         <v>2.1493019888136455E-2</v>
       </c>
       <c r="G417" s="9">
-        <v>-2.8792620665960555E-3</v>
-[...2 lines deleted...]
-    <row r="418" spans="1:7">
+        <v>-3.6234503739897006E-3</v>
+      </c>
+    </row>
+    <row r="418" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A418" s="5">
         <v>45901</v>
       </c>
       <c r="B418" s="6">
         <v>271994.92857299699</v>
       </c>
       <c r="C418" s="7">
         <v>542.60079910029697</v>
       </c>
       <c r="D418" s="7">
-        <v>543.00394091772898</v>
+        <v>542.66195971587695</v>
       </c>
       <c r="E418" s="12">
-        <v>5.257667578357994E-3</v>
+        <v>4.8137291890435474E-3</v>
       </c>
       <c r="F418" s="9">
         <v>2.2175347125108713E-2</v>
       </c>
       <c r="G418" s="9">
-        <v>3.3591315855991954E-3</v>
-[...2 lines deleted...]
-    <row r="419" spans="1:7">
+        <v>3.0105012122292329E-3</v>
+      </c>
+    </row>
+    <row r="419" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A419" s="5">
         <v>45931</v>
       </c>
       <c r="B419" s="6">
         <v>272225.53582857299</v>
       </c>
       <c r="C419" s="7">
         <v>543.06083591719698</v>
       </c>
       <c r="D419" s="7">
-        <v>544.268206513064</v>
+        <v>543.80267572779303</v>
       </c>
       <c r="E419" s="12">
-        <v>2.3282806993965011E-3</v>
+        <v>2.1020747658695438E-3</v>
       </c>
       <c r="F419" s="9">
         <v>2.4414628602475563E-2</v>
       </c>
       <c r="G419" s="9">
-        <v>4.8433780232852719E-3</v>
-[...2 lines deleted...]
-    <row r="420" spans="1:7">
+        <v>4.2665892811730721E-3</v>
+      </c>
+    </row>
+    <row r="420" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A420" s="5">
         <v>45962</v>
       </c>
       <c r="B420" s="6">
         <v>272997.785055427</v>
       </c>
       <c r="C420" s="7">
         <v>544.60139055104298</v>
       </c>
       <c r="D420" s="7">
-        <v>545.89164842674199</v>
+        <v>545.17355745496604</v>
       </c>
       <c r="E420" s="12">
-        <v>2.982797624867306E-3</v>
+        <v>2.5209175834566278E-3</v>
       </c>
       <c r="F420" s="9">
         <v>1.8101611606410328E-2</v>
       </c>
       <c r="G420" s="9">
-        <v>9.3072937004015088E-3</v>
+        <v>8.5826056919831029E-3</v>
+      </c>
+    </row>
+    <row r="421" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A421" s="5">
+        <v>45992</v>
+      </c>
+      <c r="B421" s="6">
+        <v>271067.55001795798</v>
+      </c>
+      <c r="C421" s="7">
+        <v>540.75077804412297</v>
+      </c>
+      <c r="D421" s="7">
+        <v>543.00827253304396</v>
+      </c>
+      <c r="E421" s="12">
+        <v>-3.9717350416448305E-3</v>
+      </c>
+      <c r="F421" s="9">
+        <v>6.0924264888353452E-3</v>
+      </c>
+      <c r="G421" s="9">
+        <v>5.3636125245541955E-3</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Tahoma,Bold"UK Monthly House Price Series</oddHeader>
     <oddFooter>&amp;C&amp;"Tahoma,Regular"&amp;P&amp;R&amp;"Tahoma,Regular"Nationwide Building Society&amp;L&amp;"Calibri"&amp;11&amp;K000000&amp;"Tahoma,Regular"www.nationwide.co.uk/hpi</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
@@ -10248,47 +10271,47 @@
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>UK Monthly House Price Series</dc:title>
   <dc:creator>Andrew Harvey</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_SetDate">
-    <vt:lpwstr>2025-12-01T17:21:25Z</vt:lpwstr>
+    <vt:lpwstr>2025-12-31T09:27:04Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Name">
     <vt:lpwstr>NBS Public - No Visible Label</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_SiteId">
     <vt:lpwstr>18ed93f5-e470-4996-b0ef-9554af985d50</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_ActionId">
-    <vt:lpwstr>7c55fac5-d985-4078-8d3f-8ceda6fb2881</vt:lpwstr>
+    <vt:lpwstr>f92c6a66-6ce3-431c-89f5-cf5661d5e11d</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>