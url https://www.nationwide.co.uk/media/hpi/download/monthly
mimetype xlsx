--- v2 (2026-02-02)
+++ v3 (2026-02-22)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\HPD\Press\Embargo\Internet HP Files\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\HPD\Press\Website files\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{A1476C89-1C00-4382-AFCF-C49900CE6750}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{B878E402-918C-4C8E-B6BE-28DDAEF60A05}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{C1216657-6C92-4723-A696-37E1EFC7EDC6}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13896" xr2:uid="{632FD98A-F5DF-4CC8-9B5B-E9C841C31E13}"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Monthly!$A:$F</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Monthly!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
@@ -160,51 +160,51 @@
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="17" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="166" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="167" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="167" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal_Monthly" xfId="2" xr:uid="{F9FC52E1-9BF2-4944-AD27-F11690393CC4}"/>
+    <cellStyle name="Normal_Monthly" xfId="2" xr:uid="{AE3487CF-7EDF-4F5A-9D58-41DB3C99E152}"/>
     <cellStyle name="Per cent" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Nationwide Brand Refresh">
       <a:dk1>
         <a:srgbClr val="02081E"/>
@@ -555,55 +555,55 @@
         <a:extLst>
           <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
             <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:effectLst>
                 <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                   <a:srgbClr val="808080"/>
                 </a:outerShdw>
               </a:effectLst>
             </a14:hiddenEffects>
           </a:ext>
         </a:extLst>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BAA54EB5-6C5E-4874-B3A0-E51E4BA05BD2}">
-  <dimension ref="A1:G421"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{987661E3-E45C-4915-BFF0-B4D02E0A24AC}">
+  <dimension ref="A1:G422"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="1" ySplit="1" topLeftCell="D394" activePane="bottomRight" state="frozenSplit"/>
+      <pane xSplit="1" ySplit="1" topLeftCell="B400" activePane="bottomRight" state="frozenSplit"/>
       <selection activeCell="C91" sqref="C91"/>
       <selection pane="topRight" activeCell="C91" sqref="C91"/>
       <selection pane="bottomLeft" activeCell="C91" sqref="C91"/>
       <selection pane="bottomRight" activeCell="H1" sqref="H1:DB1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="10.5546875" style="10" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="12.6640625" style="8" customWidth="1"/>
     <col min="3" max="3" width="13.109375" style="7" customWidth="1"/>
     <col min="4" max="4" width="15.6640625" style="7" customWidth="1"/>
     <col min="5" max="5" width="12.33203125" style="8" customWidth="1"/>
     <col min="6" max="6" width="13.33203125" style="9" customWidth="1"/>
     <col min="7" max="7" width="18.33203125" style="10" customWidth="1"/>
     <col min="8" max="16384" width="9.109375" style="10"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" s="1" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>1</v>
       </c>
@@ -3136,7121 +3136,7144 @@
       </c>
       <c r="D113" s="7">
         <v>160.91485280362599</v>
       </c>
       <c r="E113" s="12">
         <v>1.5394833156257004E-2</v>
       </c>
       <c r="F113" s="9">
         <v>0.17480841494935562</v>
       </c>
       <c r="G113" s="9">
         <v>4.7767291149696245E-2</v>
       </c>
     </row>
     <row r="114" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A114" s="5">
         <v>36647</v>
       </c>
       <c r="B114" s="6">
         <v>81005.776862354294</v>
       </c>
       <c r="C114" s="7">
         <v>161.59786319493</v>
       </c>
       <c r="D114" s="7">
-        <v>160.51341369963399</v>
+        <v>160.51341369963299</v>
       </c>
       <c r="E114" s="12">
-        <v>-2.494729958097186E-3</v>
+        <v>-2.4947299581034033E-3</v>
       </c>
       <c r="F114" s="9">
         <v>0.15833552585187149</v>
       </c>
       <c r="G114" s="9">
-        <v>4.5228775465493642E-2</v>
+        <v>4.5228775465491422E-2</v>
       </c>
     </row>
     <row r="115" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A115" s="5">
         <v>36678</v>
       </c>
       <c r="B115" s="6">
         <v>81451.925854265093</v>
       </c>
       <c r="C115" s="7">
         <v>162.48788272874501</v>
       </c>
       <c r="D115" s="7">
         <v>160.39708322452199</v>
       </c>
       <c r="E115" s="12">
-        <v>-7.2473989824728413E-4</v>
+        <v>-7.2473989824106688E-4</v>
       </c>
       <c r="F115" s="9">
         <v>0.15062861559060514</v>
       </c>
       <c r="G115" s="9">
-        <v>3.2964842809946937E-2</v>
+        <v>3.2964842809944939E-2</v>
       </c>
     </row>
     <row r="116" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A116" s="5">
         <v>36708</v>
       </c>
       <c r="B116" s="6">
         <v>81133.023864067</v>
       </c>
       <c r="C116" s="7">
         <v>161.85170735729901</v>
       </c>
       <c r="D116" s="7">
         <v>160.15819760388499</v>
       </c>
       <c r="E116" s="12">
         <v>-1.4893389320715933E-3</v>
       </c>
       <c r="F116" s="9">
         <v>0.13899682755999154</v>
       </c>
       <c r="G116" s="9">
-        <v>1.2595221425665049E-2</v>
+        <v>1.2595221425662828E-2</v>
       </c>
     </row>
     <row r="117" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A117" s="5">
         <v>36739</v>
       </c>
       <c r="B117" s="6">
         <v>80736.644030198499</v>
       </c>
       <c r="C117" s="7">
         <v>161.060971972148</v>
       </c>
       <c r="D117" s="7">
         <v>159.971242183344</v>
       </c>
       <c r="E117" s="12">
         <v>-1.1673172109701868E-3</v>
       </c>
       <c r="F117" s="9">
         <v>0.11154343842346748</v>
       </c>
       <c r="G117" s="9">
-        <v>1.2983909614605604E-3</v>
+        <v>1.2983909614625588E-3</v>
       </c>
     </row>
     <row r="118" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A118" s="5">
         <v>36770</v>
       </c>
       <c r="B118" s="6">
         <v>80672.494342458594</v>
       </c>
       <c r="C118" s="7">
         <v>160.93300020439401</v>
       </c>
       <c r="D118" s="7">
-        <v>160.46341479881801</v>
+        <v>160.463414798819</v>
       </c>
       <c r="E118" s="12">
-        <v>3.0766318293005135E-3</v>
+        <v>3.0766318293067307E-3</v>
       </c>
       <c r="F118" s="9">
         <v>0.10159469112600217</v>
       </c>
       <c r="G118" s="9">
-        <v>-2.5579707303305943E-3</v>
+        <v>-2.5579707303264865E-3</v>
       </c>
     </row>
     <row r="119" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A119" s="5">
         <v>36800</v>
       </c>
       <c r="B119" s="6">
         <v>81036.371833377707</v>
       </c>
       <c r="C119" s="7">
         <v>161.658896890715</v>
       </c>
       <c r="D119" s="7">
         <v>162.050540773075</v>
       </c>
       <c r="E119" s="12">
-        <v>9.8908899342997625E-3</v>
+        <v>9.8908899342935452E-3</v>
       </c>
       <c r="F119" s="9">
         <v>9.8516883607125516E-2</v>
       </c>
       <c r="G119" s="9">
-        <v>2.9444926333974664E-3</v>
+        <v>2.9444926334016852E-3</v>
       </c>
     </row>
     <row r="120" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A120" s="5">
         <v>36831</v>
       </c>
       <c r="B120" s="6">
         <v>81769.721915455506</v>
       </c>
       <c r="C120" s="7">
         <v>163.12185189007201</v>
       </c>
       <c r="D120" s="7">
         <v>163.70443005724701</v>
       </c>
       <c r="E120" s="12">
         <v>1.0206009040648611E-2</v>
       </c>
       <c r="F120" s="9">
         <v>9.0931342423102413E-2</v>
       </c>
       <c r="G120" s="9">
-        <v>1.1845054008079892E-2</v>
+        <v>1.1845054008082112E-2</v>
       </c>
     </row>
     <row r="121" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A121" s="5">
         <v>36861</v>
       </c>
       <c r="B121" s="6">
         <v>82188.423590011094</v>
       </c>
       <c r="C121" s="7">
         <v>163.957116960603</v>
       </c>
       <c r="D121" s="7">
         <v>165.12909894554701</v>
       </c>
       <c r="E121" s="12">
         <v>8.702689889343862E-3</v>
       </c>
       <c r="F121" s="9">
         <v>9.2659991123343222E-2</v>
       </c>
       <c r="G121" s="9">
-        <v>2.1413583434747974E-2</v>
+        <v>2.1413583434745753E-2</v>
       </c>
     </row>
     <row r="122" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A122" s="5">
         <v>36892</v>
       </c>
       <c r="B122" s="6">
         <v>83449.867929286906</v>
       </c>
       <c r="C122" s="7">
         <v>166.47356353592201</v>
       </c>
       <c r="D122" s="7">
-        <v>169.26908436941301</v>
+        <v>169.26908436941201</v>
       </c>
       <c r="E122" s="12">
-        <v>2.5071204592663543E-2</v>
+        <v>2.5071204592657548E-2</v>
       </c>
       <c r="F122" s="9">
         <v>0.11176929806401192</v>
       </c>
       <c r="G122" s="9">
-        <v>3.2368693774710966E-2</v>
+        <v>3.2368693774706525E-2</v>
       </c>
     </row>
     <row r="123" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A123" s="5">
         <v>36923</v>
       </c>
       <c r="B123" s="6">
         <v>83313.622224019797</v>
       </c>
       <c r="C123" s="7">
         <v>166.20176792215901</v>
       </c>
       <c r="D123" s="7">
         <v>168.46231892530301</v>
       </c>
       <c r="E123" s="12">
-        <v>-4.7661712539858181E-3</v>
+        <v>-4.7661712539799339E-3</v>
       </c>
       <c r="F123" s="9">
         <v>8.0988012316825619E-2</v>
       </c>
       <c r="G123" s="9">
-        <v>3.4227657988681326E-2</v>
+        <v>3.4227657988677107E-2</v>
       </c>
     </row>
     <row r="124" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A124" s="5">
         <v>36951</v>
       </c>
       <c r="B124" s="6">
         <v>85076.554240128899</v>
       </c>
       <c r="C124" s="7">
         <v>169.71862879055399</v>
       </c>
       <c r="D124" s="7">
         <v>169.83782152022701</v>
       </c>
       <c r="E124" s="12">
         <v>8.165046069049442E-3</v>
       </c>
       <c r="F124" s="9">
         <v>7.1594337878936098E-2</v>
       </c>
       <c r="G124" s="9">
-        <v>3.3990011219333649E-2</v>
+        <v>3.3990011219331873E-2</v>
       </c>
     </row>
     <row r="125" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A125" s="5">
         <v>36982</v>
       </c>
       <c r="B125" s="6">
         <v>86243.553614298493</v>
       </c>
       <c r="C125" s="7">
         <v>172.04666775913401</v>
       </c>
       <c r="D125" s="7">
         <v>171.54032425541001</v>
       </c>
       <c r="E125" s="12">
         <v>1.0024285049960113E-2</v>
       </c>
       <c r="F125" s="9">
         <v>6.6146751044581453E-2</v>
       </c>
       <c r="G125" s="9">
-        <v>2.3565126971060169E-2</v>
+        <v>2.3565126971062389E-2</v>
       </c>
     </row>
     <row r="126" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A126" s="5">
         <v>37012</v>
       </c>
       <c r="B126" s="6">
         <v>87266.610747267201</v>
       </c>
       <c r="C126" s="7">
         <v>174.08755734772399</v>
       </c>
       <c r="D126" s="7">
         <v>172.98955403979701</v>
       </c>
       <c r="E126" s="12">
         <v>8.448333012529563E-3</v>
       </c>
       <c r="F126" s="9">
         <v>7.7288733315292069E-2</v>
       </c>
       <c r="G126" s="9">
-        <v>2.2883478666361645E-2</v>
+        <v>2.2883478666363422E-2</v>
       </c>
     </row>
     <row r="127" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A127" s="5">
         <v>37043</v>
       </c>
       <c r="B127" s="6">
         <v>89067.566607334593</v>
       </c>
       <c r="C127" s="7">
         <v>177.680271719068</v>
       </c>
       <c r="D127" s="7">
         <v>175.27192594918199</v>
       </c>
       <c r="E127" s="12">
         <v>1.3193697862588394E-2</v>
       </c>
       <c r="F127" s="9">
         <v>9.3498596542641588E-2</v>
       </c>
       <c r="G127" s="9">
-        <v>2.4100317417601325E-2</v>
+        <v>2.4100317417603323E-2</v>
       </c>
     </row>
     <row r="128" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A128" s="5">
         <v>37073</v>
       </c>
       <c r="B128" s="6">
         <v>89961.602353228503</v>
       </c>
       <c r="C128" s="7">
         <v>179.46377743622</v>
       </c>
       <c r="D128" s="7">
-        <v>177.440471477215</v>
+        <v>177.440471477214</v>
       </c>
       <c r="E128" s="12">
-        <v>1.2372463623534058E-2</v>
+        <v>1.2372463623528285E-2</v>
       </c>
       <c r="F128" s="9">
         <v>0.10881609076907117</v>
       </c>
       <c r="G128" s="9">
-        <v>3.1110686309604674E-2</v>
+        <v>3.1110686309602675E-2</v>
       </c>
     </row>
     <row r="129" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A129" s="5">
         <v>37104</v>
       </c>
       <c r="B129" s="6">
         <v>90361.069970760698</v>
       </c>
       <c r="C129" s="7">
         <v>180.26067261961501</v>
       </c>
       <c r="D129" s="7">
         <v>179.01550309729799</v>
       </c>
       <c r="E129" s="12">
-        <v>8.8763944717382692E-3</v>
+        <v>8.8763944717440424E-3</v>
       </c>
       <c r="F129" s="9">
         <v>0.11920765417203105</v>
       </c>
       <c r="G129" s="9">
-        <v>3.3750565431091895E-2</v>
+        <v>3.3750565431089896E-2</v>
       </c>
     </row>
     <row r="130" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A130" s="5">
         <v>37135</v>
       </c>
       <c r="B130" s="6">
         <v>92432.440738519595</v>
       </c>
       <c r="C130" s="7">
         <v>184.39283581734699</v>
       </c>
       <c r="D130" s="7">
-        <v>183.79406876604801</v>
+        <v>183.79406876604901</v>
       </c>
       <c r="E130" s="12">
-        <v>2.6693585673151388E-2</v>
+        <v>2.6693585673156939E-2</v>
       </c>
       <c r="F130" s="9">
         <v>0.14577392817605883</v>
       </c>
       <c r="G130" s="9">
         <v>3.9338530434492203E-2</v>
       </c>
     </row>
     <row r="131" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A131" s="5">
         <v>37165</v>
       </c>
       <c r="B131" s="6">
         <v>91652.788315480095</v>
       </c>
       <c r="C131" s="7">
         <v>182.837512598708</v>
       </c>
       <c r="D131" s="7">
-        <v>183.36228577456501</v>
+        <v>183.36228577456799</v>
       </c>
       <c r="E131" s="12">
-        <v>-2.3492759825270992E-3</v>
+        <v>-2.3492759825162191E-3</v>
       </c>
       <c r="F131" s="9">
         <v>0.13100804295547186</v>
       </c>
       <c r="G131" s="9">
-        <v>3.8938235086679596E-2</v>
+        <v>3.8938235086689366E-2</v>
       </c>
     </row>
     <row r="132" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A132" s="5">
         <v>37196</v>
       </c>
       <c r="B132" s="6">
         <v>92261.673283174794</v>
       </c>
       <c r="C132" s="7">
         <v>184.05217300346101</v>
       </c>
       <c r="D132" s="7">
         <v>184.76181593426</v>
       </c>
       <c r="E132" s="12">
-        <v>7.6325955132106049E-3</v>
+        <v>7.6325955131941736E-3</v>
       </c>
       <c r="F132" s="9">
         <v>0.12831095816331195</v>
       </c>
       <c r="G132" s="9">
-        <v>3.7971056119667335E-2</v>
+        <v>3.7971056119676661E-2</v>
       </c>
     </row>
     <row r="133" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A133" s="5">
         <v>37226</v>
       </c>
       <c r="B133" s="6">
         <v>93544.478432428805</v>
       </c>
       <c r="C133" s="7">
         <v>186.61123211065399</v>
       </c>
       <c r="D133" s="7">
-        <v>187.913456607586</v>
+        <v>187.91345660758401</v>
       </c>
       <c r="E133" s="12">
-        <v>1.7057857205989846E-2</v>
+        <v>1.7057857205979188E-2</v>
       </c>
       <c r="F133" s="9">
         <v>0.1381709776922615</v>
       </c>
       <c r="G133" s="9">
-        <v>2.9222607513791576E-2</v>
+        <v>2.9222607513793575E-2</v>
       </c>
     </row>
     <row r="134" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A134" s="5">
         <v>37257</v>
       </c>
       <c r="B134" s="6">
         <v>93231.2393098514</v>
       </c>
       <c r="C134" s="7">
         <v>185.986353554603</v>
       </c>
       <c r="D134" s="7">
-        <v>189.08131235630901</v>
+        <v>189.08131235630799</v>
       </c>
       <c r="E134" s="12">
-        <v>6.2148595944451213E-3</v>
+        <v>6.2148595944504503E-3</v>
       </c>
       <c r="F134" s="9">
         <v>0.11721254476822973</v>
       </c>
       <c r="G134" s="9">
-        <v>2.8534475078311416E-2</v>
+        <v>2.8534475078298316E-2</v>
       </c>
     </row>
     <row r="135" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A135" s="5">
         <v>37288</v>
       </c>
       <c r="B135" s="6">
         <v>94964.630969546997</v>
       </c>
       <c r="C135" s="7">
         <v>189.444284570593</v>
       </c>
       <c r="D135" s="7">
-        <v>192.117805752376</v>
+        <v>192.11780575237501</v>
       </c>
       <c r="E135" s="12">
-        <v>1.6059193572471875E-2</v>
+        <v>1.6059193572472097E-2</v>
       </c>
       <c r="F135" s="9">
         <v>0.13984518299059046</v>
       </c>
       <c r="G135" s="9">
-        <v>3.1153901359333158E-2</v>
+        <v>3.1153901359318725E-2</v>
       </c>
     </row>
     <row r="136" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A136" s="5">
         <v>37316</v>
       </c>
       <c r="B136" s="6">
         <v>96792.369631165799</v>
       </c>
       <c r="C136" s="7">
         <v>193.090427767248</v>
       </c>
       <c r="D136" s="7">
         <v>193.39385522609001</v>
       </c>
       <c r="E136" s="12">
-        <v>6.6420156565745181E-3</v>
+        <v>6.6420156565796251E-3</v>
       </c>
       <c r="F136" s="9">
         <v>0.13770909618611538</v>
       </c>
       <c r="G136" s="9">
-        <v>3.3370794366025747E-2</v>
+        <v>3.3370794366020196E-2</v>
       </c>
     </row>
     <row r="137" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A137" s="5">
         <v>37347</v>
       </c>
       <c r="B137" s="6">
         <v>100472.597607424</v>
       </c>
       <c r="C137" s="7">
         <v>200.43208906683699</v>
       </c>
       <c r="D137" s="7">
-        <v>199.82237873685699</v>
+        <v>199.82237873685801</v>
       </c>
       <c r="E137" s="12">
-        <v>3.324057790384094E-2</v>
+        <v>3.3240577903846269E-2</v>
       </c>
       <c r="F137" s="9">
         <v>0.16498675433483356</v>
       </c>
       <c r="G137" s="9">
-        <v>4.1970945158466666E-2</v>
+        <v>4.1970945158472217E-2</v>
       </c>
     </row>
     <row r="138" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A138" s="5">
         <v>37377</v>
       </c>
       <c r="B138" s="6">
         <v>102885.564310307</v>
       </c>
       <c r="C138" s="7">
         <v>205.24569962956099</v>
       </c>
       <c r="D138" s="7">
         <v>204.01455165322301</v>
       </c>
       <c r="E138" s="12">
-        <v>2.0979496605265657E-2</v>
+        <v>2.097949660526055E-2</v>
       </c>
       <c r="F138" s="9">
         <v>0.17897972007040952</v>
       </c>
       <c r="G138" s="9">
-        <v>4.9407115831023862E-2</v>
+        <v>4.9407115831032966E-2</v>
       </c>
     </row>
     <row r="139" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A139" s="5">
         <v>37408</v>
       </c>
       <c r="B139" s="6">
         <v>106692.771483334</v>
       </c>
       <c r="C139" s="7">
         <v>212.84067084929401</v>
       </c>
       <c r="D139" s="7">
-        <v>209.927956223216</v>
+        <v>209.927956223217</v>
       </c>
       <c r="E139" s="12">
-        <v>2.8985209741530626E-2</v>
+        <v>2.8985209741535511E-2</v>
       </c>
       <c r="F139" s="9">
         <v>0.19788577983389422</v>
       </c>
       <c r="G139" s="9">
-        <v>6.8173324590411033E-2</v>
+        <v>6.817332459041836E-2</v>
       </c>
     </row>
     <row r="140" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A140" s="5">
         <v>37438</v>
       </c>
       <c r="B140" s="6">
         <v>108818.431646937</v>
       </c>
       <c r="C140" s="7">
         <v>217.08113558677101</v>
       </c>
       <c r="D140" s="7">
-        <v>214.39491599371601</v>
+        <v>214.394915993713</v>
       </c>
       <c r="E140" s="12">
-        <v>2.1278536936501613E-2</v>
+        <v>2.1278536936482517E-2</v>
       </c>
       <c r="F140" s="9">
         <v>0.20960975349981092</v>
       </c>
       <c r="G140" s="9">
-        <v>7.3468107502763225E-2</v>
+        <v>7.3468107502759672E-2</v>
       </c>
     </row>
     <row r="141" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A141" s="5">
         <v>37469</v>
       </c>
       <c r="B141" s="6">
         <v>110890.15515848</v>
       </c>
       <c r="C141" s="7">
         <v>221.21400247063599</v>
       </c>
       <c r="D141" s="7">
-        <v>219.643355416611</v>
+        <v>219.643355416612</v>
       </c>
       <c r="E141" s="12">
-        <v>2.4480241980405992E-2</v>
+        <v>2.4480241980425088E-2</v>
       </c>
       <c r="F141" s="9">
         <v>0.22718948762296276</v>
       </c>
       <c r="G141" s="9">
-        <v>7.8253571555517709E-2</v>
+        <v>7.8253571555514156E-2</v>
       </c>
     </row>
     <row r="142" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A142" s="5">
         <v>37500</v>
       </c>
       <c r="B142" s="6">
         <v>112918.520861746</v>
       </c>
       <c r="C142" s="7">
         <v>225.260375163075</v>
       </c>
       <c r="D142" s="7">
         <v>224.479252328944</v>
       </c>
       <c r="E142" s="12">
-        <v>2.2017041686330341E-2</v>
+        <v>2.2017041686325678E-2</v>
       </c>
       <c r="F142" s="9">
         <v>0.22163301065671526</v>
       </c>
       <c r="G142" s="9">
-        <v>7.2914951803314088E-2</v>
+        <v>7.2914951803307204E-2</v>
       </c>
     </row>
     <row r="143" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A143" s="5">
         <v>37530</v>
       </c>
       <c r="B143" s="6">
         <v>113664.99999869301</v>
       </c>
       <c r="C143" s="7">
         <v>226.74952122305399</v>
       </c>
       <c r="D143" s="7">
-        <v>227.39114687184301</v>
+        <v>227.391146871849</v>
       </c>
       <c r="E143" s="12">
-        <v>1.2971775844263789E-2</v>
+        <v>1.2971775844290656E-2</v>
       </c>
       <c r="F143" s="9">
         <v>0.24016958008351441</v>
       </c>
       <c r="G143" s="9">
-        <v>6.8715198406143818E-2</v>
+        <v>6.8715198406158473E-2</v>
       </c>
     </row>
     <row r="144" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A144" s="5">
         <v>37561</v>
       </c>
       <c r="B144" s="6">
         <v>115760.800438611</v>
       </c>
       <c r="C144" s="7">
         <v>230.93041900457001</v>
       </c>
       <c r="D144" s="7">
-        <v>231.90683706922701</v>
+        <v>231.906837069228</v>
       </c>
       <c r="E144" s="12">
-        <v>1.9858689573033494E-2</v>
+        <v>1.9858689573011068E-2</v>
       </c>
       <c r="F144" s="9">
         <v>0.25470085593734049</v>
       </c>
       <c r="G144" s="9">
-        <v>6.1821578412223799E-2</v>
+        <v>6.1821578412236233E-2</v>
       </c>
     </row>
     <row r="145" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A145" s="5">
         <v>37591</v>
       </c>
       <c r="B145" s="6">
         <v>117205.777959133</v>
       </c>
       <c r="C145" s="7">
         <v>233.81299465195801</v>
       </c>
       <c r="D145" s="7">
-        <v>235.46655200207201</v>
+        <v>235.466552002073</v>
       </c>
       <c r="E145" s="12">
         <v>1.5349762766081687E-2</v>
       </c>
       <c r="F145" s="9">
         <v>0.25294170135115457</v>
       </c>
       <c r="G145" s="9">
-        <v>5.5043352526215283E-2</v>
+        <v>5.5043352526230604E-2</v>
       </c>
     </row>
     <row r="146" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A146" s="5">
         <v>37622</v>
       </c>
       <c r="B146" s="6">
         <v>117905.37063548301</v>
       </c>
       <c r="C146" s="7">
         <v>235.208607236441</v>
       </c>
       <c r="D146" s="7">
-        <v>239.06842883935099</v>
+        <v>239.06842883933601</v>
       </c>
       <c r="E146" s="12">
-        <v>1.5296766384243377E-2</v>
+        <v>1.5296766384175431E-2</v>
       </c>
       <c r="F146" s="9">
         <v>0.26465518970125435</v>
       </c>
       <c r="G146" s="9">
-        <v>5.2013920866226471E-2</v>
+        <v>5.2013920866196051E-2</v>
       </c>
     </row>
     <row r="147" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A147" s="5">
         <v>37653</v>
       </c>
       <c r="B147" s="6">
         <v>118521.4653249</v>
       </c>
       <c r="C147" s="7">
         <v>236.43765026512099</v>
       </c>
       <c r="D147" s="7">
-        <v>239.83141107724899</v>
+        <v>239.831411077251</v>
       </c>
       <c r="E147" s="12">
-        <v>3.19148053802909E-3</v>
+        <v>3.1914805381003664E-3</v>
       </c>
       <c r="F147" s="9">
         <v>0.24805903118717088</v>
       </c>
       <c r="G147" s="9">
-        <v>4.4735557175785923E-2</v>
+        <v>4.4735557175757501E-2</v>
       </c>
     </row>
     <row r="148" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A148" s="5">
         <v>37681</v>
       </c>
       <c r="B148" s="6">
         <v>122179.55401614599</v>
       </c>
       <c r="C148" s="7">
         <v>243.73514605838201</v>
       </c>
       <c r="D148" s="7">
-        <v>244.356969267728</v>
+        <v>244.35696926773099</v>
       </c>
       <c r="E148" s="12">
-        <v>1.886974758707205E-2</v>
+        <v>1.8869747587076047E-2</v>
       </c>
       <c r="F148" s="9">
         <v>0.26228497640588055</v>
       </c>
       <c r="G148" s="9">
-        <v>4.1009970669426465E-2</v>
+        <v>4.1009970669400042E-2</v>
       </c>
     </row>
     <row r="149" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A149" s="5">
         <v>37712</v>
       </c>
       <c r="B149" s="6">
         <v>122747.92605727501</v>
       </c>
       <c r="C149" s="7">
         <v>244.86898750653299</v>
       </c>
       <c r="D149" s="7">
-        <v>244.0533141665</v>
+        <v>244.05331416650299</v>
       </c>
       <c r="E149" s="12">
         <v>-1.242670107335031E-3</v>
       </c>
       <c r="F149" s="9">
         <v>0.22170550956477775</v>
       </c>
       <c r="G149" s="9">
-        <v>3.0858700671630102E-2</v>
+        <v>3.08587006716603E-2</v>
       </c>
     </row>
     <row r="150" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A150" s="5">
         <v>37742</v>
       </c>
       <c r="B150" s="6">
         <v>124751.70095744501</v>
       </c>
       <c r="C150" s="7">
         <v>248.8663041762</v>
       </c>
       <c r="D150" s="7">
-        <v>247.328919554322</v>
+        <v>247.32891955432601</v>
       </c>
       <c r="E150" s="12">
-        <v>1.3421679599021186E-2</v>
+        <v>1.3421679599025182E-2</v>
       </c>
       <c r="F150" s="9">
         <v>0.21252871375803695</v>
       </c>
       <c r="G150" s="9">
-        <v>2.991855623621098E-2</v>
+        <v>2.9918556236242289E-2</v>
       </c>
     </row>
     <row r="151" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A151" s="5">
         <v>37773</v>
       </c>
       <c r="B151" s="6">
         <v>127214.498087463</v>
       </c>
       <c r="C151" s="7">
         <v>253.779321112876</v>
       </c>
       <c r="D151" s="7">
-        <v>250.413635724084</v>
+        <v>250.41363572408699</v>
       </c>
       <c r="E151" s="12">
-        <v>1.2472120831322764E-2</v>
+        <v>1.2472120831318323E-2</v>
       </c>
       <c r="F151" s="9">
         <v>0.19234411402776219</v>
       </c>
       <c r="G151" s="9">
-        <v>2.5632749011358813E-2</v>
+        <v>2.5632749011386791E-2</v>
       </c>
     </row>
     <row r="152" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A152" s="5">
         <v>37803</v>
       </c>
       <c r="B152" s="6">
         <v>128251.25837374599</v>
       </c>
       <c r="C152" s="7">
         <v>255.84754702710401</v>
       </c>
       <c r="D152" s="7">
-        <v>252.416493575066</v>
+        <v>252.41649357506199</v>
       </c>
       <c r="E152" s="12">
-        <v>7.9981980421737209E-3</v>
+        <v>7.9981980421457433E-3</v>
       </c>
       <c r="F152" s="9">
         <v>0.1785802867464612</v>
       </c>
       <c r="G152" s="9">
-        <v>3.0096264066146183E-2</v>
+        <v>3.0096264066138634E-2</v>
       </c>
     </row>
     <row r="153" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A153" s="5">
         <v>37834</v>
       </c>
       <c r="B153" s="6">
         <v>129257.648207652</v>
       </c>
       <c r="C153" s="7">
         <v>257.85518713623497</v>
       </c>
       <c r="D153" s="7">
-        <v>256.03923466795902</v>
+        <v>256.03923466796198</v>
       </c>
       <c r="E153" s="12">
-        <v>1.4352236026983878E-2</v>
+        <v>1.4352236027011855E-2</v>
       </c>
       <c r="F153" s="9">
         <v>0.16563682342153152</v>
       </c>
       <c r="G153" s="9">
-        <v>3.1437989011058765E-2</v>
+        <v>3.1437989011047218E-2</v>
       </c>
     </row>
     <row r="154" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A154" s="5">
         <v>37865</v>
       </c>
       <c r="B154" s="6">
         <v>130473.4200657</v>
       </c>
       <c r="C154" s="7">
         <v>260.28052199509199</v>
       </c>
       <c r="D154" s="7">
-        <v>259.39628692421502</v>
+        <v>259.39628692421599</v>
       </c>
       <c r="E154" s="12">
-        <v>1.3111475905673409E-2</v>
+        <v>1.3111475905665415E-2</v>
       </c>
       <c r="F154" s="9">
         <v>0.15546518914684615</v>
       </c>
       <c r="G154" s="9">
-        <v>3.5125762754424805E-2</v>
+        <v>3.5125762754410594E-2</v>
       </c>
     </row>
     <row r="155" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A155" s="5">
         <v>37895</v>
       </c>
       <c r="B155" s="6">
         <v>131947.33528670599</v>
       </c>
       <c r="C155" s="7">
         <v>263.22082526074399</v>
       </c>
       <c r="D155" s="7">
-        <v>264.01846207426701</v>
+        <v>264.018462074269</v>
       </c>
       <c r="E155" s="12">
-        <v>1.781897190919457E-2</v>
+        <v>1.7818971909198567E-2</v>
       </c>
       <c r="F155" s="9">
         <v>0.16084401784387059</v>
       </c>
       <c r="G155" s="9">
-        <v>3.9051631594316794E-2</v>
+        <v>3.9051631594321012E-2</v>
       </c>
     </row>
     <row r="156" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A156" s="5">
         <v>37926</v>
       </c>
       <c r="B156" s="6">
         <v>133387.673653281</v>
       </c>
       <c r="C156" s="7">
         <v>266.09414629205401</v>
       </c>
       <c r="D156" s="7">
-        <v>267.21418683017998</v>
+        <v>267.21418683018197</v>
       </c>
       <c r="E156" s="12">
         <v>1.210417154469301E-2</v>
       </c>
       <c r="F156" s="9">
         <v>0.15226979381520156</v>
       </c>
       <c r="G156" s="9">
-        <v>4.1851171452652824E-2</v>
+        <v>4.1851171452656599E-2</v>
       </c>
     </row>
     <row r="157" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A157" s="5">
         <v>37956</v>
       </c>
       <c r="B157" s="6">
         <v>135443.566069213</v>
       </c>
       <c r="C157" s="7">
         <v>270.19543183293399</v>
       </c>
       <c r="D157" s="7">
-        <v>272.27419296206102</v>
+        <v>272.27419296206801</v>
       </c>
       <c r="E157" s="12">
-        <v>1.8936143293532437E-2</v>
+        <v>1.8936143293551089E-2</v>
       </c>
       <c r="F157" s="9">
         <v>0.15560485521830381</v>
       </c>
       <c r="G157" s="9">
-        <v>4.6434502996651084E-2</v>
+        <v>4.6434502996665961E-2</v>
       </c>
     </row>
     <row r="158" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A158" s="5">
         <v>37987</v>
       </c>
       <c r="B158" s="6">
         <v>134805.73139884</v>
       </c>
       <c r="C158" s="7">
         <v>268.92301986682099</v>
       </c>
       <c r="D158" s="7">
-        <v>273.11895696765401</v>
+        <v>273.11895696762201</v>
       </c>
       <c r="E158" s="12">
-        <v>3.1026223837185007E-3</v>
+        <v>3.102622383575282E-3</v>
       </c>
       <c r="F158" s="9">
         <v>0.14333834559246772</v>
       </c>
       <c r="G158" s="9">
-        <v>4.2534073579950427E-2</v>
+        <v>4.2534073579912901E-2</v>
       </c>
     </row>
     <row r="159" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A159" s="5">
         <v>38018</v>
       </c>
       <c r="B159" s="6">
         <v>138729.555860297</v>
       </c>
       <c r="C159" s="7">
         <v>276.75063010751899</v>
       </c>
       <c r="D159" s="7">
-        <v>280.61677392199601</v>
+        <v>280.61677392199698</v>
       </c>
       <c r="E159" s="12">
-        <v>2.7452568791224374E-2</v>
+        <v>2.7452568791348497E-2</v>
       </c>
       <c r="F159" s="9">
         <v>0.17050152459726475</v>
       </c>
       <c r="G159" s="9">
-        <v>4.4750434014871887E-2</v>
+        <v>4.475043401483525E-2</v>
       </c>
     </row>
     <row r="160" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A160" s="5">
         <v>38047</v>
       </c>
       <c r="B160" s="6">
         <v>142584.26376954099</v>
       </c>
       <c r="C160" s="7">
         <v>284.44036021692699</v>
       </c>
       <c r="D160" s="7">
-        <v>285.367196161614</v>
+        <v>285.36719616159701</v>
       </c>
       <c r="E160" s="12">
-        <v>1.6928504213146178E-2</v>
+        <v>1.6928504213082007E-2</v>
       </c>
       <c r="F160" s="9">
         <v>0.16700592760961452</v>
       </c>
       <c r="G160" s="9">
-        <v>4.4300911118650976E-2</v>
+        <v>4.4300911118576591E-2</v>
       </c>
     </row>
     <row r="161" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A161" s="5">
         <v>38078</v>
       </c>
       <c r="B161" s="6">
         <v>145917.922983422</v>
       </c>
       <c r="C161" s="7">
         <v>291.09065389287798</v>
       </c>
       <c r="D161" s="7">
-        <v>289.970951486991</v>
+        <v>289.97095148695399</v>
       </c>
       <c r="E161" s="12">
-        <v>1.613274191042513E-2</v>
+        <v>1.6132741910356074E-2</v>
       </c>
       <c r="F161" s="9">
         <v>0.18876080167200349</v>
       </c>
       <c r="G161" s="9">
-        <v>5.3343826531945693E-2</v>
+        <v>5.3343826531909944E-2</v>
       </c>
     </row>
     <row r="162" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A162" s="5">
         <v>38108</v>
       </c>
       <c r="B162" s="6">
         <v>149019.87983144101</v>
       </c>
       <c r="C162" s="7">
         <v>297.278726124005</v>
       </c>
       <c r="D162" s="7">
-        <v>295.32584695823101</v>
+        <v>295.32584695819799</v>
       </c>
       <c r="E162" s="12">
-        <v>1.8467006587314039E-2</v>
+        <v>1.8467006587330248E-2</v>
       </c>
       <c r="F162" s="9">
         <v>0.19453184756393727</v>
       </c>
       <c r="G162" s="9">
-        <v>5.4059968852313123E-2</v>
+        <v>5.4059968852238516E-2</v>
       </c>
     </row>
     <row r="163" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A163" s="5">
         <v>38139</v>
       </c>
       <c r="B163" s="6">
         <v>151523.86258659701</v>
       </c>
       <c r="C163" s="7">
         <v>302.27390397900803</v>
       </c>
       <c r="D163" s="7">
-        <v>298.48062898402202</v>
+        <v>298.48062898403901</v>
       </c>
       <c r="E163" s="12">
-        <v>1.068237696864105E-2</v>
+        <v>1.068237696881158E-2</v>
       </c>
       <c r="F163" s="9">
         <v>0.19108957598859133</v>
       </c>
       <c r="G163" s="9">
-        <v>5.3240787199936301E-2</v>
+        <v>5.3240787199933415E-2</v>
       </c>
     </row>
     <row r="164" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A164" s="5">
         <v>38169</v>
       </c>
       <c r="B164" s="6">
         <v>154298.53053373899</v>
       </c>
       <c r="C164" s="7">
         <v>307.80906984866601</v>
       </c>
       <c r="D164" s="7">
-        <v>303.65774850468102</v>
+        <v>303.65774850474401</v>
       </c>
       <c r="E164" s="12">
-        <v>1.7344909578490997E-2</v>
+        <v>1.7344909578644208E-2</v>
       </c>
       <c r="F164" s="9">
         <v>0.20309564592408336</v>
       </c>
       <c r="G164" s="9">
-        <v>4.8494730073129322E-2</v>
+        <v>4.8494730073249448E-2</v>
       </c>
     </row>
     <row r="165" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A165" s="5">
         <v>38200</v>
       </c>
       <c r="B165" s="6">
         <v>153742.53287880501</v>
       </c>
       <c r="C165" s="7">
         <v>306.69991397782701</v>
       </c>
       <c r="D165" s="7">
-        <v>304.67405246711797</v>
+        <v>304.67405246726901</v>
       </c>
       <c r="E165" s="12">
-        <v>3.346873140704032E-3</v>
+        <v>3.346873140993134E-3</v>
       </c>
       <c r="F165" s="9">
         <v>0.1894269701690563</v>
       </c>
       <c r="G165" s="9">
-        <v>4.1518238462713075E-2</v>
+        <v>4.1518238463082557E-2</v>
       </c>
     </row>
     <row r="166" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A166" s="5">
         <v>38231</v>
       </c>
       <c r="B166" s="6">
         <v>153726.762826213</v>
       </c>
       <c r="C166" s="7">
         <v>306.66845440913801</v>
       </c>
       <c r="D166" s="7">
-        <v>305.731078242617</v>
+        <v>305.73107824283301</v>
       </c>
       <c r="E166" s="12">
-        <v>3.4693659238116403E-3</v>
+        <v>3.4693659240232488E-3</v>
       </c>
       <c r="F166" s="9">
         <v>0.17822283457277188</v>
       </c>
       <c r="G166" s="9">
-        <v>3.4268188850746117E-2</v>
+        <v>3.4268188851295012E-2</v>
       </c>
     </row>
     <row r="167" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A167" s="5">
         <v>38261</v>
       </c>
       <c r="B167" s="6">
         <v>152159.15141917899</v>
       </c>
       <c r="C167" s="7">
         <v>303.54123727094498</v>
       </c>
       <c r="D167" s="7">
-        <v>304.42138842449799</v>
+        <v>304.42138842461299</v>
       </c>
       <c r="E167" s="12">
-        <v>-4.2837968113914604E-3</v>
+        <v>-4.2837968117188652E-3</v>
       </c>
       <c r="F167" s="9">
         <v>0.15318093456420079</v>
       </c>
       <c r="G167" s="9">
-        <v>1.9345946294403671E-2</v>
+        <v>1.9345946294887506E-2</v>
       </c>
     </row>
     <row r="168" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A168" s="5">
         <v>38292</v>
       </c>
       <c r="B168" s="6">
         <v>153438.588082981</v>
       </c>
       <c r="C168" s="7">
         <v>306.09357660984</v>
       </c>
       <c r="D168" s="7">
-        <v>307.28222696027501</v>
+        <v>307.28222696015001</v>
       </c>
       <c r="E168" s="12">
-        <v>9.3976265944486492E-3</v>
+        <v>9.3976265936566161E-3</v>
       </c>
       <c r="F168" s="9">
         <v>0.15032059470366654</v>
       </c>
       <c r="G168" s="9">
-        <v>1.1713848774753455E-2</v>
+        <v>1.1713848774722813E-2</v>
       </c>
     </row>
     <row r="169" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A169" s="5">
         <v>38322</v>
       </c>
       <c r="B169" s="6">
         <v>152622.72858610301</v>
       </c>
       <c r="C169" s="7">
         <v>304.466024150382</v>
       </c>
       <c r="D169" s="7">
-        <v>307.048262989872</v>
+        <v>307.048262989519</v>
       </c>
       <c r="E169" s="12">
-        <v>-7.6139766597449476E-4</v>
+        <v>-7.6139766671678988E-4</v>
       </c>
       <c r="F169" s="9">
         <v>0.12683631283092178</v>
       </c>
       <c r="G169" s="9">
-        <v>5.1298431069193295E-3</v>
+        <v>5.1298431060493588E-3</v>
       </c>
     </row>
     <row r="170" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A170" s="5">
         <v>38353</v>
       </c>
       <c r="B170" s="6">
         <v>151757.17457932999</v>
       </c>
       <c r="C170" s="7">
         <v>302.73933645732899</v>
       </c>
       <c r="D170" s="7">
-        <v>307.18780562433898</v>
+        <v>307.18780562390702</v>
       </c>
       <c r="E170" s="12">
-        <v>4.544648229181103E-4</v>
+        <v>4.5446482266142674E-4</v>
       </c>
       <c r="F170" s="9">
         <v>0.12574719935561807</v>
       </c>
       <c r="G170" s="9">
-        <v>7.314803736325759E-3</v>
+        <v>7.3148037348003125E-3</v>
       </c>
     </row>
     <row r="171" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A171" s="5">
         <v>38384</v>
       </c>
       <c r="B171" s="6">
         <v>152878.93971300701</v>
       </c>
       <c r="C171" s="7">
         <v>304.977137952855</v>
       </c>
       <c r="D171" s="7">
-        <v>309.111420621668</v>
+        <v>309.11142062150401</v>
       </c>
       <c r="E171" s="12">
-        <v>6.2620161416218068E-3</v>
+        <v>6.2620161425031018E-3</v>
       </c>
       <c r="F171" s="9">
         <v>0.10199256939133217</v>
       </c>
       <c r="G171" s="9">
-        <v>6.4449226190812503E-3</v>
+        <v>6.4449226178207031E-3</v>
       </c>
     </row>
     <row r="172" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A172" s="5">
         <v>38412</v>
       </c>
       <c r="B172" s="6">
         <v>153876.16709019599</v>
       </c>
       <c r="C172" s="7">
         <v>306.96649994054297</v>
       </c>
       <c r="D172" s="7">
-        <v>308.01831049650002</v>
+        <v>308.01831049657397</v>
       </c>
       <c r="E172" s="12">
-        <v>-3.53629808620326E-3</v>
+        <v>-3.5362980854354298E-3</v>
       </c>
       <c r="F172" s="9">
         <v>7.9194597090358476E-2</v>
       </c>
       <c r="G172" s="9">
-        <v>6.0578470628089853E-3</v>
+        <v>6.057847062638233E-3</v>
       </c>
     </row>
     <row r="173" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A173" s="5">
         <v>38443</v>
       </c>
       <c r="B173" s="6">
         <v>156128.027989408</v>
       </c>
       <c r="C173" s="7">
         <v>311.45872165138798</v>
       </c>
       <c r="D173" s="7">
-        <v>310.013973370369</v>
+        <v>310.01397337055602</v>
       </c>
       <c r="E173" s="12">
-        <v>6.4790397384237863E-3</v>
+        <v>6.4790397387892718E-3</v>
       </c>
       <c r="F173" s="9">
         <v>6.9971562075660021E-2</v>
       </c>
       <c r="G173" s="9">
-        <v>6.1045005194868551E-3</v>
+        <v>6.1045005205855318E-3</v>
       </c>
     </row>
     <row r="174" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A174" s="5">
         <v>38473</v>
       </c>
       <c r="B174" s="6">
         <v>157272.24507021901</v>
       </c>
       <c r="C174" s="7">
         <v>313.74131238074398</v>
       </c>
       <c r="D174" s="7">
-        <v>311.49192229158098</v>
+        <v>311.49192229171098</v>
       </c>
       <c r="E174" s="12">
-        <v>4.7673622744943689E-3</v>
+        <v>4.7673622743074073E-3</v>
       </c>
       <c r="F174" s="9">
         <v>5.5377613027956407E-2</v>
       </c>
       <c r="G174" s="9">
-        <v>6.6894825562178184E-3</v>
+        <v>6.6894825576759853E-3</v>
       </c>
     </row>
     <row r="175" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A175" s="5">
         <v>38504</v>
       </c>
       <c r="B175" s="6">
         <v>157790.98849480701</v>
       </c>
       <c r="C175" s="7">
         <v>314.77615004549699</v>
       </c>
       <c r="D175" s="7">
-        <v>311.13042056190301</v>
+        <v>311.130420561996</v>
       </c>
       <c r="E175" s="12">
-        <v>-1.1605492913538962E-3</v>
+        <v>-1.1605492914722459E-3</v>
       </c>
       <c r="F175" s="9">
         <v>4.1360653043198914E-2</v>
       </c>
       <c r="G175" s="9">
-        <v>8.9999152354753864E-3</v>
+        <v>8.999915236488798E-3</v>
       </c>
     </row>
     <row r="176" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A176" s="5">
         <v>38534</v>
       </c>
       <c r="B176" s="6">
         <v>158347.701452245</v>
       </c>
       <c r="C176" s="7">
         <v>315.88673286834597</v>
       </c>
       <c r="D176" s="7">
-        <v>311.72000112640598</v>
+        <v>311.72000112661902</v>
       </c>
       <c r="E176" s="12">
-        <v>1.8949627729689666E-3</v>
+        <v>1.894962773354214E-3</v>
       </c>
       <c r="F176" s="9">
         <v>2.6242446408909714E-2</v>
       </c>
       <c r="G176" s="9">
-        <v>7.7643190117158145E-3</v>
+        <v>7.7643190120806338E-3</v>
       </c>
     </row>
     <row r="177" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A177" s="5">
         <v>38565</v>
       </c>
       <c r="B177" s="6">
         <v>157309.74626090299</v>
       </c>
       <c r="C177" s="7">
         <v>313.816123246296</v>
       </c>
       <c r="D177" s="7">
-        <v>312.03637619920499</v>
+        <v>312.03637619968401</v>
       </c>
       <c r="E177" s="12">
-        <v>1.0149335033229345E-3</v>
+        <v>1.0149335041753638E-3</v>
       </c>
       <c r="F177" s="9">
         <v>2.3202514719268708E-2</v>
       </c>
       <c r="G177" s="9">
-        <v>5.7691792139835663E-3</v>
+        <v>5.769179214405229E-3</v>
       </c>
     </row>
     <row r="178" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A178" s="5">
         <v>38596</v>
       </c>
       <c r="B178" s="6">
         <v>156516.536930815</v>
       </c>
       <c r="C178" s="7">
         <v>312.23375544768402</v>
       </c>
       <c r="D178" s="7">
-        <v>311.37422598882603</v>
+        <v>311.37422598956101</v>
       </c>
       <c r="E178" s="12">
-        <v>-2.1220289071561815E-3</v>
+        <v>-2.1220289063326181E-3</v>
       </c>
       <c r="F178" s="9">
         <v>1.8147614984621585E-2</v>
       </c>
       <c r="G178" s="9">
-        <v>2.6744477425915125E-3</v>
+        <v>2.6744477436808634E-3</v>
       </c>
     </row>
     <row r="179" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A179" s="5">
         <v>38626</v>
       </c>
       <c r="B179" s="6">
         <v>157107.34546862601</v>
       </c>
       <c r="C179" s="7">
         <v>313.41235530766397</v>
       </c>
       <c r="D179" s="7">
-        <v>314.270331289441</v>
+        <v>314.27033128990598</v>
       </c>
       <c r="E179" s="12">
-        <v>9.3010437566496407E-3</v>
+        <v>9.3010437557605741E-3</v>
       </c>
       <c r="F179" s="9">
         <v>3.2519858341052643E-2</v>
       </c>
       <c r="G179" s="9">
-        <v>3.5731972537615952E-3</v>
+        <v>3.5731972550903102E-3</v>
       </c>
     </row>
     <row r="180" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A180" s="5">
         <v>38657</v>
       </c>
       <c r="B180" s="6">
         <v>157138.890214363</v>
       </c>
       <c r="C180" s="7">
         <v>313.47528370244697</v>
       </c>
       <c r="D180" s="7">
-        <v>314.40773497607802</v>
+        <v>314.40773497556899</v>
       </c>
       <c r="E180" s="12">
-        <v>4.3721494826853835E-4</v>
+        <v>4.3721494516857362E-4</v>
       </c>
       <c r="F180" s="9">
         <v>2.411585102295688E-2</v>
       </c>
       <c r="G180" s="9">
-        <v>5.5252618589793911E-3</v>
+        <v>5.525261858874142E-3</v>
       </c>
     </row>
     <row r="181" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A181" s="5">
         <v>38687</v>
       </c>
       <c r="B181" s="6">
         <v>157249.75617954001</v>
       </c>
       <c r="C181" s="7">
         <v>313.69644944849102</v>
       </c>
       <c r="D181" s="7">
-        <v>316.574093780856</v>
+        <v>316.57409377936199</v>
       </c>
       <c r="E181" s="12">
-        <v>6.8902846965352982E-3</v>
+        <v>6.8902846934135731E-3</v>
       </c>
       <c r="F181" s="9">
         <v>3.0316766292287189E-2</v>
       </c>
       <c r="G181" s="9">
-        <v>1.0823682484632169E-2</v>
+        <v>1.0823682481444941E-2</v>
       </c>
     </row>
     <row r="182" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A182" s="5">
         <v>38718</v>
       </c>
       <c r="B182" s="6">
         <v>158477.76609916601</v>
       </c>
       <c r="C182" s="7">
         <v>316.146197931627</v>
       </c>
       <c r="D182" s="7">
-        <v>320.57846488958302</v>
+        <v>320.57846488789897</v>
       </c>
       <c r="E182" s="12">
-        <v>1.2649080222903564E-2</v>
+        <v>1.2649080222362885E-2</v>
       </c>
       <c r="F182" s="9">
         <v>4.428516502409563E-2</v>
       </c>
       <c r="G182" s="9">
-        <v>1.4801794164217563E-2</v>
+        <v>1.4801794158468384E-2</v>
       </c>
     </row>
     <row r="183" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A183" s="5">
         <v>38749</v>
       </c>
       <c r="B183" s="6">
         <v>158572.96779555501</v>
       </c>
       <c r="C183" s="7">
         <v>316.33611513636203</v>
       </c>
       <c r="D183" s="7">
-        <v>320.49905811418</v>
+        <v>320.49905811365301</v>
       </c>
       <c r="E183" s="12">
-        <v>-2.4769840803362531E-4</v>
+        <v>-2.4769840442573354E-4</v>
       </c>
       <c r="F183" s="9">
         <v>3.7245339961393897E-2</v>
       </c>
       <c r="G183" s="9">
-        <v>1.8721644184355846E-2</v>
+        <v>1.872164417966582E-2</v>
       </c>
     </row>
     <row r="184" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A184" s="5">
         <v>38777</v>
       </c>
       <c r="B184" s="6">
         <v>162082.50416309899</v>
       </c>
       <c r="C184" s="7">
         <v>323.33726492798297</v>
       </c>
       <c r="D184" s="7">
-        <v>324.50515405897801</v>
+        <v>324.50515405943099</v>
       </c>
       <c r="E184" s="12">
-        <v>1.2499556062254724E-2</v>
+        <v>1.2499556065332929E-2</v>
       </c>
       <c r="F184" s="9">
         <v>5.3330786879385528E-2</v>
       </c>
       <c r="G184" s="9">
-        <v>2.1508035501731637E-2</v>
+        <v>2.1508035501533795E-2</v>
       </c>
     </row>
     <row r="185" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A185" s="5">
         <v>38808</v>
       </c>
       <c r="B185" s="6">
         <v>163573.278728317</v>
       </c>
       <c r="C185" s="7">
         <v>326.31120078263098</v>
       </c>
       <c r="D185" s="7">
-        <v>324.67279919541198</v>
+        <v>324.67279919646802</v>
       </c>
       <c r="E185" s="12">
-        <v>5.1661779277467623E-4</v>
+        <v>5.166177946323014E-4</v>
       </c>
       <c r="F185" s="9">
         <v>4.7686830063687236E-2</v>
       </c>
       <c r="G185" s="9">
-        <v>1.9038959320829996E-2</v>
+        <v>1.9038959325810456E-2</v>
       </c>
     </row>
     <row r="186" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A186" s="5">
         <v>38838</v>
       </c>
       <c r="B186" s="6">
         <v>164632.29089936099</v>
       </c>
       <c r="C186" s="7">
         <v>328.42381682764398</v>
       </c>
       <c r="D186" s="7">
-        <v>325.97346372718198</v>
+        <v>325.97346372799001</v>
       </c>
       <c r="E186" s="12">
-        <v>4.0060779190411733E-3</v>
+        <v>4.0060779182642392E-3</v>
       </c>
       <c r="F186" s="9">
         <v>4.6798122744772241E-2</v>
       </c>
       <c r="G186" s="9">
-        <v>1.8273660160163185E-2</v>
+        <v>1.8273660166522099E-2</v>
       </c>
     </row>
     <row r="187" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A187" s="5">
         <v>38869</v>
       </c>
       <c r="B187" s="6">
         <v>165729.90767969601</v>
       </c>
       <c r="C187" s="7">
         <v>330.613444940345</v>
       </c>
       <c r="D187" s="7">
-        <v>326.97187578313498</v>
+        <v>326.97187578338298</v>
       </c>
       <c r="E187" s="12">
-        <v>3.0628629844196009E-3</v>
+        <v>3.0628629826938703E-3</v>
       </c>
       <c r="F187" s="9">
         <v>5.0312880733050847E-2</v>
       </c>
       <c r="G187" s="9">
-        <v>1.246445480939995E-2</v>
+        <v>1.2464454813430725E-2</v>
       </c>
     </row>
     <row r="188" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A188" s="5">
         <v>38899</v>
       </c>
       <c r="B188" s="6">
         <v>167732.73474557401</v>
       </c>
       <c r="C188" s="7">
         <v>334.608870781946</v>
       </c>
       <c r="D188" s="7">
-        <v>330.38001606956601</v>
+        <v>330.38001607031703</v>
       </c>
       <c r="E188" s="12">
-        <v>1.0423343837350441E-2</v>
+        <v>1.0423343838880772E-2</v>
       </c>
       <c r="F188" s="9">
         <v>5.9268516102583435E-2</v>
       </c>
       <c r="G188" s="9">
-        <v>1.4075144662912153E-2</v>
+        <v>1.4075144663748818E-2</v>
       </c>
     </row>
     <row r="189" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A189" s="5">
         <v>38930</v>
       </c>
       <c r="B189" s="6">
         <v>167721.47997902901</v>
       </c>
       <c r="C189" s="7">
         <v>334.58641872611901</v>
       </c>
       <c r="D189" s="7">
-        <v>332.93571999882602</v>
+        <v>332.93571999946198</v>
       </c>
       <c r="E189" s="12">
-        <v>7.7356492673632538E-3</v>
+        <v>7.7356492669975463E-3</v>
       </c>
       <c r="F189" s="9">
         <v>6.6186196123268148E-2</v>
       </c>
       <c r="G189" s="9">
-        <v>1.5521891889165973E-2</v>
+        <v>1.5521891888429673E-2</v>
       </c>
     </row>
     <row r="190" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A190" s="5">
         <v>38961</v>
       </c>
       <c r="B190" s="6">
         <v>169412.674514554</v>
       </c>
       <c r="C190" s="7">
         <v>337.960170991371</v>
       </c>
       <c r="D190" s="7">
-        <v>336.97876828222201</v>
+        <v>336.97876828351099</v>
       </c>
       <c r="E190" s="12">
-        <v>1.2143630258147908E-2</v>
+        <v>1.2143630260086136E-2</v>
       </c>
       <c r="F190" s="9">
         <v>8.2394728612222634E-2</v>
       </c>
       <c r="G190" s="9">
-        <v>2.3195524660484024E-2</v>
+        <v>2.3195524661010491E-2</v>
       </c>
     </row>
     <row r="191" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A191" s="5">
         <v>38991</v>
       </c>
       <c r="B191" s="6">
         <v>169623.48858430699</v>
       </c>
       <c r="C191" s="7">
         <v>338.38072251896602</v>
       </c>
       <c r="D191" s="7">
-        <v>339.02329099484098</v>
+        <v>339.02329099515498</v>
       </c>
       <c r="E191" s="12">
-        <v>6.0672152226119991E-3</v>
+        <v>6.0672152196956652E-3</v>
       </c>
       <c r="F191" s="9">
         <v>7.9666186697686658E-2</v>
       </c>
       <c r="G191" s="9">
-        <v>2.6046743888651358E-2</v>
+        <v>2.6046743889042601E-2</v>
       </c>
     </row>
     <row r="192" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A192" s="5">
         <v>39022</v>
       </c>
       <c r="B192" s="6">
         <v>172184.84989518899</v>
       </c>
       <c r="C192" s="7">
         <v>343.490364457368</v>
       </c>
       <c r="D192" s="7">
-        <v>344.30619237087399</v>
+        <v>344.30619237083903</v>
       </c>
       <c r="E192" s="12">
-        <v>1.5582709260271388E-2</v>
+        <v>1.5582709259227778E-2</v>
       </c>
       <c r="F192" s="9">
         <v>9.5749433258066841E-2</v>
       </c>
       <c r="G192" s="9">
-        <v>3.0315071537935223E-2</v>
+        <v>3.0315071537817317E-2</v>
       </c>
     </row>
     <row r="193" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A193" s="5">
         <v>39052</v>
       </c>
       <c r="B193" s="6">
         <v>173745.944939993</v>
       </c>
       <c r="C193" s="7">
         <v>346.60458214968298</v>
       </c>
       <c r="D193" s="7">
-        <v>349.96694465955699</v>
+        <v>349.96694465945001</v>
       </c>
       <c r="E193" s="12">
-        <v>1.644104118402101E-2</v>
+        <v>1.6441041183813399E-2</v>
       </c>
       <c r="F193" s="9">
         <v>0.10490438370930777</v>
       </c>
       <c r="G193" s="9">
-        <v>3.2992207326064227E-2</v>
+        <v>3.2992207323472744E-2</v>
       </c>
     </row>
     <row r="194" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A194" s="5">
         <v>39083</v>
       </c>
       <c r="B194" s="6">
         <v>173224.53049976699</v>
       </c>
       <c r="C194" s="7">
         <v>345.56441609433301</v>
       </c>
       <c r="D194" s="7">
-        <v>350.26089098135998</v>
+        <v>350.26089096763701</v>
       </c>
       <c r="E194" s="12">
-        <v>8.399259595472941E-4</v>
+        <v>8.3992592064108251E-4</v>
       </c>
       <c r="F194" s="9">
         <v>9.3052576166259282E-2</v>
       </c>
       <c r="G194" s="9">
-        <v>3.528091569873526E-2</v>
+        <v>3.5280915682695646E-2</v>
       </c>
     </row>
     <row r="195" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A195" s="5">
         <v>39114</v>
       </c>
       <c r="B195" s="6">
         <v>174705.525857548</v>
       </c>
       <c r="C195" s="7">
         <v>348.51884347579801</v>
       </c>
       <c r="D195" s="7">
-        <v>353.29500458716302</v>
+        <v>353.29500458583402</v>
       </c>
       <c r="E195" s="12">
-        <v>8.662439010253431E-3</v>
+        <v>8.6624390459777434E-3</v>
       </c>
       <c r="F195" s="9">
         <v>0.10173586511158583</v>
       </c>
       <c r="G195" s="9">
-        <v>3.2553484230375407E-2</v>
+        <v>3.255348421393145E-2</v>
       </c>
     </row>
     <row r="196" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A196" s="5">
         <v>39142</v>
       </c>
       <c r="B196" s="6">
         <v>177082.55412879601</v>
       </c>
       <c r="C196" s="7">
         <v>353.26076071017502</v>
       </c>
       <c r="D196" s="7">
-        <v>354.61628231613003</v>
+        <v>354.61628232895902</v>
       </c>
       <c r="E196" s="12">
-        <v>3.7398709628260196E-3</v>
+        <v>3.7398710029141746E-3</v>
       </c>
       <c r="F196" s="9">
         <v>9.2545768854873423E-2</v>
       </c>
       <c r="G196" s="9">
-        <v>2.4074166119901319E-2</v>
+        <v>2.4074166117579399E-2</v>
       </c>
     </row>
     <row r="197" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A197" s="5">
         <v>39173</v>
       </c>
       <c r="B197" s="6">
         <v>180314.167315762</v>
       </c>
       <c r="C197" s="7">
         <v>359.70748347383102</v>
       </c>
       <c r="D197" s="7">
-        <v>357.91047103077301</v>
+        <v>357.91047103318903</v>
       </c>
       <c r="E197" s="12">
-        <v>9.2894457443617462E-3</v>
+        <v>9.289445714661726E-3</v>
       </c>
       <c r="F197" s="9">
         <v>0.10234488614274273</v>
       </c>
       <c r="G197" s="9">
-        <v>2.0380121040953769E-2</v>
+        <v>2.03801210678205E-2</v>
       </c>
     </row>
     <row r="198" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A198" s="5">
         <v>39203</v>
       </c>
       <c r="B198" s="6">
         <v>181584.49998302499</v>
       </c>
       <c r="C198" s="7">
         <v>362.24166131308903</v>
       </c>
       <c r="D198" s="7">
-        <v>359.48281722389498</v>
+        <v>359.48281722463702</v>
       </c>
       <c r="E198" s="12">
-        <v>4.3931271096753211E-3</v>
+        <v>4.3931271049686416E-3</v>
       </c>
       <c r="F198" s="9">
         <v>0.10297013417633027</v>
       </c>
       <c r="G198" s="9">
-        <v>1.7547536357840787E-2</v>
+        <v>1.7547536387656937E-2</v>
       </c>
     </row>
     <row r="199" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A199" s="5">
         <v>39234</v>
       </c>
       <c r="B199" s="6">
         <v>184070.218171063</v>
       </c>
       <c r="C199" s="7">
         <v>367.20040330965298</v>
       </c>
       <c r="D199" s="7">
-        <v>363.16132080964201</v>
+        <v>363.16132080855903</v>
       </c>
       <c r="E199" s="12">
-        <v>1.0232766100350066E-2</v>
+        <v>1.0232766095252144E-2</v>
       </c>
       <c r="F199" s="9">
         <v>0.11066385511306009</v>
       </c>
       <c r="G199" s="9">
-        <v>2.1151974742334323E-2</v>
+        <v>2.1151974746440372E-2</v>
       </c>
     </row>
     <row r="200" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A200" s="5">
         <v>39264</v>
       </c>
       <c r="B200" s="6">
         <v>184269.86418284499</v>
       </c>
       <c r="C200" s="7">
         <v>367.59867575575498</v>
       </c>
       <c r="D200" s="7">
-        <v>363.031836683444</v>
+        <v>363.03183668226001</v>
       </c>
       <c r="E200" s="12">
-        <v>-3.5654712872323913E-4</v>
+        <v>-3.5654712900246022E-4</v>
       </c>
       <c r="F200" s="9">
         <v>9.8592141017407098E-2</v>
       </c>
       <c r="G200" s="9">
-        <v>1.8628083575061405E-2</v>
+        <v>1.8628083560331188E-2</v>
       </c>
     </row>
     <row r="201" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A201" s="5">
         <v>39295</v>
       </c>
       <c r="B201" s="6">
         <v>183898.448890759</v>
       </c>
       <c r="C201" s="7">
         <v>366.85774196209502</v>
       </c>
       <c r="D201" s="7">
-        <v>365.21980810654799</v>
+        <v>365.219808104425</v>
       </c>
       <c r="E201" s="12">
-        <v>6.0269408961282078E-3</v>
+        <v>6.0269408935613722E-3</v>
       </c>
       <c r="F201" s="9">
         <v>9.6451384245791028E-2</v>
       </c>
       <c r="G201" s="9">
-        <v>1.8100020337042944E-2</v>
+        <v>1.8100020317764809E-2</v>
       </c>
     </row>
     <row r="202" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A202" s="5">
         <v>39326</v>
       </c>
       <c r="B202" s="6">
         <v>184723.32792935101</v>
       </c>
       <c r="C202" s="7">
         <v>368.50328744284798</v>
       </c>
       <c r="D202" s="7">
-        <v>367.03268952915101</v>
+        <v>367.03268953004999</v>
       </c>
       <c r="E202" s="12">
-        <v>4.9638091427783859E-3</v>
+        <v>4.9638091510815219E-3</v>
       </c>
       <c r="F202" s="9">
         <v>9.0374899390901264E-2</v>
       </c>
       <c r="G202" s="9">
-        <v>1.3631634284164251E-2</v>
+        <v>1.3631634279989369E-2</v>
       </c>
     </row>
     <row r="203" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A203" s="5">
         <v>39356</v>
       </c>
       <c r="B203" s="6">
         <v>186043.57943158501</v>
       </c>
       <c r="C203" s="7">
         <v>371.13704802023898</v>
       </c>
       <c r="D203" s="7">
-        <v>371.632150290911</v>
+        <v>371.63215029173301</v>
       </c>
       <c r="E203" s="12">
-        <v>1.2531474424418265E-2</v>
+        <v>1.2531474424177791E-2</v>
       </c>
       <c r="F203" s="9">
         <v>9.6803166733107737E-2</v>
       </c>
       <c r="G203" s="9">
-        <v>1.6771738192305152E-2</v>
+        <v>1.6771738193363195E-2</v>
       </c>
     </row>
     <row r="204" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A204" s="5">
         <v>39387</v>
       </c>
       <c r="B204" s="6">
         <v>184098.574978594</v>
       </c>
       <c r="C204" s="7">
         <v>367.25697210859101</v>
       </c>
       <c r="D204" s="7">
-        <v>367.975589997241</v>
+        <v>367.97558999847399</v>
       </c>
       <c r="E204" s="12">
-        <v>-9.8391925747212117E-3</v>
+        <v>-9.8391925735935581E-3</v>
       </c>
       <c r="F204" s="9">
         <v>6.9191482820103234E-2</v>
       </c>
       <c r="G204" s="9">
-        <v>1.3952064614976667E-2</v>
+        <v>1.395206462176124E-2</v>
       </c>
     </row>
     <row r="205" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A205" s="5">
         <v>39417</v>
       </c>
       <c r="B205" s="6">
         <v>182079.51300920499</v>
       </c>
       <c r="C205" s="7">
         <v>363.22915937042097</v>
       </c>
       <c r="D205" s="7">
-        <v>366.89122117634901</v>
+        <v>366.89122117823598</v>
       </c>
       <c r="E205" s="12">
-        <v>-2.9468498736563431E-3</v>
+        <v>-2.9468498718692171E-3</v>
       </c>
       <c r="F205" s="9">
         <v>4.7964101102271561E-2</v>
       </c>
       <c r="G205" s="9">
-        <v>1.0239009902692775E-2</v>
+        <v>1.0239009908512786E-2</v>
       </c>
     </row>
     <row r="206" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A206" s="5">
         <v>39448</v>
       </c>
       <c r="B206" s="6">
         <v>180473.15404079101</v>
       </c>
       <c r="C206" s="7">
         <v>360.02464499040701</v>
       </c>
       <c r="D206" s="7">
-        <v>364.99554261402699</v>
+        <v>364.99554258846001</v>
       </c>
       <c r="E206" s="12">
-        <v>-5.1668681421266349E-3</v>
+        <v>-5.1668682169286884E-3</v>
       </c>
       <c r="F206" s="9">
         <v>4.1845248592165873E-2</v>
       </c>
       <c r="G206" s="9">
-        <v>-3.6437630929535558E-3</v>
+        <v>-3.6437631129253578E-3</v>
       </c>
     </row>
     <row r="207" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A207" s="5">
         <v>39479</v>
       </c>
       <c r="B207" s="6">
         <v>179358.048659755</v>
       </c>
       <c r="C207" s="7">
         <v>357.80012898929698</v>
       </c>
       <c r="D207" s="7">
-        <v>363.125720362104</v>
+        <v>363.12572036204102</v>
       </c>
       <c r="E207" s="12">
-        <v>-5.1228632506897798E-3</v>
+        <v>-5.1228631811738312E-3</v>
       </c>
       <c r="F207" s="9">
         <v>2.6630656239232886E-2</v>
       </c>
       <c r="G207" s="9">
-        <v>-1.0507428927698625E-2</v>
+        <v>-1.0507428951794684E-2</v>
       </c>
     </row>
     <row r="208" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A208" s="5">
         <v>39508</v>
       </c>
       <c r="B208" s="6">
         <v>179110.14291901499</v>
       </c>
       <c r="C208" s="7">
         <v>357.305583544157</v>
       </c>
       <c r="D208" s="7">
-        <v>358.74153722547902</v>
+        <v>358.74153725472303</v>
       </c>
       <c r="E208" s="12">
-        <v>-1.2073458008573845E-2</v>
+        <v>-1.2073457927868403E-2</v>
       </c>
       <c r="F208" s="9">
         <v>1.1449963550580922E-2</v>
       </c>
       <c r="G208" s="9">
-        <v>-1.7746208488891524E-2</v>
+        <v>-1.7746208489124782E-2</v>
       </c>
     </row>
     <row r="209" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A209" s="5">
         <v>39539</v>
       </c>
       <c r="B209" s="6">
         <v>178554.75808169099</v>
       </c>
       <c r="C209" s="7">
         <v>356.19765017892399</v>
       </c>
       <c r="D209" s="7">
-        <v>354.64358073862201</v>
+        <v>354.643580745468</v>
       </c>
       <c r="E209" s="12">
-        <v>-1.1423144692278342E-2</v>
+        <v>-1.1423144753782144E-2</v>
       </c>
       <c r="F209" s="9">
         <v>-9.7574653187952887E-3</v>
       </c>
       <c r="G209" s="9">
-        <v>-2.1231307154932488E-2</v>
+        <v>-2.1231307102201002E-2</v>
       </c>
     </row>
     <row r="210" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A210" s="5">
         <v>39569</v>
       </c>
       <c r="B210" s="6">
         <v>173583.06468614901</v>
       </c>
       <c r="C210" s="7">
         <v>346.27965345944199</v>
       </c>
       <c r="D210" s="7">
-        <v>343.61485959120802</v>
+        <v>343.6148595917</v>
       </c>
       <c r="E210" s="12">
-        <v>-3.1098042503530654E-2</v>
+        <v>-3.1098042520847025E-2</v>
       </c>
       <c r="F210" s="9">
         <v>-4.4064528071636966E-2</v>
       </c>
       <c r="G210" s="9">
-        <v>-3.4714222118291227E-2</v>
+        <v>-3.4714222063953359E-2</v>
       </c>
     </row>
     <row r="211" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A211" s="5">
         <v>39600</v>
       </c>
       <c r="B211" s="6">
         <v>172415.01925436599</v>
       </c>
       <c r="C211" s="7">
         <v>343.949527717774</v>
       </c>
       <c r="D211" s="7">
-        <v>339.86258437818702</v>
+        <v>339.86258437201002</v>
       </c>
       <c r="E211" s="12">
-        <v>-1.0920002753911806E-2</v>
+        <v>-1.0920002773304405E-2</v>
       </c>
       <c r="F211" s="9">
         <v>-6.3319308427534526E-2</v>
       </c>
       <c r="G211" s="9">
-        <v>-4.4846300273182149E-2</v>
+        <v>-4.4846300275289908E-2</v>
       </c>
     </row>
     <row r="212" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A212" s="5">
         <v>39630</v>
       </c>
       <c r="B212" s="6">
         <v>169316.47759819901</v>
       </c>
       <c r="C212" s="7">
         <v>337.76826842921901</v>
       </c>
       <c r="D212" s="7">
-        <v>333.55943812784398</v>
+        <v>333.55943811965801</v>
       </c>
       <c r="E212" s="12">
-        <v>-1.854616112531271E-2</v>
+        <v>-1.8546161131560934E-2</v>
       </c>
       <c r="F212" s="9">
         <v>-8.1149387345335056E-2</v>
       </c>
       <c r="G212" s="9">
-        <v>-5.5246964648714703E-2</v>
+        <v>-5.5246964693217437E-2</v>
       </c>
     </row>
     <row r="213" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A213" s="5">
         <v>39661</v>
       </c>
       <c r="B213" s="6">
         <v>164653.94354167199</v>
       </c>
       <c r="C213" s="7">
         <v>328.46701153381701</v>
       </c>
       <c r="D213" s="7">
-        <v>327.05442534327398</v>
+        <v>327.05442533452799</v>
       </c>
       <c r="E213" s="12">
-        <v>-1.950180999548512E-2</v>
+        <v>-1.9501809997642727E-2</v>
       </c>
       <c r="F213" s="9">
         <v>-0.10464745877502746</v>
       </c>
       <c r="G213" s="9">
-        <v>-5.3475431320949229E-2</v>
+        <v>-5.3475431375570648E-2</v>
       </c>
     </row>
     <row r="214" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A214" s="5">
         <v>39692</v>
       </c>
       <c r="B214" s="6">
         <v>161797.38865724599</v>
       </c>
       <c r="C214" s="7">
         <v>322.76848998014299</v>
       </c>
       <c r="D214" s="7">
-        <v>321.11611131813902</v>
+        <v>321.11611131728</v>
       </c>
       <c r="E214" s="12">
-        <v>-1.815695971366893E-2</v>
+        <v>-1.8156959690039276E-2</v>
       </c>
       <c r="F214" s="9">
         <v>-0.12410960504605573</v>
       </c>
       <c r="G214" s="9">
-        <v>-5.4320304257994168E-2</v>
+        <v>-5.4320304276189391E-2</v>
       </c>
     </row>
     <row r="215" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A215" s="5">
         <v>39722</v>
       </c>
       <c r="B215" s="6">
         <v>158872.29352452801</v>
       </c>
       <c r="C215" s="7">
         <v>316.93323795987902</v>
       </c>
       <c r="D215" s="7">
-        <v>317.12634447238202</v>
+        <v>317.12634447510499</v>
       </c>
       <c r="E215" s="12">
-        <v>-1.2424685978475347E-2</v>
+        <v>-1.2424685967353799E-2</v>
       </c>
       <c r="F215" s="9">
         <v>-0.14604796354742811</v>
       </c>
       <c r="G215" s="9">
-        <v>-5.0873278908775021E-2</v>
+        <v>-5.0873278902597296E-2</v>
       </c>
     </row>
     <row r="216" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A216" s="5">
         <v>39753</v>
       </c>
       <c r="B216" s="6">
         <v>158442.084198834</v>
       </c>
       <c r="C216" s="7">
         <v>316.075016355797</v>
       </c>
       <c r="D216" s="7">
-        <v>316.681568966486</v>
+        <v>316.68156897079501</v>
       </c>
       <c r="E216" s="12">
-        <v>-1.4025183137528208E-3</v>
+        <v>-1.4025183087394977E-3</v>
       </c>
       <c r="F216" s="9">
         <v>-0.13936278856446183</v>
       </c>
       <c r="G216" s="9">
-        <v>-4.5530730073876979E-2</v>
+        <v>-4.553073004566055E-2</v>
       </c>
     </row>
     <row r="217" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A217" s="5">
         <v>39783</v>
       </c>
       <c r="B217" s="6">
         <v>153047.580601975</v>
       </c>
       <c r="C217" s="7">
         <v>305.31355849420402</v>
       </c>
       <c r="D217" s="7">
-        <v>308.51309238369998</v>
+        <v>308.51309238732102</v>
       </c>
       <c r="E217" s="12">
-        <v>-2.579397534704797E-2</v>
+        <v>-2.5793975348869402E-2</v>
       </c>
       <c r="F217" s="9">
         <v>-0.15944645241753475</v>
       </c>
       <c r="G217" s="9">
-        <v>-4.0142371098680907E-2</v>
+        <v>-4.0142371070434835E-2</v>
       </c>
     </row>
     <row r="218" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A218" s="5">
         <v>39814</v>
       </c>
       <c r="B218" s="6">
         <v>150500.86326219799</v>
       </c>
       <c r="C218" s="7">
         <v>300.23312971233298</v>
       </c>
       <c r="D218" s="7">
-        <v>304.58061672776302</v>
+        <v>304.58061669890799</v>
       </c>
       <c r="E218" s="12">
-        <v>-1.2746543835637669E-2</v>
+        <v>-1.2746543940754473E-2</v>
       </c>
       <c r="F218" s="9">
         <v>-0.16607617314550005</v>
       </c>
       <c r="G218" s="9">
-        <v>-3.6798630297162016E-2</v>
+        <v>-3.6798630311972058E-2</v>
       </c>
     </row>
     <row r="219" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A219" s="5">
         <v>39845</v>
       </c>
       <c r="B219" s="6">
         <v>147745.53165687699</v>
       </c>
       <c r="C219" s="7">
         <v>294.73653777704402</v>
       </c>
       <c r="D219" s="7">
-        <v>299.46583710444202</v>
+        <v>299.46583710741402</v>
       </c>
       <c r="E219" s="12">
-        <v>-1.6792859894602663E-2</v>
+        <v>-1.6792859791698977E-2</v>
       </c>
       <c r="F219" s="9">
         <v>-0.17625368495643945</v>
       </c>
       <c r="G219" s="9">
-        <v>-4.4364239921476645E-2</v>
+        <v>-4.4364239950967166E-2</v>
       </c>
     </row>
     <row r="220" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A220" s="5">
         <v>39873</v>
       </c>
       <c r="B220" s="6">
         <v>150946.108249254</v>
       </c>
       <c r="C220" s="7">
         <v>301.12134585312498</v>
       </c>
       <c r="D220" s="7">
-        <v>302.43363524093797</v>
+        <v>302.43363527534598</v>
       </c>
       <c r="E220" s="12">
-        <v>9.9103061811385285E-3</v>
+        <v>9.9103062860137481E-3</v>
       </c>
       <c r="F220" s="9">
         <v>-0.15724421973408254</v>
       </c>
       <c r="G220" s="9">
-        <v>-3.8034721212798162E-2</v>
+        <v>-3.8034721214626699E-2</v>
       </c>
     </row>
     <row r="221" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A221" s="5">
         <v>39904</v>
       </c>
       <c r="B221" s="6">
         <v>151860.78219449599</v>
       </c>
       <c r="C221" s="7">
         <v>302.94602257120903</v>
       </c>
       <c r="D221" s="7">
-        <v>301.86171864430702</v>
+        <v>301.86171864986301</v>
       </c>
       <c r="E221" s="12">
-        <v>-1.8910482498923908E-3</v>
+        <v>-1.8910483450766957E-3</v>
       </c>
       <c r="F221" s="9">
         <v>-0.14950022152298248</v>
       </c>
       <c r="G221" s="9">
-        <v>-2.7978897376190526E-2</v>
+        <v>-2.7978897308135853E-2</v>
       </c>
     </row>
     <row r="222" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A222" s="5">
         <v>39934</v>
       </c>
       <c r="B222" s="6">
         <v>154015.63316509</v>
       </c>
       <c r="C222" s="7">
         <v>307.24471984737198</v>
       </c>
       <c r="D222" s="7">
-        <v>304.65807209751301</v>
+        <v>304.65807210254798</v>
       </c>
       <c r="E222" s="12">
-        <v>9.2636902279783495E-3</v>
+        <v>9.2636902260816445E-3</v>
       </c>
       <c r="F222" s="9">
         <v>-0.11272661625394043</v>
       </c>
       <c r="G222" s="9">
-        <v>-3.9516547145886927E-3</v>
+        <v>-3.9516546409792408E-3</v>
       </c>
     </row>
     <row r="223" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A223" s="5">
         <v>39965</v>
       </c>
       <c r="B223" s="6">
         <v>156441.91410974701</v>
       </c>
       <c r="C223" s="7">
         <v>312.08489089879401</v>
       </c>
       <c r="D223" s="7">
-        <v>308.09478831465401</v>
+        <v>308.09478832356302</v>
       </c>
       <c r="E223" s="12">
-        <v>1.1280568387634915E-2</v>
+        <v>1.1280568400164448E-2</v>
       </c>
       <c r="F223" s="9">
         <v>-9.2643350989353168E-2</v>
       </c>
       <c r="G223" s="9">
-        <v>8.97371059925689E-3</v>
+        <v>8.9737106112797171E-3</v>
       </c>
     </row>
     <row r="224" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A224" s="5">
         <v>39995</v>
       </c>
       <c r="B224" s="6">
         <v>158870.53987160101</v>
       </c>
       <c r="C224" s="7">
         <v>316.92973960979998</v>
       </c>
       <c r="D224" s="7">
-        <v>312.89369537855799</v>
+        <v>312.89369531147099</v>
       </c>
       <c r="E224" s="12">
-        <v>1.5576073487497233E-2</v>
+        <v>1.557607324038246E-2</v>
       </c>
       <c r="F224" s="9">
         <v>-6.1694749824570461E-2</v>
       </c>
       <c r="G224" s="9">
-        <v>2.4215871426246816E-2</v>
+        <v>2.4215871318786331E-2</v>
       </c>
     </row>
     <row r="225" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A225" s="5">
         <v>40026</v>
       </c>
       <c r="B225" s="6">
         <v>160223.90395337</v>
       </c>
       <c r="C225" s="7">
         <v>319.62955624275799</v>
       </c>
       <c r="D225" s="7">
-        <v>318.222353550261</v>
+        <v>318.22235359288101</v>
       </c>
       <c r="E225" s="12">
-        <v>1.7030251009871211E-2</v>
+        <v>1.7030251364143378E-2</v>
       </c>
       <c r="F225" s="9">
         <v>-2.6905153274879745E-2</v>
       </c>
       <c r="G225" s="9">
-        <v>3.3288186606481585E-2</v>
+        <v>3.3288186538211306E-2</v>
       </c>
     </row>
     <row r="226" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A226" s="5">
         <v>40057</v>
       </c>
       <c r="B226" s="6">
         <v>161815.923631171</v>
       </c>
       <c r="C226" s="7">
         <v>322.80546527124801</v>
       </c>
       <c r="D226" s="7">
-        <v>320.96435457724999</v>
+        <v>320.96435463191898</v>
       </c>
       <c r="E226" s="12">
-        <v>8.616619782984225E-3</v>
+        <v>8.6166198196935273E-3</v>
       </c>
       <c r="F226" s="9">
         <v>1.1455669389315304E-4</v>
       </c>
       <c r="G226" s="9">
-        <v>4.0963511087091176E-2</v>
+        <v>4.0963511097918737E-2</v>
       </c>
     </row>
     <row r="227" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A227" s="5">
         <v>40087</v>
       </c>
       <c r="B227" s="6">
         <v>162038.08423830601</v>
       </c>
       <c r="C227" s="7">
         <v>323.248651927678</v>
       </c>
       <c r="D227" s="7">
-        <v>323.30725567911099</v>
+        <v>323.30725571323597</v>
       </c>
       <c r="E227" s="12">
-        <v>7.2995679066820696E-3</v>
+        <v>7.2995678414315979E-3</v>
       </c>
       <c r="F227" s="9">
         <v>1.9926638204474045E-2</v>
       </c>
       <c r="G227" s="9">
-        <v>3.9807211278845456E-2</v>
+        <v>3.9807211480512361E-2</v>
       </c>
     </row>
     <row r="228" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A228" s="5">
         <v>40118</v>
       </c>
       <c r="B228" s="6">
         <v>162764.20429844299</v>
       </c>
       <c r="C228" s="7">
         <v>324.697183806341</v>
       </c>
       <c r="D228" s="7">
-        <v>325.32086245472499</v>
+        <v>325.32086244673201</v>
       </c>
       <c r="E228" s="12">
-        <v>6.2281521377687277E-3</v>
+        <v>6.2281520068390162E-3</v>
       </c>
       <c r="F228" s="9">
         <v>2.7278864207471054E-2</v>
       </c>
       <c r="G228" s="9">
-        <v>3.2348046107284478E-2</v>
+        <v>3.234804621041576E-2</v>
       </c>
     </row>
     <row r="229" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A229" s="5">
         <v>40148</v>
       </c>
       <c r="B229" s="6">
         <v>162102.96642418599</v>
       </c>
       <c r="C229" s="7">
         <v>323.37808495089803</v>
       </c>
       <c r="D229" s="7">
-        <v>326.85825232702399</v>
+        <v>326.85825226468199</v>
       </c>
       <c r="E229" s="12">
-        <v>4.7257647748089049E-3</v>
+        <v>4.7257646078622262E-3</v>
       </c>
       <c r="F229" s="9">
         <v>5.9167128200226848E-2</v>
       </c>
       <c r="G229" s="9">
-        <v>2.4584023438144031E-2</v>
+        <v>2.4584023367609786E-2</v>
       </c>
     </row>
     <row r="230" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A230" s="5">
         <v>40179</v>
       </c>
       <c r="B230" s="6">
         <v>163480.79888125899</v>
       </c>
       <c r="C230" s="7">
         <v>326.12671337627501</v>
       </c>
       <c r="D230" s="7">
-        <v>331.145128682137</v>
+        <v>331.14512850240902</v>
       </c>
       <c r="E230" s="12">
-        <v>1.3115398875791495E-2</v>
+        <v>1.3115398519158772E-2</v>
       </c>
       <c r="F230" s="9">
         <v>8.6244924698189784E-2</v>
       </c>
       <c r="G230" s="9">
-        <v>2.1641984719448226E-2</v>
+        <v>2.1641984320151186E-2</v>
       </c>
     </row>
     <row r="231" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A231" s="5">
         <v>40210</v>
       </c>
       <c r="B231" s="6">
         <v>161319.62812062699</v>
       </c>
       <c r="C231" s="7">
         <v>321.81540879473999</v>
       </c>
       <c r="D231" s="7">
-        <v>327.16624908492503</v>
+        <v>327.16624894858302</v>
       </c>
       <c r="E231" s="12">
-        <v>-1.2015516015732364E-2</v>
+        <v>-1.2015515891235728E-2</v>
       </c>
       <c r="F231" s="9">
         <v>9.1874835817539635E-2</v>
       </c>
       <c r="G231" s="9">
-        <v>1.6065674828770637E-2</v>
+        <v>1.606567435381745E-2</v>
       </c>
     </row>
     <row r="232" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A232" s="5">
         <v>40238</v>
       </c>
       <c r="B232" s="6">
         <v>164518.669146158</v>
       </c>
       <c r="C232" s="7">
         <v>328.197153579153</v>
       </c>
       <c r="D232" s="7">
-        <v>329.67140847821901</v>
+        <v>329.67140849050702</v>
       </c>
       <c r="E232" s="12">
-        <v>7.6571449539823977E-3</v>
+        <v>7.6571454114684467E-3</v>
       </c>
       <c r="F232" s="9">
         <v>8.9916600396819923E-2</v>
       </c>
       <c r="G232" s="9">
-        <v>1.2810446319734048E-2</v>
+        <v>1.2810446045913526E-2</v>
       </c>
     </row>
     <row r="233" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A233" s="5">
         <v>40269</v>
       </c>
       <c r="B233" s="6">
         <v>167801.97329966701</v>
       </c>
       <c r="C233" s="7">
         <v>334.74699429394099</v>
       </c>
       <c r="D233" s="7">
-        <v>333.90796539224101</v>
+        <v>333.90796552102199</v>
       </c>
       <c r="E233" s="12">
-        <v>1.2850847252960707E-2</v>
+        <v>1.2850847605842652E-2</v>
       </c>
       <c r="F233" s="9">
         <v>0.10497240218843595</v>
       </c>
       <c r="G233" s="9">
-        <v>7.5472353507286538E-3</v>
+        <v>7.5472356117585182E-3</v>
       </c>
     </row>
     <row r="234" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A234" s="5">
         <v>40299</v>
       </c>
       <c r="B234" s="6">
         <v>169162.07985551699</v>
       </c>
       <c r="C234" s="7">
         <v>337.46026144174402</v>
       </c>
       <c r="D234" s="7">
-        <v>334.30128974715399</v>
+        <v>334.30128996090002</v>
       </c>
       <c r="E234" s="12">
-        <v>1.17794241431457E-3</v>
+        <v>1.1779426683167227E-3</v>
       </c>
       <c r="F234" s="9">
         <v>9.8343566683202877E-2</v>
       </c>
       <c r="G234" s="9">
-        <v>1.2902380600500418E-2</v>
+        <v>1.2902381349720882E-2</v>
       </c>
     </row>
     <row r="235" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A235" s="5">
         <v>40330</v>
       </c>
       <c r="B235" s="6">
         <v>170110.78385261199</v>
       </c>
       <c r="C235" s="7">
         <v>339.35282447457001</v>
       </c>
       <c r="D235" s="7">
-        <v>334.79679819018702</v>
+        <v>334.79679838384902</v>
       </c>
       <c r="E235" s="12">
-        <v>1.482221152684815E-3</v>
+        <v>1.4822210916594081E-3</v>
       </c>
       <c r="F235" s="9">
         <v>8.7373449888090482E-2</v>
       </c>
       <c r="G235" s="9">
-        <v>1.5206000846831991E-2</v>
+        <v>1.5206001701695282E-2</v>
       </c>
     </row>
     <row r="236" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A236" s="5">
         <v>40360</v>
       </c>
       <c r="B236" s="6">
         <v>169346.94807097799</v>
       </c>
       <c r="C236" s="7">
         <v>337.82905376431802</v>
       </c>
       <c r="D236" s="7">
-        <v>333.44212810745501</v>
+        <v>333.44212803455798</v>
       </c>
       <c r="E236" s="12">
-        <v>-4.0462456333363317E-3</v>
+        <v>-4.0462464271773246E-3</v>
       </c>
       <c r="F236" s="9">
         <v>6.5943051542745712E-2</v>
       </c>
       <c r="G236" s="9">
-        <v>1.1904764266561063E-2</v>
+        <v>1.1904764599368844E-2</v>
       </c>
     </row>
     <row r="237" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A237" s="5">
         <v>40391</v>
       </c>
       <c r="B237" s="6">
         <v>166507.234295267</v>
       </c>
       <c r="C237" s="7">
         <v>332.16412842177402</v>
       </c>
       <c r="D237" s="7">
-        <v>330.64886247909999</v>
+        <v>330.64886254999902</v>
       </c>
       <c r="E237" s="12">
-        <v>-8.3770627431182243E-3</v>
+        <v>-8.377062313702166E-3</v>
       </c>
       <c r="F237" s="9">
         <v>3.9215935867633167E-2</v>
       </c>
       <c r="G237" s="9">
-        <v>1.0092641293166782E-3</v>
+        <v>1.0092639654604163E-3</v>
       </c>
     </row>
     <row r="238" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A238" s="5">
         <v>40422</v>
       </c>
       <c r="B238" s="6">
         <v>166756.81604706499</v>
       </c>
       <c r="C238" s="7">
         <v>332.662017329766</v>
       </c>
       <c r="D238" s="7">
-        <v>330.84665950276002</v>
+        <v>330.846659573301</v>
       </c>
       <c r="E238" s="12">
-        <v>5.9820869237836582E-4</v>
+        <v>5.9820869116733455E-4</v>
       </c>
       <c r="F238" s="9">
         <v>3.0534030922418465E-2</v>
       </c>
       <c r="G238" s="9">
-        <v>-8.0442218802999621E-3</v>
+        <v>-8.0442223422441117E-3</v>
       </c>
     </row>
     <row r="239" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A239" s="5">
         <v>40452</v>
       </c>
       <c r="B239" s="6">
         <v>164278.88498689499</v>
       </c>
       <c r="C239" s="7">
         <v>327.71880982064903</v>
       </c>
       <c r="D239" s="7">
-        <v>327.63331954693001</v>
+        <v>327.63331958185103</v>
       </c>
       <c r="E239" s="12">
-        <v>-9.7124751407779986E-3</v>
+        <v>-9.7124752463702002E-3</v>
       </c>
       <c r="F239" s="9">
         <v>1.3828852390608493E-2</v>
       </c>
       <c r="G239" s="9">
-        <v>-1.3377393047549035E-2</v>
+        <v>-1.3377393200834864E-2</v>
       </c>
     </row>
     <row r="240" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A240" s="5">
         <v>40483</v>
       </c>
       <c r="B240" s="6">
         <v>163132.67195989401</v>
       </c>
       <c r="C240" s="7">
         <v>325.43223739206502</v>
       </c>
       <c r="D240" s="7">
-        <v>326.12175119266999</v>
+        <v>326.12175110303298</v>
       </c>
       <c r="E240" s="12">
-        <v>-4.6135977755568103E-3</v>
+        <v>-4.6135981552402061E-3</v>
       </c>
       <c r="F240" s="9">
         <v>2.2638126303011763E-3</v>
       </c>
       <c r="G240" s="9">
-        <v>-1.4301965340748568E-2</v>
+        <v>-1.4301965514039394E-2</v>
       </c>
     </row>
     <row r="241" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A241" s="5">
         <v>40513</v>
       </c>
       <c r="B241" s="6">
         <v>162248.85138753601</v>
       </c>
       <c r="C241" s="7">
         <v>323.66910985384499</v>
       </c>
       <c r="D241" s="7">
-        <v>327.18933427686898</v>
+        <v>327.18933401796301</v>
       </c>
       <c r="E241" s="12">
-        <v>3.2735721560879227E-3</v>
+        <v>3.2735716379517221E-3</v>
       </c>
       <c r="F241" s="9">
         <v>8.9995245964535897E-4</v>
       </c>
       <c r="G241" s="9">
-        <v>-1.4064444210740046E-2</v>
+        <v>-1.4064444593880565E-2</v>
       </c>
     </row>
     <row r="242" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A242" s="5">
         <v>40544</v>
       </c>
       <c r="B242" s="6">
         <v>161211.07933294101</v>
       </c>
       <c r="C242" s="7">
         <v>321.59886557002301</v>
       </c>
       <c r="D242" s="7">
-        <v>326.60060954036499</v>
+        <v>326.60060895217998</v>
       </c>
       <c r="E242" s="12">
-        <v>-1.7993396325254318E-3</v>
+        <v>-1.7993406403360446E-3</v>
       </c>
       <c r="F242" s="9">
         <v>-1.3883707223418695E-2</v>
       </c>
       <c r="G242" s="9">
-        <v>-9.3184488530736465E-3</v>
+        <v>-9.3184499767345885E-3</v>
       </c>
     </row>
     <row r="243" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A243" s="5">
         <v>40575</v>
       </c>
       <c r="B243" s="6">
         <v>161182.66344413601</v>
       </c>
       <c r="C243" s="7">
         <v>321.54217891026099</v>
       </c>
       <c r="D243" s="7">
-        <v>326.825981295129</v>
+        <v>326.82598076628801</v>
       </c>
       <c r="E243" s="12">
-        <v>6.9005307455238807E-4</v>
+        <v>6.9005325749715851E-4</v>
       </c>
       <c r="F243" s="9">
         <v>-8.4902673088993463E-4</v>
       </c>
       <c r="G243" s="9">
-        <v>-4.0481394736285869E-3</v>
+        <v>-4.0481408870860491E-3</v>
       </c>
     </row>
     <row r="244" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A244" s="5">
         <v>40603</v>
       </c>
       <c r="B244" s="6">
         <v>164750.902737342</v>
       </c>
       <c r="C244" s="7">
         <v>328.660434761695</v>
       </c>
       <c r="D244" s="7">
-        <v>330.23711917618601</v>
+        <v>330.23711912236797</v>
       </c>
       <c r="E244" s="12">
-        <v>1.0437168634940042E-2</v>
+        <v>1.0437170105271454E-2</v>
       </c>
       <c r="F244" s="9">
         <v>1.4115941515326913E-3</v>
       </c>
       <c r="G244" s="9">
-        <v>2.7721295736073959E-3</v>
+        <v>2.7721287006194917E-3</v>
       </c>
     </row>
     <row r="245" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A245" s="5">
         <v>40634</v>
       </c>
       <c r="B245" s="6">
         <v>165609.01900032899</v>
       </c>
       <c r="C245" s="7">
         <v>330.372284951182</v>
       </c>
       <c r="D245" s="7">
-        <v>329.75939093394999</v>
+        <v>329.759391419699</v>
       </c>
       <c r="E245" s="12">
-        <v>-1.4466218801441055E-3</v>
+        <v>-1.4466202465022171E-3</v>
       </c>
       <c r="F245" s="9">
         <v>-1.3068703878839183E-2</v>
       </c>
       <c r="G245" s="9">
-        <v>7.0524685342092663E-3</v>
+        <v>7.052469397985206E-3</v>
       </c>
     </row>
     <row r="246" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A246" s="5">
         <v>40664</v>
       </c>
       <c r="B246" s="6">
         <v>167208.24519902901</v>
       </c>
       <c r="C246" s="7">
         <v>333.56257021829902</v>
       </c>
       <c r="D246" s="7">
-        <v>330.14127524363897</v>
+        <v>330.141276057597</v>
       </c>
       <c r="E246" s="12">
-        <v>1.158069550672769E-3</v>
+        <v>1.1580705442653105E-3</v>
       </c>
       <c r="F246" s="9">
         <v>-1.1550074686698664E-2</v>
       </c>
       <c r="G246" s="9">
-        <v>9.7100811822130595E-3</v>
+        <v>9.710083869484798E-3</v>
       </c>
     </row>
     <row r="247" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A247" s="5">
         <v>40695</v>
       </c>
       <c r="B247" s="6">
         <v>168205.264073642</v>
       </c>
       <c r="C247" s="7">
         <v>335.55151626564299</v>
       </c>
       <c r="D247" s="7">
-        <v>330.96704979808402</v>
+        <v>330.96705052027301</v>
       </c>
       <c r="E247" s="12">
-        <v>2.5012763212828304E-3</v>
+        <v>2.5012760371470044E-3</v>
       </c>
       <c r="F247" s="9">
         <v>-1.1201640106613842E-2</v>
       </c>
       <c r="G247" s="9">
-        <v>7.3236471882323073E-3</v>
+        <v>7.3236504427132143E-3</v>
       </c>
     </row>
     <row r="248" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A248" s="5">
         <v>40725</v>
       </c>
       <c r="B248" s="6">
         <v>168730.56418629401</v>
       </c>
       <c r="C248" s="7">
         <v>336.59943382200299</v>
       </c>
       <c r="D248" s="7">
-        <v>332.32402243212402</v>
+        <v>332.32402249979202</v>
       </c>
       <c r="E248" s="12">
-        <v>4.1000233554000509E-3</v>
+        <v>4.1000213688520137E-3</v>
       </c>
       <c r="F248" s="9">
         <v>-3.6397696663853507E-3</v>
       </c>
       <c r="G248" s="9">
-        <v>6.6981206104952395E-3</v>
+        <v>6.6981223345887742E-3</v>
       </c>
     </row>
     <row r="249" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A249" s="5">
         <v>40756</v>
       </c>
       <c r="B249" s="6">
         <v>165914.21319666301</v>
       </c>
       <c r="C249" s="7">
         <v>330.98111473959301</v>
       </c>
       <c r="D249" s="7">
-        <v>329.44732312773402</v>
+        <v>329.44732316884699</v>
       </c>
       <c r="E249" s="12">
-        <v>-8.6563086331731265E-3</v>
+        <v>-8.6563087113175063E-3</v>
       </c>
       <c r="F249" s="9">
         <v>-3.5615335340450915E-3</v>
       </c>
       <c r="G249" s="9">
-        <v>2.626513241526407E-3</v>
+        <v>2.6265128191693687E-3</v>
       </c>
     </row>
     <row r="250" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A250" s="5">
         <v>40787</v>
       </c>
       <c r="B250" s="6">
         <v>166255.54958596299</v>
       </c>
       <c r="C250" s="7">
         <v>331.66204433842</v>
       </c>
       <c r="D250" s="7">
-        <v>330.15870564220501</v>
+        <v>330.15870566031998</v>
       </c>
       <c r="E250" s="12">
-        <v>2.1593209734327434E-3</v>
+        <v>2.1593209033554661E-3</v>
       </c>
       <c r="F250" s="9">
         <v>-3.0059728470736014E-3</v>
       </c>
       <c r="G250" s="9">
-        <v>1.0721261872417287E-3</v>
+        <v>1.0721242725890701E-3</v>
       </c>
     </row>
     <row r="251" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A251" s="5">
         <v>40817</v>
       </c>
       <c r="B251" s="6">
         <v>165650.31790496601</v>
       </c>
       <c r="C251" s="7">
         <v>330.454671849997</v>
       </c>
       <c r="D251" s="7">
-        <v>330.31734086990201</v>
+        <v>330.31734093489302</v>
       </c>
       <c r="E251" s="12">
-        <v>4.8048173495351953E-4</v>
+        <v>4.8048187690752364E-4</v>
       </c>
       <c r="F251" s="9">
         <v>8.3481995764760342E-3</v>
       </c>
       <c r="G251" s="9">
-        <v>-3.5321759382294093E-3</v>
+        <v>-3.5321774219048141E-3</v>
       </c>
     </row>
     <row r="252" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A252" s="5">
         <v>40848</v>
       </c>
       <c r="B252" s="6">
         <v>165797.99075201701</v>
       </c>
       <c r="C252" s="7">
         <v>330.749263389757</v>
       </c>
       <c r="D252" s="7">
-        <v>331.48726192870498</v>
+        <v>331.48726144945903</v>
       </c>
       <c r="E252" s="12">
-        <v>3.5418093876693479E-3</v>
+        <v>3.5418077393538638E-3</v>
       </c>
       <c r="F252" s="9">
         <v>1.6338350620397568E-2</v>
       </c>
       <c r="G252" s="9">
-        <v>-7.8075646187814041E-4</v>
+        <v>-7.8075769731034139E-4</v>
       </c>
     </row>
     <row r="253" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A253" s="5">
         <v>40878</v>
       </c>
       <c r="B253" s="6">
         <v>163821.827508093</v>
       </c>
       <c r="C253" s="7">
         <v>326.80702902189</v>
       </c>
       <c r="D253" s="7">
-        <v>330.21460601841602</v>
+        <v>330.214605043257</v>
       </c>
       <c r="E253" s="12">
-        <v>-3.8392302101872833E-3</v>
+        <v>-3.8392317117623698E-3</v>
       </c>
       <c r="F253" s="9">
         <v>9.6948367098175225E-3</v>
       </c>
       <c r="G253" s="9">
-        <v>8.988296589262923E-5</v>
+        <v>8.9881437234984318E-5</v>
       </c>
     </row>
     <row r="254" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A254" s="5">
         <v>40909</v>
       </c>
       <c r="B254" s="6">
         <v>162228.24524833099</v>
       </c>
       <c r="C254" s="7">
         <v>323.62800280946902</v>
       </c>
       <c r="D254" s="7">
-        <v>328.51016374854902</v>
+        <v>328.51016264553499</v>
       </c>
       <c r="E254" s="12">
-        <v>-5.161619864179956E-3</v>
+        <v>-5.1616202666103783E-3</v>
       </c>
       <c r="F254" s="9">
         <v>6.3095285981480398E-3</v>
       </c>
       <c r="G254" s="9">
-        <v>2.9160040532616449E-4</v>
+        <v>2.9159769635467292E-4</v>
       </c>
     </row>
     <row r="255" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A255" s="5">
         <v>40940</v>
       </c>
       <c r="B255" s="6">
         <v>162712.34948701199</v>
       </c>
       <c r="C255" s="7">
         <v>324.59373900217798</v>
       </c>
       <c r="D255" s="7">
-        <v>329.73822473761697</v>
+        <v>329.73822399883301</v>
       </c>
       <c r="E255" s="12">
-        <v>3.7382739549207677E-3</v>
+        <v>3.7382750762053885E-3</v>
       </c>
       <c r="F255" s="9">
         <v>9.4903881732064654E-3</v>
       </c>
       <c r="G255" s="9">
-        <v>-3.5286727910650573E-3</v>
+        <v>-3.5286752329044546E-3</v>
       </c>
     </row>
     <row r="256" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A256" s="5">
         <v>40969</v>
       </c>
       <c r="B256" s="6">
         <v>163327.22122696301</v>
       </c>
       <c r="C256" s="7">
         <v>325.82034237743898</v>
       </c>
       <c r="D256" s="7">
-        <v>327.37734549105301</v>
+        <v>327.37734437065802</v>
       </c>
       <c r="E256" s="12">
-        <v>-7.1598591532497924E-3</v>
+        <v>-7.1598603266066485E-3</v>
       </c>
       <c r="F256" s="9">
         <v>-8.6414185702495816E-3</v>
       </c>
       <c r="G256" s="9">
-        <v>-6.4449103232870897E-3</v>
+        <v>-6.4449119177458769E-3</v>
       </c>
     </row>
     <row r="257" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A257" s="5">
         <v>41000</v>
       </c>
       <c r="B257" s="6">
         <v>164134.292882101</v>
       </c>
       <c r="C257" s="7">
         <v>327.43036403227899</v>
       </c>
       <c r="D257" s="7">
-        <v>326.90871321057301</v>
+        <v>326.90871340456101</v>
       </c>
       <c r="E257" s="12">
-        <v>-1.4314743733322421E-3</v>
+        <v>-1.4314703633444559E-3</v>
       </c>
       <c r="F257" s="9">
         <v>-8.9048659736628011E-3</v>
       </c>
       <c r="G257" s="9">
-        <v>-6.2489124130626905E-3</v>
+        <v>-6.2489115281539886E-3</v>
       </c>
     </row>
     <row r="258" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A258" s="5">
         <v>41030</v>
       </c>
       <c r="B258" s="6">
         <v>166021.53392380499</v>
       </c>
       <c r="C258" s="7">
         <v>331.19520811483699</v>
       </c>
       <c r="D258" s="7">
-        <v>327.70442345933799</v>
+        <v>327.70443094574802</v>
       </c>
       <c r="E258" s="12">
-        <v>2.4340441738315288E-3</v>
+        <v>2.4340664795994282E-3</v>
       </c>
       <c r="F258" s="9">
         <v>-7.0972054865530154E-3</v>
       </c>
       <c r="G258" s="9">
-        <v>-6.5480573168670286E-3</v>
+        <v>-6.5480478491229954E-3</v>
       </c>
     </row>
     <row r="259" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A259" s="5">
         <v>41061</v>
       </c>
       <c r="B259" s="6">
         <v>165738.112466327</v>
       </c>
       <c r="C259" s="7">
         <v>330.62981261236598</v>
       </c>
       <c r="D259" s="7">
-        <v>326.21489390390201</v>
+        <v>326.214893132322</v>
       </c>
       <c r="E259" s="12">
-        <v>-4.5453446728368485E-3</v>
+        <v>-4.5453697685052807E-3</v>
       </c>
       <c r="F259" s="9">
         <v>-1.4667505329884145E-2</v>
       </c>
       <c r="G259" s="9">
-        <v>-4.8676726246242863E-3</v>
+        <v>-4.8676626242843968E-3</v>
       </c>
     </row>
     <row r="260" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A260" s="5">
         <v>41091</v>
       </c>
       <c r="B260" s="6">
         <v>164389.40362937399</v>
       </c>
       <c r="C260" s="7">
         <v>327.93928269504897</v>
       </c>
       <c r="D260" s="7">
-        <v>323.99501807118997</v>
+        <v>323.99501586123699</v>
       </c>
       <c r="E260" s="12">
-        <v>-6.8049493576034514E-3</v>
+        <v>-6.804953782979406E-3</v>
       </c>
       <c r="F260" s="9">
         <v>-2.5728359161571235E-2</v>
       </c>
       <c r="G260" s="9">
-        <v>-6.2091435218022406E-3</v>
+        <v>-6.2091372620700636E-3</v>
       </c>
     </row>
     <row r="261" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A261" s="5">
         <v>41122</v>
       </c>
       <c r="B261" s="6">
         <v>164728.76660748801</v>
       </c>
       <c r="C261" s="7">
         <v>328.61627554956902</v>
       </c>
       <c r="D261" s="7">
-        <v>327.14913663686701</v>
+        <v>327.14913464487898</v>
       </c>
       <c r="E261" s="12">
-        <v>9.7350835344758302E-3</v>
+        <v>9.7350842736199095E-3</v>
       </c>
       <c r="F261" s="9">
         <v>-7.144936930569501E-3</v>
       </c>
       <c r="G261" s="9">
-        <v>-4.7163731554842325E-3</v>
+        <v>-4.7163848690240373E-3</v>
       </c>
     </row>
     <row r="262" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A262" s="5">
         <v>41153</v>
       </c>
       <c r="B262" s="6">
         <v>163963.50185574699</v>
       </c>
       <c r="C262" s="7">
         <v>327.08965419675002</v>
       </c>
       <c r="D262" s="7">
-        <v>326.03400744492302</v>
+        <v>326.034006665231</v>
       </c>
       <c r="E262" s="12">
-        <v>-3.4086264246565579E-3</v>
+        <v>-3.4086227397741586E-3</v>
       </c>
       <c r="F262" s="9">
         <v>-1.3786293064648736E-2</v>
       </c>
       <c r="G262" s="9">
-        <v>-3.721211371475408E-3</v>
+        <v>-3.7212234681340828E-3</v>
       </c>
     </row>
     <row r="263" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A263" s="5">
         <v>41183</v>
       </c>
       <c r="B263" s="6">
         <v>164153.36079102199</v>
       </c>
       <c r="C263" s="7">
         <v>327.46840247171599</v>
       </c>
       <c r="D263" s="7">
-        <v>327.23968553116401</v>
+        <v>327.23968616855001</v>
       </c>
       <c r="E263" s="12">
-        <v>3.6980132707311597E-3</v>
+        <v>3.6980176259864272E-3</v>
       </c>
       <c r="F263" s="9">
         <v>-9.0368502329316591E-3</v>
       </c>
       <c r="G263" s="9">
-        <v>2.5651471582217589E-3</v>
+        <v>2.5651403572919396E-3</v>
       </c>
     </row>
     <row r="264" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A264" s="5">
         <v>41214</v>
       </c>
       <c r="B264" s="6">
         <v>163852.738559969</v>
       </c>
       <c r="C264" s="7">
         <v>326.86869326517899</v>
       </c>
       <c r="D264" s="7">
-        <v>327.60611258958102</v>
+        <v>327.60611338060102</v>
       </c>
       <c r="E264" s="12">
-        <v>1.1197512851237601E-3</v>
+        <v>1.1197517524272893E-3</v>
       </c>
       <c r="F264" s="9">
         <v>-1.173266445042731E-2</v>
       </c>
       <c r="G264" s="9">
-        <v>3.6023168340326706E-3</v>
+        <v>3.6023226048407242E-3</v>
       </c>
     </row>
     <row r="265" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A265" s="5">
         <v>41244</v>
       </c>
       <c r="B265" s="6">
         <v>162262.191136479</v>
       </c>
       <c r="C265" s="7">
         <v>323.69572122661702</v>
       </c>
       <c r="D265" s="7">
-        <v>326.76350477280999</v>
+        <v>326.763504882147</v>
       </c>
       <c r="E265" s="12">
-        <v>-2.5720149423055227E-3</v>
+        <v>-2.5720170168958001E-3</v>
       </c>
       <c r="F265" s="9">
         <v>-9.5203209202228134E-3</v>
       </c>
       <c r="G265" s="9">
-        <v>4.5346293155099637E-3</v>
+        <v>4.5346360102624939E-3</v>
       </c>
     </row>
     <row r="266" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A266" s="5">
         <v>41275</v>
       </c>
       <c r="B266" s="6">
         <v>162245.24616004</v>
       </c>
       <c r="C266" s="7">
         <v>323.66191781048599</v>
       </c>
       <c r="D266" s="7">
-        <v>328.22471990096898</v>
+        <v>328.22471900253402</v>
       </c>
       <c r="E266" s="12">
-        <v>4.4717819059227892E-3</v>
+        <v>4.4717788203245679E-3</v>
       </c>
       <c r="F266" s="9">
         <v>1.0479624977621782E-4</v>
       </c>
       <c r="G266" s="9">
-        <v>2.214868508583212E-3</v>
+        <v>2.2148706922773265E-3</v>
       </c>
     </row>
     <row r="267" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A267" s="5">
         <v>41306</v>
       </c>
       <c r="B267" s="6">
         <v>162637.55473582199</v>
       </c>
       <c r="C267" s="7">
         <v>324.44453147107703</v>
       </c>
       <c r="D267" s="7">
-        <v>329.26277527830098</v>
+        <v>329.262774521121</v>
       </c>
       <c r="E267" s="12">
-        <v>3.1626361891488042E-3</v>
+        <v>3.1626366281662932E-3</v>
       </c>
       <c r="F267" s="9">
         <v>-4.5967470463115223E-4</v>
       </c>
       <c r="G267" s="9">
-        <v>3.4369087499643847E-3</v>
+        <v>3.4369065099122409E-3</v>
       </c>
     </row>
     <row r="268" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A268" s="5">
         <v>41334</v>
       </c>
       <c r="B268" s="6">
         <v>164630.410711028</v>
       </c>
       <c r="C268" s="7">
         <v>328.42006605296098</v>
       </c>
       <c r="D268" s="7">
-        <v>330.063002964921</v>
+        <v>330.06300186594001</v>
       </c>
       <c r="E268" s="12">
-        <v>2.4303618468368704E-3</v>
+        <v>2.4303608143461108E-3</v>
       </c>
       <c r="F268" s="9">
         <v>7.9790097099290413E-3</v>
       </c>
       <c r="G268" s="9">
-        <v>6.0525050375161982E-3</v>
+        <v>6.0525006552776262E-3</v>
       </c>
     </row>
     <row r="269" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A269" s="5">
         <v>41365</v>
       </c>
       <c r="B269" s="6">
         <v>165586.075967813</v>
       </c>
       <c r="C269" s="7">
         <v>330.326516054526</v>
       </c>
       <c r="D269" s="7">
-        <v>329.72868833882399</v>
+        <v>329.72868985166298</v>
       </c>
       <c r="E269" s="12">
-        <v>-1.0128812471980053E-3</v>
+        <v>-1.0128733374751286E-3</v>
       </c>
       <c r="F269" s="9">
         <v>8.845093004146376E-3</v>
       </c>
       <c r="G269" s="9">
-        <v>6.5745639616430207E-3</v>
+        <v>6.574563610270312E-3</v>
       </c>
     </row>
     <row r="270" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A270" s="5">
         <v>41395</v>
       </c>
       <c r="B270" s="6">
         <v>167911.570785641</v>
       </c>
       <c r="C270" s="7">
         <v>334.96562955960798</v>
       </c>
       <c r="D270" s="7">
-        <v>331.45326158524398</v>
+        <v>331.45327592855301</v>
       </c>
       <c r="E270" s="12">
-        <v>5.2302796432679433E-3</v>
+        <v>5.2303185314748202E-3</v>
       </c>
       <c r="F270" s="9">
         <v>1.1384287430461937E-2</v>
       </c>
       <c r="G270" s="9">
-        <v>7.1058631764149283E-3</v>
+        <v>7.1058797518948058E-3</v>
       </c>
     </row>
     <row r="271" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A271" s="5">
         <v>41426</v>
       </c>
       <c r="B271" s="6">
         <v>168940.66020150101</v>
       </c>
       <c r="C271" s="7">
         <v>337.01855290755901</v>
       </c>
       <c r="D271" s="7">
-        <v>332.81496068269502</v>
+        <v>332.81495597598303</v>
       </c>
       <c r="E271" s="12">
-        <v>4.1082688127382916E-3</v>
+        <v>4.108211160729347E-3</v>
       </c>
       <c r="F271" s="9">
         <v>1.9322940798092159E-2</v>
       </c>
       <c r="G271" s="9">
-        <v>6.5276788120569584E-3</v>
+        <v>6.5276929095769987E-3</v>
       </c>
     </row>
     <row r="272" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A272" s="5">
         <v>41456</v>
       </c>
       <c r="B272" s="6">
         <v>170825.447604805</v>
       </c>
       <c r="C272" s="7">
         <v>340.778502243866</v>
       </c>
       <c r="D272" s="7">
-        <v>337.08305175265099</v>
+        <v>337.08304178866001</v>
       </c>
       <c r="E272" s="12">
-        <v>1.2824216378978015E-2</v>
+        <v>1.2824200763937421E-2</v>
       </c>
       <c r="F272" s="9">
         <v>3.9151209465674963E-2</v>
       </c>
       <c r="G272" s="9">
-        <v>1.2432892074224045E-2</v>
+        <v>1.2432892094644377E-2</v>
       </c>
     </row>
     <row r="273" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A273" s="5">
         <v>41487</v>
       </c>
       <c r="B273" s="6">
         <v>170513.951011909</v>
       </c>
       <c r="C273" s="7">
         <v>340.15709984820597</v>
       </c>
       <c r="D273" s="7">
-        <v>338.565579778114</v>
+        <v>338.56557051016199</v>
       </c>
       <c r="E273" s="12">
-        <v>4.3981090646789678E-3</v>
+        <v>4.3981112595734562E-3</v>
       </c>
       <c r="F273" s="9">
         <v>3.5119454382885884E-2</v>
       </c>
       <c r="G273" s="9">
-        <v>1.7370720803457473E-2</v>
+        <v>1.7370681507253405E-2</v>
       </c>
     </row>
     <row r="274" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A274" s="5">
         <v>41518</v>
       </c>
       <c r="B274" s="6">
         <v>172126.764587043</v>
       </c>
       <c r="C274" s="7">
         <v>343.37449047846201</v>
       </c>
       <c r="D274" s="7">
-        <v>342.700213000183</v>
+        <v>342.70020975285598</v>
       </c>
       <c r="E274" s="12">
-        <v>1.2212207823307786E-2</v>
+        <v>1.2212225940351207E-2</v>
       </c>
       <c r="F274" s="9">
         <v>4.9787072360033768E-2</v>
       </c>
       <c r="G274" s="9">
-        <v>2.4499003633039251E-2</v>
+        <v>2.4498969526438596E-2</v>
       </c>
     </row>
     <row r="275" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A275" s="5">
         <v>41548</v>
       </c>
       <c r="B275" s="6">
         <v>173677.94069001701</v>
       </c>
       <c r="C275" s="7">
         <v>346.46892094242099</v>
       </c>
       <c r="D275" s="7">
-        <v>346.11713381367099</v>
+        <v>346.11713762683303</v>
       </c>
       <c r="E275" s="12">
-        <v>9.97058269551232E-3</v>
+        <v>9.9706033925139881E-3</v>
       </c>
       <c r="F275" s="9">
         <v>5.8022448356207734E-2</v>
       </c>
       <c r="G275" s="9">
-        <v>2.5996524143677036E-2</v>
+        <v>2.5996515788754726E-2</v>
       </c>
     </row>
     <row r="276" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A276" s="5">
         <v>41579</v>
       </c>
       <c r="B276" s="6">
         <v>174566.47626291701</v>
       </c>
       <c r="C276" s="7">
         <v>348.24145440256302</v>
       </c>
       <c r="D276" s="7">
-        <v>349.111104153572</v>
+        <v>349.111108104751</v>
       </c>
       <c r="E276" s="12">
-        <v>8.6501650666990226E-3</v>
+        <v>8.6501653701582804E-3</v>
       </c>
       <c r="F276" s="9">
         <v>6.5386381680930583E-2</v>
       </c>
       <c r="G276" s="9">
-        <v>2.921757312953055E-2</v>
+        <v>2.9217602039943724E-2</v>
       </c>
     </row>
     <row r="277" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A277" s="5">
         <v>41609</v>
       </c>
       <c r="B277" s="6">
         <v>175825.596076785</v>
       </c>
       <c r="C277" s="7">
         <v>350.75326379824702</v>
       </c>
       <c r="D277" s="7">
-        <v>353.64130421779299</v>
+        <v>353.64130076271101</v>
       </c>
       <c r="E277" s="12">
-        <v>1.2976384911057348E-2</v>
+        <v>1.297636354956877E-2</v>
       </c>
       <c r="F277" s="9">
         <v>8.3589435378069732E-2</v>
       </c>
       <c r="G277" s="9">
-        <v>2.997076867912174E-2</v>
+        <v>2.9970795646551363E-2</v>
       </c>
     </row>
     <row r="278" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A278" s="5">
         <v>41640</v>
       </c>
       <c r="B278" s="6">
         <v>176490.99683756201</v>
       </c>
       <c r="C278" s="7">
         <v>352.08066716717599</v>
       </c>
       <c r="D278" s="7">
-        <v>356.61388152023397</v>
+        <v>356.61386869110299</v>
       </c>
       <c r="E278" s="12">
-        <v>8.4056281519939713E-3</v>
+        <v>8.4056017268936412E-3</v>
       </c>
       <c r="F278" s="9">
         <v>8.7803809447023262E-2</v>
       </c>
       <c r="G278" s="9">
-        <v>3.1130907932961138E-2</v>
+        <v>3.11309046625039E-2</v>
       </c>
     </row>
     <row r="279" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A279" s="5">
         <v>41671</v>
       </c>
       <c r="B279" s="6">
         <v>177845.97205375199</v>
       </c>
       <c r="C279" s="7">
         <v>354.78369784103103</v>
       </c>
       <c r="D279" s="7">
-        <v>359.762301258447</v>
+        <v>359.76228452128203</v>
       </c>
       <c r="E279" s="12">
-        <v>8.8286516632258838E-3</v>
+        <v>8.8286410221083411E-3</v>
       </c>
       <c r="F279" s="9">
         <v>9.3511104139718304E-2</v>
       </c>
       <c r="G279" s="9">
-        <v>3.0916423958837091E-2</v>
+        <v>3.0916387657643707E-2</v>
       </c>
     </row>
     <row r="280" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A280" s="5">
         <v>41699</v>
       </c>
       <c r="B280" s="6">
         <v>180264.310179047</v>
       </c>
       <c r="C280" s="7">
         <v>359.60802381712199</v>
       </c>
       <c r="D280" s="7">
-        <v>361.34276713027401</v>
+        <v>361.34275900547101</v>
       </c>
       <c r="E280" s="12">
-        <v>4.3930836174288501E-3</v>
+        <v>4.3931077608427849E-3</v>
       </c>
       <c r="F280" s="9">
         <v>9.4963618206969302E-2</v>
       </c>
       <c r="G280" s="9">
-        <v>2.7505239272959781E-2</v>
+        <v>2.7505199116502288E-2</v>
       </c>
     </row>
     <row r="281" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A281" s="5">
         <v>41730</v>
       </c>
       <c r="B281" s="6">
         <v>183576.51362076899</v>
       </c>
       <c r="C281" s="7">
         <v>366.21551552180301</v>
       </c>
       <c r="D281" s="7">
-        <v>365.47716778680302</v>
+        <v>365.47718686323799</v>
       </c>
       <c r="E281" s="12">
-        <v>1.1441769512542832E-2</v>
+        <v>1.1441845048026478E-2</v>
       </c>
       <c r="F281" s="9">
         <v>0.10864704382784973</v>
       </c>
       <c r="G281" s="9">
-        <v>2.569077999141367E-2</v>
+        <v>2.5690786471085802E-2</v>
       </c>
     </row>
     <row r="282" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A282" s="5">
         <v>41760</v>
       </c>
       <c r="B282" s="6">
         <v>186511.60564797101</v>
       </c>
       <c r="C282" s="7">
         <v>372.07071027763197</v>
       </c>
       <c r="D282" s="7">
-        <v>368.51157660529299</v>
+        <v>368.511686685759</v>
       </c>
       <c r="E282" s="12">
-        <v>8.3025947608854622E-3</v>
+        <v>8.3028433281022718E-3</v>
       </c>
       <c r="F282" s="9">
         <v>0.11077280008342183</v>
       </c>
       <c r="G282" s="9">
-        <v>2.3657580211097429E-2</v>
+        <v>2.3657724914047273E-2</v>
       </c>
     </row>
     <row r="283" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A283" s="5">
         <v>41791</v>
       </c>
       <c r="B283" s="6">
         <v>188902.937514285</v>
       </c>
       <c r="C283" s="7">
         <v>376.84116165473398</v>
       </c>
       <c r="D283" s="7">
-        <v>372.56859037216998</v>
+        <v>372.56869725379602</v>
       </c>
       <c r="E283" s="12">
-        <v>1.1009189464955105E-2</v>
+        <v>1.1009177495900024E-2</v>
       </c>
       <c r="F283" s="9">
         <v>0.11816147331834848</v>
       </c>
       <c r="G283" s="9">
-        <v>2.6758724858412464E-2</v>
+        <v>2.6758979784060166E-2</v>
       </c>
     </row>
     <row r="284" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A284" s="5">
         <v>41821</v>
       </c>
       <c r="B284" s="6">
         <v>188948.54738364599</v>
       </c>
       <c r="C284" s="7">
         <v>376.932148467216</v>
       </c>
       <c r="D284" s="7">
-        <v>373.10255932257098</v>
+        <v>373.10266652805302</v>
       </c>
       <c r="E284" s="12">
-        <v>1.4332097879417027E-3</v>
+        <v>1.4332102460374863E-3</v>
       </c>
       <c r="F284" s="9">
         <v>0.10609133494423872</v>
       </c>
       <c r="G284" s="9">
-        <v>2.5401197631995442E-2</v>
+        <v>2.5401501428668594E-2</v>
       </c>
     </row>
     <row r="285" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A285" s="5">
         <v>41852</v>
       </c>
       <c r="B285" s="6">
         <v>189305.83419945501</v>
       </c>
       <c r="C285" s="7">
         <v>377.64489746140902</v>
       </c>
       <c r="D285" s="7">
-        <v>375.85220574578801</v>
+        <v>375.85222653760201</v>
       </c>
       <c r="E285" s="12">
-        <v>7.3696798762503679E-3</v>
+        <v>7.3694461503996944E-3</v>
       </c>
       <c r="F285" s="9">
         <v>0.11020730606514428</v>
       </c>
       <c r="G285" s="9">
-        <v>2.3912252722242844E-2</v>
+        <v>2.3912354018207127E-2</v>
       </c>
     </row>
     <row r="286" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A286" s="5">
         <v>41883</v>
       </c>
       <c r="B286" s="6">
         <v>188374.454370135</v>
       </c>
       <c r="C286" s="7">
         <v>375.78689429088598</v>
       </c>
       <c r="D286" s="7">
-        <v>375.26067986043103</v>
+        <v>375.26054406529101</v>
       </c>
       <c r="E286" s="12">
-        <v>-1.5738257653250542E-3</v>
+        <v>-1.5742422966644742E-3</v>
       </c>
       <c r="F286" s="9">
         <v>9.4393744180763628E-2</v>
       </c>
       <c r="G286" s="9">
-        <v>1.5957700165880606E-2</v>
+        <v>1.5957476406168958E-2</v>
       </c>
     </row>
     <row r="287" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A287" s="5">
         <v>41913</v>
       </c>
       <c r="B287" s="6">
         <v>189333.241018264</v>
       </c>
       <c r="C287" s="7">
         <v>377.69957113442399</v>
       </c>
       <c r="D287" s="7">
-        <v>377.20883442706099</v>
+        <v>377.20853674516098</v>
       </c>
       <c r="E287" s="12">
-        <v>5.1914700132040803E-3</v>
+        <v>5.1910404935378018E-3</v>
       </c>
       <c r="F287" s="9">
         <v>9.0139831610446697E-2</v>
       </c>
       <c r="G287" s="9">
-        <v>1.2690013405789013E-2</v>
+        <v>1.2689348374588905E-2</v>
       </c>
     </row>
     <row r="288" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A288" s="5">
         <v>41944</v>
       </c>
       <c r="B288" s="6">
         <v>189387.811604521</v>
       </c>
       <c r="C288" s="7">
         <v>377.80843361897797</v>
       </c>
       <c r="D288" s="7">
-        <v>378.99988026287002</v>
+        <v>378.99948498891598</v>
       </c>
       <c r="E288" s="12">
-        <v>4.7481545296503835E-3</v>
+        <v>4.7478995550012115E-3</v>
       </c>
       <c r="F288" s="9">
         <v>8.4903674857261136E-2</v>
       </c>
       <c r="G288" s="9">
-        <v>8.8683299028813334E-3</v>
+        <v>8.8673796661595805E-3</v>
       </c>
     </row>
     <row r="289" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A289" s="5">
         <v>41974</v>
       </c>
       <c r="B289" s="6">
         <v>188558.57053476901</v>
       </c>
       <c r="C289" s="7">
         <v>376.15418635247602</v>
       </c>
       <c r="D289" s="7">
-        <v>378.74602604447199</v>
+        <v>378.74559879126599</v>
       </c>
       <c r="E289" s="12">
-        <v>-6.6980026015306393E-4</v>
+        <v>-6.6988533680312212E-4</v>
       </c>
       <c r="F289" s="9">
         <v>7.2418207258192702E-2</v>
       </c>
       <c r="G289" s="9">
-        <v>9.5527026016737349E-3</v>
+        <v>9.5517131678970468E-3</v>
       </c>
     </row>
     <row r="290" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A290" s="5">
         <v>42005</v>
       </c>
       <c r="B290" s="6">
         <v>188445.792871243</v>
       </c>
       <c r="C290" s="7">
         <v>375.929206972636</v>
       </c>
       <c r="D290" s="7">
-        <v>380.26870004287002</v>
+        <v>380.26868826081699</v>
       </c>
       <c r="E290" s="12">
-        <v>4.0203035641073193E-3</v>
+        <v>4.0214050655948963E-3</v>
       </c>
       <c r="F290" s="9">
         <v>6.7736010606160857E-2</v>
       </c>
       <c r="G290" s="9">
-        <v>8.5905341932495105E-3</v>
+        <v>8.5901636615597354E-3</v>
       </c>
     </row>
     <row r="291" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A291" s="5">
         <v>42036</v>
       </c>
       <c r="B291" s="6">
         <v>187963.55379874399</v>
       </c>
       <c r="C291" s="7">
         <v>374.96719158702399</v>
       </c>
       <c r="D291" s="7">
-        <v>379.92344462530099</v>
+        <v>379.92387230889398</v>
       </c>
       <c r="E291" s="12">
-        <v>-9.0792488976898511E-4</v>
+        <v>-9.0676924650312518E-4</v>
       </c>
       <c r="F291" s="9">
         <v>5.688957488412183E-2</v>
       </c>
       <c r="G291" s="9">
-        <v>6.6009528832631226E-3</v>
+        <v>6.6016801415351711E-3</v>
       </c>
     </row>
     <row r="292" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A292" s="5">
         <v>42064</v>
       </c>
       <c r="B292" s="6">
         <v>189453.67528215001</v>
       </c>
       <c r="C292" s="7">
         <v>377.93982461329</v>
       </c>
       <c r="D292" s="7">
-        <v>379.78911889168199</v>
+        <v>379.78978346626297</v>
       </c>
       <c r="E292" s="12">
-        <v>-3.5356000141417709E-4</v>
+        <v>-3.529360811578286E-4</v>
       </c>
       <c r="F292" s="9">
         <v>5.0977173984000368E-2</v>
       </c>
       <c r="G292" s="9">
-        <v>4.4288310758517913E-3</v>
+        <v>4.4307744560549978E-3</v>
       </c>
     </row>
     <row r="293" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A293" s="5">
         <v>42095</v>
       </c>
       <c r="B293" s="6">
         <v>193048.401177427</v>
       </c>
       <c r="C293" s="7">
         <v>385.11091840374098</v>
       </c>
       <c r="D293" s="7">
-        <v>384.23891913950098</v>
+        <v>384.23949599433399</v>
       </c>
       <c r="E293" s="12">
-        <v>1.1716502728684297E-2</v>
+        <v>1.1716251257365196E-2</v>
       </c>
       <c r="F293" s="9">
         <v>5.1596401793667424E-2</v>
       </c>
       <c r="G293" s="9">
-        <v>5.2168717986074142E-3</v>
+        <v>5.219075440396459E-3</v>
       </c>
     </row>
     <row r="294" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A294" s="5">
         <v>42125</v>
       </c>
       <c r="B294" s="6">
         <v>195166.06198020099</v>
       </c>
       <c r="C294" s="7">
         <v>389.33542527170698</v>
       </c>
       <c r="D294" s="7">
-        <v>386.16494930103198</v>
+        <v>386.16533575469202</v>
       </c>
       <c r="E294" s="12">
-        <v>5.0125847892876774E-3</v>
+        <v>5.0120817366114956E-3</v>
       </c>
       <c r="F294" s="9">
         <v>4.6401704077142725E-2</v>
       </c>
       <c r="G294" s="9">
-        <v>9.8818504015274478E-3</v>
+        <v>9.8832897658180929E-3</v>
       </c>
     </row>
     <row r="295" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A295" s="5">
         <v>42156</v>
       </c>
       <c r="B295" s="6">
         <v>195055.29116402101</v>
       </c>
       <c r="C295" s="7">
         <v>389.11444933773799</v>
       </c>
       <c r="D295" s="7">
-        <v>385.01487013752399</v>
+        <v>385.01499643479099</v>
       </c>
       <c r="E295" s="12">
-        <v>-2.9782070216100021E-3</v>
+        <v>-2.9788777329091687E-3</v>
       </c>
       <c r="F295" s="9">
         <v>3.2568861716462116E-2</v>
       </c>
       <c r="G295" s="9">
-        <v>1.3541867319816214E-2</v>
+        <v>1.3541862493403833E-2</v>
       </c>
     </row>
     <row r="296" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A296" s="5">
         <v>42186</v>
       </c>
       <c r="B296" s="6">
         <v>195621.33553679599</v>
       </c>
       <c r="C296" s="7">
         <v>390.24364733641102</v>
       </c>
       <c r="D296" s="7">
-        <v>386.42823636472201</v>
+        <v>386.42825573937898</v>
       </c>
       <c r="E296" s="12">
-        <v>3.6709393242218002E-3</v>
+        <v>3.6706604097884732E-3</v>
       </c>
       <c r="F296" s="9">
         <v>3.5315371541869922E-2</v>
       </c>
       <c r="G296" s="9">
-        <v>1.1938070236231502E-2</v>
+        <v>1.1937058906869247E-2</v>
       </c>
     </row>
     <row r="297" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A297" s="5">
         <v>42217</v>
       </c>
       <c r="B297" s="6">
         <v>195279.05678235801</v>
       </c>
       <c r="C297" s="7">
         <v>389.56083781989702</v>
       </c>
       <c r="D297" s="7">
-        <v>387.70830198071098</v>
+        <v>387.708360561473</v>
       </c>
       <c r="E297" s="12">
-        <v>3.3125571465248971E-3</v>
+        <v>3.3126584380966939E-3</v>
       </c>
       <c r="F297" s="9">
         <v>3.1553293685652628E-2</v>
       </c>
       <c r="G297" s="9">
-        <v>7.7886243868694471E-3</v>
+        <v>7.7873756335380406E-3</v>
       </c>
     </row>
     <row r="298" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A298" s="5">
         <v>42248</v>
       </c>
       <c r="B298" s="6">
         <v>195585.01130345199</v>
       </c>
       <c r="C298" s="7">
         <v>390.17118437490501</v>
       </c>
       <c r="D298" s="7">
-        <v>389.61557624596099</v>
+        <v>389.61517631598599</v>
       </c>
       <c r="E298" s="12">
-        <v>4.9193536880851596E-3</v>
+        <v>4.9181703271798938E-3</v>
       </c>
       <c r="F298" s="9">
         <v>3.8277785368652451E-2</v>
       </c>
       <c r="G298" s="9">
-        <v>7.2124293427964226E-3</v>
+        <v>7.2112008378093506E-3</v>
       </c>
     </row>
     <row r="299" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A299" s="5">
         <v>42278</v>
       </c>
       <c r="B299" s="6">
         <v>196807.127979121</v>
       </c>
       <c r="C299" s="7">
         <v>392.60917646648898</v>
       </c>
       <c r="D299" s="7">
-        <v>392.10716917778598</v>
+        <v>392.10613876988401</v>
       </c>
       <c r="E299" s="12">
-        <v>6.3950033924005112E-3</v>
+        <v>6.3933917499090498E-3</v>
       </c>
       <c r="F299" s="9">
         <v>3.9474774322046047E-2</v>
       </c>
       <c r="G299" s="9">
-        <v>1.0213294164556963E-2</v>
+        <v>1.0211644800969033E-2</v>
       </c>
     </row>
     <row r="300" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A300" s="5">
         <v>42309</v>
       </c>
       <c r="B300" s="6">
         <v>196305.11469686401</v>
       </c>
       <c r="C300" s="7">
         <v>391.60771364679198</v>
       </c>
       <c r="D300" s="7">
-        <v>393.05263861409497</v>
+        <v>393.05083472783701</v>
       </c>
       <c r="E300" s="12">
-        <v>2.4112526131352396E-3</v>
+        <v>2.4092863246587548E-3</v>
       </c>
       <c r="F300" s="9">
         <v>3.652454206919753E-2</v>
       </c>
       <c r="G300" s="9">
-        <v>1.3478804788179533E-2</v>
+        <v>1.3475836039427813E-2</v>
       </c>
     </row>
     <row r="301" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A301" s="5">
         <v>42339</v>
       </c>
       <c r="B301" s="6">
         <v>196999.272686657</v>
       </c>
       <c r="C301" s="7">
         <v>392.99248461270503</v>
       </c>
       <c r="D301" s="7">
-        <v>395.32987245166697</v>
+        <v>395.32791171088797</v>
       </c>
       <c r="E301" s="12">
-        <v>5.793712123652206E-3</v>
+        <v>5.7933396442924057E-3</v>
       </c>
       <c r="F301" s="9">
         <v>4.47643516173728E-2</v>
       </c>
       <c r="G301" s="9">
-        <v>1.4382414813510991E-2</v>
+        <v>1.4378575137697247E-2</v>
       </c>
     </row>
     <row r="302" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A302" s="5">
         <v>42370</v>
       </c>
       <c r="B302" s="6">
         <v>196828.535309859</v>
       </c>
       <c r="C302" s="7">
         <v>392.65188180230302</v>
       </c>
       <c r="D302" s="7">
-        <v>396.744736278978</v>
+        <v>396.74409551271901</v>
       </c>
       <c r="E302" s="12">
-        <v>3.5789448911023314E-3</v>
+        <v>3.5823015777007861E-3</v>
       </c>
       <c r="F302" s="9">
         <v>4.4483574352562227E-2</v>
       </c>
       <c r="G302" s="9">
-        <v>1.3422082452077655E-2</v>
+        <v>1.3419504080409261E-2</v>
       </c>
     </row>
     <row r="303" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A303" s="5">
         <v>42401</v>
       </c>
       <c r="B303" s="6">
         <v>196929.73676572001</v>
       </c>
       <c r="C303" s="7">
         <v>392.85376788565202</v>
       </c>
       <c r="D303" s="7">
-        <v>397.82008280849601</v>
+        <v>397.82138368590199</v>
       </c>
       <c r="E303" s="12">
-        <v>2.7104241876112489E-3</v>
+        <v>2.7153225098177636E-3</v>
       </c>
       <c r="F303" s="9">
         <v>4.7701710176093703E-2</v>
       </c>
       <c r="G303" s="9">
-        <v>1.2869955999019966E-2</v>
+        <v>1.2871637362359856E-2</v>
       </c>
     </row>
     <row r="304" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A304" s="5">
         <v>42430</v>
       </c>
       <c r="B304" s="6">
         <v>200250.96391954401</v>
       </c>
       <c r="C304" s="7">
         <v>399.47926093110402</v>
       </c>
       <c r="D304" s="7">
-        <v>401.27092693554602</v>
+        <v>401.27380845808699</v>
       </c>
       <c r="E304" s="12">
-        <v>8.6743839141756318E-3</v>
+        <v>8.6783288022316274E-3</v>
       </c>
       <c r="F304" s="9">
         <v>5.699170850770563E-2</v>
       </c>
       <c r="G304" s="9">
-        <v>1.299974581421659E-2</v>
+        <v>1.30068606896101E-2</v>
       </c>
     </row>
     <row r="305" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A305" s="5">
         <v>42461</v>
       </c>
       <c r="B305" s="6">
         <v>202435.776789361</v>
       </c>
       <c r="C305" s="7">
         <v>403.83772899250198</v>
       </c>
       <c r="D305" s="7">
-        <v>402.79994047970899</v>
+        <v>402.802984775276</v>
       </c>
       <c r="E305" s="12">
-        <v>3.8104269248706579E-3</v>
+        <v>3.8108052032226336E-3</v>
       </c>
       <c r="F305" s="9">
         <v>4.8627057021344289E-2</v>
       </c>
       <c r="G305" s="9">
-        <v>1.414506578645458E-2</v>
+        <v>1.4154933458373042E-2</v>
       </c>
     </row>
     <row r="306" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A306" s="5">
         <v>42491</v>
       </c>
       <c r="B306" s="6">
         <v>204367.87236619199</v>
       </c>
       <c r="C306" s="7">
         <v>407.69205307650799</v>
       </c>
       <c r="D306" s="7">
-        <v>405.12052686540397</v>
+        <v>405.12250767637698</v>
       </c>
       <c r="E306" s="12">
-        <v>5.7611388495522053E-3</v>
+        <v>5.7584550978315718E-3</v>
       </c>
       <c r="F306" s="9">
         <v>4.7148619450671392E-2</v>
       </c>
       <c r="G306" s="9">
-        <v>1.6217151718323608E-2</v>
+        <v>1.6224907330121718E-2</v>
       </c>
     </row>
     <row r="307" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A307" s="5">
         <v>42522</v>
       </c>
       <c r="B307" s="6">
         <v>204967.696929867</v>
       </c>
       <c r="C307" s="7">
         <v>408.88863894403801</v>
       </c>
       <c r="D307" s="7">
-        <v>404.90493740529598</v>
+        <v>404.90534375259602</v>
       </c>
       <c r="E307" s="12">
-        <v>-5.3216128488009495E-4</v>
+        <v>-5.360450719623655E-4</v>
       </c>
       <c r="F307" s="9">
         <v>5.0818440795388442E-2</v>
       </c>
       <c r="G307" s="9">
-        <v>1.4207351455993278E-2</v>
+        <v>1.4208889708613448E-2</v>
       </c>
     </row>
     <row r="308" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A308" s="5">
         <v>42552</v>
       </c>
       <c r="B308" s="6">
         <v>205715.26054683101</v>
       </c>
       <c r="C308" s="7">
         <v>410.37994842569202</v>
       </c>
       <c r="D308" s="7">
-        <v>406.28609577954302</v>
+        <v>406.28561541433999</v>
       </c>
       <c r="E308" s="12">
-        <v>3.4110682450496643E-3</v>
+        <v>3.4088748964185012E-3</v>
       </c>
       <c r="F308" s="9">
         <v>5.1599305271771589E-2</v>
       </c>
       <c r="G308" s="9">
-        <v>1.1998268082314301E-2</v>
+        <v>1.1993769689374156E-2</v>
       </c>
     </row>
     <row r="309" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A309" s="5">
         <v>42583</v>
       </c>
       <c r="B309" s="6">
         <v>206144.96182541799</v>
       </c>
       <c r="C309" s="7">
         <v>411.237156530118</v>
       </c>
       <c r="D309" s="7">
-        <v>409.47072552076901</v>
+        <v>409.47054283111498</v>
       </c>
       <c r="E309" s="12">
-        <v>7.8383921436337989E-3</v>
+        <v>7.8391340868095849E-3</v>
       </c>
       <c r="F309" s="9">
         <v>5.5642961524388301E-2</v>
       </c>
       <c r="G309" s="9">
-        <v>9.4859792082564454E-3</v>
+        <v>9.4791661553950135E-3</v>
       </c>
     </row>
     <row r="310" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A310" s="5">
         <v>42614</v>
       </c>
       <c r="B310" s="6">
         <v>206014.691687518</v>
       </c>
       <c r="C310" s="7">
         <v>410.97728153430899</v>
       </c>
       <c r="D310" s="7">
-        <v>410.31331666010101</v>
+        <v>410.311740681527</v>
       </c>
       <c r="E310" s="12">
-        <v>2.0577567254909113E-3</v>
+        <v>2.0543549838674124E-3</v>
       </c>
       <c r="F310" s="9">
         <v>5.3325560658041615E-2</v>
       </c>
       <c r="G310" s="9">
-        <v>1.0920560501228804E-2</v>
+        <v>1.0914187145967258E-2</v>
       </c>
     </row>
     <row r="311" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A311" s="5">
         <v>42644</v>
       </c>
       <c r="B311" s="6">
         <v>205904.19166213501</v>
       </c>
       <c r="C311" s="7">
         <v>410.75684579902497</v>
       </c>
       <c r="D311" s="7">
-        <v>410.28891121315399</v>
+        <v>410.28578341329001</v>
       </c>
       <c r="E311" s="12">
-        <v>-5.9480026497027438E-5</v>
+        <v>-6.3262309272116291E-5</v>
       </c>
       <c r="F311" s="9">
         <v>4.6223242910077511E-2</v>
       </c>
       <c r="G311" s="9">
-        <v>1.1314036465469801E-2</v>
+        <v>1.1308433604961809E-2</v>
       </c>
     </row>
     <row r="312" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A312" s="5">
         <v>42675</v>
       </c>
       <c r="B312" s="6">
         <v>204947.43003848099</v>
       </c>
       <c r="C312" s="7">
         <v>408.848208662785</v>
       </c>
       <c r="D312" s="7">
-        <v>410.37928633152598</v>
+        <v>410.37552883260997</v>
       </c>
       <c r="E312" s="12">
-        <v>2.2027190085327497E-4</v>
+        <v>2.1873879853528955E-4</v>
       </c>
       <c r="F312" s="9">
         <v>4.4024911704223957E-2</v>
       </c>
       <c r="G312" s="9">
-        <v>8.4542301956900268E-3</v>
+        <v>8.4475105608701195E-3</v>
       </c>
     </row>
     <row r="313" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A313" s="5">
         <v>42705</v>
       </c>
       <c r="B313" s="6">
         <v>205897.846021356</v>
       </c>
       <c r="C313" s="7">
         <v>410.74418692418601</v>
       </c>
       <c r="D313" s="7">
-        <v>412.95047465081501</v>
+        <v>412.94575394914801</v>
       </c>
       <c r="E313" s="12">
-        <v>6.2653949771038775E-3</v>
+        <v>6.2631052193817816E-3</v>
       </c>
       <c r="F313" s="9">
         <v>4.5170589786151627E-2</v>
       </c>
       <c r="G313" s="9">
-        <v>6.1566903893763847E-3</v>
+        <v>6.1490617890445076E-3</v>
       </c>
     </row>
     <row r="314" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A314" s="5">
         <v>42736</v>
       </c>
       <c r="B314" s="6">
         <v>205239.61915463099</v>
       </c>
       <c r="C314" s="7">
         <v>409.43109470681202</v>
       </c>
       <c r="D314" s="7">
-        <v>413.36700230707601</v>
+        <v>413.36178211961902</v>
       </c>
       <c r="E314" s="12">
-        <v>1.0086624954559475E-3</v>
+        <v>1.007464458690821E-3</v>
       </c>
       <c r="F314" s="9">
         <v>4.2733051036177638E-2</v>
       </c>
       <c r="G314" s="9">
-        <v>5.3848919099606096E-3</v>
+        <v>5.3777495354194738E-3</v>
       </c>
     </row>
     <row r="315" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A315" s="5">
         <v>42767</v>
       </c>
       <c r="B315" s="6">
         <v>205846.249065682</v>
       </c>
       <c r="C315" s="7">
         <v>410.64125651468601</v>
       </c>
       <c r="D315" s="7">
-        <v>415.51662025287999</v>
+        <v>415.51238041560498</v>
       </c>
       <c r="E315" s="12">
-        <v>5.2002649795619416E-3</v>
+        <v>5.202702303435558E-3</v>
       </c>
       <c r="F315" s="9">
         <v>4.5277632755736708E-2</v>
       </c>
       <c r="G315" s="9">
-        <v>8.8162030710923212E-3</v>
+        <v>8.8116173876833237E-3</v>
       </c>
     </row>
     <row r="316" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A316" s="5">
         <v>42795</v>
       </c>
       <c r="B316" s="6">
         <v>207308.06796590099</v>
       </c>
       <c r="C316" s="7">
         <v>413.55742891378401</v>
       </c>
       <c r="D316" s="7">
-        <v>415.09640564859899</v>
+        <v>415.120794448737</v>
       </c>
       <c r="E316" s="12">
-        <v>-1.0113063685039947E-3</v>
+        <v>-9.4241708628828302E-4</v>
       </c>
       <c r="F316" s="9">
         <v>3.5241298759456585E-2</v>
       </c>
       <c r="G316" s="9">
-        <v>8.3991562762415484E-3</v>
+        <v>8.4207452061324517E-3</v>
       </c>
     </row>
     <row r="317" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A317" s="5">
         <v>42826</v>
       </c>
       <c r="B317" s="6">
         <v>207698.65022601999</v>
       </c>
       <c r="C317" s="7">
         <v>414.33659875921597</v>
       </c>
       <c r="D317" s="7">
-        <v>413.21513527425202</v>
+        <v>413.216133264093</v>
       </c>
       <c r="E317" s="12">
-        <v>-4.5321287988688841E-3</v>
+        <v>-4.588209528682663E-3</v>
       </c>
       <c r="F317" s="9">
         <v>2.5997743680132857E-2</v>
       </c>
       <c r="G317" s="9">
-        <v>5.7664886801722659E-3</v>
+        <v>5.7947290057129841E-3</v>
       </c>
     </row>
     <row r="318" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A318" s="5">
         <v>42856</v>
       </c>
       <c r="B318" s="6">
         <v>208710.62581069101</v>
       </c>
       <c r="C318" s="7">
         <v>416.35538184386201</v>
       </c>
       <c r="D318" s="7">
-        <v>414.45231968684197</v>
+        <v>414.454565067266</v>
       </c>
       <c r="E318" s="12">
-        <v>2.9940442809985868E-3</v>
+        <v>2.9970557862548652E-3</v>
       </c>
       <c r="F318" s="9">
         <v>2.1249687606072154E-2</v>
       </c>
       <c r="G318" s="9">
-        <v>7.4870177989994069E-4</v>
+        <v>7.8238099005090156E-4</v>
       </c>
     </row>
     <row r="319" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A319" s="5">
         <v>42887</v>
       </c>
       <c r="B319" s="6">
         <v>211301.439696902</v>
       </c>
       <c r="C319" s="7">
         <v>421.52377852079098</v>
       </c>
       <c r="D319" s="7">
-        <v>417.78162828243302</v>
+        <v>417.78337375422097</v>
       </c>
       <c r="E319" s="12">
-        <v>8.0330316358385723E-3</v>
+        <v>8.0317819310657956E-3</v>
       </c>
       <c r="F319" s="9">
         <v>3.0901175462794583E-2</v>
       </c>
       <c r="G319" s="9">
-        <v>1.1809313667903165E-3</v>
+        <v>1.1729268623055233E-3</v>
       </c>
     </row>
     <row r="320" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A320" s="5">
         <v>42917</v>
       </c>
       <c r="B320" s="6">
         <v>211671.32828275501</v>
       </c>
       <c r="C320" s="7">
         <v>422.26166669876102</v>
       </c>
       <c r="D320" s="7">
-        <v>418.24212140338</v>
+        <v>418.239944379696</v>
       </c>
       <c r="E320" s="12">
-        <v>1.1022340135926623E-3</v>
+        <v>1.0928405823626974E-3</v>
       </c>
       <c r="F320" s="9">
         <v>2.8952969848185628E-2</v>
       </c>
       <c r="G320" s="9">
-        <v>5.3447159378028353E-3</v>
+        <v>5.3290820917217818E-3</v>
       </c>
     </row>
     <row r="321" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A321" s="5">
         <v>42948</v>
       </c>
       <c r="B321" s="6">
         <v>210495.20677415901</v>
       </c>
       <c r="C321" s="7">
         <v>419.915430047396</v>
       </c>
       <c r="D321" s="7">
-        <v>418.12168393062302</v>
+        <v>418.12147558763201</v>
       </c>
       <c r="E321" s="12">
-        <v>-2.879611272840199E-4</v>
+        <v>-2.8325556574870792E-4</v>
       </c>
       <c r="F321" s="9">
         <v>2.1102843893052725E-2</v>
       </c>
       <c r="G321" s="9">
-        <v>9.1582748480949494E-3</v>
+        <v>9.1353223830459296E-3</v>
       </c>
     </row>
     <row r="322" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A322" s="5">
         <v>42979</v>
       </c>
       <c r="B322" s="6">
         <v>210800.82756864</v>
       </c>
       <c r="C322" s="7">
         <v>420.52511085349499</v>
       </c>
       <c r="D322" s="7">
-        <v>419.68734931695298</v>
+        <v>419.68518196147801</v>
       </c>
       <c r="E322" s="12">
-        <v>3.7445209050428474E-3</v>
+        <v>3.7398374997321682E-3</v>
       </c>
       <c r="F322" s="9">
         <v>2.3232012444923678E-2</v>
       </c>
       <c r="G322" s="9">
-        <v>8.5126494130278729E-3</v>
+        <v>8.5049542015533941E-3</v>
       </c>
     </row>
     <row r="323" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A323" s="5">
         <v>43009</v>
       </c>
       <c r="B323" s="6">
         <v>211084.86940068501</v>
       </c>
       <c r="C323" s="7">
         <v>421.09174393689199</v>
       </c>
       <c r="D323" s="7">
-        <v>420.68974812425</v>
+        <v>420.68572111029903</v>
       </c>
       <c r="E323" s="12">
-        <v>2.3884417982300565E-3</v>
+        <v>2.3840230530531858E-3</v>
       </c>
       <c r="F323" s="9">
         <v>2.5160622990380244E-2</v>
       </c>
       <c r="G323" s="9">
-        <v>6.4157261347639327E-3</v>
+        <v>6.4091461079738288E-3</v>
       </c>
     </row>
     <row r="324" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A324" s="5">
         <v>43040</v>
       </c>
       <c r="B324" s="6">
         <v>209987.64737891301</v>
       </c>
       <c r="C324" s="7">
         <v>418.90290332531401</v>
       </c>
       <c r="D324" s="7">
-        <v>420.22811317890603</v>
+        <v>420.22141935459399</v>
       </c>
       <c r="E324" s="12">
-        <v>-1.0973287259846698E-3</v>
+        <v>-1.1036784288271928E-3</v>
       </c>
       <c r="F324" s="9">
         <v>2.4592732582624732E-2</v>
       </c>
       <c r="G324" s="9">
-        <v>5.1507399624663996E-3</v>
+        <v>5.1409763347098902E-3</v>
       </c>
     </row>
     <row r="325" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A325" s="5">
         <v>43070</v>
       </c>
       <c r="B325" s="6">
         <v>211155.64055025901</v>
       </c>
       <c r="C325" s="7">
         <v>421.23292481299598</v>
       </c>
       <c r="D325" s="7">
-        <v>423.38317686391201</v>
+        <v>423.37341877601102</v>
       </c>
       <c r="E325" s="12">
-        <v>7.5079786098526391E-3</v>
+        <v>7.5008061851251639E-3</v>
       </c>
       <c r="F325" s="9">
         <v>2.5535937507366269E-2</v>
       </c>
       <c r="G325" s="9">
-        <v>6.5681110881223859E-3</v>
+        <v>6.5554552669093713E-3</v>
       </c>
     </row>
     <row r="326" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A326" s="5">
         <v>43101</v>
       </c>
       <c r="B326" s="6">
         <v>211755.92556151599</v>
       </c>
       <c r="C326" s="7">
         <v>422.43042922421802</v>
       </c>
       <c r="D326" s="7">
-        <v>426.35689405144097</v>
+        <v>426.34628182095901</v>
       </c>
       <c r="E326" s="12">
-        <v>7.0237018144081453E-3</v>
+        <v>7.021846231023865E-3</v>
       </c>
       <c r="F326" s="9">
         <v>3.1749749067580435E-2</v>
       </c>
       <c r="G326" s="9">
-        <v>9.1135588625128605E-3</v>
+        <v>9.0971876240921734E-3</v>
       </c>
     </row>
     <row r="327" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A327" s="5">
         <v>43132</v>
       </c>
       <c r="B327" s="6">
         <v>210402.40293547101</v>
       </c>
       <c r="C327" s="7">
         <v>419.73029631238302</v>
       </c>
       <c r="D327" s="7">
-        <v>424.459350045794</v>
+        <v>424.448014606171</v>
       </c>
       <c r="E327" s="12">
-        <v>-4.4506000304478377E-3</v>
+        <v>-4.4524071059804937E-3</v>
       </c>
       <c r="F327" s="9">
         <v>2.2133771640093336E-2</v>
       </c>
       <c r="G327" s="9">
-        <v>1.0783876051369656E-2</v>
+        <v>1.0769058747430948E-2</v>
       </c>
     </row>
     <row r="328" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A328" s="5">
         <v>43160</v>
       </c>
       <c r="B328" s="6">
         <v>211625.33325334601</v>
       </c>
       <c r="C328" s="7">
         <v>422.16991153316701</v>
       </c>
       <c r="D328" s="7">
-        <v>423.436162999396</v>
+        <v>423.476975710619</v>
       </c>
       <c r="E328" s="12">
-        <v>-2.4105654552964983E-3</v>
+        <v>-2.2877687305310479E-3</v>
       </c>
       <c r="F328" s="9">
         <v>2.0825360680870375E-2</v>
       </c>
       <c r="G328" s="9">
-        <v>7.8710438646716341E-3</v>
+        <v>7.9022910095554177E-3</v>
       </c>
     </row>
     <row r="329" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A329" s="5">
         <v>43191</v>
       </c>
       <c r="B329" s="6">
         <v>212999.76818443101</v>
       </c>
       <c r="C329" s="7">
         <v>424.911762257482</v>
       </c>
       <c r="D329" s="7">
-        <v>423.74804636021702</v>
+        <v>423.73689514700197</v>
       </c>
       <c r="E329" s="12">
-        <v>7.3655343608769464E-4</v>
+        <v>6.1377465905154693E-4</v>
       </c>
       <c r="F329" s="9">
         <v>2.5523121852944364E-2</v>
       </c>
       <c r="G329" s="9">
-        <v>1.3192262074996908E-3</v>
+        <v>1.354996294862465E-3</v>
       </c>
     </row>
     <row r="330" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A330" s="5">
         <v>43221</v>
       </c>
       <c r="B330" s="6">
         <v>213617.76619466199</v>
       </c>
       <c r="C330" s="7">
         <v>426.14460220767199</v>
       </c>
       <c r="D330" s="7">
-        <v>424.80385575853501</v>
+        <v>424.83561798138697</v>
       </c>
       <c r="E330" s="12">
-        <v>2.4915970879084703E-3</v>
+        <v>2.5929364352468287E-3</v>
       </c>
       <c r="F330" s="9">
         <v>2.3511694073600431E-2</v>
       </c>
       <c r="G330" s="9">
-        <v>-1.7354864604559594E-3</v>
+        <v>-1.66243920549769E-3</v>
       </c>
     </row>
     <row r="331" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A331" s="5">
         <v>43252</v>
       </c>
       <c r="B331" s="6">
         <v>215443.830489924</v>
       </c>
       <c r="C331" s="7">
         <v>429.78740522247801</v>
       </c>
       <c r="D331" s="7">
-        <v>426.23291090492</v>
+        <v>426.22679348125399</v>
       </c>
       <c r="E331" s="12">
-        <v>3.3640352530068807E-3</v>
+        <v>3.2746206791163246E-3</v>
       </c>
       <c r="F331" s="9">
         <v>1.960417685257454E-2</v>
       </c>
       <c r="G331" s="9">
-        <v>4.1781826275233414E-4</v>
+        <v>4.1438152412243134E-4</v>
       </c>
     </row>
     <row r="332" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A332" s="5">
         <v>43282</v>
       </c>
       <c r="B332" s="6">
         <v>217010.33801695899</v>
       </c>
       <c r="C332" s="7">
         <v>432.91242023810798</v>
       </c>
       <c r="D332" s="7">
-        <v>428.99810386659698</v>
+        <v>428.99106348934902</v>
       </c>
       <c r="E332" s="12">
-        <v>6.4875163107567246E-3</v>
+        <v>6.4854440180015516E-3</v>
       </c>
       <c r="F332" s="9">
         <v>2.5223112537338555E-2</v>
       </c>
       <c r="G332" s="9">
-        <v>6.5987918254142297E-3</v>
+        <v>6.5989156269614657E-3</v>
       </c>
     </row>
     <row r="333" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A333" s="5">
         <v>43313</v>
       </c>
       <c r="B333" s="6">
         <v>214744.76977857799</v>
       </c>
       <c r="C333" s="7">
         <v>428.39285385129699</v>
       </c>
       <c r="D333" s="7">
-        <v>426.47607875839401</v>
+        <v>426.47797826284</v>
       </c>
       <c r="E333" s="12">
-        <v>-5.8788723900449202E-3</v>
+        <v>-5.8581295518558285E-3</v>
       </c>
       <c r="F333" s="9">
         <v>2.0188407468008762E-2</v>
       </c>
       <c r="G333" s="9">
-        <v>7.6408172987538769E-3</v>
+        <v>7.5833106172928932E-3</v>
       </c>
     </row>
     <row r="334" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A334" s="5">
         <v>43344</v>
       </c>
       <c r="B334" s="6">
         <v>214921.64793340201</v>
       </c>
       <c r="C334" s="7">
         <v>428.74570685724899</v>
       </c>
       <c r="D334" s="7">
-        <v>427.76391806528198</v>
+        <v>427.76393892477603</v>
       </c>
       <c r="E334" s="12">
-        <v>3.0197222564916082E-3</v>
+        <v>3.0153037846738506E-3</v>
       </c>
       <c r="F334" s="9">
         <v>1.954840695974025E-2</v>
       </c>
       <c r="G334" s="9">
-        <v>6.6311487085812804E-3</v>
+        <v>6.6156876800880227E-3</v>
       </c>
     </row>
     <row r="335" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A335" s="5">
         <v>43374</v>
       </c>
       <c r="B335" s="6">
         <v>214534.277225592</v>
       </c>
       <c r="C335" s="7">
         <v>427.97294371527198</v>
       </c>
       <c r="D335" s="7">
-        <v>427.65334387784901</v>
+        <v>427.64824789292499</v>
       </c>
       <c r="E335" s="12">
-        <v>-2.5849348849493747E-4</v>
+        <v>-2.7045531734593009E-4</v>
       </c>
       <c r="F335" s="9">
         <v>1.6341331497136347E-2</v>
       </c>
       <c r="G335" s="9">
-        <v>1.451890268195255E-3</v>
+        <v>1.4348542185864677E-3</v>
       </c>
     </row>
     <row r="336" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A336" s="5">
         <v>43405</v>
       </c>
       <c r="B336" s="6">
         <v>214044.09637325999</v>
       </c>
       <c r="C336" s="7">
         <v>426.99508532807999</v>
       </c>
       <c r="D336" s="7">
-        <v>428.068306045128</v>
+        <v>428.05823336628998</v>
       </c>
       <c r="E336" s="12">
-        <v>9.7032368206506625E-4</v>
+        <v>9.5869789104718883E-4</v>
       </c>
       <c r="F336" s="9">
         <v>1.9317560080221563E-2</v>
       </c>
       <c r="G336" s="9">
-        <v>1.3875825977132106E-3</v>
+        <v>1.3845601286710529E-3</v>
       </c>
     </row>
     <row r="337" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A337" s="5">
         <v>43435</v>
       </c>
       <c r="B337" s="6">
         <v>212281.46199801401</v>
       </c>
       <c r="C337" s="7">
         <v>423.478818221381</v>
       </c>
       <c r="D337" s="7">
-        <v>425.565135017952</v>
+        <v>425.55019006137701</v>
       </c>
       <c r="E337" s="12">
-        <v>-5.8475971984529584E-3</v>
+        <v>-5.859117076640441E-3</v>
       </c>
       <c r="F337" s="9">
         <v>5.331713824084483E-3</v>
       </c>
       <c r="G337" s="9">
-        <v>-1.5206186196423666E-3</v>
+        <v>-1.5401017477983947E-3</v>
       </c>
     </row>
     <row r="338" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A338" s="5">
         <v>43466</v>
       </c>
       <c r="B338" s="6">
         <v>211966.181814154</v>
       </c>
       <c r="C338" s="7">
         <v>422.84986796631398</v>
       </c>
       <c r="D338" s="7">
-        <v>426.92884319684202</v>
+        <v>426.91186402176697</v>
       </c>
       <c r="E338" s="12">
-        <v>3.2044640565598304E-3</v>
+        <v>3.199796386399445E-3</v>
       </c>
       <c r="F338" s="9">
         <v>9.9291791755207193E-4</v>
       </c>
       <c r="G338" s="9">
-        <v>-1.0383519434420396E-3</v>
+        <v>-1.0686388494298704E-3</v>
       </c>
     </row>
     <row r="339" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A339" s="5">
         <v>43497</v>
       </c>
       <c r="B339" s="6">
         <v>211303.68138071301</v>
       </c>
       <c r="C339" s="7">
         <v>421.52825044029902</v>
       </c>
       <c r="D339" s="7">
-        <v>426.08309186783902</v>
+        <v>426.06255167913901</v>
       </c>
       <c r="E339" s="12">
-        <v>-1.9810123922994194E-3</v>
+        <v>-1.9894325133692492E-3</v>
       </c>
       <c r="F339" s="9">
         <v>4.2835938785268368E-3</v>
       </c>
       <c r="G339" s="9">
-        <v>-3.8243499015884197E-3</v>
+        <v>-3.8534697363721282E-3</v>
       </c>
     </row>
     <row r="340" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A340" s="5">
         <v>43525</v>
       </c>
       <c r="B340" s="6">
         <v>213102.32025742001</v>
       </c>
       <c r="C340" s="7">
         <v>425.11634267758501</v>
       </c>
       <c r="D340" s="7">
-        <v>426.114574621575</v>
+        <v>426.16790986082901</v>
       </c>
       <c r="E340" s="12">
-        <v>7.3888765681706658E-5</v>
+        <v>2.472833654936224E-4</v>
       </c>
       <c r="F340" s="9">
         <v>6.9792542384596867E-3</v>
       </c>
       <c r="G340" s="9">
-        <v>-1.6860200854820206E-3</v>
+        <v>-1.6502124876177637E-3</v>
       </c>
     </row>
     <row r="341" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A341" s="5">
         <v>43556</v>
       </c>
       <c r="B341" s="6">
         <v>214919.60426368</v>
       </c>
       <c r="C341" s="7">
         <v>428.741629954676</v>
       </c>
       <c r="D341" s="7">
-        <v>427.62361487380002</v>
+        <v>427.59716789342701</v>
       </c>
       <c r="E341" s="12">
-        <v>3.5413955356142779E-3</v>
+        <v>3.3537439106214872E-3</v>
       </c>
       <c r="F341" s="9">
         <v>9.0133247355794754E-3</v>
       </c>
       <c r="G341" s="9">
-        <v>-5.7865431913484144E-4</v>
+        <v>-5.4091920512910896E-4</v>
       </c>
     </row>
     <row r="342" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A342" s="5">
         <v>43586</v>
       </c>
       <c r="B342" s="6">
         <v>214945.63646867801</v>
       </c>
       <c r="C342" s="7">
         <v>428.79356142012</v>
       </c>
       <c r="D342" s="7">
-        <v>427.72211043274001</v>
+        <v>427.78404610795099</v>
       </c>
       <c r="E342" s="12">
-        <v>2.3033236592673312E-4</v>
+        <v>4.3704268539634938E-4</v>
       </c>
       <c r="F342" s="9">
         <v>6.2161041081474355E-3</v>
       </c>
       <c r="G342" s="9">
-        <v>2.255030152617854E-3</v>
+        <v>2.3656315148670171E-3</v>
       </c>
     </row>
     <row r="343" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A343" s="5">
         <v>43617</v>
       </c>
       <c r="B343" s="6">
         <v>216515.32544817499</v>
       </c>
       <c r="C343" s="7">
         <v>431.924923093232</v>
       </c>
       <c r="D343" s="7">
-        <v>428.456642478101</v>
+        <v>428.4416283338</v>
       </c>
       <c r="E343" s="12">
-        <v>1.7173113744759494E-3</v>
+        <v>1.5371826785777198E-3</v>
       </c>
       <c r="F343" s="9">
         <v>4.9734306887088131E-3</v>
       </c>
       <c r="G343" s="9">
-        <v>3.6555087108092188E-3</v>
+        <v>3.6591055427606101E-3</v>
       </c>
     </row>
     <row r="344" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A344" s="5">
         <v>43647</v>
       </c>
       <c r="B344" s="6">
         <v>217662.93988095401</v>
       </c>
       <c r="C344" s="7">
         <v>434.214291176497</v>
       </c>
       <c r="D344" s="7">
-        <v>430.750602944045</v>
+        <v>430.73079079692201</v>
       </c>
       <c r="E344" s="12">
-        <v>5.3540084071896921E-3</v>
+        <v>5.3429972993626063E-3</v>
       </c>
       <c r="F344" s="9">
         <v>3.0072385949864167E-3</v>
       </c>
       <c r="G344" s="9">
-        <v>5.5539586621820014E-3</v>
+        <v>5.5701530747809258E-3</v>
       </c>
     </row>
     <row r="345" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A345" s="5">
         <v>43678</v>
       </c>
       <c r="B345" s="6">
         <v>216095.84508176299</v>
       </c>
       <c r="C345" s="7">
         <v>431.08810461570999</v>
       </c>
       <c r="D345" s="7">
-        <v>428.74872848041002</v>
+        <v>428.76400289219299</v>
       </c>
       <c r="E345" s="12">
-        <v>-4.647409544996095E-3</v>
+        <v>-4.5661651006888571E-3</v>
       </c>
       <c r="F345" s="9">
         <v>6.2915399736069855E-3</v>
       </c>
       <c r="G345" s="9">
-        <v>5.0689623196327194E-3</v>
+        <v>4.9840447328763915E-3</v>
       </c>
     </row>
     <row r="346" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A346" s="5">
         <v>43709</v>
       </c>
       <c r="B346" s="6">
         <v>215351.81899453801</v>
       </c>
       <c r="C346" s="7">
         <v>429.60385212762998</v>
       </c>
       <c r="D346" s="7">
-        <v>428.39664274400099</v>
+        <v>428.42210123292898</v>
       </c>
       <c r="E346" s="12">
-        <v>-8.2119365731281313E-4</v>
+        <v>-7.974122290065333E-4</v>
       </c>
       <c r="F346" s="9">
         <v>2.0015250453964128E-3</v>
       </c>
       <c r="G346" s="9">
-        <v>3.1886577611466294E-3</v>
+        <v>3.1889544661933833E-3</v>
       </c>
     </row>
     <row r="347" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A347" s="5">
         <v>43739</v>
       </c>
       <c r="B347" s="6">
         <v>215368.452940655</v>
       </c>
       <c r="C347" s="7">
         <v>429.63703507152701</v>
       </c>
       <c r="D347" s="7">
-        <v>429.41678698168602</v>
+        <v>429.40871492261903</v>
       </c>
       <c r="E347" s="12">
-        <v>2.3813077318970421E-3</v>
+        <v>2.3029010101269787E-3</v>
       </c>
       <c r="F347" s="9">
         <v>3.8883097183874948E-3</v>
       </c>
       <c r="G347" s="9">
-        <v>-2.8532852026286193E-4</v>
+        <v>-2.8100887691240306E-4</v>
       </c>
     </row>
     <row r="348" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A348" s="5">
         <v>43770</v>
       </c>
       <c r="B348" s="6">
         <v>215734.00010430301</v>
       </c>
       <c r="C348" s="7">
         <v>430.36626257641097</v>
       </c>
       <c r="D348" s="7">
-        <v>431.20422712101299</v>
+        <v>431.16898258864302</v>
       </c>
       <c r="E348" s="12">
-        <v>4.1624831481104074E-3</v>
+        <v>4.0992825828911617E-3</v>
       </c>
       <c r="F348" s="9">
         <v>7.8951195556284937E-3</v>
       </c>
       <c r="G348" s="9">
-        <v>8.2431617668343726E-4</v>
+        <v>8.2564379971961088E-4</v>
       </c>
     </row>
     <row r="349" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A349" s="5">
         <v>43800</v>
       </c>
       <c r="B349" s="6">
         <v>215281.593136685</v>
       </c>
       <c r="C349" s="7">
         <v>429.46375905020102</v>
       </c>
       <c r="D349" s="7">
-        <v>431.64437096740301</v>
+        <v>431.63045444493503</v>
       </c>
       <c r="E349" s="12">
-        <v>1.0207317523964754E-3</v>
+        <v>1.070280736618523E-3</v>
       </c>
       <c r="F349" s="9">
         <v>1.4132798551665271E-2</v>
       </c>
       <c r="G349" s="9">
-        <v>3.3926737790039851E-3</v>
+        <v>3.3319362849206779E-3</v>
       </c>
     </row>
     <row r="350" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A350" s="5">
         <v>43831</v>
       </c>
       <c r="B350" s="6">
         <v>215897.39116111901</v>
       </c>
       <c r="C350" s="7">
         <v>430.69221026396298</v>
       </c>
       <c r="D350" s="7">
-        <v>435.23073583099801</v>
+        <v>435.215584049575</v>
       </c>
       <c r="E350" s="12">
-        <v>8.308610293138452E-3</v>
+        <v>8.3060163334636172E-3</v>
       </c>
       <c r="F350" s="9">
         <v>1.8546398832679278E-2</v>
       </c>
       <c r="G350" s="9">
-        <v>8.9518999450253212E-3</v>
+        <v>8.8763003443961264E-3</v>
       </c>
     </row>
     <row r="351" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A351" s="5">
         <v>43862</v>
       </c>
       <c r="B351" s="6">
         <v>216092.12877452199</v>
       </c>
       <c r="C351" s="7">
         <v>431.08069098013499</v>
       </c>
       <c r="D351" s="7">
-        <v>435.75085989542299</v>
+        <v>435.73170224131798</v>
       </c>
       <c r="E351" s="12">
-        <v>1.1950536154847757E-3</v>
+        <v>1.1858908795052692E-3</v>
       </c>
       <c r="F351" s="9">
         <v>2.2661448028354236E-2</v>
       </c>
       <c r="G351" s="9">
-        <v>1.0557116711972681E-2</v>
+        <v>1.0533703732820809E-2</v>
       </c>
     </row>
     <row r="352" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A352" s="5">
         <v>43891</v>
       </c>
       <c r="B352" s="6">
         <v>219583.11302532599</v>
       </c>
       <c r="C352" s="7">
         <v>438.04483128256902</v>
       </c>
       <c r="D352" s="7">
-        <v>439.10807920516697</v>
+        <v>439.12893705079102</v>
       </c>
       <c r="E352" s="12">
-        <v>7.7044467807814154E-3</v>
+        <v>7.7966207003032917E-3</v>
       </c>
       <c r="F352" s="9">
         <v>3.0411648076275499E-2</v>
       </c>
       <c r="G352" s="9">
-        <v>1.3793056803513171E-2</v>
+        <v>1.3827548880911644E-2</v>
       </c>
     </row>
     <row r="353" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A353" s="5">
         <v>43922</v>
       </c>
       <c r="B353" s="6">
         <v>222914.90928335799</v>
       </c>
       <c r="C353" s="7">
         <v>444.69140856080003</v>
       </c>
       <c r="D353" s="7">
-        <v>443.42919442218601</v>
+        <v>443.39844046560199</v>
       </c>
       <c r="E353" s="12">
-        <v>9.8406643413182504E-3</v>
+        <v>9.7226646995416388E-3</v>
       </c>
       <c r="F353" s="9">
         <v>3.7201376054408763E-2</v>
       </c>
       <c r="G353" s="9">
-        <v>1.5568231521214893E-2</v>
+        <v>1.559616672052444E-2</v>
       </c>
     </row>
     <row r="354" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A354" s="5">
         <v>43952</v>
       </c>
       <c r="B354" s="6">
         <v>218902.13135770601</v>
       </c>
       <c r="C354" s="7">
         <v>436.686345670496</v>
       </c>
       <c r="D354" s="7">
-        <v>435.43851455134802</v>
+        <v>435.53644904414898</v>
       </c>
       <c r="E354" s="12">
-        <v>-1.8020193463468948E-2</v>
+        <v>-1.7731211262712931E-2</v>
       </c>
       <c r="F354" s="9">
         <v>1.8406956075170289E-2</v>
       </c>
       <c r="G354" s="9">
-        <v>1.1783752111003798E-2</v>
+        <v>1.1888799678064554E-2</v>
       </c>
     </row>
     <row r="355" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A355" s="5">
         <v>43983</v>
       </c>
       <c r="B355" s="6">
         <v>216402.62311997401</v>
       </c>
       <c r="C355" s="7">
         <v>431.70009399930899</v>
       </c>
       <c r="D355" s="7">
-        <v>428.08895145371002</v>
+        <v>428.06404914239198</v>
       </c>
       <c r="E355" s="12">
-        <v>-1.6878532449548178E-2</v>
+        <v>-1.7156772798594289E-2</v>
       </c>
       <c r="F355" s="9">
         <v>-5.2052817955694497E-4</v>
       </c>
       <c r="G355" s="9">
-        <v>-2.3914504207565024E-3</v>
+        <v>-2.3489356074959389E-3</v>
       </c>
     </row>
     <row r="356" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A356" s="5">
         <v>44013</v>
       </c>
       <c r="B356" s="6">
         <v>220936.30486623201</v>
       </c>
       <c r="C356" s="7">
         <v>440.74430431342199</v>
       </c>
       <c r="D356" s="7">
-        <v>437.53146288128499</v>
+        <v>437.50096837265198</v>
       </c>
       <c r="E356" s="12">
-        <v>2.2057358395982885E-2</v>
+        <v>2.2045577639996816E-2</v>
       </c>
       <c r="F356" s="9">
         <v>1.5038687739254319E-2</v>
       </c>
       <c r="G356" s="9">
-        <v>-1.3069377018810391E-2</v>
+        <v>-1.3015357498369351E-2</v>
       </c>
     </row>
     <row r="357" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A357" s="5">
         <v>44044</v>
       </c>
       <c r="B357" s="6">
         <v>224122.94552839501</v>
       </c>
       <c r="C357" s="7">
         <v>447.10131169884102</v>
       </c>
       <c r="D357" s="7">
-        <v>444.28476792443399</v>
+        <v>444.31842594776901</v>
       </c>
       <c r="E357" s="12">
-        <v>1.5435015801323893E-2</v>
+        <v>1.558272568052943E-2</v>
       </c>
       <c r="F357" s="9">
         <v>3.7146019367446659E-2</v>
       </c>
       <c r="G357" s="9">
-        <v>-6.1234857207995708E-3</v>
+        <v>-6.2063634043244553E-3</v>
       </c>
     </row>
     <row r="358" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A358" s="5">
         <v>44075</v>
       </c>
       <c r="B358" s="6">
         <v>226128.844268229</v>
       </c>
       <c r="C358" s="7">
         <v>451.10286520154199</v>
       </c>
       <c r="D358" s="7">
-        <v>449.876138841966</v>
+        <v>449.93355422393103</v>
       </c>
       <c r="E358" s="12">
-        <v>1.258510604280505E-2</v>
+        <v>1.2637621913123454E-2</v>
       </c>
       <c r="F358" s="9">
         <v>5.0043808889136621E-2</v>
       </c>
       <c r="G358" s="9">
-        <v>1.8926189344606659E-2</v>
+        <v>1.8939579184155342E-2</v>
       </c>
     </row>
     <row r="359" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A359" s="5">
         <v>44105</v>
       </c>
       <c r="B359" s="6">
         <v>227825.629987839</v>
       </c>
       <c r="C359" s="7">
         <v>454.48777128119701</v>
       </c>
       <c r="D359" s="7">
-        <v>454.30188096164198</v>
+        <v>454.29249845375398</v>
       </c>
       <c r="E359" s="12">
-        <v>9.8376902830819013E-3</v>
+        <v>9.6879732327175283E-3</v>
       </c>
       <c r="F359" s="9">
         <v>5.7841233834817762E-2</v>
       </c>
       <c r="G359" s="9">
-        <v>3.6434828422625687E-2</v>
+        <v>3.6463729605751505E-2</v>
       </c>
     </row>
     <row r="360" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A360" s="5">
         <v>44136</v>
       </c>
       <c r="B360" s="6">
         <v>229721.22571022599</v>
       </c>
       <c r="C360" s="7">
         <v>458.269282058383</v>
       </c>
       <c r="D360" s="7">
-        <v>459.13277232510501</v>
+        <v>459.072837335597</v>
       </c>
       <c r="E360" s="12">
-        <v>1.0633659172260668E-2</v>
+        <v>1.0522601403530896E-2</v>
       </c>
       <c r="F360" s="9">
         <v>6.4835517809711751E-2</v>
       </c>
       <c r="G360" s="9">
-        <v>4.0770592095197067E-2</v>
+        <v>4.0778778308136809E-2</v>
       </c>
     </row>
     <row r="361" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A361" s="5">
         <v>44166</v>
       </c>
       <c r="B361" s="6">
         <v>230920.01094136501</v>
       </c>
       <c r="C361" s="7">
         <v>460.660730412872</v>
       </c>
       <c r="D361" s="7">
-        <v>463.25527211458899</v>
+        <v>463.24574949854798</v>
       </c>
       <c r="E361" s="12">
-        <v>8.9788837520945464E-3</v>
+        <v>9.0898694576879713E-3</v>
       </c>
       <c r="F361" s="9">
         <v>7.2641685602682804E-2</v>
       </c>
       <c r="G361" s="9">
-        <v>3.3789752633001768E-2</v>
+        <v>3.3683527258248747E-2</v>
       </c>
     </row>
     <row r="362" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A362" s="5">
         <v>44197</v>
       </c>
       <c r="B362" s="6">
         <v>229747.56882904799</v>
       </c>
       <c r="C362" s="7">
         <v>458.32183376366203</v>
       </c>
       <c r="D362" s="7">
-        <v>463.60559076880702</v>
+        <v>463.59133725013203</v>
       </c>
       <c r="E362" s="12">
-        <v>7.5621083084276286E-4</v>
+        <v>7.4601386404116177E-4</v>
       </c>
       <c r="F362" s="9">
         <v>6.4151667574311011E-2</v>
       </c>
       <c r="G362" s="9">
-        <v>2.7832319751064816E-2</v>
+        <v>2.770798149491438E-2</v>
       </c>
     </row>
     <row r="363" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A363" s="5">
         <v>44228</v>
       </c>
       <c r="B363" s="6">
         <v>231068.11226931601</v>
       </c>
       <c r="C363" s="7">
         <v>460.95617672621398</v>
       </c>
       <c r="D363" s="7">
-        <v>465.77449504956002</v>
+        <v>465.74921133015403</v>
       </c>
       <c r="E363" s="12">
-        <v>4.6783393555636099E-3</v>
+        <v>4.6546902554776004E-3</v>
       </c>
       <c r="F363" s="9">
         <v>6.9303697361512651E-2</v>
       </c>
       <c r="G363" s="9">
-        <v>2.1509817111074803E-2</v>
+        <v>2.1482749146276348E-2</v>
       </c>
     </row>
     <row r="364" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A364" s="5">
         <v>44256</v>
       </c>
       <c r="B364" s="6">
         <v>232133.72132141099</v>
       </c>
       <c r="C364" s="7">
         <v>463.08195284354298</v>
       </c>
       <c r="D364" s="7">
-        <v>464.15983206210802</v>
+        <v>464.14590903645802</v>
       </c>
       <c r="E364" s="12">
-        <v>-3.4666195865451499E-3</v>
+        <v>-3.4424154774563842E-3</v>
       </c>
       <c r="F364" s="9">
         <v>5.7156527763760456E-2</v>
       </c>
       <c r="G364" s="9">
-        <v>1.2239497194131532E-2</v>
+        <v>1.2258634634861876E-2</v>
       </c>
     </row>
     <row r="365" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A365" s="5">
         <v>44287</v>
       </c>
       <c r="B365" s="6">
         <v>238830.90985527899</v>
       </c>
       <c r="C365" s="7">
         <v>476.44212786322902</v>
       </c>
       <c r="D365" s="7">
-        <v>475.08082962298101</v>
+        <v>475.04887413236702</v>
       </c>
       <c r="E365" s="12">
-        <v>2.3528527904611352E-2</v>
+        <v>2.3490382837894508E-2</v>
       </c>
       <c r="F365" s="9">
         <v>7.1399443954150321E-2</v>
       </c>
       <c r="G365" s="9">
-        <v>1.3724104529012848E-2</v>
+        <v>1.3733988106967798E-2</v>
       </c>
     </row>
     <row r="366" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A366" s="5">
         <v>44317</v>
       </c>
       <c r="B366" s="6">
         <v>242831.93673505701</v>
       </c>
       <c r="C366" s="7">
         <v>484.42374867350998</v>
       </c>
       <c r="D366" s="7">
-        <v>482.56658650281997</v>
+        <v>482.675934614499</v>
       </c>
       <c r="E366" s="12">
-        <v>1.5756806869642759E-2</v>
+        <v>1.6055317457729146E-2</v>
       </c>
       <c r="F366" s="9">
         <v>0.10931737041083145</v>
       </c>
       <c r="G366" s="9">
-        <v>2.0947256644590517E-2</v>
+        <v>2.102880068896984E-2</v>
       </c>
     </row>
     <row r="367" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A367" s="5">
         <v>44348</v>
       </c>
       <c r="B367" s="6">
         <v>245432.45883467401</v>
       </c>
       <c r="C367" s="7">
         <v>489.611512198122</v>
       </c>
       <c r="D367" s="7">
-        <v>485.28664261610299</v>
+        <v>485.25643792895198</v>
       </c>
       <c r="E367" s="12">
-        <v>5.6366441219963814E-3</v>
+        <v>5.3462439897982161E-3</v>
       </c>
       <c r="F367" s="9">
         <v>0.13414733747754459</v>
       </c>
       <c r="G367" s="9">
-        <v>3.5445085015257893E-2</v>
+        <v>3.5518672455363554E-2</v>
       </c>
     </row>
     <row r="368" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A368" s="5">
         <v>44378</v>
       </c>
       <c r="B368" s="6">
         <v>244228.55658371301</v>
       </c>
       <c r="C368" s="7">
         <v>487.20985593622902</v>
       </c>
       <c r="D368" s="7">
-        <v>484.06318785002998</v>
+        <v>484.02351670606703</v>
       </c>
       <c r="E368" s="12">
-        <v>-2.5210971385438707E-3</v>
+        <v>-2.5407622166683241E-3</v>
       </c>
       <c r="F368" s="9">
         <v>0.10542518909050824</v>
       </c>
       <c r="G368" s="9">
-        <v>3.3381319774019813E-2</v>
+        <v>3.3461757148052218E-2</v>
       </c>
     </row>
     <row r="369" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A369" s="5">
         <v>44409</v>
       </c>
       <c r="B369" s="6">
         <v>248857.16164557001</v>
       </c>
       <c r="C369" s="7">
         <v>496.44342811516498</v>
       </c>
       <c r="D369" s="7">
-        <v>493.08751709839299</v>
+        <v>493.14609245276898</v>
       </c>
       <c r="E369" s="12">
-        <v>1.8642874473567383E-2</v>
+        <v>1.8847381236316796E-2</v>
       </c>
       <c r="F369" s="9">
         <v>0.11036003501944514</v>
       </c>
       <c r="G369" s="9">
-        <v>2.8576376599851905E-2</v>
+        <v>2.8522515301313112E-2</v>
       </c>
     </row>
     <row r="370" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A370" s="5">
         <v>44440</v>
       </c>
       <c r="B370" s="6">
         <v>248742.14430932101</v>
       </c>
       <c r="C370" s="7">
         <v>496.21398082772401</v>
       </c>
       <c r="D370" s="7">
-        <v>494.87736299176902</v>
+        <v>494.97882803485697</v>
       </c>
       <c r="E370" s="12">
-        <v>3.62987468007403E-3</v>
+        <v>3.7164150951141117E-3</v>
       </c>
       <c r="F370" s="9">
         <v>0.10000183795336226</v>
       </c>
       <c r="G370" s="9">
-        <v>2.0163089936109158E-2</v>
+        <v>2.021314593316248E-2</v>
       </c>
     </row>
     <row r="371" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A371" s="5">
         <v>44470</v>
       </c>
       <c r="B371" s="6">
         <v>250311.37787042599</v>
       </c>
       <c r="C371" s="7">
         <v>499.34443398983802</v>
       </c>
       <c r="D371" s="7">
-        <v>499.31632760619499</v>
+        <v>499.315603879501</v>
       </c>
       <c r="E371" s="12">
-        <v>8.9698275701890484E-3</v>
+        <v>8.761538067924457E-3</v>
       </c>
       <c r="F371" s="9">
         <v>9.8697182945517881E-2</v>
       </c>
       <c r="G371" s="9">
-        <v>2.4357318585344068E-2</v>
+        <v>2.4439196383541528E-2</v>
       </c>
     </row>
     <row r="372" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A372" s="5">
         <v>44501</v>
       </c>
       <c r="B372" s="6">
         <v>252687.077182148</v>
       </c>
       <c r="C372" s="7">
         <v>504.08370009205902</v>
       </c>
       <c r="D372" s="7">
-        <v>505.16026297631799</v>
+        <v>505.078735157891</v>
       </c>
       <c r="E372" s="12">
-        <v>1.1703873971315559E-2</v>
+        <v>1.154206124065138E-2</v>
       </c>
       <c r="F372" s="9">
         <v>9.99727012639684E-2</v>
       </c>
       <c r="G372" s="9">
-        <v>2.5243205167890137E-2</v>
+        <v>2.5264265538784692E-2</v>
       </c>
     </row>
     <row r="373" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A373" s="5">
         <v>44531</v>
       </c>
       <c r="B373" s="6">
         <v>254822.21309066599</v>
       </c>
       <c r="C373" s="7">
         <v>508.34306792743803</v>
       </c>
       <c r="D373" s="7">
-        <v>511.26029843035201</v>
+        <v>511.26117672132898</v>
       </c>
       <c r="E373" s="12">
-        <v>1.2075445954702779E-2</v>
+        <v>1.2240550102560421E-2</v>
       </c>
       <c r="F373" s="9">
         <v>0.10350857880121511</v>
       </c>
       <c r="G373" s="9">
-        <v>2.9692926394966568E-2</v>
+        <v>2.9553459057405806E-2</v>
       </c>
     </row>
     <row r="374" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A374" s="5">
         <v>44562</v>
       </c>
       <c r="B374" s="6">
         <v>255555.95695518199</v>
       </c>
       <c r="C374" s="7">
         <v>509.80680848065401</v>
       </c>
       <c r="D374" s="7">
-        <v>516.08118072120897</v>
+        <v>516.07084022436698</v>
       </c>
       <c r="E374" s="12">
-        <v>9.4294086704127533E-3</v>
+        <v>9.4074491121776127E-3</v>
       </c>
       <c r="F374" s="9">
         <v>0.11233367237647407</v>
       </c>
       <c r="G374" s="9">
-        <v>3.0404831445133285E-2</v>
+        <v>3.0233294709779202E-2</v>
       </c>
     </row>
     <row r="375" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A375" s="5">
         <v>44593</v>
       </c>
       <c r="B375" s="6">
         <v>260229.804328303</v>
       </c>
       <c r="C375" s="7">
         <v>519.13063423297001</v>
       </c>
       <c r="D375" s="7">
-        <v>524.10453047890803</v>
+        <v>524.07215630099097</v>
       </c>
       <c r="E375" s="12">
-        <v>1.554668152496208E-2</v>
+        <v>1.5504297962553704E-2</v>
       </c>
       <c r="F375" s="9">
         <v>0.12620387890215623</v>
       </c>
       <c r="G375" s="9">
-        <v>3.4743001098576975E-2</v>
+        <v>3.470183895316481E-2</v>
       </c>
     </row>
     <row r="376" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A376" s="5">
         <v>44621</v>
       </c>
       <c r="B376" s="6">
         <v>265312.48615130101</v>
       </c>
       <c r="C376" s="7">
         <v>529.27004099764895</v>
       </c>
       <c r="D376" s="7">
-        <v>530.662065445851</v>
+        <v>530.57278555232006</v>
       </c>
       <c r="E376" s="12">
-        <v>1.2511883766680887E-2</v>
+        <v>1.2404072937612032E-2</v>
       </c>
       <c r="F376" s="9">
         <v>0.14292953492935689</v>
       </c>
       <c r="G376" s="9">
-        <v>3.6359138602870988E-2</v>
+        <v>3.6327691712581878E-2</v>
       </c>
     </row>
     <row r="377" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A377" s="5">
         <v>44652</v>
       </c>
       <c r="B377" s="6">
         <v>267620.12814823899</v>
       </c>
       <c r="C377" s="7">
         <v>533.87354003399105</v>
       </c>
       <c r="D377" s="7">
-        <v>532.48808416337704</v>
+        <v>532.45654586195997</v>
       </c>
       <c r="E377" s="12">
-        <v>3.4410198814416315E-3</v>
+        <v>3.5504276904796406E-3</v>
       </c>
       <c r="F377" s="9">
         <v>0.12054226276826796</v>
       </c>
       <c r="G377" s="9">
-        <v>3.5727814497771959E-2</v>
+        <v>3.5689344737765971E-2</v>
       </c>
     </row>
     <row r="378" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A378" s="5">
         <v>44682</v>
       </c>
       <c r="B378" s="6">
         <v>269913.66759779298</v>
       </c>
       <c r="C378" s="7">
         <v>538.44890599623602</v>
       </c>
       <c r="D378" s="7">
-        <v>535.70167992301697</v>
+        <v>535.81929103449102</v>
       </c>
       <c r="E378" s="12">
-        <v>6.035056661763516E-3</v>
+        <v>6.3155297810966182E-3</v>
       </c>
       <c r="F378" s="9">
         <v>0.11152458456188885</v>
       </c>
       <c r="G378" s="9">
-        <v>3.0555894054648425E-2</v>
+        <v>3.0581617621148416E-2</v>
       </c>
     </row>
     <row r="379" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A379" s="5">
         <v>44713</v>
       </c>
       <c r="B379" s="6">
         <v>271613.04481209</v>
       </c>
       <c r="C379" s="7">
         <v>541.838981830693</v>
       </c>
       <c r="D379" s="7">
-        <v>536.69616882840899</v>
+        <v>536.65565984540694</v>
       </c>
       <c r="E379" s="12">
-        <v>1.8564229732020987E-3</v>
+        <v>1.5609158253730993E-3</v>
       </c>
       <c r="F379" s="9">
         <v>0.10667124512267812</v>
       </c>
       <c r="G379" s="9">
-        <v>2.1668653560762197E-2</v>
+        <v>2.1783517460377766E-2</v>
       </c>
     </row>
     <row r="380" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A380" s="5">
         <v>44743</v>
       </c>
       <c r="B380" s="6">
         <v>271208.51544255298</v>
       </c>
       <c r="C380" s="7">
         <v>541.03198899328299</v>
       </c>
       <c r="D380" s="7">
-        <v>537.62967646152094</v>
+        <v>537.59070082943799</v>
       </c>
       <c r="E380" s="12">
-        <v>1.7393595992118982E-3</v>
+        <v>1.7423481274760899E-3</v>
       </c>
       <c r="F380" s="9">
         <v>0.11047012370804499</v>
       </c>
       <c r="G380" s="9">
-        <v>1.4347316413990008E-2</v>
+        <v>1.4469247349218506E-2</v>
       </c>
     </row>
     <row r="381" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A381" s="5">
         <v>44774</v>
       </c>
       <c r="B381" s="6">
         <v>273750.70741281001</v>
       </c>
       <c r="C381" s="7">
         <v>546.10339014684496</v>
       </c>
       <c r="D381" s="7">
-        <v>542.79595978438897</v>
+        <v>542.87388734151205</v>
       </c>
       <c r="E381" s="12">
-        <v>9.6093715601239804E-3</v>
+        <v>9.8275258554931799E-3</v>
       </c>
       <c r="F381" s="9">
         <v>0.100031462235733</v>
       </c>
       <c r="G381" s="9">
-        <v>1.142693475693668E-2</v>
+        <v>1.1427989686479068E-2</v>
       </c>
     </row>
     <row r="382" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A382" s="5">
         <v>44805</v>
       </c>
       <c r="B382" s="6">
         <v>272259.454247054</v>
       </c>
       <c r="C382" s="7">
         <v>543.12849953529803</v>
       </c>
       <c r="D382" s="7">
-        <v>542.05550174708299</v>
+        <v>542.18589464997206</v>
       </c>
       <c r="E382" s="12">
-        <v>-1.364155395703559E-3</v>
+        <v>-1.2673158676117513E-3</v>
       </c>
       <c r="F382" s="9">
         <v>9.4544935290450605E-2</v>
       </c>
       <c r="G382" s="9">
-        <v>1.096352377282872E-2</v>
+        <v>1.1040337930332544E-2</v>
       </c>
     </row>
     <row r="383" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A383" s="5">
         <v>44835</v>
       </c>
       <c r="B383" s="6">
         <v>268282.02277825301</v>
       </c>
       <c r="C383" s="7">
         <v>535.19394904694605</v>
       </c>
       <c r="D383" s="7">
-        <v>535.39454130391005</v>
+        <v>535.41560103106997</v>
       </c>
       <c r="E383" s="12">
-        <v>-1.2288336566466329E-2</v>
+        <v>-1.2487033848921691E-2</v>
       </c>
       <c r="F383" s="9">
         <v>7.1793160425690505E-2</v>
       </c>
       <c r="G383" s="9">
-        <v>6.3467720038410391E-3</v>
+        <v>6.4654079802066722E-3</v>
       </c>
     </row>
     <row r="384" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A384" s="5">
         <v>44866</v>
       </c>
       <c r="B384" s="6">
         <v>263787.66538461298</v>
       </c>
       <c r="C384" s="7">
         <v>526.22818661149995</v>
       </c>
       <c r="D384" s="7">
-        <v>527.42704910871805</v>
+        <v>527.37200381430102</v>
       </c>
       <c r="E384" s="12">
-        <v>-1.4881534234151506E-2</v>
+        <v>-1.5023090849947351E-2</v>
       </c>
       <c r="F384" s="9">
         <v>4.393017769746721E-2</v>
       </c>
       <c r="G384" s="9">
-        <v>-7.5719175118321713E-3</v>
+        <v>-7.5113452669420822E-3</v>
       </c>
     </row>
     <row r="385" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A385" s="5">
         <v>44896</v>
       </c>
       <c r="B385" s="6">
         <v>262068.20530313501</v>
       </c>
       <c r="C385" s="7">
         <v>522.79804760440197</v>
       </c>
       <c r="D385" s="7">
-        <v>525.816301794992</v>
+        <v>525.85958346871405</v>
       </c>
       <c r="E385" s="12">
-        <v>-3.0539717605458927E-3</v>
+        <v>-2.8678434476008263E-3</v>
       </c>
       <c r="F385" s="9">
         <v>2.8435481053962652E-2</v>
       </c>
       <c r="G385" s="9">
-        <v>-2.0858945594422695E-2</v>
+        <v>-2.0955402822007474E-2</v>
       </c>
     </row>
     <row r="386" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A386" s="5">
         <v>44927</v>
       </c>
       <c r="B386" s="6">
         <v>258296.853564825</v>
       </c>
       <c r="C386" s="7">
         <v>515.27460414304505</v>
       </c>
       <c r="D386" s="7">
-        <v>521.61270334664096</v>
+        <v>521.57651689602403</v>
       </c>
       <c r="E386" s="12">
-        <v>-7.9944239727850475E-3</v>
+        <v>-8.1448864056783421E-3</v>
       </c>
       <c r="F386" s="9">
         <v>1.0725230756894799E-2</v>
       </c>
       <c r="G386" s="9">
-        <v>-2.8014232718735377E-2</v>
+        <v>-2.8181408568105026E-2</v>
       </c>
     </row>
     <row r="387" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A387" s="5">
         <v>44958</v>
       </c>
       <c r="B387" s="6">
         <v>257405.91599430301</v>
       </c>
       <c r="C387" s="7">
         <v>513.497278954482</v>
       </c>
       <c r="D387" s="7">
-        <v>517.61726917050999</v>
+        <v>517.55254927676901</v>
       </c>
       <c r="E387" s="12">
-        <v>-7.6597716092734469E-3</v>
+        <v>-7.7150091863840142E-3</v>
       </c>
       <c r="F387" s="9">
         <v>-1.0851517724072335E-2</v>
       </c>
       <c r="G387" s="9">
-        <v>-2.4818609501097044E-2</v>
+        <v>-2.491309038212064E-2</v>
       </c>
     </row>
     <row r="388" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A388" s="5">
         <v>44986</v>
       </c>
       <c r="B388" s="6">
         <v>257122.222225398</v>
       </c>
       <c r="C388" s="7">
         <v>512.93134021983303</v>
       </c>
       <c r="D388" s="7">
-        <v>514.18316126046102</v>
+        <v>514.049433895535</v>
       </c>
       <c r="E388" s="12">
-        <v>-6.6344538997938907E-3</v>
+        <v>-6.7686177686290261E-3</v>
       </c>
       <c r="F388" s="9">
         <v>-3.0870254335609526E-2</v>
       </c>
       <c r="G388" s="9">
-        <v>-2.2172931039092014E-2</v>
+        <v>-2.2326346911170969E-2</v>
       </c>
     </row>
     <row r="389" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A389" s="5">
         <v>45017</v>
       </c>
       <c r="B389" s="6">
         <v>260441.30473063199</v>
       </c>
       <c r="C389" s="7">
         <v>519.55255492066794</v>
       </c>
       <c r="D389" s="7">
-        <v>518.490582831197</v>
+        <v>518.45883826863303</v>
       </c>
       <c r="E389" s="12">
-        <v>8.3772124318051144E-3</v>
+        <v>8.5777827624144987E-3</v>
       </c>
       <c r="F389" s="9">
         <v>-2.6824676706044159E-2</v>
       </c>
       <c r="G389" s="9">
-        <v>-1.5598277011974804E-2</v>
+        <v>-1.5714475098540737E-2</v>
       </c>
     </row>
     <row r="390" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A390" s="5">
         <v>45047</v>
       </c>
       <c r="B390" s="6">
         <v>260735.96564923</v>
       </c>
       <c r="C390" s="7">
         <v>520.14037194627701</v>
       </c>
       <c r="D390" s="7">
-        <v>517.02054545779902</v>
+        <v>517.08701874935105</v>
       </c>
       <c r="E390" s="12">
-        <v>-2.8352248277507819E-3</v>
+        <v>-2.645956473349198E-3</v>
       </c>
       <c r="F390" s="9">
         <v>-3.4002360940978527E-2</v>
       </c>
       <c r="G390" s="9">
-        <v>-9.8092848848403413E-3</v>
+        <v>-9.8360833041916118E-3</v>
       </c>
     </row>
     <row r="391" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A391" s="5">
         <v>45078</v>
       </c>
       <c r="B391" s="6">
         <v>262239.27178684698</v>
       </c>
       <c r="C391" s="7">
         <v>523.13930694790702</v>
       </c>
       <c r="D391" s="7">
-        <v>518.16517591664899</v>
+        <v>518.13037087043301</v>
       </c>
       <c r="E391" s="12">
-        <v>2.2138974338756778E-3</v>
+        <v>2.0177495919457833E-3</v>
       </c>
       <c r="F391" s="9">
         <v>-3.4511497898519594E-2</v>
       </c>
       <c r="G391" s="9">
-        <v>1.6941431890238334E-4</v>
+        <v>3.2045757784260331E-4</v>
       </c>
     </row>
     <row r="392" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A392" s="5">
         <v>45108</v>
       </c>
       <c r="B392" s="6">
         <v>260827.70181327101</v>
       </c>
       <c r="C392" s="7">
         <v>520.32337578453496</v>
       </c>
       <c r="D392" s="7">
-        <v>517.13829881871504</v>
+        <v>517.11695639811796</v>
       </c>
       <c r="E392" s="12">
-        <v>-1.9817562925130705E-3</v>
+        <v>-1.9559063303171698E-3</v>
       </c>
       <c r="F392" s="9">
         <v>-3.8276134554042329E-2</v>
       </c>
       <c r="G392" s="9">
-        <v>1.3113711642542825E-3</v>
+        <v>1.4667324956005867E-3</v>
       </c>
     </row>
     <row r="393" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A393" s="5">
         <v>45139</v>
       </c>
       <c r="B393" s="6">
         <v>259152.760488317</v>
       </c>
       <c r="C393" s="7">
         <v>516.98204693647699</v>
       </c>
       <c r="D393" s="7">
-        <v>514.57397041299203</v>
+        <v>514.66924558869698</v>
       </c>
       <c r="E393" s="12">
-        <v>-4.9586897964831733E-3</v>
+        <v>-4.7333795172180837E-3</v>
       </c>
       <c r="F393" s="9">
         <v>-5.3325695712193588E-2</v>
       </c>
       <c r="G393" s="9">
-        <v>1.1818821307763017E-4</v>
+        <v>2.0733280851636948E-4</v>
       </c>
     </row>
     <row r="394" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A394" s="5">
         <v>45170</v>
       </c>
       <c r="B394" s="6">
         <v>257808.021672542</v>
       </c>
       <c r="C394" s="7">
         <v>514.29943678690904</v>
       </c>
       <c r="D394" s="7">
-        <v>513.55152876010197</v>
+        <v>513.70315221926796</v>
       </c>
       <c r="E394" s="12">
-        <v>-1.9869673004824229E-3</v>
+        <v>-1.8771150165073358E-3</v>
       </c>
       <c r="F394" s="9">
         <v>-5.3079635432600525E-2</v>
       </c>
       <c r="G394" s="9">
-        <v>-5.4145810108990888E-3</v>
+        <v>-5.269356340388498E-3</v>
       </c>
     </row>
     <row r="395" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A395" s="5">
         <v>45200</v>
       </c>
       <c r="B395" s="6">
         <v>259423.18815502501</v>
       </c>
       <c r="C395" s="7">
         <v>517.52152121573704</v>
       </c>
       <c r="D395" s="7">
-        <v>517.97648379723501</v>
+        <v>518.03308378403096</v>
       </c>
       <c r="E395" s="12">
-        <v>8.6163798359562005E-3</v>
+        <v>8.4288592469350387E-3</v>
       </c>
       <c r="F395" s="9">
         <v>-3.3020604703546064E-2</v>
       </c>
       <c r="G395" s="9">
-        <v>-4.0082077851631981E-3</v>
+        <v>-3.8193218111260974E-3</v>
       </c>
     </row>
     <row r="396" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A396" s="5">
         <v>45231</v>
       </c>
       <c r="B396" s="6">
         <v>258557.157466748</v>
       </c>
       <c r="C396" s="7">
         <v>515.79388259405596</v>
       </c>
       <c r="D396" s="7">
-        <v>516.89933500924201</v>
+        <v>516.89629176702601</v>
       </c>
       <c r="E396" s="12">
-        <v>-2.079532221417657E-3</v>
+        <v>-2.1944390282974124E-3</v>
       </c>
       <c r="F396" s="9">
         <v>-1.9828477992850924E-2</v>
       </c>
       <c r="G396" s="9">
-        <v>-9.3562080428744032E-4</v>
+        <v>-8.2846077615372771E-4</v>
       </c>
     </row>
     <row r="397" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A397" s="5">
         <v>45261</v>
       </c>
       <c r="B397" s="6">
         <v>257442.610373173</v>
       </c>
       <c r="C397" s="7">
         <v>513.57048031673605</v>
       </c>
       <c r="D397" s="7">
-        <v>516.30247669350695</v>
+        <v>516.43761517385303</v>
       </c>
       <c r="E397" s="12">
-        <v>-1.1546896567866671E-3</v>
+        <v>-8.8736677062428715E-4</v>
       </c>
       <c r="F397" s="9">
         <v>-1.7650347643701103E-2</v>
       </c>
       <c r="G397" s="9">
-        <v>3.8275002079650733E-3</v>
+        <v>3.8030909128110579E-3</v>
       </c>
     </row>
     <row r="398" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A398" s="5">
         <v>45292</v>
       </c>
       <c r="B398" s="6">
         <v>257655.80438207099</v>
       </c>
       <c r="C398" s="7">
         <v>513.99577956844701</v>
       </c>
       <c r="D398" s="7">
-        <v>519.97051471595796</v>
+        <v>519.76412384342598</v>
       </c>
       <c r="E398" s="12">
-        <v>7.104436232693967E-3</v>
+        <v>6.4412594509659638E-3</v>
       </c>
       <c r="F398" s="9">
         <v>-2.4818311717978991E-3</v>
       </c>
       <c r="G398" s="9">
-        <v>4.5730123408773693E-3</v>
+        <v>4.3278100549795084E-3</v>
       </c>
     </row>
     <row r="399" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A399" s="5">
         <v>45323</v>
       </c>
       <c r="B399" s="6">
         <v>260419.70852645501</v>
       </c>
       <c r="C399" s="7">
         <v>519.50947280253604</v>
       </c>
       <c r="D399" s="7">
-        <v>522.99159231364297</v>
+        <v>522.90239730048199</v>
       </c>
       <c r="E399" s="12">
-        <v>5.8100940576126803E-3</v>
+        <v>6.0378800942433308E-3</v>
       </c>
       <c r="F399" s="9">
         <v>1.1708326595800678E-2</v>
       </c>
       <c r="G399" s="9">
-        <v>6.9988664134352785E-3</v>
+        <v>6.7618420507495891E-3</v>
       </c>
     </row>
     <row r="400" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A400" s="5">
         <v>45352</v>
       </c>
       <c r="B400" s="6">
         <v>261141.74328401001</v>
       </c>
       <c r="C400" s="7">
         <v>520.94985493937395</v>
       </c>
       <c r="D400" s="7">
-        <v>522.25005784920199</v>
+        <v>522.06793610571901</v>
       </c>
       <c r="E400" s="12">
-        <v>-1.4178707178839067E-3</v>
+        <v>-1.5958259114338125E-3</v>
       </c>
       <c r="F400" s="9">
         <v>1.5632725261249147E-2</v>
       </c>
       <c r="G400" s="9">
-        <v>9.0472316557881349E-3</v>
+        <v>8.616572741741102E-3</v>
       </c>
     </row>
     <row r="401" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A401" s="5">
         <v>45383</v>
       </c>
       <c r="B401" s="6">
         <v>261962.20493682101</v>
       </c>
       <c r="C401" s="7">
         <v>522.58658820782898</v>
       </c>
       <c r="D401" s="7">
-        <v>521.69160472977296</v>
+        <v>521.67247062066394</v>
       </c>
       <c r="E401" s="12">
-        <v>-1.0693213165526849E-3</v>
+        <v>-7.5749812946757089E-4</v>
       </c>
       <c r="F401" s="9">
         <v>5.839704296371595E-3</v>
       </c>
       <c r="G401" s="9">
-        <v>8.859885178124971E-3</v>
+        <v>8.7211321977660461E-3</v>
       </c>
     </row>
     <row r="402" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A402" s="5">
         <v>45413</v>
       </c>
       <c r="B402" s="6">
         <v>264248.84969596699</v>
       </c>
       <c r="C402" s="7">
         <v>527.14819999993404</v>
       </c>
       <c r="D402" s="7">
-        <v>523.70958149140301</v>
+        <v>523.73888102856495</v>
       </c>
       <c r="E402" s="12">
-        <v>3.8681411457164305E-3</v>
+        <v>3.961126040334273E-3</v>
       </c>
       <c r="F402" s="9">
         <v>1.3472955439769008E-2</v>
       </c>
       <c r="G402" s="9">
-        <v>5.3785999084550173E-3</v>
+        <v>5.3717716745764754E-3</v>
       </c>
     </row>
     <row r="403" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A403" s="5">
         <v>45444</v>
       </c>
       <c r="B403" s="6">
         <v>266064.09825434402</v>
       </c>
       <c r="C403" s="7">
         <v>530.76942677613999</v>
       </c>
       <c r="D403" s="7">
-        <v>525.84889532673697</v>
+        <v>525.82973404399502</v>
       </c>
       <c r="E403" s="12">
-        <v>4.0849239940230486E-3</v>
+        <v>3.9921668815647848E-3</v>
       </c>
       <c r="F403" s="9">
         <v>1.4585254303960626E-2</v>
       </c>
       <c r="G403" s="9">
-        <v>3.8575707527659375E-3</v>
+        <v>4.1582956222703249E-3</v>
       </c>
     </row>
     <row r="404" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A404" s="5">
         <v>45474</v>
       </c>
       <c r="B404" s="6">
         <v>266334.07782784698</v>
       </c>
       <c r="C404" s="7">
         <v>531.30800715737098</v>
       </c>
       <c r="D404" s="7">
-        <v>527.92117003008195</v>
+        <v>527.93427905561805</v>
       </c>
       <c r="E404" s="12">
-        <v>3.9408178314368492E-3</v>
+        <v>4.0023316966837363E-3</v>
       </c>
       <c r="F404" s="9">
         <v>2.1111162565536468E-2</v>
       </c>
       <c r="G404" s="9">
-        <v>6.7305942500575089E-3</v>
+        <v>6.93207799084683E-3</v>
       </c>
     </row>
     <row r="405" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A405" s="5">
         <v>45505</v>
       </c>
       <c r="B405" s="6">
         <v>265375.44571877102</v>
       </c>
       <c r="C405" s="7">
         <v>529.39563860271903</v>
       </c>
       <c r="D405" s="7">
-        <v>527.92783875244697</v>
+        <v>528.03926071983199</v>
       </c>
       <c r="E405" s="12">
-        <v>1.263204194801304E-5</v>
+        <v>1.9885366110661273E-4</v>
       </c>
       <c r="F405" s="9">
         <v>2.4011649417619685E-2</v>
       </c>
       <c r="G405" s="9">
-        <v>8.960322069094806E-3</v>
+        <v>9.1382298805449125E-3</v>
       </c>
     </row>
     <row r="406" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A406" s="5">
         <v>45536</v>
       </c>
       <c r="B406" s="6">
         <v>266094.19737815898</v>
       </c>
       <c r="C406" s="7">
         <v>530.82947130976504</v>
       </c>
       <c r="D406" s="7">
-        <v>530.60248859543105</v>
+        <v>530.76381511041905</v>
       </c>
       <c r="E406" s="12">
-        <v>5.0663171112639294E-3</v>
+        <v>5.1597572250079438E-3</v>
       </c>
       <c r="F406" s="9">
         <v>3.2140876190974499E-2</v>
       </c>
       <c r="G406" s="9">
-        <v>9.674727154236118E-3</v>
+        <v>9.8624388922519124E-3</v>
       </c>
     </row>
     <row r="407" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A407" s="5">
         <v>45566</v>
       </c>
       <c r="B407" s="6">
         <v>265737.64980293898</v>
       </c>
       <c r="C407" s="7">
         <v>530.11819702150297</v>
       </c>
       <c r="D407" s="7">
-        <v>530.70070206530102</v>
+        <v>530.801783998161</v>
       </c>
       <c r="E407" s="12">
-        <v>1.8509801966803963E-4</v>
+        <v>7.1536315515485782E-5</v>
       </c>
       <c r="F407" s="9">
         <v>2.4340390282078239E-2</v>
       </c>
       <c r="G407" s="9">
-        <v>7.4494669953022452E-3</v>
+        <v>7.671596511981349E-3</v>
       </c>
     </row>
     <row r="408" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A408" s="5">
         <v>45597</v>
       </c>
       <c r="B408" s="6">
         <v>268143.94746382697</v>
       </c>
       <c r="C408" s="7">
         <v>534.91850355854399</v>
       </c>
       <c r="D408" s="7">
-        <v>535.78826269709396</v>
+        <v>535.87280920882097</v>
       </c>
       <c r="E408" s="12">
-        <v>9.586496893623675E-3</v>
+        <v>9.5535195312710375E-3</v>
       </c>
       <c r="F408" s="9">
         <v>3.7078029829096693E-2</v>
       </c>
       <c r="G408" s="9">
-        <v>9.732294143254494E-3</v>
+        <v>9.8843735859788229E-3</v>
       </c>
     </row>
     <row r="409" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A409" s="5">
         <v>45627</v>
       </c>
       <c r="B409" s="6">
         <v>269426.09136215999</v>
       </c>
       <c r="C409" s="7">
         <v>537.47624354085497</v>
       </c>
       <c r="D409" s="7">
-        <v>540.16915702619804</v>
+        <v>540.42186273748302</v>
       </c>
       <c r="E409" s="12">
-        <v>8.1765403128675196E-3</v>
+        <v>8.4890545862523759E-3</v>
       </c>
       <c r="F409" s="9">
         <v>4.6548164546714954E-2</v>
       </c>
       <c r="G409" s="9">
-        <v>1.2736994760968123E-2</v>
+        <v>1.2830794583556182E-2</v>
       </c>
     </row>
     <row r="410" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A410" s="5">
         <v>45658</v>
       </c>
       <c r="B410" s="6">
         <v>268212.980198454</v>
       </c>
       <c r="C410" s="7">
         <v>535.05621648271301</v>
       </c>
       <c r="D410" s="7">
-        <v>540.70246261909006</v>
+        <v>540.23268772535403</v>
       </c>
       <c r="E410" s="12">
-        <v>9.8729367635130849E-4</v>
+        <v>-3.5005062743154181E-4</v>
       </c>
       <c r="F410" s="9">
         <v>4.0973949108976004E-2</v>
       </c>
       <c r="G410" s="9">
-        <v>1.7259197952692373E-2</v>
+        <v>1.6936598851460483E-2</v>
       </c>
     </row>
     <row r="411" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A411" s="5">
         <v>45689</v>
       </c>
       <c r="B411" s="6">
         <v>270492.66894957499</v>
       </c>
       <c r="C411" s="7">
         <v>539.60395178258602</v>
       </c>
       <c r="D411" s="7">
-        <v>542.56783548976296</v>
+        <v>542.43994699305802</v>
       </c>
       <c r="E411" s="12">
-        <v>3.4499063711255218E-3</v>
+        <v>4.0857565968428489E-3</v>
       </c>
       <c r="F411" s="9">
         <v>3.8679716217008941E-2</v>
       </c>
       <c r="G411" s="9">
-        <v>1.6497490936933534E-2</v>
+        <v>1.606076891910857E-2</v>
       </c>
     </row>
     <row r="412" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A412" s="5">
         <v>45717</v>
       </c>
       <c r="B412" s="6">
         <v>271315.71920009702</v>
       </c>
       <c r="C412" s="7">
         <v>541.24584902668505</v>
       </c>
       <c r="D412" s="7">
-        <v>542.36889738266996</v>
+        <v>542.18772169327599</v>
       </c>
       <c r="E412" s="12">
-        <v>-3.666603401092372E-4</v>
+        <v>-4.6498290028273992E-4</v>
       </c>
       <c r="F412" s="9">
         <v>3.8959592549791644E-2</v>
       </c>
       <c r="G412" s="9">
-        <v>1.1814009119625046E-2</v>
+        <v>1.105341275659999E-2</v>
       </c>
     </row>
     <row r="413" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A413" s="5">
         <v>45748</v>
       </c>
       <c r="B413" s="6">
         <v>270751.74244191701</v>
       </c>
       <c r="C413" s="7">
         <v>540.12077569804705</v>
       </c>
       <c r="D413" s="7">
-        <v>539.34268339238599</v>
+        <v>539.32628404400702</v>
       </c>
       <c r="E413" s="12">
-        <v>-5.5796230294319349E-3</v>
+        <v>-5.2775773680978633E-3</v>
       </c>
       <c r="F413" s="9">
         <v>3.3552693249075283E-2</v>
       </c>
       <c r="G413" s="9">
-        <v>4.7131335450698586E-3</v>
+        <v>4.5941647781275741E-3</v>
       </c>
     </row>
     <row r="414" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A414" s="5">
         <v>45778</v>
       </c>
       <c r="B414" s="6">
         <v>273427.28284223302</v>
       </c>
       <c r="C414" s="7">
         <v>545.458192711126</v>
       </c>
       <c r="D414" s="7">
-        <v>541.92523786626305</v>
+        <v>541.91729607130605</v>
       </c>
       <c r="E414" s="12">
-        <v>4.7883369023069555E-3</v>
+        <v>4.8041642025509201E-3</v>
       </c>
       <c r="F414" s="9">
         <v>3.4734051470144856E-2</v>
       </c>
       <c r="G414" s="9">
-        <v>1.2157121452482933E-4</v>
+        <v>2.0750754390563841E-4</v>
       </c>
     </row>
     <row r="415" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A415" s="5">
         <v>45809</v>
       </c>
       <c r="B415" s="6">
         <v>271618.65117166197</v>
       </c>
       <c r="C415" s="7">
         <v>541.850165918573</v>
       </c>
       <c r="D415" s="7">
-        <v>537.13773872977197</v>
+        <v>537.14423621731305</v>
       </c>
       <c r="E415" s="12">
-        <v>-8.8342428105785409E-3</v>
+        <v>-8.8077274680027351E-3</v>
       </c>
       <c r="F415" s="9">
         <v>2.0876747196493017E-2</v>
       </c>
       <c r="G415" s="9">
-        <v>-4.4496561864176831E-3</v>
+        <v>-3.9834439024383217E-3</v>
       </c>
     </row>
     <row r="416" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A416" s="5">
         <v>45839</v>
       </c>
       <c r="B416" s="6">
         <v>272664.06801065803</v>
       </c>
       <c r="C416" s="7">
         <v>543.93566072984697</v>
       </c>
       <c r="D416" s="7">
-        <v>540.55366615693697</v>
+        <v>540.608871359555</v>
       </c>
       <c r="E416" s="12">
-        <v>6.3594999585079304E-3</v>
+        <v>6.4501020557172772E-3</v>
       </c>
       <c r="F416" s="9">
         <v>2.3767105713382808E-2</v>
       </c>
       <c r="G416" s="9">
-        <v>-2.8706720439574118E-3</v>
+        <v>-2.6377281664697882E-3</v>
       </c>
     </row>
     <row r="417" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A417" s="5">
         <v>45870</v>
       </c>
       <c r="B417" s="6">
         <v>271079.16545142798</v>
       </c>
       <c r="C417" s="7">
         <v>540.77394959189996</v>
       </c>
       <c r="D417" s="7">
-        <v>540.06224631688099</v>
+        <v>540.19432939787998</v>
       </c>
       <c r="E417" s="12">
-        <v>-9.0910462887006105E-4</v>
+        <v>-7.6680569564557821E-4</v>
       </c>
       <c r="F417" s="9">
         <v>2.1493019888136455E-2</v>
       </c>
       <c r="G417" s="9">
-        <v>-3.6234503739897006E-3</v>
+        <v>-3.3779469619267255E-3</v>
       </c>
     </row>
     <row r="418" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A418" s="5">
         <v>45901</v>
       </c>
       <c r="B418" s="6">
         <v>271994.92857299699</v>
       </c>
       <c r="C418" s="7">
         <v>542.60079910029697</v>
       </c>
       <c r="D418" s="7">
-        <v>542.66195971587695</v>
+        <v>542.83564368177394</v>
       </c>
       <c r="E418" s="12">
-        <v>4.8137291890435474E-3</v>
+        <v>4.889563144504061E-3</v>
       </c>
       <c r="F418" s="9">
         <v>2.2175347125108713E-2</v>
       </c>
       <c r="G418" s="9">
-        <v>3.0105012122292329E-3</v>
+        <v>3.2446043238769651E-3</v>
       </c>
     </row>
     <row r="419" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A419" s="5">
         <v>45931</v>
       </c>
       <c r="B419" s="6">
         <v>272225.53582857299</v>
       </c>
       <c r="C419" s="7">
         <v>543.06083591719698</v>
       </c>
       <c r="D419" s="7">
-        <v>543.80267572779303</v>
+        <v>543.95451007748704</v>
       </c>
       <c r="E419" s="12">
-        <v>2.1020747658695438E-3</v>
+        <v>2.0611513056225661E-3</v>
       </c>
       <c r="F419" s="9">
         <v>2.4414628602475563E-2</v>
       </c>
       <c r="G419" s="9">
-        <v>4.2665892811730721E-3</v>
+        <v>4.5157826508976928E-3</v>
       </c>
     </row>
     <row r="420" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A420" s="5">
         <v>45962</v>
       </c>
       <c r="B420" s="6">
         <v>272997.785055427</v>
       </c>
       <c r="C420" s="7">
         <v>544.60139055104298</v>
       </c>
       <c r="D420" s="7">
-        <v>545.17355745496604</v>
+        <v>545.34488966832805</v>
       </c>
       <c r="E420" s="12">
-        <v>2.5209175834566278E-3</v>
+        <v>2.5560585767419042E-3</v>
       </c>
       <c r="F420" s="9">
         <v>1.8101611606410328E-2</v>
       </c>
       <c r="G420" s="9">
-        <v>8.5826056919831029E-3</v>
+        <v>8.7688920719013463E-3</v>
       </c>
     </row>
     <row r="421" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A421" s="5">
         <v>45992</v>
       </c>
       <c r="B421" s="6">
         <v>271067.55001795798</v>
       </c>
       <c r="C421" s="7">
         <v>540.75077804412297</v>
       </c>
       <c r="D421" s="7">
-        <v>543.00827253304396</v>
+        <v>543.36342233651601</v>
       </c>
       <c r="E421" s="12">
-        <v>-3.9717350416448305E-3</v>
+        <v>-3.633420555232747E-3</v>
       </c>
       <c r="F421" s="9">
         <v>6.0924264888353452E-3</v>
       </c>
       <c r="G421" s="9">
-        <v>5.3636125245541955E-3</v>
+        <v>5.5578724751681463E-3</v>
+      </c>
+    </row>
+    <row r="422" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A422" s="5">
+        <v>46023</v>
+      </c>
+      <c r="B422" s="6">
+        <v>270873.21718718502</v>
+      </c>
+      <c r="C422" s="7">
+        <v>540.36310482601596</v>
+      </c>
+      <c r="D422" s="7">
+        <v>544.90655710709405</v>
+      </c>
+      <c r="E422" s="12">
+        <v>2.8399680713553366E-3</v>
+      </c>
+      <c r="F422" s="9">
+        <v>9.9183752656659685E-3</v>
+      </c>
+      <c r="G422" s="9">
+        <v>4.0752607191010259E-3</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Tahoma,Bold"UK Monthly House Price Series</oddHeader>
     <oddFooter>&amp;C&amp;"Tahoma,Regular"&amp;P&amp;R&amp;"Tahoma,Regular"Nationwide Building Society&amp;L&amp;"Calibri"&amp;11&amp;K000000&amp;"Tahoma,Regular"www.nationwide.co.uk/hpi</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
@@ -10271,47 +10294,47 @@
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>UK Monthly House Price Series</dc:title>
   <dc:creator>Andrew Harvey</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_SetDate">
-    <vt:lpwstr>2025-12-31T09:27:04Z</vt:lpwstr>
+    <vt:lpwstr>2026-02-02T07:00:17Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Name">
     <vt:lpwstr>NBS Public - No Visible Label</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_SiteId">
     <vt:lpwstr>18ed93f5-e470-4996-b0ef-9554af985d50</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_ActionId">
-    <vt:lpwstr>f92c6a66-6ce3-431c-89f5-cf5661d5e11d</vt:lpwstr>
+    <vt:lpwstr>e08b04db-4fe3-4c6a-8a4b-9b5a94c59462</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>