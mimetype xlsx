--- v3 (2026-02-22)
+++ v4 (2026-03-16)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\HPD\Press\Website files\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{B878E402-918C-4C8E-B6BE-28DDAEF60A05}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{ED186C81-56F4-485B-A7AF-0F9E28DE1DA5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13896" xr2:uid="{632FD98A-F5DF-4CC8-9B5B-E9C841C31E13}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13896" xr2:uid="{A300386C-A1FD-4BAE-BC80-AFD33F7926E9}"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Monthly!$A:$F</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Monthly!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
@@ -160,51 +160,51 @@
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="17" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="166" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="167" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="167" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal_Monthly" xfId="2" xr:uid="{AE3487CF-7EDF-4F5A-9D58-41DB3C99E152}"/>
+    <cellStyle name="Normal_Monthly" xfId="2" xr:uid="{FB7CFF9C-022C-407C-9091-CF0F216D6080}"/>
     <cellStyle name="Per cent" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Nationwide Brand Refresh">
       <a:dk1>
         <a:srgbClr val="02081E"/>
@@ -555,55 +555,55 @@
         <a:extLst>
           <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
             <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:effectLst>
                 <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                   <a:srgbClr val="808080"/>
                 </a:outerShdw>
               </a:effectLst>
             </a14:hiddenEffects>
           </a:ext>
         </a:extLst>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{987661E3-E45C-4915-BFF0-B4D02E0A24AC}">
-  <dimension ref="A1:G422"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{30AFEBA9-A744-4D4B-B99F-9BBB6AC00B9C}">
+  <dimension ref="A1:G423"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="1" ySplit="1" topLeftCell="B400" activePane="bottomRight" state="frozenSplit"/>
+      <pane xSplit="1" ySplit="1" topLeftCell="B396" activePane="bottomRight" state="frozenSplit"/>
       <selection activeCell="C91" sqref="C91"/>
       <selection pane="topRight" activeCell="C91" sqref="C91"/>
       <selection pane="bottomLeft" activeCell="C91" sqref="C91"/>
       <selection pane="bottomRight" activeCell="H1" sqref="H1:DB1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="10.5546875" style="10" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="12.6640625" style="8" customWidth="1"/>
     <col min="3" max="3" width="13.109375" style="7" customWidth="1"/>
     <col min="4" max="4" width="15.6640625" style="7" customWidth="1"/>
     <col min="5" max="5" width="12.33203125" style="8" customWidth="1"/>
     <col min="6" max="6" width="13.33203125" style="9" customWidth="1"/>
     <col min="7" max="7" width="18.33203125" style="10" customWidth="1"/>
     <col min="8" max="16384" width="9.109375" style="10"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" s="1" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>1</v>
       </c>
@@ -2952,175 +2952,175 @@
       </c>
       <c r="D105" s="7">
         <v>143.93525035925799</v>
       </c>
       <c r="E105" s="12">
         <v>2.3138412901386962E-2</v>
       </c>
       <c r="F105" s="9">
         <v>9.767681887518731E-2</v>
       </c>
       <c r="G105" s="9">
         <v>2.9702318762250046E-2</v>
       </c>
     </row>
     <row r="106" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A106" s="5">
         <v>36404</v>
       </c>
       <c r="B106" s="6">
         <v>73232.4647098641</v>
       </c>
       <c r="C106" s="7">
         <v>146.090936621976</v>
       </c>
       <c r="D106" s="7">
-        <v>145.713502122389</v>
+        <v>145.71350212239</v>
       </c>
       <c r="E106" s="12">
-        <v>1.2354525793317084E-2</v>
+        <v>1.2354525793323967E-2</v>
       </c>
       <c r="F106" s="9">
         <v>0.11046333627464255</v>
       </c>
       <c r="G106" s="9">
-        <v>3.6929700326651105E-2</v>
+        <v>3.6929700326653547E-2</v>
       </c>
     </row>
     <row r="107" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A107" s="5">
         <v>36434</v>
       </c>
       <c r="B107" s="6">
         <v>73768.890622130406</v>
       </c>
       <c r="C107" s="7">
         <v>147.16104895892599</v>
       </c>
       <c r="D107" s="7">
         <v>147.40426852131401</v>
       </c>
       <c r="E107" s="12">
-        <v>1.1603361214288066E-2</v>
+        <v>1.1603361214281183E-2</v>
       </c>
       <c r="F107" s="9">
         <v>0.11562457372368051</v>
       </c>
       <c r="G107" s="9">
-        <v>4.373856201933668E-2</v>
+        <v>4.3738562019339122E-2</v>
       </c>
     </row>
     <row r="108" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A108" s="5">
         <v>36465</v>
       </c>
       <c r="B108" s="6">
         <v>74954.049568173505</v>
       </c>
       <c r="C108" s="7">
         <v>149.525314331658</v>
       </c>
       <c r="D108" s="7">
         <v>149.98364592404499</v>
       </c>
       <c r="E108" s="12">
         <v>1.7498661528638326E-2</v>
       </c>
       <c r="F108" s="9">
         <v>0.13309246078578352</v>
       </c>
       <c r="G108" s="9">
-        <v>4.4661878803102351E-2</v>
+        <v>4.4661878803104793E-2</v>
       </c>
     </row>
     <row r="109" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A109" s="5">
         <v>36495</v>
       </c>
       <c r="B109" s="6">
         <v>75218.662948859797</v>
       </c>
       <c r="C109" s="7">
         <v>150.05318973200599</v>
       </c>
       <c r="D109" s="7">
         <v>151.16342740318001</v>
       </c>
       <c r="E109" s="12">
         <v>7.8660674759998273E-3</v>
       </c>
       <c r="F109" s="9">
         <v>0.13328824007512474</v>
       </c>
       <c r="G109" s="9">
-        <v>4.234541203853226E-2</v>
+        <v>4.2345412038529817E-2</v>
       </c>
     </row>
     <row r="110" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A110" s="5">
         <v>36526</v>
       </c>
       <c r="B110" s="6">
         <v>75060.417727493303</v>
       </c>
       <c r="C110" s="7">
         <v>149.73750743595099</v>
       </c>
       <c r="D110" s="7">
         <v>152.27889166662001</v>
       </c>
       <c r="E110" s="12">
         <v>7.3791940458247662E-3</v>
       </c>
       <c r="F110" s="9">
         <v>0.13068481300647483</v>
       </c>
       <c r="G110" s="9">
-        <v>3.746214579025442E-2</v>
+        <v>3.7462145790251977E-2</v>
       </c>
     </row>
     <row r="111" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A111" s="5">
         <v>36557</v>
       </c>
       <c r="B111" s="6">
         <v>77071.735555566702</v>
       </c>
       <c r="C111" s="7">
         <v>153.74987144024601</v>
       </c>
       <c r="D111" s="7">
         <v>155.69488803029401</v>
       </c>
       <c r="E111" s="12">
         <v>2.2432500829810076E-2</v>
       </c>
       <c r="F111" s="9">
         <v>0.14996310048192485</v>
       </c>
       <c r="G111" s="9">
-        <v>3.6189887761043149E-2</v>
+        <v>3.6189887761040929E-2</v>
       </c>
     </row>
     <row r="112" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A112" s="5">
         <v>36586</v>
       </c>
       <c r="B112" s="6">
         <v>79392.500718626106</v>
       </c>
       <c r="C112" s="7">
         <v>158.37954978978999</v>
       </c>
       <c r="D112" s="7">
         <v>158.47515424461801</v>
       </c>
       <c r="E112" s="12">
         <v>1.7857145147778031E-2</v>
       </c>
       <c r="F112" s="9">
         <v>0.16227092836328749</v>
       </c>
       <c r="G112" s="9">
         <v>3.9900877387267775E-2</v>
       </c>
     </row>
@@ -3251,7029 +3251,7052 @@
       </c>
       <c r="D118" s="7">
         <v>160.463414798819</v>
       </c>
       <c r="E118" s="12">
         <v>3.0766318293067307E-3</v>
       </c>
       <c r="F118" s="9">
         <v>0.10159469112600217</v>
       </c>
       <c r="G118" s="9">
         <v>-2.5579707303264865E-3</v>
       </c>
     </row>
     <row r="119" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A119" s="5">
         <v>36800</v>
       </c>
       <c r="B119" s="6">
         <v>81036.371833377707</v>
       </c>
       <c r="C119" s="7">
         <v>161.658896890715</v>
       </c>
       <c r="D119" s="7">
-        <v>162.050540773075</v>
+        <v>162.05054077307599</v>
       </c>
       <c r="E119" s="12">
-        <v>9.8908899342935452E-3</v>
+        <v>9.8908899342997625E-3</v>
       </c>
       <c r="F119" s="9">
         <v>9.8516883607125516E-2</v>
       </c>
       <c r="G119" s="9">
-        <v>2.9444926334016852E-3</v>
+        <v>2.9444926334039057E-3</v>
       </c>
     </row>
     <row r="120" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A120" s="5">
         <v>36831</v>
       </c>
       <c r="B120" s="6">
         <v>81769.721915455506</v>
       </c>
       <c r="C120" s="7">
         <v>163.12185189007201</v>
       </c>
       <c r="D120" s="7">
         <v>163.70443005724701</v>
       </c>
       <c r="E120" s="12">
-        <v>1.0206009040648611E-2</v>
+        <v>1.0206009040642394E-2</v>
       </c>
       <c r="F120" s="9">
         <v>9.0931342423102413E-2</v>
       </c>
       <c r="G120" s="9">
-        <v>1.1845054008082112E-2</v>
+        <v>1.1845054008083888E-2</v>
       </c>
     </row>
     <row r="121" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A121" s="5">
         <v>36861</v>
       </c>
       <c r="B121" s="6">
         <v>82188.423590011094</v>
       </c>
       <c r="C121" s="7">
         <v>163.957116960603</v>
       </c>
       <c r="D121" s="7">
         <v>165.12909894554701</v>
       </c>
       <c r="E121" s="12">
         <v>8.702689889343862E-3</v>
       </c>
       <c r="F121" s="9">
         <v>9.2659991123343222E-2</v>
       </c>
       <c r="G121" s="9">
-        <v>2.1413583434745753E-2</v>
+        <v>2.1413583434747974E-2</v>
       </c>
     </row>
     <row r="122" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A122" s="5">
         <v>36892</v>
       </c>
       <c r="B122" s="6">
         <v>83449.867929286906</v>
       </c>
       <c r="C122" s="7">
         <v>166.47356353592201</v>
       </c>
       <c r="D122" s="7">
         <v>169.26908436941201</v>
       </c>
       <c r="E122" s="12">
         <v>2.5071204592657548E-2</v>
       </c>
       <c r="F122" s="9">
         <v>0.11176929806401192</v>
       </c>
       <c r="G122" s="9">
-        <v>3.2368693774706525E-2</v>
+        <v>3.2368693774704527E-2</v>
       </c>
     </row>
     <row r="123" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A123" s="5">
         <v>36923</v>
       </c>
       <c r="B123" s="6">
         <v>83313.622224019797</v>
       </c>
       <c r="C123" s="7">
         <v>166.20176792215901</v>
       </c>
       <c r="D123" s="7">
-        <v>168.46231892530301</v>
+        <v>168.46231892530199</v>
       </c>
       <c r="E123" s="12">
-        <v>-4.7661712539799339E-3</v>
+        <v>-4.7661712539860401E-3</v>
       </c>
       <c r="F123" s="9">
         <v>8.0988012316825619E-2</v>
       </c>
       <c r="G123" s="9">
-        <v>3.4227657988677107E-2</v>
+        <v>3.422765798867311E-2</v>
       </c>
     </row>
     <row r="124" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A124" s="5">
         <v>36951</v>
       </c>
       <c r="B124" s="6">
         <v>85076.554240128899</v>
       </c>
       <c r="C124" s="7">
         <v>169.71862879055399</v>
       </c>
       <c r="D124" s="7">
         <v>169.83782152022701</v>
       </c>
       <c r="E124" s="12">
-        <v>8.165046069049442E-3</v>
+        <v>8.1650460690556592E-3</v>
       </c>
       <c r="F124" s="9">
         <v>7.1594337878936098E-2</v>
       </c>
       <c r="G124" s="9">
-        <v>3.3990011219331873E-2</v>
+        <v>3.3990011219327654E-2</v>
       </c>
     </row>
     <row r="125" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A125" s="5">
         <v>36982</v>
       </c>
       <c r="B125" s="6">
         <v>86243.553614298493</v>
       </c>
       <c r="C125" s="7">
         <v>172.04666775913401</v>
       </c>
       <c r="D125" s="7">
         <v>171.54032425541001</v>
       </c>
       <c r="E125" s="12">
         <v>1.0024285049960113E-2</v>
       </c>
       <c r="F125" s="9">
         <v>6.6146751044581453E-2</v>
       </c>
       <c r="G125" s="9">
-        <v>2.3565126971062389E-2</v>
+        <v>2.3565126971060391E-2</v>
       </c>
     </row>
     <row r="126" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A126" s="5">
         <v>37012</v>
       </c>
       <c r="B126" s="6">
         <v>87266.610747267201</v>
       </c>
       <c r="C126" s="7">
         <v>174.08755734772399</v>
       </c>
       <c r="D126" s="7">
         <v>172.98955403979701</v>
       </c>
       <c r="E126" s="12">
         <v>8.448333012529563E-3</v>
       </c>
       <c r="F126" s="9">
         <v>7.7288733315292069E-2</v>
       </c>
       <c r="G126" s="9">
-        <v>2.2883478666363422E-2</v>
+        <v>2.2883478666365642E-2</v>
       </c>
     </row>
     <row r="127" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A127" s="5">
         <v>37043</v>
       </c>
       <c r="B127" s="6">
         <v>89067.566607334593</v>
       </c>
       <c r="C127" s="7">
         <v>177.680271719068</v>
       </c>
       <c r="D127" s="7">
         <v>175.27192594918199</v>
       </c>
       <c r="E127" s="12">
         <v>1.3193697862588394E-2</v>
       </c>
       <c r="F127" s="9">
         <v>9.3498596542641588E-2</v>
       </c>
       <c r="G127" s="9">
-        <v>2.4100317417603323E-2</v>
+        <v>2.4100317417605321E-2</v>
       </c>
     </row>
     <row r="128" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A128" s="5">
         <v>37073</v>
       </c>
       <c r="B128" s="6">
         <v>89961.602353228503</v>
       </c>
       <c r="C128" s="7">
         <v>179.46377743622</v>
       </c>
       <c r="D128" s="7">
-        <v>177.440471477214</v>
+        <v>177.44047147721301</v>
       </c>
       <c r="E128" s="12">
-        <v>1.2372463623528285E-2</v>
+        <v>1.2372463623522734E-2</v>
       </c>
       <c r="F128" s="9">
         <v>0.10881609076907117</v>
       </c>
       <c r="G128" s="9">
         <v>3.1110686309602675E-2</v>
       </c>
     </row>
     <row r="129" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A129" s="5">
         <v>37104</v>
       </c>
       <c r="B129" s="6">
         <v>90361.069970760698</v>
       </c>
       <c r="C129" s="7">
         <v>180.26067261961501</v>
       </c>
       <c r="D129" s="7">
-        <v>179.01550309729799</v>
+        <v>179.01550309729899</v>
       </c>
       <c r="E129" s="12">
-        <v>8.8763944717440424E-3</v>
+        <v>8.8763944717553667E-3</v>
       </c>
       <c r="F129" s="9">
         <v>0.11920765417203105</v>
       </c>
       <c r="G129" s="9">
         <v>3.3750565431089896E-2</v>
       </c>
     </row>
     <row r="130" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A130" s="5">
         <v>37135</v>
       </c>
       <c r="B130" s="6">
         <v>92432.440738519595</v>
       </c>
       <c r="C130" s="7">
         <v>184.39283581734699</v>
       </c>
       <c r="D130" s="7">
         <v>183.79406876604901</v>
       </c>
       <c r="E130" s="12">
-        <v>2.6693585673156939E-2</v>
+        <v>2.6693585673151166E-2</v>
       </c>
       <c r="F130" s="9">
         <v>0.14577392817605883</v>
       </c>
       <c r="G130" s="9">
         <v>3.9338530434492203E-2</v>
       </c>
     </row>
     <row r="131" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A131" s="5">
         <v>37165</v>
       </c>
       <c r="B131" s="6">
         <v>91652.788315480095</v>
       </c>
       <c r="C131" s="7">
         <v>182.837512598708</v>
       </c>
       <c r="D131" s="7">
-        <v>183.36228577456799</v>
+        <v>183.36228577456899</v>
       </c>
       <c r="E131" s="12">
-        <v>-2.3492759825162191E-3</v>
+        <v>-2.349275982510779E-3</v>
       </c>
       <c r="F131" s="9">
         <v>0.13100804295547186</v>
       </c>
       <c r="G131" s="9">
-        <v>3.8938235086689366E-2</v>
+        <v>3.8938235086694917E-2</v>
       </c>
     </row>
     <row r="132" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A132" s="5">
         <v>37196</v>
       </c>
       <c r="B132" s="6">
         <v>92261.673283174794</v>
       </c>
       <c r="C132" s="7">
         <v>184.05217300346101</v>
       </c>
       <c r="D132" s="7">
         <v>184.76181593426</v>
       </c>
       <c r="E132" s="12">
-        <v>7.6325955131941736E-3</v>
+        <v>7.6325955131888445E-3</v>
       </c>
       <c r="F132" s="9">
         <v>0.12831095816331195</v>
       </c>
       <c r="G132" s="9">
-        <v>3.7971056119676661E-2</v>
+        <v>3.7971056119678659E-2</v>
       </c>
     </row>
     <row r="133" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A133" s="5">
         <v>37226</v>
       </c>
       <c r="B133" s="6">
         <v>93544.478432428805</v>
       </c>
       <c r="C133" s="7">
         <v>186.61123211065399</v>
       </c>
       <c r="D133" s="7">
-        <v>187.91345660758401</v>
+        <v>187.91345660758299</v>
       </c>
       <c r="E133" s="12">
-        <v>1.7057857205979188E-2</v>
+        <v>1.7057857205973637E-2</v>
       </c>
       <c r="F133" s="9">
         <v>0.1381709776922615</v>
       </c>
       <c r="G133" s="9">
         <v>2.9222607513793575E-2</v>
       </c>
     </row>
     <row r="134" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A134" s="5">
         <v>37257</v>
       </c>
       <c r="B134" s="6">
         <v>93231.2393098514</v>
       </c>
       <c r="C134" s="7">
         <v>185.986353554603</v>
       </c>
       <c r="D134" s="7">
-        <v>189.08131235630799</v>
+        <v>189.081312356306</v>
       </c>
       <c r="E134" s="12">
-        <v>6.2148595944504503E-3</v>
+        <v>6.2148595944453433E-3</v>
       </c>
       <c r="F134" s="9">
         <v>0.11721254476822973</v>
       </c>
       <c r="G134" s="9">
-        <v>2.8534475078298316E-2</v>
+        <v>2.8534475078289212E-2</v>
       </c>
     </row>
     <row r="135" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A135" s="5">
         <v>37288</v>
       </c>
       <c r="B135" s="6">
         <v>94964.630969546997</v>
       </c>
       <c r="C135" s="7">
         <v>189.444284570593</v>
       </c>
       <c r="D135" s="7">
         <v>192.11780575237501</v>
       </c>
       <c r="E135" s="12">
-        <v>1.6059193572472097E-2</v>
+        <v>1.6059193572482755E-2</v>
       </c>
       <c r="F135" s="9">
         <v>0.13984518299059046</v>
       </c>
       <c r="G135" s="9">
-        <v>3.1153901359318725E-2</v>
+        <v>3.115390135931162E-2</v>
       </c>
     </row>
     <row r="136" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A136" s="5">
         <v>37316</v>
       </c>
       <c r="B136" s="6">
         <v>96792.369631165799</v>
       </c>
       <c r="C136" s="7">
         <v>193.090427767248</v>
       </c>
       <c r="D136" s="7">
-        <v>193.39385522609001</v>
+        <v>193.39385522609101</v>
       </c>
       <c r="E136" s="12">
-        <v>6.6420156565796251E-3</v>
+        <v>6.6420156565847321E-3</v>
       </c>
       <c r="F136" s="9">
         <v>0.13770909618611538</v>
       </c>
       <c r="G136" s="9">
-        <v>3.3370794366020196E-2</v>
+        <v>3.3370794366018197E-2</v>
       </c>
     </row>
     <row r="137" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A137" s="5">
         <v>37347</v>
       </c>
       <c r="B137" s="6">
         <v>100472.597607424</v>
       </c>
       <c r="C137" s="7">
         <v>200.43208906683699</v>
       </c>
       <c r="D137" s="7">
-        <v>199.82237873685801</v>
+        <v>199.82237873686</v>
       </c>
       <c r="E137" s="12">
-        <v>3.3240577903846269E-2</v>
+        <v>3.3240577903851154E-2</v>
       </c>
       <c r="F137" s="9">
         <v>0.16498675433483356</v>
       </c>
       <c r="G137" s="9">
-        <v>4.1970945158472217E-2</v>
+        <v>4.1970945158483319E-2</v>
       </c>
     </row>
     <row r="138" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A138" s="5">
         <v>37377</v>
       </c>
       <c r="B138" s="6">
         <v>102885.564310307</v>
       </c>
       <c r="C138" s="7">
         <v>205.24569962956099</v>
       </c>
       <c r="D138" s="7">
-        <v>204.01455165322301</v>
+        <v>204.014551653224</v>
       </c>
       <c r="E138" s="12">
-        <v>2.097949660526055E-2</v>
+        <v>2.0979496605255443E-2</v>
       </c>
       <c r="F138" s="9">
         <v>0.17897972007040952</v>
       </c>
       <c r="G138" s="9">
-        <v>4.9407115831032966E-2</v>
+        <v>4.9407115831045623E-2</v>
       </c>
     </row>
     <row r="139" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A139" s="5">
         <v>37408</v>
       </c>
       <c r="B139" s="6">
         <v>106692.771483334</v>
       </c>
       <c r="C139" s="7">
         <v>212.84067084929401</v>
       </c>
       <c r="D139" s="7">
-        <v>209.927956223217</v>
+        <v>209.927956223216</v>
       </c>
       <c r="E139" s="12">
-        <v>2.8985209741535511E-2</v>
+        <v>2.8985209741525519E-2</v>
       </c>
       <c r="F139" s="9">
         <v>0.19788577983389422</v>
       </c>
       <c r="G139" s="9">
-        <v>6.817332459041836E-2</v>
+        <v>6.8173324590423912E-2</v>
       </c>
     </row>
     <row r="140" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A140" s="5">
         <v>37438</v>
       </c>
       <c r="B140" s="6">
         <v>108818.431646937</v>
       </c>
       <c r="C140" s="7">
         <v>217.08113558677101</v>
       </c>
       <c r="D140" s="7">
-        <v>214.394915993713</v>
+        <v>214.39491599370999</v>
       </c>
       <c r="E140" s="12">
-        <v>2.1278536936482517E-2</v>
+        <v>2.1278536936472969E-2</v>
       </c>
       <c r="F140" s="9">
         <v>0.20960975349981092</v>
       </c>
       <c r="G140" s="9">
-        <v>7.3468107502759672E-2</v>
+        <v>7.3468107502749014E-2</v>
       </c>
     </row>
     <row r="141" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A141" s="5">
         <v>37469</v>
       </c>
       <c r="B141" s="6">
         <v>110890.15515848</v>
       </c>
       <c r="C141" s="7">
         <v>221.21400247063599</v>
       </c>
       <c r="D141" s="7">
-        <v>219.643355416612</v>
+        <v>219.64335541661299</v>
       </c>
       <c r="E141" s="12">
-        <v>2.4480241980425088E-2</v>
+        <v>2.4480241980444184E-2</v>
       </c>
       <c r="F141" s="9">
         <v>0.22718948762296276</v>
       </c>
       <c r="G141" s="9">
-        <v>7.8253571555514156E-2</v>
+        <v>7.8253571555501944E-2</v>
       </c>
     </row>
     <row r="142" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A142" s="5">
         <v>37500</v>
       </c>
       <c r="B142" s="6">
         <v>112918.520861746</v>
       </c>
       <c r="C142" s="7">
         <v>225.260375163075</v>
       </c>
       <c r="D142" s="7">
-        <v>224.479252328944</v>
+        <v>224.47925232894499</v>
       </c>
       <c r="E142" s="12">
         <v>2.2017041686325678E-2</v>
       </c>
       <c r="F142" s="9">
         <v>0.22163301065671526</v>
       </c>
       <c r="G142" s="9">
-        <v>7.2914951803307204E-2</v>
+        <v>7.2914951803301875E-2</v>
       </c>
     </row>
     <row r="143" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A143" s="5">
         <v>37530</v>
       </c>
       <c r="B143" s="6">
         <v>113664.99999869301</v>
       </c>
       <c r="C143" s="7">
         <v>226.74952122305399</v>
       </c>
       <c r="D143" s="7">
-        <v>227.391146871849</v>
+        <v>227.39114687185199</v>
       </c>
       <c r="E143" s="12">
-        <v>1.2971775844290656E-2</v>
+        <v>1.2971775844299316E-2</v>
       </c>
       <c r="F143" s="9">
         <v>0.24016958008351441</v>
       </c>
       <c r="G143" s="9">
-        <v>6.8715198406158473E-2</v>
+        <v>6.8715198406171352E-2</v>
       </c>
     </row>
     <row r="144" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A144" s="5">
         <v>37561</v>
       </c>
       <c r="B144" s="6">
         <v>115760.800438611</v>
       </c>
       <c r="C144" s="7">
         <v>230.93041900457001</v>
       </c>
       <c r="D144" s="7">
         <v>231.906837069228</v>
       </c>
       <c r="E144" s="12">
-        <v>1.9858689573011068E-2</v>
+        <v>1.9858689572997523E-2</v>
       </c>
       <c r="F144" s="9">
         <v>0.25470085593734049</v>
       </c>
       <c r="G144" s="9">
-        <v>6.1821578412236233E-2</v>
+        <v>6.1821578412247558E-2</v>
       </c>
     </row>
     <row r="145" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A145" s="5">
         <v>37591</v>
       </c>
       <c r="B145" s="6">
         <v>117205.777959133</v>
       </c>
       <c r="C145" s="7">
         <v>233.81299465195801</v>
       </c>
       <c r="D145" s="7">
-        <v>235.466552002073</v>
+        <v>235.466552002074</v>
       </c>
       <c r="E145" s="12">
-        <v>1.5349762766081687E-2</v>
+        <v>1.5349762766085906E-2</v>
       </c>
       <c r="F145" s="9">
         <v>0.25294170135115457</v>
       </c>
       <c r="G145" s="9">
-        <v>5.5043352526230604E-2</v>
+        <v>5.5043352526238376E-2</v>
       </c>
     </row>
     <row r="146" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A146" s="5">
         <v>37622</v>
       </c>
       <c r="B146" s="6">
         <v>117905.37063548301</v>
       </c>
       <c r="C146" s="7">
         <v>235.208607236441</v>
       </c>
       <c r="D146" s="7">
-        <v>239.06842883933601</v>
+        <v>239.06842883931901</v>
       </c>
       <c r="E146" s="12">
-        <v>1.5296766384175431E-2</v>
+        <v>1.5296766384099048E-2</v>
       </c>
       <c r="F146" s="9">
         <v>0.26465518970125435</v>
       </c>
       <c r="G146" s="9">
-        <v>5.2013920866196051E-2</v>
+        <v>5.201392086616452E-2</v>
       </c>
     </row>
     <row r="147" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A147" s="5">
         <v>37653</v>
       </c>
       <c r="B147" s="6">
         <v>118521.4653249</v>
       </c>
       <c r="C147" s="7">
         <v>236.43765026512099</v>
       </c>
       <c r="D147" s="7">
-        <v>239.831411077251</v>
+        <v>239.83141107725601</v>
       </c>
       <c r="E147" s="12">
-        <v>3.1914805381003664E-3</v>
+        <v>3.1914805381927369E-3</v>
       </c>
       <c r="F147" s="9">
         <v>0.24805903118717088</v>
       </c>
       <c r="G147" s="9">
-        <v>4.4735557175757501E-2</v>
+        <v>4.4735557175735297E-2</v>
       </c>
     </row>
     <row r="148" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A148" s="5">
         <v>37681</v>
       </c>
       <c r="B148" s="6">
         <v>122179.55401614599</v>
       </c>
       <c r="C148" s="7">
         <v>243.73514605838201</v>
       </c>
       <c r="D148" s="7">
-        <v>244.35696926773099</v>
+        <v>244.35696926774</v>
       </c>
       <c r="E148" s="12">
-        <v>1.8869747587076047E-2</v>
+        <v>1.8869747587092256E-2</v>
       </c>
       <c r="F148" s="9">
         <v>0.26228497640588055</v>
       </c>
       <c r="G148" s="9">
-        <v>4.1009970669400042E-2</v>
+        <v>4.1009970669389828E-2</v>
       </c>
     </row>
     <row r="149" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A149" s="5">
         <v>37712</v>
       </c>
       <c r="B149" s="6">
         <v>122747.92605727501</v>
       </c>
       <c r="C149" s="7">
         <v>244.86898750653299</v>
       </c>
       <c r="D149" s="7">
-        <v>244.05331416650299</v>
+        <v>244.053314166511</v>
       </c>
       <c r="E149" s="12">
-        <v>-1.242670107335031E-3</v>
+        <v>-1.2426701073391389E-3</v>
       </c>
       <c r="F149" s="9">
         <v>0.22170550956477775</v>
       </c>
       <c r="G149" s="9">
-        <v>3.08587006716603E-2</v>
+        <v>3.0858700671714923E-2</v>
       </c>
     </row>
     <row r="150" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A150" s="5">
         <v>37742</v>
       </c>
       <c r="B150" s="6">
         <v>124751.70095744501</v>
       </c>
       <c r="C150" s="7">
         <v>248.8663041762</v>
       </c>
       <c r="D150" s="7">
-        <v>247.32891955432601</v>
+        <v>247.32891955433101</v>
       </c>
       <c r="E150" s="12">
-        <v>1.3421679599025182E-2</v>
+        <v>1.3421679599012304E-2</v>
       </c>
       <c r="F150" s="9">
         <v>0.21252871375803695</v>
       </c>
       <c r="G150" s="9">
-        <v>2.9918556236242289E-2</v>
+        <v>2.991855623628914E-2</v>
       </c>
     </row>
     <row r="151" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A151" s="5">
         <v>37773</v>
       </c>
       <c r="B151" s="6">
         <v>127214.498087463</v>
       </c>
       <c r="C151" s="7">
         <v>253.779321112876</v>
       </c>
       <c r="D151" s="7">
-        <v>250.41363572408699</v>
+        <v>250.41363572408801</v>
       </c>
       <c r="E151" s="12">
-        <v>1.2472120831318323E-2</v>
+        <v>1.2472120831302114E-2</v>
       </c>
       <c r="F151" s="9">
         <v>0.19234411402776219</v>
       </c>
       <c r="G151" s="9">
-        <v>2.5632749011386791E-2</v>
+        <v>2.5632749011410327E-2</v>
       </c>
     </row>
     <row r="152" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A152" s="5">
         <v>37803</v>
       </c>
       <c r="B152" s="6">
         <v>128251.25837374599</v>
       </c>
       <c r="C152" s="7">
         <v>255.84754702710401</v>
       </c>
       <c r="D152" s="7">
-        <v>252.41649357506199</v>
+        <v>252.416493575055</v>
       </c>
       <c r="E152" s="12">
-        <v>7.9981980421457433E-3</v>
+        <v>7.9981980421137688E-3</v>
       </c>
       <c r="F152" s="9">
         <v>0.1785802867464612</v>
       </c>
       <c r="G152" s="9">
-        <v>3.0096264066138634E-2</v>
+        <v>3.0096264066106215E-2</v>
       </c>
     </row>
     <row r="153" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A153" s="5">
         <v>37834</v>
       </c>
       <c r="B153" s="6">
         <v>129257.648207652</v>
       </c>
       <c r="C153" s="7">
         <v>257.85518713623497</v>
       </c>
       <c r="D153" s="7">
-        <v>256.03923466796198</v>
+        <v>256.03923466795999</v>
       </c>
       <c r="E153" s="12">
-        <v>1.4352236027011855E-2</v>
+        <v>1.4352236027032061E-2</v>
       </c>
       <c r="F153" s="9">
         <v>0.16563682342153152</v>
       </c>
       <c r="G153" s="9">
-        <v>3.1437989011047218E-2</v>
+        <v>3.1437989011005474E-2</v>
       </c>
     </row>
     <row r="154" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A154" s="5">
         <v>37865</v>
       </c>
       <c r="B154" s="6">
         <v>130473.4200657</v>
       </c>
       <c r="C154" s="7">
         <v>260.28052199509199</v>
       </c>
       <c r="D154" s="7">
         <v>259.39628692421599</v>
       </c>
       <c r="E154" s="12">
-        <v>1.3111475905665415E-2</v>
+        <v>1.3111475905673409E-2</v>
       </c>
       <c r="F154" s="9">
         <v>0.15546518914684615</v>
       </c>
       <c r="G154" s="9">
-        <v>3.5125762754410594E-2</v>
+        <v>3.5125762754379064E-2</v>
       </c>
     </row>
     <row r="155" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A155" s="5">
         <v>37895</v>
       </c>
       <c r="B155" s="6">
         <v>131947.33528670599</v>
       </c>
       <c r="C155" s="7">
         <v>263.22082526074399</v>
       </c>
       <c r="D155" s="7">
         <v>264.018462074269</v>
       </c>
       <c r="E155" s="12">
         <v>1.7818971909198567E-2</v>
       </c>
       <c r="F155" s="9">
         <v>0.16084401784387059</v>
       </c>
       <c r="G155" s="9">
-        <v>3.9051631594321012E-2</v>
+        <v>3.9051631594319458E-2</v>
       </c>
     </row>
     <row r="156" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A156" s="5">
         <v>37926</v>
       </c>
       <c r="B156" s="6">
         <v>133387.673653281</v>
       </c>
       <c r="C156" s="7">
         <v>266.09414629205401</v>
       </c>
       <c r="D156" s="7">
-        <v>267.21418683018197</v>
+        <v>267.214186830188</v>
       </c>
       <c r="E156" s="12">
-        <v>1.210417154469301E-2</v>
+        <v>1.210417154471588E-2</v>
       </c>
       <c r="F156" s="9">
         <v>0.15226979381520156</v>
       </c>
       <c r="G156" s="9">
-        <v>4.1851171452656599E-2</v>
+        <v>4.1851171452675473E-2</v>
       </c>
     </row>
     <row r="157" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A157" s="5">
         <v>37956</v>
       </c>
       <c r="B157" s="6">
         <v>135443.566069213</v>
       </c>
       <c r="C157" s="7">
         <v>270.19543183293399</v>
       </c>
       <c r="D157" s="7">
-        <v>272.27419296206801</v>
+        <v>272.274192962077</v>
       </c>
       <c r="E157" s="12">
-        <v>1.8936143293551089E-2</v>
+        <v>1.8936143293561747E-2</v>
       </c>
       <c r="F157" s="9">
         <v>0.15560485521830381</v>
       </c>
       <c r="G157" s="9">
-        <v>4.6434502996665961E-2</v>
+        <v>4.6434502996697269E-2</v>
       </c>
     </row>
     <row r="158" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A158" s="5">
         <v>37987</v>
       </c>
       <c r="B158" s="6">
         <v>134805.73139884</v>
       </c>
       <c r="C158" s="7">
         <v>268.92301986682099</v>
       </c>
       <c r="D158" s="7">
-        <v>273.11895696762201</v>
+        <v>273.11895696759001</v>
       </c>
       <c r="E158" s="12">
-        <v>3.102622383575282E-3</v>
+        <v>3.1026223834245137E-3</v>
       </c>
       <c r="F158" s="9">
         <v>0.14333834559246772</v>
       </c>
       <c r="G158" s="9">
-        <v>4.2534073579912901E-2</v>
+        <v>4.2534073579894027E-2</v>
       </c>
     </row>
     <row r="159" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A159" s="5">
         <v>38018</v>
       </c>
       <c r="B159" s="6">
         <v>138729.555860297</v>
       </c>
       <c r="C159" s="7">
         <v>276.75063010751899</v>
       </c>
       <c r="D159" s="7">
         <v>280.61677392199698</v>
       </c>
       <c r="E159" s="12">
-        <v>2.7452568791348497E-2</v>
+        <v>2.7452568791468845E-2</v>
       </c>
       <c r="F159" s="9">
         <v>0.17050152459726475</v>
       </c>
       <c r="G159" s="9">
-        <v>4.475043401483525E-2</v>
+        <v>4.4750434014797946E-2</v>
       </c>
     </row>
     <row r="160" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A160" s="5">
         <v>38047</v>
       </c>
       <c r="B160" s="6">
         <v>142584.26376954099</v>
       </c>
       <c r="C160" s="7">
         <v>284.44036021692699</v>
       </c>
       <c r="D160" s="7">
-        <v>285.36719616159701</v>
+        <v>285.36719616154602</v>
       </c>
       <c r="E160" s="12">
-        <v>1.6928504213082007E-2</v>
+        <v>1.6928504212900375E-2</v>
       </c>
       <c r="F160" s="9">
         <v>0.16700592760961452</v>
       </c>
       <c r="G160" s="9">
-        <v>4.4300911118576591E-2</v>
+        <v>4.4300911118454245E-2</v>
       </c>
     </row>
     <row r="161" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A161" s="5">
         <v>38078</v>
       </c>
       <c r="B161" s="6">
         <v>145917.922983422</v>
       </c>
       <c r="C161" s="7">
         <v>291.09065389287798</v>
       </c>
       <c r="D161" s="7">
-        <v>289.97095148695399</v>
+        <v>289.97095148683599</v>
       </c>
       <c r="E161" s="12">
-        <v>1.6132741910356074E-2</v>
+        <v>1.6132741910124038E-2</v>
       </c>
       <c r="F161" s="9">
         <v>0.18876080167200349</v>
       </c>
       <c r="G161" s="9">
-        <v>5.3343826531909944E-2</v>
+        <v>5.334382653172387E-2</v>
       </c>
     </row>
     <row r="162" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A162" s="5">
         <v>38108</v>
       </c>
       <c r="B162" s="6">
         <v>149019.87983144101</v>
       </c>
       <c r="C162" s="7">
         <v>297.278726124005</v>
       </c>
       <c r="D162" s="7">
-        <v>295.32584695819799</v>
+        <v>295.325846958071</v>
       </c>
       <c r="E162" s="12">
-        <v>1.8467006587330248E-2</v>
+        <v>1.8467006587306711E-2</v>
       </c>
       <c r="F162" s="9">
         <v>0.19453184756393727</v>
       </c>
       <c r="G162" s="9">
-        <v>5.4059968852238516E-2</v>
+        <v>5.4059968851909446E-2</v>
       </c>
     </row>
     <row r="163" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A163" s="5">
         <v>38139</v>
       </c>
       <c r="B163" s="6">
         <v>151523.86258659701</v>
       </c>
       <c r="C163" s="7">
         <v>302.27390397900803</v>
       </c>
       <c r="D163" s="7">
-        <v>298.48062898403901</v>
+        <v>298.48062898402799</v>
       </c>
       <c r="E163" s="12">
-        <v>1.068237696881158E-2</v>
+        <v>1.0682376969208818E-2</v>
       </c>
       <c r="F163" s="9">
         <v>0.19108957598859133</v>
       </c>
       <c r="G163" s="9">
-        <v>5.3240787199933415E-2</v>
+        <v>5.3240787199732464E-2</v>
       </c>
     </row>
     <row r="164" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A164" s="5">
         <v>38169</v>
       </c>
       <c r="B164" s="6">
         <v>154298.53053373899</v>
       </c>
       <c r="C164" s="7">
         <v>307.80906984866601</v>
       </c>
       <c r="D164" s="7">
-        <v>303.65774850474401</v>
+        <v>303.65774850485002</v>
       </c>
       <c r="E164" s="12">
-        <v>1.7344909578644208E-2</v>
+        <v>1.7344909579037004E-2</v>
       </c>
       <c r="F164" s="9">
         <v>0.20309564592408336</v>
       </c>
       <c r="G164" s="9">
-        <v>4.8494730073249448E-2</v>
+        <v>4.849473007341909E-2</v>
       </c>
     </row>
     <row r="165" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A165" s="5">
         <v>38200</v>
       </c>
       <c r="B165" s="6">
         <v>153742.53287880501</v>
       </c>
       <c r="C165" s="7">
         <v>306.69991397782701</v>
       </c>
       <c r="D165" s="7">
-        <v>304.67405246726901</v>
+        <v>304.67405246767902</v>
       </c>
       <c r="E165" s="12">
-        <v>3.346873140993134E-3</v>
+        <v>3.3468731419932229E-3</v>
       </c>
       <c r="F165" s="9">
         <v>0.1894269701690563</v>
       </c>
       <c r="G165" s="9">
-        <v>4.1518238463082557E-2</v>
+        <v>4.1518238464016477E-2</v>
       </c>
     </row>
     <row r="166" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A166" s="5">
         <v>38231</v>
       </c>
       <c r="B166" s="6">
         <v>153726.762826213</v>
       </c>
       <c r="C166" s="7">
         <v>306.66845440913801</v>
       </c>
       <c r="D166" s="7">
-        <v>305.73107824283301</v>
+        <v>305.73107824350399</v>
       </c>
       <c r="E166" s="12">
-        <v>3.4693659240232488E-3</v>
+        <v>3.4693659248750119E-3</v>
       </c>
       <c r="F166" s="9">
         <v>0.17822283457277188</v>
       </c>
       <c r="G166" s="9">
-        <v>3.4268188851295012E-2</v>
+        <v>3.4268188852937476E-2</v>
       </c>
     </row>
     <row r="167" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A167" s="5">
         <v>38261</v>
       </c>
       <c r="B167" s="6">
         <v>152159.15141917899</v>
       </c>
       <c r="C167" s="7">
         <v>303.54123727094498</v>
       </c>
       <c r="D167" s="7">
-        <v>304.42138842461299</v>
+        <v>304.42138842511798</v>
       </c>
       <c r="E167" s="12">
-        <v>-4.2837968117188652E-3</v>
+        <v>-4.2837968122523273E-3</v>
       </c>
       <c r="F167" s="9">
         <v>0.15318093456420079</v>
       </c>
       <c r="G167" s="9">
-        <v>1.9345946294887506E-2</v>
+        <v>1.934594629669073E-2</v>
       </c>
     </row>
     <row r="168" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A168" s="5">
         <v>38292</v>
       </c>
       <c r="B168" s="6">
         <v>153438.588082981</v>
       </c>
       <c r="C168" s="7">
         <v>306.09357660984</v>
       </c>
       <c r="D168" s="7">
-        <v>307.28222696015001</v>
+        <v>307.28222695995998</v>
       </c>
       <c r="E168" s="12">
-        <v>9.3976265936566161E-3</v>
+        <v>9.3976265913580104E-3</v>
       </c>
       <c r="F168" s="9">
         <v>0.15032059470366654</v>
       </c>
       <c r="G168" s="9">
-        <v>1.1713848774722813E-2</v>
+        <v>1.1713848775246616E-2</v>
       </c>
     </row>
     <row r="169" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A169" s="5">
         <v>38322</v>
       </c>
       <c r="B169" s="6">
         <v>152622.72858610301</v>
       </c>
       <c r="C169" s="7">
         <v>304.466024150382</v>
       </c>
       <c r="D169" s="7">
-        <v>307.048262989519</v>
+        <v>307.04826298859001</v>
       </c>
       <c r="E169" s="12">
-        <v>-7.6139766671678988E-4</v>
+        <v>-7.6139766912208806E-4</v>
       </c>
       <c r="F169" s="9">
         <v>0.12683631283092178</v>
       </c>
       <c r="G169" s="9">
-        <v>5.1298431060493588E-3</v>
+        <v>5.1298431040722736E-3</v>
       </c>
     </row>
     <row r="170" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A170" s="5">
         <v>38353</v>
       </c>
       <c r="B170" s="6">
         <v>151757.17457932999</v>
       </c>
       <c r="C170" s="7">
         <v>302.73933645732899</v>
       </c>
       <c r="D170" s="7">
-        <v>307.18780562390702</v>
+        <v>307.187805622707</v>
       </c>
       <c r="E170" s="12">
-        <v>4.5446482266142674E-4</v>
+        <v>4.544648217801317E-4</v>
       </c>
       <c r="F170" s="9">
         <v>0.12574719935561807</v>
       </c>
       <c r="G170" s="9">
-        <v>7.3148037348003125E-3</v>
+        <v>7.3148037305188485E-3</v>
       </c>
     </row>
     <row r="171" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A171" s="5">
         <v>38384</v>
       </c>
       <c r="B171" s="6">
         <v>152878.93971300701</v>
       </c>
       <c r="C171" s="7">
         <v>304.977137952855</v>
       </c>
       <c r="D171" s="7">
-        <v>309.11142062150401</v>
+        <v>309.111420620827</v>
       </c>
       <c r="E171" s="12">
-        <v>6.2620161425031018E-3</v>
+        <v>6.2620161442301647E-3</v>
       </c>
       <c r="F171" s="9">
         <v>0.10199256939133217</v>
       </c>
       <c r="G171" s="9">
-        <v>6.4449226178207031E-3</v>
+        <v>6.4449226136806814E-3</v>
       </c>
     </row>
     <row r="172" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A172" s="5">
         <v>38412</v>
       </c>
       <c r="B172" s="6">
         <v>153876.16709019599</v>
       </c>
       <c r="C172" s="7">
         <v>306.96649994054297</v>
       </c>
       <c r="D172" s="7">
-        <v>308.01831049657397</v>
+        <v>308.01831049654697</v>
       </c>
       <c r="E172" s="12">
-        <v>-3.5362980854354298E-3</v>
+        <v>-3.5362980833403279E-3</v>
       </c>
       <c r="F172" s="9">
         <v>7.9194597090358476E-2</v>
       </c>
       <c r="G172" s="9">
-        <v>6.057847062638233E-3</v>
+        <v>6.0578470612382418E-3</v>
       </c>
     </row>
     <row r="173" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A173" s="5">
         <v>38443</v>
       </c>
       <c r="B173" s="6">
         <v>156128.027989408</v>
       </c>
       <c r="C173" s="7">
         <v>311.45872165138798</v>
       </c>
       <c r="D173" s="7">
-        <v>310.01397337055602</v>
+        <v>310.01397337090998</v>
       </c>
       <c r="E173" s="12">
-        <v>6.4790397387892718E-3</v>
+        <v>6.4790397400267263E-3</v>
       </c>
       <c r="F173" s="9">
         <v>6.9971562075660021E-2</v>
       </c>
       <c r="G173" s="9">
-        <v>6.1045005205855318E-3</v>
+        <v>6.1045005227378102E-3</v>
       </c>
     </row>
     <row r="174" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A174" s="5">
         <v>38473</v>
       </c>
       <c r="B174" s="6">
         <v>157272.24507021901</v>
       </c>
       <c r="C174" s="7">
         <v>313.74131238074398</v>
       </c>
       <c r="D174" s="7">
-        <v>311.49192229171098</v>
+        <v>311.49192229198502</v>
       </c>
       <c r="E174" s="12">
-        <v>4.7673622743074073E-3</v>
+        <v>4.7673622740442845E-3</v>
       </c>
       <c r="F174" s="9">
         <v>5.5377613027956407E-2</v>
       </c>
       <c r="G174" s="9">
-        <v>6.6894825576759853E-3</v>
+        <v>6.6894825613861286E-3</v>
       </c>
     </row>
     <row r="175" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A175" s="5">
         <v>38504</v>
       </c>
       <c r="B175" s="6">
         <v>157790.98849480701</v>
       </c>
       <c r="C175" s="7">
         <v>314.77615004549699</v>
       </c>
       <c r="D175" s="7">
-        <v>311.130420561996</v>
+        <v>311.13042056217699</v>
       </c>
       <c r="E175" s="12">
-        <v>-1.1605492914722459E-3</v>
+        <v>-1.1605492917700078E-3</v>
       </c>
       <c r="F175" s="9">
         <v>4.1360653043198914E-2</v>
       </c>
       <c r="G175" s="9">
-        <v>8.999915236488798E-3</v>
+        <v>8.9999152394426574E-3</v>
       </c>
     </row>
     <row r="176" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A176" s="5">
         <v>38534</v>
       </c>
       <c r="B176" s="6">
         <v>158347.701452245</v>
       </c>
       <c r="C176" s="7">
         <v>315.88673286834597</v>
       </c>
       <c r="D176" s="7">
-        <v>311.72000112661902</v>
+        <v>311.72000112711999</v>
       </c>
       <c r="E176" s="12">
-        <v>1.894962773354214E-3</v>
+        <v>1.8949627743816144E-3</v>
       </c>
       <c r="F176" s="9">
         <v>2.6242446408909714E-2</v>
       </c>
       <c r="G176" s="9">
-        <v>7.7643190120806338E-3</v>
+        <v>7.7643190134923934E-3</v>
       </c>
     </row>
     <row r="177" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A177" s="5">
         <v>38565</v>
       </c>
       <c r="B177" s="6">
         <v>157309.74626090299</v>
       </c>
       <c r="C177" s="7">
         <v>313.816123246296</v>
       </c>
       <c r="D177" s="7">
-        <v>312.03637619968401</v>
+        <v>312.03637620110698</v>
       </c>
       <c r="E177" s="12">
-        <v>1.0149335041753638E-3</v>
+        <v>1.0149335071314436E-3</v>
       </c>
       <c r="F177" s="9">
         <v>2.3202514719268708E-2</v>
       </c>
       <c r="G177" s="9">
-        <v>5.769179214405229E-3</v>
+        <v>5.7691792160194932E-3</v>
       </c>
     </row>
     <row r="178" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A178" s="5">
         <v>38596</v>
       </c>
       <c r="B178" s="6">
         <v>156516.536930815</v>
       </c>
       <c r="C178" s="7">
         <v>312.23375544768402</v>
       </c>
       <c r="D178" s="7">
-        <v>311.37422598956101</v>
+        <v>311.37422599200698</v>
       </c>
       <c r="E178" s="12">
-        <v>-2.1220289063326181E-3</v>
+        <v>-2.1220289030444706E-3</v>
       </c>
       <c r="F178" s="9">
         <v>1.8147614984621585E-2</v>
       </c>
       <c r="G178" s="9">
-        <v>2.6744477436808634E-3</v>
+        <v>2.6744477474969219E-3</v>
       </c>
     </row>
     <row r="179" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A179" s="5">
         <v>38626</v>
       </c>
       <c r="B179" s="6">
         <v>157107.34546862601</v>
       </c>
       <c r="C179" s="7">
         <v>313.41235530766397</v>
       </c>
       <c r="D179" s="7">
-        <v>314.27033128990598</v>
+        <v>314.27033129198901</v>
       </c>
       <c r="E179" s="12">
-        <v>9.3010437557605741E-3</v>
+        <v>9.3010437545217872E-3</v>
       </c>
       <c r="F179" s="9">
         <v>3.2519858341052643E-2</v>
       </c>
       <c r="G179" s="9">
-        <v>3.5731972550903102E-3</v>
+        <v>3.5731972604333695E-3</v>
       </c>
     </row>
     <row r="180" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A180" s="5">
         <v>38657</v>
       </c>
       <c r="B180" s="6">
         <v>157138.890214363</v>
       </c>
       <c r="C180" s="7">
         <v>313.47528370244697</v>
       </c>
       <c r="D180" s="7">
-        <v>314.40773497556899</v>
+        <v>314.40773497493501</v>
       </c>
       <c r="E180" s="12">
-        <v>4.3721494516857362E-4</v>
+        <v>4.372149365201583E-4</v>
       </c>
       <c r="F180" s="9">
         <v>2.411585102295688E-2</v>
       </c>
       <c r="G180" s="9">
-        <v>5.525261858874142E-3</v>
+        <v>5.5252618607761761E-3</v>
       </c>
     </row>
     <row r="181" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A181" s="5">
         <v>38687</v>
       </c>
       <c r="B181" s="6">
         <v>157249.75617954001</v>
       </c>
       <c r="C181" s="7">
         <v>313.69644944849102</v>
       </c>
       <c r="D181" s="7">
-        <v>316.57409377936199</v>
+        <v>316.57409377550499</v>
       </c>
       <c r="E181" s="12">
-        <v>6.8902846934135731E-3</v>
+        <v>6.8902846831764286E-3</v>
       </c>
       <c r="F181" s="9">
         <v>3.0316766292287189E-2</v>
       </c>
       <c r="G181" s="9">
-        <v>1.0823682481444941E-2</v>
+        <v>1.0823682474146112E-2</v>
       </c>
     </row>
     <row r="182" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A182" s="5">
         <v>38718</v>
       </c>
       <c r="B182" s="6">
         <v>158477.76609916601</v>
       </c>
       <c r="C182" s="7">
         <v>316.146197931627</v>
       </c>
       <c r="D182" s="7">
-        <v>320.57846488789897</v>
+        <v>320.57846488281001</v>
       </c>
       <c r="E182" s="12">
-        <v>1.2649080222362885E-2</v>
+        <v>1.264908021862543E-2</v>
       </c>
       <c r="F182" s="9">
         <v>4.428516502409563E-2</v>
       </c>
       <c r="G182" s="9">
-        <v>1.4801794158468384E-2</v>
+        <v>1.4801794141810376E-2</v>
       </c>
     </row>
     <row r="183" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A183" s="5">
         <v>38749</v>
       </c>
       <c r="B183" s="6">
         <v>158572.96779555501</v>
       </c>
       <c r="C183" s="7">
         <v>316.33611513636203</v>
       </c>
       <c r="D183" s="7">
-        <v>320.49905811365301</v>
+        <v>320.49905811080703</v>
       </c>
       <c r="E183" s="12">
-        <v>-2.4769840442573354E-4</v>
+        <v>-2.476983974328828E-4</v>
       </c>
       <c r="F183" s="9">
         <v>3.7245339961393897E-2</v>
       </c>
       <c r="G183" s="9">
-        <v>1.872164417966582E-2</v>
+        <v>1.8721644162901008E-2</v>
       </c>
     </row>
     <row r="184" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A184" s="5">
         <v>38777</v>
       </c>
       <c r="B184" s="6">
         <v>162082.50416309899</v>
       </c>
       <c r="C184" s="7">
         <v>323.33726492798297</v>
       </c>
       <c r="D184" s="7">
-        <v>324.50515405943099</v>
+        <v>324.50515405919202</v>
       </c>
       <c r="E184" s="12">
-        <v>1.2499556065332929E-2</v>
+        <v>1.2499556073578111E-2</v>
       </c>
       <c r="F184" s="9">
         <v>5.3330786879385528E-2</v>
       </c>
       <c r="G184" s="9">
-        <v>2.1508035501533795E-2</v>
+        <v>2.1508035495488853E-2</v>
       </c>
     </row>
     <row r="185" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A185" s="5">
         <v>38808</v>
       </c>
       <c r="B185" s="6">
         <v>163573.278728317</v>
       </c>
       <c r="C185" s="7">
         <v>326.31120078263098</v>
       </c>
       <c r="D185" s="7">
-        <v>324.67279919646802</v>
+        <v>324.67279919832998</v>
       </c>
       <c r="E185" s="12">
-        <v>5.166177946323014E-4</v>
+        <v>5.1661780110712208E-4</v>
       </c>
       <c r="F185" s="9">
         <v>4.7686830063687236E-2</v>
       </c>
       <c r="G185" s="9">
-        <v>1.9038959325810456E-2</v>
+        <v>1.9038959334784389E-2</v>
       </c>
     </row>
     <row r="186" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A186" s="5">
         <v>38838</v>
       </c>
       <c r="B186" s="6">
         <v>164632.29089936099</v>
       </c>
       <c r="C186" s="7">
         <v>328.42381682764398</v>
       </c>
       <c r="D186" s="7">
-        <v>325.97346372799001</v>
+        <v>325.97346373012601</v>
       </c>
       <c r="E186" s="12">
-        <v>4.0060779182642392E-3</v>
+        <v>4.0060779190853602E-3</v>
       </c>
       <c r="F186" s="9">
         <v>4.6798122744772241E-2</v>
       </c>
       <c r="G186" s="9">
-        <v>1.8273660166522099E-2</v>
+        <v>1.8273660182985818E-2</v>
       </c>
     </row>
     <row r="187" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A187" s="5">
         <v>38869</v>
       </c>
       <c r="B187" s="6">
         <v>165729.90767969601</v>
       </c>
       <c r="C187" s="7">
         <v>330.613444940345</v>
       </c>
       <c r="D187" s="7">
-        <v>326.97187578338298</v>
+        <v>326.97187578479702</v>
       </c>
       <c r="E187" s="12">
-        <v>3.0628629826938703E-3</v>
+        <v>3.0628629804589913E-3</v>
       </c>
       <c r="F187" s="9">
         <v>5.0312880733050847E-2</v>
       </c>
       <c r="G187" s="9">
-        <v>1.2464454813430725E-2</v>
+        <v>1.2464454827606497E-2</v>
       </c>
     </row>
     <row r="188" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A188" s="5">
         <v>38899</v>
       </c>
       <c r="B188" s="6">
         <v>167732.73474557401</v>
       </c>
       <c r="C188" s="7">
         <v>334.608870781946</v>
       </c>
       <c r="D188" s="7">
-        <v>330.38001607031703</v>
+        <v>330.38001607347701</v>
       </c>
       <c r="E188" s="12">
-        <v>1.0423343838880772E-2</v>
+        <v>1.0423343844175426E-2</v>
       </c>
       <c r="F188" s="9">
         <v>5.9268516102583435E-2</v>
       </c>
       <c r="G188" s="9">
-        <v>1.4075144663748818E-2</v>
+        <v>1.4075144671947815E-2</v>
       </c>
     </row>
     <row r="189" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A189" s="5">
         <v>38930</v>
       </c>
       <c r="B189" s="6">
         <v>167721.47997902901</v>
       </c>
       <c r="C189" s="7">
         <v>334.58641872611901</v>
       </c>
       <c r="D189" s="7">
-        <v>332.93571999946198</v>
+        <v>332.93572000172202</v>
       </c>
       <c r="E189" s="12">
-        <v>7.7356492669975463E-3</v>
+        <v>7.7356492641995622E-3</v>
       </c>
       <c r="F189" s="9">
         <v>6.6186196123268148E-2</v>
       </c>
       <c r="G189" s="9">
-        <v>1.5521891888429673E-2</v>
+        <v>1.5521891891523421E-2</v>
       </c>
     </row>
     <row r="190" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A190" s="5">
         <v>38961</v>
       </c>
       <c r="B190" s="6">
         <v>169412.674514554</v>
       </c>
       <c r="C190" s="7">
         <v>337.960170991371</v>
       </c>
       <c r="D190" s="7">
-        <v>336.97876828351099</v>
+        <v>336.97876828859802</v>
       </c>
       <c r="E190" s="12">
-        <v>1.2143630260086136E-2</v>
+        <v>1.2143630268494743E-2</v>
       </c>
       <c r="F190" s="9">
         <v>8.2394728612222634E-2</v>
       </c>
       <c r="G190" s="9">
-        <v>2.3195524661010491E-2</v>
+        <v>2.3195524666093981E-2</v>
       </c>
     </row>
     <row r="191" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A191" s="5">
         <v>38991</v>
       </c>
       <c r="B191" s="6">
         <v>169623.48858430699</v>
       </c>
       <c r="C191" s="7">
         <v>338.38072251896602</v>
       </c>
       <c r="D191" s="7">
-        <v>339.02329099515498</v>
+        <v>339.023290997944</v>
       </c>
       <c r="E191" s="12">
-        <v>6.0672152196956652E-3</v>
+        <v>6.0672152127845269E-3</v>
       </c>
       <c r="F191" s="9">
         <v>7.9666186697686658E-2</v>
       </c>
       <c r="G191" s="9">
-        <v>2.6046743889042601E-2</v>
+        <v>2.6046743892348845E-2</v>
       </c>
     </row>
     <row r="192" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A192" s="5">
         <v>39022</v>
       </c>
       <c r="B192" s="6">
         <v>172184.84989518899</v>
       </c>
       <c r="C192" s="7">
         <v>343.490364457368</v>
       </c>
       <c r="D192" s="7">
-        <v>344.30619237083903</v>
+        <v>344.30619237248499</v>
       </c>
       <c r="E192" s="12">
-        <v>1.5582709259227778E-2</v>
+        <v>1.5582709255727911E-2</v>
       </c>
       <c r="F192" s="9">
         <v>9.5749433258066841E-2</v>
       </c>
       <c r="G192" s="9">
-        <v>3.0315071537817317E-2</v>
+        <v>3.0315071540322425E-2</v>
       </c>
     </row>
     <row r="193" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A193" s="5">
         <v>39052</v>
       </c>
       <c r="B193" s="6">
         <v>173745.944939993</v>
       </c>
       <c r="C193" s="7">
         <v>346.60458214968298</v>
       </c>
       <c r="D193" s="7">
-        <v>349.96694465945001</v>
+        <v>349.96694466039099</v>
       </c>
       <c r="E193" s="12">
-        <v>1.6441041183813399E-2</v>
+        <v>1.6441041181687321E-2</v>
       </c>
       <c r="F193" s="9">
         <v>0.10490438370930777</v>
       </c>
       <c r="G193" s="9">
-        <v>3.2992207323472744E-2</v>
+        <v>3.2992207317996236E-2</v>
       </c>
     </row>
     <row r="194" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A194" s="5">
         <v>39083</v>
       </c>
       <c r="B194" s="6">
         <v>173224.53049976699</v>
       </c>
       <c r="C194" s="7">
         <v>345.56441609433301</v>
       </c>
       <c r="D194" s="7">
-        <v>350.26089096763701</v>
+        <v>350.26089092767899</v>
       </c>
       <c r="E194" s="12">
-        <v>8.3992592064108251E-4</v>
+        <v>8.3992580377345583E-4</v>
       </c>
       <c r="F194" s="9">
         <v>9.3052576166259282E-2</v>
       </c>
       <c r="G194" s="9">
-        <v>3.5280915682695646E-2</v>
+        <v>3.5280915635255372E-2</v>
       </c>
     </row>
     <row r="195" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A195" s="5">
         <v>39114</v>
       </c>
       <c r="B195" s="6">
         <v>174705.525857548</v>
       </c>
       <c r="C195" s="7">
         <v>348.51884347579801</v>
       </c>
       <c r="D195" s="7">
-        <v>353.29500458583402</v>
+        <v>353.29500457855499</v>
       </c>
       <c r="E195" s="12">
-        <v>8.6624390459777434E-3</v>
+        <v>8.6624391402649881E-3</v>
       </c>
       <c r="F195" s="9">
         <v>0.10173586511158583</v>
       </c>
       <c r="G195" s="9">
-        <v>3.255348421393145E-2</v>
+        <v>3.2553484158920565E-2</v>
       </c>
     </row>
     <row r="196" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A196" s="5">
         <v>39142</v>
       </c>
       <c r="B196" s="6">
         <v>177082.55412879601</v>
       </c>
       <c r="C196" s="7">
         <v>353.26076071017502</v>
       </c>
       <c r="D196" s="7">
-        <v>354.61628232895902</v>
+        <v>354.61628235553098</v>
       </c>
       <c r="E196" s="12">
-        <v>3.7398710029141746E-3</v>
+        <v>3.7398710988063577E-3</v>
       </c>
       <c r="F196" s="9">
         <v>9.2545768854873423E-2</v>
       </c>
       <c r="G196" s="9">
-        <v>2.4074166117579399E-2</v>
+        <v>2.4074166092252325E-2</v>
       </c>
     </row>
     <row r="197" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A197" s="5">
         <v>39173</v>
       </c>
       <c r="B197" s="6">
         <v>180314.167315762</v>
       </c>
       <c r="C197" s="7">
         <v>359.70748347383102</v>
       </c>
       <c r="D197" s="7">
-        <v>357.91047103318903</v>
+        <v>357.910471038227</v>
       </c>
       <c r="E197" s="12">
-        <v>9.289445714661726E-3</v>
+        <v>9.2894456532408576E-3</v>
       </c>
       <c r="F197" s="9">
         <v>0.10234488614274273</v>
       </c>
       <c r="G197" s="9">
-        <v>2.03801210678205E-2</v>
+        <v>2.0380121127620887E-2</v>
       </c>
     </row>
     <row r="198" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A198" s="5">
         <v>39203</v>
       </c>
       <c r="B198" s="6">
         <v>181584.49998302499</v>
       </c>
       <c r="C198" s="7">
         <v>362.24166131308903</v>
       </c>
       <c r="D198" s="7">
-        <v>359.48281722463702</v>
+        <v>359.482817227559</v>
       </c>
       <c r="E198" s="12">
-        <v>4.3931271049686416E-3</v>
+        <v>4.3931270989947535E-3</v>
       </c>
       <c r="F198" s="9">
         <v>0.10297013417633027</v>
       </c>
       <c r="G198" s="9">
-        <v>1.7547536387656937E-2</v>
+        <v>1.7547536465149616E-2</v>
       </c>
     </row>
     <row r="199" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A199" s="5">
         <v>39234</v>
       </c>
       <c r="B199" s="6">
         <v>184070.218171063</v>
       </c>
       <c r="C199" s="7">
         <v>367.20040330965298</v>
       </c>
       <c r="D199" s="7">
-        <v>363.16132080855903</v>
+        <v>363.16132080931101</v>
       </c>
       <c r="E199" s="12">
-        <v>1.0232766095252144E-2</v>
+        <v>1.0232766089132594E-2</v>
       </c>
       <c r="F199" s="9">
         <v>0.11066385511306009</v>
       </c>
       <c r="G199" s="9">
-        <v>2.1151974746440372E-2</v>
+        <v>2.1151974774615612E-2</v>
       </c>
     </row>
     <row r="200" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A200" s="5">
         <v>39264</v>
       </c>
       <c r="B200" s="6">
         <v>184269.86418284499</v>
       </c>
       <c r="C200" s="7">
         <v>367.59867575575498</v>
       </c>
       <c r="D200" s="7">
-        <v>363.03183668226001</v>
+        <v>363.03183668416199</v>
       </c>
       <c r="E200" s="12">
-        <v>-3.5654712900246022E-4</v>
+        <v>-3.5654712583499393E-4</v>
       </c>
       <c r="F200" s="9">
         <v>9.8592141017407098E-2</v>
       </c>
       <c r="G200" s="9">
-        <v>1.8628083560331188E-2</v>
+        <v>1.862808354230916E-2</v>
       </c>
     </row>
     <row r="201" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A201" s="5">
         <v>39295</v>
       </c>
       <c r="B201" s="6">
         <v>183898.448890759</v>
       </c>
       <c r="C201" s="7">
         <v>366.85774196209502</v>
       </c>
       <c r="D201" s="7">
-        <v>365.219808104425</v>
+        <v>365.21980810175802</v>
       </c>
       <c r="E201" s="12">
-        <v>6.0269408935613722E-3</v>
+        <v>6.0269408809441316E-3</v>
       </c>
       <c r="F201" s="9">
         <v>9.6451384245791028E-2</v>
       </c>
       <c r="G201" s="9">
-        <v>1.8100020317764809E-2</v>
+        <v>1.8100020284957274E-2</v>
       </c>
     </row>
     <row r="202" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A202" s="5">
         <v>39326</v>
       </c>
       <c r="B202" s="6">
         <v>184723.32792935101</v>
       </c>
       <c r="C202" s="7">
         <v>368.50328744284798</v>
       </c>
       <c r="D202" s="7">
-        <v>367.03268953004999</v>
+        <v>367.03268953595301</v>
       </c>
       <c r="E202" s="12">
-        <v>4.9638091510815219E-3</v>
+        <v>4.9638091745831669E-3</v>
       </c>
       <c r="F202" s="9">
         <v>9.0374899390901264E-2</v>
       </c>
       <c r="G202" s="9">
-        <v>1.3631634279989369E-2</v>
+        <v>1.3631634276572102E-2</v>
       </c>
     </row>
     <row r="203" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A203" s="5">
         <v>39356</v>
       </c>
       <c r="B203" s="6">
         <v>186043.57943158501</v>
       </c>
       <c r="C203" s="7">
         <v>371.13704802023898</v>
       </c>
       <c r="D203" s="7">
-        <v>371.63215029173301</v>
+        <v>371.63215029640202</v>
       </c>
       <c r="E203" s="12">
-        <v>1.2531474424177791E-2</v>
+        <v>1.2531474420614197E-2</v>
       </c>
       <c r="F203" s="9">
         <v>9.6803166733107737E-2</v>
       </c>
       <c r="G203" s="9">
-        <v>1.6771738193363195E-2</v>
+        <v>1.6771738195422214E-2</v>
       </c>
     </row>
     <row r="204" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A204" s="5">
         <v>39387</v>
       </c>
       <c r="B204" s="6">
         <v>184098.574978594</v>
       </c>
       <c r="C204" s="7">
         <v>367.25697210859101</v>
       </c>
       <c r="D204" s="7">
-        <v>367.97558999847399</v>
+        <v>367.97559000381898</v>
       </c>
       <c r="E204" s="12">
-        <v>-9.8391925735935581E-3</v>
+        <v>-9.8391925716510009E-3</v>
       </c>
       <c r="F204" s="9">
         <v>6.9191482820103234E-2</v>
       </c>
       <c r="G204" s="9">
-        <v>1.395206462176124E-2</v>
+        <v>1.395206463635712E-2</v>
       </c>
     </row>
     <row r="205" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A205" s="5">
         <v>39417</v>
       </c>
       <c r="B205" s="6">
         <v>182079.51300920499</v>
       </c>
       <c r="C205" s="7">
         <v>363.22915937042097</v>
       </c>
       <c r="D205" s="7">
-        <v>366.89122117823598</v>
+        <v>366.89122118556497</v>
       </c>
       <c r="E205" s="12">
-        <v>-2.9468498718692171E-3</v>
+        <v>-2.9468498664347864E-3</v>
       </c>
       <c r="F205" s="9">
         <v>4.7964101102271561E-2</v>
       </c>
       <c r="G205" s="9">
-        <v>1.0239009908512786E-2</v>
+        <v>1.0239009919608133E-2</v>
       </c>
     </row>
     <row r="206" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A206" s="5">
         <v>39448</v>
       </c>
       <c r="B206" s="6">
         <v>180473.15404079101</v>
       </c>
       <c r="C206" s="7">
         <v>360.02464499040701</v>
       </c>
       <c r="D206" s="7">
-        <v>364.99554258846001</v>
+        <v>364.99554251277402</v>
       </c>
       <c r="E206" s="12">
-        <v>-5.1668682169286884E-3</v>
+        <v>-5.1668684430913325E-3</v>
       </c>
       <c r="F206" s="9">
         <v>4.1845248592165873E-2</v>
       </c>
       <c r="G206" s="9">
-        <v>-3.6437631129253578E-3</v>
+        <v>-3.6437631771423229E-3</v>
       </c>
     </row>
     <row r="207" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A207" s="5">
         <v>39479</v>
       </c>
       <c r="B207" s="6">
         <v>179358.048659755</v>
       </c>
       <c r="C207" s="7">
         <v>357.80012898929698</v>
       </c>
       <c r="D207" s="7">
-        <v>363.12572036204102</v>
+        <v>363.12572035374001</v>
       </c>
       <c r="E207" s="12">
-        <v>-5.1228631811738312E-3</v>
+        <v>-5.1228629976175499E-3</v>
       </c>
       <c r="F207" s="9">
         <v>2.6630656239232886E-2</v>
       </c>
       <c r="G207" s="9">
-        <v>-1.0507428951794684E-2</v>
+        <v>-1.0507429035297888E-2</v>
       </c>
     </row>
     <row r="208" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A208" s="5">
         <v>39508</v>
       </c>
       <c r="B208" s="6">
         <v>179110.14291901499</v>
       </c>
       <c r="C208" s="7">
         <v>357.305583544157</v>
       </c>
       <c r="D208" s="7">
-        <v>358.74153725472303</v>
+        <v>358.74153731808099</v>
       </c>
       <c r="E208" s="12">
-        <v>-1.2073457927868403E-2</v>
+        <v>-1.2073457730805037E-2</v>
       </c>
       <c r="F208" s="9">
         <v>1.1449963550580922E-2</v>
       </c>
       <c r="G208" s="9">
-        <v>-1.7746208489124782E-2</v>
+        <v>-1.7746208523163776E-2</v>
       </c>
     </row>
     <row r="209" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A209" s="5">
         <v>39539</v>
       </c>
       <c r="B209" s="6">
         <v>178554.75808169099</v>
       </c>
       <c r="C209" s="7">
         <v>356.19765017892399</v>
       </c>
       <c r="D209" s="7">
-        <v>354.643580745468</v>
+        <v>354.643580760953</v>
       </c>
       <c r="E209" s="12">
-        <v>-1.1423144753782144E-2</v>
+        <v>-1.1423144885211567E-2</v>
       </c>
       <c r="F209" s="9">
         <v>-9.7574653187952887E-3</v>
       </c>
       <c r="G209" s="9">
-        <v>-2.1231307102201002E-2</v>
+        <v>-2.1231306981989384E-2</v>
       </c>
     </row>
     <row r="210" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A210" s="5">
         <v>39569</v>
       </c>
       <c r="B210" s="6">
         <v>173583.06468614901</v>
       </c>
       <c r="C210" s="7">
         <v>346.27965345944199</v>
       </c>
       <c r="D210" s="7">
-        <v>343.6148595917</v>
+        <v>343.61485959153202</v>
       </c>
       <c r="E210" s="12">
-        <v>-3.1098042520847025E-2</v>
+        <v>-3.109804256362636E-2</v>
       </c>
       <c r="F210" s="9">
         <v>-4.4064528071636966E-2</v>
       </c>
       <c r="G210" s="9">
-        <v>-3.4714222063953359E-2</v>
+        <v>-3.4714221924528332E-2</v>
       </c>
     </row>
     <row r="211" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A211" s="5">
         <v>39600</v>
       </c>
       <c r="B211" s="6">
         <v>172415.01925436599</v>
       </c>
       <c r="C211" s="7">
         <v>343.949527717774</v>
       </c>
       <c r="D211" s="7">
-        <v>339.86258437201002</v>
+        <v>339.862584355531</v>
       </c>
       <c r="E211" s="12">
-        <v>-1.0920002773304405E-2</v>
+        <v>-1.0920002820778762E-2</v>
       </c>
       <c r="F211" s="9">
         <v>-6.3319308427534526E-2</v>
       </c>
       <c r="G211" s="9">
-        <v>-4.4846300275289908E-2</v>
+        <v>-4.484630025823011E-2</v>
       </c>
     </row>
     <row r="212" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A212" s="5">
         <v>39630</v>
       </c>
       <c r="B212" s="6">
         <v>169316.47759819901</v>
       </c>
       <c r="C212" s="7">
         <v>337.76826842921901</v>
       </c>
       <c r="D212" s="7">
-        <v>333.55943811965801</v>
+        <v>333.55943813034901</v>
       </c>
       <c r="E212" s="12">
-        <v>-1.8546161131560934E-2</v>
+        <v>-1.8546161052516053E-2</v>
       </c>
       <c r="F212" s="9">
         <v>-8.1149387345335056E-2</v>
       </c>
       <c r="G212" s="9">
-        <v>-5.5246964693217437E-2</v>
+        <v>-5.5246964760658157E-2</v>
       </c>
     </row>
     <row r="213" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A213" s="5">
         <v>39661</v>
       </c>
       <c r="B213" s="6">
         <v>164653.94354167199</v>
       </c>
       <c r="C213" s="7">
         <v>328.46701153381701</v>
       </c>
       <c r="D213" s="7">
-        <v>327.05442533452799</v>
+        <v>327.054425310032</v>
       </c>
       <c r="E213" s="12">
-        <v>-1.9501809997642727E-2</v>
+        <v>-1.9501810102507067E-2</v>
       </c>
       <c r="F213" s="9">
         <v>-0.10464745877502746</v>
       </c>
       <c r="G213" s="9">
-        <v>-5.3475431375570648E-2</v>
+        <v>-5.3475431474673707E-2</v>
       </c>
     </row>
     <row r="214" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A214" s="5">
         <v>39692</v>
       </c>
       <c r="B214" s="6">
         <v>161797.38865724599</v>
       </c>
       <c r="C214" s="7">
         <v>322.76848998014299</v>
       </c>
       <c r="D214" s="7">
-        <v>321.11611131728</v>
+        <v>321.11611131613199</v>
       </c>
       <c r="E214" s="12">
-        <v>-1.8156959690039276E-2</v>
+        <v>-1.8156959620010515E-2</v>
       </c>
       <c r="F214" s="9">
         <v>-0.12410960504605573</v>
       </c>
       <c r="G214" s="9">
-        <v>-5.4320304276189391E-2</v>
+        <v>-5.4320304289534604E-2</v>
       </c>
     </row>
     <row r="215" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A215" s="5">
         <v>39722</v>
       </c>
       <c r="B215" s="6">
         <v>158872.29352452801</v>
       </c>
       <c r="C215" s="7">
         <v>316.93323795987902</v>
       </c>
       <c r="D215" s="7">
-        <v>317.12634447510499</v>
+        <v>317.12634448349201</v>
       </c>
       <c r="E215" s="12">
-        <v>-1.2424685967353799E-2</v>
+        <v>-1.2424685937704738E-2</v>
       </c>
       <c r="F215" s="9">
         <v>-0.14604796354742811</v>
       </c>
       <c r="G215" s="9">
-        <v>-5.0873278902597296E-2</v>
+        <v>-5.0873278914006947E-2</v>
       </c>
     </row>
     <row r="216" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A216" s="5">
         <v>39753</v>
       </c>
       <c r="B216" s="6">
         <v>158442.084198834</v>
       </c>
       <c r="C216" s="7">
         <v>316.075016355797</v>
       </c>
       <c r="D216" s="7">
-        <v>316.68156897079501</v>
+        <v>316.68156898341198</v>
       </c>
       <c r="E216" s="12">
-        <v>-1.4025183087394977E-3</v>
+        <v>-1.4025182953640858E-3</v>
       </c>
       <c r="F216" s="9">
         <v>-0.13936278856446183</v>
       </c>
       <c r="G216" s="9">
-        <v>-4.553073004566055E-2</v>
+        <v>-4.5530729996922759E-2</v>
       </c>
     </row>
     <row r="217" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A217" s="5">
         <v>39783</v>
       </c>
       <c r="B217" s="6">
         <v>153047.580601975</v>
       </c>
       <c r="C217" s="7">
         <v>305.31355849420402</v>
       </c>
       <c r="D217" s="7">
-        <v>308.51309238732102</v>
+        <v>308.51309239837502</v>
       </c>
       <c r="E217" s="12">
-        <v>-2.5793975348869402E-2</v>
+        <v>-2.5793975352777276E-2</v>
       </c>
       <c r="F217" s="9">
         <v>-0.15944645241753475</v>
       </c>
       <c r="G217" s="9">
-        <v>-4.0142371070434835E-2</v>
+        <v>-4.014237102316065E-2</v>
       </c>
     </row>
     <row r="218" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A218" s="5">
         <v>39814</v>
       </c>
       <c r="B218" s="6">
         <v>150500.86326219799</v>
       </c>
       <c r="C218" s="7">
         <v>300.23312971233298</v>
       </c>
       <c r="D218" s="7">
-        <v>304.58061669890799</v>
+        <v>304.58061661234802</v>
       </c>
       <c r="E218" s="12">
-        <v>-1.2746543940754473E-2</v>
+        <v>-1.2746544256699188E-2</v>
       </c>
       <c r="F218" s="9">
         <v>-0.16607617314550005</v>
       </c>
       <c r="G218" s="9">
-        <v>-3.6798630311972058E-2</v>
+        <v>-3.6798630359902385E-2</v>
       </c>
     </row>
     <row r="219" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A219" s="5">
         <v>39845</v>
       </c>
       <c r="B219" s="6">
         <v>147745.53165687699</v>
       </c>
       <c r="C219" s="7">
         <v>294.73653777704402</v>
       </c>
       <c r="D219" s="7">
-        <v>299.46583710741402</v>
+        <v>299.46583710713497</v>
       </c>
       <c r="E219" s="12">
-        <v>-1.6792859791698977E-2</v>
+        <v>-1.6792859513193648E-2</v>
       </c>
       <c r="F219" s="9">
         <v>-0.17625368495643945</v>
       </c>
       <c r="G219" s="9">
-        <v>-4.4364239950967166E-2</v>
+        <v>-4.4364240050200232E-2</v>
       </c>
     </row>
     <row r="220" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A220" s="5">
         <v>39873</v>
       </c>
       <c r="B220" s="6">
         <v>150946.108249254</v>
       </c>
       <c r="C220" s="7">
         <v>301.12134585312498</v>
       </c>
       <c r="D220" s="7">
-        <v>302.43363527534598</v>
+        <v>302.433635352213</v>
       </c>
       <c r="E220" s="12">
-        <v>9.9103062860137481E-3</v>
+        <v>9.9103065436352278E-3</v>
       </c>
       <c r="F220" s="9">
         <v>-0.15724421973408254</v>
       </c>
       <c r="G220" s="9">
-        <v>-3.8034721214626699E-2</v>
+        <v>-3.8034721257935056E-2</v>
       </c>
     </row>
     <row r="221" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A221" s="5">
         <v>39904</v>
       </c>
       <c r="B221" s="6">
         <v>151860.78219449599</v>
       </c>
       <c r="C221" s="7">
         <v>302.94602257120903</v>
       </c>
       <c r="D221" s="7">
-        <v>301.86171864986301</v>
+        <v>301.86171866475598</v>
       </c>
       <c r="E221" s="12">
-        <v>-1.8910483450766957E-3</v>
+        <v>-1.8910485495139406E-3</v>
       </c>
       <c r="F221" s="9">
         <v>-0.14950022152298248</v>
       </c>
       <c r="G221" s="9">
-        <v>-2.7978897308135853E-2</v>
+        <v>-2.7978897143999037E-2</v>
       </c>
     </row>
     <row r="222" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A222" s="5">
         <v>39934</v>
       </c>
       <c r="B222" s="6">
         <v>154015.63316509</v>
       </c>
       <c r="C222" s="7">
         <v>307.24471984737198</v>
       </c>
       <c r="D222" s="7">
-        <v>304.65807210254798</v>
+        <v>304.65807211421497</v>
       </c>
       <c r="E222" s="12">
-        <v>9.2636902260816445E-3</v>
+        <v>9.2636902149376699E-3</v>
       </c>
       <c r="F222" s="9">
         <v>-0.11272661625394043</v>
       </c>
       <c r="G222" s="9">
-        <v>-3.9516546409792408E-3</v>
+        <v>-3.9516544449236246E-3</v>
       </c>
     </row>
     <row r="223" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A223" s="5">
         <v>39965</v>
       </c>
       <c r="B223" s="6">
         <v>156441.91410974701</v>
       </c>
       <c r="C223" s="7">
         <v>312.08489089879401</v>
       </c>
       <c r="D223" s="7">
-        <v>308.09478832356302</v>
+        <v>308.09478834093397</v>
       </c>
       <c r="E223" s="12">
-        <v>1.1280568400164448E-2</v>
+        <v>1.1280568418454928E-2</v>
       </c>
       <c r="F223" s="9">
         <v>-9.2643350989353168E-2</v>
       </c>
       <c r="G223" s="9">
-        <v>8.9737106112797171E-3</v>
+        <v>8.9737106708422942E-3</v>
       </c>
     </row>
     <row r="224" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A224" s="5">
         <v>39995</v>
       </c>
       <c r="B224" s="6">
         <v>158870.53987160101</v>
       </c>
       <c r="C224" s="7">
         <v>316.92973960979998</v>
       </c>
       <c r="D224" s="7">
-        <v>312.89369531147099</v>
+        <v>312.89369518299401</v>
       </c>
       <c r="E224" s="12">
-        <v>1.557607324038246E-2</v>
+        <v>1.5576072766117832E-2</v>
       </c>
       <c r="F224" s="9">
         <v>-6.1694749824570461E-2</v>
       </c>
       <c r="G224" s="9">
-        <v>2.4215871318786331E-2</v>
+        <v>2.4215871105084386E-2</v>
       </c>
     </row>
     <row r="225" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A225" s="5">
         <v>40026</v>
       </c>
       <c r="B225" s="6">
         <v>160223.90395337</v>
       </c>
       <c r="C225" s="7">
         <v>319.62955624275799</v>
       </c>
       <c r="D225" s="7">
-        <v>318.22235359288101</v>
+        <v>318.22235367388402</v>
       </c>
       <c r="E225" s="12">
-        <v>1.7030251364143378E-2</v>
+        <v>1.7030252040628691E-2</v>
       </c>
       <c r="F225" s="9">
         <v>-2.6905153274879745E-2</v>
       </c>
       <c r="G225" s="9">
-        <v>3.3288186538211306E-2</v>
+        <v>3.3288186387518071E-2</v>
       </c>
     </row>
     <row r="226" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A226" s="5">
         <v>40057</v>
       </c>
       <c r="B226" s="6">
         <v>161815.923631171</v>
       </c>
       <c r="C226" s="7">
         <v>322.80546527124801</v>
       </c>
       <c r="D226" s="7">
-        <v>320.96435463191898</v>
+        <v>320.964354744714</v>
       </c>
       <c r="E226" s="12">
-        <v>8.6166198196935273E-3</v>
+        <v>8.6166199174053659E-3</v>
       </c>
       <c r="F226" s="9">
         <v>1.1455669389315304E-4</v>
       </c>
       <c r="G226" s="9">
-        <v>4.0963511097918737E-2</v>
+        <v>4.0963511119338492E-2</v>
       </c>
     </row>
     <row r="227" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A227" s="5">
         <v>40087</v>
       </c>
       <c r="B227" s="6">
         <v>162038.08423830601</v>
       </c>
       <c r="C227" s="7">
         <v>323.248651927678</v>
       </c>
       <c r="D227" s="7">
-        <v>323.30725571323597</v>
+        <v>323.307255788524</v>
       </c>
       <c r="E227" s="12">
-        <v>7.2995678414315979E-3</v>
+        <v>7.299567722009126E-3</v>
       </c>
       <c r="F227" s="9">
         <v>1.9926638204474045E-2</v>
       </c>
       <c r="G227" s="9">
-        <v>3.9807211480512361E-2</v>
+        <v>3.9807211882916471E-2</v>
       </c>
     </row>
     <row r="228" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A228" s="5">
         <v>40118</v>
       </c>
       <c r="B228" s="6">
         <v>162764.20429844299</v>
       </c>
       <c r="C228" s="7">
         <v>324.697183806341</v>
       </c>
       <c r="D228" s="7">
-        <v>325.32086244673201</v>
+        <v>325.32086244194898</v>
       </c>
       <c r="E228" s="12">
-        <v>6.2281520068390162E-3</v>
+        <v>6.2281517577262857E-3</v>
       </c>
       <c r="F228" s="9">
         <v>2.7278864207471054E-2</v>
       </c>
       <c r="G228" s="9">
-        <v>3.234804621041576E-2</v>
+        <v>3.2348046438668066E-2</v>
       </c>
     </row>
     <row r="229" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A229" s="5">
         <v>40148</v>
       </c>
       <c r="B229" s="6">
         <v>162102.96642418599</v>
       </c>
       <c r="C229" s="7">
         <v>323.37808495089803</v>
       </c>
       <c r="D229" s="7">
-        <v>326.85825226468199</v>
+        <v>326.85825215116802</v>
       </c>
       <c r="E229" s="12">
-        <v>4.7257646078622262E-3</v>
+        <v>4.7257642737048577E-3</v>
       </c>
       <c r="F229" s="9">
         <v>5.9167128200226848E-2</v>
       </c>
       <c r="G229" s="9">
-        <v>2.4584023367609786E-2</v>
+        <v>2.4584023252140597E-2</v>
       </c>
     </row>
     <row r="230" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A230" s="5">
         <v>40179</v>
       </c>
       <c r="B230" s="6">
         <v>163480.79888125899</v>
       </c>
       <c r="C230" s="7">
         <v>326.12671337627501</v>
       </c>
       <c r="D230" s="7">
-        <v>331.14512850240902</v>
+        <v>331.14512811444098</v>
       </c>
       <c r="E230" s="12">
-        <v>1.3115398519158772E-2</v>
+        <v>1.3115397684040575E-2</v>
       </c>
       <c r="F230" s="9">
         <v>8.6244924698189784E-2</v>
       </c>
       <c r="G230" s="9">
-        <v>2.1641984320151186E-2</v>
+        <v>2.1641983508535967E-2</v>
       </c>
     </row>
     <row r="231" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A231" s="5">
         <v>40210</v>
       </c>
       <c r="B231" s="6">
         <v>161319.62812062699</v>
       </c>
       <c r="C231" s="7">
         <v>321.81540879473999</v>
       </c>
       <c r="D231" s="7">
-        <v>327.16624894858302</v>
+        <v>327.16624866610601</v>
       </c>
       <c r="E231" s="12">
-        <v>-1.2015515891235728E-2</v>
+        <v>-1.2015515586748737E-2</v>
       </c>
       <c r="F231" s="9">
         <v>9.1874835817539635E-2</v>
       </c>
       <c r="G231" s="9">
-        <v>1.606567435381745E-2</v>
+        <v>1.606567335318676E-2</v>
       </c>
     </row>
     <row r="232" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A232" s="5">
         <v>40238</v>
       </c>
       <c r="B232" s="6">
         <v>164518.669146158</v>
       </c>
       <c r="C232" s="7">
         <v>328.197153579153</v>
       </c>
       <c r="D232" s="7">
-        <v>329.67140849050702</v>
+        <v>329.67140851683098</v>
       </c>
       <c r="E232" s="12">
-        <v>7.6571454114684467E-3</v>
+        <v>7.6571463619452551E-3</v>
       </c>
       <c r="F232" s="9">
         <v>8.9916600396819923E-2</v>
       </c>
       <c r="G232" s="9">
-        <v>1.2810446045913526E-2</v>
+        <v>1.2810445430260664E-2</v>
       </c>
     </row>
     <row r="233" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A233" s="5">
         <v>40269</v>
       </c>
       <c r="B233" s="6">
         <v>167801.97329966701</v>
       </c>
       <c r="C233" s="7">
         <v>334.74699429394099</v>
       </c>
       <c r="D233" s="7">
-        <v>333.90796552102199</v>
+        <v>333.907965775891</v>
       </c>
       <c r="E233" s="12">
-        <v>1.2850847605842652E-2</v>
+        <v>1.2850848298067374E-2</v>
       </c>
       <c r="F233" s="9">
         <v>0.10497240218843595</v>
       </c>
       <c r="G233" s="9">
-        <v>7.5472356117585182E-3</v>
+        <v>7.5472361291890611E-3</v>
       </c>
     </row>
     <row r="234" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A234" s="5">
         <v>40299</v>
       </c>
       <c r="B234" s="6">
         <v>169162.07985551699</v>
       </c>
       <c r="C234" s="7">
         <v>337.46026144174402</v>
       </c>
       <c r="D234" s="7">
-        <v>334.30128996090002</v>
+        <v>334.301290386728</v>
       </c>
       <c r="E234" s="12">
-        <v>1.1779426683167227E-3</v>
+        <v>1.1779431794118889E-3</v>
       </c>
       <c r="F234" s="9">
         <v>9.8343566683202877E-2</v>
       </c>
       <c r="G234" s="9">
-        <v>1.2902381349720882E-2</v>
+        <v>1.2902382873412721E-2</v>
       </c>
     </row>
     <row r="235" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A235" s="5">
         <v>40330</v>
       </c>
       <c r="B235" s="6">
         <v>170110.78385261199</v>
       </c>
       <c r="C235" s="7">
         <v>339.35282447457001</v>
       </c>
       <c r="D235" s="7">
-        <v>334.79679838384902</v>
+        <v>334.79679877084902</v>
       </c>
       <c r="E235" s="12">
-        <v>1.4822210916594081E-3</v>
+        <v>1.4822209736247149E-3</v>
       </c>
       <c r="F235" s="9">
         <v>8.7373449888090482E-2</v>
       </c>
       <c r="G235" s="9">
-        <v>1.5206001701695282E-2</v>
+        <v>1.5206003444248495E-2</v>
       </c>
     </row>
     <row r="236" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A236" s="5">
         <v>40360</v>
       </c>
       <c r="B236" s="6">
         <v>169346.94807097799</v>
       </c>
       <c r="C236" s="7">
         <v>337.82905376431802</v>
       </c>
       <c r="D236" s="7">
-        <v>333.44212803455798</v>
+        <v>333.44212787275097</v>
       </c>
       <c r="E236" s="12">
-        <v>-4.0462464271773246E-3</v>
+        <v>-4.0462480617242669E-3</v>
       </c>
       <c r="F236" s="9">
         <v>6.5943051542745712E-2</v>
       </c>
       <c r="G236" s="9">
-        <v>1.1904764599368844E-2</v>
+        <v>1.1904765257782168E-2</v>
       </c>
     </row>
     <row r="237" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A237" s="5">
         <v>40391</v>
       </c>
       <c r="B237" s="6">
         <v>166507.234295267</v>
       </c>
       <c r="C237" s="7">
         <v>332.16412842177402</v>
       </c>
       <c r="D237" s="7">
-        <v>330.64886254999902</v>
+        <v>330.64886269110298</v>
       </c>
       <c r="E237" s="12">
-        <v>-8.377062313702166E-3</v>
+        <v>-8.3770614093309215E-3</v>
       </c>
       <c r="F237" s="9">
         <v>3.9215935867633167E-2</v>
       </c>
       <c r="G237" s="9">
-        <v>1.0092639654604163E-3</v>
+        <v>1.0092636232976737E-3</v>
       </c>
     </row>
     <row r="238" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A238" s="5">
         <v>40422</v>
       </c>
       <c r="B238" s="6">
         <v>166756.81604706499</v>
       </c>
       <c r="C238" s="7">
         <v>332.662017329766</v>
       </c>
       <c r="D238" s="7">
-        <v>330.846659573301</v>
+        <v>330.84665972565699</v>
       </c>
       <c r="E238" s="12">
-        <v>5.9820869116733455E-4</v>
+        <v>5.9820872494209532E-4</v>
       </c>
       <c r="F238" s="9">
         <v>3.0534030922418465E-2</v>
       </c>
       <c r="G238" s="9">
-        <v>-8.0442223422441117E-3</v>
+        <v>-8.04422326691967E-3</v>
       </c>
     </row>
     <row r="239" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A239" s="5">
         <v>40452</v>
       </c>
       <c r="B239" s="6">
         <v>164278.88498689499</v>
       </c>
       <c r="C239" s="7">
         <v>327.71880982064903</v>
       </c>
       <c r="D239" s="7">
-        <v>327.63331958185103</v>
+        <v>327.633319670677</v>
       </c>
       <c r="E239" s="12">
-        <v>-9.7124752463702002E-3</v>
+        <v>-9.7124754339201758E-3</v>
       </c>
       <c r="F239" s="9">
         <v>1.3828852390608493E-2</v>
       </c>
       <c r="G239" s="9">
-        <v>-1.3377393200834864E-2</v>
+        <v>-1.3377393460201947E-2</v>
       </c>
     </row>
     <row r="240" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A240" s="5">
         <v>40483</v>
       </c>
       <c r="B240" s="6">
         <v>163132.67195989401</v>
       </c>
       <c r="C240" s="7">
         <v>325.43223739206502</v>
       </c>
       <c r="D240" s="7">
-        <v>326.12175110303298</v>
+        <v>326.12175095516199</v>
       </c>
       <c r="E240" s="12">
-        <v>-4.6135981552402061E-3</v>
+        <v>-4.6135988764340885E-3</v>
       </c>
       <c r="F240" s="9">
         <v>2.2638126303011763E-3</v>
       </c>
       <c r="G240" s="9">
-        <v>-1.4301965514039394E-2</v>
+        <v>-1.4301965782084647E-2</v>
       </c>
     </row>
     <row r="241" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A241" s="5">
         <v>40513</v>
       </c>
       <c r="B241" s="6">
         <v>162248.85138753601</v>
       </c>
       <c r="C241" s="7">
         <v>323.66910985384499</v>
       </c>
       <c r="D241" s="7">
-        <v>327.18933401796301</v>
+        <v>327.18933352884397</v>
       </c>
       <c r="E241" s="12">
-        <v>3.2735716379517221E-3</v>
+        <v>3.2735705930535541E-3</v>
       </c>
       <c r="F241" s="9">
         <v>8.9995245964535897E-4</v>
       </c>
       <c r="G241" s="9">
-        <v>-1.4064444593880565E-2</v>
+        <v>-1.406444527529549E-2</v>
       </c>
     </row>
     <row r="242" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A242" s="5">
         <v>40544</v>
       </c>
       <c r="B242" s="6">
         <v>161211.07933294101</v>
       </c>
       <c r="C242" s="7">
         <v>321.59886557002301</v>
       </c>
       <c r="D242" s="7">
-        <v>326.60060895217998</v>
+        <v>326.60060775139999</v>
       </c>
       <c r="E242" s="12">
-        <v>-1.7993406403360446E-3</v>
+        <v>-1.7993428180997917E-3</v>
       </c>
       <c r="F242" s="9">
         <v>-1.3883707223418695E-2</v>
       </c>
       <c r="G242" s="9">
-        <v>-9.3184499767345885E-3</v>
+        <v>-9.3184522175889795E-3</v>
       </c>
     </row>
     <row r="243" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A243" s="5">
         <v>40575</v>
       </c>
       <c r="B243" s="6">
         <v>161182.66344413601</v>
       </c>
       <c r="C243" s="7">
         <v>321.54217891026099</v>
       </c>
       <c r="D243" s="7">
-        <v>326.82598076628801</v>
+        <v>326.825979686192</v>
       </c>
       <c r="E243" s="12">
-        <v>6.9005325749715851E-4</v>
+        <v>6.9005362954976945E-4</v>
       </c>
       <c r="F243" s="9">
         <v>-8.4902673088993463E-4</v>
       </c>
       <c r="G243" s="9">
-        <v>-4.0481408870860491E-3</v>
+        <v>-4.0481437947881282E-3</v>
       </c>
     </row>
     <row r="244" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A244" s="5">
         <v>40603</v>
       </c>
       <c r="B244" s="6">
         <v>164750.902737342</v>
       </c>
       <c r="C244" s="7">
         <v>328.660434761695</v>
       </c>
       <c r="D244" s="7">
-        <v>330.23711912236797</v>
+        <v>330.23711899699703</v>
       </c>
       <c r="E244" s="12">
-        <v>1.0437170105271454E-2</v>
+        <v>1.0437173060967586E-2</v>
       </c>
       <c r="F244" s="9">
         <v>1.4115941515326913E-3</v>
       </c>
       <c r="G244" s="9">
-        <v>2.7721287006194917E-3</v>
+        <v>2.7721268079909933E-3</v>
       </c>
     </row>
     <row r="245" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A245" s="5">
         <v>40634</v>
       </c>
       <c r="B245" s="6">
         <v>165609.01900032899</v>
       </c>
       <c r="C245" s="7">
         <v>330.372284951182</v>
       </c>
       <c r="D245" s="7">
-        <v>329.759391419699</v>
+        <v>329.75939238249902</v>
       </c>
       <c r="E245" s="12">
-        <v>-1.4466202465022171E-3</v>
+        <v>-1.4466169519312677E-3</v>
       </c>
       <c r="F245" s="9">
         <v>-1.3068703878839183E-2</v>
       </c>
       <c r="G245" s="9">
-        <v>7.052469397985206E-3</v>
+        <v>7.0524710390147405E-3</v>
       </c>
     </row>
     <row r="246" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A246" s="5">
         <v>40664</v>
       </c>
       <c r="B246" s="6">
         <v>167208.24519902901</v>
       </c>
       <c r="C246" s="7">
         <v>333.56257021829902</v>
       </c>
       <c r="D246" s="7">
-        <v>330.141276057597</v>
+        <v>330.14127770440399</v>
       </c>
       <c r="E246" s="12">
-        <v>1.1580705442653105E-3</v>
+        <v>1.1580726151447784E-3</v>
       </c>
       <c r="F246" s="9">
         <v>-1.1550074686698664E-2</v>
       </c>
       <c r="G246" s="9">
-        <v>9.710083869484798E-3</v>
+        <v>9.7100892550061602E-3</v>
       </c>
     </row>
     <row r="247" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A247" s="5">
         <v>40695</v>
       </c>
       <c r="B247" s="6">
         <v>168205.264073642</v>
       </c>
       <c r="C247" s="7">
         <v>335.55151626564299</v>
       </c>
       <c r="D247" s="7">
-        <v>330.96705052027301</v>
+        <v>330.96705202080102</v>
       </c>
       <c r="E247" s="12">
-        <v>2.5012760371470044E-3</v>
+        <v>2.5012755815903009E-3</v>
       </c>
       <c r="F247" s="9">
         <v>-1.1201640106613842E-2</v>
       </c>
       <c r="G247" s="9">
-        <v>7.3236504427132143E-3</v>
+        <v>7.3236570852319716E-3</v>
       </c>
     </row>
     <row r="248" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A248" s="5">
         <v>40725</v>
       </c>
       <c r="B248" s="6">
         <v>168730.56418629401</v>
       </c>
       <c r="C248" s="7">
         <v>336.59943382200299</v>
       </c>
       <c r="D248" s="7">
-        <v>332.32402249979202</v>
+        <v>332.32402262212997</v>
       </c>
       <c r="E248" s="12">
-        <v>4.1000213688520137E-3</v>
+        <v>4.1000171861327317E-3</v>
       </c>
       <c r="F248" s="9">
         <v>-3.6397696663853507E-3</v>
       </c>
       <c r="G248" s="9">
-        <v>6.6981223345887742E-3</v>
+        <v>6.6981258954776912E-3</v>
       </c>
     </row>
     <row r="249" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A249" s="5">
         <v>40756</v>
       </c>
       <c r="B249" s="6">
         <v>165914.21319666301</v>
       </c>
       <c r="C249" s="7">
         <v>330.98111473959301</v>
       </c>
       <c r="D249" s="7">
-        <v>329.44732316884699</v>
+        <v>329.44732324538199</v>
       </c>
       <c r="E249" s="12">
-        <v>-8.6563087113175063E-3</v>
+        <v>-8.6563088459570281E-3</v>
       </c>
       <c r="F249" s="9">
         <v>-3.5615335340450915E-3</v>
       </c>
       <c r="G249" s="9">
-        <v>2.6265128191693687E-3</v>
+        <v>2.6265120199271408E-3</v>
       </c>
     </row>
     <row r="250" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A250" s="5">
         <v>40787</v>
       </c>
       <c r="B250" s="6">
         <v>166255.54958596299</v>
       </c>
       <c r="C250" s="7">
         <v>331.66204433842</v>
       </c>
       <c r="D250" s="7">
-        <v>330.15870566031998</v>
+        <v>330.15870564093501</v>
       </c>
       <c r="E250" s="12">
-        <v>2.1593209033554661E-3</v>
+        <v>2.1593206116996555E-3</v>
       </c>
       <c r="F250" s="9">
         <v>-3.0059728470736014E-3</v>
       </c>
       <c r="G250" s="9">
-        <v>1.0721242725890701E-3</v>
+        <v>1.0721203012680203E-3</v>
       </c>
     </row>
     <row r="251" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A251" s="5">
         <v>40817</v>
       </c>
       <c r="B251" s="6">
         <v>165650.31790496601</v>
       </c>
       <c r="C251" s="7">
         <v>330.454671849997</v>
       </c>
       <c r="D251" s="7">
-        <v>330.31734093489302</v>
+        <v>330.31734100130097</v>
       </c>
       <c r="E251" s="12">
-        <v>4.8048187690752364E-4</v>
+        <v>4.8048213678941742E-4</v>
       </c>
       <c r="F251" s="9">
         <v>8.3481995764760342E-3</v>
       </c>
       <c r="G251" s="9">
-        <v>-3.5321774219048141E-3</v>
+        <v>-3.5321805771935111E-3</v>
       </c>
     </row>
     <row r="252" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A252" s="5">
         <v>40848</v>
       </c>
       <c r="B252" s="6">
         <v>165797.99075201701</v>
       </c>
       <c r="C252" s="7">
         <v>330.749263389757</v>
       </c>
       <c r="D252" s="7">
-        <v>331.48726144945903</v>
+        <v>331.48726046830899</v>
       </c>
       <c r="E252" s="12">
-        <v>3.5418077393538638E-3</v>
+        <v>3.5418045672734877E-3</v>
       </c>
       <c r="F252" s="9">
         <v>1.6338350620397568E-2</v>
       </c>
       <c r="G252" s="9">
-        <v>-7.8075769731034139E-4</v>
+        <v>-7.8076034876528588E-4</v>
       </c>
     </row>
     <row r="253" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A253" s="5">
         <v>40878</v>
       </c>
       <c r="B253" s="6">
         <v>163821.827508093</v>
       </c>
       <c r="C253" s="7">
         <v>326.80702902189</v>
       </c>
       <c r="D253" s="7">
-        <v>330.214605043257</v>
+        <v>330.21460299816903</v>
       </c>
       <c r="E253" s="12">
-        <v>-3.8392317117623698E-3</v>
+        <v>-3.8392349327150965E-3</v>
       </c>
       <c r="F253" s="9">
         <v>9.6948367098175225E-3</v>
       </c>
       <c r="G253" s="9">
-        <v>8.9881437234984318E-5</v>
+        <v>8.9878272360621736E-5</v>
       </c>
     </row>
     <row r="254" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A254" s="5">
         <v>40909</v>
       </c>
       <c r="B254" s="6">
         <v>162228.24524833099</v>
       </c>
       <c r="C254" s="7">
         <v>323.62800280946902</v>
       </c>
       <c r="D254" s="7">
-        <v>328.51016264553499</v>
+        <v>328.51016047060301</v>
       </c>
       <c r="E254" s="12">
-        <v>-5.1616202666103783E-3</v>
+        <v>-5.1616206917882712E-3</v>
       </c>
       <c r="F254" s="9">
         <v>6.3095285981480398E-3</v>
       </c>
       <c r="G254" s="9">
-        <v>2.9159769635467292E-4</v>
+        <v>2.9159231738895564E-4</v>
       </c>
     </row>
     <row r="255" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A255" s="5">
         <v>40940</v>
       </c>
       <c r="B255" s="6">
         <v>162712.34948701199</v>
       </c>
       <c r="C255" s="7">
         <v>324.59373900217798</v>
       </c>
       <c r="D255" s="7">
-        <v>329.73822399883301</v>
+        <v>329.73822257585999</v>
       </c>
       <c r="E255" s="12">
-        <v>3.7382750762053885E-3</v>
+        <v>3.7382773899525823E-3</v>
       </c>
       <c r="F255" s="9">
         <v>9.4903881732064654E-3</v>
       </c>
       <c r="G255" s="9">
-        <v>-3.5286752329044546E-3</v>
+        <v>-3.5286799832434657E-3</v>
       </c>
     </row>
     <row r="256" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A256" s="5">
         <v>40969</v>
       </c>
       <c r="B256" s="6">
         <v>163327.22122696301</v>
       </c>
       <c r="C256" s="7">
         <v>325.82034237743898</v>
       </c>
       <c r="D256" s="7">
-        <v>327.37734437065802</v>
+        <v>327.37734172534402</v>
       </c>
       <c r="E256" s="12">
-        <v>-7.1598603266066485E-3</v>
+        <v>-7.1598640645089695E-3</v>
       </c>
       <c r="F256" s="9">
         <v>-8.6414185702495816E-3</v>
       </c>
       <c r="G256" s="9">
-        <v>-6.4449119177458769E-3</v>
+        <v>-6.4449152467791482E-3</v>
       </c>
     </row>
     <row r="257" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A257" s="5">
         <v>41000</v>
       </c>
       <c r="B257" s="6">
         <v>164134.292882101</v>
       </c>
       <c r="C257" s="7">
         <v>327.43036403227899</v>
       </c>
       <c r="D257" s="7">
-        <v>326.90871340456101</v>
+        <v>326.90871377022</v>
       </c>
       <c r="E257" s="12">
-        <v>-1.4314703633444559E-3</v>
+        <v>-1.4314611776559127E-3</v>
       </c>
       <c r="F257" s="9">
         <v>-8.9048659736628011E-3</v>
       </c>
       <c r="G257" s="9">
-        <v>-6.2489115281539886E-3</v>
+        <v>-6.2489100476225135E-3</v>
       </c>
     </row>
     <row r="258" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A258" s="5">
         <v>41030</v>
       </c>
       <c r="B258" s="6">
         <v>166021.53392380499</v>
       </c>
       <c r="C258" s="7">
         <v>331.19520811483699</v>
       </c>
       <c r="D258" s="7">
-        <v>327.70443094574802</v>
+        <v>327.70444618706603</v>
       </c>
       <c r="E258" s="12">
-        <v>2.4340664795994282E-3</v>
+        <v>2.4341119808917178E-3</v>
       </c>
       <c r="F258" s="9">
         <v>-7.0972054865530154E-3</v>
       </c>
       <c r="G258" s="9">
-        <v>-6.5480478491229954E-3</v>
+        <v>-6.5480290647015327E-3</v>
       </c>
     </row>
     <row r="259" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A259" s="5">
         <v>41061</v>
       </c>
       <c r="B259" s="6">
         <v>165738.112466327</v>
       </c>
       <c r="C259" s="7">
         <v>330.62981261236598</v>
       </c>
       <c r="D259" s="7">
-        <v>326.214893132322</v>
+        <v>326.21489259804599</v>
       </c>
       <c r="E259" s="12">
-        <v>-4.5453697685052807E-3</v>
+        <v>-4.5454176968039439E-3</v>
       </c>
       <c r="F259" s="9">
         <v>-1.4667505329884145E-2</v>
       </c>
       <c r="G259" s="9">
-        <v>-4.8676626242843968E-3</v>
+        <v>-4.8676410283280402E-3</v>
       </c>
     </row>
     <row r="260" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A260" s="5">
         <v>41091</v>
       </c>
       <c r="B260" s="6">
         <v>164389.40362937399</v>
       </c>
       <c r="C260" s="7">
         <v>327.93928269504897</v>
       </c>
       <c r="D260" s="7">
-        <v>323.99501586123699</v>
+        <v>323.99501332275401</v>
       </c>
       <c r="E260" s="12">
-        <v>-6.804953782979406E-3</v>
+        <v>-6.804959937948829E-3</v>
       </c>
       <c r="F260" s="9">
         <v>-2.5728359161571235E-2</v>
       </c>
       <c r="G260" s="9">
-        <v>-6.2091372620700636E-3</v>
+        <v>-6.2091211565764581E-3</v>
       </c>
     </row>
     <row r="261" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A261" s="5">
         <v>41122</v>
       </c>
       <c r="B261" s="6">
         <v>164728.76660748801</v>
       </c>
       <c r="C261" s="7">
         <v>328.61627554956902</v>
       </c>
       <c r="D261" s="7">
-        <v>327.14913464487898</v>
+        <v>327.14913208835497</v>
       </c>
       <c r="E261" s="12">
-        <v>9.7350842736199095E-3</v>
+        <v>9.7350842942107718E-3</v>
       </c>
       <c r="F261" s="9">
         <v>-7.144936930569501E-3</v>
       </c>
       <c r="G261" s="9">
-        <v>-4.7163848690240373E-3</v>
+        <v>-4.7164037386706603E-3</v>
       </c>
     </row>
     <row r="262" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A262" s="5">
         <v>41153</v>
       </c>
       <c r="B262" s="6">
         <v>163963.50185574699</v>
       </c>
       <c r="C262" s="7">
         <v>327.08965419675002</v>
       </c>
       <c r="D262" s="7">
-        <v>326.034006665231</v>
+        <v>326.03400397450702</v>
       </c>
       <c r="E262" s="12">
-        <v>-3.4086227397741586E-3</v>
+        <v>-3.4086231766214947E-3</v>
       </c>
       <c r="F262" s="9">
         <v>-1.3786293064648736E-2</v>
       </c>
       <c r="G262" s="9">
-        <v>-3.7212234681340828E-3</v>
+        <v>-3.721246716187343E-3</v>
       </c>
     </row>
     <row r="263" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A263" s="5">
         <v>41183</v>
       </c>
       <c r="B263" s="6">
         <v>164153.36079102199</v>
       </c>
       <c r="C263" s="7">
         <v>327.46840247171599</v>
       </c>
       <c r="D263" s="7">
-        <v>327.23968616855001</v>
+        <v>327.239683178652</v>
       </c>
       <c r="E263" s="12">
-        <v>3.6980176259864272E-3</v>
+        <v>3.6980167388898089E-3</v>
       </c>
       <c r="F263" s="9">
         <v>-9.0368502329316591E-3</v>
       </c>
       <c r="G263" s="9">
-        <v>2.5651403572919396E-3</v>
+        <v>2.5651194588165449E-3</v>
       </c>
     </row>
     <row r="264" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A264" s="5">
         <v>41214</v>
       </c>
       <c r="B264" s="6">
         <v>163852.738559969</v>
       </c>
       <c r="C264" s="7">
         <v>326.86869326517899</v>
       </c>
       <c r="D264" s="7">
-        <v>327.60611338060102</v>
+        <v>327.60610985452399</v>
       </c>
       <c r="E264" s="12">
-        <v>1.1197517524272893E-3</v>
+        <v>1.1197501241679841E-3</v>
       </c>
       <c r="F264" s="9">
         <v>-1.173266445042731E-2</v>
       </c>
       <c r="G264" s="9">
-        <v>3.6023226048407242E-3</v>
+        <v>3.6023189653002774E-3</v>
       </c>
     </row>
     <row r="265" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A265" s="5">
         <v>41244</v>
       </c>
       <c r="B265" s="6">
         <v>162262.191136479</v>
       </c>
       <c r="C265" s="7">
         <v>323.69572122661702</v>
       </c>
       <c r="D265" s="7">
-        <v>326.763504882147</v>
+        <v>326.76350174389802</v>
       </c>
       <c r="E265" s="12">
-        <v>-2.5720170168958001E-3</v>
+        <v>-2.5720158607547283E-3</v>
       </c>
       <c r="F265" s="9">
         <v>-9.5203209202228134E-3</v>
       </c>
       <c r="G265" s="9">
-        <v>4.5346360102624939E-3</v>
+        <v>4.5346341342609175E-3</v>
       </c>
     </row>
     <row r="266" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A266" s="5">
         <v>41275</v>
       </c>
       <c r="B266" s="6">
         <v>162245.24616004</v>
       </c>
       <c r="C266" s="7">
         <v>323.66191781048599</v>
       </c>
       <c r="D266" s="7">
-        <v>328.22471900253402</v>
+        <v>328.22471877606603</v>
       </c>
       <c r="E266" s="12">
-        <v>4.4717788203245679E-3</v>
+        <v>4.4717877742455059E-3</v>
       </c>
       <c r="F266" s="9">
         <v>1.0479624977621782E-4</v>
       </c>
       <c r="G266" s="9">
-        <v>2.2148706922773265E-3</v>
+        <v>2.214872084121744E-3</v>
       </c>
     </row>
     <row r="267" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A267" s="5">
         <v>41306</v>
       </c>
       <c r="B267" s="6">
         <v>162637.55473582199</v>
       </c>
       <c r="C267" s="7">
         <v>324.44453147107703</v>
       </c>
       <c r="D267" s="7">
-        <v>329.262774521121</v>
+        <v>329.26277881448499</v>
       </c>
       <c r="E267" s="12">
-        <v>3.1626366281662932E-3</v>
+        <v>3.1626504008894774E-3</v>
       </c>
       <c r="F267" s="9">
         <v>-4.5967470463115223E-4</v>
       </c>
       <c r="G267" s="9">
-        <v>3.4369065099122409E-3</v>
+        <v>3.4369168750854051E-3</v>
       </c>
     </row>
     <row r="268" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A268" s="5">
         <v>41334</v>
       </c>
       <c r="B268" s="6">
         <v>164630.410711028</v>
       </c>
       <c r="C268" s="7">
         <v>328.42006605296098</v>
       </c>
       <c r="D268" s="7">
-        <v>330.06300186594001</v>
+        <v>330.06300761418601</v>
       </c>
       <c r="E268" s="12">
-        <v>2.4303608143461108E-3</v>
+        <v>2.4303652012602761E-3</v>
       </c>
       <c r="F268" s="9">
         <v>7.9790097099290413E-3</v>
       </c>
       <c r="G268" s="9">
-        <v>6.0525006552776262E-3</v>
+        <v>6.0525205489341261E-3</v>
       </c>
     </row>
     <row r="269" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A269" s="5">
         <v>41365</v>
       </c>
       <c r="B269" s="6">
         <v>165586.075967813</v>
       </c>
       <c r="C269" s="7">
         <v>330.326516054526</v>
       </c>
       <c r="D269" s="7">
-        <v>329.72868985166298</v>
+        <v>329.72869931939698</v>
       </c>
       <c r="E269" s="12">
-        <v>-1.0128733374751286E-3</v>
+        <v>-1.0128620508111918E-3</v>
       </c>
       <c r="F269" s="9">
         <v>8.845093004146376E-3</v>
       </c>
       <c r="G269" s="9">
-        <v>6.574563610270312E-3</v>
+        <v>6.5745905241667568E-3</v>
       </c>
     </row>
     <row r="270" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A270" s="5">
         <v>41395</v>
       </c>
       <c r="B270" s="6">
         <v>167911.570785641</v>
       </c>
       <c r="C270" s="7">
         <v>334.96562955960798</v>
       </c>
       <c r="D270" s="7">
-        <v>331.45327592855301</v>
+        <v>331.453305537321</v>
       </c>
       <c r="E270" s="12">
-        <v>5.2303185314748202E-3</v>
+        <v>5.2303794649475321E-3</v>
       </c>
       <c r="F270" s="9">
         <v>1.1384287430461937E-2</v>
       </c>
       <c r="G270" s="9">
-        <v>7.1058797518948058E-3</v>
+        <v>7.1059243436728536E-3</v>
       </c>
     </row>
     <row r="271" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A271" s="5">
         <v>41426</v>
       </c>
       <c r="B271" s="6">
         <v>168940.66020150101</v>
       </c>
       <c r="C271" s="7">
         <v>337.01855290755901</v>
       </c>
       <c r="D271" s="7">
-        <v>332.81495597598303</v>
+        <v>332.81494269263999</v>
       </c>
       <c r="E271" s="12">
-        <v>4.108211160729347E-3</v>
+        <v>4.1080813875475908E-3</v>
       </c>
       <c r="F271" s="9">
         <v>1.9322940798092159E-2</v>
       </c>
       <c r="G271" s="9">
-        <v>6.5276929095769987E-3</v>
+        <v>6.5277090241420144E-3</v>
       </c>
     </row>
     <row r="272" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A272" s="5">
         <v>41456</v>
       </c>
       <c r="B272" s="6">
         <v>170825.447604805</v>
       </c>
       <c r="C272" s="7">
         <v>340.778502243866</v>
       </c>
       <c r="D272" s="7">
-        <v>337.08304178866001</v>
+        <v>337.08301849485798</v>
       </c>
       <c r="E272" s="12">
-        <v>1.2824200763937421E-2</v>
+        <v>1.2824171197624468E-2</v>
       </c>
       <c r="F272" s="9">
         <v>3.9151209465674963E-2</v>
       </c>
       <c r="G272" s="9">
-        <v>1.2432892094644377E-2</v>
+        <v>1.2432865078662036E-2</v>
       </c>
     </row>
     <row r="273" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A273" s="5">
         <v>41487</v>
       </c>
       <c r="B273" s="6">
         <v>170513.951011909</v>
       </c>
       <c r="C273" s="7">
         <v>340.15709984820597</v>
       </c>
       <c r="D273" s="7">
-        <v>338.56557051016199</v>
+        <v>338.56554988740697</v>
       </c>
       <c r="E273" s="12">
-        <v>4.3981112595734562E-3</v>
+        <v>4.3981194875042373E-3</v>
       </c>
       <c r="F273" s="9">
         <v>3.5119454382885884E-2</v>
       </c>
       <c r="G273" s="9">
-        <v>1.7370681507253405E-2</v>
+        <v>1.7370577795977837E-2</v>
       </c>
     </row>
     <row r="274" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A274" s="5">
         <v>41518</v>
       </c>
       <c r="B274" s="6">
         <v>172126.764587043</v>
       </c>
       <c r="C274" s="7">
         <v>343.37449047846201</v>
       </c>
       <c r="D274" s="7">
-        <v>342.70020975285598</v>
+        <v>342.70019881112302</v>
       </c>
       <c r="E274" s="12">
-        <v>1.2212225940351207E-2</v>
+        <v>1.2212255278456485E-2</v>
       </c>
       <c r="F274" s="9">
         <v>4.9787072360033768E-2</v>
       </c>
       <c r="G274" s="9">
-        <v>2.4498969526438596E-2</v>
+        <v>2.4498887752189002E-2</v>
       </c>
     </row>
     <row r="275" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A275" s="5">
         <v>41548</v>
       </c>
       <c r="B275" s="6">
         <v>173677.94069001701</v>
       </c>
       <c r="C275" s="7">
         <v>346.46892094242099</v>
       </c>
       <c r="D275" s="7">
-        <v>346.11713762683303</v>
+        <v>346.117135183914</v>
       </c>
       <c r="E275" s="12">
-        <v>9.9706033925139881E-3</v>
+        <v>9.9706285104148584E-3</v>
       </c>
       <c r="F275" s="9">
         <v>5.8022448356207734E-2</v>
       </c>
       <c r="G275" s="9">
-        <v>2.5996515788754726E-2</v>
+        <v>2.5996488967121367E-2</v>
       </c>
     </row>
     <row r="276" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A276" s="5">
         <v>41579</v>
       </c>
       <c r="B276" s="6">
         <v>174566.47626291701</v>
       </c>
       <c r="C276" s="7">
         <v>348.24145440256302</v>
       </c>
       <c r="D276" s="7">
-        <v>349.111108104751</v>
+        <v>349.11110908148498</v>
       </c>
       <c r="E276" s="12">
-        <v>8.6501653701582804E-3</v>
+        <v>8.6501753112573354E-3</v>
       </c>
       <c r="F276" s="9">
         <v>6.5386381680930583E-2</v>
       </c>
       <c r="G276" s="9">
-        <v>2.9217602039943724E-2</v>
+        <v>2.9217648113228245E-2</v>
       </c>
     </row>
     <row r="277" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A277" s="5">
         <v>41609</v>
       </c>
       <c r="B277" s="6">
         <v>175825.596076785</v>
       </c>
       <c r="C277" s="7">
         <v>350.75326379824702</v>
       </c>
       <c r="D277" s="7">
-        <v>353.64130076271101</v>
+        <v>353.64130448225399</v>
       </c>
       <c r="E277" s="12">
-        <v>1.297636354956877E-2</v>
+        <v>1.297637136981411E-2</v>
       </c>
       <c r="F277" s="9">
         <v>8.3589435378069732E-2</v>
       </c>
       <c r="G277" s="9">
-        <v>2.9970795646551363E-2</v>
+        <v>2.9970853343674664E-2</v>
       </c>
     </row>
     <row r="278" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A278" s="5">
         <v>41640</v>
       </c>
       <c r="B278" s="6">
         <v>176490.99683756201</v>
       </c>
       <c r="C278" s="7">
         <v>352.08066716717599</v>
       </c>
       <c r="D278" s="7">
-        <v>356.61386869110299</v>
+        <v>356.613880907679</v>
       </c>
       <c r="E278" s="12">
-        <v>8.4056017268936412E-3</v>
+        <v>8.4056256657489836E-3</v>
       </c>
       <c r="F278" s="9">
         <v>8.7803809447023262E-2</v>
       </c>
       <c r="G278" s="9">
-        <v>3.11309046625039E-2</v>
+        <v>3.1130955256048143E-2</v>
       </c>
     </row>
     <row r="279" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A279" s="5">
         <v>41671</v>
       </c>
       <c r="B279" s="6">
         <v>177845.97205375199</v>
       </c>
       <c r="C279" s="7">
         <v>354.78369784103103</v>
       </c>
       <c r="D279" s="7">
-        <v>359.76228452128203</v>
+        <v>359.76230485927903</v>
       </c>
       <c r="E279" s="12">
-        <v>8.8286410221083411E-3</v>
+        <v>8.8286634933738561E-3</v>
       </c>
       <c r="F279" s="9">
         <v>9.3511104139718304E-2</v>
       </c>
       <c r="G279" s="9">
-        <v>3.0916387657643707E-2</v>
+        <v>3.0916434930306824E-2</v>
       </c>
     </row>
     <row r="280" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A280" s="5">
         <v>41699</v>
       </c>
       <c r="B280" s="6">
         <v>180264.310179047</v>
       </c>
       <c r="C280" s="7">
         <v>359.60802381712199</v>
       </c>
       <c r="D280" s="7">
-        <v>361.34275900547101</v>
+        <v>361.34278674860201</v>
       </c>
       <c r="E280" s="12">
-        <v>4.3931077608427849E-3</v>
+        <v>4.3931280958997565E-3</v>
       </c>
       <c r="F280" s="9">
         <v>9.4963618206969302E-2</v>
       </c>
       <c r="G280" s="9">
-        <v>2.7505199116502288E-2</v>
+        <v>2.7505254397320655E-2</v>
       </c>
     </row>
     <row r="281" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A281" s="5">
         <v>41730</v>
       </c>
       <c r="B281" s="6">
         <v>183576.51362076899</v>
       </c>
       <c r="C281" s="7">
         <v>366.21551552180301</v>
       </c>
       <c r="D281" s="7">
-        <v>365.47718686323799</v>
+        <v>365.47723923770798</v>
       </c>
       <c r="E281" s="12">
-        <v>1.1441845048026478E-2</v>
+        <v>1.144191233567482E-2</v>
       </c>
       <c r="F281" s="9">
         <v>0.10864704382784973</v>
       </c>
       <c r="G281" s="9">
-        <v>2.5690786471085802E-2</v>
+        <v>2.5690864921986911E-2</v>
       </c>
     </row>
     <row r="282" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A282" s="5">
         <v>41760</v>
       </c>
       <c r="B282" s="6">
         <v>186511.60564797101</v>
       </c>
       <c r="C282" s="7">
         <v>372.07071027763197</v>
       </c>
       <c r="D282" s="7">
-        <v>368.511686685759</v>
+        <v>368.51173399235</v>
       </c>
       <c r="E282" s="12">
-        <v>8.3028433281022718E-3</v>
+        <v>8.3028282717994006E-3</v>
       </c>
       <c r="F282" s="9">
         <v>0.11077280008342183</v>
       </c>
       <c r="G282" s="9">
-        <v>2.3657724914047273E-2</v>
+        <v>2.365780929763317E-2</v>
       </c>
     </row>
     <row r="283" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A283" s="5">
         <v>41791</v>
       </c>
       <c r="B283" s="6">
         <v>188902.937514285</v>
       </c>
       <c r="C283" s="7">
         <v>376.84116165473398</v>
       </c>
       <c r="D283" s="7">
-        <v>372.56869725379602</v>
+        <v>372.56863719474597</v>
       </c>
       <c r="E283" s="12">
-        <v>1.1009177495900024E-2</v>
+        <v>1.1008884733315405E-2</v>
       </c>
       <c r="F283" s="9">
         <v>0.11816147331834848</v>
       </c>
       <c r="G283" s="9">
-        <v>2.6758979784060166E-2</v>
+        <v>2.675895910223236E-2</v>
       </c>
     </row>
     <row r="284" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A284" s="5">
         <v>41821</v>
       </c>
       <c r="B284" s="6">
         <v>188948.54738364599</v>
       </c>
       <c r="C284" s="7">
         <v>376.932148467216</v>
       </c>
       <c r="D284" s="7">
-        <v>373.10266652805302</v>
+        <v>373.10258283585898</v>
       </c>
       <c r="E284" s="12">
-        <v>1.4332102460374863E-3</v>
+        <v>1.4331470440811511E-3</v>
       </c>
       <c r="F284" s="9">
         <v>0.10609133494423872</v>
       </c>
       <c r="G284" s="9">
-        <v>2.5401501428668594E-2</v>
+        <v>2.5401317869661044E-2</v>
       </c>
     </row>
     <row r="285" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A285" s="5">
         <v>41852</v>
       </c>
       <c r="B285" s="6">
         <v>189305.83419945501</v>
       </c>
       <c r="C285" s="7">
         <v>377.64489746140902</v>
       </c>
       <c r="D285" s="7">
-        <v>375.85222653760201</v>
+        <v>375.85215281375503</v>
       </c>
       <c r="E285" s="12">
-        <v>7.3694461503996944E-3</v>
+        <v>7.3694745209138546E-3</v>
       </c>
       <c r="F285" s="9">
         <v>0.11020730606514428</v>
       </c>
       <c r="G285" s="9">
-        <v>2.3912354018207127E-2</v>
+        <v>2.3912036355277833E-2</v>
       </c>
     </row>
     <row r="286" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A286" s="5">
         <v>41883</v>
       </c>
       <c r="B286" s="6">
         <v>188374.454370135</v>
       </c>
       <c r="C286" s="7">
         <v>375.78689429088598</v>
       </c>
       <c r="D286" s="7">
-        <v>375.26054406529101</v>
+        <v>375.26050020371099</v>
       </c>
       <c r="E286" s="12">
-        <v>-1.5742422966644742E-3</v>
+        <v>-1.5741631532897316E-3</v>
       </c>
       <c r="F286" s="9">
         <v>9.4393744180763628E-2</v>
       </c>
       <c r="G286" s="9">
-        <v>1.5957476406168958E-2</v>
+        <v>1.5957258132942798E-2</v>
       </c>
     </row>
     <row r="287" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A287" s="5">
         <v>41913</v>
       </c>
       <c r="B287" s="6">
         <v>189333.241018264</v>
       </c>
       <c r="C287" s="7">
         <v>377.69957113442399</v>
       </c>
       <c r="D287" s="7">
-        <v>377.20853674516098</v>
+        <v>377.20851462396001</v>
       </c>
       <c r="E287" s="12">
-        <v>5.1910404935378018E-3</v>
+        <v>5.19109903438153E-3</v>
       </c>
       <c r="F287" s="9">
         <v>9.0139831610446697E-2</v>
       </c>
       <c r="G287" s="9">
-        <v>1.2689348374588905E-2</v>
+        <v>1.2689310644560248E-2</v>
       </c>
     </row>
     <row r="288" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A288" s="5">
         <v>41944</v>
       </c>
       <c r="B288" s="6">
         <v>189387.811604521</v>
       </c>
       <c r="C288" s="7">
         <v>377.80843361897797</v>
       </c>
       <c r="D288" s="7">
-        <v>378.99948498891598</v>
+        <v>378.99955550718499</v>
       </c>
       <c r="E288" s="12">
-        <v>4.7478995550012115E-3</v>
+        <v>4.7481454256419475E-3</v>
       </c>
       <c r="F288" s="9">
         <v>8.4903674857261136E-2</v>
       </c>
       <c r="G288" s="9">
-        <v>8.8673796661595805E-3</v>
+        <v>8.8675793401196135E-3</v>
       </c>
     </row>
     <row r="289" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A289" s="5">
         <v>41974</v>
       </c>
       <c r="B289" s="6">
         <v>188558.57053476901</v>
       </c>
       <c r="C289" s="7">
         <v>376.15418635247602</v>
       </c>
       <c r="D289" s="7">
-        <v>378.74559879126599</v>
+        <v>378.74558233903798</v>
       </c>
       <c r="E289" s="12">
-        <v>-6.6988533680312212E-4</v>
+        <v>-6.7011468603739299E-4</v>
       </c>
       <c r="F289" s="9">
         <v>7.2418207258192702E-2</v>
       </c>
       <c r="G289" s="9">
-        <v>9.5517131678970468E-3</v>
+        <v>9.5519223315874147E-3</v>
       </c>
     </row>
     <row r="290" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A290" s="5">
         <v>42005</v>
       </c>
       <c r="B290" s="6">
         <v>188445.792871243</v>
       </c>
       <c r="C290" s="7">
         <v>375.929206972636</v>
       </c>
       <c r="D290" s="7">
-        <v>380.26868826081699</v>
+        <v>380.268755507631</v>
       </c>
       <c r="E290" s="12">
-        <v>4.0214050655948963E-3</v>
+        <v>4.0216262304269002E-3</v>
       </c>
       <c r="F290" s="9">
         <v>6.7736010606160857E-2</v>
       </c>
       <c r="G290" s="9">
-        <v>8.5901636615597354E-3</v>
+        <v>8.5903960595625772E-3</v>
       </c>
     </row>
     <row r="291" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A291" s="5">
         <v>42036</v>
       </c>
       <c r="B291" s="6">
         <v>187963.55379874399</v>
       </c>
       <c r="C291" s="7">
         <v>374.96719158702399</v>
       </c>
       <c r="D291" s="7">
-        <v>379.92387230889398</v>
+        <v>379.92395290853301</v>
       </c>
       <c r="E291" s="12">
-        <v>-9.0676924650312518E-4</v>
+        <v>-9.0673397197127414E-4</v>
       </c>
       <c r="F291" s="9">
         <v>5.688957488412183E-2</v>
       </c>
       <c r="G291" s="9">
-        <v>6.6016801415351711E-3</v>
+        <v>6.6017922337298085E-3</v>
       </c>
     </row>
     <row r="292" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A292" s="5">
         <v>42064</v>
       </c>
       <c r="B292" s="6">
         <v>189453.67528215001</v>
       </c>
       <c r="C292" s="7">
         <v>377.93982461329</v>
       </c>
       <c r="D292" s="7">
-        <v>379.78978346626297</v>
+        <v>379.78987843644097</v>
       </c>
       <c r="E292" s="12">
-        <v>-3.529360811578286E-4</v>
+        <v>-3.5289818150607832E-4</v>
       </c>
       <c r="F292" s="9">
         <v>5.0977173984000368E-2</v>
       </c>
       <c r="G292" s="9">
-        <v>4.4307744560549978E-3</v>
+        <v>4.430960129056194E-3</v>
       </c>
     </row>
     <row r="293" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A293" s="5">
         <v>42095</v>
       </c>
       <c r="B293" s="6">
         <v>193048.401177427</v>
       </c>
       <c r="C293" s="7">
         <v>385.11091840374098</v>
       </c>
       <c r="D293" s="7">
-        <v>384.23949599433399</v>
+        <v>384.23963872224601</v>
       </c>
       <c r="E293" s="12">
-        <v>1.1716251257365196E-2</v>
+        <v>1.1716374075381619E-2</v>
       </c>
       <c r="F293" s="9">
         <v>5.1596401793667424E-2</v>
       </c>
       <c r="G293" s="9">
-        <v>5.219075440396459E-3</v>
+        <v>5.2192479793558011E-3</v>
       </c>
     </row>
     <row r="294" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A294" s="5">
         <v>42125</v>
       </c>
       <c r="B294" s="6">
         <v>195166.06198020099</v>
       </c>
       <c r="C294" s="7">
         <v>389.33542527170698</v>
       </c>
       <c r="D294" s="7">
-        <v>386.16533575469202</v>
+        <v>386.16544830209199</v>
       </c>
       <c r="E294" s="12">
-        <v>5.0120817366114956E-3</v>
+        <v>5.0120013287804355E-3</v>
       </c>
       <c r="F294" s="9">
         <v>4.6401704077142725E-2</v>
       </c>
       <c r="G294" s="9">
-        <v>9.8832897658180929E-3</v>
+        <v>9.8834807793783952E-3</v>
       </c>
     </row>
     <row r="295" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A295" s="5">
         <v>42156</v>
       </c>
       <c r="B295" s="6">
         <v>195055.29116402101</v>
       </c>
       <c r="C295" s="7">
         <v>389.11444933773799</v>
       </c>
       <c r="D295" s="7">
-        <v>385.01499643479099</v>
+        <v>385.01497673355999</v>
       </c>
       <c r="E295" s="12">
-        <v>-2.9788777329091687E-3</v>
+        <v>-2.9792193309641224E-3</v>
       </c>
       <c r="F295" s="9">
         <v>3.2568861716462116E-2</v>
       </c>
       <c r="G295" s="9">
-        <v>1.3541862493403833E-2</v>
+        <v>1.3541853255771619E-2</v>
       </c>
     </row>
     <row r="296" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A296" s="5">
         <v>42186</v>
       </c>
       <c r="B296" s="6">
         <v>195621.33553679599</v>
       </c>
       <c r="C296" s="7">
         <v>390.24364733641102</v>
       </c>
       <c r="D296" s="7">
-        <v>386.42825573937898</v>
+        <v>386.42760087955099</v>
       </c>
       <c r="E296" s="12">
-        <v>3.6706604097884732E-3</v>
+        <v>3.6690108992007975E-3</v>
       </c>
       <c r="F296" s="9">
         <v>3.5315371541869922E-2</v>
       </c>
       <c r="G296" s="9">
-        <v>1.1937058906869247E-2</v>
+        <v>1.1936286051198008E-2</v>
       </c>
     </row>
     <row r="297" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A297" s="5">
         <v>42217</v>
       </c>
       <c r="B297" s="6">
         <v>195279.05678235801</v>
       </c>
       <c r="C297" s="7">
         <v>389.56083781989702</v>
       </c>
       <c r="D297" s="7">
-        <v>387.708360561473</v>
+        <v>387.708318273239</v>
       </c>
       <c r="E297" s="12">
-        <v>3.3126584380966939E-3</v>
+        <v>3.3142492688744696E-3</v>
       </c>
       <c r="F297" s="9">
         <v>3.1553293685652628E-2</v>
       </c>
       <c r="G297" s="9">
-        <v>7.7873756335380406E-3</v>
+        <v>7.786445510986173E-3</v>
       </c>
     </row>
     <row r="298" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A298" s="5">
         <v>42248</v>
       </c>
       <c r="B298" s="6">
         <v>195585.01130345199</v>
       </c>
       <c r="C298" s="7">
         <v>390.17118437490501</v>
       </c>
       <c r="D298" s="7">
-        <v>389.61517631598599</v>
+        <v>389.61515305194803</v>
       </c>
       <c r="E298" s="12">
-        <v>4.9181703271798938E-3</v>
+        <v>4.9182199319364184E-3</v>
       </c>
       <c r="F298" s="9">
         <v>3.8277785368652451E-2</v>
       </c>
       <c r="G298" s="9">
-        <v>7.2112008378093506E-3</v>
+        <v>7.2103719747989015E-3</v>
       </c>
     </row>
     <row r="299" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A299" s="5">
         <v>42278</v>
       </c>
       <c r="B299" s="6">
         <v>196807.127979121</v>
       </c>
       <c r="C299" s="7">
         <v>392.60917646648898</v>
       </c>
       <c r="D299" s="7">
-        <v>392.10613876988401</v>
+        <v>392.10611897776897</v>
       </c>
       <c r="E299" s="12">
-        <v>6.3933917499090498E-3</v>
+        <v>6.3934010428203791E-3</v>
       </c>
       <c r="F299" s="9">
         <v>3.9474774322046047E-2</v>
       </c>
       <c r="G299" s="9">
-        <v>1.0211644800969033E-2</v>
+        <v>1.0212061529555339E-2</v>
       </c>
     </row>
     <row r="300" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A300" s="5">
         <v>42309</v>
       </c>
       <c r="B300" s="6">
         <v>196305.11469686401</v>
       </c>
       <c r="C300" s="7">
         <v>391.60771364679198</v>
       </c>
       <c r="D300" s="7">
-        <v>393.05083472783701</v>
+        <v>393.05099441529302</v>
       </c>
       <c r="E300" s="12">
-        <v>2.4092863246587548E-3</v>
+        <v>2.4097441784058926E-3</v>
       </c>
       <c r="F300" s="9">
         <v>3.652454206919753E-2</v>
       </c>
       <c r="G300" s="9">
-        <v>1.3475836039427813E-2</v>
+        <v>1.3476563417323728E-2</v>
       </c>
     </row>
     <row r="301" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A301" s="5">
         <v>42339</v>
       </c>
       <c r="B301" s="6">
         <v>196999.272686657</v>
       </c>
       <c r="C301" s="7">
         <v>392.99248461270503</v>
       </c>
       <c r="D301" s="7">
-        <v>395.32791171088797</v>
+        <v>395.32790747236402</v>
       </c>
       <c r="E301" s="12">
-        <v>5.7933396442924057E-3</v>
+        <v>5.7929202302571259E-3</v>
       </c>
       <c r="F301" s="9">
         <v>4.47643516173728E-2</v>
       </c>
       <c r="G301" s="9">
-        <v>1.4378575137697247E-2</v>
+        <v>1.4379319650366096E-2</v>
       </c>
     </row>
     <row r="302" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A302" s="5">
         <v>42370</v>
       </c>
       <c r="B302" s="6">
         <v>196828.535309859</v>
       </c>
       <c r="C302" s="7">
         <v>392.65188180230302</v>
       </c>
       <c r="D302" s="7">
-        <v>396.74409551271901</v>
+        <v>396.74425135672698</v>
       </c>
       <c r="E302" s="12">
-        <v>3.5823015777007861E-3</v>
+        <v>3.5827065521853996E-3</v>
       </c>
       <c r="F302" s="9">
         <v>4.4483574352562227E-2</v>
       </c>
       <c r="G302" s="9">
-        <v>1.3419504080409261E-2</v>
+        <v>1.341984423137621E-2</v>
       </c>
     </row>
     <row r="303" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A303" s="5">
         <v>42401</v>
       </c>
       <c r="B303" s="6">
         <v>196929.73676572001</v>
       </c>
       <c r="C303" s="7">
         <v>392.85376788565202</v>
       </c>
       <c r="D303" s="7">
-        <v>397.82138368590199</v>
+        <v>397.82156645758897</v>
       </c>
       <c r="E303" s="12">
-        <v>2.7153225098177636E-3</v>
+        <v>2.7153893148494923E-3</v>
       </c>
       <c r="F303" s="9">
         <v>4.7701710176093703E-2</v>
       </c>
       <c r="G303" s="9">
-        <v>1.2871637362359856E-2</v>
+        <v>1.2871821436021058E-2</v>
       </c>
     </row>
     <row r="304" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A304" s="5">
         <v>42430</v>
       </c>
       <c r="B304" s="6">
         <v>200250.96391954401</v>
       </c>
       <c r="C304" s="7">
         <v>399.47926093110402</v>
       </c>
       <c r="D304" s="7">
-        <v>401.27380845808699</v>
+        <v>401.27408232357101</v>
       </c>
       <c r="E304" s="12">
-        <v>8.6783288022316274E-3</v>
+        <v>8.6785537966809212E-3</v>
       </c>
       <c r="F304" s="9">
         <v>5.699170850770563E-2</v>
       </c>
       <c r="G304" s="9">
-        <v>1.30068606896101E-2</v>
+        <v>1.3007263117327916E-2</v>
       </c>
     </row>
     <row r="305" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A305" s="5">
         <v>42461</v>
       </c>
       <c r="B305" s="6">
         <v>202435.776789361</v>
       </c>
       <c r="C305" s="7">
         <v>403.83772899250198</v>
       </c>
       <c r="D305" s="7">
-        <v>402.802984775276</v>
+        <v>402.80333143443897</v>
       </c>
       <c r="E305" s="12">
-        <v>3.8108052032226336E-3</v>
+        <v>3.8109840087674485E-3</v>
       </c>
       <c r="F305" s="9">
         <v>4.8627057021344289E-2</v>
       </c>
       <c r="G305" s="9">
-        <v>1.4154933458373042E-2</v>
+        <v>1.4155344889929422E-2</v>
       </c>
     </row>
     <row r="306" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A306" s="5">
         <v>42491</v>
       </c>
       <c r="B306" s="6">
         <v>204367.87236619199</v>
       </c>
       <c r="C306" s="7">
         <v>407.69205307650799</v>
       </c>
       <c r="D306" s="7">
-        <v>405.12250767637698</v>
+        <v>405.12270539646698</v>
       </c>
       <c r="E306" s="12">
-        <v>5.7584550978315718E-3</v>
+        <v>5.7580803857018026E-3</v>
       </c>
       <c r="F306" s="9">
         <v>4.7148619450671392E-2</v>
       </c>
       <c r="G306" s="9">
-        <v>1.6224907330121718E-2</v>
+        <v>1.6225309418406608E-2</v>
       </c>
     </row>
     <row r="307" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A307" s="5">
         <v>42522</v>
       </c>
       <c r="B307" s="6">
         <v>204967.696929867</v>
       </c>
       <c r="C307" s="7">
         <v>408.88863894403801</v>
       </c>
       <c r="D307" s="7">
-        <v>404.90534375259602</v>
+        <v>404.90525953573501</v>
       </c>
       <c r="E307" s="12">
-        <v>-5.360450719623655E-4</v>
+        <v>-5.3674074011522688E-4</v>
       </c>
       <c r="F307" s="9">
         <v>5.0818440795388442E-2</v>
       </c>
       <c r="G307" s="9">
-        <v>1.4208889708613448E-2</v>
+        <v>1.4208755057256939E-2</v>
       </c>
     </row>
     <row r="308" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A308" s="5">
         <v>42552</v>
       </c>
       <c r="B308" s="6">
         <v>205715.26054683101</v>
       </c>
       <c r="C308" s="7">
         <v>410.37994842569202</v>
       </c>
       <c r="D308" s="7">
-        <v>406.28561541433999</v>
+        <v>406.28415191757398</v>
       </c>
       <c r="E308" s="12">
-        <v>3.4088748964185012E-3</v>
+        <v>3.4054691791853831E-3</v>
       </c>
       <c r="F308" s="9">
         <v>5.1599305271771589E-2</v>
       </c>
       <c r="G308" s="9">
-        <v>1.1993769689374156E-2</v>
+        <v>1.1991970100175608E-2</v>
       </c>
     </row>
     <row r="309" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A309" s="5">
         <v>42583</v>
       </c>
       <c r="B309" s="6">
         <v>206144.96182541799</v>
       </c>
       <c r="C309" s="7">
         <v>411.237156530118</v>
       </c>
       <c r="D309" s="7">
-        <v>409.47054283111498</v>
+        <v>409.47038092521501</v>
       </c>
       <c r="E309" s="12">
-        <v>7.8391340868095849E-3</v>
+        <v>7.8423659712119065E-3</v>
       </c>
       <c r="F309" s="9">
         <v>5.5642961524388301E-2</v>
       </c>
       <c r="G309" s="9">
-        <v>9.4791661553950135E-3</v>
+        <v>9.4770692150281111E-3</v>
       </c>
     </row>
     <row r="310" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A310" s="5">
         <v>42614</v>
       </c>
       <c r="B310" s="6">
         <v>206014.691687518</v>
       </c>
       <c r="C310" s="7">
         <v>410.97728153430899</v>
       </c>
       <c r="D310" s="7">
-        <v>410.311740681527</v>
+        <v>410.311683860654</v>
       </c>
       <c r="E310" s="12">
-        <v>2.0543549838674124E-3</v>
+        <v>2.0546124326210613E-3</v>
       </c>
       <c r="F310" s="9">
         <v>5.3325560658041615E-2</v>
       </c>
       <c r="G310" s="9">
-        <v>1.0914187145967258E-2</v>
+        <v>1.0912416571414951E-2</v>
       </c>
     </row>
     <row r="311" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A311" s="5">
         <v>42644</v>
       </c>
       <c r="B311" s="6">
         <v>205904.19166213501</v>
       </c>
       <c r="C311" s="7">
         <v>410.75684579902497</v>
       </c>
       <c r="D311" s="7">
-        <v>410.28578341329001</v>
+        <v>410.28579856710002</v>
       </c>
       <c r="E311" s="12">
-        <v>-6.3262309272116291E-5</v>
+        <v>-6.3086903376530223E-5</v>
       </c>
       <c r="F311" s="9">
         <v>4.6223242910077511E-2</v>
       </c>
       <c r="G311" s="9">
-        <v>1.1308433604961809E-2</v>
+        <v>1.1309388694425104E-2</v>
       </c>
     </row>
     <row r="312" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A312" s="5">
         <v>42675</v>
       </c>
       <c r="B312" s="6">
         <v>204947.43003848099</v>
       </c>
       <c r="C312" s="7">
         <v>408.848208662785</v>
       </c>
       <c r="D312" s="7">
-        <v>410.37552883260997</v>
+        <v>410.37582914964003</v>
       </c>
       <c r="E312" s="12">
-        <v>2.1873879853528955E-4</v>
+        <v>2.1943382601707917E-4</v>
       </c>
       <c r="F312" s="9">
         <v>4.4024911704223957E-2</v>
       </c>
       <c r="G312" s="9">
-        <v>8.4475105608701195E-3</v>
+        <v>8.4491348558091151E-3</v>
       </c>
     </row>
     <row r="313" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A313" s="5">
         <v>42705</v>
       </c>
       <c r="B313" s="6">
         <v>205897.846021356</v>
       </c>
       <c r="C313" s="7">
         <v>410.74418692418601</v>
       </c>
       <c r="D313" s="7">
-        <v>412.94575394914801</v>
+        <v>412.945768092143</v>
       </c>
       <c r="E313" s="12">
-        <v>6.2631052193817816E-3</v>
+        <v>6.2624032897558024E-3</v>
       </c>
       <c r="F313" s="9">
         <v>4.5170589786151627E-2</v>
       </c>
       <c r="G313" s="9">
-        <v>6.1490617890445076E-3</v>
+        <v>6.1507111138876525E-3</v>
       </c>
     </row>
     <row r="314" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A314" s="5">
         <v>42736</v>
       </c>
       <c r="B314" s="6">
         <v>205239.61915463099</v>
       </c>
       <c r="C314" s="7">
         <v>409.43109470681202</v>
       </c>
       <c r="D314" s="7">
-        <v>413.36178211961902</v>
+        <v>413.36213546889502</v>
       </c>
       <c r="E314" s="12">
-        <v>1.007464458690821E-3</v>
+        <v>1.0082858547642015E-3</v>
       </c>
       <c r="F314" s="9">
         <v>4.2733051036177638E-2</v>
       </c>
       <c r="G314" s="9">
-        <v>5.3777495354194738E-3</v>
+        <v>5.3784588272025591E-3</v>
       </c>
     </row>
     <row r="315" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A315" s="5">
         <v>42767</v>
       </c>
       <c r="B315" s="6">
         <v>205846.249065682</v>
       </c>
       <c r="C315" s="7">
         <v>410.64125651468601</v>
       </c>
       <c r="D315" s="7">
-        <v>415.51238041560498</v>
+        <v>415.51291039854601</v>
       </c>
       <c r="E315" s="12">
-        <v>5.202702303435558E-3</v>
+        <v>5.2031251658095634E-3</v>
       </c>
       <c r="F315" s="9">
         <v>4.5277632755736708E-2</v>
       </c>
       <c r="G315" s="9">
-        <v>8.8116173876833237E-3</v>
+        <v>8.8121344956615388E-3</v>
       </c>
     </row>
     <row r="316" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A316" s="5">
         <v>42795</v>
       </c>
       <c r="B316" s="6">
         <v>207308.06796590099</v>
       </c>
       <c r="C316" s="7">
         <v>413.55742891378401</v>
       </c>
       <c r="D316" s="7">
-        <v>415.120794448737</v>
+        <v>415.12150776089902</v>
       </c>
       <c r="E316" s="12">
-        <v>-9.4241708628828302E-4</v>
+        <v>-9.4197467239121035E-4</v>
       </c>
       <c r="F316" s="9">
         <v>3.5241298759456585E-2</v>
       </c>
       <c r="G316" s="9">
-        <v>8.4207452061324517E-3</v>
+        <v>8.4217700499800152E-3</v>
       </c>
     </row>
     <row r="317" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A317" s="5">
         <v>42826</v>
       </c>
       <c r="B317" s="6">
         <v>207698.65022601999</v>
       </c>
       <c r="C317" s="7">
         <v>414.33659875921597</v>
       </c>
       <c r="D317" s="7">
-        <v>413.216133264093</v>
+        <v>413.21687932048201</v>
       </c>
       <c r="E317" s="12">
-        <v>-4.588209528682663E-3</v>
+        <v>-4.5881227660071744E-3</v>
       </c>
       <c r="F317" s="9">
         <v>2.5997743680132857E-2</v>
       </c>
       <c r="G317" s="9">
-        <v>5.7947290057129841E-3</v>
+        <v>5.7957944943112238E-3</v>
       </c>
     </row>
     <row r="318" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A318" s="5">
         <v>42856</v>
       </c>
       <c r="B318" s="6">
         <v>208710.62581069101</v>
       </c>
       <c r="C318" s="7">
         <v>416.35538184386201</v>
       </c>
       <c r="D318" s="7">
-        <v>414.454565067266</v>
+        <v>414.455046505018</v>
       </c>
       <c r="E318" s="12">
-        <v>2.9970557862548652E-3</v>
+        <v>2.996409988314408E-3</v>
       </c>
       <c r="F318" s="9">
         <v>2.1249687606072154E-2</v>
       </c>
       <c r="G318" s="9">
-        <v>7.8238099005090156E-4</v>
+        <v>7.8322058696511654E-4</v>
       </c>
     </row>
     <row r="319" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A319" s="5">
         <v>42887</v>
       </c>
       <c r="B319" s="6">
         <v>211301.439696902</v>
       </c>
       <c r="C319" s="7">
         <v>421.52377852079098</v>
       </c>
       <c r="D319" s="7">
-        <v>417.78337375422097</v>
+        <v>417.78330948485598</v>
       </c>
       <c r="E319" s="12">
-        <v>8.0317819310657956E-3</v>
+        <v>8.0304559153139277E-3</v>
       </c>
       <c r="F319" s="9">
         <v>3.0901175462794583E-2</v>
       </c>
       <c r="G319" s="9">
-        <v>1.1729268623055233E-3</v>
+        <v>1.1725769478712067E-3</v>
       </c>
     </row>
     <row r="320" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A320" s="5">
         <v>42917</v>
       </c>
       <c r="B320" s="6">
         <v>211671.32828275501</v>
       </c>
       <c r="C320" s="7">
         <v>422.26166669876102</v>
       </c>
       <c r="D320" s="7">
-        <v>418.239944379696</v>
+        <v>418.235415084593</v>
       </c>
       <c r="E320" s="12">
-        <v>1.0928405823626974E-3</v>
+        <v>1.0821533303819741E-3</v>
       </c>
       <c r="F320" s="9">
         <v>2.8952969848185628E-2</v>
       </c>
       <c r="G320" s="9">
-        <v>5.3290820917217818E-3</v>
+        <v>5.324168257055728E-3</v>
       </c>
     </row>
     <row r="321" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A321" s="5">
         <v>42948</v>
       </c>
       <c r="B321" s="6">
         <v>210495.20677415901</v>
       </c>
       <c r="C321" s="7">
         <v>419.915430047396</v>
       </c>
       <c r="D321" s="7">
-        <v>418.12147558763201</v>
+        <v>418.12112627141403</v>
       </c>
       <c r="E321" s="12">
-        <v>-2.8325556574870792E-4</v>
+        <v>-2.7326431253038574E-4</v>
       </c>
       <c r="F321" s="9">
         <v>2.1102843893052725E-2</v>
       </c>
       <c r="G321" s="9">
-        <v>9.1353223830459296E-3</v>
+        <v>9.1297692342331427E-3</v>
       </c>
     </row>
     <row r="322" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A322" s="5">
         <v>42979</v>
       </c>
       <c r="B322" s="6">
         <v>210800.82756864</v>
       </c>
       <c r="C322" s="7">
         <v>420.52511085349499</v>
       </c>
       <c r="D322" s="7">
-        <v>419.68518196147801</v>
+        <v>419.68533807377003</v>
       </c>
       <c r="E322" s="12">
-        <v>3.7398374997321682E-3</v>
+        <v>3.7410494329832567E-3</v>
       </c>
       <c r="F322" s="9">
         <v>2.3232012444923678E-2</v>
       </c>
       <c r="G322" s="9">
-        <v>8.5049542015533941E-3</v>
+        <v>8.5002204971125206E-3</v>
       </c>
     </row>
     <row r="323" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A323" s="5">
         <v>43009</v>
       </c>
       <c r="B323" s="6">
         <v>211084.86940068501</v>
       </c>
       <c r="C323" s="7">
         <v>421.09174393689199</v>
       </c>
       <c r="D323" s="7">
-        <v>420.68572111029903</v>
+        <v>420.68643503790298</v>
       </c>
       <c r="E323" s="12">
-        <v>2.3840230530531858E-3</v>
+        <v>2.3853512937279664E-3</v>
       </c>
       <c r="F323" s="9">
         <v>2.5160622990380244E-2</v>
       </c>
       <c r="G323" s="9">
-        <v>6.4091461079738288E-3</v>
+        <v>6.4128720602667499E-3</v>
       </c>
     </row>
     <row r="324" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A324" s="5">
         <v>43040</v>
       </c>
       <c r="B324" s="6">
         <v>209987.64737891301</v>
       </c>
       <c r="C324" s="7">
         <v>418.90290332531401</v>
       </c>
       <c r="D324" s="7">
-        <v>420.22141935459399</v>
+        <v>420.22266291955498</v>
       </c>
       <c r="E324" s="12">
-        <v>-1.1036784288271928E-3</v>
+        <v>-1.1024175721430218E-3</v>
       </c>
       <c r="F324" s="9">
         <v>2.4592732582624732E-2</v>
       </c>
       <c r="G324" s="9">
-        <v>5.1409763347098902E-3</v>
+        <v>5.1466231505501447E-3</v>
       </c>
     </row>
     <row r="325" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A325" s="5">
         <v>43070</v>
       </c>
       <c r="B325" s="6">
         <v>211155.64055025901</v>
       </c>
       <c r="C325" s="7">
         <v>421.23292481299598</v>
       </c>
       <c r="D325" s="7">
-        <v>423.37341877601102</v>
+        <v>423.37419774106303</v>
       </c>
       <c r="E325" s="12">
-        <v>7.5008061851251639E-3</v>
+        <v>7.499678383865227E-3</v>
       </c>
       <c r="F325" s="9">
         <v>2.5535937507366269E-2</v>
       </c>
       <c r="G325" s="9">
-        <v>6.5554552669093713E-3</v>
+        <v>6.5614183760220879E-3</v>
       </c>
     </row>
     <row r="326" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A326" s="5">
         <v>43101</v>
       </c>
       <c r="B326" s="6">
         <v>211755.92556151599</v>
       </c>
       <c r="C326" s="7">
         <v>422.43042922421802</v>
       </c>
       <c r="D326" s="7">
-        <v>426.34628182095901</v>
+        <v>426.34706927780502</v>
       </c>
       <c r="E326" s="12">
-        <v>7.021846231023865E-3</v>
+        <v>7.0218533689674345E-3</v>
       </c>
       <c r="F326" s="9">
         <v>3.1749749067580435E-2</v>
       </c>
       <c r="G326" s="9">
-        <v>9.0971876240921734E-3</v>
+        <v>9.0990029112991699E-3</v>
       </c>
     </row>
     <row r="327" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A327" s="5">
         <v>43132</v>
       </c>
       <c r="B327" s="6">
         <v>210402.40293547101</v>
       </c>
       <c r="C327" s="7">
         <v>419.73029631238302</v>
       </c>
       <c r="D327" s="7">
-        <v>424.448014606171</v>
+        <v>424.44867818491798</v>
       </c>
       <c r="E327" s="12">
-        <v>-4.4524071059804937E-3</v>
+        <v>-4.4526894393873695E-3</v>
       </c>
       <c r="F327" s="9">
         <v>2.2133771640093336E-2</v>
       </c>
       <c r="G327" s="9">
-        <v>1.0769058747430948E-2</v>
+        <v>1.0769133025287925E-2</v>
       </c>
     </row>
     <row r="328" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A328" s="5">
         <v>43160</v>
       </c>
       <c r="B328" s="6">
         <v>211625.33325334601</v>
       </c>
       <c r="C328" s="7">
         <v>422.16991153316701</v>
       </c>
       <c r="D328" s="7">
-        <v>423.476975710619</v>
+        <v>423.47740132699897</v>
       </c>
       <c r="E328" s="12">
-        <v>-2.2877687305310479E-3</v>
+        <v>-2.2883257925846445E-3</v>
       </c>
       <c r="F328" s="9">
         <v>2.0825360680870375E-2</v>
       </c>
       <c r="G328" s="9">
-        <v>7.9022910095554177E-3</v>
+        <v>7.9015938320070589E-3</v>
       </c>
     </row>
     <row r="329" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A329" s="5">
         <v>43191</v>
       </c>
       <c r="B329" s="6">
         <v>212999.76818443101</v>
       </c>
       <c r="C329" s="7">
         <v>424.911762257482</v>
       </c>
       <c r="D329" s="7">
-        <v>423.73689514700197</v>
+        <v>423.73755040605101</v>
       </c>
       <c r="E329" s="12">
-        <v>6.1377465905154693E-4</v>
+        <v>6.1431632062736163E-4</v>
       </c>
       <c r="F329" s="9">
         <v>2.5523121852944364E-2</v>
       </c>
       <c r="G329" s="9">
-        <v>1.354996294862465E-3</v>
+        <v>1.3541542575257193E-3</v>
       </c>
     </row>
     <row r="330" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A330" s="5">
         <v>43221</v>
       </c>
       <c r="B330" s="6">
         <v>213617.76619466199</v>
       </c>
       <c r="C330" s="7">
         <v>426.14460220767199</v>
       </c>
       <c r="D330" s="7">
-        <v>424.83561798138697</v>
+        <v>424.83724627399499</v>
       </c>
       <c r="E330" s="12">
-        <v>2.5929364352468287E-3</v>
+        <v>2.5952287374346739E-3</v>
       </c>
       <c r="F330" s="9">
         <v>2.3511694073600431E-2</v>
       </c>
       <c r="G330" s="9">
-        <v>-1.66243920549769E-3</v>
+        <v>-1.6620602335762902E-3</v>
       </c>
     </row>
     <row r="331" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A331" s="5">
         <v>43252</v>
       </c>
       <c r="B331" s="6">
         <v>215443.830489924</v>
       </c>
       <c r="C331" s="7">
         <v>429.78740522247801</v>
       </c>
       <c r="D331" s="7">
-        <v>426.22679348125399</v>
+        <v>426.22631317691003</v>
       </c>
       <c r="E331" s="12">
-        <v>3.2746206791163246E-3</v>
+        <v>3.2696448230415953E-3</v>
       </c>
       <c r="F331" s="9">
         <v>1.960417685257454E-2</v>
       </c>
       <c r="G331" s="9">
-        <v>4.1438152412243134E-4</v>
+        <v>4.14323308731257E-4</v>
       </c>
     </row>
     <row r="332" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A332" s="5">
         <v>43282</v>
       </c>
       <c r="B332" s="6">
         <v>217010.33801695899</v>
       </c>
       <c r="C332" s="7">
         <v>432.91242023810798</v>
       </c>
       <c r="D332" s="7">
-        <v>428.99106348934902</v>
+        <v>428.98130972176699</v>
       </c>
       <c r="E332" s="12">
-        <v>6.4854440180015516E-3</v>
+        <v>6.4636941917601831E-3</v>
       </c>
       <c r="F332" s="9">
         <v>2.5223112537338555E-2</v>
       </c>
       <c r="G332" s="9">
-        <v>6.5989156269614657E-3</v>
+        <v>6.5907674462974963E-3</v>
       </c>
     </row>
     <row r="333" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A333" s="5">
         <v>43313</v>
       </c>
       <c r="B333" s="6">
         <v>214744.76977857799</v>
       </c>
       <c r="C333" s="7">
         <v>428.39285385129699</v>
       </c>
       <c r="D333" s="7">
-        <v>426.47797826284</v>
+        <v>426.47707516637001</v>
       </c>
       <c r="E333" s="12">
-        <v>-5.8581295518558285E-3</v>
+        <v>-5.8376309145524719E-3</v>
       </c>
       <c r="F333" s="9">
         <v>2.0188407468008762E-2</v>
       </c>
       <c r="G333" s="9">
-        <v>7.5833106172928932E-3</v>
+        <v>7.572409428711957E-3</v>
       </c>
     </row>
     <row r="334" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A334" s="5">
         <v>43344</v>
       </c>
       <c r="B334" s="6">
         <v>214921.64793340201</v>
       </c>
       <c r="C334" s="7">
         <v>428.74570685724899</v>
       </c>
       <c r="D334" s="7">
-        <v>427.76393892477603</v>
+        <v>427.76466271836699</v>
       </c>
       <c r="E334" s="12">
-        <v>3.0153037846738506E-3</v>
+        <v>3.0191248884707811E-3</v>
       </c>
       <c r="F334" s="9">
         <v>1.954840695974025E-2</v>
       </c>
       <c r="G334" s="9">
-        <v>6.6156876800880227E-3</v>
+        <v>6.6064719307414865E-3</v>
       </c>
     </row>
     <row r="335" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A335" s="5">
         <v>43374</v>
       </c>
       <c r="B335" s="6">
         <v>214534.277225592</v>
       </c>
       <c r="C335" s="7">
         <v>427.97294371527198</v>
       </c>
       <c r="D335" s="7">
-        <v>427.64824789292499</v>
+        <v>427.65078956101502</v>
       </c>
       <c r="E335" s="12">
-        <v>-2.7045531734593009E-4</v>
+        <v>-2.6620515268449552E-4</v>
       </c>
       <c r="F335" s="9">
         <v>1.6341331497136347E-2</v>
       </c>
       <c r="G335" s="9">
-        <v>1.4348542185864677E-3</v>
+        <v>1.4434324277039501E-3</v>
       </c>
     </row>
     <row r="336" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A336" s="5">
         <v>43405</v>
       </c>
       <c r="B336" s="6">
         <v>214044.09637325999</v>
       </c>
       <c r="C336" s="7">
         <v>426.99508532807999</v>
       </c>
       <c r="D336" s="7">
-        <v>428.05823336628998</v>
+        <v>428.06212329168198</v>
       </c>
       <c r="E336" s="12">
-        <v>9.5869789104718883E-4</v>
+        <v>9.6184489940775997E-4</v>
       </c>
       <c r="F336" s="9">
         <v>1.9317560080221563E-2</v>
       </c>
       <c r="G336" s="9">
-        <v>1.3845601286710529E-3</v>
+        <v>1.398844433988744E-3</v>
       </c>
     </row>
     <row r="337" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A337" s="5">
         <v>43435</v>
       </c>
       <c r="B337" s="6">
         <v>212281.46199801401</v>
       </c>
       <c r="C337" s="7">
         <v>423.478818221381</v>
       </c>
       <c r="D337" s="7">
-        <v>425.55019006137701</v>
+        <v>425.55305938450198</v>
       </c>
       <c r="E337" s="12">
-        <v>-5.859117076640441E-3</v>
+        <v>-5.8614480718032214E-3</v>
       </c>
       <c r="F337" s="9">
         <v>5.331713824084483E-3</v>
       </c>
       <c r="G337" s="9">
-        <v>-1.5401017477983947E-3</v>
+        <v>-1.5251248588119548E-3</v>
       </c>
     </row>
     <row r="338" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A338" s="5">
         <v>43466</v>
       </c>
       <c r="B338" s="6">
         <v>211966.181814154</v>
       </c>
       <c r="C338" s="7">
         <v>422.84986796631398</v>
       </c>
       <c r="D338" s="7">
-        <v>426.91186402176697</v>
+        <v>426.91316703150102</v>
       </c>
       <c r="E338" s="12">
-        <v>3.199796386399445E-3</v>
+        <v>3.1960941579558533E-3</v>
       </c>
       <c r="F338" s="9">
         <v>9.9291791755207193E-4</v>
       </c>
       <c r="G338" s="9">
-        <v>-1.0686388494298704E-3</v>
+        <v>-1.0641904128929625E-3</v>
       </c>
     </row>
     <row r="339" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A339" s="5">
         <v>43497</v>
       </c>
       <c r="B339" s="6">
         <v>211303.68138071301</v>
       </c>
       <c r="C339" s="7">
         <v>421.52825044029902</v>
       </c>
       <c r="D339" s="7">
-        <v>426.06255167913901</v>
+        <v>426.06254537322297</v>
       </c>
       <c r="E339" s="12">
-        <v>-1.9894325133692492E-3</v>
+        <v>-1.992493377969029E-3</v>
       </c>
       <c r="F339" s="9">
         <v>4.2835938785268368E-3</v>
       </c>
       <c r="G339" s="9">
-        <v>-3.8534697363721282E-3</v>
+        <v>-3.8557773630255587E-3</v>
       </c>
     </row>
     <row r="340" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A340" s="5">
         <v>43525</v>
       </c>
       <c r="B340" s="6">
         <v>213102.32025742001</v>
       </c>
       <c r="C340" s="7">
         <v>425.11634267758501</v>
       </c>
       <c r="D340" s="7">
-        <v>426.16790986082901</v>
+        <v>426.16710426926801</v>
       </c>
       <c r="E340" s="12">
-        <v>2.472833654936224E-4</v>
+        <v>2.4540738720291166E-4</v>
       </c>
       <c r="F340" s="9">
         <v>6.9792542384596867E-3</v>
       </c>
       <c r="G340" s="9">
-        <v>-1.6502124876177637E-3</v>
+        <v>-1.6570763676020395E-3</v>
       </c>
     </row>
     <row r="341" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A341" s="5">
         <v>43556</v>
       </c>
       <c r="B341" s="6">
         <v>214919.60426368</v>
       </c>
       <c r="C341" s="7">
         <v>428.741629954676</v>
       </c>
       <c r="D341" s="7">
-        <v>427.59716789342701</v>
+        <v>427.59714761978603</v>
       </c>
       <c r="E341" s="12">
-        <v>3.3537439106214872E-3</v>
+        <v>3.355592996719059E-3</v>
       </c>
       <c r="F341" s="9">
         <v>9.0133247355794754E-3</v>
       </c>
       <c r="G341" s="9">
-        <v>-5.4091920512910896E-4</v>
+        <v>-5.478617053407131E-4</v>
       </c>
     </row>
     <row r="342" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A342" s="5">
         <v>43586</v>
       </c>
       <c r="B342" s="6">
         <v>214945.63646867801</v>
       </c>
       <c r="C342" s="7">
         <v>428.79356142012</v>
       </c>
       <c r="D342" s="7">
-        <v>427.78404610795099</v>
+        <v>427.78639339270501</v>
       </c>
       <c r="E342" s="12">
-        <v>4.3704268539634938E-4</v>
+        <v>4.4257959617466369E-4</v>
       </c>
       <c r="F342" s="9">
         <v>6.2161041081474355E-3</v>
       </c>
       <c r="G342" s="9">
-        <v>2.3656315148670171E-3</v>
+        <v>2.3635553295402456E-3</v>
       </c>
     </row>
     <row r="343" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A343" s="5">
         <v>43617</v>
       </c>
       <c r="B343" s="6">
         <v>216515.32544817499</v>
       </c>
       <c r="C343" s="7">
         <v>431.924923093232</v>
       </c>
       <c r="D343" s="7">
-        <v>428.4416283338</v>
+        <v>428.44051571404498</v>
       </c>
       <c r="E343" s="12">
-        <v>1.5371826785777198E-3</v>
+        <v>1.5290863184129755E-3</v>
       </c>
       <c r="F343" s="9">
         <v>4.9734306887088131E-3</v>
       </c>
       <c r="G343" s="9">
-        <v>3.6591055427606101E-3</v>
+        <v>3.6596695783479571E-3</v>
       </c>
     </row>
     <row r="344" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A344" s="5">
         <v>43647</v>
       </c>
       <c r="B344" s="6">
         <v>217662.93988095401</v>
       </c>
       <c r="C344" s="7">
         <v>434.214291176497</v>
       </c>
       <c r="D344" s="7">
-        <v>430.73079079692201</v>
+        <v>430.71662800019101</v>
       </c>
       <c r="E344" s="12">
-        <v>5.3429972993626063E-3</v>
+        <v>5.3125514573537647E-3</v>
       </c>
       <c r="F344" s="9">
         <v>3.0072385949864167E-3</v>
       </c>
       <c r="G344" s="9">
-        <v>5.5701530747809258E-3</v>
+        <v>5.5607054484931862E-3</v>
       </c>
     </row>
     <row r="345" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A345" s="5">
         <v>43678</v>
       </c>
       <c r="B345" s="6">
         <v>216095.84508176299</v>
       </c>
       <c r="C345" s="7">
         <v>431.08810461570999</v>
       </c>
       <c r="D345" s="7">
-        <v>428.76400289219299</v>
+        <v>428.757850303086</v>
       </c>
       <c r="E345" s="12">
-        <v>-4.5661651006888571E-3</v>
+        <v>-4.5477178492030479E-3</v>
       </c>
       <c r="F345" s="9">
         <v>6.2915399736069855E-3</v>
       </c>
       <c r="G345" s="9">
-        <v>4.9840447328763915E-3</v>
+        <v>4.9661312715141293E-3</v>
       </c>
     </row>
     <row r="346" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A346" s="5">
         <v>43709</v>
       </c>
       <c r="B346" s="6">
         <v>215351.81899453801</v>
       </c>
       <c r="C346" s="7">
         <v>429.60385212762998</v>
       </c>
       <c r="D346" s="7">
-        <v>428.42210123292898</v>
+        <v>428.42394307486899</v>
       </c>
       <c r="E346" s="12">
-        <v>-7.974122290065333E-4</v>
+        <v>-7.7877810979087858E-4</v>
       </c>
       <c r="F346" s="9">
         <v>2.0015250453964128E-3</v>
       </c>
       <c r="G346" s="9">
-        <v>3.1889544661933833E-3</v>
+        <v>3.1736160654276535E-3</v>
       </c>
     </row>
     <row r="347" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A347" s="5">
         <v>43739</v>
       </c>
       <c r="B347" s="6">
         <v>215368.452940655</v>
       </c>
       <c r="C347" s="7">
         <v>429.63703507152701</v>
       </c>
       <c r="D347" s="7">
-        <v>429.40871492261903</v>
+        <v>429.40989470849001</v>
       </c>
       <c r="E347" s="12">
-        <v>2.3029010101269787E-3</v>
+        <v>2.3013457804077486E-3</v>
       </c>
       <c r="F347" s="9">
         <v>3.8883097183874948E-3</v>
       </c>
       <c r="G347" s="9">
-        <v>-2.8100887691240306E-4</v>
+        <v>-2.7339895679245885E-4</v>
       </c>
     </row>
     <row r="348" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A348" s="5">
         <v>43770</v>
       </c>
       <c r="B348" s="6">
         <v>215734.00010430301</v>
       </c>
       <c r="C348" s="7">
         <v>430.36626257641097</v>
       </c>
       <c r="D348" s="7">
-        <v>431.16898258864302</v>
+        <v>431.19088601567898</v>
       </c>
       <c r="E348" s="12">
-        <v>4.0992825828911617E-3</v>
+        <v>4.1475320646675584E-3</v>
       </c>
       <c r="F348" s="9">
         <v>7.8951195556284937E-3</v>
       </c>
       <c r="G348" s="9">
-        <v>8.2564379971961088E-4</v>
+        <v>8.6164831287072197E-4</v>
       </c>
     </row>
     <row r="349" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A349" s="5">
         <v>43800</v>
       </c>
       <c r="B349" s="6">
         <v>215281.593136685</v>
       </c>
       <c r="C349" s="7">
         <v>429.46375905020102</v>
       </c>
       <c r="D349" s="7">
-        <v>431.63045444493503</v>
+        <v>431.63241714688399</v>
       </c>
       <c r="E349" s="12">
-        <v>1.070280736618523E-3</v>
+        <v>1.0239806673209007E-3</v>
       </c>
       <c r="F349" s="9">
         <v>1.4132798551665271E-2</v>
       </c>
       <c r="G349" s="9">
-        <v>3.3319362849206779E-3</v>
+        <v>3.3657751426301452E-3</v>
       </c>
     </row>
     <row r="350" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A350" s="5">
         <v>43831</v>
       </c>
       <c r="B350" s="6">
         <v>215897.39116111901</v>
       </c>
       <c r="C350" s="7">
         <v>430.69221026396298</v>
       </c>
       <c r="D350" s="7">
-        <v>435.215584049575</v>
+        <v>435.21745413713899</v>
       </c>
       <c r="E350" s="12">
-        <v>8.3060163334636172E-3</v>
+        <v>8.305763996949711E-3</v>
       </c>
       <c r="F350" s="9">
         <v>1.8546398832679278E-2</v>
       </c>
       <c r="G350" s="9">
-        <v>8.8763003443961264E-3</v>
+        <v>8.8987588830804487E-3</v>
       </c>
     </row>
     <row r="351" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A351" s="5">
         <v>43862</v>
       </c>
       <c r="B351" s="6">
         <v>216092.12877452199</v>
       </c>
       <c r="C351" s="7">
         <v>431.08069098013499</v>
       </c>
       <c r="D351" s="7">
-        <v>435.73170224131798</v>
+        <v>435.73345873569701</v>
       </c>
       <c r="E351" s="12">
-        <v>1.1858908795052692E-3</v>
+        <v>1.1856247805619446E-3</v>
       </c>
       <c r="F351" s="9">
         <v>2.2661448028354236E-2</v>
       </c>
       <c r="G351" s="9">
-        <v>1.0533703732820809E-2</v>
+        <v>1.0518499738873865E-2</v>
       </c>
     </row>
     <row r="352" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A352" s="5">
         <v>43891</v>
       </c>
       <c r="B352" s="6">
         <v>219583.11302532599</v>
       </c>
       <c r="C352" s="7">
         <v>438.04483128256902</v>
       </c>
       <c r="D352" s="7">
-        <v>439.12893705079102</v>
+        <v>439.116322355953</v>
       </c>
       <c r="E352" s="12">
-        <v>7.7966207003032917E-3</v>
+        <v>7.7636076652720654E-3</v>
       </c>
       <c r="F352" s="9">
         <v>3.0411648076275499E-2</v>
       </c>
       <c r="G352" s="9">
-        <v>1.3827548880911644E-2</v>
+        <v>1.3800943503941232E-2</v>
       </c>
     </row>
     <row r="353" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A353" s="5">
         <v>43922</v>
       </c>
       <c r="B353" s="6">
         <v>222914.90928335799</v>
       </c>
       <c r="C353" s="7">
         <v>444.69140856080003</v>
       </c>
       <c r="D353" s="7">
-        <v>443.39844046560199</v>
+        <v>443.39909716919198</v>
       </c>
       <c r="E353" s="12">
-        <v>9.7226646995416388E-3</v>
+        <v>9.7531669746662164E-3</v>
       </c>
       <c r="F353" s="9">
         <v>3.7201376054408763E-2</v>
       </c>
       <c r="G353" s="9">
-        <v>1.559616672052444E-2</v>
+        <v>1.5568171374817918E-2</v>
       </c>
     </row>
     <row r="354" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A354" s="5">
         <v>43952</v>
       </c>
       <c r="B354" s="6">
         <v>218902.13135770601</v>
       </c>
       <c r="C354" s="7">
         <v>436.686345670496</v>
       </c>
       <c r="D354" s="7">
-        <v>435.53644904414898</v>
+        <v>435.53913300647702</v>
       </c>
       <c r="E354" s="12">
-        <v>-1.7731211262712931E-2</v>
+        <v>-1.7726612915758277E-2</v>
       </c>
       <c r="F354" s="9">
         <v>1.8406956075170289E-2</v>
       </c>
       <c r="G354" s="9">
-        <v>1.1888799678064554E-2</v>
+        <v>1.187733802156643E-2</v>
       </c>
     </row>
     <row r="355" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A355" s="5">
         <v>43983</v>
       </c>
       <c r="B355" s="6">
         <v>216402.62311997401</v>
       </c>
       <c r="C355" s="7">
         <v>431.70009399930899</v>
       </c>
       <c r="D355" s="7">
-        <v>428.06404914239198</v>
+        <v>428.05994954250099</v>
       </c>
       <c r="E355" s="12">
-        <v>-1.7156772798594289E-2</v>
+        <v>-1.7172242164207097E-2</v>
       </c>
       <c r="F355" s="9">
         <v>-5.2052817955694497E-4</v>
       </c>
       <c r="G355" s="9">
-        <v>-2.3489356074959389E-3</v>
+        <v>-2.3426702295038515E-3</v>
       </c>
     </row>
     <row r="356" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A356" s="5">
         <v>44013</v>
       </c>
       <c r="B356" s="6">
         <v>220936.30486623201</v>
       </c>
       <c r="C356" s="7">
         <v>440.74430431342199</v>
       </c>
       <c r="D356" s="7">
-        <v>437.50096837265198</v>
+        <v>437.48126440861802</v>
       </c>
       <c r="E356" s="12">
-        <v>2.2045577639996816E-2</v>
+        <v>2.2009335085392268E-2</v>
       </c>
       <c r="F356" s="9">
         <v>1.5038687739254319E-2</v>
       </c>
       <c r="G356" s="9">
-        <v>-1.3015357498369351E-2</v>
+        <v>-1.3023740498756431E-2</v>
       </c>
     </row>
     <row r="357" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A357" s="5">
         <v>44044</v>
       </c>
       <c r="B357" s="6">
         <v>224122.94552839501</v>
       </c>
       <c r="C357" s="7">
         <v>447.10131169884102</v>
       </c>
       <c r="D357" s="7">
-        <v>444.31842594776901</v>
+        <v>444.30362123784801</v>
       </c>
       <c r="E357" s="12">
-        <v>1.558272568052943E-2</v>
+        <v>1.559462629434516E-2</v>
       </c>
       <c r="F357" s="9">
         <v>3.7146019367446659E-2</v>
       </c>
       <c r="G357" s="9">
-        <v>-6.2063634043244553E-3</v>
+        <v>-6.2286627870495881E-3</v>
       </c>
     </row>
     <row r="358" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A358" s="5">
         <v>44075</v>
       </c>
       <c r="B358" s="6">
         <v>226128.844268229</v>
       </c>
       <c r="C358" s="7">
         <v>451.10286520154199</v>
       </c>
       <c r="D358" s="7">
-        <v>449.93355422393103</v>
+        <v>449.93583614960801</v>
       </c>
       <c r="E358" s="12">
-        <v>1.2637621913123454E-2</v>
+        <v>1.2676500128602219E-2</v>
       </c>
       <c r="F358" s="9">
         <v>5.0043808889136621E-2</v>
       </c>
       <c r="G358" s="9">
-        <v>1.8939579184155342E-2</v>
+        <v>1.8915513779242721E-2</v>
       </c>
     </row>
     <row r="359" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A359" s="5">
         <v>44105</v>
       </c>
       <c r="B359" s="6">
         <v>227825.629987839</v>
       </c>
       <c r="C359" s="7">
         <v>454.48777128119701</v>
       </c>
       <c r="D359" s="7">
-        <v>454.29249845375398</v>
+        <v>454.29601333598998</v>
       </c>
       <c r="E359" s="12">
-        <v>9.6879732327175283E-3</v>
+        <v>9.6906643927161529E-3</v>
       </c>
       <c r="F359" s="9">
         <v>5.7841233834817762E-2</v>
       </c>
       <c r="G359" s="9">
-        <v>3.6463729605751505E-2</v>
+        <v>3.6473630453966566E-2</v>
       </c>
     </row>
     <row r="360" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A360" s="5">
         <v>44136</v>
       </c>
       <c r="B360" s="6">
         <v>229721.22571022599</v>
       </c>
       <c r="C360" s="7">
         <v>458.269282058383</v>
       </c>
       <c r="D360" s="7">
-        <v>459.072837335597</v>
+        <v>459.12379666919202</v>
       </c>
       <c r="E360" s="12">
-        <v>1.0522601403530896E-2</v>
+        <v>1.0626955094213963E-2</v>
       </c>
       <c r="F360" s="9">
         <v>6.4835517809711751E-2</v>
       </c>
       <c r="G360" s="9">
-        <v>4.0778778308136809E-2</v>
+        <v>4.0852786168449784E-2</v>
       </c>
     </row>
     <row r="361" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A361" s="5">
         <v>44166</v>
       </c>
       <c r="B361" s="6">
         <v>230920.01094136501</v>
       </c>
       <c r="C361" s="7">
         <v>460.660730412872</v>
       </c>
       <c r="D361" s="7">
-        <v>463.24574949854798</v>
+        <v>463.25617153954499</v>
       </c>
       <c r="E361" s="12">
-        <v>9.0898694576879713E-3</v>
+        <v>9.0005678214288842E-3</v>
       </c>
       <c r="F361" s="9">
         <v>7.2641685602682804E-2</v>
       </c>
       <c r="G361" s="9">
-        <v>3.3683527258248747E-2</v>
+        <v>3.3757272837222407E-2</v>
       </c>
     </row>
     <row r="362" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A362" s="5">
         <v>44197</v>
       </c>
       <c r="B362" s="6">
         <v>229747.56882904799</v>
       </c>
       <c r="C362" s="7">
         <v>458.32183376366203</v>
       </c>
       <c r="D362" s="7">
-        <v>463.59133725013203</v>
+        <v>463.59937955832498</v>
       </c>
       <c r="E362" s="12">
-        <v>7.4601386404116177E-4</v>
+        <v>7.408601112413038E-4</v>
       </c>
       <c r="F362" s="9">
         <v>6.4151667574311011E-2</v>
       </c>
       <c r="G362" s="9">
-        <v>2.770798149491438E-2</v>
+        <v>2.776632714268068E-2</v>
       </c>
     </row>
     <row r="363" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A363" s="5">
         <v>44228</v>
       </c>
       <c r="B363" s="6">
         <v>231068.11226931601</v>
       </c>
       <c r="C363" s="7">
         <v>460.95617672621398</v>
       </c>
       <c r="D363" s="7">
-        <v>465.74921133015403</v>
+        <v>465.751989265357</v>
       </c>
       <c r="E363" s="12">
-        <v>4.6546902554776004E-3</v>
+        <v>4.6432540722614046E-3</v>
       </c>
       <c r="F363" s="9">
         <v>6.9303697361512651E-2</v>
       </c>
       <c r="G363" s="9">
-        <v>2.1482749146276348E-2</v>
+        <v>2.1455805967385722E-2</v>
       </c>
     </row>
     <row r="364" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A364" s="5">
         <v>44256</v>
       </c>
       <c r="B364" s="6">
         <v>232133.72132141099</v>
       </c>
       <c r="C364" s="7">
         <v>463.08195284354298</v>
       </c>
       <c r="D364" s="7">
-        <v>464.14590903645802</v>
+        <v>464.11423410827598</v>
       </c>
       <c r="E364" s="12">
-        <v>-3.4424154774563842E-3</v>
+        <v>-3.5163674977841675E-3</v>
       </c>
       <c r="F364" s="9">
         <v>5.7156527763760456E-2</v>
       </c>
       <c r="G364" s="9">
-        <v>1.2258634634861876E-2</v>
+        <v>1.2195768366926707E-2</v>
       </c>
     </row>
     <row r="365" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A365" s="5">
         <v>44287</v>
       </c>
       <c r="B365" s="6">
         <v>238830.90985527899</v>
       </c>
       <c r="C365" s="7">
         <v>476.44212786322902</v>
       </c>
       <c r="D365" s="7">
-        <v>475.04887413236702</v>
+        <v>475.04317080952399</v>
       </c>
       <c r="E365" s="12">
-        <v>2.3490382837894508E-2</v>
+        <v>2.3547945523037628E-2</v>
       </c>
       <c r="F365" s="9">
         <v>7.1399443954150321E-2</v>
       </c>
       <c r="G365" s="9">
-        <v>1.3733988106967798E-2</v>
+        <v>1.3658245663323187E-2</v>
       </c>
     </row>
     <row r="366" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A366" s="5">
         <v>44317</v>
       </c>
       <c r="B366" s="6">
         <v>242831.93673505701</v>
       </c>
       <c r="C366" s="7">
         <v>484.42374867350998</v>
       </c>
       <c r="D366" s="7">
-        <v>482.675934614499</v>
+        <v>482.67135753696198</v>
       </c>
       <c r="E366" s="12">
-        <v>1.6055317457729146E-2</v>
+        <v>1.6057881043608724E-2</v>
       </c>
       <c r="F366" s="9">
         <v>0.10931737041083145</v>
       </c>
       <c r="G366" s="9">
-        <v>2.102880068896984E-2</v>
+        <v>2.0983099146449691E-2</v>
       </c>
     </row>
     <row r="367" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A367" s="5">
         <v>44348</v>
       </c>
       <c r="B367" s="6">
         <v>245432.45883467401</v>
       </c>
       <c r="C367" s="7">
         <v>489.611512198122</v>
       </c>
       <c r="D367" s="7">
-        <v>485.25643792895198</v>
+        <v>485.24117687817699</v>
       </c>
       <c r="E367" s="12">
-        <v>5.3462439897982161E-3</v>
+        <v>5.3241595986317503E-3</v>
       </c>
       <c r="F367" s="9">
         <v>0.13414733747754459</v>
       </c>
       <c r="G367" s="9">
-        <v>3.5518672455363554E-2</v>
+        <v>3.5515840641185736E-2</v>
       </c>
     </row>
     <row r="368" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A368" s="5">
         <v>44378</v>
       </c>
       <c r="B368" s="6">
         <v>244228.55658371301</v>
       </c>
       <c r="C368" s="7">
         <v>487.20985593622902</v>
       </c>
       <c r="D368" s="7">
-        <v>484.02351670606703</v>
+        <v>483.98953048674002</v>
       </c>
       <c r="E368" s="12">
-        <v>-2.5407622166683241E-3</v>
+        <v>-2.579431530294829E-3</v>
       </c>
       <c r="F368" s="9">
         <v>0.10542518909050824</v>
       </c>
       <c r="G368" s="9">
-        <v>3.3461757148052218E-2</v>
+        <v>3.3448897781799269E-2</v>
       </c>
     </row>
     <row r="369" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A369" s="5">
         <v>44409</v>
       </c>
       <c r="B369" s="6">
         <v>248857.16164557001</v>
       </c>
       <c r="C369" s="7">
         <v>496.44342811516498</v>
       </c>
       <c r="D369" s="7">
-        <v>493.14609245276898</v>
+        <v>493.113647911665</v>
       </c>
       <c r="E369" s="12">
-        <v>1.8847381236316796E-2</v>
+        <v>1.885189007239263E-2</v>
       </c>
       <c r="F369" s="9">
         <v>0.11036003501944514</v>
       </c>
       <c r="G369" s="9">
-        <v>2.8522515301313112E-2</v>
+        <v>2.8495409497744761E-2</v>
       </c>
     </row>
     <row r="370" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A370" s="5">
         <v>44440</v>
       </c>
       <c r="B370" s="6">
         <v>248742.14430932101</v>
       </c>
       <c r="C370" s="7">
         <v>496.21398082772401</v>
       </c>
       <c r="D370" s="7">
-        <v>494.97882803485697</v>
+        <v>494.98015182295501</v>
       </c>
       <c r="E370" s="12">
-        <v>3.7164150951141117E-3</v>
+        <v>3.7851394281920303E-3</v>
       </c>
       <c r="F370" s="9">
         <v>0.10000183795336226</v>
       </c>
       <c r="G370" s="9">
-        <v>2.021314593316248E-2</v>
+        <v>2.0186083946465816E-2</v>
       </c>
     </row>
     <row r="371" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A371" s="5">
         <v>44470</v>
       </c>
       <c r="B371" s="6">
         <v>250311.37787042599</v>
       </c>
       <c r="C371" s="7">
         <v>499.34443398983802</v>
       </c>
       <c r="D371" s="7">
-        <v>499.315603879501</v>
+        <v>499.32936157132798</v>
       </c>
       <c r="E371" s="12">
-        <v>8.761538067924457E-3</v>
+        <v>8.786634640510993E-3</v>
       </c>
       <c r="F371" s="9">
         <v>9.8697182945517881E-2</v>
       </c>
       <c r="G371" s="9">
-        <v>2.4439196383541528E-2</v>
+        <v>2.4465215156553644E-2</v>
       </c>
     </row>
     <row r="372" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A372" s="5">
         <v>44501</v>
       </c>
       <c r="B372" s="6">
         <v>252687.077182148</v>
       </c>
       <c r="C372" s="7">
         <v>504.08370009205902</v>
       </c>
       <c r="D372" s="7">
-        <v>505.078735157891</v>
+        <v>505.180917554487</v>
       </c>
       <c r="E372" s="12">
-        <v>1.154206124065138E-2</v>
+        <v>1.1718830162009475E-2</v>
       </c>
       <c r="F372" s="9">
         <v>9.99727012639684E-2</v>
       </c>
       <c r="G372" s="9">
-        <v>2.5264265538784692E-2</v>
+        <v>2.5401729447755317E-2</v>
       </c>
     </row>
     <row r="373" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A373" s="5">
         <v>44531</v>
       </c>
       <c r="B373" s="6">
         <v>254822.21309066599</v>
       </c>
       <c r="C373" s="7">
         <v>508.34306792743803</v>
       </c>
       <c r="D373" s="7">
-        <v>511.26117672132898</v>
+        <v>511.31904799944698</v>
       </c>
       <c r="E373" s="12">
-        <v>1.2240550102560421E-2</v>
+        <v>1.2150360854233933E-2</v>
       </c>
       <c r="F373" s="9">
         <v>0.10350857880121511</v>
       </c>
       <c r="G373" s="9">
-        <v>2.9553459057405806E-2</v>
+        <v>2.9717065607504534E-2</v>
       </c>
     </row>
     <row r="374" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A374" s="5">
         <v>44562</v>
       </c>
       <c r="B374" s="6">
         <v>255555.95695518199</v>
       </c>
       <c r="C374" s="7">
         <v>509.80680848065401</v>
       </c>
       <c r="D374" s="7">
-        <v>516.07084022436698</v>
+        <v>516.09512337854596</v>
       </c>
       <c r="E374" s="12">
-        <v>9.4074491121776127E-3</v>
+        <v>9.3406952034851276E-3</v>
       </c>
       <c r="F374" s="9">
         <v>0.11233367237647407</v>
       </c>
       <c r="G374" s="9">
-        <v>3.0233294709779202E-2</v>
+        <v>3.0369251200089709E-2</v>
       </c>
     </row>
     <row r="375" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A375" s="5">
         <v>44593</v>
       </c>
       <c r="B375" s="6">
         <v>260229.804328303</v>
       </c>
       <c r="C375" s="7">
         <v>519.13063423297001</v>
       </c>
       <c r="D375" s="7">
-        <v>524.07215630099097</v>
+        <v>524.07331073148498</v>
       </c>
       <c r="E375" s="12">
-        <v>1.5504297962553704E-2</v>
+        <v>1.545875361253346E-2</v>
       </c>
       <c r="F375" s="9">
         <v>0.12620387890215623</v>
       </c>
       <c r="G375" s="9">
-        <v>3.470183895316481E-2</v>
+        <v>3.4676480814757715E-2</v>
       </c>
     </row>
     <row r="376" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A376" s="5">
         <v>44621</v>
       </c>
       <c r="B376" s="6">
         <v>265312.48615130101</v>
       </c>
       <c r="C376" s="7">
         <v>529.27004099764895</v>
       </c>
       <c r="D376" s="7">
-        <v>530.57278555232006</v>
+        <v>530.50125877510902</v>
       </c>
       <c r="E376" s="12">
-        <v>1.2404072937612032E-2</v>
+        <v>1.2265360421907623E-2</v>
       </c>
       <c r="F376" s="9">
         <v>0.14292953492935689</v>
       </c>
       <c r="G376" s="9">
-        <v>3.6327691712581878E-2</v>
+        <v>3.617845675534026E-2</v>
       </c>
     </row>
     <row r="377" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A377" s="5">
         <v>44652</v>
       </c>
       <c r="B377" s="6">
         <v>267620.12814823899</v>
       </c>
       <c r="C377" s="7">
         <v>533.87354003399105</v>
       </c>
       <c r="D377" s="7">
-        <v>532.45654586195997</v>
+        <v>532.42466115951504</v>
       </c>
       <c r="E377" s="12">
-        <v>3.5504276904796406E-3</v>
+        <v>3.6256320839784806E-3</v>
       </c>
       <c r="F377" s="9">
         <v>0.12054226276826796</v>
       </c>
       <c r="G377" s="9">
-        <v>3.5689344737765971E-2</v>
+        <v>3.5498053025553977E-2</v>
       </c>
     </row>
     <row r="378" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A378" s="5">
         <v>44682</v>
       </c>
       <c r="B378" s="6">
         <v>269913.66759779298</v>
       </c>
       <c r="C378" s="7">
         <v>538.44890599623602</v>
       </c>
       <c r="D378" s="7">
-        <v>535.81929103449102</v>
+        <v>535.78774287260205</v>
       </c>
       <c r="E378" s="12">
-        <v>6.3155297810966182E-3</v>
+        <v>6.3165400824276574E-3</v>
       </c>
       <c r="F378" s="9">
         <v>0.11152458456188885</v>
       </c>
       <c r="G378" s="9">
-        <v>3.0581617621148416E-2</v>
+        <v>3.0439292125990836E-2</v>
       </c>
     </row>
     <row r="379" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A379" s="5">
         <v>44713</v>
       </c>
       <c r="B379" s="6">
         <v>271613.04481209</v>
       </c>
       <c r="C379" s="7">
         <v>541.838981830693</v>
       </c>
       <c r="D379" s="7">
-        <v>536.65565984540694</v>
+        <v>536.62146075806095</v>
       </c>
       <c r="E379" s="12">
-        <v>1.5609158253730993E-3</v>
+        <v>1.5560600191952823E-3</v>
       </c>
       <c r="F379" s="9">
         <v>0.10667124512267812</v>
       </c>
       <c r="G379" s="9">
-        <v>2.1783517460377766E-2</v>
+        <v>2.1751340883316317E-2</v>
       </c>
     </row>
     <row r="380" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A380" s="5">
         <v>44743</v>
       </c>
       <c r="B380" s="6">
         <v>271208.51544255298</v>
       </c>
       <c r="C380" s="7">
         <v>541.03198899328299</v>
       </c>
       <c r="D380" s="7">
-        <v>537.59070082943799</v>
+        <v>537.52090659960004</v>
       </c>
       <c r="E380" s="12">
-        <v>1.7423481274760899E-3</v>
+        <v>1.6761272280620965E-3</v>
       </c>
       <c r="F380" s="9">
         <v>0.11047012370804499</v>
       </c>
       <c r="G380" s="9">
-        <v>1.4469247349218506E-2</v>
+        <v>1.4449206477894272E-2</v>
       </c>
     </row>
     <row r="381" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A381" s="5">
         <v>44774</v>
       </c>
       <c r="B381" s="6">
         <v>273750.70741281001</v>
       </c>
       <c r="C381" s="7">
         <v>546.10339014684496</v>
       </c>
       <c r="D381" s="7">
-        <v>542.87388734151205</v>
+        <v>542.80974428422599</v>
       </c>
       <c r="E381" s="12">
-        <v>9.8275258554931799E-3</v>
+        <v>9.8393153079079365E-3</v>
       </c>
       <c r="F381" s="9">
         <v>0.100031462235733</v>
       </c>
       <c r="G381" s="9">
-        <v>1.1427989686479068E-2</v>
+        <v>1.1408202268463175E-2</v>
       </c>
     </row>
     <row r="382" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A382" s="5">
         <v>44805</v>
       </c>
       <c r="B382" s="6">
         <v>272259.454247054</v>
       </c>
       <c r="C382" s="7">
         <v>543.12849953529803</v>
       </c>
       <c r="D382" s="7">
-        <v>542.18589464997206</v>
+        <v>542.18412065447296</v>
       </c>
       <c r="E382" s="12">
-        <v>-1.2673158676117513E-3</v>
+        <v>-1.1525652152357679E-3</v>
       </c>
       <c r="F382" s="9">
         <v>9.4544935290450605E-2</v>
       </c>
       <c r="G382" s="9">
-        <v>1.1040337930332544E-2</v>
+        <v>1.1017281686308555E-2</v>
       </c>
     </row>
     <row r="383" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A383" s="5">
         <v>44835</v>
       </c>
       <c r="B383" s="6">
         <v>268282.02277825301</v>
       </c>
       <c r="C383" s="7">
         <v>535.19394904694605</v>
       </c>
       <c r="D383" s="7">
-        <v>535.41560103106997</v>
+        <v>535.45635254991498</v>
       </c>
       <c r="E383" s="12">
-        <v>-1.2487033848921691E-2</v>
+        <v>-1.240864099161898E-2</v>
       </c>
       <c r="F383" s="9">
         <v>7.1793160425690505E-2</v>
       </c>
       <c r="G383" s="9">
-        <v>6.4654079802066722E-3</v>
+        <v>6.5345117725925661E-3</v>
       </c>
     </row>
     <row r="384" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A384" s="5">
         <v>44866</v>
       </c>
       <c r="B384" s="6">
         <v>263787.66538461298</v>
       </c>
       <c r="C384" s="7">
         <v>526.22818661149995</v>
       </c>
       <c r="D384" s="7">
-        <v>527.37200381430102</v>
+        <v>527.53242977535206</v>
       </c>
       <c r="E384" s="12">
-        <v>-1.5023090849947351E-2</v>
+        <v>-1.4798447598629028E-2</v>
       </c>
       <c r="F384" s="9">
         <v>4.393017769746721E-2</v>
       </c>
       <c r="G384" s="9">
-        <v>-7.5113452669420822E-3</v>
+        <v>-7.2848222141755903E-3</v>
       </c>
     </row>
     <row r="385" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A385" s="5">
         <v>44896</v>
       </c>
       <c r="B385" s="6">
         <v>262068.20530313501</v>
       </c>
       <c r="C385" s="7">
         <v>522.79804760440197</v>
       </c>
       <c r="D385" s="7">
-        <v>525.85958346871405</v>
+        <v>526.02061715184595</v>
       </c>
       <c r="E385" s="12">
-        <v>-2.8678434476008263E-3</v>
+        <v>-2.8658193092506723E-3</v>
       </c>
       <c r="F385" s="9">
         <v>2.8435481053962652E-2</v>
       </c>
       <c r="G385" s="9">
-        <v>-2.0955402822007474E-2</v>
+        <v>-2.065027243445039E-2</v>
       </c>
     </row>
     <row r="386" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A386" s="5">
         <v>44927</v>
       </c>
       <c r="B386" s="6">
         <v>258296.853564825</v>
       </c>
       <c r="C386" s="7">
         <v>515.27460414304505</v>
       </c>
       <c r="D386" s="7">
-        <v>521.57651689602403</v>
+        <v>521.71011590977105</v>
       </c>
       <c r="E386" s="12">
-        <v>-8.1448864056783421E-3</v>
+        <v>-8.194548087134379E-3</v>
       </c>
       <c r="F386" s="9">
         <v>1.0725230756894799E-2</v>
       </c>
       <c r="G386" s="9">
-        <v>-2.8181408568105026E-2</v>
+        <v>-2.7885493897909619E-2</v>
       </c>
     </row>
     <row r="387" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A387" s="5">
         <v>44958</v>
       </c>
       <c r="B387" s="6">
         <v>257405.91599430301</v>
       </c>
       <c r="C387" s="7">
         <v>513.497278954482</v>
       </c>
       <c r="D387" s="7">
-        <v>517.55254927676901</v>
+        <v>517.49423019144297</v>
       </c>
       <c r="E387" s="12">
-        <v>-7.7150091863840142E-3</v>
+        <v>-8.0808970149568449E-3</v>
       </c>
       <c r="F387" s="9">
         <v>-1.0851517724072335E-2</v>
       </c>
       <c r="G387" s="9">
-        <v>-2.491309038212064E-2</v>
+        <v>-2.4887001052985247E-2</v>
       </c>
     </row>
     <row r="388" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A388" s="5">
         <v>44986</v>
       </c>
       <c r="B388" s="6">
         <v>257122.222225398</v>
       </c>
       <c r="C388" s="7">
         <v>512.93134021983303</v>
       </c>
       <c r="D388" s="7">
-        <v>514.049433895535</v>
+        <v>513.90854921024595</v>
       </c>
       <c r="E388" s="12">
-        <v>-6.7686177686290261E-3</v>
+        <v>-6.9289293909045035E-3</v>
       </c>
       <c r="F388" s="9">
         <v>-3.0870254335609526E-2</v>
       </c>
       <c r="G388" s="9">
-        <v>-2.2326346911170969E-2</v>
+        <v>-2.2590492024443298E-2</v>
       </c>
     </row>
     <row r="389" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A389" s="5">
         <v>45017</v>
       </c>
       <c r="B389" s="6">
         <v>260441.30473063199</v>
       </c>
       <c r="C389" s="7">
         <v>519.55255492066794</v>
       </c>
       <c r="D389" s="7">
-        <v>518.45883826863303</v>
+        <v>518.378845259473</v>
       </c>
       <c r="E389" s="12">
-        <v>8.5777827624144987E-3</v>
+        <v>8.6986216829760821E-3</v>
       </c>
       <c r="F389" s="9">
         <v>-2.6824676706044159E-2</v>
       </c>
       <c r="G389" s="9">
-        <v>-1.5714475098540737E-2</v>
+        <v>-1.6176051581067941E-2</v>
       </c>
     </row>
     <row r="390" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A390" s="5">
         <v>45047</v>
       </c>
       <c r="B390" s="6">
         <v>260735.96564923</v>
       </c>
       <c r="C390" s="7">
         <v>520.14037194627701</v>
       </c>
       <c r="D390" s="7">
-        <v>517.08701874935105</v>
+        <v>517.01434361797897</v>
       </c>
       <c r="E390" s="12">
-        <v>-2.645956473349198E-3</v>
+        <v>-2.6322479282715472E-3</v>
       </c>
       <c r="F390" s="9">
         <v>-3.4002360940978527E-2</v>
       </c>
       <c r="G390" s="9">
-        <v>-9.8360833041916118E-3</v>
+        <v>-1.0173122419583902E-2</v>
       </c>
     </row>
     <row r="391" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A391" s="5">
         <v>45078</v>
       </c>
       <c r="B391" s="6">
         <v>262239.27178684698</v>
       </c>
       <c r="C391" s="7">
         <v>523.13930694790702</v>
       </c>
       <c r="D391" s="7">
-        <v>518.13037087043301</v>
+        <v>518.06865332386201</v>
       </c>
       <c r="E391" s="12">
-        <v>2.0177495919457833E-3</v>
+        <v>2.0392271875964152E-3</v>
       </c>
       <c r="F391" s="9">
         <v>-3.4511497898519594E-2</v>
       </c>
       <c r="G391" s="9">
-        <v>3.2045757784260331E-4</v>
+        <v>2.2467580489959893E-4</v>
       </c>
     </row>
     <row r="392" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A392" s="5">
         <v>45108</v>
       </c>
       <c r="B392" s="6">
         <v>260827.70181327101</v>
       </c>
       <c r="C392" s="7">
         <v>520.32337578453496</v>
       </c>
       <c r="D392" s="7">
-        <v>517.11695639811796</v>
+        <v>517.01526135671304</v>
       </c>
       <c r="E392" s="12">
-        <v>-1.9559063303171698E-3</v>
+        <v>-2.0333057412189603E-3</v>
       </c>
       <c r="F392" s="9">
         <v>-3.8276134554042329E-2</v>
       </c>
       <c r="G392" s="9">
-        <v>1.4667324956005867E-3</v>
+        <v>1.4948129468874694E-3</v>
       </c>
     </row>
     <row r="393" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A393" s="5">
         <v>45139</v>
       </c>
       <c r="B393" s="6">
         <v>259152.760488317</v>
       </c>
       <c r="C393" s="7">
         <v>516.98204693647699</v>
       </c>
       <c r="D393" s="7">
-        <v>514.66924558869698</v>
+        <v>514.580346309172</v>
       </c>
       <c r="E393" s="12">
-        <v>-4.7333795172180837E-3</v>
+        <v>-4.7095612635331685E-3</v>
       </c>
       <c r="F393" s="9">
         <v>-5.3325695712193588E-2</v>
       </c>
       <c r="G393" s="9">
-        <v>2.0733280851636948E-4</v>
+        <v>2.3399115429678652E-4</v>
       </c>
     </row>
     <row r="394" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A394" s="5">
         <v>45170</v>
       </c>
       <c r="B394" s="6">
         <v>257808.021672542</v>
       </c>
       <c r="C394" s="7">
         <v>514.29943678690904</v>
       </c>
       <c r="D394" s="7">
-        <v>513.70315221926796</v>
+        <v>513.70376357017904</v>
       </c>
       <c r="E394" s="12">
-        <v>-1.8771150165073358E-3</v>
+        <v>-1.7034905147083057E-3</v>
       </c>
       <c r="F394" s="9">
         <v>-5.3079635432600525E-2</v>
       </c>
       <c r="G394" s="9">
-        <v>-5.269356340388498E-3</v>
+        <v>-5.2543749344261537E-3</v>
       </c>
     </row>
     <row r="395" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A395" s="5">
         <v>45200</v>
       </c>
       <c r="B395" s="6">
         <v>259423.18815502501</v>
       </c>
       <c r="C395" s="7">
         <v>517.52152121573704</v>
       </c>
       <c r="D395" s="7">
-        <v>518.03308378403096</v>
+        <v>518.12018434581398</v>
       </c>
       <c r="E395" s="12">
-        <v>8.4288592469350387E-3</v>
+        <v>8.5972131972351651E-3</v>
       </c>
       <c r="F395" s="9">
         <v>-3.3020604703546064E-2</v>
       </c>
       <c r="G395" s="9">
-        <v>-3.8193218111260974E-3</v>
+        <v>-3.6685590251424038E-3</v>
       </c>
     </row>
     <row r="396" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A396" s="5">
         <v>45231</v>
       </c>
       <c r="B396" s="6">
         <v>258557.157466748</v>
       </c>
       <c r="C396" s="7">
         <v>515.79388259405596</v>
       </c>
       <c r="D396" s="7">
-        <v>516.89629176702601</v>
+        <v>517.13421465448096</v>
       </c>
       <c r="E396" s="12">
-        <v>-2.1944390282974124E-3</v>
+        <v>-1.9029748717045436E-3</v>
       </c>
       <c r="F396" s="9">
         <v>-1.9828477992850924E-2</v>
       </c>
       <c r="G396" s="9">
-        <v>-8.2846077615372771E-4</v>
+        <v>-4.5564606285897202E-4</v>
       </c>
     </row>
     <row r="397" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A397" s="5">
         <v>45261</v>
       </c>
       <c r="B397" s="6">
         <v>257442.610373173</v>
       </c>
       <c r="C397" s="7">
         <v>513.57048031673605</v>
       </c>
       <c r="D397" s="7">
-        <v>516.43761517385303</v>
+        <v>516.716082111893</v>
       </c>
       <c r="E397" s="12">
-        <v>-8.8736677062428715E-4</v>
+        <v>-8.0855710324123642E-4</v>
       </c>
       <c r="F397" s="9">
         <v>-1.7650347643701103E-2</v>
       </c>
       <c r="G397" s="9">
-        <v>3.8030909128110579E-3</v>
+        <v>4.3170339678504366E-3</v>
       </c>
     </row>
     <row r="398" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A398" s="5">
         <v>45292</v>
       </c>
       <c r="B398" s="6">
         <v>257655.80438207099</v>
       </c>
       <c r="C398" s="7">
         <v>513.99577956844701</v>
       </c>
       <c r="D398" s="7">
-        <v>519.76412384342598</v>
+        <v>520.00829433364299</v>
       </c>
       <c r="E398" s="12">
-        <v>6.4412594509659638E-3</v>
+        <v>6.3714142751165603E-3</v>
       </c>
       <c r="F398" s="9">
         <v>-2.4818311717978991E-3</v>
       </c>
       <c r="G398" s="9">
-        <v>4.3278100549795084E-3</v>
+        <v>4.8204062176295803E-3</v>
       </c>
     </row>
     <row r="399" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A399" s="5">
         <v>45323</v>
       </c>
       <c r="B399" s="6">
         <v>260419.70852645501</v>
       </c>
       <c r="C399" s="7">
         <v>519.50947280253604</v>
       </c>
       <c r="D399" s="7">
-        <v>522.90239730048199</v>
+        <v>522.73398370567895</v>
       </c>
       <c r="E399" s="12">
-        <v>6.0378800942433308E-3</v>
+        <v>5.2416267235289027E-3</v>
       </c>
       <c r="F399" s="9">
         <v>1.1708326595800678E-2</v>
       </c>
       <c r="G399" s="9">
-        <v>6.7618420507495891E-3</v>
+        <v>6.7788774638792848E-3</v>
       </c>
     </row>
     <row r="400" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A400" s="5">
         <v>45352</v>
       </c>
       <c r="B400" s="6">
         <v>261141.74328401001</v>
       </c>
       <c r="C400" s="7">
         <v>520.94985493937395</v>
       </c>
       <c r="D400" s="7">
-        <v>522.06793610571901</v>
+        <v>521.84073030673801</v>
       </c>
       <c r="E400" s="12">
-        <v>-1.5958259114338125E-3</v>
+        <v>-1.7088106508947876E-3</v>
       </c>
       <c r="F400" s="9">
         <v>1.5632725261249147E-2</v>
       </c>
       <c r="G400" s="9">
-        <v>8.616572741741102E-3</v>
+        <v>8.1267829429547689E-3</v>
       </c>
     </row>
     <row r="401" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A401" s="5">
         <v>45383</v>
       </c>
       <c r="B401" s="6">
         <v>261962.20493682101</v>
       </c>
       <c r="C401" s="7">
         <v>522.58658820782898</v>
       </c>
       <c r="D401" s="7">
-        <v>521.67247062066394</v>
+        <v>521.54188265256801</v>
       </c>
       <c r="E401" s="12">
-        <v>-7.5749812946757089E-4</v>
+        <v>-5.7267981744990593E-4</v>
       </c>
       <c r="F401" s="9">
         <v>5.839704296371595E-3</v>
       </c>
       <c r="G401" s="9">
-        <v>8.7211321977660461E-3</v>
+        <v>7.8887523196626841E-3</v>
       </c>
     </row>
     <row r="402" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A402" s="5">
         <v>45413</v>
       </c>
       <c r="B402" s="6">
         <v>264248.84969596699</v>
       </c>
       <c r="C402" s="7">
         <v>527.14819999993404</v>
       </c>
       <c r="D402" s="7">
-        <v>523.73888102856495</v>
+        <v>523.62373881803398</v>
       </c>
       <c r="E402" s="12">
-        <v>3.961126040334273E-3</v>
+        <v>3.991733424893118E-3</v>
       </c>
       <c r="F402" s="9">
         <v>1.3472955439769008E-2</v>
       </c>
       <c r="G402" s="9">
-        <v>5.3717716745764754E-3</v>
+        <v>4.8401366904040621E-3</v>
       </c>
     </row>
     <row r="403" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A403" s="5">
         <v>45444</v>
       </c>
       <c r="B403" s="6">
         <v>266064.09825434402</v>
       </c>
       <c r="C403" s="7">
         <v>530.76942677613999</v>
       </c>
       <c r="D403" s="7">
-        <v>525.82973404399502</v>
+        <v>525.74330906168302</v>
       </c>
       <c r="E403" s="12">
-        <v>3.9921668815647848E-3</v>
+        <v>4.047887990016541E-3</v>
       </c>
       <c r="F403" s="9">
         <v>1.4585254303960626E-2</v>
       </c>
       <c r="G403" s="9">
-        <v>4.1582956222703249E-3</v>
+        <v>4.0432001066610379E-3</v>
       </c>
     </row>
     <row r="404" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A404" s="5">
         <v>45474</v>
       </c>
       <c r="B404" s="6">
         <v>266334.07782784698</v>
       </c>
       <c r="C404" s="7">
         <v>531.30800715737098</v>
       </c>
       <c r="D404" s="7">
-        <v>527.93427905561805</v>
+        <v>527.79721586427399</v>
       </c>
       <c r="E404" s="12">
-        <v>4.0023316966837363E-3</v>
+        <v>3.9066722622806971E-3</v>
       </c>
       <c r="F404" s="9">
         <v>2.1111162565536468E-2</v>
       </c>
       <c r="G404" s="9">
-        <v>6.93207799084683E-3</v>
+        <v>7.0541791732057213E-3</v>
       </c>
     </row>
     <row r="405" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A405" s="5">
         <v>45505</v>
       </c>
       <c r="B405" s="6">
         <v>265375.44571877102</v>
       </c>
       <c r="C405" s="7">
         <v>529.39563860271903</v>
       </c>
       <c r="D405" s="7">
-        <v>528.03926071983199</v>
+        <v>527.92812357107402</v>
       </c>
       <c r="E405" s="12">
-        <v>1.9885366110661273E-4</v>
+        <v>2.4802652015831761E-4</v>
       </c>
       <c r="F405" s="9">
         <v>2.4011649417619685E-2</v>
       </c>
       <c r="G405" s="9">
-        <v>9.1382298805449125E-3</v>
+        <v>9.2292521362709046E-3</v>
       </c>
     </row>
     <row r="406" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A406" s="5">
         <v>45536</v>
       </c>
       <c r="B406" s="6">
         <v>266094.19737815898</v>
       </c>
       <c r="C406" s="7">
         <v>530.82947130976504</v>
       </c>
       <c r="D406" s="7">
-        <v>530.76381511041905</v>
+        <v>530.77216133779405</v>
       </c>
       <c r="E406" s="12">
-        <v>5.1597572250079438E-3</v>
+        <v>5.3871685173392247E-3</v>
       </c>
       <c r="F406" s="9">
         <v>3.2140876190974499E-2</v>
       </c>
       <c r="G406" s="9">
-        <v>9.8624388922519124E-3</v>
+        <v>9.9232806802969087E-3</v>
       </c>
     </row>
     <row r="407" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A407" s="5">
         <v>45566</v>
       </c>
       <c r="B407" s="6">
         <v>265737.64980293898</v>
       </c>
       <c r="C407" s="7">
         <v>530.11819702150297</v>
       </c>
       <c r="D407" s="7">
-        <v>530.801783998161</v>
+        <v>530.95250153077598</v>
       </c>
       <c r="E407" s="12">
-        <v>7.1536315515485782E-5</v>
+        <v>3.3976950209169132E-4</v>
       </c>
       <c r="F407" s="9">
         <v>2.4340390282078239E-2</v>
       </c>
       <c r="G407" s="9">
-        <v>7.671596511981349E-3</v>
+        <v>7.9183398855402487E-3</v>
       </c>
     </row>
     <row r="408" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A408" s="5">
         <v>45597</v>
       </c>
       <c r="B408" s="6">
         <v>268143.94746382697</v>
       </c>
       <c r="C408" s="7">
         <v>534.91850355854399</v>
       </c>
       <c r="D408" s="7">
-        <v>535.87280920882097</v>
+        <v>536.19316025128501</v>
       </c>
       <c r="E408" s="12">
-        <v>9.5535195312710375E-3</v>
+        <v>9.8702966939601122E-3</v>
       </c>
       <c r="F408" s="9">
         <v>3.7078029829096693E-2</v>
       </c>
       <c r="G408" s="9">
-        <v>9.8843735859788229E-3</v>
+        <v>1.040120184390414E-2</v>
       </c>
     </row>
     <row r="409" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A409" s="5">
         <v>45627</v>
       </c>
       <c r="B409" s="6">
         <v>269426.09136215999</v>
       </c>
       <c r="C409" s="7">
         <v>537.47624354085497</v>
       </c>
       <c r="D409" s="7">
-        <v>540.42186273748302</v>
+        <v>540.84065144747103</v>
       </c>
       <c r="E409" s="12">
-        <v>8.4890545862523759E-3</v>
+        <v>8.6675689671387168E-3</v>
       </c>
       <c r="F409" s="9">
         <v>4.6548164546714954E-2</v>
       </c>
       <c r="G409" s="9">
-        <v>1.2830794583556182E-2</v>
+        <v>1.3544813304728009E-2</v>
       </c>
     </row>
     <row r="410" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A410" s="5">
         <v>45658</v>
       </c>
       <c r="B410" s="6">
         <v>268212.980198454</v>
       </c>
       <c r="C410" s="7">
         <v>535.05621648271301</v>
       </c>
       <c r="D410" s="7">
-        <v>540.23268772535403</v>
+        <v>540.62624168519699</v>
       </c>
       <c r="E410" s="12">
-        <v>-3.5005062743154181E-4</v>
+        <v>-3.9643795580124319E-4</v>
       </c>
       <c r="F410" s="9">
         <v>4.0973949108976004E-2</v>
       </c>
       <c r="G410" s="9">
-        <v>1.6936598851460483E-2</v>
+        <v>1.761848070422789E-2</v>
       </c>
     </row>
     <row r="411" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A411" s="5">
         <v>45689</v>
       </c>
       <c r="B411" s="6">
         <v>270492.66894957499</v>
       </c>
       <c r="C411" s="7">
         <v>539.60395178258602</v>
       </c>
       <c r="D411" s="7">
-        <v>542.43994699305802</v>
+        <v>542.07474559723903</v>
       </c>
       <c r="E411" s="12">
-        <v>4.0857565968428489E-3</v>
+        <v>2.6793074408058004E-3</v>
       </c>
       <c r="F411" s="9">
         <v>3.8679716217008941E-2</v>
       </c>
       <c r="G411" s="9">
-        <v>1.606076891910857E-2</v>
+        <v>1.6035753052696E-2</v>
       </c>
     </row>
     <row r="412" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A412" s="5">
         <v>45717</v>
       </c>
       <c r="B412" s="6">
         <v>271315.71920009702</v>
       </c>
       <c r="C412" s="7">
         <v>541.24584902668505</v>
       </c>
       <c r="D412" s="7">
-        <v>542.18772169327599</v>
+        <v>541.87437473486705</v>
       </c>
       <c r="E412" s="12">
-        <v>-4.6498290028273992E-4</v>
+        <v>-3.6963696242886535E-4</v>
       </c>
       <c r="F412" s="9">
         <v>3.8959592549791644E-2</v>
       </c>
       <c r="G412" s="9">
-        <v>1.105341275659999E-2</v>
+        <v>1.0316660441253012E-2</v>
       </c>
     </row>
     <row r="413" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A413" s="5">
         <v>45748</v>
       </c>
       <c r="B413" s="6">
         <v>270751.74244191701</v>
       </c>
       <c r="C413" s="7">
         <v>540.12077569804705</v>
       </c>
       <c r="D413" s="7">
-        <v>539.32628404400702</v>
+        <v>539.14826852836495</v>
       </c>
       <c r="E413" s="12">
-        <v>-5.2775773680978633E-3</v>
+        <v>-5.0308823107495515E-3</v>
       </c>
       <c r="F413" s="9">
         <v>3.3552693249075283E-2</v>
       </c>
       <c r="G413" s="9">
-        <v>4.5941647781275741E-3</v>
+        <v>3.3612349301350708E-3</v>
       </c>
     </row>
     <row r="414" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A414" s="5">
         <v>45778</v>
       </c>
       <c r="B414" s="6">
         <v>273427.28284223302</v>
       </c>
       <c r="C414" s="7">
         <v>545.458192711126</v>
       </c>
       <c r="D414" s="7">
-        <v>541.91729607130605</v>
+        <v>541.76787848637503</v>
       </c>
       <c r="E414" s="12">
-        <v>4.8041642025509201E-3</v>
+        <v>4.858793231703018E-3</v>
       </c>
       <c r="F414" s="9">
         <v>3.4734051470144856E-2</v>
       </c>
       <c r="G414" s="9">
-        <v>2.0750754390563841E-4</v>
+        <v>-4.6264103265447609E-4</v>
       </c>
     </row>
     <row r="415" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A415" s="5">
         <v>45809</v>
       </c>
       <c r="B415" s="6">
         <v>271618.65117166197</v>
       </c>
       <c r="C415" s="7">
         <v>541.850165918573</v>
       </c>
       <c r="D415" s="7">
-        <v>537.14423621731305</v>
+        <v>537.03713612594902</v>
       </c>
       <c r="E415" s="12">
-        <v>-8.8077274680027351E-3</v>
+        <v>-8.7320465983384832E-3</v>
       </c>
       <c r="F415" s="9">
         <v>2.0876747196493017E-2</v>
       </c>
       <c r="G415" s="9">
-        <v>-3.9834439024383217E-3</v>
+        <v>-4.0761906350659238E-3</v>
       </c>
     </row>
     <row r="416" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A416" s="5">
         <v>45839</v>
       </c>
       <c r="B416" s="6">
         <v>272664.06801065803</v>
       </c>
       <c r="C416" s="7">
         <v>543.93566072984697</v>
       </c>
       <c r="D416" s="7">
-        <v>540.608871359555</v>
+        <v>540.45072678722102</v>
       </c>
       <c r="E416" s="12">
-        <v>6.4501020557172772E-3</v>
+        <v>6.3563400585233687E-3</v>
       </c>
       <c r="F416" s="9">
         <v>2.3767105713382808E-2</v>
       </c>
       <c r="G416" s="9">
-        <v>-2.6377281664697882E-3</v>
+        <v>-2.3668619562151605E-3</v>
       </c>
     </row>
     <row r="417" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A417" s="5">
         <v>45870</v>
       </c>
       <c r="B417" s="6">
         <v>271079.16545142798</v>
       </c>
       <c r="C417" s="7">
         <v>540.77394959189996</v>
       </c>
       <c r="D417" s="7">
-        <v>540.19432939787998</v>
+        <v>540.07371719587695</v>
       </c>
       <c r="E417" s="12">
-        <v>-7.6680569564557821E-4</v>
+        <v>-6.9758365130756506E-4</v>
       </c>
       <c r="F417" s="9">
         <v>2.1493019888136455E-2</v>
       </c>
       <c r="G417" s="9">
-        <v>-3.3779469619267255E-3</v>
+        <v>-3.222191386059392E-3</v>
       </c>
     </row>
     <row r="418" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A418" s="5">
         <v>45901</v>
       </c>
       <c r="B418" s="6">
         <v>271994.92857299699</v>
       </c>
       <c r="C418" s="7">
         <v>542.60079910029697</v>
       </c>
       <c r="D418" s="7">
-        <v>542.83564368177394</v>
+        <v>542.851226277156</v>
       </c>
       <c r="E418" s="12">
-        <v>4.889563144504061E-3</v>
+        <v>5.1428332704286372E-3</v>
       </c>
       <c r="F418" s="9">
         <v>2.2175347125108713E-2</v>
       </c>
       <c r="G418" s="9">
-        <v>3.2446043238769651E-3</v>
+        <v>3.351386703229986E-3</v>
       </c>
     </row>
     <row r="419" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A419" s="5">
         <v>45931</v>
       </c>
       <c r="B419" s="6">
         <v>272225.53582857299</v>
       </c>
       <c r="C419" s="7">
         <v>543.06083591719698</v>
       </c>
       <c r="D419" s="7">
-        <v>543.95451007748704</v>
+        <v>544.16506798478804</v>
       </c>
       <c r="E419" s="12">
-        <v>2.0611513056225661E-3</v>
+        <v>2.4202611029218168E-3</v>
       </c>
       <c r="F419" s="9">
         <v>2.4414628602475563E-2</v>
       </c>
       <c r="G419" s="9">
-        <v>4.5157826508976928E-3</v>
+        <v>4.8381919285365171E-3</v>
       </c>
     </row>
     <row r="420" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A420" s="5">
         <v>45962</v>
       </c>
       <c r="B420" s="6">
         <v>272997.785055427</v>
       </c>
       <c r="C420" s="7">
         <v>544.60139055104298</v>
       </c>
       <c r="D420" s="7">
-        <v>545.34488966832805</v>
+        <v>545.72934380114202</v>
       </c>
       <c r="E420" s="12">
-        <v>2.5560585767419042E-3</v>
+        <v>2.8746347540222761E-3</v>
       </c>
       <c r="F420" s="9">
         <v>1.8101611606410328E-2</v>
       </c>
       <c r="G420" s="9">
-        <v>8.7688920719013463E-3</v>
+        <v>9.3870045757489251E-3</v>
       </c>
     </row>
     <row r="421" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A421" s="5">
         <v>45992</v>
       </c>
       <c r="B421" s="6">
         <v>271067.55001795798</v>
       </c>
       <c r="C421" s="7">
         <v>540.75077804412297</v>
       </c>
       <c r="D421" s="7">
-        <v>543.36342233651601</v>
+        <v>543.87870777715705</v>
       </c>
       <c r="E421" s="12">
-        <v>-3.633420555232747E-3</v>
+        <v>-3.3911242725099822E-3</v>
       </c>
       <c r="F421" s="9">
         <v>6.0924264888353452E-3</v>
       </c>
       <c r="G421" s="9">
-        <v>5.5578724751681463E-3</v>
+        <v>6.4048325309484788E-3</v>
       </c>
     </row>
     <row r="422" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A422" s="5">
         <v>46023</v>
       </c>
       <c r="B422" s="6">
         <v>270873.21718718502</v>
       </c>
       <c r="C422" s="7">
         <v>540.36310482601596</v>
       </c>
       <c r="D422" s="7">
-        <v>544.90655710709405</v>
+        <v>545.36519276546198</v>
       </c>
       <c r="E422" s="12">
-        <v>2.8399680713553366E-3</v>
+        <v>2.7331185557533111E-3</v>
       </c>
       <c r="F422" s="9">
         <v>9.9183752656659685E-3</v>
       </c>
       <c r="G422" s="9">
-        <v>4.0752607191010259E-3</v>
+        <v>4.8449888023571752E-3</v>
+      </c>
+    </row>
+    <row r="423" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A423" s="5">
+        <v>46054</v>
+      </c>
+      <c r="B423" s="6">
+        <v>273175.53525829501</v>
+      </c>
+      <c r="C423" s="7">
+        <v>544.95598319959902</v>
+      </c>
+      <c r="D423" s="7">
+        <v>546.95584636915703</v>
+      </c>
+      <c r="E423" s="12">
+        <v>2.9166760636649691E-3</v>
+      </c>
+      <c r="F423" s="9">
+        <v>9.9184437017789673E-3</v>
+      </c>
+      <c r="G423" s="9">
+        <v>2.1155217127313275E-3</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Tahoma,Bold"UK Monthly House Price Series</oddHeader>
     <oddFooter>&amp;C&amp;"Tahoma,Regular"&amp;P&amp;R&amp;"Tahoma,Regular"Nationwide Building Society&amp;L&amp;"Calibri"&amp;11&amp;K000000&amp;"Tahoma,Regular"www.nationwide.co.uk/hpi</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
@@ -10294,47 +10317,47 @@
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>UK Monthly House Price Series</dc:title>
   <dc:creator>Andrew Harvey</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_SetDate">
-    <vt:lpwstr>2026-02-02T07:00:17Z</vt:lpwstr>
+    <vt:lpwstr>2026-02-27T16:07:33Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Name">
     <vt:lpwstr>NBS Public - No Visible Label</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_SiteId">
     <vt:lpwstr>18ed93f5-e470-4996-b0ef-9554af985d50</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_ActionId">
-    <vt:lpwstr>e08b04db-4fe3-4c6a-8a4b-9b5a94c59462</vt:lpwstr>
+    <vt:lpwstr>a55e0e60-3d21-4643-a3f8-26750995587f</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>