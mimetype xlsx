--- v0 (2025-10-02)
+++ v1 (2026-01-12)
@@ -8,70 +8,70 @@
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="26130"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\HPD\Press\Embargo\Internet HP Files\Misc\Affordability files\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{133F8693-C515-4A93-9E88-1232FF947ABD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D3BD7FD2-E93F-4266-8B0A-5E45307BF63A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="DetailedOccup_MtgPayments" sheetId="4" r:id="rId1"/>
     <sheet name="Data_sheet" sheetId="2" state="hidden" r:id="rId2"/>
     <sheet name="Notes" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">DetailedOccup_MtgPayments!$A$1:$F$30</definedName>
   </definedNames>
-  <calcPr calcId="191029" iterateCount="1000" iterateDelta="1E-4"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="D19" i="4" l="1"/>
   <c r="D21" i="4" l="1"/>
   <c r="D7" i="4"/>
   <c r="D26" i="4"/>
   <c r="D18" i="4"/>
   <c r="D10" i="4"/>
   <c r="D15" i="4"/>
@@ -443,170 +443,169 @@
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="0" tint="-0.499984740745262"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color theme="0" tint="-0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="42">
+  <cellXfs count="41">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="17" fontId="7" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="164" fontId="7" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="17" fontId="9" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="11" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="11" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="7" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="1" fontId="12" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="13" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="13" fillId="2" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="164" fontId="13" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="164" fontId="13" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="164" fontId="7" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="13" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="164" fontId="16" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="16" fillId="2" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="16" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="16" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="17" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="17" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="18" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Percent" xfId="1" builtinId="5"/>
+    <cellStyle name="Per cent" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp1.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropStyle="combo" dx="22" fmlaLink="$D$4" fmlaRange="Data_sheet!$A$4:$A$16" noThreeD="1" sel="13" val="5"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropStyle="combo" dx="22" fmlaLink="$D$4" fmlaRange="Data_sheet!$A$4:$A$18" noThreeD="1" sel="15" val="7"/>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>3</xdr:col>
-          <xdr:colOff>428625</xdr:colOff>
+          <xdr:colOff>426720</xdr:colOff>
           <xdr:row>3</xdr:row>
           <xdr:rowOff>571500</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>3</xdr:col>
           <xdr:colOff>1066800</xdr:colOff>
           <xdr:row>4</xdr:row>
           <xdr:rowOff>190500</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="3074" name="Drop Down 2" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s3074"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-0000020C0000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
@@ -683,137 +682,137 @@
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l"/>
           <a:endParaRPr lang="en-GB" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
-      <xdr:col>4</xdr:col>
-[...42 lines deleted...]
-    <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>247650</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>219075</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>1896110</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>434975</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="Graphic 59">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1889552D-D931-494C-A379-65CE1E471701}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
             <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-              <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="342900" y="219075"/>
           <a:ext cx="1648460" cy="215900"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>219075</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>200025</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>807967</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>510583</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B61DF451-F98E-42FF-BBC6-02E5AD9D7444}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="8486775" y="200025"/>
+          <a:ext cx="1817617" cy="310558"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>17</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
@@ -851,137 +850,137 @@
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l"/>
           <a:endParaRPr lang="en-GB" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
-      <xdr:col>13</xdr:col>
-[...42 lines deleted...]
-    <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>342900</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>219075</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>181610</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>434975</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Graphic 59">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FCA90935-C61A-4F38-AC9C-5E33B8F2B120}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
             <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-              <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="342900" y="219075"/>
           <a:ext cx="1648460" cy="215900"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>325755</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>196215</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>16</xdr:col>
+      <xdr:colOff>245992</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>514393</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="Picture 4">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{35591343-D2BE-434A-AA57-B40841163D62}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="8574405" y="196215"/>
+          <a:ext cx="1825237" cy="318178"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Nationwide Brand Refresh">
       <a:dk1>
         <a:srgbClr val="02081E"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="011546"/>
       </a:dk2>
       <a:lt2>
@@ -1264,710 +1263,710 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="B1:M31"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="1.42578125" style="2" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="25" max="16384" width="9.140625" style="2"/>
+    <col min="1" max="1" width="1.44140625" style="2" customWidth="1"/>
+    <col min="2" max="2" width="45.6640625" style="2" customWidth="1"/>
+    <col min="3" max="3" width="57.109375" style="2" customWidth="1"/>
+    <col min="4" max="4" width="16.44140625" style="2" customWidth="1"/>
+    <col min="5" max="5" width="17.88671875" style="2" customWidth="1"/>
+    <col min="6" max="6" width="16.88671875" style="2" customWidth="1"/>
+    <col min="7" max="24" width="14.33203125" style="2" customWidth="1"/>
+    <col min="25" max="16384" width="9.109375" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:13" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="2:13" ht="51.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B1" s="1"/>
     </row>
-    <row r="2" spans="2:13" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:13" x14ac:dyDescent="0.3">
       <c r="B2" s="3"/>
     </row>
-    <row r="3" spans="2:13" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B3" s="32" t="s">
+    <row r="3" spans="2:13" ht="22.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B3" s="31" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="4" spans="2:13" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="2:13" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B4" s="16"/>
       <c r="C4" s="14"/>
       <c r="D4" s="18">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E4" s="15"/>
       <c r="F4" s="15"/>
       <c r="G4" s="15"/>
       <c r="H4" s="15"/>
       <c r="I4" s="15"/>
       <c r="J4" s="15"/>
       <c r="K4" s="15"/>
       <c r="L4" s="15"/>
       <c r="M4" s="15"/>
     </row>
-    <row r="5" spans="2:13" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="5" spans="2:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B5" s="21" t="s">
         <v>27</v>
       </c>
       <c r="C5" s="21" t="s">
         <v>1</v>
       </c>
       <c r="D5" s="21" t="s">
         <v>28</v>
       </c>
-      <c r="E5" s="33" t="s">
+      <c r="E5" s="32" t="s">
         <v>0</v>
       </c>
       <c r="F5" s="9"/>
       <c r="G5" s="9"/>
       <c r="H5" s="9"/>
       <c r="I5" s="9"/>
       <c r="J5" s="9"/>
       <c r="K5" s="9"/>
       <c r="L5" s="9"/>
       <c r="M5" s="9"/>
     </row>
-    <row r="6" spans="2:13" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="6" spans="2:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B6" s="22" t="s">
         <v>29</v>
       </c>
       <c r="C6" s="22" t="s">
         <v>2</v>
       </c>
       <c r="D6" s="23">
         <f>HLOOKUP($C6,Data_sheet!$3:$30,$D$4+1,FALSE)</f>
-        <v>0.25861859191543352</v>
-[...1 lines deleted...]
-      <c r="E6" s="34">
+        <v>0.22541996005456402</v>
+      </c>
+      <c r="E6" s="33">
         <f>Data_sheet!$B$2</f>
-        <v>0.20130715394691753</v>
+        <v>0.20514260200370185</v>
       </c>
       <c r="F6" s="9"/>
       <c r="G6" s="9"/>
       <c r="H6" s="9"/>
       <c r="I6" s="9"/>
       <c r="J6" s="9"/>
       <c r="K6" s="9"/>
       <c r="L6" s="9"/>
       <c r="M6" s="9"/>
     </row>
-    <row r="7" spans="2:13" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="7" spans="2:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B7" s="24"/>
       <c r="C7" s="24" t="s">
         <v>3</v>
       </c>
       <c r="D7" s="25">
         <f>HLOOKUP($C7,Data_sheet!$3:$30,$D$4+1,FALSE)</f>
-        <v>0.38535260741869104</v>
-[...1 lines deleted...]
-      <c r="E7" s="35">
+        <v>0.33776800774252713</v>
+      </c>
+      <c r="E7" s="34">
         <f>Data_sheet!$C$2</f>
-        <v>0.29739247452225448</v>
+        <v>0.30348879503062154</v>
       </c>
       <c r="G7" s="9"/>
       <c r="H7" s="9"/>
       <c r="I7" s="9"/>
       <c r="J7" s="9"/>
       <c r="K7" s="9"/>
       <c r="L7" s="9"/>
       <c r="M7" s="9"/>
     </row>
-    <row r="8" spans="2:13" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B8" s="22" t="s">
         <v>30</v>
       </c>
       <c r="C8" s="22" t="s">
         <v>4</v>
       </c>
       <c r="D8" s="23">
         <f>HLOOKUP($C8,Data_sheet!$3:$30,$D$4+1,FALSE)</f>
-        <v>0.32085322335796473</v>
-[...1 lines deleted...]
-      <c r="E8" s="34">
+        <v>0.28875217089355881</v>
+      </c>
+      <c r="E8" s="33">
         <f>Data_sheet!$D$2</f>
-        <v>0.24629079027324224</v>
+        <v>0.25224990165214939</v>
       </c>
       <c r="G8" s="9"/>
       <c r="H8" s="9"/>
       <c r="I8" s="9"/>
       <c r="J8" s="9"/>
       <c r="K8" s="9"/>
       <c r="L8" s="9"/>
       <c r="M8" s="9"/>
     </row>
-    <row r="9" spans="2:13" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="9" spans="2:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B9" s="26"/>
       <c r="C9" s="26" t="s">
         <v>5</v>
       </c>
       <c r="D9" s="27">
         <f>HLOOKUP($C9,Data_sheet!$3:$30,$D$4+1,FALSE)</f>
-        <v>0.33821194759147732</v>
-[...1 lines deleted...]
-      <c r="E9" s="36">
+        <v>0.30215835581870898</v>
+      </c>
+      <c r="E9" s="35">
         <f>Data_sheet!$E$2</f>
-        <v>0.24985877663935907</v>
+        <v>0.25739080156283362</v>
       </c>
       <c r="G9" s="9"/>
       <c r="H9" s="9"/>
       <c r="I9" s="9"/>
       <c r="J9" s="9"/>
       <c r="K9" s="9"/>
       <c r="L9" s="9"/>
       <c r="M9" s="9"/>
     </row>
-    <row r="10" spans="2:13" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B10" s="26"/>
       <c r="C10" s="26" t="s">
         <v>6</v>
       </c>
       <c r="D10" s="27">
         <f>HLOOKUP($C10,Data_sheet!$3:$30,$D$4+1,FALSE)</f>
-        <v>0.34228235586603611</v>
-[...1 lines deleted...]
-      <c r="E10" s="36">
+        <v>0.31410444117982872</v>
+      </c>
+      <c r="E10" s="35">
         <f>Data_sheet!$F$2</f>
-        <v>0.26627239862756036</v>
+        <v>0.27358863954189144</v>
       </c>
       <c r="G10" s="9"/>
       <c r="H10" s="9"/>
       <c r="I10" s="9"/>
       <c r="J10" s="9"/>
       <c r="K10" s="9"/>
       <c r="L10" s="9"/>
       <c r="M10" s="9"/>
     </row>
-    <row r="11" spans="2:13" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B11" s="24"/>
       <c r="C11" s="24" t="s">
         <v>7</v>
       </c>
       <c r="D11" s="25">
         <f>HLOOKUP($C11,Data_sheet!$3:$30,$D$4+1,FALSE)</f>
-        <v>0.32573383079003332</v>
-[...1 lines deleted...]
-      <c r="E11" s="35">
+        <v>0.29246246365413275</v>
+      </c>
+      <c r="E11" s="34">
         <f>Data_sheet!$G$2</f>
-        <v>0.24652532840775682</v>
+        <v>0.2532891284465974</v>
       </c>
       <c r="G11" s="9"/>
       <c r="H11" s="9"/>
       <c r="I11" s="9"/>
       <c r="J11" s="9"/>
       <c r="K11" s="9"/>
       <c r="L11" s="9"/>
       <c r="M11" s="9"/>
     </row>
-    <row r="12" spans="2:13" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="12" spans="2:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B12" s="22" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="22" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="23">
         <f>HLOOKUP($C12,Data_sheet!$3:$30,$D$4+1,FALSE)</f>
-        <v>0.4404307099063991</v>
-[...1 lines deleted...]
-      <c r="E12" s="34">
+        <v>0.39049587617602066</v>
+      </c>
+      <c r="E12" s="33">
         <f>Data_sheet!$H$2</f>
-        <v>0.33606805743100732</v>
+        <v>0.34423400799147336</v>
       </c>
       <c r="G12" s="9"/>
       <c r="H12" s="9"/>
       <c r="I12" s="9"/>
       <c r="J12" s="9"/>
       <c r="K12" s="9"/>
       <c r="L12" s="9"/>
       <c r="M12" s="9"/>
     </row>
-    <row r="13" spans="2:13" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="13" spans="2:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B13" s="26"/>
       <c r="C13" s="26" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="27">
         <f>HLOOKUP($C13,Data_sheet!$3:$30,$D$4+1,FALSE)</f>
-        <v>0.52270420709471788</v>
-[...1 lines deleted...]
-      <c r="E13" s="36">
+        <v>0.47292487985296427</v>
+      </c>
+      <c r="E13" s="35">
         <f>Data_sheet!$I$2</f>
-        <v>0.37949969949364531</v>
+        <v>0.39249385342734228</v>
       </c>
       <c r="G13" s="9"/>
       <c r="H13" s="9"/>
       <c r="I13" s="9"/>
       <c r="J13" s="9"/>
       <c r="K13" s="9"/>
       <c r="L13" s="9"/>
       <c r="M13" s="9"/>
     </row>
-    <row r="14" spans="2:13" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B14" s="26"/>
       <c r="C14" s="26" t="s">
         <v>10</v>
       </c>
       <c r="D14" s="27">
         <f>HLOOKUP($C14,Data_sheet!$3:$30,$D$4+1,FALSE)</f>
-        <v>0.37045861082142256</v>
-[...1 lines deleted...]
-      <c r="E14" s="36">
+        <v>0.33156095683757925</v>
+      </c>
+      <c r="E14" s="35">
         <f>Data_sheet!$J$2</f>
-        <v>0.27793887976905468</v>
+        <v>0.28620140024859686</v>
       </c>
       <c r="G14" s="9"/>
       <c r="H14" s="9"/>
       <c r="I14" s="9"/>
       <c r="J14" s="9"/>
       <c r="K14" s="9"/>
       <c r="L14" s="9"/>
       <c r="M14" s="9"/>
     </row>
-    <row r="15" spans="2:13" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="15" spans="2:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B15" s="26"/>
       <c r="C15" s="26" t="s">
         <v>11</v>
       </c>
-      <c r="D15" s="31">
+      <c r="D15" s="30">
         <f>HLOOKUP($C15,Data_sheet!$3:$30,$D$4+1,FALSE)</f>
-        <v>0.34952311998272773</v>
-[...1 lines deleted...]
-      <c r="E15" s="36">
+        <v>0.31106469616151528</v>
+      </c>
+      <c r="E15" s="35">
         <f>Data_sheet!$K$2</f>
-        <v>0.29064382689319951</v>
+        <v>0.29442792953655461</v>
       </c>
       <c r="G15" s="9"/>
       <c r="H15" s="9"/>
       <c r="I15" s="9"/>
       <c r="J15" s="9"/>
       <c r="K15" s="9"/>
       <c r="L15" s="9"/>
       <c r="M15" s="9"/>
     </row>
-    <row r="16" spans="2:13" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="16" spans="2:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B16" s="24"/>
       <c r="C16" s="24" t="s">
         <v>12</v>
       </c>
       <c r="D16" s="25">
         <f>HLOOKUP($C16,Data_sheet!$3:$30,$D$4+1,FALSE)</f>
-        <v>0.37308766297637619</v>
-[...1 lines deleted...]
-      <c r="E16" s="35">
+        <v>0.33159336950577806</v>
+      </c>
+      <c r="E16" s="34">
         <f>Data_sheet!$L$2</f>
-        <v>0.2779819141117234</v>
+        <v>0.28625664327642986</v>
       </c>
       <c r="G16" s="9"/>
       <c r="H16" s="9"/>
       <c r="I16" s="9"/>
       <c r="J16" s="9"/>
       <c r="K16" s="9"/>
       <c r="L16" s="9"/>
       <c r="M16" s="9"/>
     </row>
-    <row r="17" spans="2:13" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B17" s="22" t="s">
         <v>32</v>
       </c>
       <c r="C17" s="22" t="s">
         <v>13</v>
       </c>
       <c r="D17" s="23">
         <f>HLOOKUP($C17,Data_sheet!$3:$30,$D$4+1,FALSE)</f>
-        <v>0.49299679847305794</v>
-[...1 lines deleted...]
-      <c r="E17" s="34">
+        <v>0.44865424002162946</v>
+      </c>
+      <c r="E17" s="33">
         <f>Data_sheet!$M$2</f>
-        <v>0.39334706466433988</v>
+        <v>0.40201116865696385</v>
       </c>
       <c r="G17" s="9"/>
       <c r="H17" s="9"/>
       <c r="I17" s="9"/>
       <c r="J17" s="9"/>
       <c r="K17" s="9"/>
       <c r="L17" s="9"/>
       <c r="M17" s="9"/>
     </row>
-    <row r="18" spans="2:13" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="18" spans="2:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B18" s="24"/>
       <c r="C18" s="24" t="s">
         <v>14</v>
       </c>
       <c r="D18" s="25">
         <f>HLOOKUP($C18,Data_sheet!$3:$30,$D$4+1,FALSE)</f>
-        <v>0.5295650655345665</v>
-[...1 lines deleted...]
-      <c r="E18" s="35">
+        <v>0.47378361871356384</v>
+      </c>
+      <c r="E18" s="34">
         <f>Data_sheet!$N$2</f>
-        <v>0.42212616357047222</v>
-[...2 lines deleted...]
-    <row r="19" spans="2:13" ht="15.75" x14ac:dyDescent="0.25">
+        <v>0.43052845596172878</v>
+      </c>
+    </row>
+    <row r="19" spans="2:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B19" s="22" t="s">
         <v>33</v>
       </c>
       <c r="C19" s="22" t="s">
         <v>15</v>
       </c>
       <c r="D19" s="23">
         <f>HLOOKUP($C19,Data_sheet!$3:$30,$D$4+1,FALSE)</f>
-        <v>0.54460992510570805</v>
-[...1 lines deleted...]
-      <c r="E19" s="34">
+        <v>0.48275173195593951</v>
+      </c>
+      <c r="E19" s="33">
         <f>Data_sheet!$O$2</f>
-        <v>0.45055511781789098</v>
-[...2 lines deleted...]
-    <row r="20" spans="2:13" ht="15.75" x14ac:dyDescent="0.25">
+        <v>0.45584856645764948</v>
+      </c>
+    </row>
+    <row r="20" spans="2:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B20" s="26"/>
       <c r="C20" s="26" t="s">
         <v>16</v>
       </c>
       <c r="D20" s="27">
         <f>HLOOKUP($C20,Data_sheet!$3:$30,$D$4+1,FALSE)</f>
-        <v>0.41434367792317806</v>
-[...1 lines deleted...]
-      <c r="E20" s="36">
+        <v>0.36664748063383829</v>
+      </c>
+      <c r="E20" s="35">
         <f>Data_sheet!$P$2</f>
-        <v>0.32782682231631333</v>
-[...2 lines deleted...]
-    <row r="21" spans="2:13" ht="15.75" x14ac:dyDescent="0.25">
+        <v>0.33372975532376992</v>
+      </c>
+    </row>
+    <row r="21" spans="2:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B21" s="26"/>
       <c r="C21" s="26" t="s">
         <v>17</v>
       </c>
       <c r="D21" s="27">
         <f>HLOOKUP($C21,Data_sheet!$3:$30,$D$4+1,FALSE)</f>
-        <v>0.4551636712564251</v>
-[...1 lines deleted...]
-      <c r="E21" s="36">
+        <v>0.39670700868822251</v>
+      </c>
+      <c r="E21" s="35">
         <f>Data_sheet!$Q$2</f>
-        <v>0.35656817495727638</v>
-[...2 lines deleted...]
-    <row r="22" spans="2:13" ht="15.75" x14ac:dyDescent="0.25">
+        <v>0.36169148513705296</v>
+      </c>
+    </row>
+    <row r="22" spans="2:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B22" s="24"/>
       <c r="C22" s="24" t="s">
         <v>18</v>
       </c>
       <c r="D22" s="25">
         <f>HLOOKUP($C22,Data_sheet!$3:$30,$D$4+1,FALSE)</f>
-        <v>0.53347327576768366</v>
-[...1 lines deleted...]
-      <c r="E22" s="35">
+        <v>0.46687122330120678</v>
+      </c>
+      <c r="E22" s="34">
         <f>Data_sheet!$R$2</f>
-        <v>0.44142762384801359</v>
-[...2 lines deleted...]
-    <row r="23" spans="2:13" ht="15.75" x14ac:dyDescent="0.25">
+        <v>0.44586000025916522</v>
+      </c>
+    </row>
+    <row r="23" spans="2:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B23" s="22" t="s">
         <v>34</v>
       </c>
       <c r="C23" s="22" t="s">
         <v>19</v>
       </c>
       <c r="D23" s="23">
         <f>HLOOKUP($C23,Data_sheet!$3:$30,$D$4+1,FALSE)</f>
-        <v>0.54961344437921034</v>
-[...1 lines deleted...]
-      <c r="E23" s="34">
+        <v>0.49356951967173429</v>
+      </c>
+      <c r="E23" s="33">
         <f>Data_sheet!$S$2</f>
-        <v>0.47435230755331292</v>
-[...2 lines deleted...]
-    <row r="24" spans="2:13" ht="15.75" x14ac:dyDescent="0.25">
+        <v>0.4786331754315824</v>
+      </c>
+    </row>
+    <row r="24" spans="2:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B24" s="24"/>
       <c r="C24" s="24" t="s">
         <v>20</v>
       </c>
       <c r="D24" s="25">
         <f>HLOOKUP($C24,Data_sheet!$3:$30,$D$4+1,FALSE)</f>
-        <v>0.53961275134214426</v>
-[...1 lines deleted...]
-      <c r="E24" s="35">
+        <v>0.47819192514627262</v>
+      </c>
+      <c r="E24" s="34">
         <f>Data_sheet!$T$2</f>
-        <v>0.44289087440172847</v>
-[...2 lines deleted...]
-    <row r="25" spans="2:13" ht="15.75" x14ac:dyDescent="0.25">
+        <v>0.45012741235169323</v>
+      </c>
+    </row>
+    <row r="25" spans="2:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B25" s="22" t="s">
         <v>35</v>
       </c>
       <c r="C25" s="22" t="s">
         <v>21</v>
       </c>
       <c r="D25" s="23">
         <f>HLOOKUP($C25,Data_sheet!$3:$30,$D$4+1,FALSE)</f>
-        <v>0.5653754562679989</v>
-[...1 lines deleted...]
-      <c r="E25" s="34">
+        <v>0.51398731966387923</v>
+      </c>
+      <c r="E25" s="33">
         <f>Data_sheet!$U$2</f>
-        <v>0.47795678055198593</v>
-[...2 lines deleted...]
-    <row r="26" spans="2:13" ht="15.75" x14ac:dyDescent="0.25">
+        <v>0.48426852583088942</v>
+      </c>
+    </row>
+    <row r="26" spans="2:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B26" s="24"/>
       <c r="C26" s="24" t="s">
         <v>22</v>
       </c>
       <c r="D26" s="25">
         <f>HLOOKUP($C26,Data_sheet!$3:$30,$D$4+1,FALSE)</f>
-        <v>0.52420463501584402</v>
-[...1 lines deleted...]
-      <c r="E26" s="35">
+        <v>0.48131321005568861</v>
+      </c>
+      <c r="E26" s="34">
         <f>Data_sheet!$V$2</f>
-        <v>0.42304449681439849</v>
-[...2 lines deleted...]
-    <row r="27" spans="2:13" ht="15.75" x14ac:dyDescent="0.25">
+        <v>0.43210284135193117</v>
+      </c>
+    </row>
+    <row r="27" spans="2:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B27" s="22" t="s">
         <v>36</v>
       </c>
       <c r="C27" s="22" t="s">
         <v>23</v>
       </c>
       <c r="D27" s="23">
         <f>HLOOKUP($C27,Data_sheet!$3:$30,$D$4+1,FALSE)</f>
-        <v>0.48814175878347205</v>
-[...1 lines deleted...]
-      <c r="E27" s="34">
+        <v>0.43998303338445993</v>
+      </c>
+      <c r="E27" s="33">
         <f>Data_sheet!$W$2</f>
-        <v>0.39798809704393823</v>
-[...2 lines deleted...]
-    <row r="28" spans="2:13" ht="15.75" x14ac:dyDescent="0.25">
+        <v>0.40473317618863186</v>
+      </c>
+    </row>
+    <row r="28" spans="2:13" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B28" s="24"/>
       <c r="C28" s="24" t="s">
         <v>24</v>
       </c>
       <c r="D28" s="25">
         <f>HLOOKUP($C28,Data_sheet!$3:$30,$D$4+1,FALSE)</f>
-        <v>0.42318742271131599</v>
-[...1 lines deleted...]
-      <c r="E28" s="35">
+        <v>0.38278410808579116</v>
+      </c>
+      <c r="E28" s="34">
         <f>Data_sheet!$X$2</f>
-        <v>0.35812335928416356</v>
-[...3 lines deleted...]
-      <c r="B29" s="28" t="s">
+        <v>0.36246354085397581</v>
+      </c>
+    </row>
+    <row r="29" spans="2:13" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="B29" s="26" t="s">
         <v>37</v>
       </c>
-      <c r="C29" s="28" t="s">
+      <c r="C29" s="26" t="s">
         <v>25</v>
       </c>
-      <c r="D29" s="29">
+      <c r="D29" s="28">
         <f>HLOOKUP($C29,Data_sheet!$3:$30,$D$4+1,FALSE)</f>
-        <v>0.54900469836194665</v>
-[...1 lines deleted...]
-      <c r="E29" s="37">
+        <v>0.47174098308114504</v>
+      </c>
+      <c r="E29" s="36">
         <f>Data_sheet!$Y$2</f>
-        <v>0.44886880873115292</v>
-[...4 lines deleted...]
-      <c r="C30" s="28" t="s">
+        <v>0.45333497123076505</v>
+      </c>
+    </row>
+    <row r="30" spans="2:13" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="B30" s="26"/>
+      <c r="C30" s="26" t="s">
         <v>26</v>
       </c>
-      <c r="D30" s="29">
+      <c r="D30" s="28">
         <f>HLOOKUP($C30,Data_sheet!$3:$30,$D$4+1,FALSE)</f>
-        <v>0.54615296457955487</v>
-[...1 lines deleted...]
-      <c r="E30" s="37">
+        <v>0.50107948163783733</v>
+      </c>
+      <c r="E30" s="36">
         <f>Data_sheet!$Z$2</f>
-        <v>0.46369893141236257</v>
-[...2 lines deleted...]
-    <row r="31" spans="2:13" x14ac:dyDescent="0.25">
+        <v>0.47015274932452056</v>
+      </c>
+    </row>
+    <row r="31" spans="2:13" x14ac:dyDescent="0.3">
       <c r="B31" s="9"/>
       <c r="C31" s="9"/>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" fitToWidth="0" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="3074" r:id="rId4" name="Drop Down 2">
               <controlPr defaultSize="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>3</xdr:col>
-                    <xdr:colOff>428625</xdr:colOff>
+                    <xdr:colOff>426720</xdr:colOff>
                     <xdr:row>3</xdr:row>
                     <xdr:rowOff>571500</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>3</xdr:col>
                     <xdr:colOff>1066800</xdr:colOff>
                     <xdr:row>4</xdr:row>
                     <xdr:rowOff>190500</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:Z24"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="1" ySplit="3" topLeftCell="J4" activePane="bottomRight" state="frozen"/>
       <selection activeCell="F8" sqref="F8"/>
       <selection pane="topRight" activeCell="F8" sqref="F8"/>
       <selection pane="bottomLeft" activeCell="F8" sqref="F8"/>
-      <selection pane="bottomRight" activeCell="A15" sqref="A15:Z16"/>
+      <selection pane="bottomRight" activeCell="J18" sqref="J4:J18"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="10.85546875" style="2" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="27" max="16384" width="9.140625" style="2"/>
+    <col min="1" max="1" width="10.88671875" style="2" customWidth="1"/>
+    <col min="2" max="26" width="14.33203125" style="2" customWidth="1"/>
+    <col min="27" max="16384" width="9.109375" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:26" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="2" spans="1:26" s="41" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="38" t="s">
+    <row r="2" spans="1:26" s="40" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="37" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="39">
-[...75 lines deleted...]
-    <row r="3" spans="1:26" s="6" customFormat="1" ht="64.5" x14ac:dyDescent="0.25">
+      <c r="B2" s="38">
+        <v>0.20514260200370185</v>
+      </c>
+      <c r="C2" s="38">
+        <v>0.30348879503062154</v>
+      </c>
+      <c r="D2" s="38">
+        <v>0.25224990165214939</v>
+      </c>
+      <c r="E2" s="39">
+        <v>0.25739080156283362</v>
+      </c>
+      <c r="F2" s="39">
+        <v>0.27358863954189144</v>
+      </c>
+      <c r="G2" s="39">
+        <v>0.2532891284465974</v>
+      </c>
+      <c r="H2" s="39">
+        <v>0.34423400799147336</v>
+      </c>
+      <c r="I2" s="39">
+        <v>0.39249385342734228</v>
+      </c>
+      <c r="J2" s="39">
+        <v>0.28620140024859686</v>
+      </c>
+      <c r="K2" s="39">
+        <v>0.29442792953655461</v>
+      </c>
+      <c r="L2" s="39">
+        <v>0.28625664327642986</v>
+      </c>
+      <c r="M2" s="39">
+        <v>0.40201116865696385</v>
+      </c>
+      <c r="N2" s="39">
+        <v>0.43052845596172878</v>
+      </c>
+      <c r="O2" s="39">
+        <v>0.45584856645764948</v>
+      </c>
+      <c r="P2" s="39">
+        <v>0.33372975532376992</v>
+      </c>
+      <c r="Q2" s="39">
+        <v>0.36169148513705296</v>
+      </c>
+      <c r="R2" s="39">
+        <v>0.44586000025916522</v>
+      </c>
+      <c r="S2" s="39">
+        <v>0.4786331754315824</v>
+      </c>
+      <c r="T2" s="39">
+        <v>0.45012741235169323</v>
+      </c>
+      <c r="U2" s="39">
+        <v>0.48426852583088942</v>
+      </c>
+      <c r="V2" s="39">
+        <v>0.43210284135193117</v>
+      </c>
+      <c r="W2" s="39">
+        <v>0.40473317618863186</v>
+      </c>
+      <c r="X2" s="39">
+        <v>0.36246354085397581</v>
+      </c>
+      <c r="Y2" s="39">
+        <v>0.45333497123076505</v>
+      </c>
+      <c r="Z2" s="39">
+        <v>0.47015274932452056</v>
+      </c>
+    </row>
+    <row r="3" spans="1:26" s="6" customFormat="1" ht="69" x14ac:dyDescent="0.3">
       <c r="A3" s="12" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="10" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="10" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="10" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="10" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="10" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="10" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="10" t="s">
         <v>8</v>
       </c>
       <c r="I3" s="10" t="s">
@@ -2003,51 +2002,51 @@
       <c r="S3" s="10" t="s">
         <v>19</v>
       </c>
       <c r="T3" s="10" t="s">
         <v>20</v>
       </c>
       <c r="U3" s="10" t="s">
         <v>21</v>
       </c>
       <c r="V3" s="10" t="s">
         <v>22</v>
       </c>
       <c r="W3" s="10" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="10" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="10" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="10" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="4" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:26" x14ac:dyDescent="0.3">
       <c r="A4" s="17">
         <v>2011</v>
       </c>
       <c r="B4" s="8">
         <v>0.20256999973880321</v>
       </c>
       <c r="C4" s="8">
         <v>0.28123313640708736</v>
       </c>
       <c r="D4" s="8">
         <v>0.24487058632292816</v>
       </c>
       <c r="E4" s="8">
         <v>0.23978799210314825</v>
       </c>
       <c r="F4" s="8">
         <v>0.26019014856459283</v>
       </c>
       <c r="G4" s="8">
         <v>0.24193615799586413</v>
       </c>
       <c r="H4" s="8">
         <v>0.32680084707113805</v>
       </c>
       <c r="I4" s="8">
@@ -2083,51 +2082,51 @@
       <c r="S4" s="8">
         <v>0.4935720566833422</v>
       </c>
       <c r="T4" s="8">
         <v>0.45293458080299664</v>
       </c>
       <c r="U4" s="8">
         <v>0.50966118999448806</v>
       </c>
       <c r="V4" s="8">
         <v>0.43240267666981852</v>
       </c>
       <c r="W4" s="8">
         <v>0.40733137791940782</v>
       </c>
       <c r="X4" s="8">
         <v>0.38154659805618563</v>
       </c>
       <c r="Y4" s="8">
         <v>0.46623800148774014</v>
       </c>
       <c r="Z4" s="8">
         <v>0.50034130835418877</v>
       </c>
     </row>
-    <row r="5" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:26" x14ac:dyDescent="0.3">
       <c r="A5" s="17">
         <v>2012</v>
       </c>
       <c r="B5" s="8">
         <v>0.19495632868286428</v>
       </c>
       <c r="C5" s="8">
         <v>0.27972488057722922</v>
       </c>
       <c r="D5" s="8">
         <v>0.23673800077429868</v>
       </c>
       <c r="E5" s="8">
         <v>0.23185131014284754</v>
       </c>
       <c r="F5" s="8">
         <v>0.25549696739529276</v>
       </c>
       <c r="G5" s="8">
         <v>0.23934345418115757</v>
       </c>
       <c r="H5" s="8">
         <v>0.32238231232100845</v>
       </c>
       <c r="I5" s="8">
@@ -2163,51 +2162,51 @@
       <c r="S5" s="8">
         <v>0.48155815271105673</v>
       </c>
       <c r="T5" s="8">
         <v>0.44180188599232623</v>
       </c>
       <c r="U5" s="8">
         <v>0.49592753164277092</v>
       </c>
       <c r="V5" s="8">
         <v>0.42376008986285685</v>
       </c>
       <c r="W5" s="8">
         <v>0.39501851581884978</v>
       </c>
       <c r="X5" s="8">
         <v>0.36852763605343652</v>
       </c>
       <c r="Y5" s="8">
         <v>0.45538345120922941</v>
       </c>
       <c r="Z5" s="8">
         <v>0.47941241052085048</v>
       </c>
     </row>
-    <row r="6" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:26" x14ac:dyDescent="0.3">
       <c r="A6" s="17">
         <v>2013</v>
       </c>
       <c r="B6" s="8">
         <v>0.18745923420180016</v>
       </c>
       <c r="C6" s="8">
         <v>0.2715596546300208</v>
       </c>
       <c r="D6" s="8">
         <v>0.22813562453582267</v>
       </c>
       <c r="E6" s="8">
         <v>0.22684261279532436</v>
       </c>
       <c r="F6" s="8">
         <v>0.24689322687489484</v>
       </c>
       <c r="G6" s="8">
         <v>0.23119295531596279</v>
       </c>
       <c r="H6" s="8">
         <v>0.30774062317649947</v>
       </c>
       <c r="I6" s="8">
@@ -2243,51 +2242,51 @@
       <c r="S6" s="8">
         <v>0.46409711545324278</v>
       </c>
       <c r="T6" s="8">
         <v>0.4142689003408232</v>
       </c>
       <c r="U6" s="8">
         <v>0.47627878205840263</v>
       </c>
       <c r="V6" s="8">
         <v>0.40665747295663024</v>
       </c>
       <c r="W6" s="8">
         <v>0.37831912122513534</v>
       </c>
       <c r="X6" s="8">
         <v>0.35004649761577755</v>
       </c>
       <c r="Y6" s="8">
         <v>0.43241253973825888</v>
       </c>
       <c r="Z6" s="8">
         <v>0.45996368487732769</v>
       </c>
     </row>
-    <row r="7" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:26" x14ac:dyDescent="0.3">
       <c r="A7" s="17">
         <v>2014</v>
       </c>
       <c r="B7" s="8">
         <v>0.20177938658673572</v>
       </c>
       <c r="C7" s="8">
         <v>0.29128588915731485</v>
       </c>
       <c r="D7" s="8">
         <v>0.24527985884833403</v>
       </c>
       <c r="E7" s="8">
         <v>0.24535022735711057</v>
       </c>
       <c r="F7" s="8">
         <v>0.26423815019010161</v>
       </c>
       <c r="G7" s="8">
         <v>0.2483447770225683</v>
       </c>
       <c r="H7" s="8">
         <v>0.33033148369089271</v>
       </c>
       <c r="I7" s="8">
@@ -2323,51 +2322,51 @@
       <c r="S7" s="8">
         <v>0.50160731830780358</v>
       </c>
       <c r="T7" s="8">
         <v>0.45413867147018649</v>
       </c>
       <c r="U7" s="8">
         <v>0.51169433131632625</v>
       </c>
       <c r="V7" s="8">
         <v>0.43708560450963096</v>
       </c>
       <c r="W7" s="8">
         <v>0.40162852339907368</v>
       </c>
       <c r="X7" s="8">
         <v>0.372124186817889</v>
       </c>
       <c r="Y7" s="8">
         <v>0.46514315411311208</v>
       </c>
       <c r="Z7" s="8">
         <v>0.49102728576625787</v>
       </c>
     </row>
-    <row r="8" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:26" x14ac:dyDescent="0.3">
       <c r="A8" s="17">
         <v>2015</v>
       </c>
       <c r="B8" s="8">
         <v>0.2026341537904694</v>
       </c>
       <c r="C8" s="8">
         <v>0.29923728005522371</v>
       </c>
       <c r="D8" s="8">
         <v>0.24448666098728475</v>
       </c>
       <c r="E8" s="8">
         <v>0.24862719171391107</v>
       </c>
       <c r="F8" s="8">
         <v>0.26515228968678234</v>
       </c>
       <c r="G8" s="8">
         <v>0.2443510170824035</v>
       </c>
       <c r="H8" s="8">
         <v>0.3302466644554784</v>
       </c>
       <c r="I8" s="8">
@@ -2403,51 +2402,51 @@
       <c r="S8" s="8">
         <v>0.49462536255029022</v>
       </c>
       <c r="T8" s="8">
         <v>0.44325202614110304</v>
       </c>
       <c r="U8" s="8">
         <v>0.49741854511264849</v>
       </c>
       <c r="V8" s="8">
         <v>0.42651120542793713</v>
       </c>
       <c r="W8" s="8">
         <v>0.40037806615744037</v>
       </c>
       <c r="X8" s="8">
         <v>0.3607605523209349</v>
       </c>
       <c r="Y8" s="8">
         <v>0.46496503286269297</v>
       </c>
       <c r="Z8" s="8">
         <v>0.4789198177887603</v>
       </c>
     </row>
-    <row r="9" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:26" x14ac:dyDescent="0.3">
       <c r="A9" s="17">
         <v>2016</v>
       </c>
       <c r="B9" s="8">
         <v>0.19993384727995844</v>
       </c>
       <c r="C9" s="8">
         <v>0.29748213661721351</v>
       </c>
       <c r="D9" s="8">
         <v>0.24167830561951253</v>
       </c>
       <c r="E9" s="8">
         <v>0.24685786928501344</v>
       </c>
       <c r="F9" s="8">
         <v>0.26164134359492913</v>
       </c>
       <c r="G9" s="8">
         <v>0.2428334683680819</v>
       </c>
       <c r="H9" s="8">
         <v>0.33112401435128191</v>
       </c>
       <c r="I9" s="8">
@@ -2483,51 +2482,51 @@
       <c r="S9" s="8">
         <v>0.47949202358930154</v>
       </c>
       <c r="T9" s="8">
         <v>0.44489040763291426</v>
       </c>
       <c r="U9" s="8">
         <v>0.48042615934362459</v>
       </c>
       <c r="V9" s="8">
         <v>0.41909942246892895</v>
       </c>
       <c r="W9" s="8">
         <v>0.39214531656412727</v>
       </c>
       <c r="X9" s="8">
         <v>0.3539357488041498</v>
       </c>
       <c r="Y9" s="8">
         <v>0.45039770462535283</v>
       </c>
       <c r="Z9" s="8">
         <v>0.46551266828120502</v>
       </c>
     </row>
-    <row r="10" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:26" x14ac:dyDescent="0.3">
       <c r="A10" s="17">
         <v>2017</v>
       </c>
       <c r="B10" s="8">
         <v>0.18997642107928622</v>
       </c>
       <c r="C10" s="8">
         <v>0.28937157144001291</v>
       </c>
       <c r="D10" s="8">
         <v>0.23318926788937405</v>
       </c>
       <c r="E10" s="8">
         <v>0.23860192552913628</v>
       </c>
       <c r="F10" s="8">
         <v>0.25372621803451384</v>
       </c>
       <c r="G10" s="8">
         <v>0.23376187736825871</v>
       </c>
       <c r="H10" s="8">
         <v>0.32125737430881524</v>
       </c>
       <c r="I10" s="8">
@@ -2563,51 +2562,51 @@
       <c r="S10" s="8">
         <v>0.46216950724497663</v>
       </c>
       <c r="T10" s="8">
         <v>0.42013403359637047</v>
       </c>
       <c r="U10" s="8">
         <v>0.45196163815599322</v>
       </c>
       <c r="V10" s="8">
         <v>0.40060904527644187</v>
       </c>
       <c r="W10" s="8">
         <v>0.38088700705547063</v>
       </c>
       <c r="X10" s="8">
         <v>0.34134062006636395</v>
       </c>
       <c r="Y10" s="8">
         <v>0.43198744835732111</v>
       </c>
       <c r="Z10" s="8">
         <v>0.44452913209315437</v>
       </c>
     </row>
-    <row r="11" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:26" x14ac:dyDescent="0.3">
       <c r="A11" s="17">
         <v>2018</v>
       </c>
       <c r="B11" s="8">
         <v>0.18778998454043239</v>
       </c>
       <c r="C11" s="8">
         <v>0.28612465640156304</v>
       </c>
       <c r="D11" s="8">
         <v>0.22987060278133048</v>
       </c>
       <c r="E11" s="8">
         <v>0.23924335464206298</v>
       </c>
       <c r="F11" s="8">
         <v>0.25528238741000081</v>
       </c>
       <c r="G11" s="8">
         <v>0.23017991623206169</v>
       </c>
       <c r="H11" s="8">
         <v>0.31713587567133961</v>
       </c>
       <c r="I11" s="8">
@@ -2643,51 +2642,51 @@
       <c r="S11" s="8">
         <v>0.45069704784774367</v>
       </c>
       <c r="T11" s="8">
         <v>0.42437837550805457</v>
       </c>
       <c r="U11" s="8">
         <v>0.44315269511034405</v>
       </c>
       <c r="V11" s="8">
         <v>0.39054217205953673</v>
       </c>
       <c r="W11" s="8">
         <v>0.37317492979801875</v>
       </c>
       <c r="X11" s="8">
         <v>0.33703457851855573</v>
       </c>
       <c r="Y11" s="8">
         <v>0.4177613293185018</v>
       </c>
       <c r="Z11" s="8">
         <v>0.43457911844893043</v>
       </c>
     </row>
-    <row r="12" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:26" x14ac:dyDescent="0.3">
       <c r="A12" s="17">
         <v>2019</v>
       </c>
       <c r="B12" s="8">
         <v>0.18319030702827976</v>
       </c>
       <c r="C12" s="8">
         <v>0.27940655271204423</v>
       </c>
       <c r="D12" s="8">
         <v>0.22815608457962788</v>
       </c>
       <c r="E12" s="8">
         <v>0.23156353431647833</v>
       </c>
       <c r="F12" s="8">
         <v>0.25044716234910724</v>
       </c>
       <c r="G12" s="8">
         <v>0.22653565040314783</v>
       </c>
       <c r="H12" s="8">
         <v>0.31518060156086786</v>
       </c>
       <c r="I12" s="8">
@@ -2723,51 +2722,51 @@
       <c r="S12" s="8">
         <v>0.43329026310610602</v>
       </c>
       <c r="T12" s="8">
         <v>0.40200635762053122</v>
       </c>
       <c r="U12" s="8">
         <v>0.4298699597652883</v>
       </c>
       <c r="V12" s="8">
         <v>0.38356682285798688</v>
       </c>
       <c r="W12" s="8">
         <v>0.3692313258130176</v>
       </c>
       <c r="X12" s="8">
         <v>0.32495121868236937</v>
       </c>
       <c r="Y12" s="8">
         <v>0.40389714106010166</v>
       </c>
       <c r="Z12" s="8">
         <v>0.42439542355148008</v>
       </c>
     </row>
-    <row r="13" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:26" x14ac:dyDescent="0.3">
       <c r="A13" s="17">
         <v>2020</v>
       </c>
       <c r="B13" s="8">
         <v>0.18427382118134136</v>
       </c>
       <c r="C13" s="8">
         <v>0.27382831601449048</v>
       </c>
       <c r="D13" s="8">
         <v>0.22616562398100984</v>
       </c>
       <c r="E13" s="8">
         <v>0.22593470028396612</v>
       </c>
       <c r="F13" s="8">
         <v>0.24146717125795561</v>
       </c>
       <c r="G13" s="8">
         <v>0.22277301032097752</v>
       </c>
       <c r="H13" s="8">
         <v>0.3104388718152824</v>
       </c>
       <c r="I13" s="8">
@@ -2803,3129 +2802,3255 @@
       <c r="S13" s="8">
         <v>0.41641194457301395</v>
       </c>
       <c r="T13" s="8">
         <v>0.411379967609171</v>
       </c>
       <c r="U13" s="8">
         <v>0.4251322705179405</v>
       </c>
       <c r="V13" s="8">
         <v>0.37626445448605428</v>
       </c>
       <c r="W13" s="8">
         <v>0.37486213677438507</v>
       </c>
       <c r="X13" s="8">
         <v>0.3341602766031509</v>
       </c>
       <c r="Y13" s="8">
         <v>0.40572288041674637</v>
       </c>
       <c r="Z13" s="8">
         <v>0.38999151885206551</v>
       </c>
     </row>
-    <row r="14" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:26" x14ac:dyDescent="0.3">
       <c r="A14" s="17">
         <v>2021</v>
       </c>
       <c r="B14" s="8">
         <v>0.20680814011667545</v>
       </c>
       <c r="C14" s="8">
         <v>0.3148752675277468</v>
       </c>
       <c r="D14" s="8">
         <v>0.25437630162055236</v>
       </c>
       <c r="E14" s="8">
         <v>0.25937546804616013</v>
       </c>
       <c r="F14" s="8">
         <v>0.27443179119669447</v>
       </c>
       <c r="G14" s="8">
         <v>0.2509005544654645</v>
       </c>
       <c r="H14" s="8">
         <v>0.34977603388912459</v>
       </c>
       <c r="I14" s="8">
         <v>0.42151537142484824</v>
       </c>
       <c r="J14" s="8">
         <v>0.2878032317674562</v>
       </c>
-      <c r="K14" s="30" t="s">
+      <c r="K14" s="29" t="s">
         <v>48</v>
       </c>
       <c r="L14" s="8">
         <v>0.29442425732883243</v>
       </c>
       <c r="M14" s="8">
         <v>0.38932863304199211</v>
       </c>
       <c r="N14" s="8">
         <v>0.42144526700215401</v>
       </c>
       <c r="O14" s="8">
         <v>0.44280224563615767</v>
       </c>
       <c r="P14" s="8">
         <v>0.3360014505712125</v>
       </c>
       <c r="Q14" s="8">
         <v>0.35402748412646501</v>
       </c>
       <c r="R14" s="8">
         <v>0.46100838653946208</v>
       </c>
       <c r="S14" s="8">
         <v>0.46447291309482519</v>
       </c>
       <c r="T14" s="8">
         <v>0.44654774538873676</v>
       </c>
       <c r="U14" s="8">
         <v>0.451239309530924</v>
       </c>
       <c r="V14" s="8">
         <v>0.43083192895416184</v>
       </c>
       <c r="W14" s="8">
         <v>0.40320517590217697</v>
       </c>
       <c r="X14" s="8">
         <v>0.35274614695516809</v>
       </c>
       <c r="Y14" s="8">
         <v>0.44126010035441249</v>
       </c>
       <c r="Z14" s="8">
         <v>0.4490801468470707</v>
       </c>
     </row>
-    <row r="15" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:26" x14ac:dyDescent="0.3">
       <c r="A15" s="17">
         <v>2022</v>
       </c>
       <c r="B15" s="8">
         <v>0.21700278516784829</v>
       </c>
       <c r="C15" s="8">
         <v>0.31662021983067007</v>
       </c>
       <c r="D15" s="8">
         <v>0.26798013225410927</v>
       </c>
       <c r="E15" s="8">
         <v>0.27591596250503242</v>
       </c>
       <c r="F15" s="8">
         <v>0.29029196973738314</v>
       </c>
       <c r="G15" s="8">
         <v>0.26694259975485701</v>
       </c>
       <c r="H15" s="8">
         <v>0.36603933438496827</v>
       </c>
       <c r="I15" s="8">
         <v>0.43095979798935663</v>
       </c>
       <c r="J15" s="8">
         <v>0.30050879502250039</v>
       </c>
-      <c r="K15" s="30">
+      <c r="K15" s="29">
         <v>0.33090422636422295</v>
       </c>
       <c r="L15" s="8">
         <v>0.30937461369371572</v>
       </c>
       <c r="M15" s="8">
         <v>0.41043619409529308</v>
       </c>
       <c r="N15" s="8">
         <v>0.44250748724250122</v>
       </c>
       <c r="O15" s="8">
         <v>0.45992311354051957</v>
       </c>
       <c r="P15" s="8">
         <v>0.34558262613793572</v>
       </c>
       <c r="Q15" s="8">
         <v>0.37036508725915607</v>
       </c>
       <c r="R15" s="8">
         <v>0.44264953417698077</v>
       </c>
       <c r="S15" s="8">
         <v>0.47497284865215478</v>
       </c>
       <c r="T15" s="8">
         <v>0.46223566377711239</v>
       </c>
       <c r="U15" s="8">
         <v>0.47530027835906813</v>
       </c>
       <c r="V15" s="8">
         <v>0.44804292804135237</v>
       </c>
       <c r="W15" s="8">
         <v>0.4095220063606213</v>
       </c>
       <c r="X15" s="8">
         <v>0.35524218748882774</v>
       </c>
       <c r="Y15" s="8">
         <v>0.45112103159957134</v>
       </c>
       <c r="Z15" s="8">
         <v>0.46418062839986668</v>
       </c>
     </row>
-    <row r="16" spans="1:26" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:26" x14ac:dyDescent="0.3">
       <c r="A16" s="17">
         <v>2023</v>
       </c>
       <c r="B16" s="8">
-        <v>0.25861859191543352</v>
+        <v>0.25549987874204444</v>
       </c>
       <c r="C16" s="8">
-        <v>0.38535260741869104</v>
+        <v>0.37779999089950372</v>
       </c>
       <c r="D16" s="8">
-        <v>0.32085322335796473</v>
+        <v>0.31455155242397576</v>
       </c>
       <c r="E16" s="8">
-        <v>0.33821194759147732</v>
+        <v>0.33494704834000044</v>
       </c>
       <c r="F16" s="8">
-        <v>0.34228235586603611</v>
+        <v>0.34221483810559017</v>
       </c>
       <c r="G16" s="8">
-        <v>0.32573383079003332</v>
+        <v>0.32336596836678494</v>
       </c>
       <c r="H16" s="8">
-        <v>0.4404307099063991</v>
+        <v>0.43193245385511558</v>
       </c>
       <c r="I16" s="8">
-        <v>0.52270420709471788</v>
+        <v>0.51168129712972754</v>
       </c>
       <c r="J16" s="8">
-        <v>0.37045861082142256</v>
-[...2 lines deleted...]
-        <v>0.34952311998272773</v>
+        <v>0.37180832685407816</v>
+      </c>
+      <c r="K16" s="29">
+        <v>0.35463162819507205</v>
       </c>
       <c r="L16" s="8">
-        <v>0.37308766297637619</v>
+        <v>0.37037952086449133</v>
       </c>
       <c r="M16" s="8">
-        <v>0.49299679847305794</v>
+        <v>0.49104323939015265</v>
       </c>
       <c r="N16" s="8">
-        <v>0.5295650655345665</v>
+        <v>0.52803383927603997</v>
       </c>
       <c r="O16" s="8">
-        <v>0.54460992510570805</v>
+        <v>0.5352838827897981</v>
       </c>
       <c r="P16" s="8">
-        <v>0.41434367792317806</v>
+        <v>0.40772199396771897</v>
       </c>
       <c r="Q16" s="8">
-        <v>0.4551636712564251</v>
+        <v>0.43931541757009551</v>
       </c>
       <c r="R16" s="8">
-        <v>0.53347327576768366</v>
+        <v>0.52436307603919863</v>
       </c>
       <c r="S16" s="8">
-        <v>0.54961344437921034</v>
+        <v>0.5497876198461551</v>
       </c>
       <c r="T16" s="8">
-        <v>0.53961275134214426</v>
+        <v>0.53927727723902152</v>
       </c>
       <c r="U16" s="8">
-        <v>0.5653754562679989</v>
+        <v>0.56666815844706719</v>
       </c>
       <c r="V16" s="8">
-        <v>0.52420463501584402</v>
+        <v>0.52349283369276023</v>
       </c>
       <c r="W16" s="8">
-        <v>0.48814175878347205</v>
+        <v>0.48452893951488746</v>
       </c>
       <c r="X16" s="8">
-        <v>0.42318742271131599</v>
+        <v>0.42164463819134251</v>
       </c>
       <c r="Y16" s="8">
-        <v>0.54900469836194665</v>
+        <v>0.53710682205933646</v>
       </c>
       <c r="Z16" s="8">
-        <v>0.54615296457955487</v>
-[...36 lines deleted...]
-    <row r="19" spans="1:15" x14ac:dyDescent="0.25">
+        <v>0.54478094322995796</v>
+      </c>
+    </row>
+    <row r="17" spans="1:26" x14ac:dyDescent="0.3">
+      <c r="A17" s="17">
+        <v>2024</v>
+      </c>
+      <c r="B17" s="8">
+        <v>0.23784478186442479</v>
+      </c>
+      <c r="C17" s="8">
+        <v>0.35601436544667447</v>
+      </c>
+      <c r="D17" s="8">
+        <v>0.29951775127052138</v>
+      </c>
+      <c r="E17" s="8">
+        <v>0.31380447056360378</v>
+      </c>
+      <c r="F17" s="8">
+        <v>0.3282514875507041</v>
+      </c>
+      <c r="G17" s="8">
+        <v>0.30441305616723835</v>
+      </c>
+      <c r="H17" s="8">
+        <v>0.41262775314426775</v>
+      </c>
+      <c r="I17" s="8">
+        <v>0.49200973810477155</v>
+      </c>
+      <c r="J17" s="8">
+        <v>0.34690489386100665</v>
+      </c>
+      <c r="K17" s="29">
+        <v>0.31809188641951086</v>
+      </c>
+      <c r="L17" s="8">
+        <v>0.35119953830014983</v>
+      </c>
+      <c r="M17" s="8">
+        <v>0.46995500827931525</v>
+      </c>
+      <c r="N17" s="8">
+        <v>0.49803432055475594</v>
+      </c>
+      <c r="O17" s="8">
+        <v>0.50708627559213004</v>
+      </c>
+      <c r="P17" s="8">
+        <v>0.38417184306609614</v>
+      </c>
+      <c r="Q17" s="8">
+        <v>0.40912724760930924</v>
+      </c>
+      <c r="R17" s="8">
+        <v>0.49157987029057848</v>
+      </c>
+      <c r="S17" s="8">
+        <v>0.51917393814198964</v>
+      </c>
+      <c r="T17" s="8">
+        <v>0.51647336700977819</v>
+      </c>
+      <c r="U17" s="8">
+        <v>0.53530971844457664</v>
+      </c>
+      <c r="V17" s="8">
+        <v>0.50136275295918276</v>
+      </c>
+      <c r="W17" s="8">
+        <v>0.46078216714240566</v>
+      </c>
+      <c r="X17" s="8">
+        <v>0.40010811854969414</v>
+      </c>
+      <c r="Y17" s="8">
+        <v>0.50488694817795299</v>
+      </c>
+      <c r="Z17" s="8">
+        <v>0.52449767121885527</v>
+      </c>
+    </row>
+    <row r="18" spans="1:26" x14ac:dyDescent="0.3">
+      <c r="A18" s="17">
+        <v>2025</v>
+      </c>
+      <c r="B18" s="8">
+        <v>0.22541996005456402</v>
+      </c>
+      <c r="C18" s="8">
+        <v>0.33776800774252713</v>
+      </c>
+      <c r="D18" s="8">
+        <v>0.28875217089355881</v>
+      </c>
+      <c r="E18" s="8">
+        <v>0.30215835581870898</v>
+      </c>
+      <c r="F18" s="8">
+        <v>0.31410444117982872</v>
+      </c>
+      <c r="G18" s="8">
+        <v>0.29246246365413275</v>
+      </c>
+      <c r="H18" s="8">
+        <v>0.39049587617602066</v>
+      </c>
+      <c r="I18" s="8">
+        <v>0.47292487985296427</v>
+      </c>
+      <c r="J18" s="8">
+        <v>0.33156095683757925</v>
+      </c>
+      <c r="K18" s="29">
+        <v>0.31106469616151528</v>
+      </c>
+      <c r="L18" s="8">
+        <v>0.33159336950577806</v>
+      </c>
+      <c r="M18" s="8">
+        <v>0.44865424002162946</v>
+      </c>
+      <c r="N18" s="8">
+        <v>0.47378361871356384</v>
+      </c>
+      <c r="O18" s="8">
+        <v>0.48275173195593951</v>
+      </c>
+      <c r="P18" s="8">
+        <v>0.36664748063383829</v>
+      </c>
+      <c r="Q18" s="8">
+        <v>0.39670700868822251</v>
+      </c>
+      <c r="R18" s="8">
+        <v>0.46687122330120678</v>
+      </c>
+      <c r="S18" s="8">
+        <v>0.49356951967173429</v>
+      </c>
+      <c r="T18" s="8">
+        <v>0.47819192514627262</v>
+      </c>
+      <c r="U18" s="8">
+        <v>0.51398731966387923</v>
+      </c>
+      <c r="V18" s="8">
+        <v>0.48131321005568861</v>
+      </c>
+      <c r="W18" s="8">
+        <v>0.43998303338445993</v>
+      </c>
+      <c r="X18" s="8">
+        <v>0.38278410808579116</v>
+      </c>
+      <c r="Y18" s="8">
+        <v>0.47174098308114504</v>
+      </c>
+      <c r="Z18" s="8">
+        <v>0.50107948163783733</v>
+      </c>
+    </row>
+    <row r="19" spans="1:26" x14ac:dyDescent="0.3">
       <c r="A19" s="9"/>
       <c r="B19" s="9"/>
       <c r="C19" s="9"/>
       <c r="D19" s="9"/>
       <c r="E19" s="9"/>
       <c r="F19" s="9"/>
       <c r="G19" s="9"/>
       <c r="H19" s="9"/>
       <c r="I19" s="9"/>
       <c r="J19" s="9"/>
       <c r="K19" s="9"/>
       <c r="L19" s="9"/>
       <c r="M19" s="9"/>
       <c r="N19" s="9"/>
       <c r="O19" s="9"/>
     </row>
-    <row r="20" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:26" x14ac:dyDescent="0.3">
       <c r="A20" s="9"/>
       <c r="B20" s="9"/>
       <c r="C20" s="9"/>
       <c r="D20" s="9"/>
       <c r="E20" s="9"/>
       <c r="F20" s="9"/>
       <c r="G20" s="9"/>
       <c r="H20" s="9"/>
       <c r="I20" s="9"/>
       <c r="J20" s="9"/>
       <c r="K20" s="9"/>
       <c r="L20" s="9"/>
       <c r="M20" s="9"/>
       <c r="N20" s="9"/>
       <c r="O20" s="9"/>
     </row>
-    <row r="21" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:26" x14ac:dyDescent="0.3">
       <c r="A21" s="9"/>
       <c r="B21" s="9"/>
       <c r="C21" s="9"/>
       <c r="D21" s="9"/>
       <c r="E21" s="9"/>
       <c r="F21" s="9"/>
       <c r="G21" s="9"/>
       <c r="H21" s="9"/>
       <c r="I21" s="9"/>
       <c r="J21" s="9"/>
       <c r="K21" s="9"/>
       <c r="L21" s="9"/>
       <c r="M21" s="9"/>
       <c r="N21" s="9"/>
       <c r="O21" s="9"/>
     </row>
-    <row r="22" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:26" x14ac:dyDescent="0.3">
       <c r="A22" s="9"/>
       <c r="B22" s="9"/>
       <c r="C22" s="9"/>
       <c r="D22" s="9"/>
       <c r="E22" s="9"/>
       <c r="F22" s="9"/>
       <c r="G22" s="9"/>
       <c r="H22" s="9"/>
       <c r="I22" s="9"/>
       <c r="J22" s="9"/>
       <c r="K22" s="9"/>
       <c r="L22" s="9"/>
       <c r="M22" s="9"/>
       <c r="N22" s="9"/>
       <c r="O22" s="9"/>
     </row>
-    <row r="23" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:26" x14ac:dyDescent="0.3">
       <c r="A23" s="9"/>
       <c r="B23" s="9"/>
       <c r="C23" s="9"/>
       <c r="D23" s="9"/>
       <c r="E23" s="9"/>
       <c r="F23" s="9"/>
       <c r="G23" s="9"/>
       <c r="H23" s="9"/>
       <c r="I23" s="9"/>
       <c r="J23" s="9"/>
       <c r="K23" s="9"/>
       <c r="L23" s="9"/>
       <c r="M23" s="9"/>
       <c r="N23" s="9"/>
       <c r="O23" s="9"/>
     </row>
-    <row r="24" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:26" x14ac:dyDescent="0.3">
       <c r="A24" s="9"/>
       <c r="B24" s="9"/>
       <c r="C24" s="9"/>
       <c r="D24" s="9"/>
       <c r="E24" s="9"/>
       <c r="F24" s="9"/>
       <c r="G24" s="9"/>
       <c r="H24" s="9"/>
       <c r="I24" s="9"/>
       <c r="J24" s="9"/>
       <c r="K24" s="9"/>
       <c r="L24" s="9"/>
       <c r="M24" s="9"/>
       <c r="N24" s="9"/>
       <c r="O24" s="9"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:O160"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C6" sqref="C6"/>
+      <selection activeCell="Q6" sqref="Q6:Q7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="8.5703125" style="2" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="18" max="16384" width="9.140625" style="2"/>
+    <col min="1" max="1" width="8.5546875" style="2" customWidth="1"/>
+    <col min="2" max="15" width="9.33203125" style="2" customWidth="1"/>
+    <col min="16" max="16" width="9.109375" style="2"/>
+    <col min="17" max="17" width="7.5546875" style="2" customWidth="1"/>
+    <col min="18" max="16384" width="9.109375" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:15" ht="51.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1"/>
     </row>
-    <row r="2" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A2" s="3"/>
     </row>
-    <row r="3" spans="1:15" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:15" ht="22.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A3" s="4"/>
-      <c r="B3" s="32" t="s">
+      <c r="B3" s="31" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="4" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:15" x14ac:dyDescent="0.3">
       <c r="C4" s="5"/>
       <c r="D4" s="5"/>
     </row>
-    <row r="5" spans="1:15" s="6" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:15" s="6" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A5" s="19" t="s">
         <v>39</v>
       </c>
       <c r="B5" s="20" t="s">
         <v>40</v>
       </c>
       <c r="C5" s="10"/>
       <c r="D5" s="10"/>
       <c r="E5" s="10"/>
       <c r="F5" s="10"/>
       <c r="G5" s="10"/>
       <c r="H5" s="10"/>
       <c r="I5" s="10"/>
       <c r="J5" s="10"/>
       <c r="K5" s="10"/>
       <c r="L5" s="10"/>
       <c r="M5" s="10"/>
       <c r="N5" s="10"/>
       <c r="O5" s="10"/>
     </row>
-    <row r="6" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A6" s="19" t="s">
         <v>39</v>
       </c>
       <c r="B6" s="20" t="s">
         <v>41</v>
       </c>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
       <c r="H6" s="11"/>
       <c r="I6" s="11"/>
       <c r="J6" s="11"/>
       <c r="K6" s="11"/>
       <c r="L6" s="11"/>
       <c r="M6" s="11"/>
       <c r="N6" s="11"/>
       <c r="O6" s="11"/>
     </row>
-    <row r="7" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A7" s="19" t="s">
         <v>39</v>
       </c>
       <c r="B7" s="20" t="s">
         <v>42</v>
       </c>
       <c r="C7" s="11"/>
       <c r="D7" s="11"/>
       <c r="E7" s="11"/>
       <c r="F7" s="11"/>
       <c r="G7" s="11"/>
       <c r="H7" s="11"/>
       <c r="I7" s="11"/>
       <c r="J7" s="11"/>
       <c r="K7" s="11"/>
       <c r="L7" s="11"/>
       <c r="M7" s="11"/>
       <c r="N7" s="11"/>
       <c r="O7" s="11"/>
     </row>
-    <row r="8" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A8" s="19" t="s">
         <v>39</v>
       </c>
       <c r="B8" s="20" t="s">
         <v>43</v>
       </c>
       <c r="C8" s="11"/>
       <c r="D8" s="11"/>
       <c r="E8" s="11"/>
       <c r="F8" s="11"/>
       <c r="G8" s="11"/>
       <c r="H8" s="11"/>
       <c r="I8" s="11"/>
       <c r="J8" s="11"/>
       <c r="K8" s="11"/>
       <c r="L8" s="11"/>
       <c r="M8" s="11"/>
       <c r="N8" s="11"/>
       <c r="O8" s="11"/>
     </row>
-    <row r="9" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A9" s="19" t="s">
         <v>39</v>
       </c>
       <c r="B9" s="20" t="s">
         <v>44</v>
       </c>
       <c r="C9" s="11"/>
       <c r="D9" s="11"/>
       <c r="E9" s="11"/>
       <c r="F9" s="11"/>
       <c r="G9" s="11"/>
       <c r="H9" s="11"/>
       <c r="I9" s="11"/>
       <c r="J9" s="11"/>
       <c r="K9" s="11"/>
       <c r="L9" s="11"/>
       <c r="M9" s="11"/>
       <c r="N9" s="11"/>
       <c r="O9" s="11"/>
     </row>
-    <row r="10" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A10" s="19" t="s">
         <v>39</v>
       </c>
       <c r="B10" s="20" t="s">
         <v>45</v>
       </c>
       <c r="C10" s="11"/>
       <c r="D10" s="11"/>
       <c r="E10" s="11"/>
       <c r="F10" s="11"/>
       <c r="G10" s="11"/>
       <c r="H10" s="11"/>
       <c r="I10" s="11"/>
       <c r="J10" s="11"/>
       <c r="K10" s="11"/>
       <c r="L10" s="11"/>
       <c r="M10" s="11"/>
       <c r="N10" s="11"/>
       <c r="O10" s="11"/>
     </row>
-    <row r="11" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A11" s="19" t="s">
         <v>39</v>
       </c>
       <c r="B11" s="20" t="s">
         <v>46</v>
       </c>
       <c r="C11" s="11"/>
       <c r="D11" s="11"/>
       <c r="E11" s="11"/>
       <c r="F11" s="11"/>
       <c r="G11" s="11"/>
       <c r="H11" s="11"/>
       <c r="I11" s="11"/>
       <c r="J11" s="11"/>
       <c r="K11" s="11"/>
       <c r="L11" s="11"/>
       <c r="M11" s="11"/>
       <c r="N11" s="11"/>
       <c r="O11" s="11"/>
     </row>
-    <row r="12" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A12" s="13"/>
       <c r="B12" s="11"/>
       <c r="C12" s="11"/>
       <c r="D12" s="11"/>
       <c r="E12" s="11"/>
       <c r="F12" s="11"/>
       <c r="G12" s="11"/>
       <c r="H12" s="11"/>
       <c r="I12" s="11"/>
       <c r="J12" s="11"/>
       <c r="K12" s="11"/>
       <c r="L12" s="11"/>
       <c r="M12" s="11"/>
       <c r="N12" s="11"/>
       <c r="O12" s="11"/>
     </row>
-    <row r="13" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A13" s="13"/>
       <c r="B13" s="11"/>
       <c r="C13" s="11"/>
       <c r="D13" s="11"/>
       <c r="E13" s="11"/>
       <c r="F13" s="11"/>
       <c r="G13" s="11"/>
       <c r="H13" s="11"/>
       <c r="I13" s="11"/>
       <c r="J13" s="11"/>
       <c r="K13" s="11"/>
       <c r="L13" s="11"/>
       <c r="M13" s="11"/>
       <c r="N13" s="11"/>
       <c r="O13" s="11"/>
     </row>
-    <row r="14" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A14" s="13"/>
       <c r="B14" s="11"/>
       <c r="C14" s="11"/>
       <c r="D14" s="11"/>
       <c r="E14" s="11"/>
       <c r="F14" s="11"/>
       <c r="G14" s="11"/>
       <c r="H14" s="11"/>
       <c r="I14" s="11"/>
       <c r="J14" s="11"/>
       <c r="K14" s="11"/>
       <c r="L14" s="11"/>
       <c r="M14" s="11"/>
       <c r="N14" s="11"/>
       <c r="O14" s="11"/>
     </row>
-    <row r="15" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A15" s="13"/>
       <c r="B15" s="11"/>
       <c r="C15" s="11"/>
       <c r="D15" s="11"/>
       <c r="E15" s="11"/>
       <c r="F15" s="11"/>
       <c r="G15" s="11"/>
       <c r="H15" s="11"/>
       <c r="I15" s="11"/>
       <c r="J15" s="11"/>
       <c r="K15" s="11"/>
       <c r="L15" s="11"/>
       <c r="M15" s="11"/>
       <c r="N15" s="11"/>
       <c r="O15" s="11"/>
     </row>
-    <row r="16" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A16" s="7"/>
       <c r="B16" s="11"/>
       <c r="C16" s="11"/>
       <c r="D16" s="11"/>
       <c r="E16" s="11"/>
       <c r="F16" s="11"/>
       <c r="G16" s="11"/>
       <c r="H16" s="11"/>
       <c r="I16" s="11"/>
       <c r="J16" s="11"/>
       <c r="K16" s="11"/>
       <c r="L16" s="11"/>
       <c r="M16" s="11"/>
       <c r="N16" s="11"/>
       <c r="O16" s="11"/>
     </row>
-    <row r="17" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A17" s="7"/>
       <c r="B17" s="11"/>
       <c r="C17" s="11"/>
       <c r="D17" s="11"/>
       <c r="E17" s="11"/>
       <c r="F17" s="11"/>
       <c r="G17" s="11"/>
       <c r="H17" s="11"/>
       <c r="I17" s="11"/>
       <c r="J17" s="11"/>
       <c r="K17" s="11"/>
       <c r="L17" s="11"/>
       <c r="M17" s="11"/>
       <c r="N17" s="11"/>
       <c r="O17" s="11"/>
     </row>
-    <row r="18" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A18" s="7"/>
       <c r="B18" s="11"/>
       <c r="C18" s="11"/>
       <c r="D18" s="11"/>
       <c r="E18" s="11"/>
       <c r="F18" s="11"/>
       <c r="G18" s="11"/>
       <c r="H18" s="11"/>
       <c r="I18" s="11"/>
       <c r="J18" s="11"/>
       <c r="K18" s="11"/>
       <c r="L18" s="11"/>
       <c r="M18" s="11"/>
       <c r="N18" s="11"/>
       <c r="O18" s="11"/>
     </row>
-    <row r="19" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A19" s="7"/>
       <c r="B19" s="11"/>
       <c r="C19" s="11"/>
       <c r="D19" s="11"/>
       <c r="E19" s="11"/>
       <c r="F19" s="11"/>
       <c r="G19" s="11"/>
       <c r="H19" s="11"/>
       <c r="I19" s="11"/>
       <c r="J19" s="11"/>
       <c r="K19" s="11"/>
       <c r="L19" s="11"/>
       <c r="M19" s="11"/>
       <c r="N19" s="11"/>
       <c r="O19" s="11"/>
     </row>
-    <row r="20" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A20" s="7"/>
       <c r="B20" s="11"/>
       <c r="C20" s="11"/>
       <c r="D20" s="11"/>
       <c r="E20" s="11"/>
       <c r="F20" s="11"/>
       <c r="G20" s="11"/>
       <c r="H20" s="11"/>
       <c r="I20" s="11"/>
       <c r="J20" s="11"/>
       <c r="K20" s="11"/>
       <c r="L20" s="11"/>
       <c r="M20" s="11"/>
       <c r="N20" s="11"/>
       <c r="O20" s="11"/>
     </row>
-    <row r="21" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A21" s="7"/>
       <c r="B21" s="11"/>
       <c r="C21" s="11"/>
       <c r="D21" s="11"/>
       <c r="E21" s="11"/>
       <c r="F21" s="11"/>
       <c r="G21" s="11"/>
       <c r="H21" s="11"/>
       <c r="I21" s="11"/>
       <c r="J21" s="11"/>
       <c r="K21" s="11"/>
       <c r="L21" s="11"/>
       <c r="M21" s="11"/>
       <c r="N21" s="11"/>
       <c r="O21" s="11"/>
     </row>
-    <row r="22" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A22" s="7"/>
       <c r="B22" s="11"/>
       <c r="C22" s="11"/>
       <c r="D22" s="11"/>
       <c r="E22" s="11"/>
       <c r="F22" s="11"/>
       <c r="G22" s="11"/>
       <c r="H22" s="11"/>
       <c r="I22" s="11"/>
       <c r="J22" s="11"/>
       <c r="K22" s="11"/>
       <c r="L22" s="11"/>
       <c r="M22" s="11"/>
       <c r="N22" s="11"/>
       <c r="O22" s="11"/>
     </row>
-    <row r="23" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A23" s="7"/>
       <c r="B23" s="11"/>
       <c r="C23" s="11"/>
       <c r="D23" s="11"/>
       <c r="E23" s="11"/>
       <c r="F23" s="11"/>
       <c r="G23" s="11"/>
       <c r="H23" s="11"/>
       <c r="I23" s="11"/>
       <c r="J23" s="11"/>
       <c r="K23" s="11"/>
       <c r="L23" s="11"/>
       <c r="M23" s="11"/>
       <c r="N23" s="11"/>
       <c r="O23" s="11"/>
     </row>
-    <row r="24" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A24" s="7"/>
       <c r="B24" s="11"/>
       <c r="C24" s="11"/>
       <c r="D24" s="11"/>
       <c r="E24" s="11"/>
       <c r="F24" s="11"/>
       <c r="G24" s="11"/>
       <c r="H24" s="11"/>
       <c r="I24" s="11"/>
       <c r="J24" s="11"/>
       <c r="K24" s="11"/>
       <c r="L24" s="11"/>
       <c r="M24" s="11"/>
       <c r="N24" s="11"/>
       <c r="O24" s="11"/>
     </row>
-    <row r="25" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A25" s="7"/>
       <c r="B25" s="11"/>
       <c r="C25" s="11"/>
       <c r="D25" s="11"/>
       <c r="E25" s="11"/>
       <c r="F25" s="11"/>
       <c r="G25" s="11"/>
       <c r="H25" s="11"/>
       <c r="I25" s="11"/>
       <c r="J25" s="11"/>
       <c r="K25" s="11"/>
       <c r="L25" s="11"/>
       <c r="M25" s="11"/>
       <c r="N25" s="11"/>
       <c r="O25" s="11"/>
     </row>
-    <row r="26" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A26" s="7"/>
       <c r="B26" s="11"/>
       <c r="C26" s="11"/>
       <c r="D26" s="11"/>
       <c r="E26" s="11"/>
       <c r="F26" s="11"/>
       <c r="G26" s="11"/>
       <c r="H26" s="11"/>
       <c r="I26" s="11"/>
       <c r="J26" s="11"/>
       <c r="K26" s="11"/>
       <c r="L26" s="11"/>
       <c r="M26" s="11"/>
       <c r="N26" s="11"/>
       <c r="O26" s="11"/>
     </row>
-    <row r="27" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A27" s="7"/>
       <c r="B27" s="11"/>
       <c r="C27" s="11"/>
       <c r="D27" s="11"/>
       <c r="E27" s="11"/>
       <c r="F27" s="11"/>
       <c r="G27" s="11"/>
       <c r="H27" s="11"/>
       <c r="I27" s="11"/>
       <c r="J27" s="11"/>
       <c r="K27" s="11"/>
       <c r="L27" s="11"/>
       <c r="M27" s="11"/>
       <c r="N27" s="11"/>
       <c r="O27" s="11"/>
     </row>
-    <row r="28" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A28" s="7"/>
       <c r="B28" s="11"/>
       <c r="C28" s="11"/>
       <c r="D28" s="11"/>
       <c r="E28" s="11"/>
       <c r="F28" s="11"/>
       <c r="G28" s="11"/>
       <c r="H28" s="11"/>
       <c r="I28" s="11"/>
       <c r="J28" s="11"/>
       <c r="K28" s="11"/>
       <c r="L28" s="11"/>
       <c r="M28" s="11"/>
       <c r="N28" s="11"/>
       <c r="O28" s="11"/>
     </row>
-    <row r="29" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A29" s="7"/>
       <c r="B29" s="11"/>
       <c r="C29" s="11"/>
       <c r="D29" s="11"/>
       <c r="E29" s="11"/>
       <c r="F29" s="11"/>
       <c r="G29" s="11"/>
       <c r="H29" s="11"/>
       <c r="I29" s="11"/>
       <c r="J29" s="11"/>
       <c r="K29" s="11"/>
       <c r="L29" s="11"/>
       <c r="M29" s="11"/>
       <c r="N29" s="11"/>
       <c r="O29" s="11"/>
     </row>
-    <row r="30" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A30" s="7"/>
       <c r="B30" s="11"/>
       <c r="C30" s="11"/>
       <c r="D30" s="11"/>
       <c r="E30" s="11"/>
       <c r="F30" s="11"/>
       <c r="G30" s="11"/>
       <c r="H30" s="11"/>
       <c r="I30" s="11"/>
       <c r="J30" s="11"/>
       <c r="K30" s="11"/>
       <c r="L30" s="11"/>
       <c r="M30" s="11"/>
       <c r="N30" s="11"/>
       <c r="O30" s="11"/>
     </row>
-    <row r="31" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A31" s="7"/>
       <c r="B31" s="11"/>
       <c r="C31" s="11"/>
       <c r="D31" s="11"/>
       <c r="E31" s="11"/>
       <c r="F31" s="11"/>
       <c r="G31" s="11"/>
       <c r="H31" s="11"/>
       <c r="I31" s="11"/>
       <c r="J31" s="11"/>
       <c r="K31" s="11"/>
       <c r="L31" s="11"/>
       <c r="M31" s="11"/>
       <c r="N31" s="11"/>
       <c r="O31" s="11"/>
     </row>
-    <row r="32" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A32" s="7"/>
       <c r="B32" s="11"/>
       <c r="C32" s="11"/>
       <c r="D32" s="11"/>
       <c r="E32" s="11"/>
       <c r="F32" s="11"/>
       <c r="G32" s="11"/>
       <c r="H32" s="11"/>
       <c r="I32" s="11"/>
       <c r="J32" s="11"/>
       <c r="K32" s="11"/>
       <c r="L32" s="11"/>
       <c r="M32" s="11"/>
       <c r="N32" s="11"/>
       <c r="O32" s="11"/>
     </row>
-    <row r="33" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A33" s="7"/>
       <c r="B33" s="11"/>
       <c r="C33" s="11"/>
       <c r="D33" s="11"/>
       <c r="E33" s="11"/>
       <c r="F33" s="11"/>
       <c r="G33" s="11"/>
       <c r="H33" s="11"/>
       <c r="I33" s="11"/>
       <c r="J33" s="11"/>
       <c r="K33" s="11"/>
       <c r="L33" s="11"/>
       <c r="M33" s="11"/>
       <c r="N33" s="11"/>
       <c r="O33" s="11"/>
     </row>
-    <row r="34" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A34" s="7"/>
       <c r="B34" s="11"/>
       <c r="C34" s="11"/>
       <c r="D34" s="11"/>
       <c r="E34" s="11"/>
       <c r="F34" s="11"/>
       <c r="G34" s="11"/>
       <c r="H34" s="11"/>
       <c r="I34" s="11"/>
       <c r="J34" s="11"/>
       <c r="K34" s="11"/>
       <c r="L34" s="11"/>
       <c r="M34" s="11"/>
       <c r="N34" s="11"/>
       <c r="O34" s="11"/>
     </row>
-    <row r="35" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A35" s="7"/>
       <c r="B35" s="11"/>
       <c r="C35" s="11"/>
       <c r="D35" s="11"/>
       <c r="E35" s="11"/>
       <c r="F35" s="11"/>
       <c r="G35" s="11"/>
       <c r="H35" s="11"/>
       <c r="I35" s="11"/>
       <c r="J35" s="11"/>
       <c r="K35" s="11"/>
       <c r="L35" s="11"/>
       <c r="M35" s="11"/>
       <c r="N35" s="11"/>
       <c r="O35" s="11"/>
     </row>
-    <row r="36" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A36" s="7"/>
       <c r="B36" s="11"/>
       <c r="C36" s="11"/>
       <c r="D36" s="11"/>
       <c r="E36" s="11"/>
       <c r="F36" s="11"/>
       <c r="G36" s="11"/>
       <c r="H36" s="11"/>
       <c r="I36" s="11"/>
       <c r="J36" s="11"/>
       <c r="K36" s="11"/>
       <c r="L36" s="11"/>
       <c r="M36" s="11"/>
       <c r="N36" s="11"/>
       <c r="O36" s="11"/>
     </row>
-    <row r="37" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A37" s="7"/>
       <c r="B37" s="11"/>
       <c r="C37" s="11"/>
       <c r="D37" s="11"/>
       <c r="E37" s="11"/>
       <c r="F37" s="11"/>
       <c r="G37" s="11"/>
       <c r="H37" s="11"/>
       <c r="I37" s="11"/>
       <c r="J37" s="11"/>
       <c r="K37" s="11"/>
       <c r="L37" s="11"/>
       <c r="M37" s="11"/>
       <c r="N37" s="11"/>
       <c r="O37" s="11"/>
     </row>
-    <row r="38" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A38" s="7"/>
       <c r="B38" s="11"/>
       <c r="C38" s="11"/>
       <c r="D38" s="11"/>
       <c r="E38" s="11"/>
       <c r="F38" s="11"/>
       <c r="G38" s="11"/>
       <c r="H38" s="11"/>
       <c r="I38" s="11"/>
       <c r="J38" s="11"/>
       <c r="K38" s="11"/>
       <c r="L38" s="11"/>
       <c r="M38" s="11"/>
       <c r="N38" s="11"/>
       <c r="O38" s="11"/>
     </row>
-    <row r="39" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A39" s="7"/>
       <c r="B39" s="11"/>
       <c r="C39" s="11"/>
       <c r="D39" s="11"/>
       <c r="E39" s="11"/>
       <c r="F39" s="11"/>
       <c r="G39" s="11"/>
       <c r="H39" s="11"/>
       <c r="I39" s="11"/>
       <c r="J39" s="11"/>
       <c r="K39" s="11"/>
       <c r="L39" s="11"/>
       <c r="M39" s="11"/>
       <c r="N39" s="11"/>
       <c r="O39" s="11"/>
     </row>
-    <row r="40" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A40" s="7"/>
       <c r="B40" s="11"/>
       <c r="C40" s="11"/>
       <c r="D40" s="11"/>
       <c r="E40" s="11"/>
       <c r="F40" s="11"/>
       <c r="G40" s="11"/>
       <c r="H40" s="11"/>
       <c r="I40" s="11"/>
       <c r="J40" s="11"/>
       <c r="K40" s="11"/>
       <c r="L40" s="11"/>
       <c r="M40" s="11"/>
       <c r="N40" s="11"/>
       <c r="O40" s="11"/>
     </row>
-    <row r="41" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A41" s="7"/>
       <c r="B41" s="11"/>
       <c r="C41" s="11"/>
       <c r="D41" s="11"/>
       <c r="E41" s="11"/>
       <c r="F41" s="11"/>
       <c r="G41" s="11"/>
       <c r="H41" s="11"/>
       <c r="I41" s="11"/>
       <c r="J41" s="11"/>
       <c r="K41" s="11"/>
       <c r="L41" s="11"/>
       <c r="M41" s="11"/>
       <c r="N41" s="11"/>
       <c r="O41" s="11"/>
     </row>
-    <row r="42" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A42" s="7"/>
       <c r="B42" s="11"/>
       <c r="C42" s="11"/>
       <c r="D42" s="11"/>
       <c r="E42" s="11"/>
       <c r="F42" s="11"/>
       <c r="G42" s="11"/>
       <c r="H42" s="11"/>
       <c r="I42" s="11"/>
       <c r="J42" s="11"/>
       <c r="K42" s="11"/>
       <c r="L42" s="11"/>
       <c r="M42" s="11"/>
       <c r="N42" s="11"/>
       <c r="O42" s="11"/>
     </row>
-    <row r="43" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A43" s="7"/>
       <c r="B43" s="11"/>
       <c r="C43" s="11"/>
       <c r="D43" s="11"/>
       <c r="E43" s="11"/>
       <c r="F43" s="11"/>
       <c r="G43" s="11"/>
       <c r="H43" s="11"/>
       <c r="I43" s="11"/>
       <c r="J43" s="11"/>
       <c r="K43" s="11"/>
       <c r="L43" s="11"/>
       <c r="M43" s="11"/>
       <c r="N43" s="11"/>
       <c r="O43" s="11"/>
     </row>
-    <row r="44" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A44" s="7"/>
       <c r="B44" s="11"/>
       <c r="C44" s="11"/>
       <c r="D44" s="11"/>
       <c r="E44" s="11"/>
       <c r="F44" s="11"/>
       <c r="G44" s="11"/>
       <c r="H44" s="11"/>
       <c r="I44" s="11"/>
       <c r="J44" s="11"/>
       <c r="K44" s="11"/>
       <c r="L44" s="11"/>
       <c r="M44" s="11"/>
       <c r="N44" s="11"/>
       <c r="O44" s="11"/>
     </row>
-    <row r="45" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A45" s="7"/>
       <c r="B45" s="11"/>
       <c r="C45" s="11"/>
       <c r="D45" s="11"/>
       <c r="E45" s="11"/>
       <c r="F45" s="11"/>
       <c r="G45" s="11"/>
       <c r="H45" s="11"/>
       <c r="I45" s="11"/>
       <c r="J45" s="11"/>
       <c r="K45" s="11"/>
       <c r="L45" s="11"/>
       <c r="M45" s="11"/>
       <c r="N45" s="11"/>
       <c r="O45" s="11"/>
     </row>
-    <row r="46" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A46" s="7"/>
       <c r="B46" s="11"/>
       <c r="C46" s="11"/>
       <c r="D46" s="11"/>
       <c r="E46" s="11"/>
       <c r="F46" s="11"/>
       <c r="G46" s="11"/>
       <c r="H46" s="11"/>
       <c r="I46" s="11"/>
       <c r="J46" s="11"/>
       <c r="K46" s="11"/>
       <c r="L46" s="11"/>
       <c r="M46" s="11"/>
       <c r="N46" s="11"/>
       <c r="O46" s="11"/>
     </row>
-    <row r="47" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A47" s="7"/>
       <c r="B47" s="11"/>
       <c r="C47" s="11"/>
       <c r="D47" s="11"/>
       <c r="E47" s="11"/>
       <c r="F47" s="11"/>
       <c r="G47" s="11"/>
       <c r="H47" s="11"/>
       <c r="I47" s="11"/>
       <c r="J47" s="11"/>
       <c r="K47" s="11"/>
       <c r="L47" s="11"/>
       <c r="M47" s="11"/>
       <c r="N47" s="11"/>
       <c r="O47" s="11"/>
     </row>
-    <row r="48" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A48" s="7"/>
       <c r="B48" s="11"/>
       <c r="C48" s="11"/>
       <c r="D48" s="11"/>
       <c r="E48" s="11"/>
       <c r="F48" s="11"/>
       <c r="G48" s="11"/>
       <c r="H48" s="11"/>
       <c r="I48" s="11"/>
       <c r="J48" s="11"/>
       <c r="K48" s="11"/>
       <c r="L48" s="11"/>
       <c r="M48" s="11"/>
       <c r="N48" s="11"/>
       <c r="O48" s="11"/>
     </row>
-    <row r="49" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A49" s="7"/>
       <c r="B49" s="11"/>
       <c r="C49" s="11"/>
       <c r="D49" s="11"/>
       <c r="E49" s="11"/>
       <c r="F49" s="11"/>
       <c r="G49" s="11"/>
       <c r="H49" s="11"/>
       <c r="I49" s="11"/>
       <c r="J49" s="11"/>
       <c r="K49" s="11"/>
       <c r="L49" s="11"/>
       <c r="M49" s="11"/>
       <c r="N49" s="11"/>
       <c r="O49" s="11"/>
     </row>
-    <row r="50" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A50" s="7"/>
       <c r="B50" s="11"/>
       <c r="C50" s="11"/>
       <c r="D50" s="11"/>
       <c r="E50" s="11"/>
       <c r="F50" s="11"/>
       <c r="G50" s="11"/>
       <c r="H50" s="11"/>
       <c r="I50" s="11"/>
       <c r="J50" s="11"/>
       <c r="K50" s="11"/>
       <c r="L50" s="11"/>
       <c r="M50" s="11"/>
       <c r="N50" s="11"/>
       <c r="O50" s="11"/>
     </row>
-    <row r="51" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A51" s="7"/>
       <c r="B51" s="11"/>
       <c r="C51" s="11"/>
       <c r="D51" s="11"/>
       <c r="E51" s="11"/>
       <c r="F51" s="11"/>
       <c r="G51" s="11"/>
       <c r="H51" s="11"/>
       <c r="I51" s="11"/>
       <c r="J51" s="11"/>
       <c r="K51" s="11"/>
       <c r="L51" s="11"/>
       <c r="M51" s="11"/>
       <c r="N51" s="11"/>
       <c r="O51" s="11"/>
     </row>
-    <row r="52" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A52" s="7"/>
       <c r="B52" s="11"/>
       <c r="C52" s="11"/>
       <c r="D52" s="11"/>
       <c r="E52" s="11"/>
       <c r="F52" s="11"/>
       <c r="G52" s="11"/>
       <c r="H52" s="11"/>
       <c r="I52" s="11"/>
       <c r="J52" s="11"/>
       <c r="K52" s="11"/>
       <c r="L52" s="11"/>
       <c r="M52" s="11"/>
       <c r="N52" s="11"/>
       <c r="O52" s="11"/>
     </row>
-    <row r="53" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A53" s="7"/>
       <c r="B53" s="11"/>
       <c r="C53" s="11"/>
       <c r="D53" s="11"/>
       <c r="E53" s="11"/>
       <c r="F53" s="11"/>
       <c r="G53" s="11"/>
       <c r="H53" s="11"/>
       <c r="I53" s="11"/>
       <c r="J53" s="11"/>
       <c r="K53" s="11"/>
       <c r="L53" s="11"/>
       <c r="M53" s="11"/>
       <c r="N53" s="11"/>
       <c r="O53" s="11"/>
     </row>
-    <row r="54" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A54" s="7"/>
       <c r="B54" s="11"/>
       <c r="C54" s="11"/>
       <c r="D54" s="11"/>
       <c r="E54" s="11"/>
       <c r="F54" s="11"/>
       <c r="G54" s="11"/>
       <c r="H54" s="11"/>
       <c r="I54" s="11"/>
       <c r="J54" s="11"/>
       <c r="K54" s="11"/>
       <c r="L54" s="11"/>
       <c r="M54" s="11"/>
       <c r="N54" s="11"/>
       <c r="O54" s="11"/>
     </row>
-    <row r="55" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A55" s="7"/>
       <c r="B55" s="11"/>
       <c r="C55" s="11"/>
       <c r="D55" s="11"/>
       <c r="E55" s="11"/>
       <c r="F55" s="11"/>
       <c r="G55" s="11"/>
       <c r="H55" s="11"/>
       <c r="I55" s="11"/>
       <c r="J55" s="11"/>
       <c r="K55" s="11"/>
       <c r="L55" s="11"/>
       <c r="M55" s="11"/>
       <c r="N55" s="11"/>
       <c r="O55" s="11"/>
     </row>
-    <row r="56" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A56" s="7"/>
       <c r="B56" s="11"/>
       <c r="C56" s="11"/>
       <c r="D56" s="11"/>
       <c r="E56" s="11"/>
       <c r="F56" s="11"/>
       <c r="G56" s="11"/>
       <c r="H56" s="11"/>
       <c r="I56" s="11"/>
       <c r="J56" s="11"/>
       <c r="K56" s="11"/>
       <c r="L56" s="11"/>
       <c r="M56" s="11"/>
       <c r="N56" s="11"/>
       <c r="O56" s="11"/>
     </row>
-    <row r="57" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A57" s="7"/>
       <c r="B57" s="11"/>
       <c r="C57" s="11"/>
       <c r="D57" s="11"/>
       <c r="E57" s="11"/>
       <c r="F57" s="11"/>
       <c r="G57" s="11"/>
       <c r="H57" s="11"/>
       <c r="I57" s="11"/>
       <c r="J57" s="11"/>
       <c r="K57" s="11"/>
       <c r="L57" s="11"/>
       <c r="M57" s="11"/>
       <c r="N57" s="11"/>
       <c r="O57" s="11"/>
     </row>
-    <row r="58" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A58" s="7"/>
       <c r="B58" s="11"/>
       <c r="C58" s="11"/>
       <c r="D58" s="11"/>
       <c r="E58" s="11"/>
       <c r="F58" s="11"/>
       <c r="G58" s="11"/>
       <c r="H58" s="11"/>
       <c r="I58" s="11"/>
       <c r="J58" s="11"/>
       <c r="K58" s="11"/>
       <c r="L58" s="11"/>
       <c r="M58" s="11"/>
       <c r="N58" s="11"/>
       <c r="O58" s="11"/>
     </row>
-    <row r="59" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A59" s="7"/>
       <c r="B59" s="11"/>
       <c r="C59" s="11"/>
       <c r="D59" s="11"/>
       <c r="E59" s="11"/>
       <c r="F59" s="11"/>
       <c r="G59" s="11"/>
       <c r="H59" s="11"/>
       <c r="I59" s="11"/>
       <c r="J59" s="11"/>
       <c r="K59" s="11"/>
       <c r="L59" s="11"/>
       <c r="M59" s="11"/>
       <c r="N59" s="11"/>
       <c r="O59" s="11"/>
     </row>
-    <row r="60" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A60" s="7"/>
       <c r="B60" s="11"/>
       <c r="C60" s="11"/>
       <c r="D60" s="11"/>
       <c r="E60" s="11"/>
       <c r="F60" s="11"/>
       <c r="G60" s="11"/>
       <c r="H60" s="11"/>
       <c r="I60" s="11"/>
       <c r="J60" s="11"/>
       <c r="K60" s="11"/>
       <c r="L60" s="11"/>
       <c r="M60" s="11"/>
       <c r="N60" s="11"/>
       <c r="O60" s="11"/>
     </row>
-    <row r="61" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A61" s="7"/>
       <c r="B61" s="11"/>
       <c r="C61" s="11"/>
       <c r="D61" s="11"/>
       <c r="E61" s="11"/>
       <c r="F61" s="11"/>
       <c r="G61" s="11"/>
       <c r="H61" s="11"/>
       <c r="I61" s="11"/>
       <c r="J61" s="11"/>
       <c r="K61" s="11"/>
       <c r="L61" s="11"/>
       <c r="M61" s="11"/>
       <c r="N61" s="11"/>
       <c r="O61" s="11"/>
     </row>
-    <row r="62" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A62" s="7"/>
       <c r="B62" s="11"/>
       <c r="C62" s="11"/>
       <c r="D62" s="11"/>
       <c r="E62" s="11"/>
       <c r="F62" s="11"/>
       <c r="G62" s="11"/>
       <c r="H62" s="11"/>
       <c r="I62" s="11"/>
       <c r="J62" s="11"/>
       <c r="K62" s="11"/>
       <c r="L62" s="11"/>
       <c r="M62" s="11"/>
       <c r="N62" s="11"/>
       <c r="O62" s="11"/>
     </row>
-    <row r="63" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A63" s="7"/>
       <c r="B63" s="11"/>
       <c r="C63" s="11"/>
       <c r="D63" s="11"/>
       <c r="E63" s="11"/>
       <c r="F63" s="11"/>
       <c r="G63" s="11"/>
       <c r="H63" s="11"/>
       <c r="I63" s="11"/>
       <c r="J63" s="11"/>
       <c r="K63" s="11"/>
       <c r="L63" s="11"/>
       <c r="M63" s="11"/>
       <c r="N63" s="11"/>
       <c r="O63" s="11"/>
     </row>
-    <row r="64" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A64" s="7"/>
       <c r="B64" s="11"/>
       <c r="C64" s="11"/>
       <c r="D64" s="11"/>
       <c r="E64" s="11"/>
       <c r="F64" s="11"/>
       <c r="G64" s="11"/>
       <c r="H64" s="11"/>
       <c r="I64" s="11"/>
       <c r="J64" s="11"/>
       <c r="K64" s="11"/>
       <c r="L64" s="11"/>
       <c r="M64" s="11"/>
       <c r="N64" s="11"/>
       <c r="O64" s="11"/>
     </row>
-    <row r="65" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A65" s="7"/>
       <c r="B65" s="11"/>
       <c r="C65" s="11"/>
       <c r="D65" s="11"/>
       <c r="E65" s="11"/>
       <c r="F65" s="11"/>
       <c r="G65" s="11"/>
       <c r="H65" s="11"/>
       <c r="I65" s="11"/>
       <c r="J65" s="11"/>
       <c r="K65" s="11"/>
       <c r="L65" s="11"/>
       <c r="M65" s="11"/>
       <c r="N65" s="11"/>
       <c r="O65" s="11"/>
     </row>
-    <row r="66" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A66" s="7"/>
       <c r="B66" s="11"/>
       <c r="C66" s="11"/>
       <c r="D66" s="11"/>
       <c r="E66" s="11"/>
       <c r="F66" s="11"/>
       <c r="G66" s="11"/>
       <c r="H66" s="11"/>
       <c r="I66" s="11"/>
       <c r="J66" s="11"/>
       <c r="K66" s="11"/>
       <c r="L66" s="11"/>
       <c r="M66" s="11"/>
       <c r="N66" s="11"/>
       <c r="O66" s="11"/>
     </row>
-    <row r="67" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A67" s="7"/>
       <c r="B67" s="11"/>
       <c r="C67" s="11"/>
       <c r="D67" s="11"/>
       <c r="E67" s="11"/>
       <c r="F67" s="11"/>
       <c r="G67" s="11"/>
       <c r="H67" s="11"/>
       <c r="I67" s="11"/>
       <c r="J67" s="11"/>
       <c r="K67" s="11"/>
       <c r="L67" s="11"/>
       <c r="M67" s="11"/>
       <c r="N67" s="11"/>
       <c r="O67" s="11"/>
     </row>
-    <row r="68" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A68" s="7"/>
       <c r="B68" s="11"/>
       <c r="C68" s="11"/>
       <c r="D68" s="11"/>
       <c r="E68" s="11"/>
       <c r="F68" s="11"/>
       <c r="G68" s="11"/>
       <c r="H68" s="11"/>
       <c r="I68" s="11"/>
       <c r="J68" s="11"/>
       <c r="K68" s="11"/>
       <c r="L68" s="11"/>
       <c r="M68" s="11"/>
       <c r="N68" s="11"/>
       <c r="O68" s="11"/>
     </row>
-    <row r="69" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A69" s="7"/>
       <c r="B69" s="11"/>
       <c r="C69" s="11"/>
       <c r="D69" s="11"/>
       <c r="E69" s="11"/>
       <c r="F69" s="11"/>
       <c r="G69" s="11"/>
       <c r="H69" s="11"/>
       <c r="I69" s="11"/>
       <c r="J69" s="11"/>
       <c r="K69" s="11"/>
       <c r="L69" s="11"/>
       <c r="M69" s="11"/>
       <c r="N69" s="11"/>
       <c r="O69" s="11"/>
     </row>
-    <row r="70" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A70" s="7"/>
       <c r="B70" s="11"/>
       <c r="C70" s="11"/>
       <c r="D70" s="11"/>
       <c r="E70" s="11"/>
       <c r="F70" s="11"/>
       <c r="G70" s="11"/>
       <c r="H70" s="11"/>
       <c r="I70" s="11"/>
       <c r="J70" s="11"/>
       <c r="K70" s="11"/>
       <c r="L70" s="11"/>
       <c r="M70" s="11"/>
       <c r="N70" s="11"/>
       <c r="O70" s="11"/>
     </row>
-    <row r="71" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A71" s="7"/>
       <c r="B71" s="11"/>
       <c r="C71" s="11"/>
       <c r="D71" s="11"/>
       <c r="E71" s="11"/>
       <c r="F71" s="11"/>
       <c r="G71" s="11"/>
       <c r="H71" s="11"/>
       <c r="I71" s="11"/>
       <c r="J71" s="11"/>
       <c r="K71" s="11"/>
       <c r="L71" s="11"/>
       <c r="M71" s="11"/>
       <c r="N71" s="11"/>
       <c r="O71" s="11"/>
     </row>
-    <row r="72" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A72" s="7"/>
       <c r="B72" s="11"/>
       <c r="C72" s="11"/>
       <c r="D72" s="11"/>
       <c r="E72" s="11"/>
       <c r="F72" s="11"/>
       <c r="G72" s="11"/>
       <c r="H72" s="11"/>
       <c r="I72" s="11"/>
       <c r="J72" s="11"/>
       <c r="K72" s="11"/>
       <c r="L72" s="11"/>
       <c r="M72" s="11"/>
       <c r="N72" s="11"/>
       <c r="O72" s="11"/>
     </row>
-    <row r="73" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A73" s="7"/>
       <c r="B73" s="11"/>
       <c r="C73" s="11"/>
       <c r="D73" s="11"/>
       <c r="E73" s="11"/>
       <c r="F73" s="11"/>
       <c r="G73" s="11"/>
       <c r="H73" s="11"/>
       <c r="I73" s="11"/>
       <c r="J73" s="11"/>
       <c r="K73" s="11"/>
       <c r="L73" s="11"/>
       <c r="M73" s="11"/>
       <c r="N73" s="11"/>
       <c r="O73" s="11"/>
     </row>
-    <row r="74" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A74" s="7"/>
       <c r="B74" s="11"/>
       <c r="C74" s="11"/>
       <c r="D74" s="11"/>
       <c r="E74" s="11"/>
       <c r="F74" s="11"/>
       <c r="G74" s="11"/>
       <c r="H74" s="11"/>
       <c r="I74" s="11"/>
       <c r="J74" s="11"/>
       <c r="K74" s="11"/>
       <c r="L74" s="11"/>
       <c r="M74" s="11"/>
       <c r="N74" s="11"/>
       <c r="O74" s="11"/>
     </row>
-    <row r="75" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A75" s="7"/>
       <c r="B75" s="11"/>
       <c r="C75" s="11"/>
       <c r="D75" s="11"/>
       <c r="E75" s="11"/>
       <c r="F75" s="11"/>
       <c r="G75" s="11"/>
       <c r="H75" s="11"/>
       <c r="I75" s="11"/>
       <c r="J75" s="11"/>
       <c r="K75" s="11"/>
       <c r="L75" s="11"/>
       <c r="M75" s="11"/>
       <c r="N75" s="11"/>
       <c r="O75" s="11"/>
     </row>
-    <row r="76" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A76" s="7"/>
       <c r="B76" s="11"/>
       <c r="C76" s="11"/>
       <c r="D76" s="11"/>
       <c r="E76" s="11"/>
       <c r="F76" s="11"/>
       <c r="G76" s="11"/>
       <c r="H76" s="11"/>
       <c r="I76" s="11"/>
       <c r="J76" s="11"/>
       <c r="K76" s="11"/>
       <c r="L76" s="11"/>
       <c r="M76" s="11"/>
       <c r="N76" s="11"/>
       <c r="O76" s="11"/>
     </row>
-    <row r="77" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A77" s="7"/>
       <c r="B77" s="11"/>
       <c r="C77" s="11"/>
       <c r="D77" s="11"/>
       <c r="E77" s="11"/>
       <c r="F77" s="11"/>
       <c r="G77" s="11"/>
       <c r="H77" s="11"/>
       <c r="I77" s="11"/>
       <c r="J77" s="11"/>
       <c r="K77" s="11"/>
       <c r="L77" s="11"/>
       <c r="M77" s="11"/>
       <c r="N77" s="11"/>
       <c r="O77" s="11"/>
     </row>
-    <row r="78" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A78" s="7"/>
       <c r="B78" s="11"/>
       <c r="C78" s="11"/>
       <c r="D78" s="11"/>
       <c r="E78" s="11"/>
       <c r="F78" s="11"/>
       <c r="G78" s="11"/>
       <c r="H78" s="11"/>
       <c r="I78" s="11"/>
       <c r="J78" s="11"/>
       <c r="K78" s="11"/>
       <c r="L78" s="11"/>
       <c r="M78" s="11"/>
       <c r="N78" s="11"/>
       <c r="O78" s="11"/>
     </row>
-    <row r="79" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A79" s="7"/>
       <c r="B79" s="11"/>
       <c r="C79" s="11"/>
       <c r="D79" s="11"/>
       <c r="E79" s="11"/>
       <c r="F79" s="11"/>
       <c r="G79" s="11"/>
       <c r="H79" s="11"/>
       <c r="I79" s="11"/>
       <c r="J79" s="11"/>
       <c r="K79" s="11"/>
       <c r="L79" s="11"/>
       <c r="M79" s="11"/>
       <c r="N79" s="11"/>
       <c r="O79" s="11"/>
     </row>
-    <row r="80" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A80" s="7"/>
       <c r="B80" s="11"/>
       <c r="C80" s="11"/>
       <c r="D80" s="11"/>
       <c r="E80" s="11"/>
       <c r="F80" s="11"/>
       <c r="G80" s="11"/>
       <c r="H80" s="11"/>
       <c r="I80" s="11"/>
       <c r="J80" s="11"/>
       <c r="K80" s="11"/>
       <c r="L80" s="11"/>
       <c r="M80" s="11"/>
       <c r="N80" s="11"/>
       <c r="O80" s="11"/>
     </row>
-    <row r="81" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A81" s="7"/>
       <c r="B81" s="11"/>
       <c r="C81" s="11"/>
       <c r="D81" s="11"/>
       <c r="E81" s="11"/>
       <c r="F81" s="11"/>
       <c r="G81" s="11"/>
       <c r="H81" s="11"/>
       <c r="I81" s="11"/>
       <c r="J81" s="11"/>
       <c r="K81" s="11"/>
       <c r="L81" s="11"/>
       <c r="M81" s="11"/>
       <c r="N81" s="11"/>
       <c r="O81" s="11"/>
     </row>
-    <row r="82" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A82" s="7"/>
       <c r="B82" s="11"/>
       <c r="C82" s="11"/>
       <c r="D82" s="11"/>
       <c r="E82" s="11"/>
       <c r="F82" s="11"/>
       <c r="G82" s="11"/>
       <c r="H82" s="11"/>
       <c r="I82" s="11"/>
       <c r="J82" s="11"/>
       <c r="K82" s="11"/>
       <c r="L82" s="11"/>
       <c r="M82" s="11"/>
       <c r="N82" s="11"/>
       <c r="O82" s="11"/>
     </row>
-    <row r="83" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A83" s="7"/>
       <c r="B83" s="11"/>
       <c r="C83" s="11"/>
       <c r="D83" s="11"/>
       <c r="E83" s="11"/>
       <c r="F83" s="11"/>
       <c r="G83" s="11"/>
       <c r="H83" s="11"/>
       <c r="I83" s="11"/>
       <c r="J83" s="11"/>
       <c r="K83" s="11"/>
       <c r="L83" s="11"/>
       <c r="M83" s="11"/>
       <c r="N83" s="11"/>
       <c r="O83" s="11"/>
     </row>
-    <row r="84" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A84" s="7"/>
       <c r="B84" s="11"/>
       <c r="C84" s="11"/>
       <c r="D84" s="11"/>
       <c r="E84" s="11"/>
       <c r="F84" s="11"/>
       <c r="G84" s="11"/>
       <c r="H84" s="11"/>
       <c r="I84" s="11"/>
       <c r="J84" s="11"/>
       <c r="K84" s="11"/>
       <c r="L84" s="11"/>
       <c r="M84" s="11"/>
       <c r="N84" s="11"/>
       <c r="O84" s="11"/>
     </row>
-    <row r="85" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A85" s="7"/>
       <c r="B85" s="11"/>
       <c r="C85" s="11"/>
       <c r="D85" s="11"/>
       <c r="E85" s="11"/>
       <c r="F85" s="11"/>
       <c r="G85" s="11"/>
       <c r="H85" s="11"/>
       <c r="I85" s="11"/>
       <c r="J85" s="11"/>
       <c r="K85" s="11"/>
       <c r="L85" s="11"/>
       <c r="M85" s="11"/>
       <c r="N85" s="11"/>
       <c r="O85" s="11"/>
     </row>
-    <row r="86" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A86" s="7"/>
       <c r="B86" s="11"/>
       <c r="C86" s="11"/>
       <c r="D86" s="11"/>
       <c r="E86" s="11"/>
       <c r="F86" s="11"/>
       <c r="G86" s="11"/>
       <c r="H86" s="11"/>
       <c r="I86" s="11"/>
       <c r="J86" s="11"/>
       <c r="K86" s="11"/>
       <c r="L86" s="11"/>
       <c r="M86" s="11"/>
       <c r="N86" s="11"/>
       <c r="O86" s="11"/>
     </row>
-    <row r="87" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A87" s="7"/>
       <c r="B87" s="11"/>
       <c r="C87" s="11"/>
       <c r="D87" s="11"/>
       <c r="E87" s="11"/>
       <c r="F87" s="11"/>
       <c r="G87" s="11"/>
       <c r="H87" s="11"/>
       <c r="I87" s="11"/>
       <c r="J87" s="11"/>
       <c r="K87" s="11"/>
       <c r="L87" s="11"/>
       <c r="M87" s="11"/>
       <c r="N87" s="11"/>
       <c r="O87" s="11"/>
     </row>
-    <row r="88" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A88" s="7"/>
       <c r="B88" s="11"/>
       <c r="C88" s="11"/>
       <c r="D88" s="11"/>
       <c r="E88" s="11"/>
       <c r="F88" s="11"/>
       <c r="G88" s="11"/>
       <c r="H88" s="11"/>
       <c r="I88" s="11"/>
       <c r="J88" s="11"/>
       <c r="K88" s="11"/>
       <c r="L88" s="11"/>
       <c r="M88" s="11"/>
       <c r="N88" s="11"/>
       <c r="O88" s="11"/>
     </row>
-    <row r="89" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A89" s="7"/>
       <c r="B89" s="11"/>
       <c r="C89" s="11"/>
       <c r="D89" s="11"/>
       <c r="E89" s="11"/>
       <c r="F89" s="11"/>
       <c r="G89" s="11"/>
       <c r="H89" s="11"/>
       <c r="I89" s="11"/>
       <c r="J89" s="11"/>
       <c r="K89" s="11"/>
       <c r="L89" s="11"/>
       <c r="M89" s="11"/>
       <c r="N89" s="11"/>
       <c r="O89" s="11"/>
     </row>
-    <row r="90" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A90" s="7"/>
       <c r="B90" s="11"/>
       <c r="C90" s="11"/>
       <c r="D90" s="11"/>
       <c r="E90" s="11"/>
       <c r="F90" s="11"/>
       <c r="G90" s="11"/>
       <c r="H90" s="11"/>
       <c r="I90" s="11"/>
       <c r="J90" s="11"/>
       <c r="K90" s="11"/>
       <c r="L90" s="11"/>
       <c r="M90" s="11"/>
       <c r="N90" s="11"/>
       <c r="O90" s="11"/>
     </row>
-    <row r="91" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A91" s="7"/>
       <c r="B91" s="11"/>
       <c r="C91" s="11"/>
       <c r="D91" s="11"/>
       <c r="E91" s="11"/>
       <c r="F91" s="11"/>
       <c r="G91" s="11"/>
       <c r="H91" s="11"/>
       <c r="I91" s="11"/>
       <c r="J91" s="11"/>
       <c r="K91" s="11"/>
       <c r="L91" s="11"/>
       <c r="M91" s="11"/>
       <c r="N91" s="11"/>
       <c r="O91" s="11"/>
     </row>
-    <row r="92" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A92" s="7"/>
       <c r="B92" s="11"/>
       <c r="C92" s="11"/>
       <c r="D92" s="11"/>
       <c r="E92" s="11"/>
       <c r="F92" s="11"/>
       <c r="G92" s="11"/>
       <c r="H92" s="11"/>
       <c r="I92" s="11"/>
       <c r="J92" s="11"/>
       <c r="K92" s="11"/>
       <c r="L92" s="11"/>
       <c r="M92" s="11"/>
       <c r="N92" s="11"/>
       <c r="O92" s="11"/>
     </row>
-    <row r="93" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A93" s="7"/>
       <c r="B93" s="11"/>
       <c r="C93" s="11"/>
       <c r="D93" s="11"/>
       <c r="E93" s="11"/>
       <c r="F93" s="11"/>
       <c r="G93" s="11"/>
       <c r="H93" s="11"/>
       <c r="I93" s="11"/>
       <c r="J93" s="11"/>
       <c r="K93" s="11"/>
       <c r="L93" s="11"/>
       <c r="M93" s="11"/>
       <c r="N93" s="11"/>
       <c r="O93" s="11"/>
     </row>
-    <row r="94" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A94" s="7"/>
       <c r="B94" s="11"/>
       <c r="C94" s="11"/>
       <c r="D94" s="11"/>
       <c r="E94" s="11"/>
       <c r="F94" s="11"/>
       <c r="G94" s="11"/>
       <c r="H94" s="11"/>
       <c r="I94" s="11"/>
       <c r="J94" s="11"/>
       <c r="K94" s="11"/>
       <c r="L94" s="11"/>
       <c r="M94" s="11"/>
       <c r="N94" s="11"/>
       <c r="O94" s="11"/>
     </row>
-    <row r="95" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A95" s="7"/>
       <c r="B95" s="11"/>
       <c r="C95" s="11"/>
       <c r="D95" s="11"/>
       <c r="E95" s="11"/>
       <c r="F95" s="11"/>
       <c r="G95" s="11"/>
       <c r="H95" s="11"/>
       <c r="I95" s="11"/>
       <c r="J95" s="11"/>
       <c r="K95" s="11"/>
       <c r="L95" s="11"/>
       <c r="M95" s="11"/>
       <c r="N95" s="11"/>
       <c r="O95" s="11"/>
     </row>
-    <row r="96" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A96" s="7"/>
       <c r="B96" s="11"/>
       <c r="C96" s="11"/>
       <c r="D96" s="11"/>
       <c r="E96" s="11"/>
       <c r="F96" s="11"/>
       <c r="G96" s="11"/>
       <c r="H96" s="11"/>
       <c r="I96" s="11"/>
       <c r="J96" s="11"/>
       <c r="K96" s="11"/>
       <c r="L96" s="11"/>
       <c r="M96" s="11"/>
       <c r="N96" s="11"/>
       <c r="O96" s="11"/>
     </row>
-    <row r="97" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A97" s="7"/>
       <c r="B97" s="11"/>
       <c r="C97" s="11"/>
       <c r="D97" s="11"/>
       <c r="E97" s="11"/>
       <c r="F97" s="11"/>
       <c r="G97" s="11"/>
       <c r="H97" s="11"/>
       <c r="I97" s="11"/>
       <c r="J97" s="11"/>
       <c r="K97" s="11"/>
       <c r="L97" s="11"/>
       <c r="M97" s="11"/>
       <c r="N97" s="11"/>
       <c r="O97" s="11"/>
     </row>
-    <row r="98" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A98" s="7"/>
       <c r="B98" s="11"/>
       <c r="C98" s="11"/>
       <c r="D98" s="11"/>
       <c r="E98" s="11"/>
       <c r="F98" s="11"/>
       <c r="G98" s="11"/>
       <c r="H98" s="11"/>
       <c r="I98" s="11"/>
       <c r="J98" s="11"/>
       <c r="K98" s="11"/>
       <c r="L98" s="11"/>
       <c r="M98" s="11"/>
       <c r="N98" s="11"/>
       <c r="O98" s="11"/>
     </row>
-    <row r="99" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A99" s="7"/>
       <c r="B99" s="11"/>
       <c r="C99" s="11"/>
       <c r="D99" s="11"/>
       <c r="E99" s="11"/>
       <c r="F99" s="11"/>
       <c r="G99" s="11"/>
       <c r="H99" s="11"/>
       <c r="I99" s="11"/>
       <c r="J99" s="11"/>
       <c r="K99" s="11"/>
       <c r="L99" s="11"/>
       <c r="M99" s="11"/>
       <c r="N99" s="11"/>
       <c r="O99" s="11"/>
     </row>
-    <row r="100" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A100" s="7"/>
       <c r="B100" s="11"/>
       <c r="C100" s="11"/>
       <c r="D100" s="11"/>
       <c r="E100" s="11"/>
       <c r="F100" s="11"/>
       <c r="G100" s="11"/>
       <c r="H100" s="11"/>
       <c r="I100" s="11"/>
       <c r="J100" s="11"/>
       <c r="K100" s="11"/>
       <c r="L100" s="11"/>
       <c r="M100" s="11"/>
       <c r="N100" s="11"/>
       <c r="O100" s="11"/>
     </row>
-    <row r="101" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A101" s="7"/>
       <c r="B101" s="11"/>
       <c r="C101" s="11"/>
       <c r="D101" s="11"/>
       <c r="E101" s="11"/>
       <c r="F101" s="11"/>
       <c r="G101" s="11"/>
       <c r="H101" s="11"/>
       <c r="I101" s="11"/>
       <c r="J101" s="11"/>
       <c r="K101" s="11"/>
       <c r="L101" s="11"/>
       <c r="M101" s="11"/>
       <c r="N101" s="11"/>
       <c r="O101" s="11"/>
     </row>
-    <row r="102" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A102" s="7"/>
       <c r="B102" s="11"/>
       <c r="C102" s="11"/>
       <c r="D102" s="11"/>
       <c r="E102" s="11"/>
       <c r="F102" s="11"/>
       <c r="G102" s="11"/>
       <c r="H102" s="11"/>
       <c r="I102" s="11"/>
       <c r="J102" s="11"/>
       <c r="K102" s="11"/>
       <c r="L102" s="11"/>
       <c r="M102" s="11"/>
       <c r="N102" s="11"/>
       <c r="O102" s="11"/>
     </row>
-    <row r="103" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A103" s="7"/>
       <c r="B103" s="11"/>
       <c r="C103" s="11"/>
       <c r="D103" s="11"/>
       <c r="E103" s="11"/>
       <c r="F103" s="11"/>
       <c r="G103" s="11"/>
       <c r="H103" s="11"/>
       <c r="I103" s="11"/>
       <c r="J103" s="11"/>
       <c r="K103" s="11"/>
       <c r="L103" s="11"/>
       <c r="M103" s="11"/>
       <c r="N103" s="11"/>
       <c r="O103" s="11"/>
     </row>
-    <row r="104" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A104" s="7"/>
       <c r="B104" s="11"/>
       <c r="C104" s="11"/>
       <c r="D104" s="11"/>
       <c r="E104" s="11"/>
       <c r="F104" s="11"/>
       <c r="G104" s="11"/>
       <c r="H104" s="11"/>
       <c r="I104" s="11"/>
       <c r="J104" s="11"/>
       <c r="K104" s="11"/>
       <c r="L104" s="11"/>
       <c r="M104" s="11"/>
       <c r="N104" s="11"/>
       <c r="O104" s="11"/>
     </row>
-    <row r="105" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A105" s="7"/>
       <c r="B105" s="11"/>
       <c r="C105" s="11"/>
       <c r="D105" s="11"/>
       <c r="E105" s="11"/>
       <c r="F105" s="11"/>
       <c r="G105" s="11"/>
       <c r="H105" s="11"/>
       <c r="I105" s="11"/>
       <c r="J105" s="11"/>
       <c r="K105" s="11"/>
       <c r="L105" s="11"/>
       <c r="M105" s="11"/>
       <c r="N105" s="11"/>
       <c r="O105" s="11"/>
     </row>
-    <row r="106" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A106" s="7"/>
       <c r="B106" s="11"/>
       <c r="C106" s="11"/>
       <c r="D106" s="11"/>
       <c r="E106" s="11"/>
       <c r="F106" s="11"/>
       <c r="G106" s="11"/>
       <c r="H106" s="11"/>
       <c r="I106" s="11"/>
       <c r="J106" s="11"/>
       <c r="K106" s="11"/>
       <c r="L106" s="11"/>
       <c r="M106" s="11"/>
       <c r="N106" s="11"/>
       <c r="O106" s="11"/>
     </row>
-    <row r="107" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A107" s="7"/>
       <c r="B107" s="11"/>
       <c r="C107" s="11"/>
       <c r="D107" s="11"/>
       <c r="E107" s="11"/>
       <c r="F107" s="11"/>
       <c r="G107" s="11"/>
       <c r="H107" s="11"/>
       <c r="I107" s="11"/>
       <c r="J107" s="11"/>
       <c r="K107" s="11"/>
       <c r="L107" s="11"/>
       <c r="M107" s="11"/>
       <c r="N107" s="11"/>
       <c r="O107" s="11"/>
     </row>
-    <row r="108" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A108" s="7"/>
       <c r="B108" s="11"/>
       <c r="C108" s="11"/>
       <c r="D108" s="11"/>
       <c r="E108" s="11"/>
       <c r="F108" s="11"/>
       <c r="G108" s="11"/>
       <c r="H108" s="11"/>
       <c r="I108" s="11"/>
       <c r="J108" s="11"/>
       <c r="K108" s="11"/>
       <c r="L108" s="11"/>
       <c r="M108" s="11"/>
       <c r="N108" s="11"/>
       <c r="O108" s="11"/>
     </row>
-    <row r="109" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A109" s="7"/>
       <c r="B109" s="11"/>
       <c r="C109" s="11"/>
       <c r="D109" s="11"/>
       <c r="E109" s="11"/>
       <c r="F109" s="11"/>
       <c r="G109" s="11"/>
       <c r="H109" s="11"/>
       <c r="I109" s="11"/>
       <c r="J109" s="11"/>
       <c r="K109" s="11"/>
       <c r="L109" s="11"/>
       <c r="M109" s="11"/>
       <c r="N109" s="11"/>
       <c r="O109" s="11"/>
     </row>
-    <row r="110" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A110" s="7"/>
       <c r="B110" s="11"/>
       <c r="C110" s="11"/>
       <c r="D110" s="11"/>
       <c r="E110" s="11"/>
       <c r="F110" s="11"/>
       <c r="G110" s="11"/>
       <c r="H110" s="11"/>
       <c r="I110" s="11"/>
       <c r="J110" s="11"/>
       <c r="K110" s="11"/>
       <c r="L110" s="11"/>
       <c r="M110" s="11"/>
       <c r="N110" s="11"/>
       <c r="O110" s="11"/>
     </row>
-    <row r="111" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A111" s="7"/>
       <c r="B111" s="11"/>
       <c r="C111" s="11"/>
       <c r="D111" s="11"/>
       <c r="E111" s="11"/>
       <c r="F111" s="11"/>
       <c r="G111" s="11"/>
       <c r="H111" s="11"/>
       <c r="I111" s="11"/>
       <c r="J111" s="11"/>
       <c r="K111" s="11"/>
       <c r="L111" s="11"/>
       <c r="M111" s="11"/>
       <c r="N111" s="11"/>
       <c r="O111" s="11"/>
     </row>
-    <row r="112" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A112" s="7"/>
       <c r="B112" s="11"/>
       <c r="C112" s="11"/>
       <c r="D112" s="11"/>
       <c r="E112" s="11"/>
       <c r="F112" s="11"/>
       <c r="G112" s="11"/>
       <c r="H112" s="11"/>
       <c r="I112" s="11"/>
       <c r="J112" s="11"/>
       <c r="K112" s="11"/>
       <c r="L112" s="11"/>
       <c r="M112" s="11"/>
       <c r="N112" s="11"/>
       <c r="O112" s="11"/>
     </row>
-    <row r="113" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="113" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A113" s="7"/>
       <c r="B113" s="11"/>
       <c r="C113" s="11"/>
       <c r="D113" s="11"/>
       <c r="E113" s="11"/>
       <c r="F113" s="11"/>
       <c r="G113" s="11"/>
       <c r="H113" s="11"/>
       <c r="I113" s="11"/>
       <c r="J113" s="11"/>
       <c r="K113" s="11"/>
       <c r="L113" s="11"/>
       <c r="M113" s="11"/>
       <c r="N113" s="11"/>
       <c r="O113" s="11"/>
     </row>
-    <row r="114" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A114" s="7"/>
       <c r="B114" s="11"/>
       <c r="C114" s="11"/>
       <c r="D114" s="11"/>
       <c r="E114" s="11"/>
       <c r="F114" s="11"/>
       <c r="G114" s="11"/>
       <c r="H114" s="11"/>
       <c r="I114" s="11"/>
       <c r="J114" s="11"/>
       <c r="K114" s="11"/>
       <c r="L114" s="11"/>
       <c r="M114" s="11"/>
       <c r="N114" s="11"/>
       <c r="O114" s="11"/>
     </row>
-    <row r="115" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A115" s="7"/>
       <c r="B115" s="11"/>
       <c r="C115" s="11"/>
       <c r="D115" s="11"/>
       <c r="E115" s="11"/>
       <c r="F115" s="11"/>
       <c r="G115" s="11"/>
       <c r="H115" s="11"/>
       <c r="I115" s="11"/>
       <c r="J115" s="11"/>
       <c r="K115" s="11"/>
       <c r="L115" s="11"/>
       <c r="M115" s="11"/>
       <c r="N115" s="11"/>
       <c r="O115" s="11"/>
     </row>
-    <row r="116" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A116" s="7"/>
       <c r="B116" s="11"/>
       <c r="C116" s="11"/>
       <c r="D116" s="11"/>
       <c r="E116" s="11"/>
       <c r="F116" s="11"/>
       <c r="G116" s="11"/>
       <c r="H116" s="11"/>
       <c r="I116" s="11"/>
       <c r="J116" s="11"/>
       <c r="K116" s="11"/>
       <c r="L116" s="11"/>
       <c r="M116" s="11"/>
       <c r="N116" s="11"/>
       <c r="O116" s="11"/>
     </row>
-    <row r="117" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A117" s="7"/>
       <c r="B117" s="11"/>
       <c r="C117" s="11"/>
       <c r="D117" s="11"/>
       <c r="E117" s="11"/>
       <c r="F117" s="11"/>
       <c r="G117" s="11"/>
       <c r="H117" s="11"/>
       <c r="I117" s="11"/>
       <c r="J117" s="11"/>
       <c r="K117" s="11"/>
       <c r="L117" s="11"/>
       <c r="M117" s="11"/>
       <c r="N117" s="11"/>
       <c r="O117" s="11"/>
     </row>
-    <row r="118" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A118" s="7"/>
       <c r="B118" s="11"/>
       <c r="C118" s="11"/>
       <c r="D118" s="11"/>
       <c r="E118" s="11"/>
       <c r="F118" s="11"/>
       <c r="G118" s="11"/>
       <c r="H118" s="11"/>
       <c r="I118" s="11"/>
       <c r="J118" s="11"/>
       <c r="K118" s="11"/>
       <c r="L118" s="11"/>
       <c r="M118" s="11"/>
       <c r="N118" s="11"/>
       <c r="O118" s="11"/>
     </row>
-    <row r="119" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A119" s="7"/>
       <c r="B119" s="11"/>
       <c r="C119" s="11"/>
       <c r="D119" s="11"/>
       <c r="E119" s="11"/>
       <c r="F119" s="11"/>
       <c r="G119" s="11"/>
       <c r="H119" s="11"/>
       <c r="I119" s="11"/>
       <c r="J119" s="11"/>
       <c r="K119" s="11"/>
       <c r="L119" s="11"/>
       <c r="M119" s="11"/>
       <c r="N119" s="11"/>
       <c r="O119" s="11"/>
     </row>
-    <row r="120" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="120" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A120" s="7"/>
       <c r="B120" s="11"/>
       <c r="C120" s="11"/>
       <c r="D120" s="11"/>
       <c r="E120" s="11"/>
       <c r="F120" s="11"/>
       <c r="G120" s="11"/>
       <c r="H120" s="11"/>
       <c r="I120" s="11"/>
       <c r="J120" s="11"/>
       <c r="K120" s="11"/>
       <c r="L120" s="11"/>
       <c r="M120" s="11"/>
       <c r="N120" s="11"/>
       <c r="O120" s="11"/>
     </row>
-    <row r="121" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A121" s="7"/>
       <c r="B121" s="11"/>
       <c r="C121" s="11"/>
       <c r="D121" s="11"/>
       <c r="E121" s="11"/>
       <c r="F121" s="11"/>
       <c r="G121" s="11"/>
       <c r="H121" s="11"/>
       <c r="I121" s="11"/>
       <c r="J121" s="11"/>
       <c r="K121" s="11"/>
       <c r="L121" s="11"/>
       <c r="M121" s="11"/>
       <c r="N121" s="11"/>
       <c r="O121" s="11"/>
     </row>
-    <row r="122" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A122" s="7"/>
       <c r="B122" s="11"/>
       <c r="C122" s="11"/>
       <c r="D122" s="11"/>
       <c r="E122" s="11"/>
       <c r="F122" s="11"/>
       <c r="G122" s="11"/>
       <c r="H122" s="11"/>
       <c r="I122" s="11"/>
       <c r="J122" s="11"/>
       <c r="K122" s="11"/>
       <c r="L122" s="11"/>
       <c r="M122" s="11"/>
       <c r="N122" s="11"/>
       <c r="O122" s="11"/>
     </row>
-    <row r="123" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A123" s="7"/>
       <c r="B123" s="11"/>
       <c r="C123" s="11"/>
       <c r="D123" s="11"/>
       <c r="E123" s="11"/>
       <c r="F123" s="11"/>
       <c r="G123" s="11"/>
       <c r="H123" s="11"/>
       <c r="I123" s="11"/>
       <c r="J123" s="11"/>
       <c r="K123" s="11"/>
       <c r="L123" s="11"/>
       <c r="M123" s="11"/>
       <c r="N123" s="11"/>
       <c r="O123" s="11"/>
     </row>
-    <row r="124" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="124" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A124" s="7"/>
       <c r="B124" s="11"/>
       <c r="C124" s="11"/>
       <c r="D124" s="11"/>
       <c r="E124" s="11"/>
       <c r="F124" s="11"/>
       <c r="G124" s="11"/>
       <c r="H124" s="11"/>
       <c r="I124" s="11"/>
       <c r="J124" s="11"/>
       <c r="K124" s="11"/>
       <c r="L124" s="11"/>
       <c r="M124" s="11"/>
       <c r="N124" s="11"/>
       <c r="O124" s="11"/>
     </row>
-    <row r="125" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A125" s="7"/>
       <c r="B125" s="11"/>
       <c r="C125" s="11"/>
       <c r="D125" s="11"/>
       <c r="E125" s="11"/>
       <c r="F125" s="11"/>
       <c r="G125" s="11"/>
       <c r="H125" s="11"/>
       <c r="I125" s="11"/>
       <c r="J125" s="11"/>
       <c r="K125" s="11"/>
       <c r="L125" s="11"/>
       <c r="M125" s="11"/>
       <c r="N125" s="11"/>
       <c r="O125" s="11"/>
     </row>
-    <row r="126" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A126" s="7"/>
       <c r="B126" s="11"/>
       <c r="C126" s="11"/>
       <c r="D126" s="11"/>
       <c r="E126" s="11"/>
       <c r="F126" s="11"/>
       <c r="G126" s="11"/>
       <c r="H126" s="11"/>
       <c r="I126" s="11"/>
       <c r="J126" s="11"/>
       <c r="K126" s="11"/>
       <c r="L126" s="11"/>
       <c r="M126" s="11"/>
       <c r="N126" s="11"/>
       <c r="O126" s="11"/>
     </row>
-    <row r="127" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A127" s="7"/>
       <c r="B127" s="11"/>
       <c r="C127" s="11"/>
       <c r="D127" s="11"/>
       <c r="E127" s="11"/>
       <c r="F127" s="11"/>
       <c r="G127" s="11"/>
       <c r="H127" s="11"/>
       <c r="I127" s="11"/>
       <c r="J127" s="11"/>
       <c r="K127" s="11"/>
       <c r="L127" s="11"/>
       <c r="M127" s="11"/>
       <c r="N127" s="11"/>
       <c r="O127" s="11"/>
     </row>
-    <row r="128" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A128" s="7"/>
       <c r="B128" s="11"/>
       <c r="C128" s="11"/>
       <c r="D128" s="11"/>
       <c r="E128" s="11"/>
       <c r="F128" s="11"/>
       <c r="G128" s="11"/>
       <c r="H128" s="11"/>
       <c r="I128" s="11"/>
       <c r="J128" s="11"/>
       <c r="K128" s="11"/>
       <c r="L128" s="11"/>
       <c r="M128" s="11"/>
       <c r="N128" s="11"/>
       <c r="O128" s="11"/>
     </row>
-    <row r="129" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A129" s="7"/>
       <c r="B129" s="11"/>
       <c r="C129" s="11"/>
       <c r="D129" s="11"/>
       <c r="E129" s="11"/>
       <c r="F129" s="11"/>
       <c r="G129" s="11"/>
       <c r="H129" s="11"/>
       <c r="I129" s="11"/>
       <c r="J129" s="11"/>
       <c r="K129" s="11"/>
       <c r="L129" s="11"/>
       <c r="M129" s="11"/>
       <c r="N129" s="11"/>
       <c r="O129" s="11"/>
     </row>
-    <row r="130" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A130" s="7"/>
       <c r="B130" s="11"/>
       <c r="C130" s="11"/>
       <c r="D130" s="11"/>
       <c r="E130" s="11"/>
       <c r="F130" s="11"/>
       <c r="G130" s="11"/>
       <c r="H130" s="11"/>
       <c r="I130" s="11"/>
       <c r="J130" s="11"/>
       <c r="K130" s="11"/>
       <c r="L130" s="11"/>
       <c r="M130" s="11"/>
       <c r="N130" s="11"/>
       <c r="O130" s="11"/>
     </row>
-    <row r="131" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="131" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A131" s="7"/>
       <c r="B131" s="11"/>
       <c r="C131" s="11"/>
       <c r="D131" s="11"/>
       <c r="E131" s="11"/>
       <c r="F131" s="11"/>
       <c r="G131" s="11"/>
       <c r="H131" s="11"/>
       <c r="I131" s="11"/>
       <c r="J131" s="11"/>
       <c r="K131" s="11"/>
       <c r="L131" s="11"/>
       <c r="M131" s="11"/>
       <c r="N131" s="11"/>
       <c r="O131" s="11"/>
     </row>
-    <row r="132" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="132" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A132" s="7"/>
       <c r="B132" s="11"/>
       <c r="C132" s="11"/>
       <c r="D132" s="11"/>
       <c r="E132" s="11"/>
       <c r="F132" s="11"/>
       <c r="G132" s="11"/>
       <c r="H132" s="11"/>
       <c r="I132" s="11"/>
       <c r="J132" s="11"/>
       <c r="K132" s="11"/>
       <c r="L132" s="11"/>
       <c r="M132" s="11"/>
       <c r="N132" s="11"/>
       <c r="O132" s="11"/>
     </row>
-    <row r="133" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="133" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A133" s="7"/>
       <c r="B133" s="11"/>
       <c r="C133" s="11"/>
       <c r="D133" s="11"/>
       <c r="E133" s="11"/>
       <c r="F133" s="11"/>
       <c r="G133" s="11"/>
       <c r="H133" s="11"/>
       <c r="I133" s="11"/>
       <c r="J133" s="11"/>
       <c r="K133" s="11"/>
       <c r="L133" s="11"/>
       <c r="M133" s="11"/>
       <c r="N133" s="11"/>
       <c r="O133" s="11"/>
     </row>
-    <row r="134" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="134" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A134" s="7"/>
       <c r="B134" s="11"/>
       <c r="C134" s="11"/>
       <c r="D134" s="11"/>
       <c r="E134" s="11"/>
       <c r="F134" s="11"/>
       <c r="G134" s="11"/>
       <c r="H134" s="11"/>
       <c r="I134" s="11"/>
       <c r="J134" s="11"/>
       <c r="K134" s="11"/>
       <c r="L134" s="11"/>
       <c r="M134" s="11"/>
       <c r="N134" s="11"/>
       <c r="O134" s="11"/>
     </row>
-    <row r="135" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="135" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A135" s="7"/>
       <c r="B135" s="11"/>
       <c r="C135" s="11"/>
       <c r="D135" s="11"/>
       <c r="E135" s="11"/>
       <c r="F135" s="11"/>
       <c r="G135" s="11"/>
       <c r="H135" s="11"/>
       <c r="I135" s="11"/>
       <c r="J135" s="11"/>
       <c r="K135" s="11"/>
       <c r="L135" s="11"/>
       <c r="M135" s="11"/>
       <c r="N135" s="11"/>
       <c r="O135" s="11"/>
     </row>
-    <row r="136" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="136" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A136" s="7"/>
       <c r="B136" s="11"/>
       <c r="C136" s="11"/>
       <c r="D136" s="11"/>
       <c r="E136" s="11"/>
       <c r="F136" s="11"/>
       <c r="G136" s="11"/>
       <c r="H136" s="11"/>
       <c r="I136" s="11"/>
       <c r="J136" s="11"/>
       <c r="K136" s="11"/>
       <c r="L136" s="11"/>
       <c r="M136" s="11"/>
       <c r="N136" s="11"/>
       <c r="O136" s="11"/>
     </row>
-    <row r="137" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="137" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A137" s="7"/>
       <c r="B137" s="11"/>
       <c r="C137" s="11"/>
       <c r="D137" s="11"/>
       <c r="E137" s="11"/>
       <c r="F137" s="11"/>
       <c r="G137" s="11"/>
       <c r="H137" s="11"/>
       <c r="I137" s="11"/>
       <c r="J137" s="11"/>
       <c r="K137" s="11"/>
       <c r="L137" s="11"/>
       <c r="M137" s="11"/>
       <c r="N137" s="11"/>
       <c r="O137" s="11"/>
     </row>
-    <row r="138" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="138" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A138" s="7"/>
       <c r="B138" s="11"/>
       <c r="C138" s="11"/>
       <c r="D138" s="11"/>
       <c r="E138" s="11"/>
       <c r="F138" s="11"/>
       <c r="G138" s="11"/>
       <c r="H138" s="11"/>
       <c r="I138" s="11"/>
       <c r="J138" s="11"/>
       <c r="K138" s="11"/>
       <c r="L138" s="11"/>
       <c r="M138" s="11"/>
       <c r="N138" s="11"/>
       <c r="O138" s="11"/>
     </row>
-    <row r="139" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="139" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A139" s="7"/>
       <c r="B139" s="11"/>
       <c r="C139" s="11"/>
       <c r="D139" s="11"/>
       <c r="E139" s="11"/>
       <c r="F139" s="11"/>
       <c r="G139" s="11"/>
       <c r="H139" s="11"/>
       <c r="I139" s="11"/>
       <c r="J139" s="11"/>
       <c r="K139" s="11"/>
       <c r="L139" s="11"/>
       <c r="M139" s="11"/>
       <c r="N139" s="11"/>
       <c r="O139" s="11"/>
     </row>
-    <row r="140" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="140" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A140" s="7"/>
       <c r="B140" s="11"/>
       <c r="C140" s="11"/>
       <c r="D140" s="11"/>
       <c r="E140" s="11"/>
       <c r="F140" s="11"/>
       <c r="G140" s="11"/>
       <c r="H140" s="11"/>
       <c r="I140" s="11"/>
       <c r="J140" s="11"/>
       <c r="K140" s="11"/>
       <c r="L140" s="11"/>
       <c r="M140" s="11"/>
       <c r="N140" s="11"/>
       <c r="O140" s="11"/>
     </row>
-    <row r="141" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="141" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A141" s="7"/>
       <c r="B141" s="11"/>
       <c r="C141" s="11"/>
       <c r="D141" s="11"/>
       <c r="E141" s="11"/>
       <c r="F141" s="11"/>
       <c r="G141" s="11"/>
       <c r="H141" s="11"/>
       <c r="I141" s="11"/>
       <c r="J141" s="11"/>
       <c r="K141" s="11"/>
       <c r="L141" s="11"/>
       <c r="M141" s="11"/>
       <c r="N141" s="11"/>
       <c r="O141" s="11"/>
     </row>
-    <row r="142" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="142" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A142" s="7"/>
       <c r="B142" s="11"/>
       <c r="C142" s="11"/>
       <c r="D142" s="11"/>
       <c r="E142" s="11"/>
       <c r="F142" s="11"/>
       <c r="G142" s="11"/>
       <c r="H142" s="11"/>
       <c r="I142" s="11"/>
       <c r="J142" s="11"/>
       <c r="K142" s="11"/>
       <c r="L142" s="11"/>
       <c r="M142" s="11"/>
       <c r="N142" s="11"/>
       <c r="O142" s="11"/>
     </row>
-    <row r="143" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="143" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A143" s="7"/>
       <c r="B143" s="11"/>
       <c r="C143" s="11"/>
       <c r="D143" s="11"/>
       <c r="E143" s="11"/>
       <c r="F143" s="11"/>
       <c r="G143" s="11"/>
       <c r="H143" s="11"/>
       <c r="I143" s="11"/>
       <c r="J143" s="11"/>
       <c r="K143" s="11"/>
       <c r="L143" s="11"/>
       <c r="M143" s="11"/>
       <c r="N143" s="11"/>
       <c r="O143" s="11"/>
     </row>
-    <row r="144" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="144" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A144" s="7"/>
       <c r="B144" s="11"/>
       <c r="C144" s="11"/>
       <c r="D144" s="11"/>
       <c r="E144" s="11"/>
       <c r="F144" s="11"/>
       <c r="G144" s="11"/>
       <c r="H144" s="11"/>
       <c r="I144" s="11"/>
       <c r="J144" s="11"/>
       <c r="K144" s="11"/>
       <c r="L144" s="11"/>
       <c r="M144" s="11"/>
       <c r="N144" s="11"/>
       <c r="O144" s="11"/>
     </row>
-    <row r="145" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="145" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A145" s="7"/>
       <c r="B145" s="11"/>
       <c r="C145" s="11"/>
       <c r="D145" s="11"/>
       <c r="E145" s="11"/>
       <c r="F145" s="11"/>
       <c r="G145" s="11"/>
       <c r="H145" s="11"/>
       <c r="I145" s="11"/>
       <c r="J145" s="11"/>
       <c r="K145" s="11"/>
       <c r="L145" s="11"/>
       <c r="M145" s="11"/>
       <c r="N145" s="11"/>
       <c r="O145" s="11"/>
     </row>
-    <row r="146" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="146" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A146" s="7"/>
       <c r="B146" s="11"/>
       <c r="C146" s="11"/>
       <c r="D146" s="11"/>
       <c r="E146" s="11"/>
       <c r="F146" s="11"/>
       <c r="G146" s="11"/>
       <c r="H146" s="11"/>
       <c r="I146" s="11"/>
       <c r="J146" s="11"/>
       <c r="K146" s="11"/>
       <c r="L146" s="11"/>
       <c r="M146" s="11"/>
       <c r="N146" s="11"/>
       <c r="O146" s="11"/>
     </row>
-    <row r="147" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="147" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A147" s="7"/>
       <c r="B147" s="11"/>
       <c r="C147" s="11"/>
       <c r="D147" s="11"/>
       <c r="E147" s="11"/>
       <c r="F147" s="11"/>
       <c r="G147" s="11"/>
       <c r="H147" s="11"/>
       <c r="I147" s="11"/>
       <c r="J147" s="11"/>
       <c r="K147" s="11"/>
       <c r="L147" s="11"/>
       <c r="M147" s="11"/>
       <c r="N147" s="11"/>
       <c r="O147" s="11"/>
     </row>
-    <row r="148" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="148" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A148" s="9"/>
       <c r="B148" s="9"/>
       <c r="C148" s="9"/>
       <c r="D148" s="9"/>
       <c r="E148" s="9"/>
       <c r="F148" s="9"/>
       <c r="G148" s="9"/>
       <c r="H148" s="9"/>
       <c r="I148" s="9"/>
       <c r="J148" s="9"/>
       <c r="K148" s="9"/>
       <c r="L148" s="9"/>
       <c r="M148" s="9"/>
       <c r="N148" s="9"/>
       <c r="O148" s="9"/>
     </row>
-    <row r="149" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="149" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A149" s="9"/>
       <c r="B149" s="9"/>
       <c r="C149" s="9"/>
       <c r="D149" s="9"/>
       <c r="E149" s="9"/>
       <c r="F149" s="9"/>
       <c r="G149" s="9"/>
       <c r="H149" s="9"/>
       <c r="I149" s="9"/>
       <c r="J149" s="9"/>
       <c r="K149" s="9"/>
       <c r="L149" s="9"/>
       <c r="M149" s="9"/>
       <c r="N149" s="9"/>
       <c r="O149" s="9"/>
     </row>
-    <row r="150" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="150" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A150" s="9"/>
       <c r="B150" s="9"/>
       <c r="C150" s="9"/>
       <c r="D150" s="9"/>
       <c r="E150" s="9"/>
       <c r="F150" s="9"/>
       <c r="G150" s="9"/>
       <c r="H150" s="9"/>
       <c r="I150" s="9"/>
       <c r="J150" s="9"/>
       <c r="K150" s="9"/>
       <c r="L150" s="9"/>
       <c r="M150" s="9"/>
       <c r="N150" s="9"/>
       <c r="O150" s="9"/>
     </row>
-    <row r="151" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="151" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A151" s="9"/>
       <c r="B151" s="9"/>
       <c r="C151" s="9"/>
       <c r="D151" s="9"/>
       <c r="E151" s="9"/>
       <c r="F151" s="9"/>
       <c r="G151" s="9"/>
       <c r="H151" s="9"/>
       <c r="I151" s="9"/>
       <c r="J151" s="9"/>
       <c r="K151" s="9"/>
       <c r="L151" s="9"/>
       <c r="M151" s="9"/>
       <c r="N151" s="9"/>
       <c r="O151" s="9"/>
     </row>
-    <row r="152" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="152" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A152" s="9"/>
       <c r="B152" s="9"/>
       <c r="C152" s="9"/>
       <c r="D152" s="9"/>
       <c r="E152" s="9"/>
       <c r="F152" s="9"/>
       <c r="G152" s="9"/>
       <c r="H152" s="9"/>
       <c r="I152" s="9"/>
       <c r="J152" s="9"/>
       <c r="K152" s="9"/>
       <c r="L152" s="9"/>
       <c r="M152" s="9"/>
       <c r="N152" s="9"/>
       <c r="O152" s="9"/>
     </row>
-    <row r="153" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="153" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A153" s="9"/>
       <c r="B153" s="9"/>
       <c r="C153" s="9"/>
       <c r="D153" s="9"/>
       <c r="E153" s="9"/>
       <c r="F153" s="9"/>
       <c r="G153" s="9"/>
       <c r="H153" s="9"/>
       <c r="I153" s="9"/>
       <c r="J153" s="9"/>
       <c r="K153" s="9"/>
       <c r="L153" s="9"/>
       <c r="M153" s="9"/>
       <c r="N153" s="9"/>
       <c r="O153" s="9"/>
     </row>
-    <row r="154" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="154" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A154" s="9"/>
       <c r="B154" s="9"/>
       <c r="C154" s="9"/>
       <c r="D154" s="9"/>
       <c r="E154" s="9"/>
       <c r="F154" s="9"/>
       <c r="G154" s="9"/>
       <c r="H154" s="9"/>
       <c r="I154" s="9"/>
       <c r="J154" s="9"/>
       <c r="K154" s="9"/>
       <c r="L154" s="9"/>
       <c r="M154" s="9"/>
       <c r="N154" s="9"/>
       <c r="O154" s="9"/>
     </row>
-    <row r="155" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="155" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A155" s="9"/>
       <c r="B155" s="9"/>
       <c r="C155" s="9"/>
       <c r="D155" s="9"/>
       <c r="E155" s="9"/>
       <c r="F155" s="9"/>
       <c r="G155" s="9"/>
       <c r="H155" s="9"/>
       <c r="I155" s="9"/>
       <c r="J155" s="9"/>
       <c r="K155" s="9"/>
       <c r="L155" s="9"/>
       <c r="M155" s="9"/>
       <c r="N155" s="9"/>
       <c r="O155" s="9"/>
     </row>
-    <row r="156" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="156" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A156" s="9"/>
       <c r="B156" s="9"/>
       <c r="C156" s="9"/>
       <c r="D156" s="9"/>
       <c r="E156" s="9"/>
       <c r="F156" s="9"/>
       <c r="G156" s="9"/>
       <c r="H156" s="9"/>
       <c r="I156" s="9"/>
       <c r="J156" s="9"/>
       <c r="K156" s="9"/>
       <c r="L156" s="9"/>
       <c r="M156" s="9"/>
       <c r="N156" s="9"/>
       <c r="O156" s="9"/>
     </row>
-    <row r="157" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="157" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A157" s="9"/>
       <c r="B157" s="9"/>
       <c r="C157" s="9"/>
       <c r="D157" s="9"/>
       <c r="E157" s="9"/>
       <c r="F157" s="9"/>
       <c r="G157" s="9"/>
       <c r="H157" s="9"/>
       <c r="I157" s="9"/>
       <c r="J157" s="9"/>
       <c r="K157" s="9"/>
       <c r="L157" s="9"/>
       <c r="M157" s="9"/>
       <c r="N157" s="9"/>
       <c r="O157" s="9"/>
     </row>
-    <row r="158" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="158" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A158" s="9"/>
       <c r="B158" s="9"/>
       <c r="C158" s="9"/>
       <c r="D158" s="9"/>
       <c r="E158" s="9"/>
       <c r="F158" s="9"/>
       <c r="G158" s="9"/>
       <c r="H158" s="9"/>
       <c r="I158" s="9"/>
       <c r="J158" s="9"/>
       <c r="K158" s="9"/>
       <c r="L158" s="9"/>
       <c r="M158" s="9"/>
       <c r="N158" s="9"/>
       <c r="O158" s="9"/>
     </row>
-    <row r="159" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="159" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A159" s="9"/>
       <c r="B159" s="9"/>
       <c r="C159" s="9"/>
       <c r="D159" s="9"/>
       <c r="E159" s="9"/>
       <c r="F159" s="9"/>
       <c r="G159" s="9"/>
       <c r="H159" s="9"/>
       <c r="I159" s="9"/>
       <c r="J159" s="9"/>
       <c r="K159" s="9"/>
       <c r="L159" s="9"/>
       <c r="M159" s="9"/>
       <c r="N159" s="9"/>
       <c r="O159" s="9"/>
     </row>
-    <row r="160" spans="1:15" x14ac:dyDescent="0.25">
+    <row r="160" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A160" s="9"/>
       <c r="B160" s="9"/>
       <c r="C160" s="9"/>
       <c r="D160" s="9"/>
       <c r="E160" s="9"/>
       <c r="F160" s="9"/>
       <c r="G160" s="9"/>
       <c r="H160" s="9"/>
       <c r="I160" s="9"/>
       <c r="J160" s="9"/>
       <c r="K160" s="9"/>
       <c r="L160" s="9"/>
       <c r="M160" s="9"/>
       <c r="N160" s="9"/>
       <c r="O160" s="9"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">