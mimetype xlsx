--- v0 (2025-10-02)
+++ v1 (2026-01-12)
@@ -4,84 +4,84 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\HPD\Press\Embargo\Internet HP Files\Misc\Affordability files\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{94918EA5-425F-4A99-A351-2B1F67A4E01F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9FB28284-C6E7-4B1F-B601-00934A09B4D8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{D4CA6BF1-EEC9-4DEF-8C7A-4161F11BCF03}"/>
   </bookViews>
   <sheets>
     <sheet name="House Price Earnings Ratios" sheetId="1" r:id="rId1"/>
     <sheet name="Notes" sheetId="3" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="201" uniqueCount="194">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="202" uniqueCount="195">
   <si>
     <t>●</t>
   </si>
   <si>
     <t>Mean earnings for a full time worker on adult rates are used</t>
   </si>
   <si>
     <t>These series are updated quarterly and are subject to revision</t>
   </si>
   <si>
     <t>Earnings data is sourced from the ONS Annual Survey of Hours &amp; Earnings (ASHE) and pre-1998 the New Earnings Survey (NES)</t>
   </si>
   <si>
     <t>As far as possible, earnings data has been adjusted from any breaks in order to create a consistent series over time</t>
   </si>
   <si>
     <t>Quarterly earnings data calculated using straight line interpolation</t>
   </si>
   <si>
     <t>Data points after the last annual observation extrapolated using average growth rates</t>
   </si>
   <si>
     <t>House price earnings ratios calculated as the ratio of Nationwide FTB house prices to mean gross earnings in each HPI region</t>
   </si>
   <si>
@@ -142,50 +142,53 @@
     <t>Affordability Indicators: First time buyer house price earnings ratios by region</t>
   </si>
   <si>
     <t>Q4 2023</t>
   </si>
   <si>
     <t>Q1 2024</t>
   </si>
   <si>
     <t>Q2 2024</t>
   </si>
   <si>
     <t>Q3 2024</t>
   </si>
   <si>
     <t>Q4 2024</t>
   </si>
   <si>
     <t>Q1 2025</t>
   </si>
   <si>
     <t>Q2 2025</t>
   </si>
   <si>
     <t>Q3 2025</t>
+  </si>
+  <si>
+    <t>Q4 2025</t>
   </si>
   <si>
     <t>Q1 1983</t>
   </si>
   <si>
     <t>Q2 1983</t>
   </si>
   <si>
     <t>Q3 1983</t>
   </si>
   <si>
     <t>Q4 1983</t>
   </si>
   <si>
     <t>Q1 1984</t>
   </si>
   <si>
     <t>Q2 1984</t>
   </si>
   <si>
     <t>Q3 1984</t>
   </si>
   <si>
     <t>Q4 1984</t>
   </si>
@@ -805,53 +808,53 @@
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>15</xdr:col>
-      <xdr:colOff>15240</xdr:colOff>
+      <xdr:colOff>19050</xdr:colOff>
       <xdr:row>1</xdr:row>
-      <xdr:rowOff>15240</xdr:rowOff>
+      <xdr:rowOff>19050</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="3" name="Rectangle 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B5552A7-28C5-474A-BD3A-1C93C3D86408}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="9915525" cy="666750"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="tx2"/>
         </a:solidFill>
         <a:ln>
           <a:noFill/>
@@ -865,59 +868,59 @@
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l"/>
           <a:endParaRPr lang="en-GB" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>329565</xdr:colOff>
+      <xdr:colOff>325755</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>215265</xdr:rowOff>
+      <xdr:rowOff>211455</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>76835</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>434975</xdr:rowOff>
+      <xdr:rowOff>438785</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="Graphic 59">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2DB2BAD9-68AD-4900-84C8-51732A5AEAAA}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
             <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
               <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
             </a:ext>
           </a:extLst>
         </a:blip>
@@ -926,51 +929,51 @@
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="333375" y="219075"/>
           <a:ext cx="1648460" cy="215900"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>12</xdr:col>
       <xdr:colOff>19050</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>219075</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>457447</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>520108</xdr:rowOff>
+      <xdr:rowOff>516298</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B4D373CB-5DFE-4ECA-848C-66A00C64F732}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7924800" y="219075"/>
           <a:ext cx="1771897" cy="304843"/>
         </a:xfrm>
@@ -1435,55 +1438,55 @@
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3EC8F263-AE6C-4D00-8D3C-1A38FA7081B3}">
-  <dimension ref="A1:O176"/>
+  <dimension ref="A1:O177"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="5" topLeftCell="A153" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A176" sqref="A176"/>
+      <selection pane="bottomLeft" activeCell="B177" sqref="B177"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="8.5546875" style="2" customWidth="1"/>
     <col min="2" max="15" width="10" style="2" customWidth="1"/>
     <col min="16" max="16384" width="9.109375" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="51.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="G1" s="3"/>
     </row>
     <row r="2" spans="1:15" x14ac:dyDescent="0.3">
       <c r="B2" s="1"/>
     </row>
     <row r="3" spans="1:15" ht="21" x14ac:dyDescent="0.4">
       <c r="B3" s="17" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A4" s="5"/>
       <c r="B4" s="6"/>
       <c r="C4" s="6"/>
       <c r="D4" s="6"/>
@@ -1520,7477 +1523,7477 @@
       </c>
       <c r="I5" s="15" t="s">
         <v>18</v>
       </c>
       <c r="J5" s="15" t="s">
         <v>8</v>
       </c>
       <c r="K5" s="15" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="15" t="s">
         <v>9</v>
       </c>
       <c r="M5" s="15" t="s">
         <v>10</v>
       </c>
       <c r="N5" s="16" t="s">
         <v>20</v>
       </c>
       <c r="O5" s="16" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A6" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B6" s="9">
         <v>2.9190299364050132</v>
       </c>
       <c r="C6" s="9">
         <v>2.6483181815031887</v>
       </c>
       <c r="D6" s="9">
         <v>2.4035568717369897</v>
       </c>
       <c r="E6" s="9">
         <v>2.2530614502318658</v>
       </c>
       <c r="F6" s="9">
         <v>2.4950016357271063</v>
       </c>
       <c r="G6" s="9">
         <v>2.8343477078197297</v>
       </c>
       <c r="H6" s="9">
         <v>2.958957345714885</v>
       </c>
       <c r="I6" s="9">
         <v>3.0606256700938168</v>
       </c>
       <c r="J6" s="9">
         <v>3.6848215900227554</v>
       </c>
       <c r="K6" s="9">
         <v>3.2371502720725247</v>
       </c>
       <c r="L6" s="9">
         <v>2.5242511372752103</v>
       </c>
       <c r="M6" s="9">
         <v>2.5127154080560024</v>
       </c>
       <c r="N6" s="9">
         <v>2.6153014576832034</v>
       </c>
       <c r="O6" s="9">
         <v>2.724078217666007</v>
       </c>
     </row>
     <row r="7" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A7" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B7" s="9">
         <v>2.9967626720972129</v>
       </c>
       <c r="C7" s="9">
         <v>2.6618476717741233</v>
       </c>
       <c r="D7" s="9">
         <v>2.4327124059861935</v>
       </c>
       <c r="E7" s="9">
         <v>2.3343561001049875</v>
       </c>
       <c r="F7" s="9">
         <v>2.4790324165628501</v>
       </c>
       <c r="G7" s="9">
         <v>2.8608626585710217</v>
       </c>
       <c r="H7" s="9">
         <v>2.9699228516898493</v>
       </c>
       <c r="I7" s="9">
         <v>3.0964228860654637</v>
       </c>
       <c r="J7" s="9">
         <v>3.7097751080347523</v>
       </c>
       <c r="K7" s="9">
         <v>3.2347559339046983</v>
       </c>
       <c r="L7" s="9">
         <v>2.6130301867689671</v>
       </c>
       <c r="M7" s="9">
         <v>2.5591387702789863</v>
       </c>
       <c r="N7" s="9">
         <v>2.4988022726429944</v>
       </c>
       <c r="O7" s="9">
         <v>2.750730154828001</v>
       </c>
     </row>
     <row r="8" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A8" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B8" s="9">
         <v>3.0667298952353717</v>
       </c>
       <c r="C8" s="9">
         <v>2.7007098108808356</v>
       </c>
       <c r="D8" s="9">
         <v>2.3813094378499993</v>
       </c>
       <c r="E8" s="9">
         <v>2.2769658740657399</v>
       </c>
       <c r="F8" s="9">
         <v>2.4565757266589077</v>
       </c>
       <c r="G8" s="9">
         <v>2.9557442262729432</v>
       </c>
       <c r="H8" s="9">
         <v>2.9389321641978277</v>
       </c>
       <c r="I8" s="9">
         <v>3.1153412828984819</v>
       </c>
       <c r="J8" s="9">
         <v>3.7251898553611626</v>
       </c>
       <c r="K8" s="9">
         <v>3.2250508465049266</v>
       </c>
       <c r="L8" s="9">
         <v>2.6453433256912295</v>
       </c>
       <c r="M8" s="9">
         <v>2.5591122235864296</v>
       </c>
       <c r="N8" s="9">
         <v>2.5836907782737182</v>
       </c>
       <c r="O8" s="9">
         <v>2.750892245916881</v>
       </c>
     </row>
     <row r="9" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A9" s="2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B9" s="9">
         <v>3.0437224281606001</v>
       </c>
       <c r="C9" s="9">
         <v>2.6275321885058518</v>
       </c>
       <c r="D9" s="9">
         <v>2.3352110572143188</v>
       </c>
       <c r="E9" s="9">
         <v>2.2779522685886819</v>
       </c>
       <c r="F9" s="9">
         <v>2.4109835152128585</v>
       </c>
       <c r="G9" s="9">
         <v>2.8211547017748306</v>
       </c>
       <c r="H9" s="9">
         <v>2.9384825373775332</v>
       </c>
       <c r="I9" s="9">
         <v>3.171754905073441</v>
       </c>
       <c r="J9" s="9">
         <v>3.7725227821216967</v>
       </c>
       <c r="K9" s="9">
         <v>3.2317575873821021</v>
       </c>
       <c r="L9" s="9">
         <v>2.5984736889937134</v>
       </c>
       <c r="M9" s="9">
         <v>2.5655818295404447</v>
       </c>
       <c r="N9" s="9">
         <v>2.484163423298273</v>
       </c>
       <c r="O9" s="9">
         <v>2.7323885519434907</v>
       </c>
     </row>
     <row r="10" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A10" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B10" s="9">
         <v>3.0405038077083884</v>
       </c>
       <c r="C10" s="9">
         <v>2.6819853832800322</v>
       </c>
       <c r="D10" s="9">
         <v>2.4080954908852741</v>
       </c>
       <c r="E10" s="9">
         <v>2.3031475193276449</v>
       </c>
       <c r="F10" s="9">
         <v>2.4495091563560436</v>
       </c>
       <c r="G10" s="9">
         <v>2.8609843022107726</v>
       </c>
       <c r="H10" s="9">
         <v>3.0297822998364023</v>
       </c>
       <c r="I10" s="9">
         <v>3.1893306036888154</v>
       </c>
       <c r="J10" s="9">
         <v>3.8828349791438095</v>
       </c>
       <c r="K10" s="9">
         <v>3.3835346042520653</v>
       </c>
       <c r="L10" s="9">
         <v>2.7156609098379323</v>
       </c>
       <c r="M10" s="9">
         <v>2.6233715822185069</v>
       </c>
       <c r="N10" s="9">
         <v>2.5416959690640795</v>
       </c>
       <c r="O10" s="9">
         <v>2.7934666087328699</v>
       </c>
     </row>
     <row r="11" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A11" s="2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B11" s="9">
         <v>3.1597311802128445</v>
       </c>
       <c r="C11" s="9">
         <v>2.7554973315752935</v>
       </c>
       <c r="D11" s="9">
         <v>2.4218534586474951</v>
       </c>
       <c r="E11" s="9">
         <v>2.3782840289296869</v>
       </c>
       <c r="F11" s="9">
         <v>2.4621658329584166</v>
       </c>
       <c r="G11" s="9">
         <v>3.0657568295365021</v>
       </c>
       <c r="H11" s="9">
         <v>3.0943401091220197</v>
       </c>
       <c r="I11" s="9">
         <v>3.2838517571242951</v>
       </c>
       <c r="J11" s="9">
         <v>3.9857067303764784</v>
       </c>
       <c r="K11" s="9">
         <v>3.3546487049984361</v>
       </c>
       <c r="L11" s="9">
         <v>2.6775520948786</v>
       </c>
       <c r="M11" s="9">
         <v>2.6070860313005286</v>
       </c>
       <c r="N11" s="9">
         <v>2.5791829293761421</v>
       </c>
       <c r="O11" s="9">
         <v>2.8416276260353839</v>
       </c>
     </row>
     <row r="12" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A12" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B12" s="9">
         <v>3.1170133259196415</v>
       </c>
       <c r="C12" s="9">
         <v>2.6304300835104182</v>
       </c>
       <c r="D12" s="9">
         <v>2.3281119186034718</v>
       </c>
       <c r="E12" s="9">
         <v>2.3223313090176423</v>
       </c>
       <c r="F12" s="9">
         <v>2.4312957230545047</v>
       </c>
       <c r="G12" s="9">
         <v>3.0901847361539492</v>
       </c>
       <c r="H12" s="9">
         <v>3.0833447963683027</v>
       </c>
       <c r="I12" s="9">
         <v>3.3080510476993039</v>
       </c>
       <c r="J12" s="9">
         <v>4.0048242118218518</v>
       </c>
       <c r="K12" s="9">
         <v>3.3750078329647817</v>
       </c>
       <c r="L12" s="9">
         <v>2.6565141238263412</v>
       </c>
       <c r="M12" s="9">
         <v>2.626286787386753</v>
       </c>
       <c r="N12" s="9">
         <v>2.5425056465147922</v>
       </c>
       <c r="O12" s="9">
         <v>2.8127880944007768</v>
       </c>
     </row>
     <row r="13" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A13" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B13" s="9">
         <v>3.1044935753650678</v>
       </c>
       <c r="C13" s="9">
         <v>2.7631755388441568</v>
       </c>
       <c r="D13" s="9">
         <v>2.2958570148670296</v>
       </c>
       <c r="E13" s="9">
         <v>2.3574072787735236</v>
       </c>
       <c r="F13" s="9">
         <v>2.4349587381338185</v>
       </c>
       <c r="G13" s="9">
         <v>3.0099308116686063</v>
       </c>
       <c r="H13" s="9">
         <v>3.1489862502741115</v>
       </c>
       <c r="I13" s="9">
         <v>3.3169481496928146</v>
       </c>
       <c r="J13" s="9">
         <v>4.091562005158961</v>
       </c>
       <c r="K13" s="9">
         <v>3.4311730737470887</v>
       </c>
       <c r="L13" s="9">
         <v>2.6552478928003636</v>
       </c>
       <c r="M13" s="9">
         <v>2.6862275756945935</v>
       </c>
       <c r="N13" s="9">
         <v>2.5702975334067428</v>
       </c>
       <c r="O13" s="9">
         <v>2.8457260645668194</v>
       </c>
     </row>
     <row r="14" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A14" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B14" s="9">
         <v>3.2071163216176299</v>
       </c>
       <c r="C14" s="9">
         <v>2.6891728535103288</v>
       </c>
       <c r="D14" s="9">
         <v>2.3466779060317062</v>
       </c>
       <c r="E14" s="9">
         <v>2.4509884061757417</v>
       </c>
       <c r="F14" s="9">
         <v>2.482151607277336</v>
       </c>
       <c r="G14" s="9">
         <v>3.0777025158187303</v>
       </c>
       <c r="H14" s="9">
         <v>3.2130552197097435</v>
       </c>
       <c r="I14" s="9">
         <v>3.4115148097669286</v>
       </c>
       <c r="J14" s="9">
         <v>4.2036948331107178</v>
       </c>
       <c r="K14" s="9">
         <v>3.4662053988186274</v>
       </c>
       <c r="L14" s="9">
         <v>2.6142305955924683</v>
       </c>
       <c r="M14" s="9">
         <v>2.673881821811622</v>
       </c>
       <c r="N14" s="9">
         <v>2.5413782431972058</v>
       </c>
       <c r="O14" s="9">
         <v>2.8873740295774479</v>
       </c>
     </row>
     <row r="15" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A15" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B15" s="9">
         <v>3.1589425206034814</v>
       </c>
       <c r="C15" s="9">
         <v>2.7950428421471711</v>
       </c>
       <c r="D15" s="9">
         <v>2.3826440921830505</v>
       </c>
       <c r="E15" s="9">
         <v>2.4613140311960819</v>
       </c>
       <c r="F15" s="9">
         <v>2.5076959395361995</v>
       </c>
       <c r="G15" s="9">
         <v>3.2356707742032209</v>
       </c>
       <c r="H15" s="9">
         <v>3.2245525709043861</v>
       </c>
       <c r="I15" s="9">
         <v>3.4363626357272885</v>
       </c>
       <c r="J15" s="9">
         <v>4.3012230849872619</v>
       </c>
       <c r="K15" s="9">
         <v>3.5234441168865183</v>
       </c>
       <c r="L15" s="9">
         <v>2.6059439834583471</v>
       </c>
       <c r="M15" s="9">
         <v>2.7232972533056543</v>
       </c>
       <c r="N15" s="9">
         <v>2.4648207967253932</v>
       </c>
       <c r="O15" s="9">
         <v>2.9262761275961071</v>
       </c>
     </row>
     <row r="16" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A16" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B16" s="9">
         <v>3.0685395637639665</v>
       </c>
       <c r="C16" s="9">
         <v>2.6948950035898251</v>
       </c>
       <c r="D16" s="9">
         <v>2.3719255509136321</v>
       </c>
       <c r="E16" s="9">
         <v>2.4256503466460431</v>
       </c>
       <c r="F16" s="9">
         <v>2.4404565217504768</v>
       </c>
       <c r="G16" s="9">
         <v>3.0333903940250195</v>
       </c>
       <c r="H16" s="9">
         <v>3.3166542123682987</v>
       </c>
       <c r="I16" s="9">
         <v>3.5922386090752187</v>
       </c>
       <c r="J16" s="9">
         <v>4.3350364037123494</v>
       </c>
       <c r="K16" s="9">
         <v>3.4346837393178022</v>
       </c>
       <c r="L16" s="9">
         <v>2.5758453703701893</v>
       </c>
       <c r="M16" s="9">
         <v>2.6941149172117087</v>
       </c>
       <c r="N16" s="9">
         <v>2.5240706601070366</v>
       </c>
       <c r="O16" s="9">
         <v>2.8967690998274045</v>
       </c>
     </row>
     <row r="17" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A17" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B17" s="9">
         <v>3.0937560275169034</v>
       </c>
       <c r="C17" s="9">
         <v>2.8201605491979969</v>
       </c>
       <c r="D17" s="9">
         <v>2.3365881938827751</v>
       </c>
       <c r="E17" s="9">
         <v>2.3816531559038356</v>
       </c>
       <c r="F17" s="9">
         <v>2.4495371966727473</v>
       </c>
       <c r="G17" s="9">
         <v>2.965433668697202</v>
       </c>
       <c r="H17" s="9">
         <v>3.4264900194278471</v>
       </c>
       <c r="I17" s="9">
         <v>3.7062118336304914</v>
       </c>
       <c r="J17" s="9">
         <v>4.4293218424366314</v>
       </c>
       <c r="K17" s="9">
         <v>3.5082258908893471</v>
       </c>
       <c r="L17" s="9">
         <v>2.7002419557629187</v>
       </c>
       <c r="M17" s="9">
         <v>2.6277447573131592</v>
       </c>
       <c r="N17" s="9">
         <v>2.4868523965771683</v>
       </c>
       <c r="O17" s="9">
         <v>2.9175124291333181</v>
       </c>
     </row>
     <row r="18" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A18" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B18" s="9">
         <v>3.1065775809192377</v>
       </c>
       <c r="C18" s="9">
         <v>2.6399638890968586</v>
       </c>
       <c r="D18" s="9">
         <v>2.2785675283522404</v>
       </c>
       <c r="E18" s="9">
         <v>2.3896279138221601</v>
       </c>
       <c r="F18" s="9">
         <v>2.3669342531104425</v>
       </c>
       <c r="G18" s="9">
         <v>2.9317464933371844</v>
       </c>
       <c r="H18" s="9">
         <v>3.5617380525510183</v>
       </c>
       <c r="I18" s="9">
         <v>3.8036478080581886</v>
       </c>
       <c r="J18" s="9">
         <v>4.4916765538586345</v>
       </c>
       <c r="K18" s="9">
         <v>3.5511755006986383</v>
       </c>
       <c r="L18" s="9">
         <v>2.6053302405868233</v>
       </c>
       <c r="M18" s="9">
         <v>2.6008521201685313</v>
       </c>
       <c r="N18" s="9">
         <v>2.4529551345088096</v>
       </c>
       <c r="O18" s="9">
         <v>2.890636027151174</v>
       </c>
     </row>
     <row r="19" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A19" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B19" s="9">
         <v>3.098347387027919</v>
       </c>
       <c r="C19" s="9">
         <v>2.7682057453461422</v>
       </c>
       <c r="D19" s="9">
         <v>2.287763019724979</v>
       </c>
       <c r="E19" s="9">
         <v>2.4623055733229369</v>
       </c>
       <c r="F19" s="9">
         <v>2.388411696913217</v>
       </c>
       <c r="G19" s="9">
         <v>3.0609212507163117</v>
       </c>
       <c r="H19" s="9">
         <v>3.7182609988779585</v>
       </c>
       <c r="I19" s="9">
         <v>3.9297282824863271</v>
       </c>
       <c r="J19" s="9">
         <v>4.5918200504189146</v>
       </c>
       <c r="K19" s="9">
         <v>3.6227225435712831</v>
       </c>
       <c r="L19" s="9">
         <v>2.5943169774352612</v>
       </c>
       <c r="M19" s="9">
         <v>2.6310337232491001</v>
       </c>
       <c r="N19" s="9">
         <v>2.4679802906183284</v>
       </c>
       <c r="O19" s="9">
         <v>2.943135363314219</v>
       </c>
     </row>
     <row r="20" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A20" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B20" s="9">
         <v>3.0724472603535147</v>
       </c>
       <c r="C20" s="9">
         <v>2.7082384303373348</v>
       </c>
       <c r="D20" s="9">
         <v>2.2706552433121563</v>
       </c>
       <c r="E20" s="9">
         <v>2.4267776468750064</v>
       </c>
       <c r="F20" s="9">
         <v>2.3937211436933534</v>
       </c>
       <c r="G20" s="9">
         <v>3.0642315618559968</v>
       </c>
       <c r="H20" s="9">
         <v>3.7683096353016183</v>
       </c>
       <c r="I20" s="9">
         <v>4.047513266584609</v>
       </c>
       <c r="J20" s="9">
         <v>4.8447996226537997</v>
       </c>
       <c r="K20" s="9">
         <v>3.6846602641597483</v>
       </c>
       <c r="L20" s="9">
         <v>2.620349485723942</v>
       </c>
       <c r="M20" s="9">
         <v>2.5702771976004541</v>
       </c>
       <c r="N20" s="9">
         <v>2.4579869909733687</v>
       </c>
       <c r="O20" s="9">
         <v>2.9632348961698147</v>
       </c>
     </row>
     <row r="21" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A21" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B21" s="9">
         <v>3.0807934426408132</v>
       </c>
       <c r="C21" s="9">
         <v>2.7506197538289574</v>
       </c>
       <c r="D21" s="9">
         <v>2.221282972812221</v>
       </c>
       <c r="E21" s="9">
         <v>2.5037441546963204</v>
       </c>
       <c r="F21" s="9">
         <v>2.3811637514378505</v>
       </c>
       <c r="G21" s="9">
         <v>3.1691978578931757</v>
       </c>
       <c r="H21" s="9">
         <v>3.8204724987989729</v>
       </c>
       <c r="I21" s="9">
         <v>4.2450714524392019</v>
       </c>
       <c r="J21" s="9">
         <v>4.9999683543858149</v>
       </c>
       <c r="K21" s="9">
         <v>3.6659568754415206</v>
       </c>
       <c r="L21" s="9">
         <v>2.5765331523010802</v>
       </c>
       <c r="M21" s="9">
         <v>2.5605667181776672</v>
       </c>
       <c r="N21" s="9">
         <v>2.3734642581122039</v>
       </c>
       <c r="O21" s="9">
         <v>2.9976073812451114</v>
       </c>
     </row>
     <row r="22" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A22" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B22" s="9">
         <v>3.0599703976907051</v>
       </c>
       <c r="C22" s="9">
         <v>2.795006892085103</v>
       </c>
       <c r="D22" s="9">
         <v>2.2666169107877918</v>
       </c>
       <c r="E22" s="9">
         <v>2.5095133657939259</v>
       </c>
       <c r="F22" s="9">
         <v>2.5177605282136706</v>
       </c>
       <c r="G22" s="9">
         <v>3.253685273434749</v>
       </c>
       <c r="H22" s="9">
         <v>3.963726369061042</v>
       </c>
       <c r="I22" s="9">
         <v>4.5573434512277693</v>
       </c>
       <c r="J22" s="9">
         <v>5.1475858914707118</v>
       </c>
       <c r="K22" s="9">
         <v>3.7639528541289966</v>
       </c>
       <c r="L22" s="9">
         <v>2.6223046208740146</v>
       </c>
       <c r="M22" s="9">
         <v>2.5522809290564701</v>
       </c>
       <c r="N22" s="9">
         <v>2.2692195274521558</v>
       </c>
       <c r="O22" s="9">
         <v>3.0773720478168411</v>
       </c>
     </row>
     <row r="23" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A23" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B23" s="9">
         <v>3.1840473212307256</v>
       </c>
       <c r="C23" s="9">
         <v>2.8090300193319928</v>
       </c>
       <c r="D23" s="9">
         <v>2.2847382040185726</v>
       </c>
       <c r="E23" s="9">
         <v>2.6226120210370238</v>
       </c>
       <c r="F23" s="9">
         <v>2.5386717680514668</v>
       </c>
       <c r="G23" s="9">
         <v>3.5845508714822882</v>
       </c>
       <c r="H23" s="9">
         <v>4.1257679831472185</v>
       </c>
       <c r="I23" s="9">
         <v>4.6237182018561072</v>
       </c>
       <c r="J23" s="9">
         <v>5.4334820026700186</v>
       </c>
       <c r="K23" s="9">
         <v>3.8739037099238183</v>
       </c>
       <c r="L23" s="9">
         <v>2.6496054038929322</v>
       </c>
       <c r="M23" s="9">
         <v>2.5223017740990699</v>
       </c>
       <c r="N23" s="9">
         <v>2.3932788924986061</v>
       </c>
       <c r="O23" s="9">
         <v>3.1601575017807297</v>
       </c>
     </row>
     <row r="24" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A24" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B24" s="9">
         <v>3.0607453062739425</v>
       </c>
       <c r="C24" s="9">
         <v>2.752859796642499</v>
       </c>
       <c r="D24" s="9">
         <v>2.2748696671119291</v>
       </c>
       <c r="E24" s="9">
         <v>2.5114073861309101</v>
       </c>
       <c r="F24" s="9">
         <v>2.6040704777011277</v>
       </c>
       <c r="G24" s="9">
         <v>3.6102024395389289</v>
       </c>
       <c r="H24" s="9">
         <v>4.1908963898787528</v>
       </c>
       <c r="I24" s="9">
         <v>4.8238041000865133</v>
       </c>
       <c r="J24" s="9">
         <v>5.6525176723419381</v>
       </c>
       <c r="K24" s="9">
         <v>3.9905863899213254</v>
       </c>
       <c r="L24" s="9">
         <v>2.6069116265397314</v>
       </c>
       <c r="M24" s="9">
         <v>2.4596382920510864</v>
       </c>
       <c r="N24" s="9">
         <v>2.3840911666239601</v>
       </c>
       <c r="O24" s="9">
         <v>3.1856219832472976</v>
       </c>
     </row>
     <row r="25" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A25" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B25" s="9">
         <v>2.8654693260997752</v>
       </c>
       <c r="C25" s="9">
         <v>2.684421062720495</v>
       </c>
       <c r="D25" s="9">
         <v>2.1987482067804427</v>
       </c>
       <c r="E25" s="9">
         <v>2.5523558165715148</v>
       </c>
       <c r="F25" s="9">
         <v>2.6140544048262888</v>
       </c>
       <c r="G25" s="9">
         <v>3.7358642535777626</v>
       </c>
       <c r="H25" s="9">
         <v>4.2897585101387872</v>
       </c>
       <c r="I25" s="9">
         <v>4.8411122747223692</v>
       </c>
       <c r="J25" s="9">
         <v>5.475185606729414</v>
       </c>
       <c r="K25" s="9">
         <v>3.9794804176360254</v>
       </c>
       <c r="L25" s="9">
         <v>2.5455945302418446</v>
       </c>
       <c r="M25" s="9">
         <v>2.3812151767383032</v>
       </c>
       <c r="N25" s="9">
         <v>2.2184498569212452</v>
       </c>
       <c r="O25" s="9">
         <v>3.1489953871341601</v>
       </c>
     </row>
     <row r="26" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A26" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B26" s="9">
         <v>2.7934875293202408</v>
       </c>
       <c r="C26" s="9">
         <v>2.6120252341151255</v>
       </c>
       <c r="D26" s="9">
         <v>2.168297692851366</v>
       </c>
       <c r="E26" s="9">
         <v>2.5646478334085794</v>
       </c>
       <c r="F26" s="9">
         <v>2.6735031031253254</v>
       </c>
       <c r="G26" s="9">
         <v>3.7907543244259996</v>
       </c>
       <c r="H26" s="9">
         <v>4.4313796398017704</v>
       </c>
       <c r="I26" s="9">
         <v>4.8754693889268736</v>
       </c>
       <c r="J26" s="9">
         <v>5.4378870861273363</v>
       </c>
       <c r="K26" s="9">
         <v>4.0773321500778401</v>
       </c>
       <c r="L26" s="9">
         <v>2.6268601107603051</v>
       </c>
       <c r="M26" s="9">
         <v>2.2939069821132918</v>
       </c>
       <c r="N26" s="9">
         <v>2.1901364839856523</v>
       </c>
       <c r="O26" s="9">
         <v>3.1559191463247567</v>
       </c>
     </row>
     <row r="27" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A27" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B27" s="9">
         <v>2.8409050541509862</v>
       </c>
       <c r="C27" s="9">
         <v>2.7333659180930998</v>
       </c>
       <c r="D27" s="9">
         <v>2.2292730729555181</v>
       </c>
       <c r="E27" s="9">
         <v>2.8238957815005046</v>
       </c>
       <c r="F27" s="9">
         <v>2.9347575353051525</v>
       </c>
       <c r="G27" s="9">
         <v>4.2655683239398092</v>
       </c>
       <c r="H27" s="9">
         <v>4.7735760234231464</v>
       </c>
       <c r="I27" s="9">
         <v>4.9699405826242504</v>
       </c>
       <c r="J27" s="9">
         <v>5.5711210435519414</v>
       </c>
       <c r="K27" s="9">
         <v>4.390983467437878</v>
       </c>
       <c r="L27" s="9">
         <v>2.6260740213251439</v>
       </c>
       <c r="M27" s="9">
         <v>2.3072001713247214</v>
       </c>
       <c r="N27" s="9">
         <v>2.1899456719772181</v>
       </c>
       <c r="O27" s="9">
         <v>3.3109634417015394</v>
       </c>
     </row>
     <row r="28" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A28" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B28" s="9">
         <v>3.0054564438606177</v>
       </c>
       <c r="C28" s="9">
         <v>2.9781757555375541</v>
       </c>
       <c r="D28" s="9">
         <v>2.2592188343688373</v>
       </c>
       <c r="E28" s="9">
         <v>3.1401511061120537</v>
       </c>
       <c r="F28" s="9">
         <v>3.29754148489641</v>
       </c>
       <c r="G28" s="9">
         <v>4.7753190753778227</v>
       </c>
       <c r="H28" s="9">
         <v>5.1795726013564627</v>
       </c>
       <c r="I28" s="9">
         <v>5.2867111898130261</v>
       </c>
       <c r="J28" s="9">
         <v>5.8062475564815577</v>
       </c>
       <c r="K28" s="9">
         <v>4.9998667564796344</v>
       </c>
       <c r="L28" s="9">
         <v>2.9147928487596464</v>
       </c>
       <c r="M28" s="9">
         <v>2.3282326506382418</v>
       </c>
       <c r="N28" s="9">
         <v>2.0981408252189535</v>
       </c>
       <c r="O28" s="9">
         <v>3.5610781417595541</v>
       </c>
     </row>
     <row r="29" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A29" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B29" s="9">
         <v>3.0894383390616103</v>
       </c>
       <c r="C29" s="9">
         <v>3.2155597508032598</v>
       </c>
       <c r="D29" s="9">
         <v>2.4392290712601246</v>
       </c>
       <c r="E29" s="9">
         <v>3.4094701821082727</v>
       </c>
       <c r="F29" s="9">
         <v>3.4131841082362393</v>
       </c>
       <c r="G29" s="9">
         <v>4.247288703644978</v>
       </c>
       <c r="H29" s="9">
         <v>5.1503379368816775</v>
       </c>
       <c r="I29" s="9">
         <v>5.2667121410731585</v>
       </c>
       <c r="J29" s="9">
         <v>5.7389882770695078</v>
       </c>
       <c r="K29" s="9">
         <v>5.0810265362976397</v>
       </c>
       <c r="L29" s="9">
         <v>3.1101181498567811</v>
       </c>
       <c r="M29" s="9">
         <v>2.3520159272633054</v>
       </c>
       <c r="N29" s="9">
         <v>2.0734690357862711</v>
       </c>
       <c r="O29" s="9">
         <v>3.6322281051995415</v>
       </c>
     </row>
     <row r="30" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A30" s="2" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B30" s="9">
         <v>3.2882586300658971</v>
       </c>
       <c r="C30" s="9">
         <v>3.7849341314183045</v>
       </c>
       <c r="D30" s="9">
         <v>2.5778667673893922</v>
       </c>
       <c r="E30" s="9">
         <v>3.5908994878488905</v>
       </c>
       <c r="F30" s="9">
         <v>3.553011859826785</v>
       </c>
       <c r="G30" s="9">
         <v>5.0517825828304197</v>
       </c>
       <c r="H30" s="9">
         <v>5.1768318764547701</v>
       </c>
       <c r="I30" s="9">
         <v>5.2864576731260424</v>
       </c>
       <c r="J30" s="9">
         <v>5.6458621220510867</v>
       </c>
       <c r="K30" s="9">
         <v>4.9217038960602038</v>
       </c>
       <c r="L30" s="9">
         <v>3.3695543379595461</v>
       </c>
       <c r="M30" s="9">
         <v>2.365724265953431</v>
       </c>
       <c r="N30" s="9">
         <v>2.0639191032260729</v>
       </c>
       <c r="O30" s="9">
         <v>3.7713896933049802</v>
       </c>
     </row>
     <row r="31" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A31" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B31" s="9">
         <v>3.6935605052360141</v>
       </c>
       <c r="C31" s="9">
         <v>3.775042228661281</v>
       </c>
       <c r="D31" s="9">
         <v>2.8642131448350185</v>
       </c>
       <c r="E31" s="9">
         <v>3.6979570761707214</v>
       </c>
       <c r="F31" s="9">
         <v>3.9438492414726261</v>
       </c>
       <c r="G31" s="9">
         <v>4.3587782857886559</v>
       </c>
       <c r="H31" s="9">
         <v>4.9976124922226886</v>
       </c>
       <c r="I31" s="9">
         <v>5.37851720796239</v>
       </c>
       <c r="J31" s="9">
         <v>5.6744257975247416</v>
       </c>
       <c r="K31" s="9">
         <v>4.9781243408108651</v>
       </c>
       <c r="L31" s="9">
         <v>3.4954426376478747</v>
       </c>
       <c r="M31" s="9">
         <v>2.6292260824141045</v>
       </c>
       <c r="N31" s="9">
         <v>2.0149420684745727</v>
       </c>
       <c r="O31" s="9">
         <v>3.8745243512617993</v>
       </c>
     </row>
     <row r="32" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A32" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B32" s="9">
         <v>3.5781096915160289</v>
       </c>
       <c r="C32" s="9">
         <v>4.0449095443443364</v>
       </c>
       <c r="D32" s="9">
         <v>3.0195761659971168</v>
       </c>
       <c r="E32" s="9">
         <v>3.6148375583416552</v>
       </c>
       <c r="F32" s="9">
         <v>3.7765596174592613</v>
       </c>
       <c r="G32" s="9">
         <v>4.3180022499661561</v>
       </c>
       <c r="H32" s="9">
         <v>4.8943826341945291</v>
       </c>
       <c r="I32" s="9">
         <v>5.1270186494895666</v>
       </c>
       <c r="J32" s="9">
         <v>5.3864595068247194</v>
       </c>
       <c r="K32" s="9">
         <v>4.6957678876907609</v>
       </c>
       <c r="L32" s="9">
         <v>3.5992817816483496</v>
       </c>
       <c r="M32" s="9">
         <v>2.7136667570484292</v>
       </c>
       <c r="N32" s="9">
         <v>2.0067333107457066</v>
       </c>
       <c r="O32" s="9">
         <v>3.8259934375243261</v>
       </c>
     </row>
     <row r="33" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A33" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B33" s="9">
         <v>3.4370163228165085</v>
       </c>
       <c r="C33" s="9">
         <v>3.8388025753227524</v>
       </c>
       <c r="D33" s="9">
         <v>3.0906093274923014</v>
       </c>
       <c r="E33" s="9">
         <v>3.2814080556496457</v>
       </c>
       <c r="F33" s="9">
         <v>3.6251337271172144</v>
       </c>
       <c r="G33" s="9">
         <v>4.7483432805974441</v>
       </c>
       <c r="H33" s="9">
         <v>4.3510023289485193</v>
       </c>
       <c r="I33" s="9">
         <v>4.7642178200987564</v>
       </c>
       <c r="J33" s="9">
         <v>5.1458481146821855</v>
       </c>
       <c r="K33" s="9">
         <v>4.5051058371095207</v>
       </c>
       <c r="L33" s="9">
         <v>3.3565376407664811</v>
       </c>
       <c r="M33" s="9">
         <v>2.7193029195099614</v>
       </c>
       <c r="N33" s="9">
         <v>1.805282990955698</v>
       </c>
       <c r="O33" s="9">
         <v>3.6587125374503549</v>
       </c>
     </row>
     <row r="34" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A34" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B34" s="9">
         <v>2.9413098760587935</v>
       </c>
       <c r="C34" s="9">
         <v>3.9018229211490483</v>
       </c>
       <c r="D34" s="9">
         <v>3.14670622430187</v>
       </c>
       <c r="E34" s="9">
         <v>3.4976809790536838</v>
       </c>
       <c r="F34" s="9">
         <v>3.5797097596345226</v>
       </c>
       <c r="G34" s="9">
         <v>3.5752059498046527</v>
       </c>
       <c r="H34" s="9">
         <v>3.9917235619834344</v>
       </c>
       <c r="I34" s="9">
         <v>4.2814867858561048</v>
       </c>
       <c r="J34" s="9">
         <v>4.5332838028629894</v>
       </c>
       <c r="K34" s="9">
         <v>4.1068295888304247</v>
       </c>
       <c r="L34" s="9">
         <v>3.3700347643920217</v>
       </c>
       <c r="M34" s="9">
         <v>2.3373093376325702</v>
       </c>
       <c r="N34" s="9">
         <v>1.8313911177240421</v>
       </c>
       <c r="O34" s="9">
         <v>3.4385209597897504</v>
       </c>
     </row>
     <row r="35" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A35" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B35" s="9">
         <v>2.9062750441685354</v>
       </c>
       <c r="C35" s="9">
         <v>3.5020065059426235</v>
       </c>
       <c r="D35" s="9">
         <v>3.094157762717253</v>
       </c>
       <c r="E35" s="9">
         <v>3.3623888358871699</v>
       </c>
       <c r="F35" s="9">
         <v>3.5745207233582823</v>
       </c>
       <c r="G35" s="9">
         <v>3.5079067656842051</v>
       </c>
       <c r="H35" s="9">
         <v>3.936021759120349</v>
       </c>
       <c r="I35" s="9">
         <v>4.0704027667920011</v>
       </c>
       <c r="J35" s="9">
         <v>4.6004459895061762</v>
       </c>
       <c r="K35" s="9">
         <v>4.0602621816237967</v>
       </c>
       <c r="L35" s="9">
         <v>3.1887975848464474</v>
       </c>
       <c r="M35" s="9">
         <v>2.4238580366476374</v>
       </c>
       <c r="N35" s="9">
         <v>1.8534224751888053</v>
       </c>
       <c r="O35" s="9">
         <v>3.3670744295872908</v>
       </c>
     </row>
     <row r="36" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A36" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B36" s="9">
         <v>2.8700054861783615</v>
       </c>
       <c r="C36" s="9">
         <v>3.5601153577485518</v>
       </c>
       <c r="D36" s="9">
         <v>2.8832704426258777</v>
       </c>
       <c r="E36" s="9">
         <v>2.9625060066226556</v>
       </c>
       <c r="F36" s="9">
         <v>3.191063868897241</v>
       </c>
       <c r="G36" s="9">
         <v>3.2163826383305314</v>
       </c>
       <c r="H36" s="9">
         <v>3.406831258806672</v>
       </c>
       <c r="I36" s="9">
         <v>3.7144637022259297</v>
       </c>
       <c r="J36" s="9">
         <v>4.2859083503228179</v>
       </c>
       <c r="K36" s="9">
         <v>3.9641826196914733</v>
       </c>
       <c r="L36" s="9">
         <v>2.9248044106795028</v>
       </c>
       <c r="M36" s="9">
         <v>2.3312065434449547</v>
       </c>
       <c r="N36" s="9">
         <v>1.5752708192683949</v>
       </c>
       <c r="O36" s="9">
         <v>3.1084402374474998</v>
       </c>
     </row>
     <row r="37" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A37" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B37" s="9">
         <v>2.7075217602792168</v>
       </c>
       <c r="C37" s="9">
         <v>3.1397258082210349</v>
       </c>
       <c r="D37" s="9">
         <v>2.8480583482482906</v>
       </c>
       <c r="E37" s="9">
         <v>2.8260728827311401</v>
       </c>
       <c r="F37" s="9">
         <v>3.1464220816646598</v>
       </c>
       <c r="G37" s="9">
         <v>3.1166511764450981</v>
       </c>
       <c r="H37" s="9">
         <v>3.2782105136802517</v>
       </c>
       <c r="I37" s="9">
         <v>3.4543891428946756</v>
       </c>
       <c r="J37" s="9">
         <v>3.9152837859966025</v>
       </c>
       <c r="K37" s="9">
         <v>3.5576802112323311</v>
       </c>
       <c r="L37" s="9">
         <v>2.9109827051105648</v>
       </c>
       <c r="M37" s="9">
         <v>2.2920967233643705</v>
       </c>
       <c r="N37" s="9">
         <v>1.7693612074949483</v>
       </c>
       <c r="O37" s="9">
         <v>2.9372569341646919</v>
       </c>
     </row>
     <row r="38" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A38" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B38" s="9">
         <v>2.6510695618373488</v>
       </c>
       <c r="C38" s="9">
         <v>3.0005969565152628</v>
       </c>
       <c r="D38" s="9">
         <v>2.7875836177934712</v>
       </c>
       <c r="E38" s="9">
         <v>2.7537069777355971</v>
       </c>
       <c r="F38" s="9">
         <v>2.9899020148418001</v>
       </c>
       <c r="G38" s="9">
         <v>2.9714905472930595</v>
       </c>
       <c r="H38" s="9">
         <v>3.1283368307978541</v>
       </c>
       <c r="I38" s="9">
         <v>3.3761566501111644</v>
       </c>
       <c r="J38" s="9">
         <v>3.8087301756119696</v>
       </c>
       <c r="K38" s="9">
         <v>3.3602132054443916</v>
       </c>
       <c r="L38" s="9">
         <v>2.8073667539043488</v>
       </c>
       <c r="M38" s="9">
         <v>2.2860613520904076</v>
       </c>
       <c r="N38" s="9">
         <v>1.6665802494958513</v>
       </c>
       <c r="O38" s="9">
         <v>2.8256628289807875</v>
       </c>
     </row>
     <row r="39" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A39" s="2" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B39" s="9">
         <v>2.7197100524047486</v>
       </c>
       <c r="C39" s="9">
         <v>3.0581317948934692</v>
       </c>
       <c r="D39" s="9">
         <v>2.9222904968115753</v>
       </c>
       <c r="E39" s="9">
         <v>2.8972028627161461</v>
       </c>
       <c r="F39" s="9">
         <v>3.2575964258073666</v>
       </c>
       <c r="G39" s="9">
         <v>2.9270018477714626</v>
       </c>
       <c r="H39" s="9">
         <v>3.276302263288839</v>
       </c>
       <c r="I39" s="9">
         <v>3.4672130482395538</v>
       </c>
       <c r="J39" s="9">
         <v>3.7579644056188384</v>
       </c>
       <c r="K39" s="9">
         <v>3.3971163626903369</v>
       </c>
       <c r="L39" s="9">
         <v>2.97164363519492</v>
       </c>
       <c r="M39" s="9">
         <v>2.241842840262414</v>
       </c>
       <c r="N39" s="9">
         <v>1.8461915129913244</v>
       </c>
       <c r="O39" s="9">
         <v>2.8948834820567493</v>
       </c>
     </row>
     <row r="40" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A40" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B40" s="9">
         <v>2.6310948591900392</v>
       </c>
       <c r="C40" s="9">
         <v>2.9407897561398699</v>
       </c>
       <c r="D40" s="9">
         <v>2.8682696589475851</v>
       </c>
       <c r="E40" s="9">
         <v>2.7919909868618178</v>
       </c>
       <c r="F40" s="9">
         <v>3.1336914334829244</v>
       </c>
       <c r="G40" s="9">
         <v>2.8823684358974506</v>
       </c>
       <c r="H40" s="9">
         <v>3.1231868132880236</v>
       </c>
       <c r="I40" s="9">
         <v>3.3396503798368595</v>
       </c>
       <c r="J40" s="9">
         <v>3.672576586404416</v>
       </c>
       <c r="K40" s="9">
         <v>3.4006952610178165</v>
       </c>
       <c r="L40" s="9">
         <v>2.8867996730943242</v>
       </c>
       <c r="M40" s="9">
         <v>2.3178402530391455</v>
       </c>
       <c r="N40" s="9">
         <v>1.767547032538914</v>
       </c>
       <c r="O40" s="9">
         <v>2.8296617045961807</v>
       </c>
     </row>
     <row r="41" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A41" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B41" s="9">
         <v>2.6177710628213493</v>
       </c>
       <c r="C41" s="9">
         <v>2.8459816838138527</v>
       </c>
       <c r="D41" s="9">
         <v>2.7842033779144133</v>
       </c>
       <c r="E41" s="9">
         <v>2.7205772737848433</v>
       </c>
       <c r="F41" s="9">
         <v>3.0321886946928309</v>
       </c>
       <c r="G41" s="9">
         <v>2.7968341221370707</v>
       </c>
       <c r="H41" s="9">
         <v>2.9636621248938027</v>
       </c>
       <c r="I41" s="9">
         <v>3.2030820487011411</v>
       </c>
       <c r="J41" s="9">
         <v>3.5367932102130837</v>
       </c>
       <c r="K41" s="9">
         <v>3.1996677948184518</v>
       </c>
       <c r="L41" s="9">
         <v>2.7482334402645145</v>
       </c>
       <c r="M41" s="9">
         <v>2.3371451245083792</v>
       </c>
       <c r="N41" s="9">
         <v>1.7987903344241838</v>
       </c>
       <c r="O41" s="9">
         <v>2.770727514280436</v>
       </c>
     </row>
     <row r="42" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A42" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B42" s="9">
         <v>2.438259484533031</v>
       </c>
       <c r="C42" s="9">
         <v>2.8916123389719979</v>
       </c>
       <c r="D42" s="9">
         <v>2.7932890965715886</v>
       </c>
       <c r="E42" s="9">
         <v>2.5426826282799597</v>
       </c>
       <c r="F42" s="9">
         <v>2.9391631325304535</v>
       </c>
       <c r="G42" s="9">
         <v>2.698697408864132</v>
       </c>
       <c r="H42" s="9">
         <v>2.8282693962688517</v>
       </c>
       <c r="I42" s="9">
         <v>3.0930474748599877</v>
       </c>
       <c r="J42" s="9">
         <v>3.3939246628902997</v>
       </c>
       <c r="K42" s="9">
         <v>3.1119487524260689</v>
       </c>
       <c r="L42" s="9">
         <v>2.738196917447854</v>
       </c>
       <c r="M42" s="9">
         <v>2.3327806423684048</v>
       </c>
       <c r="N42" s="9">
         <v>1.8360775576719073</v>
       </c>
       <c r="O42" s="9">
         <v>2.6266262273040741</v>
       </c>
     </row>
     <row r="43" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A43" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B43" s="9">
         <v>2.3227127397391638</v>
       </c>
       <c r="C43" s="9">
         <v>2.7457449509261673</v>
       </c>
       <c r="D43" s="9">
         <v>2.8178739735793297</v>
       </c>
       <c r="E43" s="9">
         <v>2.5771307509502805</v>
       </c>
       <c r="F43" s="9">
         <v>2.809228488962741</v>
       </c>
       <c r="G43" s="9">
         <v>2.6907005089971077</v>
       </c>
       <c r="H43" s="9">
         <v>2.6676260509404908</v>
       </c>
       <c r="I43" s="9">
         <v>2.9742809499105967</v>
       </c>
       <c r="J43" s="9">
         <v>3.2760299582469439</v>
       </c>
       <c r="K43" s="9">
         <v>2.9393278653481461</v>
       </c>
       <c r="L43" s="9">
         <v>2.7108398050337872</v>
       </c>
       <c r="M43" s="9">
         <v>2.4626700217676047</v>
       </c>
       <c r="N43" s="9">
         <v>1.8634003993161015</v>
       </c>
       <c r="O43" s="9">
         <v>2.5970551737126857</v>
       </c>
     </row>
     <row r="44" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A44" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B44" s="9">
         <v>2.3309926365305986</v>
       </c>
       <c r="C44" s="9">
         <v>2.6147128300856521</v>
       </c>
       <c r="D44" s="9">
         <v>2.7337585523844599</v>
       </c>
       <c r="E44" s="9">
         <v>2.5511213577386975</v>
       </c>
       <c r="F44" s="9">
         <v>2.8147742935379063</v>
       </c>
       <c r="G44" s="9">
         <v>2.6556099507571771</v>
       </c>
       <c r="H44" s="9">
         <v>2.5944524183343027</v>
       </c>
       <c r="I44" s="9">
         <v>2.8769343521320212</v>
       </c>
       <c r="J44" s="9">
         <v>3.1479272410036918</v>
       </c>
       <c r="K44" s="9">
         <v>2.8695422565652229</v>
       </c>
       <c r="L44" s="9">
         <v>2.7623460972228639</v>
       </c>
       <c r="M44" s="9">
         <v>2.4708785925319812</v>
       </c>
       <c r="N44" s="9">
         <v>1.9066243477378211</v>
       </c>
       <c r="O44" s="9">
         <v>2.5180548364266837</v>
       </c>
     </row>
     <row r="45" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A45" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B45" s="9">
         <v>2.3150341532637499</v>
       </c>
       <c r="C45" s="9">
         <v>2.461903191174188</v>
       </c>
       <c r="D45" s="9">
         <v>2.5622386528459766</v>
       </c>
       <c r="E45" s="9">
         <v>2.3132627901781007</v>
       </c>
       <c r="F45" s="9">
         <v>2.7891714785454869</v>
       </c>
       <c r="G45" s="9">
         <v>2.516766199153154</v>
       </c>
       <c r="H45" s="9">
         <v>2.4628544387829812</v>
       </c>
       <c r="I45" s="9">
         <v>2.6646927412214247</v>
       </c>
       <c r="J45" s="9">
         <v>2.9054862945465709</v>
       </c>
       <c r="K45" s="9">
         <v>2.6786144792979809</v>
       </c>
       <c r="L45" s="9">
         <v>2.6102231059697436</v>
       </c>
       <c r="M45" s="9">
         <v>2.4216845178209332</v>
       </c>
       <c r="N45" s="9">
         <v>1.977589477704484</v>
       </c>
       <c r="O45" s="9">
         <v>2.3773798078187109</v>
       </c>
     </row>
     <row r="46" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A46" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B46" s="9">
         <v>2.4338813342499623</v>
       </c>
       <c r="C46" s="9">
         <v>2.4749587678367151</v>
       </c>
       <c r="D46" s="9">
         <v>2.5632371118038018</v>
       </c>
       <c r="E46" s="9">
         <v>2.2718785887673225</v>
       </c>
       <c r="F46" s="9">
         <v>2.6397685432388376</v>
       </c>
       <c r="G46" s="9">
         <v>2.5302029041984357</v>
       </c>
       <c r="H46" s="9">
         <v>2.3309665917492506</v>
       </c>
       <c r="I46" s="9">
         <v>2.5757223797007933</v>
       </c>
       <c r="J46" s="9">
         <v>2.8359016250684452</v>
       </c>
       <c r="K46" s="9">
         <v>2.7123036657720427</v>
       </c>
       <c r="L46" s="9">
         <v>2.4781540717274115</v>
       </c>
       <c r="M46" s="9">
         <v>2.2828821242795039</v>
       </c>
       <c r="N46" s="9">
         <v>1.9445212792448272</v>
       </c>
       <c r="O46" s="9">
         <v>2.3781595284472554</v>
       </c>
     </row>
     <row r="47" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A47" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B47" s="9">
         <v>2.6365740878676429</v>
       </c>
       <c r="C47" s="9">
         <v>2.5761538643804496</v>
       </c>
       <c r="D47" s="9">
         <v>2.4904956838204502</v>
       </c>
       <c r="E47" s="9">
         <v>2.3436699176698177</v>
       </c>
       <c r="F47" s="9">
         <v>2.7726704952026497</v>
       </c>
       <c r="G47" s="9">
         <v>2.4028921044798879</v>
       </c>
       <c r="H47" s="9">
         <v>2.3684406847451411</v>
       </c>
       <c r="I47" s="9">
         <v>2.6740915485053534</v>
       </c>
       <c r="J47" s="9">
         <v>2.7968386316471143</v>
       </c>
       <c r="K47" s="9">
         <v>2.7847866218746624</v>
       </c>
       <c r="L47" s="9">
         <v>2.4593932995482977</v>
       </c>
       <c r="M47" s="9">
         <v>2.5251638517453538</v>
       </c>
       <c r="N47" s="9">
         <v>2.1815378950768252</v>
       </c>
       <c r="O47" s="9">
         <v>2.4435040275493636</v>
       </c>
     </row>
     <row r="48" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A48" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B48" s="9">
         <v>2.35400551694861</v>
       </c>
       <c r="C48" s="9">
         <v>2.5883963577145437</v>
       </c>
       <c r="D48" s="9">
         <v>2.605983688298505</v>
       </c>
       <c r="E48" s="9">
         <v>2.3054306915544296</v>
       </c>
       <c r="F48" s="9">
         <v>2.5607484676282071</v>
       </c>
       <c r="G48" s="9">
         <v>2.4074434667380284</v>
       </c>
       <c r="H48" s="9">
         <v>2.3835872299222087</v>
       </c>
       <c r="I48" s="9">
         <v>2.5935650347742043</v>
       </c>
       <c r="J48" s="9">
         <v>2.8065302516997832</v>
       </c>
       <c r="K48" s="9">
         <v>2.8281150845649732</v>
       </c>
       <c r="L48" s="9">
         <v>2.4818073793627793</v>
       </c>
       <c r="M48" s="9">
         <v>2.3811601666209343</v>
       </c>
       <c r="N48" s="9">
         <v>1.9625984796410789</v>
       </c>
       <c r="O48" s="9">
         <v>2.3423333487745519</v>
       </c>
     </row>
     <row r="49" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A49" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B49" s="9">
         <v>2.4434078079994141</v>
       </c>
       <c r="C49" s="9">
         <v>2.381554299685448</v>
       </c>
       <c r="D49" s="9">
         <v>2.4770753687032658</v>
       </c>
       <c r="E49" s="9">
         <v>2.2810929712559544</v>
       </c>
       <c r="F49" s="9">
         <v>2.5387788670102673</v>
       </c>
       <c r="G49" s="9">
         <v>2.4382014216233077</v>
       </c>
       <c r="H49" s="9">
         <v>2.3229331565196381</v>
       </c>
       <c r="I49" s="9">
         <v>2.6458183752212623</v>
       </c>
       <c r="J49" s="9">
         <v>2.765522694831581</v>
       </c>
       <c r="K49" s="9">
         <v>2.6222566158996177</v>
       </c>
       <c r="L49" s="9">
         <v>2.4899433890480829</v>
       </c>
       <c r="M49" s="9">
         <v>2.4394644523200633</v>
       </c>
       <c r="N49" s="9">
         <v>1.8902592958174562</v>
       </c>
       <c r="O49" s="9">
         <v>2.3205288060676699</v>
       </c>
     </row>
     <row r="50" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A50" s="2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B50" s="9">
         <v>2.2382826836284151</v>
       </c>
       <c r="C50" s="9">
         <v>2.4749122121113638</v>
       </c>
       <c r="D50" s="9">
         <v>2.5301142083417618</v>
       </c>
       <c r="E50" s="9">
         <v>2.3436328702973497</v>
       </c>
       <c r="F50" s="9">
         <v>2.4955467712889279</v>
       </c>
       <c r="G50" s="9">
         <v>2.4450501999668193</v>
       </c>
       <c r="H50" s="9">
         <v>2.3685195056462605</v>
       </c>
       <c r="I50" s="9">
         <v>2.6293366547992223</v>
       </c>
       <c r="J50" s="9">
         <v>2.7808569089323587</v>
       </c>
       <c r="K50" s="9">
         <v>2.6722398163065706</v>
       </c>
       <c r="L50" s="9">
         <v>2.4578841917964183</v>
       </c>
       <c r="M50" s="9">
         <v>2.3707562380608684</v>
       </c>
       <c r="N50" s="9">
         <v>2.0252712029119788</v>
       </c>
       <c r="O50" s="9">
         <v>2.3471358216949754</v>
       </c>
     </row>
     <row r="51" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A51" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B51" s="9">
         <v>2.1720184044714177</v>
       </c>
       <c r="C51" s="9">
         <v>2.4268277251218446</v>
       </c>
       <c r="D51" s="9">
         <v>2.4567626540770617</v>
       </c>
       <c r="E51" s="9">
         <v>2.2883172755909138</v>
       </c>
       <c r="F51" s="9">
         <v>2.5037687369792798</v>
       </c>
       <c r="G51" s="9">
         <v>2.4527914118959564</v>
       </c>
       <c r="H51" s="9">
         <v>2.3608444464041773</v>
       </c>
       <c r="I51" s="9">
         <v>2.6307888159158765</v>
       </c>
       <c r="J51" s="9">
         <v>2.786151241385173</v>
       </c>
       <c r="K51" s="9">
         <v>2.5933093176074675</v>
       </c>
       <c r="L51" s="9">
         <v>2.362353223831811</v>
       </c>
       <c r="M51" s="9">
         <v>2.4744954600011875</v>
       </c>
       <c r="N51" s="9">
         <v>1.966074614947648</v>
       </c>
       <c r="O51" s="9">
         <v>2.2692783876059317</v>
       </c>
     </row>
     <row r="52" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A52" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B52" s="9">
         <v>2.1191189392515155</v>
       </c>
       <c r="C52" s="9">
         <v>2.2648376857062682</v>
       </c>
       <c r="D52" s="9">
         <v>2.3782137008415574</v>
       </c>
       <c r="E52" s="9">
         <v>2.1951136284788406</v>
       </c>
       <c r="F52" s="9">
         <v>2.3873114597994198</v>
       </c>
       <c r="G52" s="9">
         <v>2.3882020499313263</v>
       </c>
       <c r="H52" s="9">
         <v>2.3185336871967084</v>
       </c>
       <c r="I52" s="9">
         <v>2.5980128039923898</v>
       </c>
       <c r="J52" s="9">
         <v>2.5745318880532331</v>
       </c>
       <c r="K52" s="9">
         <v>2.4888995693239848</v>
       </c>
       <c r="L52" s="9">
         <v>2.2996905350291148</v>
       </c>
       <c r="M52" s="9">
         <v>2.520892366649925</v>
       </c>
       <c r="N52" s="9">
         <v>2.0019707512622431</v>
       </c>
       <c r="O52" s="9">
         <v>2.2148627993834955</v>
       </c>
     </row>
     <row r="53" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A53" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B53" s="9">
         <v>2.0929030006936937</v>
       </c>
       <c r="C53" s="9">
         <v>2.4589739440361122</v>
       </c>
       <c r="D53" s="9">
         <v>2.2642965360026839</v>
       </c>
       <c r="E53" s="9">
         <v>2.1424549339714276</v>
       </c>
       <c r="F53" s="9">
         <v>2.3808529832019389</v>
       </c>
       <c r="G53" s="9">
         <v>2.4881732719791407</v>
       </c>
       <c r="H53" s="9">
         <v>2.4195388297526601</v>
       </c>
       <c r="I53" s="9">
         <v>2.4927088665488468</v>
       </c>
       <c r="J53" s="9">
         <v>2.6669792238378403</v>
       </c>
       <c r="K53" s="9">
         <v>2.6244181370500836</v>
       </c>
       <c r="L53" s="9">
         <v>2.4424936129445944</v>
       </c>
       <c r="M53" s="9">
         <v>2.3137880234047681</v>
       </c>
       <c r="N53" s="9">
         <v>2.0034820225960477</v>
       </c>
       <c r="O53" s="9">
         <v>2.2778855548925656</v>
       </c>
     </row>
     <row r="54" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A54" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B54" s="9">
         <v>2.049707134888322</v>
       </c>
       <c r="C54" s="9">
         <v>2.137185032093821</v>
       </c>
       <c r="D54" s="9">
         <v>2.3196917022486372</v>
       </c>
       <c r="E54" s="9">
         <v>2.1487594880250471</v>
       </c>
       <c r="F54" s="9">
         <v>2.4701718366530061</v>
       </c>
       <c r="G54" s="9">
         <v>2.173926862489898</v>
       </c>
       <c r="H54" s="9">
         <v>2.2291770026835045</v>
       </c>
       <c r="I54" s="9">
         <v>2.4260731027565319</v>
       </c>
       <c r="J54" s="9">
         <v>2.5574486484346317</v>
       </c>
       <c r="K54" s="9">
         <v>2.6364170593794025</v>
       </c>
       <c r="L54" s="9">
         <v>2.2499220498940962</v>
       </c>
       <c r="M54" s="9">
         <v>2.4315297922303687</v>
       </c>
       <c r="N54" s="9">
         <v>1.9469323381658985</v>
       </c>
       <c r="O54" s="9">
         <v>2.2086884287097766</v>
       </c>
     </row>
     <row r="55" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A55" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B55" s="9">
         <v>2.0701407222897825</v>
       </c>
       <c r="C55" s="9">
         <v>2.0342817316031905</v>
       </c>
       <c r="D55" s="9">
         <v>2.2031070181475507</v>
       </c>
       <c r="E55" s="9">
         <v>2.1580576311255522</v>
       </c>
       <c r="F55" s="9">
         <v>2.4579469450637141</v>
       </c>
       <c r="G55" s="9">
         <v>2.3156448499986695</v>
       </c>
       <c r="H55" s="9">
         <v>2.4198788377502112</v>
       </c>
       <c r="I55" s="9">
         <v>2.4419974246867349</v>
       </c>
       <c r="J55" s="9">
         <v>2.6076546536299303</v>
       </c>
       <c r="K55" s="9">
         <v>2.5291995251659083</v>
       </c>
       <c r="L55" s="9">
         <v>2.4123209041492442</v>
       </c>
       <c r="M55" s="9">
         <v>2.1440153718419652</v>
       </c>
       <c r="N55" s="9">
         <v>1.9487234257821868</v>
       </c>
       <c r="O55" s="9">
         <v>2.1793886836806338</v>
       </c>
     </row>
     <row r="56" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A56" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B56" s="9">
         <v>1.9846075268115246</v>
       </c>
       <c r="C56" s="9">
         <v>2.3213467820809277</v>
       </c>
       <c r="D56" s="9">
         <v>2.163237558358972</v>
       </c>
       <c r="E56" s="9">
         <v>2.1844566190314123</v>
       </c>
       <c r="F56" s="9">
         <v>2.4444222392739179</v>
       </c>
       <c r="G56" s="9">
         <v>2.3154344868354295</v>
       </c>
       <c r="H56" s="9">
         <v>2.1783168239516368</v>
       </c>
       <c r="I56" s="9">
         <v>2.4018095894692797</v>
       </c>
       <c r="J56" s="9">
         <v>2.6650288766718728</v>
       </c>
       <c r="K56" s="9">
         <v>2.6682160719137582</v>
       </c>
       <c r="L56" s="9">
         <v>2.3046631013067107</v>
       </c>
       <c r="M56" s="9">
         <v>2.2824034267889046</v>
       </c>
       <c r="N56" s="9">
         <v>1.9509664882746225</v>
       </c>
       <c r="O56" s="9">
         <v>2.1528983599267328</v>
       </c>
     </row>
     <row r="57" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A57" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B57" s="9">
         <v>2.0785933203700209</v>
       </c>
       <c r="C57" s="9">
         <v>2.1542364722120477</v>
       </c>
       <c r="D57" s="9">
         <v>2.1921540242950814</v>
       </c>
       <c r="E57" s="9">
         <v>2.0822355706085607</v>
       </c>
       <c r="F57" s="9">
         <v>2.4346642754514418</v>
       </c>
       <c r="G57" s="9">
         <v>2.3130533196361291</v>
       </c>
       <c r="H57" s="9">
         <v>2.3131442771639321</v>
       </c>
       <c r="I57" s="9">
         <v>2.3781469348160846</v>
       </c>
       <c r="J57" s="9">
         <v>2.7237934783923858</v>
       </c>
       <c r="K57" s="9">
         <v>2.5538434486538413</v>
       </c>
       <c r="L57" s="9">
         <v>2.3292743196503412</v>
       </c>
       <c r="M57" s="9">
         <v>2.088605953163571</v>
       </c>
       <c r="N57" s="9">
         <v>2.0889151633715541</v>
       </c>
       <c r="O57" s="9">
         <v>2.142929475488021</v>
       </c>
     </row>
     <row r="58" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A58" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B58" s="9">
         <v>2.0980360850096278</v>
       </c>
       <c r="C58" s="9">
         <v>2.1644311439113899</v>
       </c>
       <c r="D58" s="9">
         <v>2.2100752935612764</v>
       </c>
       <c r="E58" s="9">
         <v>2.1319258908018757</v>
       </c>
       <c r="F58" s="9">
         <v>2.4722190243428139</v>
       </c>
       <c r="G58" s="9">
         <v>2.2868975327356771</v>
       </c>
       <c r="H58" s="9">
         <v>2.2887324403095741</v>
       </c>
       <c r="I58" s="9">
         <v>2.4217347290957285</v>
       </c>
       <c r="J58" s="9">
         <v>2.6049715115699699</v>
       </c>
       <c r="K58" s="9">
         <v>2.5907234560244827</v>
       </c>
       <c r="L58" s="9">
         <v>2.2190104767781218</v>
       </c>
       <c r="M58" s="9">
         <v>2.2013341526176773</v>
       </c>
       <c r="N58" s="9">
         <v>2.1239865144637569</v>
       </c>
       <c r="O58" s="9">
         <v>2.1591076028711371</v>
       </c>
     </row>
     <row r="59" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A59" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B59" s="9">
         <v>2.1735464419888442</v>
       </c>
       <c r="C59" s="9">
         <v>2.2534478811919731</v>
       </c>
       <c r="D59" s="9">
         <v>2.2587520519499877</v>
       </c>
       <c r="E59" s="9">
         <v>2.1208535118703913</v>
       </c>
       <c r="F59" s="9">
         <v>2.452202880829939</v>
       </c>
       <c r="G59" s="9">
         <v>2.3467977968677456</v>
       </c>
       <c r="H59" s="9">
         <v>2.4412787586473939</v>
       </c>
       <c r="I59" s="9">
         <v>2.4512996618777594</v>
       </c>
       <c r="J59" s="9">
         <v>2.8191143698260204</v>
       </c>
       <c r="K59" s="9">
         <v>2.6189978993544862</v>
       </c>
       <c r="L59" s="9">
         <v>2.2649642560973362</v>
       </c>
       <c r="M59" s="9">
         <v>2.3095414771245193</v>
       </c>
       <c r="N59" s="9">
         <v>2.3309446679199231</v>
       </c>
       <c r="O59" s="9">
         <v>2.2254554164822409</v>
       </c>
     </row>
     <row r="60" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A60" s="2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B60" s="9">
         <v>2.0784071873090526</v>
       </c>
       <c r="C60" s="9">
         <v>2.2816454150370937</v>
       </c>
       <c r="D60" s="9">
         <v>2.2953147353199612</v>
       </c>
       <c r="E60" s="9">
         <v>2.1945152146094049</v>
       </c>
       <c r="F60" s="9">
         <v>2.5478287689504229</v>
       </c>
       <c r="G60" s="9">
         <v>2.3907735654141975</v>
       </c>
       <c r="H60" s="9">
         <v>2.4506260880046296</v>
       </c>
       <c r="I60" s="9">
         <v>2.517655770504176</v>
       </c>
       <c r="J60" s="9">
         <v>2.8470038672914293</v>
       </c>
       <c r="K60" s="9">
         <v>2.659300283609348</v>
       </c>
       <c r="L60" s="9">
         <v>2.3650085629490749</v>
       </c>
       <c r="M60" s="9">
         <v>2.2192313890633648</v>
       </c>
       <c r="N60" s="9">
         <v>2.3579794532963305</v>
       </c>
       <c r="O60" s="9">
         <v>2.2506020158539481</v>
       </c>
     </row>
     <row r="61" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A61" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B61" s="9">
         <v>2.169921074487366</v>
       </c>
       <c r="C61" s="9">
         <v>2.2460868895927999</v>
       </c>
       <c r="D61" s="9">
         <v>2.3010650483143489</v>
       </c>
       <c r="E61" s="9">
         <v>2.2869857648982084</v>
       </c>
       <c r="F61" s="9">
         <v>2.5115967952487628</v>
       </c>
       <c r="G61" s="9">
         <v>2.3269120869615705</v>
       </c>
       <c r="H61" s="9">
         <v>2.4288273502880955</v>
       </c>
       <c r="I61" s="9">
         <v>2.5332660518678711</v>
       </c>
       <c r="J61" s="9">
         <v>2.9407626194740133</v>
       </c>
       <c r="K61" s="9">
         <v>2.5733870332285487</v>
       </c>
       <c r="L61" s="9">
         <v>2.2506223093212099</v>
       </c>
       <c r="M61" s="9">
         <v>2.1370606704013251</v>
       </c>
       <c r="N61" s="9">
         <v>2.4386792807844664</v>
       </c>
       <c r="O61" s="9">
         <v>2.270933217973008</v>
       </c>
     </row>
     <row r="62" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A62" s="2" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B62" s="9">
         <v>2.0537318206421387</v>
       </c>
       <c r="C62" s="9">
         <v>2.20646131246037</v>
       </c>
       <c r="D62" s="9">
         <v>2.3069537557955027</v>
       </c>
       <c r="E62" s="9">
         <v>2.2417661377368021</v>
       </c>
       <c r="F62" s="9">
         <v>2.5365978151348152</v>
       </c>
       <c r="G62" s="9">
         <v>2.4802885922133453</v>
       </c>
       <c r="H62" s="9">
         <v>2.4721515462994255</v>
       </c>
       <c r="I62" s="9">
         <v>2.584259834050155</v>
       </c>
       <c r="J62" s="9">
         <v>3.0241925925617852</v>
       </c>
       <c r="K62" s="9">
         <v>2.6486169140234388</v>
       </c>
       <c r="L62" s="9">
         <v>2.2659850691592873</v>
       </c>
       <c r="M62" s="9">
         <v>2.2543649976782589</v>
       </c>
       <c r="N62" s="9">
         <v>2.4006459107060043</v>
       </c>
       <c r="O62" s="9">
         <v>2.2739077355592987</v>
       </c>
     </row>
     <row r="63" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A63" s="2" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B63" s="9">
         <v>2.0042886202840169</v>
       </c>
       <c r="C63" s="9">
         <v>2.2860235829960431</v>
       </c>
       <c r="D63" s="9">
         <v>2.2886935561054544</v>
       </c>
       <c r="E63" s="9">
         <v>2.2178953720659913</v>
       </c>
       <c r="F63" s="9">
         <v>2.6077873177907565</v>
       </c>
       <c r="G63" s="9">
         <v>2.4615247738313832</v>
       </c>
       <c r="H63" s="9">
         <v>2.6039387740095359</v>
       </c>
       <c r="I63" s="9">
         <v>2.7200556404562204</v>
       </c>
       <c r="J63" s="9">
         <v>3.2522513006840192</v>
       </c>
       <c r="K63" s="9">
         <v>2.7801137878593951</v>
       </c>
       <c r="L63" s="9">
         <v>2.3140468490432218</v>
       </c>
       <c r="M63" s="9">
         <v>2.2293962682910875</v>
       </c>
       <c r="N63" s="9">
         <v>2.5192498945544033</v>
       </c>
       <c r="O63" s="9">
         <v>2.3407089382916091</v>
       </c>
     </row>
     <row r="64" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A64" s="2" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B64" s="9">
         <v>2.0785583737312261</v>
       </c>
       <c r="C64" s="9">
         <v>2.3057637162634843</v>
       </c>
       <c r="D64" s="9">
         <v>2.2957181714992996</v>
       </c>
       <c r="E64" s="9">
         <v>2.3823130833605983</v>
       </c>
       <c r="F64" s="9">
         <v>2.5921454072667482</v>
       </c>
       <c r="G64" s="9">
         <v>2.6812763203810239</v>
       </c>
       <c r="H64" s="9">
         <v>2.7439766889946271</v>
       </c>
       <c r="I64" s="9">
         <v>2.8687245489394502</v>
       </c>
       <c r="J64" s="9">
         <v>3.3262947793585838</v>
       </c>
       <c r="K64" s="9">
         <v>2.7710179602834639</v>
       </c>
       <c r="L64" s="9">
         <v>2.3064306356810413</v>
       </c>
       <c r="M64" s="9">
         <v>2.322072047050554</v>
       </c>
       <c r="N64" s="9">
         <v>2.5505000806627653</v>
       </c>
       <c r="O64" s="9">
         <v>2.4241199040348209</v>
       </c>
     </row>
     <row r="65" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A65" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B65" s="9">
         <v>2.0704364154446027</v>
       </c>
       <c r="C65" s="9">
         <v>2.3152779264959755</v>
       </c>
       <c r="D65" s="9">
         <v>2.3133554297363026</v>
       </c>
       <c r="E65" s="9">
         <v>2.313531194636699</v>
       </c>
       <c r="F65" s="9">
         <v>2.5568426408760363</v>
       </c>
       <c r="G65" s="9">
         <v>2.5528334189621389</v>
       </c>
       <c r="H65" s="9">
         <v>2.5962969115027685</v>
       </c>
       <c r="I65" s="9">
         <v>2.8939750350202602</v>
       </c>
       <c r="J65" s="9">
         <v>3.2024486178245128</v>
       </c>
       <c r="K65" s="9">
         <v>2.7567508186356564</v>
       </c>
       <c r="L65" s="9">
         <v>2.2471656584019173</v>
       </c>
       <c r="M65" s="9">
         <v>2.2851585836908543</v>
       </c>
       <c r="N65" s="9">
         <v>2.579510328286041</v>
       </c>
       <c r="O65" s="9">
         <v>2.455274832650296</v>
       </c>
     </row>
     <row r="66" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A66" s="2" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B66" s="9">
         <v>2.1882418588248385</v>
       </c>
       <c r="C66" s="9">
         <v>2.3088349171712998</v>
       </c>
       <c r="D66" s="9">
         <v>2.3061199525190186</v>
       </c>
       <c r="E66" s="9">
         <v>2.3248994004592491</v>
       </c>
       <c r="F66" s="9">
         <v>2.5342855359260121</v>
       </c>
       <c r="G66" s="9">
         <v>2.525892739485645</v>
       </c>
       <c r="H66" s="9">
         <v>2.705195074517559</v>
       </c>
       <c r="I66" s="9">
         <v>2.9965598470607784</v>
       </c>
       <c r="J66" s="9">
         <v>3.3415878445555376</v>
       </c>
       <c r="K66" s="9">
         <v>2.9212791984984139</v>
       </c>
       <c r="L66" s="9">
         <v>2.3659392189937072</v>
       </c>
       <c r="M66" s="9">
         <v>2.3730683177187939</v>
       </c>
       <c r="N66" s="9">
         <v>2.7075148379080778</v>
       </c>
       <c r="O66" s="9">
         <v>2.4885829075915993</v>
       </c>
     </row>
     <row r="67" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A67" s="2" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B67" s="9">
         <v>2.154435002362602</v>
       </c>
       <c r="C67" s="9">
         <v>2.2817222924955654</v>
       </c>
       <c r="D67" s="9">
         <v>2.3027438183905731</v>
       </c>
       <c r="E67" s="9">
         <v>2.3262528127137561</v>
       </c>
       <c r="F67" s="9">
         <v>2.592589682056579</v>
       </c>
       <c r="G67" s="9">
         <v>2.7039271411938723</v>
       </c>
       <c r="H67" s="9">
         <v>2.8278109981294768</v>
       </c>
       <c r="I67" s="9">
         <v>3.0648769794038531</v>
       </c>
       <c r="J67" s="9">
         <v>3.4658864017828672</v>
       </c>
       <c r="K67" s="9">
         <v>2.8654269018452405</v>
       </c>
       <c r="L67" s="9">
         <v>2.2540126500857101</v>
       </c>
       <c r="M67" s="9">
         <v>2.3609556120019728</v>
       </c>
       <c r="N67" s="9">
         <v>2.741796771888414</v>
       </c>
       <c r="O67" s="9">
         <v>2.5320959124411155</v>
       </c>
     </row>
     <row r="68" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A68" s="2" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B68" s="9">
         <v>2.0885979029440351</v>
       </c>
       <c r="C68" s="9">
         <v>2.2644968143465984</v>
       </c>
       <c r="D68" s="9">
         <v>2.2732788122412368</v>
       </c>
       <c r="E68" s="9">
         <v>2.2758520336818702</v>
       </c>
       <c r="F68" s="9">
         <v>2.5687259819045254</v>
       </c>
       <c r="G68" s="9">
         <v>2.6754468928296982</v>
       </c>
       <c r="H68" s="9">
         <v>2.7384578741527958</v>
       </c>
       <c r="I68" s="9">
         <v>3.0872605269266558</v>
       </c>
       <c r="J68" s="9">
         <v>3.5489320688229808</v>
       </c>
       <c r="K68" s="9">
         <v>2.9898180867346755</v>
       </c>
       <c r="L68" s="9">
         <v>2.3776230604085051</v>
       </c>
       <c r="M68" s="9">
         <v>2.4870785648534035</v>
       </c>
       <c r="N68" s="9">
         <v>2.9845623103042942</v>
       </c>
       <c r="O68" s="9">
         <v>2.5586289965064068</v>
       </c>
     </row>
     <row r="69" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A69" s="2" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B69" s="9">
         <v>1.9806386885399037</v>
       </c>
       <c r="C69" s="9">
         <v>2.1469826344341123</v>
       </c>
       <c r="D69" s="9">
         <v>2.2401013616285597</v>
       </c>
       <c r="E69" s="9">
         <v>2.28909888925577</v>
       </c>
       <c r="F69" s="9">
         <v>2.5273879485871045</v>
       </c>
       <c r="G69" s="9">
         <v>2.5745858004445585</v>
       </c>
       <c r="H69" s="9">
         <v>2.7221979872839648</v>
       </c>
       <c r="I69" s="9">
         <v>3.0644921255968236</v>
       </c>
       <c r="J69" s="9">
         <v>3.4979580726548258</v>
       </c>
       <c r="K69" s="9">
         <v>2.9313941759399893</v>
       </c>
       <c r="L69" s="9">
         <v>2.2610375562312295</v>
       </c>
       <c r="M69" s="9">
         <v>2.2921562169543734</v>
       </c>
       <c r="N69" s="9">
         <v>2.8653375198827185</v>
       </c>
       <c r="O69" s="9">
         <v>2.5071930572043941</v>
       </c>
     </row>
     <row r="70" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A70" s="2" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B70" s="9">
         <v>2.0542003531281563</v>
       </c>
       <c r="C70" s="9">
         <v>2.2083724040830486</v>
       </c>
       <c r="D70" s="9">
         <v>2.2884369996004863</v>
       </c>
       <c r="E70" s="9">
         <v>2.3457647347384358</v>
       </c>
       <c r="F70" s="9">
         <v>2.5704518946495543</v>
       </c>
       <c r="G70" s="9">
         <v>2.6824562166929757</v>
       </c>
       <c r="H70" s="9">
         <v>2.8324222073176815</v>
       </c>
       <c r="I70" s="9">
         <v>3.1576859707677296</v>
       </c>
       <c r="J70" s="9">
         <v>3.6800099511291005</v>
       </c>
       <c r="K70" s="9">
         <v>2.9836260345999208</v>
       </c>
       <c r="L70" s="9">
         <v>2.3765759306792997</v>
       </c>
       <c r="M70" s="9">
         <v>2.3699684090123867</v>
       </c>
       <c r="N70" s="9">
         <v>2.8617529950094385</v>
       </c>
       <c r="O70" s="9">
         <v>2.5659505042648494</v>
       </c>
     </row>
     <row r="71" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A71" s="2" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B71" s="9">
         <v>2.1370388326456773</v>
       </c>
       <c r="C71" s="9">
         <v>2.2798543587528672</v>
       </c>
       <c r="D71" s="9">
         <v>2.3579713541540812</v>
       </c>
       <c r="E71" s="9">
         <v>2.3664227643269284</v>
       </c>
       <c r="F71" s="9">
         <v>2.6745530915483338</v>
       </c>
       <c r="G71" s="9">
         <v>2.6255298334565729</v>
       </c>
       <c r="H71" s="9">
         <v>2.829960919551155</v>
       </c>
       <c r="I71" s="9">
         <v>3.2190999624904642</v>
       </c>
       <c r="J71" s="9">
         <v>3.7649988024801679</v>
       </c>
       <c r="K71" s="9">
         <v>3.0971984551897425</v>
       </c>
       <c r="L71" s="9">
         <v>2.4054331688881292</v>
       </c>
       <c r="M71" s="9">
         <v>2.4074450320307217</v>
       </c>
       <c r="N71" s="9">
         <v>2.877177050819097</v>
       </c>
       <c r="O71" s="9">
         <v>2.6345890955300706</v>
       </c>
     </row>
     <row r="72" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A72" s="2" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B72" s="9">
         <v>2.1837608576554346</v>
       </c>
       <c r="C72" s="9">
         <v>2.2799523518506604</v>
       </c>
       <c r="D72" s="9">
         <v>2.3600873971817715</v>
       </c>
       <c r="E72" s="9">
         <v>2.4505501360561293</v>
       </c>
       <c r="F72" s="9">
         <v>2.6320750863160316</v>
       </c>
       <c r="G72" s="9">
         <v>2.7192422724334628</v>
       </c>
       <c r="H72" s="9">
         <v>2.9638335219664409</v>
       </c>
       <c r="I72" s="9">
         <v>3.3019457346592169</v>
       </c>
       <c r="J72" s="9">
         <v>3.9470093886576638</v>
       </c>
       <c r="K72" s="9">
         <v>3.1268286010991435</v>
       </c>
       <c r="L72" s="9">
         <v>2.3778329635257456</v>
       </c>
       <c r="M72" s="9">
         <v>2.3696734707350737</v>
       </c>
       <c r="N72" s="9">
         <v>3.0268748322304755</v>
       </c>
       <c r="O72" s="9">
         <v>2.6886683090350312</v>
       </c>
     </row>
     <row r="73" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A73" s="2" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B73" s="9">
         <v>2.11991265731562</v>
       </c>
       <c r="C73" s="9">
         <v>2.3122412017128138</v>
       </c>
       <c r="D73" s="9">
         <v>2.3929934205793209</v>
       </c>
       <c r="E73" s="9">
         <v>2.427382942257442</v>
       </c>
       <c r="F73" s="9">
         <v>2.721729463775528</v>
       </c>
       <c r="G73" s="9">
         <v>2.8232685293457558</v>
       </c>
       <c r="H73" s="9">
         <v>3.0908733943769358</v>
       </c>
       <c r="I73" s="9">
         <v>3.4578480543744776</v>
       </c>
       <c r="J73" s="9">
         <v>4.0888699159004789</v>
       </c>
       <c r="K73" s="9">
         <v>3.2948067488155721</v>
       </c>
       <c r="L73" s="9">
         <v>2.4380124464811668</v>
       </c>
       <c r="M73" s="9">
         <v>2.3913491202326691</v>
       </c>
       <c r="N73" s="9">
         <v>2.8302950386585359</v>
       </c>
       <c r="O73" s="9">
         <v>2.7538794587278512</v>
       </c>
     </row>
     <row r="74" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A74" s="2" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B74" s="9">
         <v>2.0053836488117982</v>
       </c>
       <c r="C74" s="9">
         <v>2.1965203384416125</v>
       </c>
       <c r="D74" s="9">
         <v>2.3461136180227538</v>
       </c>
       <c r="E74" s="9">
         <v>2.5383021719604866</v>
       </c>
       <c r="F74" s="9">
         <v>2.7133422158558331</v>
       </c>
       <c r="G74" s="9">
         <v>2.9676557035948523</v>
       </c>
       <c r="H74" s="9">
         <v>3.2476669564357126</v>
       </c>
       <c r="I74" s="9">
         <v>3.6234328389600634</v>
       </c>
       <c r="J74" s="9">
         <v>4.3430431116636425</v>
       </c>
       <c r="K74" s="9">
         <v>3.4568428855139448</v>
       </c>
       <c r="L74" s="9">
         <v>2.5785929257794864</v>
       </c>
       <c r="M74" s="9">
         <v>2.3350707292257975</v>
       </c>
       <c r="N74" s="9">
         <v>2.8945160024562955</v>
       </c>
       <c r="O74" s="9">
         <v>2.8091549918597134</v>
       </c>
     </row>
     <row r="75" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A75" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B75" s="9">
         <v>2.188427234659287</v>
       </c>
       <c r="C75" s="9">
         <v>2.4014267224145498</v>
       </c>
       <c r="D75" s="9">
         <v>2.4086856419262994</v>
       </c>
       <c r="E75" s="9">
         <v>2.5370883830974451</v>
       </c>
       <c r="F75" s="9">
         <v>2.8203398978644141</v>
       </c>
       <c r="G75" s="9">
         <v>3.0138810601601107</v>
       </c>
       <c r="H75" s="9">
         <v>3.2854523358599632</v>
       </c>
       <c r="I75" s="9">
         <v>3.7828657001821973</v>
       </c>
       <c r="J75" s="9">
         <v>4.4559453993691509</v>
       </c>
       <c r="K75" s="9">
         <v>3.6080024465601879</v>
       </c>
       <c r="L75" s="9">
         <v>2.5734406899558095</v>
       </c>
       <c r="M75" s="9">
         <v>2.4458055895806781</v>
       </c>
       <c r="N75" s="9">
         <v>3.3115800925777079</v>
       </c>
       <c r="O75" s="9">
         <v>2.9109879574923254</v>
       </c>
     </row>
     <row r="76" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A76" s="2" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B76" s="9">
         <v>2.1807734094521116</v>
       </c>
       <c r="C76" s="9">
         <v>2.269938619888523</v>
       </c>
       <c r="D76" s="9">
         <v>2.3561488374901542</v>
       </c>
       <c r="E76" s="9">
         <v>2.5471044208040499</v>
       </c>
       <c r="F76" s="9">
         <v>2.8335599330521299</v>
       </c>
       <c r="G76" s="9">
         <v>2.9701249068428783</v>
       </c>
       <c r="H76" s="9">
         <v>3.2717760940319951</v>
       </c>
       <c r="I76" s="9">
         <v>3.6656485125803959</v>
       </c>
       <c r="J76" s="9">
         <v>4.270072500060337</v>
       </c>
       <c r="K76" s="9">
         <v>3.5100149521961574</v>
       </c>
       <c r="L76" s="9">
         <v>2.5241631009857888</v>
       </c>
       <c r="M76" s="9">
         <v>2.4189385110735548</v>
       </c>
       <c r="N76" s="9">
         <v>3.0801893883104809</v>
       </c>
       <c r="O76" s="9">
         <v>2.8393713208113858</v>
       </c>
     </row>
     <row r="77" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A77" s="2" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B77" s="9">
         <v>2.1536888106896686</v>
       </c>
       <c r="C77" s="9">
         <v>2.3478183232650545</v>
       </c>
       <c r="D77" s="9">
         <v>2.3449831412640028</v>
       </c>
       <c r="E77" s="9">
         <v>2.5863623826342228</v>
       </c>
       <c r="F77" s="9">
         <v>2.7807185987954499</v>
       </c>
       <c r="G77" s="9">
         <v>2.8748479729014154</v>
       </c>
       <c r="H77" s="9">
         <v>3.2823666950110248</v>
       </c>
       <c r="I77" s="9">
         <v>3.7069028115231406</v>
       </c>
       <c r="J77" s="9">
         <v>4.2648414357262423</v>
       </c>
       <c r="K77" s="9">
         <v>3.4238151698939396</v>
       </c>
       <c r="L77" s="9">
         <v>2.556120369017802</v>
       </c>
       <c r="M77" s="9">
         <v>2.3474996950939269</v>
       </c>
       <c r="N77" s="9">
         <v>3.1382862823910052</v>
       </c>
       <c r="O77" s="9">
         <v>2.8504237778105539</v>
       </c>
     </row>
     <row r="78" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A78" s="2" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B78" s="9">
         <v>2.2202362799986868</v>
       </c>
       <c r="C78" s="9">
         <v>2.3855899513651497</v>
       </c>
       <c r="D78" s="9">
         <v>2.4189263237925021</v>
       </c>
       <c r="E78" s="9">
         <v>2.5986717116591116</v>
       </c>
       <c r="F78" s="9">
         <v>2.8090123273949379</v>
       </c>
       <c r="G78" s="9">
         <v>3.0760730731353165</v>
       </c>
       <c r="H78" s="9">
         <v>3.381433488742247</v>
       </c>
       <c r="I78" s="9">
         <v>3.6716323037409593</v>
       </c>
       <c r="J78" s="9">
         <v>4.2514277830504446</v>
       </c>
       <c r="K78" s="9">
         <v>3.4941041220976974</v>
       </c>
       <c r="L78" s="9">
         <v>2.5586372686312973</v>
       </c>
       <c r="M78" s="9">
         <v>2.3095725954691524</v>
       </c>
       <c r="N78" s="9">
         <v>3.2734211840330292</v>
       </c>
       <c r="O78" s="9">
         <v>2.8802845024452539</v>
       </c>
     </row>
     <row r="79" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A79" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B79" s="9">
         <v>2.0717000015784222</v>
       </c>
       <c r="C79" s="9">
         <v>2.4026716686850804</v>
       </c>
       <c r="D79" s="9">
         <v>2.4548281905080902</v>
       </c>
       <c r="E79" s="9">
         <v>2.6345316057880912</v>
       </c>
       <c r="F79" s="9">
         <v>2.8247302343533742</v>
       </c>
       <c r="G79" s="9">
         <v>3.0542831076742964</v>
       </c>
       <c r="H79" s="9">
         <v>3.35456257902863</v>
       </c>
       <c r="I79" s="9">
         <v>3.7348809847600228</v>
       </c>
       <c r="J79" s="9">
         <v>4.639029169097582</v>
       </c>
       <c r="K79" s="9">
         <v>3.4689235542896171</v>
       </c>
       <c r="L79" s="9">
         <v>2.6502609850161623</v>
       </c>
       <c r="M79" s="9">
         <v>2.3228873516803823</v>
       </c>
       <c r="N79" s="9">
         <v>3.2754377461362338</v>
       </c>
       <c r="O79" s="9">
         <v>2.9233825782624403</v>
       </c>
     </row>
     <row r="80" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A80" s="2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B80" s="9">
         <v>2.3949176559379444</v>
       </c>
       <c r="C80" s="9">
         <v>2.3714807414510024</v>
       </c>
       <c r="D80" s="9">
         <v>2.513195490209577</v>
       </c>
       <c r="E80" s="9">
         <v>2.7893949571448466</v>
       </c>
       <c r="F80" s="9">
         <v>2.9847928590263151</v>
       </c>
       <c r="G80" s="9">
         <v>3.2207569491583996</v>
       </c>
       <c r="H80" s="9">
         <v>3.4627461202287266</v>
       </c>
       <c r="I80" s="9">
         <v>3.8309398365956513</v>
       </c>
       <c r="J80" s="9">
         <v>4.5796190133594985</v>
       </c>
       <c r="K80" s="9">
         <v>3.5866907842440985</v>
       </c>
       <c r="L80" s="9">
         <v>2.653102584856732</v>
       </c>
       <c r="M80" s="9">
         <v>2.3506635745440581</v>
       </c>
       <c r="N80" s="9">
         <v>3.1966449482774553</v>
       </c>
       <c r="O80" s="9">
         <v>2.9962645931525729</v>
       </c>
     </row>
     <row r="81" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A81" s="2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B81" s="9">
         <v>2.3606307074059925</v>
       </c>
       <c r="C81" s="9">
         <v>2.4420350164042413</v>
       </c>
       <c r="D81" s="9">
         <v>2.5458342535885281</v>
       </c>
       <c r="E81" s="9">
         <v>2.8170258930100389</v>
       </c>
       <c r="F81" s="9">
         <v>2.9536475358957937</v>
       </c>
       <c r="G81" s="9">
         <v>3.2638912652294789</v>
       </c>
       <c r="H81" s="9">
         <v>3.6133808364427322</v>
       </c>
       <c r="I81" s="9">
         <v>3.9216436680152538</v>
       </c>
       <c r="J81" s="9">
         <v>4.7092143045766983</v>
       </c>
       <c r="K81" s="9">
         <v>3.6715045789695884</v>
       </c>
       <c r="L81" s="9">
         <v>2.5496809735789214</v>
       </c>
       <c r="M81" s="9">
         <v>2.3917009829927722</v>
       </c>
       <c r="N81" s="9">
         <v>3.0990920691178854</v>
       </c>
       <c r="O81" s="9">
         <v>3.0542966693861202</v>
       </c>
     </row>
     <row r="82" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A82" s="2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B82" s="9">
         <v>2.281554489563117</v>
       </c>
       <c r="C82" s="9">
         <v>2.5371120461499874</v>
       </c>
       <c r="D82" s="9">
         <v>2.5802340665793415</v>
       </c>
       <c r="E82" s="9">
         <v>2.9149425276646177</v>
       </c>
       <c r="F82" s="9">
         <v>3.1029850427084527</v>
       </c>
       <c r="G82" s="9">
         <v>3.3244437262507693</v>
       </c>
       <c r="H82" s="9">
         <v>3.7116799448358599</v>
       </c>
       <c r="I82" s="9">
         <v>3.9983540312467025</v>
       </c>
       <c r="J82" s="9">
         <v>4.7368399657801605</v>
       </c>
       <c r="K82" s="9">
         <v>3.8970776780590053</v>
       </c>
       <c r="L82" s="9">
         <v>2.7168117590505076</v>
       </c>
       <c r="M82" s="9">
         <v>2.3574207636318922</v>
       </c>
       <c r="N82" s="9">
         <v>3.1680437339276537</v>
       </c>
       <c r="O82" s="9">
         <v>3.1203440061324073</v>
       </c>
     </row>
     <row r="83" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A83" s="2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B83" s="9">
         <v>2.4588312967209514</v>
       </c>
       <c r="C83" s="9">
         <v>2.6956417772396311</v>
       </c>
       <c r="D83" s="9">
         <v>2.7460090464654039</v>
       </c>
       <c r="E83" s="9">
         <v>3.1509069472863551</v>
       </c>
       <c r="F83" s="9">
         <v>3.2973557749077633</v>
       </c>
       <c r="G83" s="9">
         <v>3.7770846175442605</v>
       </c>
       <c r="H83" s="9">
         <v>3.977316278491752</v>
       </c>
       <c r="I83" s="9">
         <v>4.308982905633024</v>
       </c>
       <c r="J83" s="9">
         <v>4.9168087232006794</v>
       </c>
       <c r="K83" s="9">
         <v>4.0095574503720668</v>
       </c>
       <c r="L83" s="9">
         <v>2.8562760901737505</v>
       </c>
       <c r="M83" s="9">
         <v>2.4552475430285661</v>
       </c>
       <c r="N83" s="9">
         <v>3.4928915281226356</v>
       </c>
       <c r="O83" s="9">
         <v>3.3409515572384558</v>
       </c>
     </row>
     <row r="84" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A84" s="2" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B84" s="9">
         <v>2.6119250984847575</v>
       </c>
       <c r="C84" s="9">
         <v>2.8256753637416345</v>
       </c>
       <c r="D84" s="9">
         <v>2.8871850805723445</v>
       </c>
       <c r="E84" s="9">
         <v>3.4130094507357529</v>
       </c>
       <c r="F84" s="9">
         <v>3.5927968587627177</v>
       </c>
       <c r="G84" s="9">
         <v>3.7906418350076292</v>
       </c>
       <c r="H84" s="9">
         <v>4.2687346380351361</v>
       </c>
       <c r="I84" s="9">
         <v>4.4647576727899621</v>
       </c>
       <c r="J84" s="9">
         <v>5.2990936807457647</v>
       </c>
       <c r="K84" s="9">
         <v>4.3966416479055521</v>
       </c>
       <c r="L84" s="9">
         <v>2.980168214765746</v>
       </c>
       <c r="M84" s="9">
         <v>2.5841723330805273</v>
       </c>
       <c r="N84" s="9">
         <v>3.4139382268192113</v>
       </c>
       <c r="O84" s="9">
         <v>3.5417682385044835</v>
       </c>
     </row>
     <row r="85" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A85" s="2" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B85" s="9">
         <v>2.8304249438903537</v>
       </c>
       <c r="C85" s="9">
         <v>3.1844608591820873</v>
       </c>
       <c r="D85" s="9">
         <v>2.9885644609002835</v>
       </c>
       <c r="E85" s="9">
         <v>3.4531806363883635</v>
       </c>
       <c r="F85" s="9">
         <v>3.8428720620734991</v>
       </c>
       <c r="G85" s="9">
         <v>4.1367622956760197</v>
       </c>
       <c r="H85" s="9">
         <v>4.5092743473484012</v>
       </c>
       <c r="I85" s="9">
         <v>4.7992723190856754</v>
       </c>
       <c r="J85" s="9">
         <v>5.4514199598783595</v>
       </c>
       <c r="K85" s="9">
         <v>4.607756384352375</v>
       </c>
       <c r="L85" s="9">
         <v>3.2846858599655833</v>
       </c>
       <c r="M85" s="9">
         <v>2.566807199400432</v>
       </c>
       <c r="N85" s="9">
         <v>3.4320748372579164</v>
       </c>
       <c r="O85" s="9">
         <v>3.7430159829233021</v>
       </c>
     </row>
     <row r="86" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A86" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B86" s="9">
         <v>2.9440982778053679</v>
       </c>
       <c r="C86" s="9">
         <v>3.0505488450462419</v>
       </c>
       <c r="D86" s="9">
         <v>3.1036641640304663</v>
       </c>
       <c r="E86" s="9">
         <v>3.636893552882662</v>
       </c>
       <c r="F86" s="9">
         <v>4.0171431679561636</v>
       </c>
       <c r="G86" s="9">
         <v>4.2139857602837409</v>
       </c>
       <c r="H86" s="9">
         <v>4.705119338062917</v>
       </c>
       <c r="I86" s="9">
         <v>4.921355491545488</v>
       </c>
       <c r="J86" s="9">
         <v>5.5607331064412007</v>
       </c>
       <c r="K86" s="9">
         <v>4.6663956965686477</v>
       </c>
       <c r="L86" s="9">
         <v>3.2499501445430408</v>
       </c>
       <c r="M86" s="9">
         <v>2.4946969302103819</v>
       </c>
       <c r="N86" s="9">
         <v>3.5611799516031919</v>
       </c>
       <c r="O86" s="9">
         <v>3.8453376088646016</v>
       </c>
     </row>
     <row r="87" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A87" s="2" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B87" s="9">
         <v>3.1041025521212058</v>
       </c>
       <c r="C87" s="9">
         <v>3.3142217473116786</v>
       </c>
       <c r="D87" s="9">
         <v>3.2736712101339838</v>
       </c>
       <c r="E87" s="9">
         <v>3.9048838568133775</v>
       </c>
       <c r="F87" s="9">
         <v>3.912872086445168</v>
       </c>
       <c r="G87" s="9">
         <v>4.2575902624629078</v>
       </c>
       <c r="H87" s="9">
         <v>4.7548128939070615</v>
       </c>
       <c r="I87" s="9">
         <v>4.9370110182190734</v>
       </c>
       <c r="J87" s="9">
         <v>5.5381943736618053</v>
       </c>
       <c r="K87" s="9">
         <v>4.7804976365107494</v>
       </c>
       <c r="L87" s="9">
         <v>3.4795165651301616</v>
       </c>
       <c r="M87" s="9">
         <v>2.6889083051973812</v>
       </c>
       <c r="N87" s="9">
         <v>3.5654500283868664</v>
       </c>
       <c r="O87" s="9">
         <v>3.9360237645993861</v>
       </c>
     </row>
     <row r="88" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A88" s="2" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B88" s="9">
         <v>3.2834465826539172</v>
       </c>
       <c r="C88" s="9">
         <v>3.4509356999147118</v>
       </c>
       <c r="D88" s="9">
         <v>3.4630630138159422</v>
       </c>
       <c r="E88" s="9">
         <v>4.0389739324110749</v>
       </c>
       <c r="F88" s="9">
         <v>4.2779977409523191</v>
       </c>
       <c r="G88" s="9">
         <v>4.3468738530238156</v>
       </c>
       <c r="H88" s="9">
         <v>4.7508286561133879</v>
       </c>
       <c r="I88" s="9">
         <v>5.0218229307442348</v>
       </c>
       <c r="J88" s="9">
         <v>5.6710303069562267</v>
       </c>
       <c r="K88" s="9">
         <v>4.9558529160185856</v>
       </c>
       <c r="L88" s="9">
         <v>3.7046789874807993</v>
       </c>
       <c r="M88" s="9">
         <v>2.7548011631606948</v>
       </c>
       <c r="N88" s="9">
         <v>3.5676798728085264</v>
       </c>
       <c r="O88" s="9">
         <v>4.0953593347257735</v>
       </c>
     </row>
     <row r="89" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A89" s="2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B89" s="9">
         <v>3.4225659888419488</v>
       </c>
       <c r="C89" s="9">
         <v>3.6338597659195218</v>
       </c>
       <c r="D89" s="9">
         <v>3.488510802251966</v>
       </c>
       <c r="E89" s="9">
         <v>4.1815834069061397</v>
       </c>
       <c r="F89" s="9">
         <v>4.3676283810672079</v>
       </c>
       <c r="G89" s="9">
         <v>4.3173694625109968</v>
       </c>
       <c r="H89" s="9">
         <v>4.8341508381534082</v>
       </c>
       <c r="I89" s="9">
         <v>5.0368714977549542</v>
       </c>
       <c r="J89" s="9">
         <v>5.7920626808942712</v>
       </c>
       <c r="K89" s="9">
         <v>5.0740729582063802</v>
       </c>
       <c r="L89" s="9">
         <v>3.8019668341039035</v>
       </c>
       <c r="M89" s="9">
         <v>2.8112662022953052</v>
       </c>
       <c r="N89" s="9">
         <v>3.6051260728384289</v>
       </c>
       <c r="O89" s="9">
         <v>4.1806584378696323</v>
       </c>
     </row>
     <row r="90" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A90" s="2" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B90" s="9">
         <v>3.7934774992845139</v>
       </c>
       <c r="C90" s="9">
         <v>3.9159730547938714</v>
       </c>
       <c r="D90" s="9">
         <v>3.8292786989858234</v>
       </c>
       <c r="E90" s="9">
         <v>4.3377337359493797</v>
       </c>
       <c r="F90" s="9">
         <v>4.5778109446116533</v>
       </c>
       <c r="G90" s="9">
         <v>4.5191950061839057</v>
       </c>
       <c r="H90" s="9">
         <v>5.0226334743264394</v>
       </c>
       <c r="I90" s="9">
         <v>5.2292596060490713</v>
       </c>
       <c r="J90" s="9">
         <v>5.9329240106355092</v>
       </c>
       <c r="K90" s="9">
         <v>5.2643457033328422</v>
       </c>
       <c r="L90" s="9">
         <v>4.4263511817300687</v>
       </c>
       <c r="M90" s="9">
         <v>2.8796553353159178</v>
       </c>
       <c r="N90" s="9">
         <v>3.8299212865394274</v>
       </c>
       <c r="O90" s="9">
         <v>4.3992136965213842</v>
       </c>
     </row>
     <row r="91" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A91" s="2" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B91" s="9">
         <v>4.0021719613874955</v>
       </c>
       <c r="C91" s="9">
         <v>4.2305803733101115</v>
       </c>
       <c r="D91" s="9">
         <v>4.0916968282526298</v>
       </c>
       <c r="E91" s="9">
         <v>4.6746446628324714</v>
       </c>
       <c r="F91" s="9">
         <v>4.8691601945459881</v>
       </c>
       <c r="G91" s="9">
         <v>4.8491039294562848</v>
       </c>
       <c r="H91" s="9">
         <v>5.2730657756695143</v>
       </c>
       <c r="I91" s="9">
         <v>5.3565456052627454</v>
       </c>
       <c r="J91" s="9">
         <v>6.1360902813184959</v>
       </c>
       <c r="K91" s="9">
         <v>5.5731510475380306</v>
       </c>
       <c r="L91" s="9">
         <v>4.493387315529243</v>
       </c>
       <c r="M91" s="9">
         <v>3.1880293165832208</v>
       </c>
       <c r="N91" s="9">
         <v>3.9242579185076059</v>
       </c>
       <c r="O91" s="9">
         <v>4.6799476178167803</v>
       </c>
     </row>
     <row r="92" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A92" s="2" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B92" s="9">
         <v>3.9782358217550744</v>
       </c>
       <c r="C92" s="9">
         <v>4.3315400089174281</v>
       </c>
       <c r="D92" s="9">
         <v>4.2626344875946893</v>
       </c>
       <c r="E92" s="9">
         <v>4.6871323423750342</v>
       </c>
       <c r="F92" s="9">
         <v>4.9663554994861041</v>
       </c>
       <c r="G92" s="9">
         <v>4.9157309551525046</v>
       </c>
       <c r="H92" s="9">
         <v>5.4431887395346772</v>
       </c>
       <c r="I92" s="9">
         <v>5.3408434894379146</v>
       </c>
       <c r="J92" s="9">
         <v>6.2745168080437699</v>
       </c>
       <c r="K92" s="9">
         <v>5.68880331331051</v>
       </c>
       <c r="L92" s="9">
         <v>4.7202472129562167</v>
       </c>
       <c r="M92" s="9">
         <v>3.2728641943947183</v>
       </c>
       <c r="N92" s="9">
         <v>3.8520585467235815</v>
       </c>
       <c r="O92" s="9">
         <v>4.7683929639836791</v>
       </c>
     </row>
     <row r="93" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A93" s="2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B93" s="9">
         <v>4.0732600652231312</v>
       </c>
       <c r="C93" s="9">
         <v>4.3992628149932544</v>
       </c>
       <c r="D93" s="9">
         <v>4.3836161128995519</v>
       </c>
       <c r="E93" s="9">
         <v>4.6757090070412364</v>
       </c>
       <c r="F93" s="9">
         <v>4.8584242422009343</v>
       </c>
       <c r="G93" s="9">
         <v>4.9980548965106966</v>
       </c>
       <c r="H93" s="9">
         <v>5.3411498932010621</v>
       </c>
       <c r="I93" s="9">
         <v>5.322923732707153</v>
       </c>
       <c r="J93" s="9">
         <v>6.1699789336346758</v>
       </c>
       <c r="K93" s="9">
         <v>5.6394856104784958</v>
       </c>
       <c r="L93" s="9">
         <v>4.7622001162255811</v>
       </c>
       <c r="M93" s="9">
         <v>3.3670479651675929</v>
       </c>
       <c r="N93" s="9">
         <v>4.0543118640112796</v>
       </c>
       <c r="O93" s="9">
         <v>4.795504056955747</v>
       </c>
     </row>
     <row r="94" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A94" s="2" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B94" s="9">
         <v>3.7560994179393754</v>
       </c>
       <c r="C94" s="9">
         <v>4.3549798383847653</v>
       </c>
       <c r="D94" s="9">
         <v>4.3573412499579067</v>
       </c>
       <c r="E94" s="9">
         <v>4.5919884992219746</v>
       </c>
       <c r="F94" s="9">
         <v>4.8831679521084261</v>
       </c>
       <c r="G94" s="9">
         <v>4.8664043603387439</v>
       </c>
       <c r="H94" s="9">
         <v>5.3302633952407543</v>
       </c>
       <c r="I94" s="9">
         <v>5.2747184206645015</v>
       </c>
       <c r="J94" s="9">
         <v>6.0528274754199236</v>
       </c>
       <c r="K94" s="9">
         <v>5.6354480400561071</v>
       </c>
       <c r="L94" s="9">
         <v>5.015260847041267</v>
       </c>
       <c r="M94" s="9">
         <v>3.3846066196336344</v>
       </c>
       <c r="N94" s="9">
         <v>4.0858770899131187</v>
       </c>
       <c r="O94" s="9">
         <v>4.7523173383901707</v>
       </c>
     </row>
     <row r="95" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A95" s="2" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B95" s="9">
         <v>4.0278910969142032</v>
       </c>
       <c r="C95" s="9">
         <v>4.3726361721986136</v>
       </c>
       <c r="D95" s="9">
         <v>4.3939626988549172</v>
       </c>
       <c r="E95" s="9">
         <v>4.6410840533134161</v>
       </c>
       <c r="F95" s="9">
         <v>4.9101544418766947</v>
       </c>
       <c r="G95" s="9">
         <v>4.9421296760874043</v>
       </c>
       <c r="H95" s="9">
         <v>5.3967205443537702</v>
       </c>
       <c r="I95" s="9">
         <v>5.3333541013908219</v>
       </c>
       <c r="J95" s="9">
         <v>6.1595605152039195</v>
       </c>
       <c r="K95" s="9">
         <v>5.628135148069954</v>
       </c>
       <c r="L95" s="9">
         <v>4.8909721135366837</v>
       </c>
       <c r="M95" s="9">
         <v>3.3321239219164442</v>
       </c>
       <c r="N95" s="9">
         <v>4.2522204171662841</v>
       </c>
       <c r="O95" s="9">
         <v>4.8168648005280446</v>
       </c>
     </row>
     <row r="96" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A96" s="2" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B96" s="9">
         <v>4.2702678483056786</v>
       </c>
       <c r="C96" s="9">
         <v>4.48233465316234</v>
       </c>
       <c r="D96" s="9">
         <v>4.3520829076740197</v>
       </c>
       <c r="E96" s="9">
         <v>4.6068804523182507</v>
       </c>
       <c r="F96" s="9">
         <v>4.9493954212071083</v>
       </c>
       <c r="G96" s="9">
         <v>4.8424470451429462</v>
       </c>
       <c r="H96" s="9">
         <v>5.3079094706090739</v>
       </c>
       <c r="I96" s="9">
         <v>5.2530109128261353</v>
       </c>
       <c r="J96" s="9">
         <v>6.1656950287391146</v>
       </c>
       <c r="K96" s="9">
         <v>5.5544516373944113</v>
       </c>
       <c r="L96" s="9">
         <v>4.8525421826475821</v>
       </c>
       <c r="M96" s="9">
         <v>3.3376191017207417</v>
       </c>
       <c r="N96" s="9">
         <v>4.2859291042733005</v>
       </c>
       <c r="O96" s="9">
         <v>4.7672407706758184</v>
       </c>
     </row>
     <row r="97" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A97" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B97" s="9">
         <v>3.9386899095061914</v>
       </c>
       <c r="C97" s="9">
         <v>4.3171879783325666</v>
       </c>
       <c r="D97" s="9">
         <v>4.3211470232807558</v>
       </c>
       <c r="E97" s="9">
         <v>4.4865887357041778</v>
       </c>
       <c r="F97" s="9">
         <v>4.7079377705172814</v>
       </c>
       <c r="G97" s="9">
         <v>4.8012782544605006</v>
       </c>
       <c r="H97" s="9">
         <v>5.2375857468476097</v>
       </c>
       <c r="I97" s="9">
         <v>5.1598528528784984</v>
       </c>
       <c r="J97" s="9">
         <v>6.0750979771743099</v>
       </c>
       <c r="K97" s="9">
         <v>5.6148635308613626</v>
       </c>
       <c r="L97" s="9">
         <v>4.642691795609327</v>
       </c>
       <c r="M97" s="9">
         <v>3.3321216501467208</v>
       </c>
       <c r="N97" s="9">
         <v>4.5146346320517505</v>
       </c>
       <c r="O97" s="9">
         <v>4.6943192176024882</v>
       </c>
     </row>
     <row r="98" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A98" s="2" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B98" s="9">
         <v>4.1492360406058859</v>
       </c>
       <c r="C98" s="9">
         <v>4.4616780977828183</v>
       </c>
       <c r="D98" s="9">
         <v>4.4391149947062782</v>
       </c>
       <c r="E98" s="9">
         <v>4.5699542407749947</v>
       </c>
       <c r="F98" s="9">
         <v>4.8792146560425822</v>
       </c>
       <c r="G98" s="9">
         <v>4.8229695028444857</v>
       </c>
       <c r="H98" s="9">
         <v>5.2986314351715142</v>
       </c>
       <c r="I98" s="9">
         <v>5.2663200913903845</v>
       </c>
       <c r="J98" s="9">
         <v>6.1431403952529413</v>
       </c>
       <c r="K98" s="9">
         <v>5.6301573440096924</v>
       </c>
       <c r="L98" s="9">
         <v>4.8555634740249909</v>
       </c>
       <c r="M98" s="9">
         <v>3.4131127440286151</v>
       </c>
       <c r="N98" s="9">
         <v>4.6234087151053282</v>
       </c>
       <c r="O98" s="9">
         <v>4.7873995837809504</v>
       </c>
     </row>
     <row r="99" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A99" s="2" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B99" s="9">
         <v>4.2338962424940787</v>
       </c>
       <c r="C99" s="9">
         <v>4.5338008209725986</v>
       </c>
       <c r="D99" s="9">
         <v>4.4263285782429778</v>
       </c>
       <c r="E99" s="9">
         <v>4.5500729910002899</v>
       </c>
       <c r="F99" s="9">
         <v>4.9100159145770279</v>
       </c>
       <c r="G99" s="9">
         <v>5.0015463505897992</v>
       </c>
       <c r="H99" s="9">
         <v>5.3856203201406103</v>
       </c>
       <c r="I99" s="9">
         <v>5.3300737501854734</v>
       </c>
       <c r="J99" s="9">
         <v>6.2244441569049425</v>
       </c>
       <c r="K99" s="9">
         <v>5.597441106412048</v>
       </c>
       <c r="L99" s="9">
         <v>4.9143675765610499</v>
       </c>
       <c r="M99" s="9">
         <v>3.6271670555257396</v>
       </c>
       <c r="N99" s="9">
         <v>5.170127812480878</v>
       </c>
       <c r="O99" s="9">
         <v>4.8720591909781819</v>
       </c>
     </row>
     <row r="100" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A100" s="2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B100" s="9">
         <v>4.2002398362599633</v>
       </c>
       <c r="C100" s="9">
         <v>4.5403245171732856</v>
       </c>
       <c r="D100" s="9">
         <v>4.4372177095070242</v>
       </c>
       <c r="E100" s="9">
         <v>4.6213815492158421</v>
       </c>
       <c r="F100" s="9">
         <v>4.906322601701345</v>
       </c>
       <c r="G100" s="9">
         <v>5.0462128494948173</v>
       </c>
       <c r="H100" s="9">
         <v>5.3748335651351224</v>
       </c>
       <c r="I100" s="9">
         <v>5.3684103796760798</v>
       </c>
       <c r="J100" s="9">
         <v>6.3836017137760814</v>
       </c>
       <c r="K100" s="9">
         <v>5.6501890238393671</v>
       </c>
       <c r="L100" s="9">
         <v>4.9445418357472084</v>
       </c>
       <c r="M100" s="9">
         <v>3.8457538451252598</v>
       </c>
       <c r="N100" s="9">
         <v>5.6757527728988899</v>
       </c>
       <c r="O100" s="9">
         <v>4.9457689455136613</v>
       </c>
     </row>
     <row r="101" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A101" s="2" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B101" s="9">
         <v>4.2634786055582081</v>
       </c>
       <c r="C101" s="9">
         <v>4.6112026136639948</v>
       </c>
       <c r="D101" s="9">
         <v>4.5020321616510692</v>
       </c>
       <c r="E101" s="9">
         <v>4.6079868644915942</v>
       </c>
       <c r="F101" s="9">
         <v>4.8595372161034991</v>
       </c>
       <c r="G101" s="9">
         <v>5.0987794413111205</v>
       </c>
       <c r="H101" s="9">
         <v>5.4825497263917846</v>
       </c>
       <c r="I101" s="9">
         <v>5.481585977379047</v>
       </c>
       <c r="J101" s="9">
         <v>6.5470478093569957</v>
       </c>
       <c r="K101" s="9">
         <v>5.7723112123481606</v>
       </c>
       <c r="L101" s="9">
         <v>4.9608433124249762</v>
       </c>
       <c r="M101" s="9">
         <v>3.8057095191022192</v>
       </c>
       <c r="N101" s="9">
         <v>6.1793161533863357</v>
       </c>
       <c r="O101" s="9">
         <v>5.0291136664688265</v>
       </c>
     </row>
     <row r="102" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A102" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B102" s="9">
         <v>4.2887791675704161</v>
       </c>
       <c r="C102" s="9">
         <v>4.5908841139157399</v>
       </c>
       <c r="D102" s="9">
         <v>4.4813331397788501</v>
       </c>
       <c r="E102" s="9">
         <v>4.6509019323138716</v>
       </c>
       <c r="F102" s="9">
         <v>4.9760700438244863</v>
       </c>
       <c r="G102" s="9">
         <v>5.1529658524004693</v>
       </c>
       <c r="H102" s="9">
         <v>5.5705309966688343</v>
       </c>
       <c r="I102" s="9">
         <v>5.6358621060957903</v>
       </c>
       <c r="J102" s="9">
         <v>6.8255289869992763</v>
       </c>
       <c r="K102" s="9">
         <v>5.989265473137829</v>
       </c>
       <c r="L102" s="9">
         <v>5.0681720538382349</v>
       </c>
       <c r="M102" s="9">
         <v>3.885473138319449</v>
       </c>
       <c r="N102" s="9">
         <v>7.0654954600693687</v>
       </c>
       <c r="O102" s="9">
         <v>5.1345694954616388</v>
       </c>
     </row>
     <row r="103" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A103" s="2" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B103" s="9">
         <v>4.4051351014450786</v>
       </c>
       <c r="C103" s="9">
         <v>4.6136095561741071</v>
       </c>
       <c r="D103" s="9">
         <v>4.5583687295073618</v>
       </c>
       <c r="E103" s="9">
         <v>4.7652347331406624</v>
       </c>
       <c r="F103" s="9">
         <v>5.0234435719601871</v>
       </c>
       <c r="G103" s="9">
         <v>5.2318131140575685</v>
       </c>
       <c r="H103" s="9">
         <v>5.7359614918156963</v>
       </c>
       <c r="I103" s="9">
         <v>5.7785861128344527</v>
       </c>
       <c r="J103" s="9">
         <v>6.9472245077436545</v>
       </c>
       <c r="K103" s="9">
         <v>6.0283966528131128</v>
       </c>
       <c r="L103" s="9">
         <v>5.1881072070007228</v>
       </c>
       <c r="M103" s="9">
         <v>4.1594349132328823</v>
       </c>
       <c r="N103" s="9">
         <v>7.7159722054042605</v>
       </c>
       <c r="O103" s="9">
         <v>5.4003711401604226</v>
       </c>
     </row>
     <row r="104" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A104" s="2" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B104" s="9">
         <v>4.2451937246406493</v>
       </c>
       <c r="C104" s="9">
         <v>4.6399722698289914</v>
       </c>
       <c r="D104" s="9">
         <v>4.4949857512400442</v>
       </c>
       <c r="E104" s="9">
         <v>4.7415103102423037</v>
       </c>
       <c r="F104" s="9">
         <v>4.9417875509550839</v>
       </c>
       <c r="G104" s="9">
         <v>5.1858290666643692</v>
       </c>
       <c r="H104" s="9">
         <v>5.7609025814974304</v>
       </c>
       <c r="I104" s="9">
         <v>5.7345440771052596</v>
       </c>
       <c r="J104" s="9">
         <v>7.1929179634634597</v>
       </c>
       <c r="K104" s="9">
         <v>6.079183490131653</v>
       </c>
       <c r="L104" s="9">
         <v>5.0571721194553252</v>
       </c>
       <c r="M104" s="9">
         <v>4.143597537905447</v>
       </c>
       <c r="N104" s="9">
         <v>8.0510576430773444</v>
       </c>
       <c r="O104" s="9">
         <v>5.4183488558711126</v>
       </c>
     </row>
     <row r="105" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A105" s="2" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B105" s="9">
         <v>4.2574889272560421</v>
       </c>
       <c r="C105" s="9">
         <v>4.5783428921260789</v>
       </c>
       <c r="D105" s="9">
         <v>4.4476620219893812</v>
       </c>
       <c r="E105" s="9">
         <v>4.6149694578387761</v>
       </c>
       <c r="F105" s="9">
         <v>4.9208708579241014</v>
       </c>
       <c r="G105" s="9">
         <v>5.155839722021601</v>
       </c>
       <c r="H105" s="9">
         <v>5.6758508307593001</v>
       </c>
       <c r="I105" s="9">
         <v>5.6852407323109757</v>
       </c>
       <c r="J105" s="9">
         <v>7.1351362817735291</v>
       </c>
       <c r="K105" s="9">
         <v>5.9952446066300089</v>
       </c>
       <c r="L105" s="9">
         <v>4.982325142776177</v>
       </c>
       <c r="M105" s="9">
         <v>4.0706867444228436</v>
       </c>
       <c r="N105" s="9">
         <v>7.6320992602175108</v>
       </c>
       <c r="O105" s="9">
         <v>5.3681215273668501</v>
       </c>
     </row>
     <row r="106" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A106" s="2" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B106" s="9">
         <v>4.157626289573999</v>
       </c>
       <c r="C106" s="9">
         <v>4.4818104241521333</v>
       </c>
       <c r="D106" s="9">
         <v>4.3555120775010039</v>
       </c>
       <c r="E106" s="9">
         <v>4.5797724240114324</v>
       </c>
       <c r="F106" s="9">
         <v>4.8016897928922422</v>
       </c>
       <c r="G106" s="9">
         <v>4.9635254297417619</v>
       </c>
       <c r="H106" s="9">
         <v>5.4896514633650062</v>
       </c>
       <c r="I106" s="9">
         <v>5.5066367705297212</v>
       </c>
       <c r="J106" s="9">
         <v>6.9252726465113383</v>
       </c>
       <c r="K106" s="9">
         <v>5.7109252869662352</v>
       </c>
       <c r="L106" s="9">
         <v>4.8723441920866239</v>
       </c>
       <c r="M106" s="9">
         <v>4.0217049616778224</v>
       </c>
       <c r="N106" s="9">
         <v>6.5631313512853247</v>
       </c>
       <c r="O106" s="9">
         <v>5.1822468042973417</v>
       </c>
     </row>
     <row r="107" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A107" s="2" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B107" s="9">
         <v>4.0142821052831987</v>
       </c>
       <c r="C107" s="9">
         <v>4.1695718269795652</v>
       </c>
       <c r="D107" s="9">
         <v>4.1327481901043184</v>
       </c>
       <c r="E107" s="9">
         <v>4.2327043373671058</v>
       </c>
       <c r="F107" s="9">
         <v>4.6125086907596593</v>
       </c>
       <c r="G107" s="9">
         <v>4.6576586977916792</v>
       </c>
       <c r="H107" s="9">
         <v>5.2268085173322358</v>
       </c>
       <c r="I107" s="9">
         <v>5.2405463910057861</v>
       </c>
       <c r="J107" s="9">
         <v>6.4623709762160599</v>
       </c>
       <c r="K107" s="9">
         <v>5.5436142263000292</v>
       </c>
       <c r="L107" s="9">
         <v>4.59148988982985</v>
       </c>
       <c r="M107" s="9">
         <v>3.8943316548834486</v>
       </c>
       <c r="N107" s="9">
         <v>5.7050891988230603</v>
       </c>
       <c r="O107" s="9">
         <v>4.9065892243776776</v>
       </c>
     </row>
     <row r="108" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A108" s="2" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B108" s="9">
         <v>3.784072642444567</v>
       </c>
       <c r="C108" s="9">
         <v>4.046963202164747</v>
       </c>
       <c r="D108" s="9">
         <v>3.9662053185307395</v>
       </c>
       <c r="E108" s="9">
         <v>4.0937006152568092</v>
       </c>
       <c r="F108" s="9">
         <v>4.3549163733198366</v>
       </c>
       <c r="G108" s="9">
         <v>4.3533707710049319</v>
       </c>
       <c r="H108" s="9">
         <v>4.8992747589078478</v>
       </c>
       <c r="I108" s="9">
         <v>4.9031700831795684</v>
       </c>
       <c r="J108" s="9">
         <v>6.3441686345886987</v>
       </c>
       <c r="K108" s="9">
         <v>5.1456589417134335</v>
       </c>
       <c r="L108" s="9">
         <v>4.4303661430883565</v>
       </c>
       <c r="M108" s="9">
         <v>3.7064324143856968</v>
       </c>
       <c r="N108" s="9">
         <v>5.4010935396112352</v>
       </c>
       <c r="O108" s="9">
         <v>4.6744718007370745</v>
       </c>
     </row>
     <row r="109" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A109" s="2" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B109" s="9">
         <v>3.5937729279571946</v>
       </c>
       <c r="C109" s="9">
         <v>3.7287520618931054</v>
       </c>
       <c r="D109" s="9">
         <v>3.6991624668368011</v>
       </c>
       <c r="E109" s="9">
         <v>3.7638454870505766</v>
       </c>
       <c r="F109" s="9">
         <v>4.0915396261331232</v>
       </c>
       <c r="G109" s="9">
         <v>4.1539578163849464</v>
       </c>
       <c r="H109" s="9">
         <v>4.5815322724890946</v>
       </c>
       <c r="I109" s="9">
         <v>4.6455365156030464</v>
       </c>
       <c r="J109" s="9">
         <v>5.7953024314051218</v>
       </c>
       <c r="K109" s="9">
         <v>4.8819665560024559</v>
       </c>
       <c r="L109" s="9">
         <v>4.1843766673152389</v>
       </c>
       <c r="M109" s="9">
         <v>3.5903116163795805</v>
       </c>
       <c r="N109" s="9">
         <v>4.9446884947745531</v>
       </c>
       <c r="O109" s="9">
         <v>4.3877857292258646</v>
       </c>
     </row>
     <row r="110" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A110" s="2" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B110" s="9">
         <v>3.1288626688119505</v>
       </c>
       <c r="C110" s="9">
         <v>3.4466214841699214</v>
       </c>
       <c r="D110" s="9">
         <v>3.4904492409192969</v>
       </c>
       <c r="E110" s="9">
         <v>3.4432983054440744</v>
       </c>
       <c r="F110" s="9">
         <v>3.8948382963089228</v>
       </c>
       <c r="G110" s="9">
         <v>3.7774360048135116</v>
       </c>
       <c r="H110" s="9">
         <v>4.2661606562003822</v>
       </c>
       <c r="I110" s="9">
         <v>4.3840380988444272</v>
       </c>
       <c r="J110" s="9">
         <v>5.4328501761149601</v>
       </c>
       <c r="K110" s="9">
         <v>4.6650123041397631</v>
       </c>
       <c r="L110" s="9">
         <v>3.5012190082484738</v>
       </c>
       <c r="M110" s="9">
         <v>3.382165345234958</v>
       </c>
       <c r="N110" s="9">
         <v>4.7843674412741164</v>
       </c>
       <c r="O110" s="9">
         <v>4.1059039837399727</v>
       </c>
     </row>
     <row r="111" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A111" s="2" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B111" s="9">
         <v>3.2236917432460759</v>
       </c>
       <c r="C111" s="9">
         <v>3.5983183128011884</v>
       </c>
       <c r="D111" s="9">
         <v>3.5336290445706737</v>
       </c>
       <c r="E111" s="9">
         <v>3.5924901242935894</v>
       </c>
       <c r="F111" s="9">
         <v>3.872970903093254</v>
       </c>
       <c r="G111" s="9">
         <v>3.9965143360572339</v>
       </c>
       <c r="H111" s="9">
         <v>4.4688708350606525</v>
       </c>
       <c r="I111" s="9">
         <v>4.5823392488809453</v>
       </c>
       <c r="J111" s="9">
         <v>5.6751679405453039</v>
       </c>
       <c r="K111" s="9">
         <v>4.7190125416391284</v>
       </c>
       <c r="L111" s="9">
         <v>3.9979940241376268</v>
       </c>
       <c r="M111" s="9">
         <v>3.4528027954654945</v>
       </c>
       <c r="N111" s="9">
         <v>4.1311785643921555</v>
       </c>
       <c r="O111" s="9">
         <v>4.2152340314808026</v>
       </c>
     </row>
     <row r="112" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A112" s="2" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B112" s="9">
         <v>3.3588243975499448</v>
       </c>
       <c r="C112" s="9">
         <v>3.6345072679759216</v>
       </c>
       <c r="D112" s="9">
         <v>3.574279232542553</v>
       </c>
       <c r="E112" s="9">
         <v>3.6885840279695046</v>
       </c>
       <c r="F112" s="9">
         <v>3.946971095203669</v>
       </c>
       <c r="G112" s="9">
         <v>4.175847084224583</v>
       </c>
       <c r="H112" s="9">
         <v>4.6482780040391027</v>
       </c>
       <c r="I112" s="9">
         <v>4.7567538707821813</v>
       </c>
       <c r="J112" s="9">
         <v>6.0223377383373826</v>
       </c>
       <c r="K112" s="9">
         <v>4.8717698303269552</v>
       </c>
       <c r="L112" s="9">
         <v>3.9972813768432607</v>
       </c>
       <c r="M112" s="9">
         <v>3.4871872434621802</v>
       </c>
       <c r="N112" s="9">
         <v>4.52962575426442</v>
       </c>
       <c r="O112" s="9">
         <v>4.3546214497262428</v>
       </c>
     </row>
     <row r="113" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A113" s="2" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B113" s="9">
         <v>3.3068184773234521</v>
       </c>
       <c r="C113" s="9">
         <v>3.7204367481554836</v>
       </c>
       <c r="D113" s="9">
         <v>3.6320859761268531</v>
       </c>
       <c r="E113" s="9">
         <v>3.7584069067845465</v>
       </c>
       <c r="F113" s="9">
         <v>3.9823545441492367</v>
       </c>
       <c r="G113" s="9">
         <v>4.3074128195696568</v>
       </c>
       <c r="H113" s="9">
         <v>4.671656839985399</v>
       </c>
       <c r="I113" s="9">
         <v>4.8461817446101545</v>
       </c>
       <c r="J113" s="9">
         <v>6.0996360980801301</v>
       </c>
       <c r="K113" s="9">
         <v>4.9768764927760607</v>
       </c>
       <c r="L113" s="9">
         <v>4.0466098437952631</v>
       </c>
       <c r="M113" s="9">
         <v>3.5231168547309784</v>
       </c>
       <c r="N113" s="9">
         <v>4.429106796789525</v>
       </c>
       <c r="O113" s="9">
         <v>4.4040108208647757</v>
       </c>
     </row>
     <row r="114" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A114" s="2" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B114" s="9">
         <v>3.2687916388205687</v>
       </c>
       <c r="C114" s="9">
         <v>3.6982942971106749</v>
       </c>
       <c r="D114" s="9">
         <v>3.5852519605592694</v>
       </c>
       <c r="E114" s="9">
         <v>3.8832414515119678</v>
       </c>
       <c r="F114" s="9">
         <v>3.9727822384996401</v>
       </c>
       <c r="G114" s="9">
         <v>4.1544727889226563</v>
       </c>
       <c r="H114" s="9">
         <v>4.8298673739994022</v>
       </c>
       <c r="I114" s="9">
         <v>4.9011998448571727</v>
       </c>
       <c r="J114" s="9">
         <v>6.2472341405007468</v>
       </c>
       <c r="K114" s="9">
         <v>5.0415724639885955</v>
       </c>
       <c r="L114" s="9">
         <v>4.1506366874507021</v>
       </c>
       <c r="M114" s="9">
         <v>3.5075324892951714</v>
       </c>
       <c r="N114" s="9">
         <v>3.9323773733416765</v>
       </c>
       <c r="O114" s="9">
         <v>4.4180986526960586</v>
       </c>
     </row>
     <row r="115" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A115" s="2" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B115" s="9">
         <v>3.3331628673676588</v>
       </c>
       <c r="C115" s="9">
         <v>3.9601120439013497</v>
       </c>
       <c r="D115" s="9">
         <v>3.7570356441770949</v>
       </c>
       <c r="E115" s="9">
         <v>3.8949555007006751</v>
       </c>
       <c r="F115" s="9">
         <v>4.1720486961335022</v>
       </c>
       <c r="G115" s="9">
         <v>4.2551363959393464</v>
       </c>
       <c r="H115" s="9">
         <v>4.8861959530490209</v>
       </c>
       <c r="I115" s="9">
         <v>5.0636320734735518</v>
       </c>
       <c r="J115" s="9">
         <v>6.4731221026739814</v>
       </c>
       <c r="K115" s="9">
         <v>5.2996162465832448</v>
       </c>
       <c r="L115" s="9">
         <v>4.0970416938179035</v>
       </c>
       <c r="M115" s="9">
         <v>3.7290465992411712</v>
       </c>
       <c r="N115" s="9">
         <v>3.6159182019546443</v>
       </c>
       <c r="O115" s="9">
         <v>4.578891205725526</v>
       </c>
     </row>
     <row r="116" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A116" s="2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B116" s="9">
         <v>3.2756011675788339</v>
       </c>
       <c r="C116" s="9">
         <v>3.7310594499081464</v>
       </c>
       <c r="D116" s="9">
         <v>3.5768572720342853</v>
       </c>
       <c r="E116" s="9">
         <v>3.9563375303665107</v>
       </c>
       <c r="F116" s="9">
         <v>4.2999422056541361</v>
       </c>
       <c r="G116" s="9">
         <v>4.2666603662843512</v>
       </c>
       <c r="H116" s="9">
         <v>4.8158340616022777</v>
       </c>
       <c r="I116" s="9">
         <v>5.0513560816087963</v>
       </c>
       <c r="J116" s="9">
         <v>6.3794495914767939</v>
       </c>
       <c r="K116" s="9">
         <v>5.1705134209896242</v>
       </c>
       <c r="L116" s="9">
         <v>4.0516713071614747</v>
       </c>
       <c r="M116" s="9">
         <v>3.5012038452567658</v>
       </c>
       <c r="N116" s="9">
         <v>3.8311467047442527</v>
       </c>
       <c r="O116" s="9">
         <v>4.4816006781750017</v>
       </c>
     </row>
     <row r="117" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A117" s="2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B117" s="9">
         <v>3.4376981678238696</v>
       </c>
       <c r="C117" s="9">
         <v>3.5903913947279715</v>
       </c>
       <c r="D117" s="9">
         <v>3.689565650892968</v>
       </c>
       <c r="E117" s="9">
         <v>3.8553731958763402</v>
       </c>
       <c r="F117" s="9">
         <v>3.9947236252622988</v>
       </c>
       <c r="G117" s="9">
         <v>4.2750920747380174</v>
       </c>
       <c r="H117" s="9">
         <v>4.6511391399049407</v>
       </c>
       <c r="I117" s="9">
         <v>4.8939602713429462</v>
       </c>
       <c r="J117" s="9">
         <v>6.1954264973487101</v>
       </c>
       <c r="K117" s="9">
         <v>4.8888506343539682</v>
       </c>
       <c r="L117" s="9">
         <v>3.8789792311560647</v>
       </c>
       <c r="M117" s="9">
         <v>3.3371754882270603</v>
       </c>
       <c r="N117" s="9">
         <v>3.9842107415360002</v>
       </c>
       <c r="O117" s="9">
         <v>4.3707832536704201</v>
       </c>
     </row>
     <row r="118" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A118" s="2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B118" s="9">
         <v>3.1844122555891232</v>
       </c>
       <c r="C118" s="9">
         <v>3.74078870895808</v>
       </c>
       <c r="D118" s="9">
         <v>3.709559392147368</v>
       </c>
       <c r="E118" s="9">
         <v>3.8095411261772938</v>
       </c>
       <c r="F118" s="9">
         <v>4.0295017483068447</v>
       </c>
       <c r="G118" s="9">
         <v>4.1999524233890222</v>
       </c>
       <c r="H118" s="9">
         <v>4.6532243985656301</v>
       </c>
       <c r="I118" s="9">
         <v>4.9335602666348786</v>
       </c>
       <c r="J118" s="9">
         <v>6.224918287372069</v>
       </c>
       <c r="K118" s="9">
         <v>4.8997328030480745</v>
       </c>
       <c r="L118" s="9">
         <v>3.9410707635597819</v>
       </c>
       <c r="M118" s="9">
         <v>3.3372078713109876</v>
       </c>
       <c r="N118" s="9">
         <v>3.6426951815384174</v>
       </c>
       <c r="O118" s="9">
         <v>4.3699396395882308</v>
       </c>
     </row>
     <row r="119" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A119" s="2" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B119" s="9">
         <v>3.0460576971333908</v>
       </c>
       <c r="C119" s="9">
         <v>3.5655318989173073</v>
       </c>
       <c r="D119" s="9">
         <v>3.6991771475757536</v>
       </c>
       <c r="E119" s="9">
         <v>3.8159977818336754</v>
       </c>
       <c r="F119" s="9">
         <v>4.0983056289406141</v>
       </c>
       <c r="G119" s="9">
         <v>4.4345315087101609</v>
       </c>
       <c r="H119" s="9">
         <v>4.6909846364275252</v>
       </c>
       <c r="I119" s="9">
         <v>5.0666463814382974</v>
       </c>
       <c r="J119" s="9">
         <v>6.4896265131346054</v>
       </c>
       <c r="K119" s="9">
         <v>5.1984146600395897</v>
       </c>
       <c r="L119" s="9">
         <v>4.0719039562138626</v>
       </c>
       <c r="M119" s="9">
         <v>3.3538415824312584</v>
       </c>
       <c r="N119" s="9">
         <v>3.6679541300667928</v>
       </c>
       <c r="O119" s="9">
         <v>4.440636798960262</v>
       </c>
     </row>
     <row r="120" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A120" s="2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B120" s="9">
         <v>3.3096645730815877</v>
       </c>
       <c r="C120" s="9">
         <v>3.5891682883273379</v>
       </c>
       <c r="D120" s="9">
         <v>3.6488016137731694</v>
       </c>
       <c r="E120" s="9">
         <v>3.8968005964994448</v>
       </c>
       <c r="F120" s="9">
         <v>4.1196558104974006</v>
       </c>
       <c r="G120" s="9">
         <v>4.3696880365267576</v>
       </c>
       <c r="H120" s="9">
         <v>4.7906061687111565</v>
       </c>
       <c r="I120" s="9">
         <v>5.155328701648739</v>
       </c>
       <c r="J120" s="9">
         <v>6.3846840705682153</v>
       </c>
       <c r="K120" s="9">
         <v>5.16746649379599</v>
       </c>
       <c r="L120" s="9">
         <v>3.9420197223110507</v>
       </c>
       <c r="M120" s="9">
         <v>3.4584236269324404</v>
       </c>
       <c r="N120" s="9">
         <v>3.6435627814134257</v>
       </c>
       <c r="O120" s="9">
         <v>4.4671382126229453</v>
       </c>
     </row>
     <row r="121" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A121" s="2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B121" s="9">
         <v>3.3360972708270311</v>
       </c>
       <c r="C121" s="9">
         <v>3.5702257748278172</v>
       </c>
       <c r="D121" s="9">
         <v>3.5515359522937104</v>
       </c>
       <c r="E121" s="9">
         <v>3.9591305619230743</v>
       </c>
       <c r="F121" s="9">
         <v>4.0688606590604905</v>
       </c>
       <c r="G121" s="9">
         <v>4.4005704252165385</v>
       </c>
       <c r="H121" s="9">
         <v>4.7069192830501967</v>
       </c>
       <c r="I121" s="9">
         <v>5.0568904255084046</v>
       </c>
       <c r="J121" s="9">
         <v>6.4957114530136257</v>
       </c>
       <c r="K121" s="9">
         <v>5.0215347723667705</v>
       </c>
       <c r="L121" s="9">
         <v>4.0498008414494331</v>
       </c>
       <c r="M121" s="9">
         <v>3.3553029938617049</v>
       </c>
       <c r="N121" s="9">
         <v>3.5327181533433842</v>
       </c>
       <c r="O121" s="9">
         <v>4.4333063540230331</v>
       </c>
     </row>
     <row r="122" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A122" s="2" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B122" s="9">
         <v>3.2591523882616573</v>
       </c>
       <c r="C122" s="9">
         <v>3.4990606440558771</v>
       </c>
       <c r="D122" s="9">
         <v>3.6214537018545419</v>
       </c>
       <c r="E122" s="9">
         <v>3.9488786387503394</v>
       </c>
       <c r="F122" s="9">
         <v>4.002144581392888</v>
       </c>
       <c r="G122" s="9">
         <v>4.2949151691570613</v>
       </c>
       <c r="H122" s="9">
         <v>4.7543309819512771</v>
       </c>
       <c r="I122" s="9">
         <v>5.0308737425400443</v>
       </c>
       <c r="J122" s="9">
         <v>6.4260410286524658</v>
       </c>
       <c r="K122" s="9">
         <v>4.9318582517493255</v>
       </c>
       <c r="L122" s="9">
         <v>3.7673703890398533</v>
       </c>
       <c r="M122" s="9">
         <v>3.288535496607905</v>
       </c>
       <c r="N122" s="9">
         <v>3.3527341196324323</v>
       </c>
       <c r="O122" s="9">
         <v>4.3677883994494957</v>
       </c>
     </row>
     <row r="123" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A123" s="2" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B123" s="9">
         <v>3.1821535319143432</v>
       </c>
       <c r="C123" s="9">
         <v>3.4634294442342255</v>
       </c>
       <c r="D123" s="9">
         <v>3.4679931780929496</v>
       </c>
       <c r="E123" s="9">
         <v>3.9738952856107836</v>
       </c>
       <c r="F123" s="9">
         <v>4.0966725655066805</v>
       </c>
       <c r="G123" s="9">
         <v>4.2464902700249594</v>
       </c>
       <c r="H123" s="9">
         <v>4.7578669962897049</v>
       </c>
       <c r="I123" s="9">
         <v>5.0987220580371853</v>
       </c>
       <c r="J123" s="9">
         <v>6.687351987260282</v>
       </c>
       <c r="K123" s="9">
         <v>4.996591957356304</v>
       </c>
       <c r="L123" s="9">
         <v>3.7904283459155987</v>
       </c>
       <c r="M123" s="9">
         <v>3.2985087849570021</v>
       </c>
       <c r="N123" s="9">
         <v>3.0166512249472026</v>
       </c>
       <c r="O123" s="9">
         <v>4.3891101143248008</v>
       </c>
     </row>
     <row r="124" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A124" s="2" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B124" s="9">
         <v>3.2308141418245628</v>
       </c>
       <c r="C124" s="9">
         <v>3.5831277461370683</v>
       </c>
       <c r="D124" s="9">
         <v>3.466459935453166</v>
       </c>
       <c r="E124" s="9">
         <v>3.8371327420324866</v>
       </c>
       <c r="F124" s="9">
         <v>4.0579182552675679</v>
       </c>
       <c r="G124" s="9">
         <v>4.217099901478238</v>
       </c>
       <c r="H124" s="9">
         <v>4.71673844130326</v>
       </c>
       <c r="I124" s="9">
         <v>4.9935212488473963</v>
       </c>
       <c r="J124" s="9">
         <v>6.6028864646042793</v>
       </c>
       <c r="K124" s="9">
         <v>4.9800711371349093</v>
       </c>
       <c r="L124" s="9">
         <v>3.8249473025272582</v>
       </c>
       <c r="M124" s="9">
         <v>3.1945006337272157</v>
       </c>
       <c r="N124" s="9">
         <v>3.0172030660228688</v>
       </c>
       <c r="O124" s="9">
         <v>4.3533986825489821</v>
       </c>
     </row>
     <row r="125" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A125" s="2" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B125" s="9">
         <v>3.1056156063745117</v>
       </c>
       <c r="C125" s="9">
         <v>3.3669420471444362</v>
       </c>
       <c r="D125" s="9">
         <v>3.451624604202109</v>
       </c>
       <c r="E125" s="9">
         <v>3.8682657388377266</v>
       </c>
       <c r="F125" s="9">
         <v>4.0358360274833611</v>
       </c>
       <c r="G125" s="9">
         <v>4.2253577929499526</v>
       </c>
       <c r="H125" s="9">
         <v>4.7344770318561267</v>
       </c>
       <c r="I125" s="9">
         <v>4.9918335030888867</v>
       </c>
       <c r="J125" s="9">
         <v>6.6367425218148277</v>
       </c>
       <c r="K125" s="9">
         <v>4.9483159907660665</v>
       </c>
       <c r="L125" s="9">
         <v>3.8211086319283289</v>
       </c>
       <c r="M125" s="9">
         <v>3.1945856414726137</v>
       </c>
       <c r="N125" s="9">
         <v>3.0749618822518392</v>
       </c>
       <c r="O125" s="9">
         <v>4.3333809753910035</v>
       </c>
     </row>
     <row r="126" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A126" s="2" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B126" s="9">
         <v>3.1704330653814417</v>
       </c>
       <c r="C126" s="9">
         <v>3.4720628719337179</v>
       </c>
       <c r="D126" s="9">
         <v>3.453843411167699</v>
       </c>
       <c r="E126" s="9">
         <v>3.8784937065066454</v>
       </c>
       <c r="F126" s="9">
         <v>3.9898842774203689</v>
       </c>
       <c r="G126" s="9">
         <v>4.2026016268618731</v>
       </c>
       <c r="H126" s="9">
         <v>4.7193860766390978</v>
       </c>
       <c r="I126" s="9">
         <v>5.0752606995255904</v>
       </c>
       <c r="J126" s="9">
         <v>6.7492576129578596</v>
       </c>
       <c r="K126" s="9">
         <v>4.9704653225722373</v>
       </c>
       <c r="L126" s="9">
         <v>3.8636006244261032</v>
       </c>
       <c r="M126" s="9">
         <v>3.1001930299962628</v>
       </c>
       <c r="N126" s="9">
         <v>3.2375627244996243</v>
       </c>
       <c r="O126" s="9">
         <v>4.3393715172324612</v>
       </c>
     </row>
     <row r="127" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A127" s="2" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B127" s="9">
         <v>3.1845060491090189</v>
       </c>
       <c r="C127" s="9">
         <v>3.4776475506646127</v>
       </c>
       <c r="D127" s="9">
         <v>3.5183143766735161</v>
       </c>
       <c r="E127" s="9">
         <v>3.9045509041453985</v>
       </c>
       <c r="F127" s="9">
         <v>4.0840525810122372</v>
       </c>
       <c r="G127" s="9">
         <v>4.4273436640617625</v>
       </c>
       <c r="H127" s="9">
         <v>4.8064757302479304</v>
       </c>
       <c r="I127" s="9">
         <v>5.1866072658233238</v>
       </c>
       <c r="J127" s="9">
         <v>7.0601508080349769</v>
       </c>
       <c r="K127" s="9">
         <v>5.0450754654689129</v>
       </c>
       <c r="L127" s="9">
         <v>3.8134214205732846</v>
       </c>
       <c r="M127" s="9">
         <v>3.2325157098548494</v>
       </c>
       <c r="N127" s="9">
         <v>3.3174646014905185</v>
       </c>
       <c r="O127" s="9">
         <v>4.4311792302716757</v>
       </c>
     </row>
     <row r="128" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A128" s="2" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B128" s="9">
         <v>3.1927982175286025</v>
       </c>
       <c r="C128" s="9">
         <v>3.5852069371297359</v>
       </c>
       <c r="D128" s="9">
         <v>3.6023681564304777</v>
       </c>
       <c r="E128" s="9">
         <v>4.0407038958744614</v>
       </c>
       <c r="F128" s="9">
         <v>4.1721572386187349</v>
       </c>
       <c r="G128" s="9">
         <v>4.526458358994601</v>
       </c>
       <c r="H128" s="9">
         <v>4.8954670240719338</v>
       </c>
       <c r="I128" s="9">
         <v>5.3173197179099674</v>
       </c>
       <c r="J128" s="9">
         <v>7.3319018381816052</v>
       </c>
       <c r="K128" s="9">
         <v>5.1110318688954788</v>
       </c>
       <c r="L128" s="9">
         <v>3.9525531770340185</v>
       </c>
       <c r="M128" s="9">
         <v>3.2180795617681133</v>
       </c>
       <c r="N128" s="9">
         <v>3.2983094475842547</v>
       </c>
       <c r="O128" s="9">
         <v>4.525303812898561</v>
       </c>
     </row>
     <row r="129" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A129" s="2" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B129" s="9">
         <v>3.2117349374183144</v>
       </c>
       <c r="C129" s="9">
         <v>3.6808850831468711</v>
       </c>
       <c r="D129" s="9">
         <v>3.6378198347791546</v>
       </c>
       <c r="E129" s="9">
         <v>4.0715087061368926</v>
       </c>
       <c r="F129" s="9">
         <v>4.2353932279851145</v>
       </c>
       <c r="G129" s="9">
         <v>4.5169428584700091</v>
       </c>
       <c r="H129" s="9">
         <v>5.0635671615356781</v>
       </c>
       <c r="I129" s="9">
         <v>5.4593117163157725</v>
       </c>
       <c r="J129" s="9">
         <v>7.6180695682599691</v>
       </c>
       <c r="K129" s="9">
         <v>5.2682856879754629</v>
       </c>
       <c r="L129" s="9">
         <v>4.0416345203770421</v>
       </c>
       <c r="M129" s="9">
         <v>3.3050893366145151</v>
       </c>
       <c r="N129" s="9">
         <v>3.4498829240388069</v>
       </c>
       <c r="O129" s="9">
         <v>4.6287874432440903</v>
       </c>
     </row>
     <row r="130" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A130" s="2" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B130" s="9">
         <v>3.2427083795842631</v>
       </c>
       <c r="C130" s="9">
         <v>3.6565578423072727</v>
       </c>
       <c r="D130" s="9">
         <v>3.6509677265670359</v>
       </c>
       <c r="E130" s="9">
         <v>4.1817781378697925</v>
       </c>
       <c r="F130" s="9">
         <v>4.3100328713160101</v>
       </c>
       <c r="G130" s="9">
         <v>4.7562577763876837</v>
       </c>
       <c r="H130" s="9">
         <v>5.1872237416633018</v>
       </c>
       <c r="I130" s="9">
         <v>5.604241656554521</v>
       </c>
       <c r="J130" s="9">
         <v>8.0519278306190678</v>
       </c>
       <c r="K130" s="9">
         <v>5.410717122778232</v>
       </c>
       <c r="L130" s="9">
         <v>4.0154670202135128</v>
       </c>
       <c r="M130" s="9">
         <v>3.3491452419676029</v>
       </c>
       <c r="N130" s="9">
         <v>3.4286875196662936</v>
       </c>
       <c r="O130" s="9">
         <v>4.755663321069548</v>
       </c>
     </row>
     <row r="131" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A131" s="2" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B131" s="9">
         <v>3.3710408416701005</v>
       </c>
       <c r="C131" s="9">
         <v>3.6873089357237889</v>
       </c>
       <c r="D131" s="9">
         <v>3.7523306379178845</v>
       </c>
       <c r="E131" s="9">
         <v>4.3251231549115357</v>
       </c>
       <c r="F131" s="9">
         <v>4.3444793808732358</v>
       </c>
       <c r="G131" s="9">
         <v>4.8286586079680029</v>
       </c>
       <c r="H131" s="9">
         <v>5.443964546269819</v>
       </c>
       <c r="I131" s="9">
         <v>6.0610923681324271</v>
       </c>
       <c r="J131" s="9">
         <v>8.9084243559831666</v>
       </c>
       <c r="K131" s="9">
         <v>5.6091433218323576</v>
       </c>
       <c r="L131" s="9">
         <v>4.1840986762212697</v>
       </c>
       <c r="M131" s="9">
         <v>3.4128818366039808</v>
       </c>
       <c r="N131" s="9">
         <v>3.7354824630440797</v>
       </c>
       <c r="O131" s="9">
         <v>4.9503239595847184</v>
       </c>
     </row>
     <row r="132" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A132" s="2" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B132" s="9">
         <v>3.3364267828846299</v>
       </c>
       <c r="C132" s="9">
         <v>3.7473961430356191</v>
       </c>
       <c r="D132" s="9">
         <v>3.7980122782049066</v>
       </c>
       <c r="E132" s="9">
         <v>4.3649056415940937</v>
       </c>
       <c r="F132" s="9">
         <v>4.5146902475928803</v>
       </c>
       <c r="G132" s="9">
         <v>5.0153397434208316</v>
       </c>
       <c r="H132" s="9">
         <v>5.4843899865019905</v>
       </c>
       <c r="I132" s="9">
         <v>6.1326851186056448</v>
       </c>
       <c r="J132" s="9">
         <v>8.8681877289748847</v>
       </c>
       <c r="K132" s="9">
         <v>5.6334664572955804</v>
       </c>
       <c r="L132" s="9">
         <v>4.0858654362343714</v>
       </c>
       <c r="M132" s="9">
         <v>3.4768956619414713</v>
       </c>
       <c r="N132" s="9">
         <v>3.6986306325224487</v>
       </c>
       <c r="O132" s="9">
         <v>5.0233915143010428</v>
       </c>
     </row>
     <row r="133" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A133" s="2" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B133" s="9">
         <v>3.3703511458435789</v>
       </c>
       <c r="C133" s="9">
         <v>3.6842536251138815</v>
       </c>
       <c r="D133" s="9">
         <v>3.7265003162802866</v>
       </c>
       <c r="E133" s="9">
         <v>4.3007791861576834</v>
       </c>
       <c r="F133" s="9">
         <v>4.5069205955778306</v>
       </c>
       <c r="G133" s="9">
         <v>4.9381610846136281</v>
       </c>
       <c r="H133" s="9">
         <v>5.5828856951915098</v>
       </c>
       <c r="I133" s="9">
         <v>6.1959616163361533</v>
       </c>
       <c r="J133" s="9">
         <v>9.0730721003262058</v>
       </c>
       <c r="K133" s="9">
         <v>5.677227252534558</v>
       </c>
       <c r="L133" s="9">
         <v>4.0273364729446195</v>
       </c>
       <c r="M133" s="9">
         <v>3.4675050374780754</v>
       </c>
       <c r="N133" s="9">
         <v>3.8128341766241198</v>
       </c>
       <c r="O133" s="9">
         <v>5.018171584907793</v>
       </c>
     </row>
     <row r="134" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A134" s="2" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B134" s="9">
         <v>3.5353423739921723</v>
       </c>
       <c r="C134" s="9">
         <v>3.5668864240050988</v>
       </c>
       <c r="D134" s="9">
         <v>3.7275405811588418</v>
       </c>
       <c r="E134" s="9">
         <v>4.341442775373463</v>
       </c>
       <c r="F134" s="9">
         <v>4.4432618410026077</v>
       </c>
       <c r="G134" s="9">
         <v>4.9924946126554595</v>
       </c>
       <c r="H134" s="9">
         <v>5.5413893544757826</v>
       </c>
       <c r="I134" s="9">
         <v>6.3156639621608566</v>
       </c>
       <c r="J134" s="9">
         <v>9.1290055244817463</v>
       </c>
       <c r="K134" s="9">
         <v>5.6417502001830178</v>
       </c>
       <c r="L134" s="9">
         <v>3.8942680259284823</v>
       </c>
       <c r="M134" s="9">
         <v>3.3817551761215463</v>
       </c>
       <c r="N134" s="9">
         <v>3.8142998802471877</v>
       </c>
       <c r="O134" s="9">
         <v>4.9975417735989085</v>
       </c>
     </row>
     <row r="135" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A135" s="2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B135" s="9">
         <v>3.3869884768076552</v>
       </c>
       <c r="C135" s="9">
         <v>3.7283372310869964</v>
       </c>
       <c r="D135" s="9">
         <v>3.7472076130946577</v>
       </c>
       <c r="E135" s="9">
         <v>4.3522753314128915</v>
       </c>
       <c r="F135" s="9">
         <v>4.5029960392260877</v>
       </c>
       <c r="G135" s="9">
         <v>5.0538446638576646</v>
       </c>
       <c r="H135" s="9">
         <v>5.7301180217612808</v>
       </c>
       <c r="I135" s="9">
         <v>6.4557362373871685</v>
       </c>
       <c r="J135" s="9">
         <v>9.5223241788031121</v>
       </c>
       <c r="K135" s="9">
         <v>5.7102338759185205</v>
       </c>
       <c r="L135" s="9">
         <v>4.062319658806671</v>
       </c>
       <c r="M135" s="9">
         <v>3.4078828658576001</v>
       </c>
       <c r="N135" s="9">
         <v>4.0097573954303609</v>
       </c>
       <c r="O135" s="9">
         <v>5.1239659951259391</v>
       </c>
     </row>
     <row r="136" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A136" s="2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B136" s="9">
         <v>3.4013916752380688</v>
       </c>
       <c r="C136" s="9">
         <v>3.6874302530258518</v>
       </c>
       <c r="D136" s="9">
         <v>3.7222804591235832</v>
       </c>
       <c r="E136" s="9">
         <v>4.3189358560754796</v>
       </c>
       <c r="F136" s="9">
         <v>4.5003815087080525</v>
       </c>
       <c r="G136" s="9">
         <v>4.9902069527766235</v>
       </c>
       <c r="H136" s="9">
         <v>5.7589406010090478</v>
       </c>
       <c r="I136" s="9">
         <v>6.6996950793234307</v>
       </c>
       <c r="J136" s="9">
         <v>9.7654947885651087</v>
       </c>
       <c r="K136" s="9">
         <v>5.8515993004547937</v>
       </c>
       <c r="L136" s="9">
         <v>4.0584216156325539</v>
       </c>
       <c r="M136" s="9">
         <v>3.3161703049616298</v>
       </c>
       <c r="N136" s="9">
         <v>3.8524860784272073</v>
       </c>
       <c r="O136" s="9">
         <v>5.1189997557001297</v>
       </c>
     </row>
     <row r="137" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A137" s="2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B137" s="9">
         <v>3.4629932033959996</v>
       </c>
       <c r="C137" s="9">
         <v>3.6625034189839853</v>
       </c>
       <c r="D137" s="9">
         <v>3.7055095894299606</v>
       </c>
       <c r="E137" s="9">
         <v>4.2532162767184367</v>
       </c>
       <c r="F137" s="9">
         <v>4.4555612067689383</v>
       </c>
       <c r="G137" s="9">
         <v>5.0312915297590566</v>
       </c>
       <c r="H137" s="9">
         <v>5.8211080700226692</v>
       </c>
       <c r="I137" s="9">
         <v>6.76398556620157</v>
       </c>
       <c r="J137" s="9">
         <v>10.075883024640238</v>
       </c>
       <c r="K137" s="9">
         <v>5.7741985415252977</v>
       </c>
       <c r="L137" s="9">
         <v>3.9312593918186294</v>
       </c>
       <c r="M137" s="9">
         <v>3.3025090407602895</v>
       </c>
       <c r="N137" s="9">
         <v>3.8762985036899771</v>
       </c>
       <c r="O137" s="9">
         <v>5.1373895787699597</v>
       </c>
     </row>
     <row r="138" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A138" s="2" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B138" s="9">
         <v>3.4354657985659918</v>
       </c>
       <c r="C138" s="9">
         <v>3.6526313908038648</v>
       </c>
       <c r="D138" s="9">
         <v>3.6682914739701942</v>
       </c>
       <c r="E138" s="9">
         <v>4.3047050776461546</v>
       </c>
       <c r="F138" s="9">
         <v>4.4411057850136011</v>
       </c>
       <c r="G138" s="9">
         <v>5.1666547364274784</v>
       </c>
       <c r="H138" s="9">
         <v>5.8707687571020939</v>
       </c>
       <c r="I138" s="9">
         <v>7.0501813606498267</v>
       </c>
       <c r="J138" s="9">
         <v>9.9925081738798589</v>
       </c>
       <c r="K138" s="9">
         <v>5.7791509189760886</v>
       </c>
       <c r="L138" s="9">
         <v>3.9184769740410057</v>
       </c>
       <c r="M138" s="9">
         <v>3.2991392223851812</v>
       </c>
       <c r="N138" s="9">
         <v>3.7119715575671619</v>
       </c>
       <c r="O138" s="9">
         <v>5.1397478646769423</v>
       </c>
     </row>
     <row r="139" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A139" s="2" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B139" s="9">
         <v>3.3977988974277951</v>
       </c>
       <c r="C139" s="9">
         <v>3.7056837403619571</v>
       </c>
       <c r="D139" s="9">
         <v>3.7615908357659866</v>
       </c>
       <c r="E139" s="9">
         <v>4.3607296091925338</v>
       </c>
       <c r="F139" s="9">
         <v>4.5650187977708017</v>
       </c>
       <c r="G139" s="9">
         <v>5.237925728299154</v>
       </c>
       <c r="H139" s="9">
         <v>6.0203278166340262</v>
       </c>
       <c r="I139" s="9">
         <v>7.167249323925355</v>
       </c>
       <c r="J139" s="9">
         <v>10.201655545048901</v>
       </c>
       <c r="K139" s="9">
         <v>6.0043635407555058</v>
       </c>
       <c r="L139" s="9">
         <v>3.9357051930645057</v>
       </c>
       <c r="M139" s="9">
         <v>3.2750297940523256</v>
       </c>
       <c r="N139" s="9">
         <v>3.7854812259471098</v>
       </c>
       <c r="O139" s="9">
         <v>5.240079475732462</v>
       </c>
     </row>
     <row r="140" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A140" s="2" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B140" s="9">
         <v>3.3989982804390206</v>
       </c>
       <c r="C140" s="9">
         <v>3.7299831480937415</v>
       </c>
       <c r="D140" s="9">
         <v>3.8238532657072786</v>
       </c>
       <c r="E140" s="9">
         <v>4.3846138585381862</v>
       </c>
       <c r="F140" s="9">
         <v>4.5609666916163549</v>
       </c>
       <c r="G140" s="9">
         <v>5.2525029840080135</v>
       </c>
       <c r="H140" s="9">
         <v>6.0373248731935325</v>
       </c>
       <c r="I140" s="9">
         <v>7.1730663038768387</v>
       </c>
       <c r="J140" s="9">
         <v>10.167128492713356</v>
       </c>
       <c r="K140" s="9">
         <v>5.9498927786953884</v>
       </c>
       <c r="L140" s="9">
         <v>4.0022512288012244</v>
       </c>
       <c r="M140" s="9">
         <v>3.3017694021323334</v>
       </c>
       <c r="N140" s="9">
         <v>3.7699933015473333</v>
       </c>
       <c r="O140" s="9">
         <v>5.2523526779154066</v>
       </c>
     </row>
     <row r="141" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A141" s="2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B141" s="9">
         <v>3.3099059520824432</v>
       </c>
       <c r="C141" s="9">
         <v>3.6491762209269027</v>
       </c>
       <c r="D141" s="9">
         <v>3.7725498783357465</v>
       </c>
       <c r="E141" s="9">
         <v>4.3698471039834921</v>
       </c>
       <c r="F141" s="9">
         <v>4.4864900549350963</v>
       </c>
       <c r="G141" s="9">
         <v>5.3292417080758252</v>
       </c>
       <c r="H141" s="9">
         <v>6.0143341965426877</v>
       </c>
       <c r="I141" s="9">
         <v>7.1159084834532349</v>
       </c>
       <c r="J141" s="9">
         <v>9.9178195466299446</v>
       </c>
       <c r="K141" s="9">
         <v>5.8856934769896512</v>
       </c>
       <c r="L141" s="9">
         <v>3.9332463599842424</v>
       </c>
       <c r="M141" s="9">
         <v>3.2473484755126454</v>
       </c>
       <c r="N141" s="9">
         <v>3.8429766499403359</v>
       </c>
       <c r="O141" s="9">
         <v>5.1931640004209321</v>
       </c>
     </row>
     <row r="142" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A142" s="2" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B142" s="9">
         <v>3.2880888033760072</v>
       </c>
       <c r="C142" s="9">
         <v>3.6534216030802118</v>
       </c>
       <c r="D142" s="9">
         <v>3.8044768389759254</v>
       </c>
       <c r="E142" s="9">
         <v>4.383518595740056</v>
       </c>
       <c r="F142" s="9">
         <v>4.5795136702915009</v>
       </c>
       <c r="G142" s="9">
         <v>5.2288050533064512</v>
       </c>
       <c r="H142" s="9">
         <v>6.1176470340551461</v>
       </c>
       <c r="I142" s="9">
         <v>7.0937924610019749</v>
       </c>
       <c r="J142" s="9">
         <v>9.9751382221568079</v>
       </c>
       <c r="K142" s="9">
         <v>5.9896005363597506</v>
       </c>
       <c r="L142" s="9">
         <v>3.8879165236506648</v>
       </c>
       <c r="M142" s="9">
         <v>3.2749162364532527</v>
       </c>
       <c r="N142" s="9">
         <v>3.722523854815726</v>
       </c>
       <c r="O142" s="9">
         <v>5.200743591227142</v>
       </c>
     </row>
     <row r="143" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A143" s="2" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B143" s="9">
         <v>3.2769972296085088</v>
       </c>
       <c r="C143" s="9">
         <v>3.7085302503534869</v>
       </c>
       <c r="D143" s="9">
         <v>3.784596010579993</v>
       </c>
       <c r="E143" s="9">
         <v>4.4333883382332901</v>
       </c>
       <c r="F143" s="9">
         <v>4.5972420983688114</v>
       </c>
       <c r="G143" s="9">
         <v>5.2844074699790733</v>
       </c>
       <c r="H143" s="9">
         <v>6.110808632580448</v>
       </c>
       <c r="I143" s="9">
         <v>7.1445509205843702</v>
       </c>
       <c r="J143" s="9">
         <v>9.8125807400535923</v>
       </c>
       <c r="K143" s="9">
         <v>6.022141584444535</v>
       </c>
       <c r="L143" s="9">
         <v>3.9527964439432401</v>
       </c>
       <c r="M143" s="9">
         <v>3.26556570097264</v>
       </c>
       <c r="N143" s="9">
         <v>3.8835027327438567</v>
       </c>
       <c r="O143" s="9">
         <v>5.2117671592774064</v>
       </c>
     </row>
     <row r="144" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A144" s="2" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B144" s="9">
         <v>3.3885419504785497</v>
       </c>
       <c r="C144" s="9">
         <v>3.6786416683429297</v>
       </c>
       <c r="D144" s="9">
         <v>3.8222280848603072</v>
       </c>
       <c r="E144" s="9">
         <v>4.5023178706758742</v>
       </c>
       <c r="F144" s="9">
         <v>4.6253494461849467</v>
       </c>
       <c r="G144" s="9">
         <v>5.3101942895131247</v>
       </c>
       <c r="H144" s="9">
         <v>6.1424819367576307</v>
       </c>
       <c r="I144" s="9">
         <v>7.1095387810142281</v>
       </c>
       <c r="J144" s="9">
         <v>9.6745295815957562</v>
       </c>
       <c r="K144" s="9">
         <v>6.041024752936841</v>
       </c>
       <c r="L144" s="9">
         <v>3.9882446137155969</v>
       </c>
       <c r="M144" s="9">
         <v>3.2771491787999558</v>
       </c>
       <c r="N144" s="9">
         <v>3.892056122105251</v>
       </c>
       <c r="O144" s="9">
         <v>5.2269226787832981</v>
       </c>
     </row>
     <row r="145" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A145" s="2" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B145" s="9">
         <v>3.2407765476624171</v>
       </c>
       <c r="C145" s="9">
         <v>3.6053672596549351</v>
       </c>
       <c r="D145" s="9">
         <v>3.8108894306225021</v>
       </c>
       <c r="E145" s="9">
         <v>4.462992653332571</v>
       </c>
       <c r="F145" s="9">
         <v>4.5393823599954919</v>
       </c>
       <c r="G145" s="9">
         <v>5.3234528807355019</v>
       </c>
       <c r="H145" s="9">
         <v>6.0844285792495736</v>
       </c>
       <c r="I145" s="9">
         <v>7.0257508827606561</v>
       </c>
       <c r="J145" s="9">
         <v>9.6012447752152017</v>
       </c>
       <c r="K145" s="9">
         <v>5.9517058017964537</v>
       </c>
       <c r="L145" s="9">
         <v>3.9828944721579931</v>
       </c>
       <c r="M145" s="9">
         <v>3.2869889192879707</v>
       </c>
       <c r="N145" s="9">
         <v>3.8715758317902806</v>
       </c>
       <c r="O145" s="9">
         <v>5.175954204890469</v>
       </c>
     </row>
     <row r="146" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A146" s="2" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B146" s="9">
         <v>3.3395003548131403</v>
       </c>
       <c r="C146" s="9">
         <v>3.6849726314073692</v>
       </c>
       <c r="D146" s="9">
         <v>3.7574522027391661</v>
       </c>
       <c r="E146" s="9">
         <v>4.4950567702410877</v>
       </c>
       <c r="F146" s="9">
         <v>4.5639633485618702</v>
       </c>
       <c r="G146" s="9">
         <v>5.2420388841418832</v>
       </c>
       <c r="H146" s="9">
         <v>6.0718363926429895</v>
       </c>
       <c r="I146" s="9">
         <v>7.009147762252173</v>
       </c>
       <c r="J146" s="9">
         <v>9.6437321375245606</v>
       </c>
       <c r="K146" s="9">
         <v>5.9633712701784054</v>
       </c>
       <c r="L146" s="9">
         <v>4.0232908695388039</v>
       </c>
       <c r="M146" s="9">
         <v>3.2005651668881083</v>
       </c>
       <c r="N146" s="9">
         <v>4.0018771703288065</v>
       </c>
       <c r="O146" s="9">
         <v>5.1701230761968846</v>
       </c>
     </row>
     <row r="147" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A147" s="2" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B147" s="9">
         <v>3.2520331054093714</v>
       </c>
       <c r="C147" s="9">
         <v>3.6233431491104171</v>
       </c>
       <c r="D147" s="9">
         <v>3.8402447064830003</v>
       </c>
       <c r="E147" s="9">
         <v>4.5032505027795269</v>
       </c>
       <c r="F147" s="9">
         <v>4.5792769439579279</v>
       </c>
       <c r="G147" s="9">
         <v>5.3231964529307456</v>
       </c>
       <c r="H147" s="9">
         <v>6.1190193250868647</v>
       </c>
       <c r="I147" s="9">
         <v>6.8952032782489869</v>
       </c>
       <c r="J147" s="9">
         <v>9.4070312929383189</v>
       </c>
       <c r="K147" s="9">
         <v>6.0004416186179874</v>
       </c>
       <c r="L147" s="9">
         <v>4.060722030699722</v>
       </c>
       <c r="M147" s="9">
         <v>3.2317417379093225</v>
       </c>
       <c r="N147" s="9">
         <v>3.8948165888517221</v>
       </c>
       <c r="O147" s="9">
         <v>5.1648597507845828</v>
       </c>
     </row>
     <row r="148" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A148" s="2" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B148" s="9">
         <v>3.1631633840146676</v>
       </c>
       <c r="C148" s="9">
         <v>3.6373121295024045</v>
       </c>
       <c r="D148" s="9">
         <v>3.8084895982749716</v>
       </c>
       <c r="E148" s="9">
         <v>4.5742168370637044</v>
       </c>
       <c r="F148" s="9">
         <v>4.6873303385955039</v>
       </c>
       <c r="G148" s="9">
         <v>5.3193196061344263</v>
       </c>
       <c r="H148" s="9">
         <v>5.9790839834893204</v>
       </c>
       <c r="I148" s="9">
         <v>6.8778446544416489</v>
       </c>
       <c r="J148" s="9">
         <v>9.3193516963597443</v>
       </c>
       <c r="K148" s="9">
         <v>5.9788147189258902</v>
       </c>
       <c r="L148" s="9">
         <v>4.0135901192439478</v>
       </c>
       <c r="M148" s="9">
         <v>3.2605894778937792</v>
       </c>
       <c r="N148" s="9">
         <v>3.9635378953040687</v>
       </c>
       <c r="O148" s="9">
         <v>5.1527643508085701</v>
       </c>
     </row>
     <row r="149" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A149" s="2" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B149" s="9">
         <v>3.1569136716627213</v>
       </c>
       <c r="C149" s="9">
         <v>3.6302555503281599</v>
       </c>
       <c r="D149" s="9">
         <v>3.7537993373026981</v>
       </c>
       <c r="E149" s="9">
         <v>4.4865128998453248</v>
       </c>
       <c r="F149" s="9">
         <v>4.5648445463282705</v>
       </c>
       <c r="G149" s="9">
         <v>5.2619822125065276</v>
       </c>
       <c r="H149" s="9">
         <v>5.8859924348957797</v>
       </c>
       <c r="I149" s="9">
         <v>6.7743158775292391</v>
       </c>
       <c r="J149" s="9">
         <v>9.2048421545651635</v>
       </c>
       <c r="K149" s="9">
         <v>5.9755715204234896</v>
       </c>
       <c r="L149" s="9">
         <v>4.0172913694026855</v>
       </c>
       <c r="M149" s="9">
         <v>3.2327593884957344</v>
       </c>
       <c r="N149" s="9">
         <v>4.0086334576093359</v>
       </c>
       <c r="O149" s="9">
         <v>5.0905030676443355</v>
       </c>
     </row>
     <row r="150" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A150" s="2" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B150" s="9">
         <v>3.2891399997408812</v>
       </c>
       <c r="C150" s="9">
         <v>3.5749399734225724</v>
       </c>
       <c r="D150" s="9">
         <v>3.7966374732327548</v>
       </c>
       <c r="E150" s="9">
         <v>4.5026664502695324</v>
       </c>
       <c r="F150" s="9">
         <v>4.6315838624107091</v>
       </c>
       <c r="G150" s="9">
         <v>5.1462780873317957</v>
       </c>
       <c r="H150" s="9">
         <v>5.8625903398299588</v>
       </c>
       <c r="I150" s="9">
         <v>6.743200054960373</v>
       </c>
       <c r="J150" s="9">
         <v>8.9884308928129002</v>
       </c>
       <c r="K150" s="9">
         <v>5.8767355647640125</v>
       </c>
       <c r="L150" s="9">
         <v>3.9950155584470184</v>
       </c>
       <c r="M150" s="9">
         <v>3.1719291981586339</v>
       </c>
       <c r="N150" s="9">
         <v>4.0644426049727143</v>
       </c>
       <c r="O150" s="9">
         <v>5.0525642804820565</v>
       </c>
     </row>
     <row r="151" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A151" s="2" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B151" s="9">
         <v>3.1533764186706361</v>
       </c>
       <c r="C151" s="9">
         <v>3.5810257031223052</v>
       </c>
       <c r="D151" s="9">
         <v>3.7773079522994597</v>
       </c>
       <c r="E151" s="9">
         <v>4.4713288322171936</v>
       </c>
       <c r="F151" s="9">
         <v>4.6837995683585447</v>
       </c>
       <c r="G151" s="9">
         <v>5.1935920573740662</v>
       </c>
       <c r="H151" s="9">
         <v>5.8318289495277371</v>
       </c>
       <c r="I151" s="9">
         <v>6.7452170506613429</v>
       </c>
       <c r="J151" s="9">
         <v>9.0599471853071023</v>
       </c>
       <c r="K151" s="9">
         <v>5.9107691512127207</v>
       </c>
       <c r="L151" s="9">
         <v>4.0351704224523619</v>
       </c>
       <c r="M151" s="9">
         <v>3.1476095684225411</v>
       </c>
       <c r="N151" s="9">
         <v>4.0117396103770417</v>
       </c>
       <c r="O151" s="9">
         <v>5.0571123019399735</v>
       </c>
     </row>
     <row r="152" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A152" s="2" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B152" s="9">
         <v>3.1623430263864063</v>
       </c>
       <c r="C152" s="9">
         <v>3.5954316482715005</v>
       </c>
       <c r="D152" s="9">
         <v>3.820201381674285</v>
       </c>
       <c r="E152" s="9">
         <v>4.4991526191008742</v>
       </c>
       <c r="F152" s="9">
         <v>4.7233497566384957</v>
       </c>
       <c r="G152" s="9">
         <v>5.2011831857023489</v>
       </c>
       <c r="H152" s="9">
         <v>5.8431616777240976</v>
       </c>
       <c r="I152" s="9">
         <v>6.7240063216178676</v>
       </c>
       <c r="J152" s="9">
         <v>8.8545968737108876</v>
       </c>
       <c r="K152" s="9">
         <v>5.9022009304058045</v>
       </c>
       <c r="L152" s="9">
         <v>4.013605567974257</v>
       </c>
       <c r="M152" s="9">
         <v>3.2088414966559284</v>
       </c>
       <c r="N152" s="9">
         <v>4.0548684293692761</v>
       </c>
       <c r="O152" s="9">
         <v>5.0642583308346829</v>
       </c>
     </row>
     <row r="153" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A153" s="2" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B153" s="9">
         <v>3.2085107034921494</v>
       </c>
       <c r="C153" s="9">
         <v>3.5533279763160182</v>
       </c>
       <c r="D153" s="9">
         <v>3.7391467464912918</v>
       </c>
       <c r="E153" s="9">
         <v>4.4538473199591735</v>
       </c>
       <c r="F153" s="9">
         <v>4.6388272005491844</v>
       </c>
       <c r="G153" s="9">
         <v>5.1799239888674062</v>
       </c>
       <c r="H153" s="9">
         <v>5.8642111096044172</v>
       </c>
       <c r="I153" s="9">
         <v>6.6769342037426078</v>
       </c>
       <c r="J153" s="9">
         <v>8.7899042501486786</v>
       </c>
       <c r="K153" s="9">
         <v>5.8326398472564804</v>
       </c>
       <c r="L153" s="9">
         <v>4.0231695426410878</v>
       </c>
       <c r="M153" s="9">
         <v>3.1619514840081018</v>
       </c>
       <c r="N153" s="9">
         <v>3.9575887843362785</v>
       </c>
       <c r="O153" s="9">
         <v>5.0204387023094634</v>
       </c>
     </row>
     <row r="154" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A154" s="2" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B154" s="9">
         <v>3.176143679269714</v>
       </c>
       <c r="C154" s="9">
         <v>3.7105228716184029</v>
       </c>
       <c r="D154" s="9">
         <v>3.8998765787736405</v>
       </c>
       <c r="E154" s="9">
         <v>4.6097551366712066</v>
       </c>
       <c r="F154" s="9">
         <v>4.7016766125567422</v>
       </c>
       <c r="G154" s="9">
         <v>5.2184728397304507</v>
       </c>
       <c r="H154" s="9">
         <v>5.9970021935692346</v>
       </c>
       <c r="I154" s="9">
         <v>6.7198615622218059</v>
       </c>
       <c r="J154" s="9">
         <v>8.7696094781178093</v>
       </c>
       <c r="K154" s="9">
         <v>5.8131055280417261</v>
       </c>
       <c r="L154" s="9">
         <v>4.1350956506641117</v>
       </c>
       <c r="M154" s="9">
         <v>3.146751442681138</v>
       </c>
       <c r="N154" s="9">
         <v>4.14865348941413</v>
       </c>
       <c r="O154" s="9">
         <v>5.1108711391893653</v>
       </c>
     </row>
     <row r="155" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A155" s="2" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B155" s="9">
         <v>3.1993581173591621</v>
       </c>
       <c r="C155" s="9">
         <v>3.5816121260898646</v>
       </c>
       <c r="D155" s="9">
         <v>3.9110498201994219</v>
       </c>
       <c r="E155" s="9">
         <v>4.5112616115289024</v>
       </c>
       <c r="F155" s="9">
         <v>4.7250477566709694</v>
       </c>
       <c r="G155" s="9">
         <v>5.2061902325190443</v>
       </c>
       <c r="H155" s="9">
         <v>5.9974953971594713</v>
       </c>
       <c r="I155" s="9">
         <v>6.7250830756155402</v>
       </c>
       <c r="J155" s="9">
         <v>8.8880673419730964</v>
       </c>
       <c r="K155" s="9">
         <v>5.8881271348369646</v>
       </c>
       <c r="L155" s="9">
         <v>4.1091101126548315</v>
       </c>
       <c r="M155" s="9">
         <v>3.123664969175405</v>
       </c>
       <c r="N155" s="9">
         <v>3.9894650465384616</v>
       </c>
       <c r="O155" s="9">
         <v>5.0984945782706692</v>
       </c>
     </row>
     <row r="156" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A156" s="2" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B156" s="9">
         <v>3.1953004442094946</v>
       </c>
       <c r="C156" s="9">
         <v>3.6794232528747304</v>
       </c>
       <c r="D156" s="9">
         <v>3.8576379880367933</v>
       </c>
       <c r="E156" s="9">
         <v>4.5653004316271018</v>
       </c>
       <c r="F156" s="9">
         <v>4.6285923084895035</v>
       </c>
       <c r="G156" s="9">
         <v>5.2563674267545277</v>
       </c>
       <c r="H156" s="9">
         <v>6.0807990885992114</v>
       </c>
       <c r="I156" s="9">
         <v>6.9074026234522838</v>
       </c>
       <c r="J156" s="9">
         <v>8.9812869592548523</v>
       </c>
       <c r="K156" s="9">
         <v>5.9570216956303295</v>
       </c>
       <c r="L156" s="9">
         <v>4.1556272852059521</v>
       </c>
       <c r="M156" s="9">
         <v>3.1122092672079518</v>
       </c>
       <c r="N156" s="9">
         <v>4.0869672746118093</v>
       </c>
       <c r="O156" s="9">
         <v>5.1158538056877854</v>
       </c>
     </row>
     <row r="157" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A157" s="2" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B157" s="9">
         <v>3.2320432169287221</v>
       </c>
       <c r="C157" s="9">
         <v>3.7025951633466971</v>
       </c>
       <c r="D157" s="9">
         <v>3.8908266958354933</v>
       </c>
       <c r="E157" s="9">
         <v>4.6684882733304098</v>
       </c>
       <c r="F157" s="9">
         <v>4.7080923761168618</v>
       </c>
       <c r="G157" s="9">
         <v>5.2589393403139049</v>
       </c>
       <c r="H157" s="9">
         <v>6.0736952133628845</v>
       </c>
       <c r="I157" s="9">
         <v>6.7949275184936893</v>
       </c>
       <c r="J157" s="9">
         <v>8.9895534481967569</v>
       </c>
       <c r="K157" s="9">
         <v>5.9401015885080861</v>
       </c>
       <c r="L157" s="9">
         <v>4.1884897798232563</v>
       </c>
       <c r="M157" s="9">
         <v>3.1669128612088979</v>
       </c>
       <c r="N157" s="9">
         <v>4.0776100650564286</v>
       </c>
       <c r="O157" s="9">
         <v>5.1572620058113188</v>
       </c>
     </row>
     <row r="158" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A158" s="2" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B158" s="9">
         <v>3.3127387233656878</v>
       </c>
       <c r="C158" s="9">
         <v>3.8446411381493424</v>
       </c>
       <c r="D158" s="9">
         <v>4.0325433722810384</v>
       </c>
       <c r="E158" s="9">
         <v>4.7137677581180153</v>
       </c>
       <c r="F158" s="9">
         <v>4.7459312460990883</v>
       </c>
       <c r="G158" s="9">
         <v>5.2957439578616929</v>
       </c>
       <c r="H158" s="9">
         <v>6.105116541043742</v>
       </c>
       <c r="I158" s="9">
         <v>6.8415704981148497</v>
       </c>
       <c r="J158" s="9">
         <v>8.8518269451566507</v>
       </c>
       <c r="K158" s="9">
         <v>6.0312050499250169</v>
       </c>
       <c r="L158" s="9">
         <v>4.2677640307081193</v>
       </c>
       <c r="M158" s="9">
         <v>3.2342480129107001</v>
       </c>
       <c r="N158" s="9">
         <v>4.153539073909509</v>
       </c>
       <c r="O158" s="9">
         <v>5.2266626201659436</v>
       </c>
     </row>
     <row r="159" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A159" s="2" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B159" s="9">
         <v>3.4371539527697221</v>
       </c>
       <c r="C159" s="9">
         <v>3.9664447486454293</v>
       </c>
       <c r="D159" s="9">
         <v>4.1409398484639501</v>
       </c>
       <c r="E159" s="9">
         <v>4.9332031905376246</v>
       </c>
       <c r="F159" s="9">
         <v>4.8883093570390646</v>
       </c>
       <c r="G159" s="9">
         <v>5.4685087544300739</v>
       </c>
       <c r="H159" s="9">
         <v>6.3728486587971647</v>
       </c>
       <c r="I159" s="9">
         <v>7.1571333824205974</v>
       </c>
       <c r="J159" s="9">
         <v>9.3870691869009253</v>
       </c>
       <c r="K159" s="9">
         <v>6.4183797955720863</v>
       </c>
       <c r="L159" s="9">
         <v>4.4796011201099155</v>
       </c>
       <c r="M159" s="9">
         <v>3.2966139762497946</v>
       </c>
       <c r="N159" s="9">
         <v>4.3258809679267456</v>
       </c>
       <c r="O159" s="9">
         <v>5.4451754368618328</v>
       </c>
     </row>
     <row r="160" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A160" s="2" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B160" s="9">
         <v>3.4647349840042585</v>
       </c>
       <c r="C160" s="9">
         <v>3.9666602414709287</v>
       </c>
       <c r="D160" s="9">
         <v>4.1503724390278691</v>
       </c>
       <c r="E160" s="9">
         <v>4.988247524564291</v>
       </c>
       <c r="F160" s="9">
         <v>4.8928635213124902</v>
       </c>
       <c r="G160" s="9">
         <v>5.5534139956841475</v>
       </c>
       <c r="H160" s="9">
         <v>6.4190953377988844</v>
       </c>
       <c r="I160" s="9">
         <v>7.1543015249216451</v>
       </c>
       <c r="J160" s="9">
         <v>8.9956111455939567</v>
       </c>
       <c r="K160" s="9">
         <v>6.469178388708392</v>
       </c>
       <c r="L160" s="9">
         <v>4.547033076665647</v>
       </c>
       <c r="M160" s="9">
         <v>3.4257468640826985</v>
       </c>
       <c r="N160" s="9">
         <v>4.3110449883646567</v>
       </c>
       <c r="O160" s="9">
         <v>5.4651493617101456</v>
       </c>
     </row>
     <row r="161" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A161" s="2" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B161" s="9">
         <v>3.4007364784634957</v>
       </c>
       <c r="C161" s="9">
         <v>4.0251121160588239</v>
       </c>
       <c r="D161" s="9">
         <v>4.2439366026758147</v>
       </c>
       <c r="E161" s="9">
         <v>5.0843362318901448</v>
       </c>
       <c r="F161" s="9">
         <v>5.0212804624483001</v>
       </c>
       <c r="G161" s="9">
         <v>5.7161188119419037</v>
       </c>
       <c r="H161" s="9">
         <v>6.6036749951804472</v>
       </c>
       <c r="I161" s="9">
         <v>7.2721797002895814</v>
       </c>
       <c r="J161" s="9">
         <v>9.1204068828023193</v>
       </c>
       <c r="K161" s="9">
         <v>6.6515887791219539</v>
       </c>
       <c r="L161" s="9">
         <v>4.6549378237382122</v>
       </c>
       <c r="M161" s="9">
         <v>3.4165854074996114</v>
       </c>
       <c r="N161" s="9">
         <v>4.3310143999247055</v>
       </c>
       <c r="O161" s="9">
         <v>5.5587591853983156</v>
       </c>
     </row>
     <row r="162" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A162" s="2" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B162" s="9">
         <v>3.5050438179992121</v>
       </c>
       <c r="C162" s="9">
         <v>4.1634483023507007</v>
       </c>
       <c r="D162" s="9">
         <v>4.3838188723886944</v>
       </c>
       <c r="E162" s="9">
         <v>5.1509191848892968</v>
       </c>
       <c r="F162" s="9">
         <v>5.1427066385183728</v>
       </c>
       <c r="G162" s="9">
         <v>5.9353485237112249</v>
       </c>
       <c r="H162" s="9">
         <v>6.7059203867125987</v>
       </c>
       <c r="I162" s="9">
         <v>7.4147919262443747</v>
       </c>
       <c r="J162" s="9">
         <v>9.1939636490828445</v>
       </c>
       <c r="K162" s="9">
         <v>6.6770397970116449</v>
       </c>
       <c r="L162" s="9">
         <v>4.725512987450263</v>
       </c>
       <c r="M162" s="9">
         <v>3.5142211239165873</v>
       </c>
       <c r="N162" s="9">
         <v>4.2538434622167296</v>
       </c>
       <c r="O162" s="9">
         <v>5.6778489382693405</v>
       </c>
     </row>
     <row r="163" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A163" s="2" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B163" s="9">
         <v>3.5448580087099395</v>
       </c>
       <c r="C163" s="9">
         <v>4.2297374425984318</v>
       </c>
       <c r="D163" s="9">
         <v>4.4914854999425931</v>
       </c>
       <c r="E163" s="9">
         <v>5.2520496606193481</v>
       </c>
       <c r="F163" s="9">
         <v>5.3241876879551597</v>
       </c>
       <c r="G163" s="9">
         <v>6.0755359841974741</v>
       </c>
       <c r="H163" s="9">
         <v>6.7974042665947199</v>
       </c>
       <c r="I163" s="9">
         <v>7.5003488815950794</v>
       </c>
       <c r="J163" s="9">
         <v>9.5068422550893441</v>
       </c>
       <c r="K163" s="9">
         <v>6.9116437971017115</v>
       </c>
       <c r="L163" s="9">
         <v>4.7422854283759603</v>
       </c>
       <c r="M163" s="9">
         <v>3.5363455768131642</v>
       </c>
       <c r="N163" s="9">
         <v>4.3765504977043346</v>
       </c>
       <c r="O163" s="9">
         <v>5.7967765947056691</v>
       </c>
     </row>
     <row r="164" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A164" s="2" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B164" s="9">
         <v>3.5120119930806286</v>
       </c>
       <c r="C164" s="9">
         <v>4.2140670156021338</v>
       </c>
       <c r="D164" s="9">
         <v>4.4493910641622003</v>
       </c>
       <c r="E164" s="9">
         <v>5.3284534552881206</v>
       </c>
       <c r="F164" s="9">
         <v>5.3499126656174987</v>
       </c>
       <c r="G164" s="9">
         <v>5.9563735872410062</v>
       </c>
       <c r="H164" s="9">
         <v>6.8110125539366368</v>
       </c>
       <c r="I164" s="9">
         <v>7.4652382033043514</v>
       </c>
@@ -9137,466 +9140,513 @@
       </c>
       <c r="J167" s="9">
         <v>8.5557833871996056</v>
       </c>
       <c r="K167" s="9">
         <v>6.247997072289408</v>
       </c>
       <c r="L167" s="9">
         <v>4.3878768905400349</v>
       </c>
       <c r="M167" s="9">
         <v>3.0868325279639053</v>
       </c>
       <c r="N167" s="9">
         <v>4.2052597321031033</v>
       </c>
       <c r="O167" s="9">
         <v>5.2775522745966059</v>
       </c>
     </row>
     <row r="168" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A168" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B168" s="9">
-        <v>3.2428875181885681</v>
+        <v>3.2428783360819224</v>
       </c>
       <c r="C168" s="9">
-        <v>3.7513625667314723</v>
+        <v>3.7473397926241896</v>
       </c>
       <c r="D168" s="9">
-        <v>3.9515688264018736</v>
+        <v>3.9511500568082574</v>
       </c>
       <c r="E168" s="9">
-        <v>4.7377637114644662</v>
+        <v>4.7380762082464374</v>
       </c>
       <c r="F168" s="9">
-        <v>4.8646958479095073</v>
+        <v>4.8650106945762541</v>
       </c>
       <c r="G168" s="9">
-        <v>5.1380935712992395</v>
+        <v>5.1183852813925572</v>
       </c>
       <c r="H168" s="9">
-        <v>5.9914286363292586</v>
+        <v>5.9905880005756558</v>
       </c>
       <c r="I168" s="9">
-        <v>6.6019607952563453</v>
+        <v>6.5985038802232259</v>
       </c>
       <c r="J168" s="9">
-        <v>8.3654883076707414</v>
+        <v>8.3726825700612384</v>
       </c>
       <c r="K168" s="9">
-        <v>6.0533637777213443</v>
+        <v>6.0498503946884554</v>
       </c>
       <c r="L168" s="9">
-        <v>4.2331451068944155</v>
+        <v>4.2295536782565373</v>
       </c>
       <c r="M168" s="9">
-        <v>3.0263441605893133</v>
+        <v>3.0264364862905428</v>
       </c>
       <c r="N168" s="9">
-        <v>4.1256353854315471</v>
+        <v>4.1358726940802608</v>
       </c>
       <c r="O168" s="9">
-        <v>5.1228562144996665</v>
+        <v>5.1217697126514166</v>
       </c>
     </row>
     <row r="169" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A169" s="2" t="s">
         <v>27</v>
       </c>
       <c r="B169" s="9">
-        <v>3.1213033952398268</v>
+        <v>3.1212860656595081</v>
       </c>
       <c r="C169" s="9">
-        <v>3.6564110211954164</v>
+        <v>3.6487067245813214</v>
       </c>
       <c r="D169" s="9">
-        <v>3.9025651028872042</v>
+        <v>3.9017530969162562</v>
       </c>
       <c r="E169" s="9">
-        <v>4.6400203241000106</v>
+        <v>4.6406223768214456</v>
       </c>
       <c r="F169" s="9">
-        <v>4.6756287647384136</v>
+        <v>4.676225298135293</v>
       </c>
       <c r="G169" s="9">
-        <v>5.0473900497502031</v>
+        <v>5.0094768204455651</v>
       </c>
       <c r="H169" s="9">
-        <v>5.7901541573362794</v>
+        <v>5.7885597284692096</v>
       </c>
       <c r="I169" s="9">
-        <v>6.399163649853806</v>
+        <v>6.3925947173444788</v>
       </c>
       <c r="J169" s="9">
-        <v>8.1420720200604819</v>
+        <v>8.1558627924521847</v>
       </c>
       <c r="K169" s="9">
-        <v>5.9299139321219281</v>
+        <v>5.9231330128170434</v>
       </c>
       <c r="L169" s="9">
-        <v>4.2040453105303346</v>
+        <v>4.1970118411625199</v>
       </c>
       <c r="M169" s="9">
-        <v>3.0549584626797661</v>
+        <v>3.0551432868350501</v>
       </c>
       <c r="N169" s="9">
-        <v>4.1796901503052188</v>
+        <v>4.2002551151404974</v>
       </c>
       <c r="O169" s="9">
-        <v>5.0099187202523758</v>
+        <v>5.0078291396623875</v>
       </c>
     </row>
     <row r="170" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A170" s="2" t="s">
         <v>28</v>
       </c>
       <c r="B170" s="9">
-        <v>3.2032832370845026</v>
+        <v>3.2032570723200697</v>
       </c>
       <c r="C170" s="9">
-        <v>3.7637547777634857</v>
+        <v>3.7520642073857298</v>
       </c>
       <c r="D170" s="9">
-        <v>3.9720145507859317</v>
+        <v>3.9707971592090248</v>
       </c>
       <c r="E170" s="9">
-        <v>4.701337438056159</v>
+        <v>4.70223767500734</v>
       </c>
       <c r="F170" s="9">
-        <v>4.7227248185138002</v>
+        <v>4.723615842628984</v>
       </c>
       <c r="G170" s="9">
-        <v>5.0205853770602094</v>
+        <v>4.9651731712906502</v>
       </c>
       <c r="H170" s="9">
-        <v>5.785708438321941</v>
+        <v>5.7833624704026683</v>
       </c>
       <c r="I170" s="9">
-        <v>6.3823741376822092</v>
+        <v>6.3727371614719583</v>
       </c>
       <c r="J170" s="9">
-        <v>8.21402724278264</v>
+        <v>8.2345828665133265</v>
       </c>
       <c r="K170" s="9">
-        <v>5.8871395266803237</v>
+        <v>5.8771897431229796</v>
       </c>
       <c r="L170" s="9">
-        <v>4.2652260157762534</v>
+        <v>4.2546702675108445</v>
       </c>
       <c r="M170" s="9">
-        <v>3.0355144577060815</v>
+        <v>3.035787623958988</v>
       </c>
       <c r="N170" s="9">
-        <v>4.1082056572883108</v>
+        <v>4.1382676803589815</v>
       </c>
       <c r="O170" s="9">
-        <v>5.0420696884239184</v>
+        <v>5.0389670581471018</v>
       </c>
     </row>
     <row r="171" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A171" s="2" t="s">
         <v>29</v>
       </c>
       <c r="B171" s="9">
-        <v>3.1374280220017963</v>
+        <v>3.1373944967245326</v>
       </c>
       <c r="C171" s="9">
-        <v>3.7771290211010524</v>
+        <v>3.7617513965876634</v>
       </c>
       <c r="D171" s="9">
-        <v>3.9480059751123391</v>
+        <v>3.9464210979762666</v>
       </c>
       <c r="E171" s="9">
-        <v>4.6191850961091623</v>
+        <v>4.6203456953795419</v>
       </c>
       <c r="F171" s="9">
-        <v>4.7385002109997378</v>
+        <v>4.7396755800214416</v>
       </c>
       <c r="G171" s="9">
-        <v>5.0409173556499125</v>
+        <v>4.9682203377875869</v>
       </c>
       <c r="H171" s="9">
-        <v>5.7168739207771795</v>
+        <v>5.7138388537412608</v>
       </c>
       <c r="I171" s="9">
-        <v>6.3365716264293281</v>
+        <v>6.3240572090420031</v>
       </c>
       <c r="J171" s="9">
-        <v>8.1516870788961295</v>
+        <v>8.1784842093330017</v>
       </c>
       <c r="K171" s="9">
-        <v>5.8904878963597795</v>
+        <v>5.8774059985023488</v>
       </c>
       <c r="L171" s="9">
-        <v>4.2800526961165701</v>
+        <v>4.266122046799695</v>
       </c>
       <c r="M171" s="9">
-        <v>3.0793796136920562</v>
+        <v>3.079746032018293</v>
       </c>
       <c r="N171" s="9">
-        <v>4.1521432083218217</v>
+        <v>4.1923129818106197</v>
       </c>
       <c r="O171" s="9">
-        <v>5.0333882060247017</v>
+        <v>5.0293252773528643</v>
       </c>
     </row>
     <row r="172" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A172" s="2" t="s">
         <v>30</v>
       </c>
       <c r="B172" s="9">
-        <v>3.2476726189345131</v>
+        <v>3.16211504231606</v>
       </c>
       <c r="C172" s="9">
-        <v>3.7636007958875419</v>
+        <v>3.6768916120501567</v>
       </c>
       <c r="D172" s="9">
-        <v>4.0325324942606491</v>
+        <v>3.9323635191673558</v>
       </c>
       <c r="E172" s="9">
-        <v>4.6741854693362477</v>
+        <v>4.5749413201105513</v>
       </c>
       <c r="F172" s="9">
-        <v>4.7539159673159554</v>
+        <v>4.699589656892349</v>
       </c>
       <c r="G172" s="9">
-        <v>4.9567044579788853</v>
+        <v>4.7960440750807942</v>
       </c>
       <c r="H172" s="9">
-        <v>5.8461469409022655</v>
+        <v>5.6963962485846862</v>
       </c>
       <c r="I172" s="9">
-        <v>6.4446091479215015</v>
+        <v>6.2493333456144802</v>
       </c>
       <c r="J172" s="9">
-        <v>8.1689713266867177</v>
+        <v>8.0219699847085533</v>
       </c>
       <c r="K172" s="9">
-        <v>5.9010634087084828</v>
+        <v>5.8111372736858335</v>
       </c>
       <c r="L172" s="9">
-        <v>4.2626745398787209</v>
+        <v>4.2037707120408108</v>
       </c>
       <c r="M172" s="9">
-        <v>3.0569664789317614</v>
+        <v>3.0596550016787547</v>
       </c>
       <c r="N172" s="9">
-        <v>4.2493199097621357</v>
+        <v>4.2594527251018706</v>
       </c>
       <c r="O172" s="9">
-        <v>5.0735730226889872</v>
+        <v>4.9668283533900839</v>
       </c>
     </row>
     <row r="173" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A173" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B173" s="9">
-        <v>3.2396014393564427</v>
+        <v>3.1777055002834564</v>
       </c>
       <c r="C173" s="9">
-        <v>3.7216592528155936</v>
+        <v>3.6461382335514525</v>
       </c>
       <c r="D173" s="9">
-        <v>3.9665992700706441</v>
+        <v>3.8834793559571654</v>
       </c>
       <c r="E173" s="9">
-        <v>4.6614189005764839</v>
+        <v>4.5633296846739784</v>
       </c>
       <c r="F173" s="9">
-        <v>4.7199226912075014</v>
+        <v>4.6747007986111111</v>
       </c>
       <c r="G173" s="9">
-        <v>4.9390703608842808</v>
+        <v>4.8092729476402223</v>
       </c>
       <c r="H173" s="9">
-        <v>5.7334238777786233</v>
+        <v>5.6126552855668814</v>
       </c>
       <c r="I173" s="9">
-        <v>6.3278662850013276</v>
+        <v>6.1619832936411658</v>
       </c>
       <c r="J173" s="9">
-        <v>8.0278419295800045</v>
+        <v>7.8743820789449233</v>
       </c>
       <c r="K173" s="9">
-        <v>5.856148703537861</v>
+        <v>5.7682187062336459</v>
       </c>
       <c r="L173" s="9">
-        <v>4.2349052018596769</v>
+        <v>4.1689347065169917</v>
       </c>
       <c r="M173" s="9">
-        <v>3.047734080281177</v>
+        <v>3.0226848103958779</v>
       </c>
       <c r="N173" s="9">
-        <v>4.2595216213426959</v>
+        <v>4.23942518276497</v>
       </c>
       <c r="O173" s="9">
-        <v>5.021306209863444</v>
+        <v>4.9232727886252361</v>
       </c>
     </row>
     <row r="174" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A174" s="2" t="s">
         <v>32</v>
       </c>
       <c r="B174" s="9">
-        <v>3.1992970432064647</v>
+        <v>3.160766140257627</v>
       </c>
       <c r="C174" s="9">
-        <v>3.7291258071061835</v>
+        <v>3.6634175294789415</v>
       </c>
       <c r="D174" s="9">
-        <v>3.9867598579782579</v>
+        <v>3.9182703147350155</v>
       </c>
       <c r="E174" s="9">
-        <v>4.572192851730378</v>
+        <v>4.4768203645068576</v>
       </c>
       <c r="F174" s="9">
-        <v>4.7518301038456778</v>
+        <v>4.7148594471810101</v>
       </c>
       <c r="G174" s="9">
-        <v>4.8961664133425371</v>
+        <v>4.7968713693359</v>
       </c>
       <c r="H174" s="9">
-        <v>5.7240085961891989</v>
+        <v>5.62877227789164</v>
       </c>
       <c r="I174" s="9">
-        <v>6.2899457667146574</v>
+        <v>6.1499902804511306</v>
       </c>
       <c r="J174" s="9">
-        <v>8.0028775859433061</v>
+        <v>7.8412279143355681</v>
       </c>
       <c r="K174" s="9">
-        <v>5.8376897970570276</v>
+        <v>5.7513081036940488</v>
       </c>
       <c r="L174" s="9">
-        <v>4.1261177792119339</v>
+        <v>4.0547970132062376</v>
       </c>
       <c r="M174" s="9">
-        <v>3.0248889604787248</v>
+        <v>2.9734514248163793</v>
       </c>
       <c r="N174" s="9">
-        <v>4.3088684120564338</v>
+        <v>4.2590168223313816</v>
       </c>
       <c r="O174" s="9">
-        <v>4.9970815365032157</v>
+        <v>4.9068722094378909</v>
       </c>
     </row>
     <row r="175" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A175" s="2" t="s">
         <v>33</v>
       </c>
       <c r="B175" s="9">
-        <v>3.1458485327669221</v>
+        <v>3.1296458335096986</v>
       </c>
       <c r="C175" s="9">
-        <v>3.6651872485204771</v>
+        <v>3.6101366215029644</v>
       </c>
       <c r="D175" s="9">
-        <v>3.9377068166856519</v>
+        <v>3.8845141994806429</v>
       </c>
       <c r="E175" s="9">
-        <v>4.4891981198096413</v>
+        <v>4.3963547815761492</v>
       </c>
       <c r="F175" s="9">
-        <v>4.6325103143287851</v>
+        <v>4.6046054358874189</v>
       </c>
       <c r="G175" s="9">
-        <v>4.6598469456388854</v>
+        <v>4.5926997619408452</v>
       </c>
       <c r="H175" s="9">
-        <v>5.5650567481225259</v>
+        <v>5.4964260477161089</v>
       </c>
       <c r="I175" s="9">
-        <v>6.1741183154312349</v>
+        <v>6.0604946392115799</v>
       </c>
       <c r="J175" s="9">
-        <v>7.7940374972569515</v>
+        <v>7.6284458071245238</v>
       </c>
       <c r="K175" s="9">
-        <v>5.6749879947752122</v>
+        <v>5.5922156214862131</v>
       </c>
       <c r="L175" s="9">
-        <v>4.162592441361407</v>
+        <v>4.0837405369663733</v>
       </c>
       <c r="M175" s="9">
-        <v>3.0437703576601334</v>
+        <v>2.9661732940929131</v>
       </c>
       <c r="N175" s="9">
-        <v>4.420205750998587</v>
+        <v>4.3398327519021143</v>
       </c>
       <c r="O175" s="9">
-        <v>4.9130717603203617</v>
+        <v>4.8313962108295883</v>
       </c>
     </row>
     <row r="176" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A176" s="2" t="s">
         <v>34</v>
       </c>
       <c r="B176" s="9">
-        <v>3.1906272712751105</v>
+        <v>3.1065725129132269</v>
       </c>
       <c r="C176" s="9">
-        <v>3.734183968835961</v>
+        <v>3.6481525160341075</v>
       </c>
       <c r="D176" s="9">
-        <v>3.9869499277117639</v>
+        <v>3.8879132333824376</v>
       </c>
       <c r="E176" s="9">
-        <v>4.5858936901921474</v>
+        <v>4.4885241868405314</v>
       </c>
       <c r="F176" s="9">
-        <v>4.650824832594652</v>
+        <v>4.5976766164043674</v>
       </c>
       <c r="G176" s="9">
-        <v>4.7634800627903031</v>
+        <v>4.609082612366687</v>
       </c>
       <c r="H176" s="9">
-        <v>5.5520702445760568</v>
+        <v>5.409852409252065</v>
       </c>
       <c r="I176" s="9">
-        <v>6.2184571384005904</v>
+        <v>6.0300338874413555</v>
       </c>
       <c r="J176" s="9">
-        <v>7.7863931892608012</v>
+        <v>7.6462763737871411</v>
       </c>
       <c r="K176" s="9">
-        <v>5.6294816285620568</v>
+        <v>5.5436941204511436</v>
       </c>
       <c r="L176" s="9">
-        <v>4.1331362883829232</v>
+        <v>4.0760224866877905</v>
       </c>
       <c r="M176" s="9">
-        <v>2.992092607292828</v>
+        <v>2.9947240751519812</v>
       </c>
       <c r="N176" s="9">
-        <v>4.473306124310036</v>
+        <v>4.4839730512250027</v>
       </c>
       <c r="O176" s="9">
-        <v>4.9367036240554185</v>
+        <v>4.8328385976884176</v>
+      </c>
+    </row>
+    <row r="177" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="A177" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="B177" s="9">
+        <v>3.0279171949826513</v>
+      </c>
+      <c r="C177" s="9">
+        <v>3.5108924276043623</v>
+      </c>
+      <c r="D177" s="9">
+        <v>3.859561307077648</v>
+      </c>
+      <c r="E177" s="9">
+        <v>4.3379307577403852</v>
+      </c>
+      <c r="F177" s="9">
+        <v>4.5326364651538453</v>
+      </c>
+      <c r="G177" s="9">
+        <v>4.4697436214166988</v>
+      </c>
+      <c r="H177" s="9">
+        <v>5.3303637295368187</v>
+      </c>
+      <c r="I177" s="9">
+        <v>5.8612339949124479</v>
+      </c>
+      <c r="J177" s="9">
+        <v>7.4813935099320066</v>
+      </c>
+      <c r="K177" s="9">
+        <v>5.4521169859163514</v>
+      </c>
+      <c r="L177" s="9">
+        <v>4.0108728344531732</v>
+      </c>
+      <c r="M177" s="9">
+        <v>2.9297881486694068</v>
+      </c>
+      <c r="N177" s="9">
+        <v>4.4986385593264719</v>
+      </c>
+      <c r="O177" s="9">
+        <v>4.7302545042352442</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="8" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C9C89AE6-0ACE-4650-B001-4D6A9C2624CA}">
   <dimension ref="A1:N19"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B4" sqref="B4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="8.5546875" style="2" customWidth="1"/>
     <col min="2" max="15" width="10" style="2" customWidth="1"/>
     <col min="16" max="16384" width="9.109375" style="2"/>
   </cols>
   <sheetData>