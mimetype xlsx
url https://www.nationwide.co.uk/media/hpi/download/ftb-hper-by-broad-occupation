--- v0 (2025-10-02)
+++ v1 (2026-01-12)
@@ -4,148 +4,143 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="26130"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\HPD\Press\Embargo\Internet HP Files\Misc\Affordability files\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7F5FE9B8-B2C1-4A8F-BC28-DF92BD4493A3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9682D8A3-BFCA-45F7-A6B4-51EFC25A0DE1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{D4CA6BF1-EEC9-4DEF-8C7A-4161F11BCF03}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{D4CA6BF1-EEC9-4DEF-8C7A-4161F11BCF03}"/>
   </bookViews>
   <sheets>
-    <sheet name="Mtg Payments % Take Home Pay" sheetId="2" r:id="rId1"/>
+    <sheet name="House Price Earnings Ratios" sheetId="1" r:id="rId1"/>
     <sheet name="Notes" sheetId="3" r:id="rId2"/>
   </sheets>
-  <calcPr calcId="191029" iterateCount="1000" iterateDelta="1E-4"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="19">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="17">
   <si>
     <t>Managers, directors &amp; senior officials</t>
   </si>
   <si>
     <t>Professional occupations</t>
   </si>
   <si>
     <t>Associate professional &amp; technical occupations</t>
   </si>
   <si>
     <t>Administrative &amp; secretarial occupations</t>
   </si>
   <si>
     <t>Skilled trades occupations</t>
   </si>
   <si>
     <t>Caring, leisure &amp; other service occupations</t>
   </si>
   <si>
     <t>Sales &amp; customer service occupations</t>
   </si>
   <si>
     <t>Process, plant &amp; machine operatives</t>
   </si>
   <si>
     <t>Elementary occupations</t>
   </si>
   <si>
     <t>All Occupations</t>
   </si>
   <si>
     <t>●</t>
   </si>
   <si>
     <t>Mean earnings for a full time worker on adult rates are used</t>
   </si>
   <si>
     <t>House prices are from Nationwide UK first time buyer house price series as at Q2 each year</t>
   </si>
   <si>
-    <t>Mortgage payments are for a capital repayment mortgage structured over 25 years</t>
-[...1 lines deleted...]
-  <si>
     <t>Earnings data is from the ONS Annual Survey of Hours &amp; Earnings (Table 14)</t>
   </si>
   <si>
     <t>These series are updated annually and are subject to revision</t>
   </si>
   <si>
-    <t>Initial mortgage payments calculated using new lending interest rate (source: UK Finance) for a loan 80% of the typical FTB house price</t>
+    <t>House price earnings ratios calculated as the ratio of Nationwide FTB house prices to mean gross earnings in each occupational group</t>
   </si>
   <si>
-    <t>Take home pay calculated using Tax &amp; National Insurance Rates applicable for respective financial year</t>
-[...2 lines deleted...]
-    <t>Affordability indicators: FTB mortgage payments as % of take home pay by broad occupation groups</t>
+    <t>Affordability indicators: First time buyer house price to earnings ratios by broad occupation groups</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="1">
-    <numFmt numFmtId="164" formatCode="0.0%"/>
+  <numFmts count="2">
+    <numFmt numFmtId="164" formatCode="0.0"/>
+    <numFmt numFmtId="165" formatCode="0.0%"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -201,432 +196,433 @@
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="16">
+  <cellXfs count="17">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="164" fontId="6" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
-    <xf numFmtId="164" fontId="3" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="164" fontId="3" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="165" fontId="3" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Percent" xfId="1" builtinId="5"/>
+    <cellStyle name="Per cent" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>11</xdr:col>
-      <xdr:colOff>9525</xdr:colOff>
+      <xdr:colOff>15240</xdr:colOff>
       <xdr:row>1</xdr:row>
-      <xdr:rowOff>9525</xdr:rowOff>
+      <xdr:rowOff>15240</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="5" name="Rectangle 4">
+        <xdr:cNvPr id="3" name="Rectangle 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{667BB9BC-7272-1F4A-9741-4B039EAE068D}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AEC4A933-D628-4B7F-961B-0C772CCF700C}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="10353675" cy="666750"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="tx2"/>
         </a:solidFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1">
             <a:shade val="50000"/>
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l"/>
           <a:endParaRPr lang="en-GB" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
-      <xdr:col>8</xdr:col>
-      <xdr:colOff>857250</xdr:colOff>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>329565</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>200025</xdr:rowOff>
-[...43 lines deleted...]
-      <xdr:rowOff>219075</xdr:rowOff>
+      <xdr:rowOff>215265</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>210185</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>434975</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="12" name="Graphic 59">
+        <xdr:cNvPr id="6" name="Graphic 59">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0BB4FB73-F2E2-43C1-AF50-3328A4B67DE9}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FB1806B1-D250-4DE0-AC1E-ED3E664F4E7E}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
             <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-              <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="333375" y="219075"/>
           <a:ext cx="1648460" cy="215900"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>960120</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>215265</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>815587</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>516298</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7BAB6060-09D3-4D78-A1E0-94DC6646DE70}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="8675370" y="215265"/>
+          <a:ext cx="1813807" cy="304843"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>11</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="4" name="Rectangle 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A7925E62-D90A-41B9-8EBC-9E7199A58E38}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{820C984A-C7B7-42DC-A695-BDE378D4A356}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="10353675" cy="666750"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="tx2"/>
         </a:solidFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1">
             <a:shade val="50000"/>
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l"/>
           <a:endParaRPr lang="en-GB" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
-      <xdr:col>8</xdr:col>
-[...42 lines deleted...]
-    <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>333375</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>219075</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>210185</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>434975</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="Graphic 59">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DADFAF2E-F4FF-4E7D-9C9D-0FC5F3C035B1}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4DB72CB9-1EBA-4EA6-938F-9F6DD29065C1}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
             <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-              <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="333375" y="219075"/>
           <a:ext cx="1648460" cy="215900"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>967740</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>196215</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>815587</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>520108</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B961A18D-1333-4F3A-AB9A-7219F1B864BA}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="8682990" y="196215"/>
+          <a:ext cx="1809997" cy="323893"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Nationwide Brand Refresh">
       <a:dk1>
         <a:srgbClr val="02081E"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="011546"/>
       </a:dk2>
       <a:lt2>
@@ -898,1190 +894,1213 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{535F9948-C9E5-4B4E-B4E5-B7404BB64A14}">
-  <dimension ref="A1:K27"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3EC8F263-AE6C-4D00-8D3C-1A38FA7081B3}">
+  <dimension ref="A1:K29"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="A27" sqref="A27"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <pane ySplit="5" topLeftCell="A15" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A29" sqref="A29"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="12.28515625" style="2" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="12" max="16384" width="9.140625" style="2"/>
+    <col min="1" max="1" width="12.33203125" style="2" customWidth="1"/>
+    <col min="2" max="11" width="14.33203125" style="2" customWidth="1"/>
+    <col min="12" max="16384" width="9.109375" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:11" ht="51.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="G1" s="3"/>
+    </row>
+    <row r="2" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="B2" s="1"/>
+    </row>
+    <row r="3" spans="1:11" ht="21" x14ac:dyDescent="0.4">
+      <c r="B3" s="16" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="4" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A4" s="5"/>
+      <c r="B4" s="6"/>
+      <c r="C4" s="6"/>
+      <c r="D4" s="6"/>
+      <c r="E4" s="6"/>
+      <c r="F4" s="6"/>
+      <c r="G4" s="6"/>
+      <c r="H4" s="6"/>
+      <c r="I4" s="6"/>
+      <c r="J4" s="6"/>
+      <c r="K4" s="6"/>
+    </row>
+    <row r="5" spans="1:11" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A5" s="7"/>
+      <c r="B5" s="15" t="s">
+        <v>0</v>
+      </c>
+      <c r="C5" s="15" t="s">
+        <v>1</v>
+      </c>
+      <c r="D5" s="15" t="s">
+        <v>2</v>
+      </c>
+      <c r="E5" s="15" t="s">
+        <v>3</v>
+      </c>
+      <c r="F5" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="G5" s="15" t="s">
+        <v>5</v>
+      </c>
+      <c r="H5" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="I5" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="J5" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="K5" s="15" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A6" s="2">
+        <v>2002</v>
+      </c>
+      <c r="B6" s="9">
+        <v>2.192770395845363</v>
+      </c>
+      <c r="C6" s="9">
+        <v>2.5684630565255326</v>
+      </c>
+      <c r="D6" s="9">
+        <v>2.8882172442504301</v>
+      </c>
+      <c r="E6" s="9">
+        <v>4.6878940925448074</v>
+      </c>
+      <c r="F6" s="9">
+        <v>3.9373003593829807</v>
+      </c>
+      <c r="G6" s="9">
+        <v>5.684965631007918</v>
+      </c>
+      <c r="H6" s="9">
+        <v>5.1279725077201297</v>
+      </c>
+      <c r="I6" s="9">
+        <v>4.376686646992515</v>
+      </c>
+      <c r="J6" s="9">
+        <v>5.4999351624356887</v>
+      </c>
+      <c r="K6" s="9">
+        <v>3.3409515572384558</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A7" s="2">
+        <v>2003</v>
+      </c>
+      <c r="B7" s="9">
+        <v>2.6150030598262517</v>
+      </c>
+      <c r="C7" s="9">
+        <v>3.0454064247797885</v>
+      </c>
+      <c r="D7" s="9">
+        <v>3.4331026016006958</v>
+      </c>
+      <c r="E7" s="9">
+        <v>5.4646117342226068</v>
+      </c>
+      <c r="F7" s="9">
+        <v>4.6037847265999936</v>
+      </c>
+      <c r="G7" s="9">
+        <v>6.6384667120165179</v>
+      </c>
+      <c r="H7" s="9">
+        <v>6.3337035566051174</v>
+      </c>
+      <c r="I7" s="9">
+        <v>5.1112584863226411</v>
+      </c>
+      <c r="J7" s="9">
+        <v>6.3616378954274344</v>
+      </c>
+      <c r="K7" s="9">
+        <v>3.9360237645993861</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A8" s="2">
+        <v>2004</v>
+      </c>
+      <c r="B8" s="9">
+        <v>3.1029478897246938</v>
+      </c>
+      <c r="C8" s="9">
+        <v>3.5964951804065914</v>
+      </c>
+      <c r="D8" s="9">
+        <v>4.0857819405273492</v>
+      </c>
+      <c r="E8" s="9">
+        <v>6.4041349193772916</v>
+      </c>
+      <c r="F8" s="9">
+        <v>5.3947346715480364</v>
+      </c>
+      <c r="G8" s="9">
+        <v>7.7767447279326953</v>
+      </c>
+      <c r="H8" s="9">
+        <v>7.4562565520724471</v>
+      </c>
+      <c r="I8" s="9">
+        <v>6.014715362475628</v>
+      </c>
+      <c r="J8" s="9">
+        <v>7.5142060763985441</v>
+      </c>
+      <c r="K8" s="9">
+        <v>4.6799476178167803</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A9" s="2">
+        <v>2005</v>
+      </c>
+      <c r="B9" s="9">
+        <v>3.1276102808475073</v>
+      </c>
+      <c r="C9" s="9">
+        <v>3.6388425887464693</v>
+      </c>
+      <c r="D9" s="9">
+        <v>4.2453985237007457</v>
+      </c>
+      <c r="E9" s="9">
+        <v>6.6793198932081115</v>
+      </c>
+      <c r="F9" s="9">
+        <v>5.6054681933823618</v>
+      </c>
+      <c r="G9" s="9">
+        <v>8.0371739869090497</v>
+      </c>
+      <c r="H9" s="9">
+        <v>7.8961167526898794</v>
+      </c>
+      <c r="I9" s="9">
+        <v>6.1696952639569718</v>
+      </c>
+      <c r="J9" s="9">
+        <v>7.8606028173178677</v>
+      </c>
+      <c r="K9" s="9">
+        <v>4.8168648005280446</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A10" s="2">
+        <v>2006</v>
+      </c>
+      <c r="B10" s="9">
+        <v>3.142961872279705</v>
+      </c>
+      <c r="C10" s="9">
+        <v>3.7087790360778756</v>
+      </c>
+      <c r="D10" s="9">
+        <v>4.3965608935654172</v>
+      </c>
+      <c r="E10" s="9">
+        <v>6.7487196914096694</v>
+      </c>
+      <c r="F10" s="9">
+        <v>5.6703890572668572</v>
+      </c>
+      <c r="G10" s="9">
+        <v>8.0773985897435061</v>
+      </c>
+      <c r="H10" s="9">
+        <v>7.9404021479177667</v>
+      </c>
+      <c r="I10" s="9">
+        <v>6.2216702224006779</v>
+      </c>
+      <c r="J10" s="9">
+        <v>8.054420168041446</v>
+      </c>
+      <c r="K10" s="9">
+        <v>4.8720591909781819</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A11" s="2">
+        <v>2007</v>
+      </c>
+      <c r="B11" s="9">
+        <v>3.4765689591660252</v>
+      </c>
+      <c r="C11" s="9">
+        <v>4.1404960780251914</v>
+      </c>
+      <c r="D11" s="9">
+        <v>4.8533247894317446</v>
+      </c>
+      <c r="E11" s="9">
+        <v>7.4209720550863238</v>
+      </c>
+      <c r="F11" s="9">
+        <v>6.2829906278375409</v>
+      </c>
+      <c r="G11" s="9">
+        <v>8.8837970491778773</v>
+      </c>
+      <c r="H11" s="9">
+        <v>8.7253028539417894</v>
+      </c>
+      <c r="I11" s="9">
+        <v>6.8371043378403131</v>
+      </c>
+      <c r="J11" s="9">
+        <v>8.8548633446806857</v>
+      </c>
+      <c r="K11" s="9">
+        <v>5.4003711401604226</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A12" s="2">
+        <v>2008</v>
+      </c>
+      <c r="B12" s="9">
+        <v>3.1825697744495089</v>
+      </c>
+      <c r="C12" s="9">
+        <v>3.8082588997837812</v>
+      </c>
+      <c r="D12" s="9">
+        <v>4.3886687651413627</v>
+      </c>
+      <c r="E12" s="9">
+        <v>6.7132539728280003</v>
+      </c>
+      <c r="F12" s="9">
+        <v>5.6957083764371612</v>
+      </c>
+      <c r="G12" s="9">
+        <v>8.1031847624173334</v>
+      </c>
+      <c r="H12" s="9">
+        <v>8.0321368184667215</v>
+      </c>
+      <c r="I12" s="9">
+        <v>6.2231223807686433</v>
+      </c>
+      <c r="J12" s="9">
+        <v>8.1003890474892621</v>
+      </c>
+      <c r="K12" s="9">
+        <v>4.9065892243776776</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A13" s="2">
+        <v>2009</v>
+      </c>
+      <c r="B13" s="9">
+        <v>2.7791857571251941</v>
+      </c>
+      <c r="C13" s="9">
+        <v>3.2608512427997507</v>
+      </c>
+      <c r="D13" s="9">
+        <v>3.8028099362187873</v>
+      </c>
+      <c r="E13" s="9">
+        <v>5.6957940348694525</v>
+      </c>
+      <c r="F13" s="9">
+        <v>5.0090979685860715</v>
+      </c>
+      <c r="G13" s="9">
+        <v>6.9191529028150907</v>
+      </c>
+      <c r="H13" s="9">
+        <v>6.901706125125231</v>
+      </c>
+      <c r="I13" s="9">
+        <v>5.5029842181449071</v>
+      </c>
+      <c r="J13" s="9">
+        <v>7.1124349282197903</v>
+      </c>
+      <c r="K13" s="9">
+        <v>4.2152340314808026</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A14" s="2">
+        <v>2010</v>
+      </c>
+      <c r="B14" s="9">
+        <v>3.0120048943062616</v>
+      </c>
+      <c r="C14" s="9">
+        <v>3.5590655219953033</v>
+      </c>
+      <c r="D14" s="9">
+        <v>4.1520555268095141</v>
+      </c>
+      <c r="E14" s="9">
+        <v>6.2259049395856056</v>
+      </c>
+      <c r="F14" s="9">
+        <v>5.4265059522352024</v>
+      </c>
+      <c r="G14" s="9">
+        <v>7.5744090196727569</v>
+      </c>
+      <c r="H14" s="9">
+        <v>7.5053086424963826</v>
+      </c>
+      <c r="I14" s="9">
+        <v>5.9647900199070829</v>
+      </c>
+      <c r="J14" s="9">
+        <v>7.734582426377238</v>
+      </c>
+      <c r="K14" s="9">
+        <v>4.578891205725526</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A15" s="2">
+        <v>2011</v>
+      </c>
+      <c r="B15" s="9">
+        <v>2.8759908970814716</v>
+      </c>
+      <c r="C15" s="9">
+        <v>3.446080481520327</v>
+      </c>
+      <c r="D15" s="9">
+        <v>4.0849251237307627</v>
+      </c>
+      <c r="E15" s="9">
+        <v>6.0136116938300583</v>
+      </c>
+      <c r="F15" s="9">
+        <v>5.2764287073179776</v>
+      </c>
+      <c r="G15" s="9">
+        <v>7.3896216563432002</v>
+      </c>
+      <c r="H15" s="9">
+        <v>7.2969744510578955</v>
+      </c>
+      <c r="I15" s="9">
+        <v>5.8163370108475805</v>
+      </c>
+      <c r="J15" s="9">
+        <v>7.5352094739463595</v>
+      </c>
+      <c r="K15" s="9">
+        <v>4.440636798960262</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A16" s="2">
+        <v>2012</v>
+      </c>
+      <c r="B16" s="9">
+        <v>2.8152443216128757</v>
+      </c>
+      <c r="C16" s="9">
+        <v>3.4236525124072812</v>
+      </c>
+      <c r="D16" s="9">
+        <v>4.0539004266036622</v>
+      </c>
+      <c r="E16" s="9">
+        <v>5.9973638316601097</v>
+      </c>
+      <c r="F16" s="9">
+        <v>5.2484316533515596</v>
+      </c>
+      <c r="G16" s="9">
+        <v>7.3853346740759047</v>
+      </c>
+      <c r="H16" s="9">
+        <v>7.2863788635673696</v>
+      </c>
+      <c r="I16" s="9">
+        <v>5.7427343758762648</v>
+      </c>
+      <c r="J16" s="9">
+        <v>7.4120410303382105</v>
+      </c>
+      <c r="K16" s="9">
+        <v>4.3891101143248008</v>
+      </c>
+    </row>
+    <row r="17" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A17" s="2">
+        <v>2013</v>
+      </c>
+      <c r="B17" s="9">
+        <v>2.8430497274901949</v>
+      </c>
+      <c r="C17" s="9">
+        <v>3.4961339055425085</v>
+      </c>
+      <c r="D17" s="9">
+        <v>4.1178434105431014</v>
+      </c>
+      <c r="E17" s="9">
+        <v>6.1823222594186245</v>
+      </c>
+      <c r="F17" s="9">
+        <v>5.3021999933208344</v>
+      </c>
+      <c r="G17" s="9">
+        <v>7.5388383887479984</v>
+      </c>
+      <c r="H17" s="9">
+        <v>7.4449091997224288</v>
+      </c>
+      <c r="I17" s="9">
+        <v>5.8074381503011203</v>
+      </c>
+      <c r="J17" s="9">
+        <v>7.5595722677049517</v>
+      </c>
+      <c r="K17" s="9">
+        <v>4.4311792302716757</v>
+      </c>
+    </row>
+    <row r="18" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A18" s="2">
+        <v>2014</v>
+      </c>
+      <c r="B18" s="9">
+        <v>3.1487306497030669</v>
+      </c>
+      <c r="C18" s="9">
+        <v>3.88368648314191</v>
+      </c>
+      <c r="D18" s="9">
+        <v>4.5765615995684188</v>
+      </c>
+      <c r="E18" s="9">
+        <v>6.821667289922738</v>
+      </c>
+      <c r="F18" s="9">
+        <v>5.8726564382002548</v>
+      </c>
+      <c r="G18" s="9">
+        <v>8.5058431057575223</v>
+      </c>
+      <c r="H18" s="9">
+        <v>8.2923937239886492</v>
+      </c>
+      <c r="I18" s="9">
+        <v>6.3718870290487102</v>
+      </c>
+      <c r="J18" s="9">
+        <v>8.3783018378140479</v>
+      </c>
+      <c r="K18" s="9">
+        <v>4.9503239595847184</v>
+      </c>
+    </row>
+    <row r="19" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A19" s="2">
+        <v>2015</v>
+      </c>
+      <c r="B19" s="9">
+        <v>3.3094258444945588</v>
+      </c>
+      <c r="C19" s="9">
+        <v>4.0508773504813682</v>
+      </c>
+      <c r="D19" s="9">
+        <v>4.7746565651893871</v>
+      </c>
+      <c r="E19" s="9">
+        <v>7.0130372280584954</v>
+      </c>
+      <c r="F19" s="9">
+        <v>6.0955181367880433</v>
+      </c>
+      <c r="G19" s="9">
+        <v>8.7524537580779036</v>
+      </c>
+      <c r="H19" s="9">
+        <v>8.424466104145738</v>
+      </c>
+      <c r="I19" s="9">
+        <v>6.5195219333644578</v>
+      </c>
+      <c r="J19" s="9">
+        <v>8.5681670185021712</v>
+      </c>
+      <c r="K19" s="9">
+        <v>5.1239659951259391</v>
+      </c>
+    </row>
+    <row r="20" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A20" s="2">
+        <v>2016</v>
+      </c>
+      <c r="B20" s="9">
+        <v>3.3930884698553223</v>
+      </c>
+      <c r="C20" s="9">
+        <v>4.180506968683102</v>
+      </c>
+      <c r="D20" s="9">
+        <v>4.9677373003888867</v>
+      </c>
+      <c r="E20" s="9">
+        <v>7.1850237956220866</v>
+      </c>
+      <c r="F20" s="9">
+        <v>6.268042308051518</v>
+      </c>
+      <c r="G20" s="9">
+        <v>8.8861921896869429</v>
+      </c>
+      <c r="H20" s="9">
+        <v>8.4754764491940016</v>
+      </c>
+      <c r="I20" s="9">
+        <v>6.6536919235340797</v>
+      </c>
+      <c r="J20" s="9">
+        <v>8.6470711799695863</v>
+      </c>
+      <c r="K20" s="9">
+        <v>5.240079475732462</v>
+      </c>
+    </row>
+    <row r="21" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A21" s="2">
+        <v>2017</v>
+      </c>
+      <c r="B21" s="9">
+        <v>3.3634315394360539</v>
+      </c>
+      <c r="C21" s="9">
+        <v>4.1844781017710639</v>
+      </c>
+      <c r="D21" s="9">
+        <v>4.9525647103612105</v>
+      </c>
+      <c r="E21" s="9">
+        <v>7.1232153586898788</v>
+      </c>
+      <c r="F21" s="9">
+        <v>6.2441088600911456</v>
+      </c>
+      <c r="G21" s="9">
+        <v>8.8414145984046559</v>
+      </c>
+      <c r="H21" s="9">
+        <v>8.2824501658612828</v>
+      </c>
+      <c r="I21" s="9">
+        <v>6.677324164725376</v>
+      </c>
+      <c r="J21" s="9">
+        <v>8.5559952048629118</v>
+      </c>
+      <c r="K21" s="9">
+        <v>5.2117671592774064</v>
+      </c>
+    </row>
+    <row r="22" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A22" s="2">
+        <v>2018</v>
+      </c>
+      <c r="B22" s="9">
+        <v>3.3662721404333644</v>
+      </c>
+      <c r="C22" s="9">
+        <v>4.2075400086049166</v>
+      </c>
+      <c r="D22" s="9">
+        <v>4.8612114027988955</v>
+      </c>
+      <c r="E22" s="9">
+        <v>7.012010900015051</v>
+      </c>
+      <c r="F22" s="9">
+        <v>6.2163391906509684</v>
+      </c>
+      <c r="G22" s="9">
+        <v>8.781543179249617</v>
+      </c>
+      <c r="H22" s="9">
+        <v>8.180679383350892</v>
+      </c>
+      <c r="I22" s="9">
+        <v>6.6446900135891775</v>
+      </c>
+      <c r="J22" s="9">
+        <v>8.4140796510641849</v>
+      </c>
+      <c r="K22" s="9">
+        <v>5.1648597507845828</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A23" s="2">
+        <v>2019</v>
+      </c>
+      <c r="B23" s="9">
+        <v>3.3031598042386268</v>
+      </c>
+      <c r="C23" s="9">
+        <v>4.149274225107404</v>
+      </c>
+      <c r="D23" s="9">
+        <v>4.9370892341215509</v>
+      </c>
+      <c r="E23" s="9">
+        <v>6.8486191628505528</v>
+      </c>
+      <c r="F23" s="9">
+        <v>6.0983589802581477</v>
+      </c>
+      <c r="G23" s="9">
+        <v>8.4273224192953737</v>
+      </c>
+      <c r="H23" s="9">
+        <v>7.9936467262574773</v>
+      </c>
+      <c r="I23" s="9">
+        <v>6.5030581228237248</v>
+      </c>
+      <c r="J23" s="9">
+        <v>8.2399184461074295</v>
+      </c>
+      <c r="K23" s="9">
+        <v>5.0571123019399735</v>
+      </c>
+    </row>
+    <row r="24" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A24" s="2">
+        <v>2020</v>
+      </c>
+      <c r="B24" s="9">
+        <v>3.4158804152459656</v>
+      </c>
+      <c r="C24" s="9">
+        <v>4.1741750617105584</v>
+      </c>
+      <c r="D24" s="9">
+        <v>5.090586591756149</v>
+      </c>
+      <c r="E24" s="9">
+        <v>6.9507970944810573</v>
+      </c>
+      <c r="F24" s="9">
+        <v>6.5844319001886946</v>
+      </c>
+      <c r="G24" s="9">
+        <v>8.407647906086309</v>
+      </c>
+      <c r="H24" s="9">
+        <v>8.1001660553588994</v>
+      </c>
+      <c r="I24" s="9">
+        <v>6.9029522196433293</v>
+      </c>
+      <c r="J24" s="9">
+        <v>7.8688840690354427</v>
+      </c>
+      <c r="K24" s="9">
+        <v>5.0984945782706692</v>
+      </c>
+    </row>
+    <row r="25" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A25" s="2">
+        <v>2021</v>
+      </c>
+      <c r="B25" s="9">
+        <v>3.7666264969762069</v>
+      </c>
+      <c r="C25" s="9">
+        <v>4.5144505618710733</v>
+      </c>
+      <c r="D25" s="9">
+        <v>5.5669965842462474</v>
+      </c>
+      <c r="E25" s="9">
+        <v>7.3145950682636496</v>
+      </c>
+      <c r="F25" s="9">
+        <v>6.6607146000400803</v>
+      </c>
+      <c r="G25" s="9">
+        <v>8.8690080081233091</v>
+      </c>
+      <c r="H25" s="9">
+        <v>8.4557907083218815</v>
+      </c>
+      <c r="I25" s="9">
+        <v>6.9241590346933988</v>
+      </c>
+      <c r="J25" s="9">
+        <v>8.5471256695264817</v>
+      </c>
+      <c r="K25" s="9">
+        <v>5.4451754368618328</v>
+      </c>
+    </row>
+    <row r="26" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A26" s="2">
+        <v>2022</v>
+      </c>
+      <c r="B26" s="9">
+        <v>3.965417611006719</v>
+      </c>
+      <c r="C26" s="9">
+        <v>4.9000947811035891</v>
+      </c>
+      <c r="D26" s="9">
+        <v>6.0696508104420905</v>
+      </c>
+      <c r="E26" s="9">
+        <v>7.9222613460977476</v>
+      </c>
+      <c r="F26" s="9">
+        <v>6.9361966352488578</v>
+      </c>
+      <c r="G26" s="9">
+        <v>9.2760655001777419</v>
+      </c>
+      <c r="H26" s="9">
+        <v>9.0881666950893951</v>
+      </c>
+      <c r="I26" s="9">
+        <v>7.1598356083443253</v>
+      </c>
+      <c r="J26" s="9">
+        <v>9.0265962781446305</v>
+      </c>
+      <c r="K26" s="9">
+        <v>5.7967765947056691</v>
+      </c>
+    </row>
+    <row r="27" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A27" s="2">
+        <v>2023</v>
+      </c>
+      <c r="B27" s="9">
+        <v>3.5956511129150002</v>
+      </c>
+      <c r="C27" s="9">
+        <v>4.503074531796031</v>
+      </c>
+      <c r="D27" s="9">
+        <v>5.5897396838930629</v>
+      </c>
+      <c r="E27" s="9">
+        <v>7.304816808746259</v>
+      </c>
+      <c r="F27" s="9">
+        <v>6.3322820265167268</v>
+      </c>
+      <c r="G27" s="9">
+        <v>8.2351339937000922</v>
+      </c>
+      <c r="H27" s="9">
+        <v>8.2733333009766294</v>
+      </c>
+      <c r="I27" s="9">
+        <v>6.5094626671613547</v>
+      </c>
+      <c r="J27" s="9">
+        <v>8.1566742567174302</v>
+      </c>
+      <c r="K27" s="9">
+        <v>5.2775522745966059</v>
+      </c>
+    </row>
+    <row r="28" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A28" s="2">
+        <v>2024</v>
+      </c>
+      <c r="B28" s="9">
+        <v>3.3666004481052907</v>
+      </c>
+      <c r="C28" s="9">
+        <v>4.335418370298612</v>
+      </c>
+      <c r="D28" s="9">
+        <v>5.3891398498954697</v>
+      </c>
+      <c r="E28" s="9">
+        <v>7.0470688003238067</v>
+      </c>
+      <c r="F28" s="9">
+        <v>6.0199183996140837</v>
+      </c>
+      <c r="G28" s="9">
+        <v>7.8217913926119147</v>
+      </c>
+      <c r="H28" s="9">
+        <v>7.8754620449989234</v>
+      </c>
+      <c r="I28" s="9">
+        <v>6.2754401158566964</v>
+      </c>
+      <c r="J28" s="9">
+        <v>7.8740402248066506</v>
+      </c>
+      <c r="K28" s="9">
+        <v>5.0293252773528643</v>
+      </c>
+    </row>
+    <row r="29" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A29" s="2">
+        <v>2025</v>
+      </c>
+      <c r="B29" s="9">
+        <v>3.2063060403112682</v>
+      </c>
+      <c r="C29" s="9">
+        <v>4.1701815063103531</v>
+      </c>
+      <c r="D29" s="9">
+        <v>5.1531908153966004</v>
+      </c>
+      <c r="E29" s="9">
+        <v>6.7723392159109226</v>
+      </c>
+      <c r="F29" s="9">
+        <v>5.821446782166821</v>
+      </c>
+      <c r="G29" s="9">
+        <v>7.4518419278591033</v>
+      </c>
+      <c r="H29" s="9">
+        <v>7.6125079242503162</v>
+      </c>
+      <c r="I29" s="9">
+        <v>6.0477836200814084</v>
+      </c>
+      <c r="J29" s="9">
+        <v>7.5402536117489571</v>
+      </c>
+      <c r="K29" s="9">
+        <v>4.8313962108295883</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C9C89AE6-0ACE-4650-B001-4D6A9C2624CA}">
+  <dimension ref="A1:K19"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="K8" sqref="K8"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="12.33203125" style="2" customWidth="1"/>
+    <col min="2" max="11" width="14.33203125" style="2" customWidth="1"/>
+    <col min="12" max="16384" width="9.109375" style="2"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:11" ht="51.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1"/>
       <c r="G1" s="3"/>
     </row>
-    <row r="2" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A2" s="4"/>
     </row>
-    <row r="3" spans="1:11" ht="21" x14ac:dyDescent="0.35">
-[...5 lines deleted...]
-      <c r="A4" s="5"/>
+    <row r="3" spans="1:11" ht="21" x14ac:dyDescent="0.4">
+      <c r="B3" s="16" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="4" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A4" s="7"/>
       <c r="B4" s="8"/>
       <c r="C4" s="8"/>
       <c r="D4" s="8"/>
       <c r="E4" s="8"/>
       <c r="F4" s="8"/>
       <c r="G4" s="8"/>
       <c r="H4" s="8"/>
       <c r="I4" s="8"/>
       <c r="J4" s="8"/>
       <c r="K4" s="8"/>
     </row>
-    <row r="5" spans="1:11" ht="60" x14ac:dyDescent="0.25">
-      <c r="A5" s="6"/>
+    <row r="5" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A5" s="13" t="s">
+        <v>10</v>
+      </c>
       <c r="B5" s="14" t="s">
-        <v>0</v>
-[...847 lines deleted...]
-      <c r="A5" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="C5" s="12"/>
+      <c r="D5" s="10"/>
+      <c r="E5" s="10"/>
+      <c r="F5" s="10"/>
+      <c r="G5" s="10"/>
+      <c r="H5" s="10"/>
+      <c r="I5" s="10"/>
+      <c r="J5" s="10"/>
+      <c r="K5" s="10"/>
+    </row>
+    <row r="6" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A6" s="13" t="s">
         <v>10</v>
       </c>
-      <c r="B5" s="13" t="s">
+      <c r="B6" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="C6" s="12"/>
+      <c r="D6" s="10"/>
+      <c r="E6" s="10"/>
+      <c r="F6" s="10"/>
+      <c r="G6" s="10"/>
+      <c r="H6" s="10"/>
+      <c r="I6" s="10"/>
+      <c r="J6" s="10"/>
+      <c r="K6" s="10"/>
+    </row>
+    <row r="7" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A7" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="C7" s="12"/>
+      <c r="D7" s="10"/>
+      <c r="E7" s="10"/>
+      <c r="F7" s="10"/>
+      <c r="G7" s="10"/>
+      <c r="H7" s="10"/>
+      <c r="I7" s="10"/>
+      <c r="J7" s="10"/>
+      <c r="K7" s="10"/>
+    </row>
+    <row r="8" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A8" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="C8" s="12"/>
+      <c r="D8" s="10"/>
+      <c r="E8" s="10"/>
+      <c r="F8" s="10"/>
+      <c r="G8" s="10"/>
+      <c r="H8" s="10"/>
+      <c r="I8" s="10"/>
+      <c r="J8" s="10"/>
+      <c r="K8" s="10"/>
+    </row>
+    <row r="9" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A9" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" s="14" t="s">
         <v>15</v>
       </c>
-      <c r="C5" s="11"/>
-[...175 lines deleted...]
-    <row r="17" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="C9" s="10"/>
+      <c r="D9" s="10"/>
+      <c r="E9" s="10"/>
+      <c r="F9" s="10"/>
+      <c r="G9" s="10"/>
+      <c r="H9" s="10"/>
+      <c r="I9" s="10"/>
+      <c r="J9" s="10"/>
+      <c r="K9" s="10"/>
+    </row>
+    <row r="10" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A10" s="11"/>
+      <c r="B10" s="12"/>
+      <c r="C10" s="10"/>
+      <c r="D10" s="10"/>
+      <c r="E10" s="10"/>
+      <c r="F10" s="10"/>
+      <c r="G10" s="10"/>
+      <c r="H10" s="10"/>
+      <c r="I10" s="10"/>
+      <c r="J10" s="10"/>
+      <c r="K10" s="10"/>
+    </row>
+    <row r="11" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A11" s="11"/>
+      <c r="B11" s="12"/>
+      <c r="C11" s="10"/>
+      <c r="D11" s="10"/>
+      <c r="E11" s="10"/>
+      <c r="F11" s="10"/>
+      <c r="G11" s="10"/>
+      <c r="H11" s="10"/>
+      <c r="I11" s="10"/>
+      <c r="J11" s="10"/>
+      <c r="K11" s="10"/>
+    </row>
+    <row r="12" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A12" s="11"/>
+      <c r="B12" s="12"/>
+      <c r="C12" s="10"/>
+      <c r="D12" s="10"/>
+      <c r="E12" s="10"/>
+      <c r="F12" s="10"/>
+      <c r="G12" s="10"/>
+      <c r="H12" s="10"/>
+      <c r="I12" s="10"/>
+      <c r="J12" s="10"/>
+      <c r="K12" s="10"/>
+    </row>
+    <row r="13" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A13" s="11"/>
+      <c r="B13" s="12"/>
+      <c r="C13" s="10"/>
+      <c r="D13" s="10"/>
+      <c r="E13" s="10"/>
+      <c r="F13" s="10"/>
+      <c r="G13" s="10"/>
+      <c r="H13" s="10"/>
+      <c r="I13" s="10"/>
+      <c r="J13" s="10"/>
+      <c r="K13" s="10"/>
+    </row>
+    <row r="14" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A14" s="12"/>
+      <c r="B14" s="12"/>
+      <c r="C14" s="10"/>
+      <c r="D14" s="10"/>
+      <c r="E14" s="10"/>
+      <c r="F14" s="10"/>
+      <c r="G14" s="10"/>
+      <c r="H14" s="10"/>
+      <c r="I14" s="10"/>
+      <c r="J14" s="10"/>
+      <c r="K14" s="10"/>
+    </row>
+    <row r="15" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A15" s="11"/>
+      <c r="B15" s="12"/>
+      <c r="C15" s="10"/>
+      <c r="D15" s="10"/>
+      <c r="E15" s="10"/>
+      <c r="F15" s="10"/>
+      <c r="G15" s="10"/>
+      <c r="H15" s="10"/>
+      <c r="I15" s="10"/>
+      <c r="J15" s="10"/>
+      <c r="K15" s="10"/>
+    </row>
+    <row r="16" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A16" s="11"/>
+      <c r="B16" s="12"/>
+    </row>
+    <row r="17" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A17" s="11"/>
-      <c r="B17" s="11"/>
-[...37 lines deleted...]
-      <c r="B22" s="11"/>
+      <c r="B17" s="12"/>
+    </row>
+    <row r="18" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A18" s="11"/>
+      <c r="B18" s="12"/>
+    </row>
+    <row r="19" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A19" s="11"/>
+      <c r="B19" s="12"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>Mtg Payments % Take Home Pay</vt:lpstr>
+      <vt:lpstr>House Price Earnings Ratios</vt:lpstr>
       <vt:lpstr>Notes</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Andrew Harvey</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>