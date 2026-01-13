--- v0 (2025-10-02)
+++ v1 (2026-01-13)
@@ -1,88 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\HPD\Press\Embargo\Internet HP Files\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{61BA1AD8-668E-494F-A8E9-2C27BA8EC1FA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{B9E3FD13-DF86-4700-8CDB-F70281CA7A31}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{84CF6D3E-B7E9-4280-AE48-D50D888F54C5}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{7617A886-C85C-4AAE-8544-E08C3F79C957}"/>
   </bookViews>
   <sheets>
     <sheet name="Z6 foo" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Z6 foo'!$A$1:$AC$123</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Z6 foo'!$A:$A,'Z6 foo'!$1:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="217" uniqueCount="189">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="218" uniqueCount="190">
   <si>
     <t>Q1 1993</t>
   </si>
   <si>
     <t>NORTH</t>
   </si>
   <si>
     <t>YORKS &amp; THE HUMBER</t>
   </si>
   <si>
     <t>NORTH WEST</t>
   </si>
   <si>
     <t>EAST MIDS</t>
   </si>
   <si>
     <t>WEST MIDS</t>
   </si>
   <si>
     <t>EAST ANGLIA</t>
   </si>
   <si>
     <t>OUTER S EAST</t>
   </si>
   <si>
@@ -605,63 +605,67 @@
     <t>Q3 2023</t>
   </si>
   <si>
     <t>Q4 2023</t>
   </si>
   <si>
     <t>Q1 2024</t>
   </si>
   <si>
     <t>Q2 2024</t>
   </si>
   <si>
     <t>Q3 2024</t>
   </si>
   <si>
     <t>Q4 2024</t>
   </si>
   <si>
     <t>Q1 2025</t>
   </si>
   <si>
     <t>Q2 2025</t>
   </si>
   <si>
     <t>Q3 2025</t>
+  </si>
+  <si>
+    <t>Q4 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
-  <fonts count="3">
+  <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="MS Sans Serif"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="9">
     <border>
       <left/>
@@ -834,52 +838,52 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="1" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="1" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal_Z5" xfId="2" xr:uid="{CAFC8D0C-62D7-41DE-876A-96CC0920D1D6}"/>
-    <cellStyle name="Normal_Z6" xfId="1" xr:uid="{82FB787A-A0B3-4516-B967-932ABEC7553E}"/>
+    <cellStyle name="Normal_Z5" xfId="2" xr:uid="{BFF8E500-B3BD-46B9-92D8-6CEAED0B7A91}"/>
+    <cellStyle name="Normal_Z6" xfId="1" xr:uid="{000C222D-C246-4EE8-811C-E7C844A73707}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Nationwide Brand Refresh">
       <a:dk1>
         <a:srgbClr val="02081E"/>
       </a:dk1>
@@ -1229,95 +1233,95 @@
         <a:extLst>
           <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
             <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:effectLst>
                 <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                   <a:srgbClr val="808080"/>
                 </a:outerShdw>
               </a:effectLst>
             </a14:hiddenEffects>
           </a:ext>
         </a:extLst>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{19A414E1-F56C-482C-B124-7353CA8CC561}">
-  <dimension ref="A1:AC174"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A6E1111F-2231-4B3C-86F5-D1D10F439FB9}">
+  <dimension ref="A1:AC175"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="1" ySplit="3" topLeftCell="T156" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="3" topLeftCell="S156" activePane="bottomRight" state="frozen"/>
       <selection activeCell="G32" sqref="G32"/>
       <selection pane="topRight" activeCell="G32" sqref="G32"/>
       <selection pane="bottomLeft" activeCell="G32" sqref="G32"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.8"/>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="9" style="6" customWidth="1"/>
     <col min="2" max="2" width="9" style="20" customWidth="1"/>
     <col min="3" max="3" width="9" style="6" customWidth="1"/>
     <col min="4" max="4" width="9" style="20" customWidth="1"/>
     <col min="5" max="5" width="9" style="6" customWidth="1"/>
     <col min="6" max="6" width="9" style="20" customWidth="1"/>
     <col min="7" max="7" width="9" style="6" customWidth="1"/>
     <col min="8" max="8" width="9" style="20" customWidth="1"/>
     <col min="9" max="9" width="9" style="6" customWidth="1"/>
     <col min="10" max="10" width="9" style="20" customWidth="1"/>
     <col min="11" max="11" width="9" style="6" customWidth="1"/>
     <col min="12" max="12" width="9" style="20" customWidth="1"/>
     <col min="13" max="13" width="9" style="6" customWidth="1"/>
     <col min="14" max="14" width="9" style="20" customWidth="1"/>
     <col min="15" max="15" width="9" style="35" customWidth="1"/>
     <col min="16" max="16" width="9" style="20" customWidth="1"/>
     <col min="17" max="17" width="9" style="6" customWidth="1"/>
     <col min="18" max="18" width="9" style="20" customWidth="1"/>
     <col min="19" max="19" width="9" style="6" customWidth="1"/>
     <col min="20" max="20" width="9" style="20" customWidth="1"/>
     <col min="21" max="21" width="9" style="6" customWidth="1"/>
     <col min="22" max="22" width="9" style="20" customWidth="1"/>
     <col min="23" max="23" width="9" style="6" customWidth="1"/>
     <col min="24" max="24" width="9" style="20" customWidth="1"/>
     <col min="25" max="25" width="9" style="6" customWidth="1"/>
     <col min="26" max="26" width="9" style="20" customWidth="1"/>
     <col min="27" max="27" width="9" style="6" customWidth="1"/>
     <col min="28" max="28" width="9" style="20" customWidth="1"/>
     <col min="29" max="16384" width="9" style="6"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:29">
+    <row r="1" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2"/>
       <c r="D1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="2"/>
       <c r="F1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G1" s="2"/>
       <c r="H1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="I1" s="2"/>
       <c r="J1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="K1" s="2"/>
       <c r="L1" s="1" t="s">
         <v>6</v>
@@ -1334,83 +1338,83 @@
       <c r="R1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="S1" s="2"/>
       <c r="T1" s="1" t="s">
         <v>10</v>
       </c>
       <c r="U1" s="2"/>
       <c r="V1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="W1" s="2"/>
       <c r="X1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="Y1" s="2"/>
       <c r="Z1" s="1" t="s">
         <v>13</v>
       </c>
       <c r="AA1" s="2"/>
       <c r="AB1" s="1" t="s">
         <v>14</v>
       </c>
       <c r="AC1" s="5"/>
     </row>
-    <row r="2" spans="1:29">
+    <row r="2" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A2" s="7" t="s">
         <v>15</v>
       </c>
       <c r="B2" s="8"/>
       <c r="C2" s="9"/>
       <c r="D2" s="8"/>
       <c r="E2" s="9"/>
       <c r="F2" s="8"/>
       <c r="G2" s="9"/>
       <c r="H2" s="8"/>
       <c r="I2" s="9"/>
       <c r="J2" s="8"/>
       <c r="K2" s="9"/>
       <c r="L2" s="8"/>
       <c r="M2" s="9"/>
       <c r="N2" s="8"/>
       <c r="O2" s="10"/>
       <c r="P2" s="8"/>
       <c r="Q2" s="9"/>
       <c r="R2" s="8"/>
       <c r="S2" s="9"/>
       <c r="T2" s="8"/>
       <c r="U2" s="9"/>
       <c r="V2" s="8"/>
       <c r="W2" s="9"/>
       <c r="X2" s="8"/>
       <c r="Y2" s="9"/>
       <c r="Z2" s="8"/>
       <c r="AA2" s="9"/>
       <c r="AB2" s="8"/>
     </row>
-    <row r="3" spans="1:29">
+    <row r="3" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A3" s="8"/>
       <c r="B3" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C3" s="9" t="s">
         <v>17</v>
       </c>
       <c r="D3" s="8" t="s">
         <v>16</v>
       </c>
       <c r="E3" s="9" t="s">
         <v>17</v>
       </c>
       <c r="F3" s="8" t="s">
         <v>16</v>
       </c>
       <c r="G3" s="9" t="s">
         <v>17</v>
       </c>
       <c r="H3" s="8" t="s">
         <v>16</v>
       </c>
       <c r="I3" s="9" t="s">
         <v>17</v>
       </c>
@@ -1453,51 +1457,51 @@
       <c r="V3" s="8" t="s">
         <v>16</v>
       </c>
       <c r="W3" s="9" t="s">
         <v>17</v>
       </c>
       <c r="X3" s="8" t="s">
         <v>16</v>
       </c>
       <c r="Y3" s="9" t="s">
         <v>17</v>
       </c>
       <c r="Z3" s="8" t="s">
         <v>16</v>
       </c>
       <c r="AA3" s="9" t="s">
         <v>17</v>
       </c>
       <c r="AB3" s="8" t="s">
         <v>16</v>
       </c>
       <c r="AC3" s="9" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="4" spans="1:29">
+    <row r="4" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A4" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B4" s="1">
         <v>26061.46798625751</v>
       </c>
       <c r="C4" s="11">
         <v>50.855765050001978</v>
       </c>
       <c r="D4" s="1">
         <v>25594.388264543792</v>
       </c>
       <c r="E4" s="11">
         <v>46.579148433701469</v>
       </c>
       <c r="F4" s="1">
         <v>29855.958458613732</v>
       </c>
       <c r="G4" s="11">
         <v>48.717732837152916</v>
       </c>
       <c r="H4" s="1">
         <v>28373.10497995792</v>
       </c>
       <c r="I4" s="11">
@@ -1542,51 +1546,51 @@
       <c r="V4" s="1">
         <v>28591.312655957285</v>
       </c>
       <c r="W4" s="11">
         <v>50.833816841041383</v>
       </c>
       <c r="X4" s="1">
         <v>30294.289070174629</v>
       </c>
       <c r="Y4" s="11">
         <v>51.715731942115397</v>
       </c>
       <c r="Z4" s="1">
         <v>28569.606557757663</v>
       </c>
       <c r="AA4" s="11">
         <v>68.977310250483512</v>
       </c>
       <c r="AB4" s="1">
         <v>30398.852860007086</v>
       </c>
       <c r="AC4" s="11">
         <v>52.080167173252278</v>
       </c>
     </row>
-    <row r="5" spans="1:29">
+    <row r="5" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A5" s="8" t="s">
         <v>19</v>
       </c>
       <c r="B5" s="8">
         <v>27712.338218559693</v>
       </c>
       <c r="C5" s="13">
         <v>54.077236254397405</v>
       </c>
       <c r="D5" s="8">
         <v>25960.785710621363</v>
       </c>
       <c r="E5" s="13">
         <v>47.24595401819824</v>
       </c>
       <c r="F5" s="8">
         <v>30509.173642641883</v>
       </c>
       <c r="G5" s="13">
         <v>49.783622678363955</v>
       </c>
       <c r="H5" s="8">
         <v>29252.068428220282</v>
       </c>
       <c r="I5" s="13">
@@ -1631,51 +1635,51 @@
       <c r="V5" s="8">
         <v>29913.50296140214</v>
       </c>
       <c r="W5" s="13">
         <v>53.184600123528419</v>
       </c>
       <c r="X5" s="8">
         <v>31780.489218511771</v>
       </c>
       <c r="Y5" s="13">
         <v>54.252841438419971</v>
       </c>
       <c r="Z5" s="8">
         <v>29796.600089525273</v>
       </c>
       <c r="AA5" s="13">
         <v>71.939714137459319</v>
       </c>
       <c r="AB5" s="8">
         <v>31480.896044974812</v>
       </c>
       <c r="AC5" s="13">
         <v>53.93395390070922</v>
       </c>
     </row>
-    <row r="6" spans="1:29">
+    <row r="6" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A6" s="8" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="8">
         <v>28042.512265020123</v>
       </c>
       <c r="C6" s="13">
         <v>54.72153049527649</v>
       </c>
       <c r="D6" s="8">
         <v>26299.512516239953</v>
       </c>
       <c r="E6" s="13">
         <v>47.862401889282488</v>
       </c>
       <c r="F6" s="8">
         <v>30839.393008975228</v>
       </c>
       <c r="G6" s="13">
         <v>50.322461144694969</v>
       </c>
       <c r="H6" s="8">
         <v>29750.800326179233</v>
       </c>
       <c r="I6" s="13">
@@ -1720,51 +1724,51 @@
       <c r="V6" s="8">
         <v>30655.655959283213</v>
       </c>
       <c r="W6" s="13">
         <v>54.504108255816128</v>
       </c>
       <c r="X6" s="8">
         <v>32244.358297858125</v>
       </c>
       <c r="Y6" s="13">
         <v>55.04471771939631</v>
       </c>
       <c r="Z6" s="8">
         <v>29409.745440974337</v>
       </c>
       <c r="AA6" s="13">
         <v>71.005707816406428</v>
       </c>
       <c r="AB6" s="8">
         <v>32147.124171671425</v>
       </c>
       <c r="AC6" s="13">
         <v>55.075354609929079</v>
       </c>
     </row>
-    <row r="7" spans="1:29">
+    <row r="7" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A7" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B7" s="15">
         <v>28295.713220894697</v>
       </c>
       <c r="C7" s="16">
         <v>55.215621170797263</v>
       </c>
       <c r="D7" s="15">
         <v>26614.385321462865</v>
       </c>
       <c r="E7" s="16">
         <v>48.435437938459401</v>
       </c>
       <c r="F7" s="15">
         <v>31186.123343625241</v>
       </c>
       <c r="G7" s="16">
         <v>50.888241534342534</v>
       </c>
       <c r="H7" s="15">
         <v>30310.328054674497</v>
       </c>
       <c r="I7" s="16">
@@ -1809,51 +1813,51 @@
       <c r="V7" s="15">
         <v>30191.41557337463</v>
       </c>
       <c r="W7" s="16">
         <v>53.678713807108501</v>
       </c>
       <c r="X7" s="15">
         <v>32235.262825714086</v>
       </c>
       <c r="Y7" s="16">
         <v>55.029190733494815</v>
       </c>
       <c r="Z7" s="15">
         <v>29917.736393616979</v>
       </c>
       <c r="AA7" s="16">
         <v>72.232180763243548</v>
       </c>
       <c r="AB7" s="15">
         <v>32655.342576225008</v>
       </c>
       <c r="AC7" s="16">
         <v>55.94604863221884</v>
       </c>
     </row>
-    <row r="8" spans="1:29">
+    <row r="8" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A8" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="1">
         <v>29152.54525557423</v>
       </c>
       <c r="C8" s="11">
         <v>56.887624016759553</v>
       </c>
       <c r="D8" s="1">
         <v>27735.523340059608</v>
       </c>
       <c r="E8" s="11">
         <v>50.475793568104471</v>
       </c>
       <c r="F8" s="1">
         <v>32009.607888419028</v>
       </c>
       <c r="G8" s="11">
         <v>52.231969959755503</v>
       </c>
       <c r="H8" s="1">
         <v>30555.572252431171</v>
       </c>
       <c r="I8" s="11">
@@ -1898,51 +1902,51 @@
       <c r="V8" s="1">
         <v>30510.383457570322</v>
       </c>
       <c r="W8" s="11">
         <v>54.245821557581088</v>
       </c>
       <c r="X8" s="1">
         <v>33114.79498204335</v>
       </c>
       <c r="Y8" s="11">
         <v>56.530650270169552</v>
       </c>
       <c r="Z8" s="1">
         <v>30053.52628288107</v>
       </c>
       <c r="AA8" s="11">
         <v>72.560026416340392</v>
       </c>
       <c r="AB8" s="1">
         <v>33729.069460027313</v>
       </c>
       <c r="AC8" s="11">
         <v>57.785587639311039</v>
       </c>
     </row>
-    <row r="9" spans="1:29">
+    <row r="9" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A9" s="8" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="8">
         <v>29958.737099078855</v>
       </c>
       <c r="C9" s="13">
         <v>58.460808727617689</v>
       </c>
       <c r="D9" s="8">
         <v>28241.228148447921</v>
       </c>
       <c r="E9" s="13">
         <v>51.396124192540114</v>
       </c>
       <c r="F9" s="8">
         <v>33191.174058580531</v>
       </c>
       <c r="G9" s="13">
         <v>54.16000134709617</v>
       </c>
       <c r="H9" s="8">
         <v>32097.107209758829</v>
       </c>
       <c r="I9" s="13">
@@ -1987,51 +1991,51 @@
       <c r="V9" s="8">
         <v>33207.399032848763</v>
       </c>
       <c r="W9" s="13">
         <v>59.040970259596847</v>
       </c>
       <c r="X9" s="8">
         <v>34579.165997234784</v>
       </c>
       <c r="Y9" s="13">
         <v>59.030495000310538</v>
       </c>
       <c r="Z9" s="8">
         <v>29939.228318536476</v>
       </c>
       <c r="AA9" s="13">
         <v>72.284070003302048</v>
       </c>
       <c r="AB9" s="8">
         <v>34877.643054318418</v>
       </c>
       <c r="AC9" s="13">
         <v>59.753356129685912</v>
       </c>
     </row>
-    <row r="10" spans="1:29">
+    <row r="10" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A10" s="8" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="8">
         <v>30071.158323487165</v>
       </c>
       <c r="C10" s="13">
         <v>58.680184987548913</v>
       </c>
       <c r="D10" s="8">
         <v>28196.382627704053</v>
       </c>
       <c r="E10" s="13">
         <v>51.314509967354311</v>
       </c>
       <c r="F10" s="8">
         <v>33041.543408210731</v>
       </c>
       <c r="G10" s="13">
         <v>53.915840167039924</v>
       </c>
       <c r="H10" s="8">
         <v>32285.677328201986</v>
       </c>
       <c r="I10" s="13">
@@ -2076,51 +2080,51 @@
       <c r="V10" s="8">
         <v>33676.902915196231</v>
       </c>
       <c r="W10" s="13">
         <v>59.875722922008649</v>
       </c>
       <c r="X10" s="8">
         <v>35452.331323063212</v>
       </c>
       <c r="Y10" s="13">
         <v>60.521085646854232</v>
       </c>
       <c r="Z10" s="8">
         <v>32004.406922164435</v>
       </c>
       <c r="AA10" s="13">
         <v>77.270154252559081</v>
       </c>
       <c r="AB10" s="8">
         <v>35439.455399715836</v>
       </c>
       <c r="AC10" s="13">
         <v>60.715868794326241</v>
       </c>
     </row>
-    <row r="11" spans="1:29">
+    <row r="11" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A11" s="15" t="s">
         <v>25</v>
       </c>
       <c r="B11" s="15">
         <v>30936.092788754686</v>
       </c>
       <c r="C11" s="16">
         <v>60.36799873512787</v>
       </c>
       <c r="D11" s="15">
         <v>29644.797531729462</v>
       </c>
       <c r="E11" s="16">
         <v>53.95047579356811</v>
       </c>
       <c r="F11" s="15">
         <v>33744.291497188889</v>
       </c>
       <c r="G11" s="16">
         <v>55.062555778200618</v>
       </c>
       <c r="H11" s="15">
         <v>33712.833689096908</v>
       </c>
       <c r="I11" s="16">
@@ -2165,51 +2169,51 @@
       <c r="V11" s="15">
         <v>33187.397746381044</v>
       </c>
       <c r="W11" s="16">
         <v>59.005409047521006</v>
       </c>
       <c r="X11" s="15">
         <v>35601.497066225573</v>
       </c>
       <c r="Y11" s="16">
         <v>60.775728215638779</v>
       </c>
       <c r="Z11" s="15">
         <v>31774.834087797088</v>
       </c>
       <c r="AA11" s="16">
         <v>76.715882824661534</v>
       </c>
       <c r="AB11" s="15">
         <v>36323.755423639079</v>
       </c>
       <c r="AC11" s="16">
         <v>62.230876393110435</v>
       </c>
     </row>
-    <row r="12" spans="1:29">
+    <row r="12" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A12" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B12" s="1">
         <v>31644.042661379979</v>
       </c>
       <c r="C12" s="11">
         <v>61.749476263883949</v>
       </c>
       <c r="D12" s="1">
         <v>29499.765209323756</v>
       </c>
       <c r="E12" s="11">
         <v>53.686531916371472</v>
       </c>
       <c r="F12" s="1">
         <v>34691.60830435768</v>
       </c>
       <c r="G12" s="11">
         <v>56.608348628487718</v>
       </c>
       <c r="H12" s="1">
         <v>33835.455787975246</v>
       </c>
       <c r="I12" s="11">
@@ -2254,51 +2258,51 @@
       <c r="V12" s="1">
         <v>33684.271810210652</v>
       </c>
       <c r="W12" s="11">
         <v>59.888824421194485</v>
       </c>
       <c r="X12" s="1">
         <v>36810.285314169319</v>
       </c>
       <c r="Y12" s="11">
         <v>62.839264641947707</v>
       </c>
       <c r="Z12" s="1">
         <v>33205.02400062175</v>
       </c>
       <c r="AA12" s="11">
         <v>80.168875890372192</v>
       </c>
       <c r="AB12" s="1">
         <v>37288.446358828071</v>
       </c>
       <c r="AC12" s="11">
         <v>63.883611955420463</v>
       </c>
     </row>
-    <row r="13" spans="1:29">
+    <row r="13" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A13" s="8" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="8">
         <v>32165.636630481589</v>
       </c>
       <c r="C13" s="13">
         <v>62.767303055456736</v>
       </c>
       <c r="D13" s="8">
         <v>30514.991466163694</v>
       </c>
       <c r="E13" s="13">
         <v>55.534139056747939</v>
       </c>
       <c r="F13" s="8">
         <v>35472.783492840004</v>
       </c>
       <c r="G13" s="13">
         <v>57.883038375402023</v>
       </c>
       <c r="H13" s="8">
         <v>34469.175038480927</v>
       </c>
       <c r="I13" s="13">
@@ -2343,51 +2347,51 @@
       <c r="V13" s="8">
         <v>35047.51738787871</v>
       </c>
       <c r="W13" s="13">
         <v>62.312601770574034</v>
       </c>
       <c r="X13" s="8">
         <v>37111.345442137237</v>
       </c>
       <c r="Y13" s="13">
         <v>63.353207875287247</v>
       </c>
       <c r="Z13" s="8">
         <v>32569.058404140294</v>
       </c>
       <c r="AA13" s="13">
         <v>78.633426105004958</v>
       </c>
       <c r="AB13" s="8">
         <v>38284.554431753102</v>
       </c>
       <c r="AC13" s="13">
         <v>65.590172239108412</v>
       </c>
     </row>
-    <row r="14" spans="1:29">
+    <row r="14" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A14" s="8" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="8">
         <v>32534.29722223496</v>
       </c>
       <c r="C14" s="13">
         <v>63.486699079014983</v>
       </c>
       <c r="D14" s="8">
         <v>31171.453557052679</v>
       </c>
       <c r="E14" s="13">
         <v>56.72883239563798</v>
       </c>
       <c r="F14" s="8">
         <v>35741.08672798585</v>
       </c>
       <c r="G14" s="13">
         <v>58.320844629295976</v>
       </c>
       <c r="H14" s="8">
         <v>34902.989354680765</v>
       </c>
       <c r="I14" s="13">
@@ -2432,51 +2436,51 @@
       <c r="V14" s="8">
         <v>34781.184468071748</v>
       </c>
       <c r="W14" s="13">
         <v>61.839076157143126</v>
       </c>
       <c r="X14" s="8">
         <v>36722.968781586467</v>
       </c>
       <c r="Y14" s="13">
         <v>62.690205577293334</v>
       </c>
       <c r="Z14" s="8">
         <v>33628.024159264562</v>
       </c>
       <c r="AA14" s="13">
         <v>81.19015047879617</v>
       </c>
       <c r="AB14" s="8">
         <v>39023.781202012862</v>
       </c>
       <c r="AC14" s="13">
         <v>66.856636271529879</v>
       </c>
     </row>
-    <row r="15" spans="1:29">
+    <row r="15" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="B15" s="15">
         <v>32749.01163281659</v>
       </c>
       <c r="C15" s="16">
         <v>63.905687971856594</v>
       </c>
       <c r="D15" s="15">
         <v>31240.153078192219</v>
       </c>
       <c r="E15" s="16">
         <v>56.853858442731124</v>
       </c>
       <c r="F15" s="15">
         <v>35583.200593457717</v>
       </c>
       <c r="G15" s="16">
         <v>58.06321248758146</v>
       </c>
       <c r="H15" s="15">
         <v>35578.95655522016</v>
       </c>
       <c r="I15" s="16">
@@ -2521,51 +2525,51 @@
       <c r="V15" s="15">
         <v>35246.477553268109</v>
       </c>
       <c r="W15" s="16">
         <v>62.66634224859159</v>
       </c>
       <c r="X15" s="15">
         <v>37281.430771230902</v>
       </c>
       <c r="Y15" s="16">
         <v>63.643562511645236</v>
       </c>
       <c r="Z15" s="15">
         <v>33555.733139080803</v>
       </c>
       <c r="AA15" s="16">
         <v>81.015613944053968</v>
       </c>
       <c r="AB15" s="15">
         <v>39556.948510062721</v>
       </c>
       <c r="AC15" s="16">
         <v>67.770073454913884</v>
       </c>
     </row>
-    <row r="16" spans="1:29">
+    <row r="16" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A16" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B16" s="1">
         <v>32289.198696948377</v>
       </c>
       <c r="C16" s="11">
         <v>63.008419305110877</v>
       </c>
       <c r="D16" s="1">
         <v>30748.760670041313</v>
       </c>
       <c r="E16" s="11">
         <v>55.959574911439887</v>
       </c>
       <c r="F16" s="1">
         <v>36078.529642957736</v>
       </c>
       <c r="G16" s="11">
         <v>58.871470187077982</v>
       </c>
       <c r="H16" s="1">
         <v>36292.019516764769</v>
       </c>
       <c r="I16" s="11">
@@ -2610,51 +2614,51 @@
       <c r="V16" s="1">
         <v>35431.75262791643</v>
       </c>
       <c r="W16" s="11">
         <v>62.995751370978304</v>
       </c>
       <c r="X16" s="1">
         <v>36562.888471851256</v>
       </c>
       <c r="Y16" s="11">
         <v>62.416930625426993</v>
       </c>
       <c r="Z16" s="1">
         <v>33467.811628046496</v>
       </c>
       <c r="AA16" s="11">
         <v>80.803339780178305</v>
       </c>
       <c r="AB16" s="1">
         <v>40127.077156625564</v>
       </c>
       <c r="AC16" s="11">
         <v>68.746833839918949</v>
       </c>
     </row>
-    <row r="17" spans="1:29">
+    <row r="17" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A17" s="8" t="s">
         <v>31</v>
       </c>
       <c r="B17" s="8">
         <v>34160.860162773184</v>
       </c>
       <c r="C17" s="13">
         <v>66.660737578560415</v>
       </c>
       <c r="D17" s="8">
         <v>31468.197321974876</v>
       </c>
       <c r="E17" s="13">
         <v>57.268875460165312</v>
       </c>
       <c r="F17" s="8">
         <v>36781.277731935894</v>
       </c>
       <c r="G17" s="13">
         <v>60.018185798238676</v>
       </c>
       <c r="H17" s="8">
         <v>37329.670387104983</v>
       </c>
       <c r="I17" s="13">
@@ -2699,51 +2703,51 @@
       <c r="V17" s="8">
         <v>36282.333652438276</v>
       </c>
       <c r="W17" s="13">
         <v>64.508038705571877</v>
       </c>
       <c r="X17" s="8">
         <v>37886.279668809977</v>
       </c>
       <c r="Y17" s="13">
         <v>64.676107074094773</v>
       </c>
       <c r="Z17" s="8">
         <v>34757.327123216273</v>
       </c>
       <c r="AA17" s="13">
         <v>83.916694183687909</v>
       </c>
       <c r="AB17" s="8">
         <v>41634.175734492652</v>
       </c>
       <c r="AC17" s="13">
         <v>71.328837386018236</v>
       </c>
     </row>
-    <row r="18" spans="1:29">
+    <row r="18" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A18" s="8" t="s">
         <v>32</v>
       </c>
       <c r="B18" s="8">
         <v>32598.103863115353</v>
       </c>
       <c r="C18" s="13">
         <v>63.611209929246215</v>
       </c>
       <c r="D18" s="8">
         <v>32192.404773987582</v>
       </c>
       <c r="E18" s="13">
         <v>58.586858373272214</v>
       </c>
       <c r="F18" s="8">
         <v>37628.496793684884</v>
       </c>
       <c r="G18" s="13">
         <v>61.400643238419185</v>
       </c>
       <c r="H18" s="8">
         <v>38429.147525787208</v>
       </c>
       <c r="I18" s="13">
@@ -2788,51 +2792,51 @@
       <c r="V18" s="8">
         <v>36593.932641619554</v>
       </c>
       <c r="W18" s="13">
         <v>65.062044956858628</v>
       </c>
       <c r="X18" s="8">
         <v>38537.515474323678</v>
       </c>
       <c r="Y18" s="13">
         <v>65.787839264641946</v>
       </c>
       <c r="Z18" s="8">
         <v>36283.253792500509</v>
       </c>
       <c r="AA18" s="13">
         <v>87.60083022784093</v>
       </c>
       <c r="AB18" s="8">
         <v>43095.996672681329</v>
       </c>
       <c r="AC18" s="13">
         <v>73.833270010131713</v>
       </c>
     </row>
-    <row r="19" spans="1:29">
+    <row r="19" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A19" s="15" t="s">
         <v>33</v>
       </c>
       <c r="B19" s="15">
         <v>34187.193062184138</v>
       </c>
       <c r="C19" s="16">
         <v>66.712123008814572</v>
       </c>
       <c r="D19" s="15">
         <v>32101.759572484018</v>
       </c>
       <c r="E19" s="16">
         <v>58.421893450024314</v>
       </c>
       <c r="F19" s="15">
         <v>38250.753912119282</v>
       </c>
       <c r="G19" s="16">
         <v>62.416016973411693</v>
       </c>
       <c r="H19" s="15">
         <v>38957.762120111467</v>
       </c>
       <c r="I19" s="16">
@@ -2877,51 +2881,51 @@
       <c r="V19" s="15">
         <v>38281.40959992219</v>
       </c>
       <c r="W19" s="16">
         <v>68.062288270414939</v>
       </c>
       <c r="X19" s="15">
         <v>38552.06822975415</v>
       </c>
       <c r="Y19" s="16">
         <v>65.812682442084338</v>
       </c>
       <c r="Z19" s="15">
         <v>35527.12879760551</v>
       </c>
       <c r="AA19" s="16">
         <v>85.775272418510312</v>
       </c>
       <c r="AB19" s="15">
         <v>44523.628372745494</v>
       </c>
       <c r="AC19" s="16">
         <v>76.279128672745685</v>
       </c>
     </row>
-    <row r="20" spans="1:29">
+    <row r="20" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A20" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B20" s="1">
         <v>35238.483430975342</v>
       </c>
       <c r="C20" s="11">
         <v>68.763587493576821</v>
       </c>
       <c r="D20" s="1">
         <v>32976.724306997385</v>
       </c>
       <c r="E20" s="11">
         <v>60.014239077585607</v>
       </c>
       <c r="F20" s="1">
         <v>38697.581992189094</v>
       </c>
       <c r="G20" s="11">
         <v>63.145132773165848</v>
       </c>
       <c r="H20" s="1">
         <v>41029.972547374782</v>
       </c>
       <c r="I20" s="11">
@@ -2966,51 +2970,51 @@
       <c r="V20" s="1">
         <v>37669.79131372516</v>
       </c>
       <c r="W20" s="11">
         <v>66.974863837990597</v>
       </c>
       <c r="X20" s="1">
         <v>38493.857208032263</v>
       </c>
       <c r="Y20" s="11">
         <v>65.713309732314769</v>
       </c>
       <c r="Z20" s="1">
         <v>33894.719409401951</v>
       </c>
       <c r="AA20" s="11">
         <v>81.834048775885648</v>
       </c>
       <c r="AB20" s="1">
         <v>46122.206263432236</v>
       </c>
       <c r="AC20" s="11">
         <v>79.017857142857139</v>
       </c>
     </row>
-    <row r="21" spans="1:29">
+    <row r="21" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A21" s="8" t="s">
         <v>35</v>
       </c>
       <c r="B21" s="8">
         <v>34696.633385403773</v>
       </c>
       <c r="C21" s="13">
         <v>67.706233447962376</v>
       </c>
       <c r="D21" s="8">
         <v>35091.142902070045</v>
       </c>
       <c r="E21" s="13">
         <v>63.862262971452388</v>
       </c>
       <c r="F21" s="8">
         <v>39464.310083394339</v>
       </c>
       <c r="G21" s="13">
         <v>64.396248337178179</v>
       </c>
       <c r="H21" s="8">
         <v>42248.980471518247</v>
       </c>
       <c r="I21" s="13">
@@ -3055,51 +3059,51 @@
       <c r="V21" s="8">
         <v>39737.292714914416</v>
       </c>
       <c r="W21" s="13">
         <v>70.650770180987848</v>
       </c>
       <c r="X21" s="8">
         <v>38851.309263293275</v>
       </c>
       <c r="Y21" s="13">
         <v>66.323520278243592</v>
       </c>
       <c r="Z21" s="8">
         <v>36165.04820544328</v>
       </c>
       <c r="AA21" s="13">
         <v>87.315439407519222</v>
       </c>
       <c r="AB21" s="8">
         <v>48545.022002958605</v>
       </c>
       <c r="AC21" s="13">
         <v>83.168693009118542</v>
       </c>
     </row>
-    <row r="22" spans="1:29">
+    <row r="22" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A22" s="8" t="s">
         <v>36</v>
       </c>
       <c r="B22" s="8">
         <v>35266.841938033293</v>
       </c>
       <c r="C22" s="13">
         <v>68.81892564923514</v>
       </c>
       <c r="D22" s="8">
         <v>35054.884821468622</v>
       </c>
       <c r="E22" s="13">
         <v>63.796277002153232</v>
       </c>
       <c r="F22" s="8">
         <v>40103.078170145403</v>
       </c>
       <c r="G22" s="13">
         <v>65.438563995487229</v>
       </c>
       <c r="H22" s="8">
         <v>43114.548228306499</v>
       </c>
       <c r="I22" s="13">
@@ -3144,51 +3148,51 @@
       <c r="V22" s="8">
         <v>39175.151295242802</v>
       </c>
       <c r="W22" s="13">
         <v>69.6513129573827</v>
       </c>
       <c r="X22" s="8">
         <v>39459.796349729964</v>
       </c>
       <c r="Y22" s="13">
         <v>67.36227563505372</v>
       </c>
       <c r="Z22" s="8">
         <v>34914.608937399855</v>
       </c>
       <c r="AA22" s="13">
         <v>84.296429076843239</v>
       </c>
       <c r="AB22" s="8">
         <v>50362.595824334792</v>
       </c>
       <c r="AC22" s="13">
         <v>86.282611448834842</v>
       </c>
     </row>
-    <row r="23" spans="1:29">
+    <row r="23" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A23" s="15" t="s">
         <v>37</v>
       </c>
       <c r="B23" s="15">
         <v>34003.875570130949</v>
       </c>
       <c r="C23" s="16">
         <v>66.354401359737537</v>
       </c>
       <c r="D23" s="15">
         <v>34474.755531845803</v>
       </c>
       <c r="E23" s="16">
         <v>62.740501493366679</v>
       </c>
       <c r="F23" s="15">
         <v>39215.613623124525</v>
       </c>
       <c r="G23" s="16">
         <v>63.990435617222623</v>
       </c>
       <c r="H23" s="15">
         <v>43635.949757990857</v>
       </c>
       <c r="I23" s="16">
@@ -3233,51 +3237,51 @@
       <c r="V23" s="15">
         <v>38722.490601499732</v>
       </c>
       <c r="W23" s="16">
         <v>68.846506578824233</v>
       </c>
       <c r="X23" s="15">
         <v>38070.00820611971</v>
       </c>
       <c r="Y23" s="16">
         <v>64.989752189305008</v>
       </c>
       <c r="Z23" s="15">
         <v>33127.84845204719</v>
       </c>
       <c r="AA23" s="16">
         <v>79.98254634652578</v>
       </c>
       <c r="AB23" s="15">
         <v>50118.650990149072</v>
       </c>
       <c r="AC23" s="16">
         <v>85.864678318135759</v>
       </c>
     </row>
-    <row r="24" spans="1:29">
+    <row r="24" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A24" s="1" t="s">
         <v>38</v>
       </c>
       <c r="B24" s="1">
         <v>34292.524659827955</v>
       </c>
       <c r="C24" s="11">
         <v>66.917664729831216</v>
       </c>
       <c r="D24" s="1">
         <v>34448.99321141847</v>
       </c>
       <c r="E24" s="11">
         <v>62.693616725706747</v>
       </c>
       <c r="F24" s="1">
         <v>40907.987875582934</v>
       </c>
       <c r="G24" s="11">
         <v>66.751982757169074</v>
       </c>
       <c r="H24" s="1">
         <v>45245.493610494734</v>
       </c>
       <c r="I24" s="11">
@@ -3322,51 +3326,51 @@
       <c r="V24" s="1">
         <v>40015.205326886906</v>
       </c>
       <c r="W24" s="11">
         <v>71.14488386456793</v>
       </c>
       <c r="X24" s="1">
         <v>37235.043863296269</v>
       </c>
       <c r="Y24" s="11">
         <v>63.564374883547607</v>
       </c>
       <c r="Z24" s="1">
         <v>33982.64092043625</v>
       </c>
       <c r="AA24" s="11">
         <v>82.046322939761311</v>
       </c>
       <c r="AB24" s="1">
         <v>52344.647602093777</v>
       </c>
       <c r="AC24" s="11">
         <v>89.67831813576494</v>
       </c>
     </row>
-    <row r="25" spans="1:29">
+    <row r="25" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A25" s="8" t="s">
         <v>39</v>
       </c>
       <c r="B25" s="8">
         <v>35369.135124206623</v>
       </c>
       <c r="C25" s="13">
         <v>69.018538282145542</v>
       </c>
       <c r="D25" s="8">
         <v>37704.587185420241</v>
       </c>
       <c r="E25" s="13">
         <v>68.618462179620764</v>
       </c>
       <c r="F25" s="8">
         <v>43027.583433235101</v>
       </c>
       <c r="G25" s="13">
         <v>70.210652162931282</v>
       </c>
       <c r="H25" s="8">
         <v>50803.675134442179</v>
       </c>
       <c r="I25" s="13">
@@ -3411,51 +3415,51 @@
       <c r="V25" s="8">
         <v>43178.566686649479</v>
       </c>
       <c r="W25" s="13">
         <v>76.769170300772984</v>
       </c>
       <c r="X25" s="8">
         <v>38463.842149956909</v>
       </c>
       <c r="Y25" s="13">
         <v>65.662070678839825</v>
       </c>
       <c r="Z25" s="8">
         <v>34496.493307147844</v>
       </c>
       <c r="AA25" s="13">
         <v>83.286947497523471</v>
       </c>
       <c r="AB25" s="8">
         <v>56919.537276538889</v>
       </c>
       <c r="AC25" s="13">
         <v>97.516147416413375</v>
       </c>
     </row>
-    <row r="26" spans="1:29">
+    <row r="26" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A26" s="8" t="s">
         <v>40</v>
       </c>
       <c r="B26" s="8">
         <v>36067.969762420427</v>
       </c>
       <c r="C26" s="13">
         <v>70.382228546582866</v>
       </c>
       <c r="D26" s="8">
         <v>42583.207346343755</v>
       </c>
       <c r="E26" s="13">
         <v>77.497047996110311</v>
       </c>
       <c r="F26" s="8">
         <v>47203.826481832148</v>
       </c>
       <c r="G26" s="13">
         <v>77.025274891811335</v>
       </c>
       <c r="H26" s="8">
         <v>59713.870840332725</v>
       </c>
       <c r="I26" s="13">
@@ -3500,51 +3504,51 @@
       <c r="V26" s="8">
         <v>47624.115778921478</v>
       </c>
       <c r="W26" s="13">
         <v>84.6731175953134</v>
       </c>
       <c r="X26" s="8">
         <v>40604.00674545097</v>
       </c>
       <c r="Y26" s="13">
         <v>69.315570461462016</v>
       </c>
       <c r="Z26" s="8">
         <v>33507.864760851015</v>
       </c>
       <c r="AA26" s="13">
         <v>80.900042454832771</v>
       </c>
       <c r="AB26" s="8">
         <v>63213.129191837943</v>
       </c>
       <c r="AC26" s="13">
         <v>108.29850557244174</v>
       </c>
     </row>
-    <row r="27" spans="1:29">
+    <row r="27" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A27" s="15" t="s">
         <v>41</v>
       </c>
       <c r="B27" s="15">
         <v>39884.21456936191</v>
       </c>
       <c r="C27" s="16">
         <v>77.829163208031943</v>
       </c>
       <c r="D27" s="15">
         <v>49124.928414853748</v>
       </c>
       <c r="E27" s="16">
         <v>89.40230603597972</v>
       </c>
       <c r="F27" s="15">
         <v>51279.971785009402</v>
       </c>
       <c r="G27" s="16">
         <v>83.676562210584805</v>
       </c>
       <c r="H27" s="15">
         <v>66356.072935876888</v>
       </c>
       <c r="I27" s="16">
@@ -3589,51 +3593,51 @@
       <c r="V27" s="15">
         <v>56500.476173436648</v>
       </c>
       <c r="W27" s="16">
         <v>100.45480918602257</v>
       </c>
       <c r="X27" s="15">
         <v>42060.191835712765</v>
       </c>
       <c r="Y27" s="16">
         <v>71.801440904291653</v>
       </c>
       <c r="Z27" s="15">
         <v>34550.223119446586</v>
       </c>
       <c r="AA27" s="16">
         <v>83.416670597669693</v>
       </c>
       <c r="AB27" s="15">
         <v>66893.554474268734</v>
       </c>
       <c r="AC27" s="16">
         <v>114.60391337386018</v>
       </c>
     </row>
-    <row r="28" spans="1:29">
+    <row r="28" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A28" s="1" t="s">
         <v>42</v>
       </c>
       <c r="B28" s="1">
         <v>44535.009726865974</v>
       </c>
       <c r="C28" s="11">
         <v>86.904620735997469</v>
       </c>
       <c r="D28" s="1">
         <v>50490.33139750221</v>
       </c>
       <c r="E28" s="11">
         <v>91.887198721955968</v>
       </c>
       <c r="F28" s="1">
         <v>55884.468074320015</v>
       </c>
       <c r="G28" s="11">
         <v>91.18999107548791</v>
       </c>
       <c r="H28" s="1">
         <v>68457.135621699825</v>
       </c>
       <c r="I28" s="11">
@@ -3678,51 +3682,51 @@
       <c r="V28" s="1">
         <v>60938.656370694225</v>
       </c>
       <c r="W28" s="11">
         <v>108.34565498137715</v>
       </c>
       <c r="X28" s="1">
         <v>44036.637932614016</v>
       </c>
       <c r="Y28" s="11">
         <v>75.175454940686919</v>
       </c>
       <c r="Z28" s="1">
         <v>33337.883172851361</v>
       </c>
       <c r="AA28" s="11">
         <v>80.489645738006502</v>
       </c>
       <c r="AB28" s="1">
         <v>68772.114504191355</v>
       </c>
       <c r="AC28" s="11">
         <v>117.82231509625126</v>
       </c>
     </row>
-    <row r="29" spans="1:29">
+    <row r="29" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A29" s="8" t="s">
         <v>43</v>
       </c>
       <c r="B29" s="8">
         <v>50041.62411522607</v>
       </c>
       <c r="C29" s="13">
         <v>97.65010474722321</v>
       </c>
       <c r="D29" s="8">
         <v>55559.783561591124</v>
       </c>
       <c r="E29" s="13">
         <v>101.11307911370425</v>
       </c>
       <c r="F29" s="8">
         <v>61184.488903970232</v>
       </c>
       <c r="G29" s="13">
         <v>99.838348460100704</v>
       </c>
       <c r="H29" s="8">
         <v>68716.805948736306</v>
       </c>
       <c r="I29" s="13">
@@ -3767,51 +3771,51 @@
       <c r="V29" s="8">
         <v>63499.873737849754</v>
       </c>
       <c r="W29" s="13">
         <v>112.89936176982538</v>
       </c>
       <c r="X29" s="8">
         <v>46698.882629176333</v>
       </c>
       <c r="Y29" s="13">
         <v>79.720203714055032</v>
       </c>
       <c r="Z29" s="8">
         <v>35238.941622548627</v>
       </c>
       <c r="AA29" s="13">
         <v>85.079484881362333</v>
       </c>
       <c r="AB29" s="8">
         <v>71159.816972130386</v>
       </c>
       <c r="AC29" s="13">
         <v>121.91299392097264</v>
       </c>
     </row>
-    <row r="30" spans="1:29">
+    <row r="30" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A30" s="8" t="s">
         <v>44</v>
       </c>
       <c r="B30" s="8">
         <v>52383.22655515407</v>
       </c>
       <c r="C30" s="13">
         <v>102.2194553144393</v>
       </c>
       <c r="D30" s="8">
         <v>57210.480388971853</v>
       </c>
       <c r="E30" s="13">
         <v>104.1171771896923</v>
       </c>
       <c r="F30" s="8">
         <v>66742.493613568367</v>
       </c>
       <c r="G30" s="13">
         <v>108.90767339653459</v>
       </c>
       <c r="H30" s="8">
         <v>66078.885166143518</v>
       </c>
       <c r="I30" s="13">
@@ -3856,51 +3860,51 @@
       <c r="V30" s="8">
         <v>62882.99195521386</v>
       </c>
       <c r="W30" s="13">
         <v>111.80257912369687</v>
       </c>
       <c r="X30" s="8">
         <v>49610.343262485505</v>
       </c>
       <c r="Y30" s="13">
         <v>84.690391901124158</v>
       </c>
       <c r="Z30" s="8">
         <v>34412.47941882618</v>
       </c>
       <c r="AA30" s="13">
         <v>83.084107740931174</v>
       </c>
       <c r="AB30" s="8">
         <v>70965.769944937201</v>
       </c>
       <c r="AC30" s="13">
         <v>121.580547112462</v>
       </c>
     </row>
-    <row r="31" spans="1:29">
+    <row r="31" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A31" s="15" t="s">
         <v>45</v>
       </c>
       <c r="B31" s="15">
         <v>55297.063155358599</v>
       </c>
       <c r="C31" s="16">
         <v>107.90545080833235</v>
       </c>
       <c r="D31" s="15">
         <v>57739.08503774002</v>
       </c>
       <c r="E31" s="16">
         <v>105.079183163159</v>
       </c>
       <c r="F31" s="15">
         <v>65005.746133758927</v>
       </c>
       <c r="G31" s="16">
         <v>106.07371983767491</v>
       </c>
       <c r="H31" s="15">
         <v>70732.342296686096</v>
       </c>
       <c r="I31" s="16">
@@ -3945,51 +3949,51 @@
       <c r="V31" s="15">
         <v>63772.522853383365</v>
       </c>
       <c r="W31" s="16">
         <v>113.38411723970128</v>
       </c>
       <c r="X31" s="15">
         <v>51354.854819713568</v>
       </c>
       <c r="Y31" s="16">
         <v>87.668467797031241</v>
       </c>
       <c r="Z31" s="15">
         <v>36189.470847397257</v>
       </c>
       <c r="AA31" s="16">
         <v>87.374404453040242</v>
       </c>
       <c r="AB31" s="15">
         <v>69805.183915629372</v>
       </c>
       <c r="AC31" s="16">
         <v>119.59219858156028</v>
       </c>
     </row>
-    <row r="32" spans="1:29">
+    <row r="32" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A32" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B32" s="1">
         <v>50801.226982849774</v>
       </c>
       <c r="C32" s="11">
         <v>99.132376773785523</v>
       </c>
       <c r="D32" s="1">
         <v>56949.994704651079</v>
       </c>
       <c r="E32" s="11">
         <v>103.64312009446412</v>
       </c>
       <c r="F32" s="1">
         <v>69274.863379137227</v>
       </c>
       <c r="G32" s="11">
         <v>113.03989088521057</v>
       </c>
       <c r="H32" s="1">
         <v>67109.322971843823</v>
       </c>
       <c r="I32" s="11">
@@ -4034,51 +4038,51 @@
       <c r="V32" s="1">
         <v>62749.299145666482</v>
       </c>
       <c r="W32" s="11">
         <v>111.56488049561099</v>
       </c>
       <c r="X32" s="1">
         <v>51164.759451903003</v>
       </c>
       <c r="Y32" s="11">
         <v>87.343953791689955</v>
       </c>
       <c r="Z32" s="1">
         <v>37401.810793992481</v>
       </c>
       <c r="AA32" s="11">
         <v>90.301429312703434</v>
       </c>
       <c r="AB32" s="1">
         <v>68975.401866012791</v>
       </c>
       <c r="AC32" s="11">
         <v>118.17059270516717</v>
       </c>
     </row>
-    <row r="33" spans="1:29">
+    <row r="33" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A33" s="8" t="s">
         <v>47</v>
       </c>
       <c r="B33" s="8">
         <v>52326.509541038169</v>
       </c>
       <c r="C33" s="13">
         <v>102.10877900312265</v>
       </c>
       <c r="D33" s="8">
         <v>57636.989916046528</v>
       </c>
       <c r="E33" s="13">
         <v>104.89338056539557</v>
       </c>
       <c r="F33" s="8">
         <v>68110.840112812177</v>
       </c>
       <c r="G33" s="13">
         <v>111.14048529139374</v>
       </c>
       <c r="H33" s="8">
         <v>64632.150486940285</v>
       </c>
       <c r="I33" s="13">
@@ -4123,51 +4127,51 @@
       <c r="V33" s="8">
         <v>64144.125701967787</v>
       </c>
       <c r="W33" s="13">
         <v>114.04480712721555</v>
       </c>
       <c r="X33" s="8">
         <v>51657.7340421103</v>
       </c>
       <c r="Y33" s="13">
         <v>88.185516427551079</v>
       </c>
       <c r="Z33" s="8">
         <v>35103.15173328454</v>
       </c>
       <c r="AA33" s="13">
         <v>84.751639228265489</v>
       </c>
       <c r="AB33" s="8">
         <v>68412.665487152539</v>
       </c>
       <c r="AC33" s="13">
         <v>117.20649696048632</v>
       </c>
     </row>
-    <row r="34" spans="1:29">
+    <row r="34" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A34" s="8" t="s">
         <v>48</v>
       </c>
       <c r="B34" s="8">
         <v>54959.799482133676</v>
       </c>
       <c r="C34" s="13">
         <v>107.24732202853868</v>
       </c>
       <c r="D34" s="8">
         <v>62026.125988850792</v>
       </c>
       <c r="E34" s="13">
         <v>112.88115579634646</v>
       </c>
       <c r="F34" s="8">
         <v>66852.910714186088</v>
       </c>
       <c r="G34" s="13">
         <v>109.08784750871403</v>
       </c>
       <c r="H34" s="8">
         <v>64714.585511396312</v>
       </c>
       <c r="I34" s="13">
@@ -4212,51 +4216,51 @@
       <c r="V34" s="8">
         <v>59239.599720226077</v>
       </c>
       <c r="W34" s="13">
         <v>105.32482359767168</v>
       </c>
       <c r="X34" s="8">
         <v>52932.009689491177</v>
       </c>
       <c r="Y34" s="13">
         <v>90.360847152350786</v>
       </c>
       <c r="Z34" s="8">
         <v>33853.689370919274</v>
       </c>
       <c r="AA34" s="13">
         <v>81.734987499410352</v>
       </c>
       <c r="AB34" s="8">
         <v>68164.1004856527</v>
       </c>
       <c r="AC34" s="13">
         <v>116.78064842958459</v>
       </c>
     </row>
-    <row r="35" spans="1:29">
+    <row r="35" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A35" s="15" t="s">
         <v>49</v>
       </c>
       <c r="B35" s="15">
         <v>56340.251093561819</v>
       </c>
       <c r="C35" s="16">
         <v>109.94110439147792</v>
       </c>
       <c r="D35" s="15">
         <v>57313.529670681171</v>
       </c>
       <c r="E35" s="16">
         <v>104.30471626033201</v>
       </c>
       <c r="F35" s="15">
         <v>66069.671654664169</v>
       </c>
       <c r="G35" s="16">
         <v>107.80979002138515</v>
       </c>
       <c r="H35" s="15">
         <v>60766.978277758441</v>
       </c>
       <c r="I35" s="16">
@@ -4301,51 +4305,51 @@
       <c r="V35" s="15">
         <v>56665.749961617257</v>
       </c>
       <c r="W35" s="16">
         <v>100.74865709633345</v>
       </c>
       <c r="X35" s="15">
         <v>52473.597893431252</v>
       </c>
       <c r="Y35" s="16">
         <v>89.578287062915351</v>
       </c>
       <c r="Z35" s="15">
         <v>32987.174034392308</v>
       </c>
       <c r="AA35" s="16">
         <v>79.642907684324726</v>
       </c>
       <c r="AB35" s="15">
         <v>64577.002582967194</v>
       </c>
       <c r="AC35" s="16">
         <v>110.63513171225937</v>
       </c>
     </row>
-    <row r="36" spans="1:29">
+    <row r="36" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A36" s="1" t="s">
         <v>50</v>
       </c>
       <c r="B36" s="1">
         <v>55289.89565388293</v>
       </c>
       <c r="C36" s="11">
         <v>107.89146430645016</v>
       </c>
       <c r="D36" s="1">
         <v>58459.303609928844</v>
       </c>
       <c r="E36" s="11">
         <v>106.38990672615053</v>
       </c>
       <c r="F36" s="1">
         <v>68278.818560785148</v>
       </c>
       <c r="G36" s="11">
         <v>111.41458565772734</v>
       </c>
       <c r="H36" s="1">
         <v>59636.16952379491</v>
       </c>
       <c r="I36" s="11">
@@ -4390,51 +4394,51 @@
       <c r="V36" s="1">
         <v>58176.787285017774</v>
       </c>
       <c r="W36" s="11">
         <v>103.43520022438095</v>
       </c>
       <c r="X36" s="1">
         <v>53247.649115182488</v>
       </c>
       <c r="Y36" s="11">
         <v>90.899678873788545</v>
       </c>
       <c r="Z36" s="1">
         <v>35056.509827380818</v>
       </c>
       <c r="AA36" s="11">
         <v>84.63902888455317</v>
       </c>
       <c r="AB36" s="1">
         <v>64164.920625052982</v>
       </c>
       <c r="AC36" s="11">
         <v>109.92914134623841</v>
       </c>
     </row>
-    <row r="37" spans="1:29">
+    <row r="37" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A37" s="8" t="s">
         <v>51</v>
       </c>
       <c r="B37" s="8">
         <v>56834.690080133674</v>
       </c>
       <c r="C37" s="13">
         <v>110.90594155820693</v>
       </c>
       <c r="D37" s="8">
         <v>58850.124553205977</v>
       </c>
       <c r="E37" s="13">
         <v>107.10116055803536</v>
       </c>
       <c r="F37" s="8">
         <v>66611.135197114258</v>
       </c>
       <c r="G37" s="13">
         <v>108.69332810101866</v>
       </c>
       <c r="H37" s="8">
         <v>60839.816294099699</v>
       </c>
       <c r="I37" s="13">
@@ -4479,51 +4483,51 @@
       <c r="V37" s="8">
         <v>59279.28538350029</v>
       </c>
       <c r="W37" s="13">
         <v>105.39538257348269</v>
       </c>
       <c r="X37" s="8">
         <v>55072.581668563987</v>
       </c>
       <c r="Y37" s="13">
         <v>94.015042384201294</v>
       </c>
       <c r="Z37" s="8">
         <v>35690.405075229595</v>
       </c>
       <c r="AA37" s="13">
         <v>86.169480103360726</v>
       </c>
       <c r="AB37" s="8">
         <v>64763.955877829845</v>
       </c>
       <c r="AC37" s="13">
         <v>110.95542533961681</v>
       </c>
     </row>
-    <row r="38" spans="1:29">
+    <row r="38" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A38" s="8" t="s">
         <v>52</v>
       </c>
       <c r="B38" s="8">
         <v>55404.1520063028</v>
       </c>
       <c r="C38" s="13">
         <v>108.11442159409026</v>
       </c>
       <c r="D38" s="8">
         <v>60694.910075418549</v>
       </c>
       <c r="E38" s="13">
         <v>110.45848005242314</v>
       </c>
       <c r="F38" s="8">
         <v>67437.331020387122</v>
       </c>
       <c r="G38" s="13">
         <v>110.04148067984724</v>
       </c>
       <c r="H38" s="8">
         <v>60299.423238863914</v>
       </c>
       <c r="I38" s="13">
@@ -4568,51 +4572,51 @@
       <c r="V38" s="8">
         <v>59994.712677016018</v>
       </c>
       <c r="W38" s="13">
         <v>106.66737384017546</v>
       </c>
       <c r="X38" s="8">
         <v>55244.66923502725</v>
       </c>
       <c r="Y38" s="13">
         <v>94.308815063176183</v>
       </c>
       <c r="Z38" s="8">
         <v>37918.071412252408</v>
       </c>
       <c r="AA38" s="13">
         <v>91.54786820796194</v>
       </c>
       <c r="AB38" s="8">
         <v>64833.064668220701</v>
       </c>
       <c r="AC38" s="13">
         <v>111.07382445728325</v>
       </c>
     </row>
-    <row r="39" spans="1:29">
+    <row r="39" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A39" s="15" t="s">
         <v>53</v>
       </c>
       <c r="B39" s="15">
         <v>54748.683507804017</v>
       </c>
       <c r="C39" s="16">
         <v>106.83535504362159</v>
       </c>
       <c r="D39" s="15">
         <v>58630.229301883301</v>
       </c>
       <c r="E39" s="16">
         <v>106.70097386689986</v>
       </c>
       <c r="F39" s="15">
         <v>66555.485780025279</v>
       </c>
       <c r="G39" s="16">
         <v>108.60252165653482</v>
       </c>
       <c r="H39" s="15">
         <v>58299.455572731553</v>
       </c>
       <c r="I39" s="16">
@@ -4657,51 +4661,51 @@
       <c r="V39" s="15">
         <v>58888.146181438729</v>
       </c>
       <c r="W39" s="16">
         <v>104.69995809975516</v>
       </c>
       <c r="X39" s="15">
         <v>55540.465735108599</v>
       </c>
       <c r="Y39" s="16">
         <v>94.813772696352117</v>
       </c>
       <c r="Z39" s="15">
         <v>37509.249365980737</v>
       </c>
       <c r="AA39" s="16">
         <v>90.560824684422002</v>
       </c>
       <c r="AB39" s="15">
         <v>63046.078956143137</v>
       </c>
       <c r="AC39" s="16">
         <v>108.01231042417803</v>
       </c>
     </row>
-    <row r="40" spans="1:29">
+    <row r="40" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A40" s="1" t="s">
         <v>54</v>
       </c>
       <c r="B40" s="1">
         <v>53994.609583624304</v>
       </c>
       <c r="C40" s="11">
         <v>105.36387207348967</v>
       </c>
       <c r="D40" s="1">
         <v>61034.436407729649</v>
       </c>
       <c r="E40" s="11">
         <v>111.07638297967449</v>
       </c>
       <c r="F40" s="1">
         <v>61621.710024388929</v>
       </c>
       <c r="G40" s="11">
         <v>100.55178801572058</v>
       </c>
       <c r="H40" s="1">
         <v>56602.68896895973</v>
       </c>
       <c r="I40" s="11">
@@ -4746,51 +4750,51 @@
       <c r="V40" s="1">
         <v>58663.299964274556</v>
       </c>
       <c r="W40" s="11">
         <v>104.3001936133092</v>
       </c>
       <c r="X40" s="1">
         <v>56417.875382175393</v>
       </c>
       <c r="Y40" s="11">
         <v>96.311608872867836</v>
       </c>
       <c r="Z40" s="1">
         <v>36207.465788517387</v>
       </c>
       <c r="AA40" s="11">
         <v>87.417850715909594</v>
       </c>
       <c r="AB40" s="1">
         <v>61097.444918567569</v>
       </c>
       <c r="AC40" s="11">
         <v>104.67385594684016</v>
       </c>
     </row>
-    <row r="41" spans="1:29">
+    <row r="41" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A41" s="8" t="s">
         <v>55</v>
       </c>
       <c r="B41" s="8">
         <v>54738.00300620668</v>
       </c>
       <c r="C41" s="13">
         <v>106.81451335196644</v>
       </c>
       <c r="D41" s="8">
         <v>59786.04937370363</v>
       </c>
       <c r="E41" s="13">
         <v>108.80444725846951</v>
       </c>
       <c r="F41" s="8">
         <v>64948.445441539792</v>
       </c>
       <c r="G41" s="13">
         <v>105.98021890991922</v>
       </c>
       <c r="H41" s="8">
         <v>56750.946602441458</v>
       </c>
       <c r="I41" s="13">
@@ -4835,51 +4839,51 @@
       <c r="V41" s="8">
         <v>57529.383714483658</v>
       </c>
       <c r="W41" s="13">
         <v>102.28415148021249</v>
       </c>
       <c r="X41" s="8">
         <v>57401.064439845046</v>
       </c>
       <c r="Y41" s="13">
         <v>97.990022307066042</v>
       </c>
       <c r="Z41" s="8">
         <v>39222.205750276073</v>
       </c>
       <c r="AA41" s="13">
         <v>94.696517758326181</v>
       </c>
       <c r="AB41" s="8">
         <v>61493.066857963655</v>
       </c>
       <c r="AC41" s="13">
         <v>105.35164654755923</v>
       </c>
     </row>
-    <row r="42" spans="1:29">
+    <row r="42" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A42" s="8" t="s">
         <v>56</v>
       </c>
       <c r="B42" s="8">
         <v>52723.558182234498</v>
       </c>
       <c r="C42" s="13">
         <v>102.88357083068779</v>
       </c>
       <c r="D42" s="8">
         <v>61235.737513704291</v>
       </c>
       <c r="E42" s="13">
         <v>111.4427302429162</v>
       </c>
       <c r="F42" s="8">
         <v>64473.964775552471</v>
       </c>
       <c r="G42" s="13">
         <v>105.20598075059141</v>
       </c>
       <c r="H42" s="8">
         <v>58076.392687904459</v>
       </c>
       <c r="I42" s="13">
@@ -4924,51 +4928,51 @@
       <c r="V42" s="8">
         <v>59062.67297952978</v>
       </c>
       <c r="W42" s="13">
         <v>105.01025736424748</v>
       </c>
       <c r="X42" s="8">
         <v>56417.328383823071</v>
       </c>
       <c r="Y42" s="13">
         <v>96.31067508564162</v>
       </c>
       <c r="Z42" s="8">
         <v>39300.965558741453</v>
       </c>
       <c r="AA42" s="13">
         <v>94.886672275603232</v>
       </c>
       <c r="AB42" s="8">
         <v>61362.309475780698</v>
       </c>
       <c r="AC42" s="13">
         <v>105.12762933366679</v>
       </c>
     </row>
-    <row r="43" spans="1:29">
+    <row r="43" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A43" s="15" t="s">
         <v>57</v>
       </c>
       <c r="B43" s="15">
         <v>49620.999856605369</v>
       </c>
       <c r="C43" s="16">
         <v>96.829307987730402</v>
       </c>
       <c r="D43" s="15">
         <v>57448.055669905683</v>
       </c>
       <c r="E43" s="16">
         <v>104.54953971230532</v>
       </c>
       <c r="F43" s="15">
         <v>59984.390353240364</v>
       </c>
       <c r="G43" s="16">
         <v>97.880076691543763</v>
       </c>
       <c r="H43" s="15">
         <v>54828.643202042636</v>
       </c>
       <c r="I43" s="16">
@@ -5013,51 +5017,51 @@
       <c r="V43" s="15">
         <v>57991.213448192313</v>
       </c>
       <c r="W43" s="16">
         <v>103.10525991890465</v>
       </c>
       <c r="X43" s="15">
         <v>56521.456745112424</v>
       </c>
       <c r="Y43" s="16">
         <v>96.488433817907548</v>
       </c>
       <c r="Z43" s="15">
         <v>38806.187507798815</v>
       </c>
       <c r="AA43" s="16">
         <v>93.692100027784406</v>
       </c>
       <c r="AB43" s="15">
         <v>59014.637724730412</v>
       </c>
       <c r="AC43" s="16">
         <v>101.10553225567223</v>
       </c>
     </row>
-    <row r="44" spans="1:29">
+    <row r="44" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A44" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B44" s="1">
         <v>51245.847861365517</v>
       </c>
       <c r="C44" s="11">
         <v>100</v>
       </c>
       <c r="D44" s="1">
         <v>54948.166991446007</v>
       </c>
       <c r="E44" s="11">
         <v>100</v>
       </c>
       <c r="F44" s="1">
         <v>61283.554713870231</v>
       </c>
       <c r="G44" s="11">
         <v>100</v>
       </c>
       <c r="H44" s="1">
         <v>53566.2788915247</v>
       </c>
       <c r="I44" s="11">
@@ -5102,51 +5106,51 @@
       <c r="V44" s="1">
         <v>56244.67024650742</v>
       </c>
       <c r="W44" s="11">
         <v>100</v>
       </c>
       <c r="X44" s="1">
         <v>58578.478796515046</v>
       </c>
       <c r="Y44" s="11">
         <v>100</v>
       </c>
       <c r="Z44" s="1">
         <v>41418.846942581957</v>
       </c>
       <c r="AA44" s="11">
         <v>100</v>
       </c>
       <c r="AB44" s="1">
         <v>58369.345779710849</v>
       </c>
       <c r="AC44" s="11">
         <v>100</v>
       </c>
     </row>
-    <row r="45" spans="1:29">
+    <row r="45" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A45" s="8" t="s">
         <v>58</v>
       </c>
       <c r="B45" s="8">
         <v>54461.046094940502</v>
       </c>
       <c r="C45" s="13">
         <v>106.27406583704693</v>
       </c>
       <c r="D45" s="8">
         <v>58801.456180615474</v>
       </c>
       <c r="E45" s="13">
         <v>107.01258913653902</v>
       </c>
       <c r="F45" s="8">
         <v>61935.975609190195</v>
       </c>
       <c r="G45" s="13">
         <v>101.06459375335861</v>
       </c>
       <c r="H45" s="8">
         <v>55829.027702367806</v>
       </c>
       <c r="I45" s="13">
@@ -5191,51 +5195,51 @@
       <c r="V45" s="8">
         <v>57401.700563983897</v>
       </c>
       <c r="W45" s="13">
         <v>102.05713770283562</v>
       </c>
       <c r="X45" s="8">
         <v>57409.222278269444</v>
       </c>
       <c r="Y45" s="13">
         <v>98.00394864757881</v>
       </c>
       <c r="Z45" s="8">
         <v>40626.389766423046</v>
       </c>
       <c r="AA45" s="13">
         <v>98.086723231920274</v>
       </c>
       <c r="AB45" s="8">
         <v>60261.493428944836</v>
       </c>
       <c r="AC45" s="13">
         <v>103.24168041282329</v>
       </c>
     </row>
-    <row r="46" spans="1:29">
+    <row r="46" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A46" s="8" t="s">
         <v>59</v>
       </c>
       <c r="B46" s="8">
         <v>53960.75724276244</v>
       </c>
       <c r="C46" s="13">
         <v>105.29781337356641</v>
       </c>
       <c r="D46" s="8">
         <v>59168.588716661099</v>
       </c>
       <c r="E46" s="13">
         <v>107.68073250900636</v>
       </c>
       <c r="F46" s="8">
         <v>62520.243722912979</v>
       </c>
       <c r="G46" s="13">
         <v>102.01797858302571</v>
       </c>
       <c r="H46" s="8">
         <v>55503.580959552957</v>
       </c>
       <c r="I46" s="13">
@@ -5280,51 +5284,51 @@
       <c r="V46" s="8">
         <v>56837.730843243749</v>
       </c>
       <c r="W46" s="13">
         <v>101.05442985821958</v>
       </c>
       <c r="X46" s="8">
         <v>59218.056966950993</v>
       </c>
       <c r="Y46" s="13">
         <v>101.09183130660948</v>
       </c>
       <c r="Z46" s="8">
         <v>43871.076607942639</v>
       </c>
       <c r="AA46" s="13">
         <v>105.92056478240485</v>
       </c>
       <c r="AB46" s="8">
         <v>61161.074752037173</v>
       </c>
       <c r="AC46" s="13">
         <v>104.78286836186662</v>
       </c>
     </row>
-    <row r="47" spans="1:29">
+    <row r="47" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A47" s="15" t="s">
         <v>60</v>
       </c>
       <c r="B47" s="15">
         <v>53331.748603179884</v>
       </c>
       <c r="C47" s="16">
         <v>104.07037999928758</v>
       </c>
       <c r="D47" s="15">
         <v>59173.890623013853</v>
       </c>
       <c r="E47" s="16">
         <v>107.69038143206066</v>
       </c>
       <c r="F47" s="15">
         <v>61370.138754261417</v>
       </c>
       <c r="G47" s="16">
         <v>100.14128429852909</v>
       </c>
       <c r="H47" s="15">
         <v>55885.610055255493</v>
       </c>
       <c r="I47" s="16">
@@ -5369,51 +5373,51 @@
       <c r="V47" s="15">
         <v>56898.443399845695</v>
       </c>
       <c r="W47" s="16">
         <v>101.16237351996719</v>
       </c>
       <c r="X47" s="15">
         <v>58176.470068603165</v>
       </c>
       <c r="Y47" s="16">
         <v>99.313726241836449</v>
       </c>
       <c r="Z47" s="15">
         <v>41967.713259274344</v>
       </c>
       <c r="AA47" s="16">
         <v>101.3251607835758</v>
       </c>
       <c r="AB47" s="15">
         <v>60130.44331517809</v>
       </c>
       <c r="AC47" s="16">
         <v>103.01716168297264</v>
       </c>
     </row>
-    <row r="48" spans="1:29">
+    <row r="48" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A48" s="1" t="s">
         <v>61</v>
       </c>
       <c r="B48" s="1">
         <v>53472.582772830472</v>
       </c>
       <c r="C48" s="11">
         <v>104.34520064433104</v>
       </c>
       <c r="D48" s="1">
         <v>58233.196621006551</v>
       </c>
       <c r="E48" s="11">
         <v>105.97841531287465</v>
       </c>
       <c r="F48" s="1">
         <v>62474.965231937451</v>
       </c>
       <c r="G48" s="11">
         <v>101.94409499192705</v>
       </c>
       <c r="H48" s="1">
         <v>56067.498732664819</v>
       </c>
       <c r="I48" s="11">
@@ -5458,51 +5462,51 @@
       <c r="V48" s="1">
         <v>57267.500466446247</v>
       </c>
       <c r="W48" s="11">
         <v>101.81853714397468</v>
       </c>
       <c r="X48" s="1">
         <v>57992.722817521913</v>
       </c>
       <c r="Y48" s="11">
         <v>99.000049180129992</v>
       </c>
       <c r="Z48" s="1">
         <v>46705.025051107528</v>
       </c>
       <c r="AA48" s="11">
         <v>112.76273604587224</v>
       </c>
       <c r="AB48" s="1">
         <v>61224.863100290233</v>
       </c>
       <c r="AC48" s="11">
         <v>104.89215234886521</v>
       </c>
     </row>
-    <row r="49" spans="1:29">
+    <row r="49" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A49" s="8" t="s">
         <v>62</v>
       </c>
       <c r="B49" s="8">
         <v>52083.124457082915</v>
       </c>
       <c r="C49" s="13">
         <v>101.63384280026446</v>
       </c>
       <c r="D49" s="8">
         <v>59938.528705077377</v>
       </c>
       <c r="E49" s="13">
         <v>109.08194392436829</v>
       </c>
       <c r="F49" s="8">
         <v>61458.148804143661</v>
       </c>
       <c r="G49" s="13">
         <v>100.28489550106647</v>
       </c>
       <c r="H49" s="8">
         <v>56667.87282173054</v>
       </c>
       <c r="I49" s="13">
@@ -5547,51 +5551,51 @@
       <c r="V49" s="8">
         <v>57127.027926542403</v>
       </c>
       <c r="W49" s="13">
         <v>101.56878451979149</v>
       </c>
       <c r="X49" s="8">
         <v>59782.813014704465</v>
       </c>
       <c r="Y49" s="13">
         <v>102.05593290049906</v>
       </c>
       <c r="Z49" s="8">
         <v>44220.336143107088</v>
       </c>
       <c r="AA49" s="13">
         <v>106.76380297213191</v>
       </c>
       <c r="AB49" s="8">
         <v>61377.854422800097</v>
       </c>
       <c r="AC49" s="13">
         <v>105.15426137281635</v>
       </c>
     </row>
-    <row r="50" spans="1:29">
+    <row r="50" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A50" s="8" t="s">
         <v>63</v>
       </c>
       <c r="B50" s="8">
         <v>53557.80127273906</v>
       </c>
       <c r="C50" s="13">
         <v>104.51149411680733</v>
       </c>
       <c r="D50" s="8">
         <v>59172.18783447508</v>
       </c>
       <c r="E50" s="13">
         <v>107.68728253243941</v>
       </c>
       <c r="F50" s="8">
         <v>61353.532423191042</v>
       </c>
       <c r="G50" s="13">
         <v>100.1141867661684</v>
       </c>
       <c r="H50" s="8">
         <v>56476.306798605117</v>
       </c>
       <c r="I50" s="13">
@@ -5636,51 +5640,51 @@
       <c r="V50" s="8">
         <v>54660.498206840588</v>
       </c>
       <c r="W50" s="13">
         <v>97.183427278133593</v>
       </c>
       <c r="X50" s="8">
         <v>61172.434434959032</v>
       </c>
       <c r="Y50" s="13">
         <v>104.42817173087516</v>
       </c>
       <c r="Z50" s="8">
         <v>48428.442935796949</v>
       </c>
       <c r="AA50" s="13">
         <v>116.92368694602298</v>
       </c>
       <c r="AB50" s="8">
         <v>62149.959589069447</v>
       </c>
       <c r="AC50" s="13">
         <v>106.47705359526702</v>
       </c>
     </row>
-    <row r="51" spans="1:29">
+    <row r="51" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A51" s="15" t="s">
         <v>64</v>
       </c>
       <c r="B51" s="15">
         <v>50615.078976375589</v>
       </c>
       <c r="C51" s="16">
         <v>98.769131722249313</v>
       </c>
       <c r="D51" s="15">
         <v>55863.644847465475</v>
       </c>
       <c r="E51" s="16">
         <v>101.66607533270761</v>
       </c>
       <c r="F51" s="15">
         <v>62761.367461107337</v>
       </c>
       <c r="G51" s="16">
         <v>102.41143444458622</v>
       </c>
       <c r="H51" s="15">
         <v>56385.087886723122</v>
       </c>
       <c r="I51" s="16">
@@ -5725,51 +5729,51 @@
       <c r="V51" s="15">
         <v>59409.553609877563</v>
       </c>
       <c r="W51" s="16">
         <v>105.6269924767968</v>
       </c>
       <c r="X51" s="15">
         <v>58767.179889575702</v>
       </c>
       <c r="Y51" s="16">
         <v>100.32213382275792</v>
       </c>
       <c r="Z51" s="15">
         <v>48096.860333508834</v>
       </c>
       <c r="AA51" s="16">
         <v>116.12312723283786</v>
       </c>
       <c r="AB51" s="15">
         <v>61871.852566440451</v>
       </c>
       <c r="AC51" s="16">
         <v>106.00059284534086</v>
       </c>
     </row>
-    <row r="52" spans="1:29">
+    <row r="52" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A52" s="1" t="s">
         <v>65</v>
       </c>
       <c r="B52" s="1">
         <v>54949.215899647352</v>
       </c>
       <c r="C52" s="11">
         <v>107.22666946266651</v>
       </c>
       <c r="D52" s="1">
         <v>55812.173878748399</v>
       </c>
       <c r="E52" s="11">
         <v>101.57240347514576</v>
       </c>
       <c r="F52" s="1">
         <v>60139.849955307262</v>
       </c>
       <c r="G52" s="11">
         <v>98.133749316757388</v>
       </c>
       <c r="H52" s="1">
         <v>56318.439934514958</v>
       </c>
       <c r="I52" s="11">
@@ -5814,51 +5818,51 @@
       <c r="V52" s="1">
         <v>54273.961614451604</v>
       </c>
       <c r="W52" s="11">
         <v>96.496185996968848</v>
       </c>
       <c r="X52" s="1">
         <v>58008.900460655212</v>
       </c>
       <c r="Y52" s="11">
         <v>99.027666222200168</v>
       </c>
       <c r="Z52" s="1">
         <v>46190.669976850084</v>
       </c>
       <c r="AA52" s="11">
         <v>111.52089781949554</v>
       </c>
       <c r="AB52" s="1">
         <v>61069.997385922827</v>
       </c>
       <c r="AC52" s="11">
         <v>104.6268320642215</v>
       </c>
     </row>
-    <row r="53" spans="1:29">
+    <row r="53" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A53" s="8" t="s">
         <v>66</v>
       </c>
       <c r="B53" s="8">
         <v>52455.400438797122</v>
       </c>
       <c r="C53" s="13">
         <v>102.36029381483507</v>
       </c>
       <c r="D53" s="8">
         <v>62507.999256521289</v>
       </c>
       <c r="E53" s="13">
         <v>113.75811547317338</v>
       </c>
       <c r="F53" s="8">
         <v>60056.099091857082</v>
       </c>
       <c r="G53" s="13">
         <v>97.997088080572226</v>
       </c>
       <c r="H53" s="8">
         <v>55231.947308564559</v>
       </c>
       <c r="I53" s="13">
@@ -5903,51 +5907,51 @@
       <c r="V53" s="8">
         <v>57745.913800278322</v>
       </c>
       <c r="W53" s="13">
         <v>102.66913033215646</v>
       </c>
       <c r="X53" s="8">
         <v>58354.384269766357</v>
       </c>
       <c r="Y53" s="13">
         <v>99.617445636430517</v>
       </c>
       <c r="Z53" s="8">
         <v>48992.006196636728</v>
       </c>
       <c r="AA53" s="13">
         <v>118.28433144107868</v>
       </c>
       <c r="AB53" s="8">
         <v>61845.768965690455</v>
       </c>
       <c r="AC53" s="13">
         <v>105.95590568909203</v>
       </c>
     </row>
-    <row r="54" spans="1:29">
+    <row r="54" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A54" s="8" t="s">
         <v>67</v>
       </c>
       <c r="B54" s="8">
         <v>50280.588142420689</v>
       </c>
       <c r="C54" s="13">
         <v>98.116413798916696</v>
       </c>
       <c r="D54" s="8">
         <v>56938.711917269167</v>
       </c>
       <c r="E54" s="13">
         <v>103.62258658443153</v>
       </c>
       <c r="F54" s="8">
         <v>59909.837192398991</v>
       </c>
       <c r="G54" s="13">
         <v>97.758423890577077</v>
       </c>
       <c r="H54" s="8">
         <v>55427.479729067112</v>
       </c>
       <c r="I54" s="13">
@@ -5992,51 +5996,51 @@
       <c r="V54" s="8">
         <v>54427.319590276951</v>
       </c>
       <c r="W54" s="13">
         <v>96.768848233502951</v>
       </c>
       <c r="X54" s="8">
         <v>58206.47454320018</v>
       </c>
       <c r="Y54" s="13">
         <v>99.364947228132877</v>
       </c>
       <c r="Z54" s="8">
         <v>49282.707408836315</v>
       </c>
       <c r="AA54" s="13">
         <v>118.98618876849918</v>
       </c>
       <c r="AB54" s="8">
         <v>61513.450974140942</v>
       </c>
       <c r="AC54" s="13">
         <v>105.38656918701147</v>
       </c>
     </row>
-    <row r="55" spans="1:29">
+    <row r="55" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A55" s="15" t="s">
         <v>68</v>
       </c>
       <c r="B55" s="15">
         <v>51996.985091932482</v>
       </c>
       <c r="C55" s="16">
         <v>101.4657523719756</v>
       </c>
       <c r="D55" s="15">
         <v>57418.714766715784</v>
       </c>
       <c r="E55" s="16">
         <v>104.49614229288917</v>
       </c>
       <c r="F55" s="15">
         <v>59081.58471338368</v>
       </c>
       <c r="G55" s="16">
         <v>96.406915344960922</v>
       </c>
       <c r="H55" s="15">
         <v>54945.759534038494</v>
       </c>
       <c r="I55" s="16">
@@ -6081,51 +6085,51 @@
       <c r="V55" s="15">
         <v>56454.088776081</v>
       </c>
       <c r="W55" s="16">
         <v>100.37233488729819</v>
       </c>
       <c r="X55" s="15">
         <v>60439.889117712344</v>
       </c>
       <c r="Y55" s="16">
         <v>103.1776351305798</v>
       </c>
       <c r="Z55" s="15">
         <v>51233.574434393704</v>
       </c>
       <c r="AA55" s="16">
         <v>123.69628373628481</v>
       </c>
       <c r="AB55" s="15">
         <v>60947.626978387125</v>
       </c>
       <c r="AC55" s="16">
         <v>104.41718365048472</v>
       </c>
     </row>
-    <row r="56" spans="1:29">
+    <row r="56" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A56" s="1" t="s">
         <v>69</v>
       </c>
       <c r="B56" s="8">
         <v>52639.394249634279</v>
       </c>
       <c r="C56" s="13">
         <v>102.71933521724277</v>
       </c>
       <c r="D56" s="8">
         <v>54982.94497193156</v>
       </c>
       <c r="E56" s="13">
         <v>100.06329233965342</v>
       </c>
       <c r="F56" s="8">
         <v>59919.301001474858</v>
       </c>
       <c r="G56" s="13">
         <v>97.773866547453053</v>
       </c>
       <c r="H56" s="8">
         <v>55155.642951388108</v>
       </c>
       <c r="I56" s="13">
@@ -6170,51 +6174,51 @@
       <c r="V56" s="8">
         <v>53411.848188609918</v>
       </c>
       <c r="W56" s="13">
         <v>94.963394672807397</v>
       </c>
       <c r="X56" s="8">
         <v>62207.722966799949</v>
       </c>
       <c r="Y56" s="13">
         <v>106.19552478119458</v>
       </c>
       <c r="Z56" s="8">
         <v>49682.096287429893</v>
       </c>
       <c r="AA56" s="13">
         <v>119.95045723098738</v>
       </c>
       <c r="AB56" s="8">
         <v>61442.863296286247</v>
       </c>
       <c r="AC56" s="13">
         <v>105.26563639787059</v>
       </c>
     </row>
-    <row r="57" spans="1:29">
+    <row r="57" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A57" s="8" t="s">
         <v>70</v>
       </c>
       <c r="B57" s="8">
         <v>53606.487119565369</v>
       </c>
       <c r="C57" s="13">
         <v>104.60649858811205</v>
       </c>
       <c r="D57" s="8">
         <v>57015.508607689058</v>
       </c>
       <c r="E57" s="13">
         <v>103.76234864497825</v>
       </c>
       <c r="F57" s="8">
         <v>60990.085548983181</v>
       </c>
       <c r="G57" s="13">
         <v>99.521129010454374</v>
       </c>
       <c r="H57" s="8">
         <v>56716.368680673622</v>
       </c>
       <c r="I57" s="13">
@@ -6259,51 +6263,51 @@
       <c r="V57" s="8">
         <v>57357.356883344284</v>
       </c>
       <c r="W57" s="13">
         <v>101.97829702256269</v>
       </c>
       <c r="X57" s="8">
         <v>60509.229845068905</v>
       </c>
       <c r="Y57" s="13">
         <v>103.29600748981676</v>
       </c>
       <c r="Z57" s="8">
         <v>53449.40239753163</v>
       </c>
       <c r="AA57" s="13">
         <v>129.04608974660104</v>
       </c>
       <c r="AB57" s="8">
         <v>63091.898275707776</v>
       </c>
       <c r="AC57" s="13">
         <v>108.09080936733486</v>
       </c>
     </row>
-    <row r="58" spans="1:29">
+    <row r="58" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A58" s="8" t="s">
         <v>71</v>
       </c>
       <c r="B58" s="8">
         <v>52641.583578924699</v>
       </c>
       <c r="C58" s="13">
         <v>102.72360742539578</v>
       </c>
       <c r="D58" s="8">
         <v>57245.437528515955</v>
       </c>
       <c r="E58" s="13">
         <v>104.18079558036499</v>
       </c>
       <c r="F58" s="8">
         <v>60775.533810333705</v>
       </c>
       <c r="G58" s="13">
         <v>99.171032251786883</v>
       </c>
       <c r="H58" s="8">
         <v>56764.397179350686</v>
       </c>
       <c r="I58" s="13">
@@ -6348,51 +6352,51 @@
       <c r="V58" s="8">
         <v>58743.50652870976</v>
       </c>
       <c r="W58" s="13">
         <v>104.44279657299175</v>
       </c>
       <c r="X58" s="8">
         <v>61012.853839255629</v>
       </c>
       <c r="Y58" s="13">
         <v>104.15574984662355</v>
       </c>
       <c r="Z58" s="8">
         <v>55795.25569741748</v>
       </c>
       <c r="AA58" s="13">
         <v>134.70982370601777</v>
       </c>
       <c r="AB58" s="8">
         <v>64013.012335765401</v>
       </c>
       <c r="AC58" s="13">
         <v>109.66888780517441</v>
       </c>
     </row>
-    <row r="59" spans="1:29">
+    <row r="59" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A59" s="18" t="s">
         <v>72</v>
       </c>
       <c r="B59" s="8">
         <v>54003.051455349538</v>
       </c>
       <c r="C59" s="13">
         <v>105.38034535294065</v>
       </c>
       <c r="D59" s="8">
         <v>59230.360434200375</v>
       </c>
       <c r="E59" s="13">
         <v>107.79315066764828</v>
       </c>
       <c r="F59" s="8">
         <v>61534.680745730664</v>
       </c>
       <c r="G59" s="13">
         <v>100.40977719558359</v>
       </c>
       <c r="H59" s="8">
         <v>57646.789508805487</v>
       </c>
       <c r="I59" s="13">
@@ -6437,51 +6441,51 @@
       <c r="V59" s="8">
         <v>55686.733327744812</v>
       </c>
       <c r="W59" s="13">
         <v>99.008018152978224</v>
       </c>
       <c r="X59" s="8">
         <v>60188.964579817519</v>
       </c>
       <c r="Y59" s="13">
         <v>102.7492789440587</v>
       </c>
       <c r="Z59" s="8">
         <v>54925.464572492674</v>
       </c>
       <c r="AA59" s="13">
         <v>132.60983495903363</v>
       </c>
       <c r="AB59" s="8">
         <v>65214.94158339034</v>
       </c>
       <c r="AC59" s="13">
         <v>111.7280666970556</v>
       </c>
     </row>
-    <row r="60" spans="1:29">
+    <row r="60" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A60" s="19" t="s">
         <v>73</v>
       </c>
       <c r="B60" s="1">
         <v>55546.597873649975</v>
       </c>
       <c r="C60" s="11">
         <v>108.39238726992906</v>
       </c>
       <c r="D60" s="1">
         <v>57750.784896010176</v>
       </c>
       <c r="E60" s="11">
         <v>105.10047569921753</v>
       </c>
       <c r="F60" s="1">
         <v>62377.689187334952</v>
       </c>
       <c r="G60" s="11">
         <v>101.78536391789474</v>
       </c>
       <c r="H60" s="1">
         <v>59865.986754949248</v>
       </c>
       <c r="I60" s="11">
@@ -6526,51 +6530,51 @@
       <c r="V60" s="1">
         <v>56588.281426530266</v>
       </c>
       <c r="W60" s="11">
         <v>100.61092220563634</v>
       </c>
       <c r="X60" s="1">
         <v>61075.497567221057</v>
       </c>
       <c r="Y60" s="11">
         <v>104.26268968059063</v>
       </c>
       <c r="Z60" s="1">
         <v>56085.590167719311</v>
       </c>
       <c r="AA60" s="11">
         <v>135.41079558653465</v>
       </c>
       <c r="AB60" s="1">
         <v>65805.878692503495</v>
       </c>
       <c r="AC60" s="11">
         <v>112.74047672361883</v>
       </c>
     </row>
-    <row r="61" spans="1:29">
+    <row r="61" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A61" s="20" t="s">
         <v>74</v>
       </c>
       <c r="B61" s="8">
         <v>56509.831058992233</v>
       </c>
       <c r="C61" s="13">
         <v>110.27201893871926</v>
       </c>
       <c r="D61" s="8">
         <v>61556.149379081849</v>
       </c>
       <c r="E61" s="13">
         <v>112.0258468106216</v>
       </c>
       <c r="F61" s="8">
         <v>64118.280566382185</v>
       </c>
       <c r="G61" s="13">
         <v>104.6255897944353</v>
       </c>
       <c r="H61" s="8">
         <v>58171.834964632988</v>
       </c>
       <c r="I61" s="13">
@@ -6615,51 +6619,51 @@
       <c r="V61" s="8">
         <v>59847.158498788733</v>
       </c>
       <c r="W61" s="13">
         <v>106.40503044376015</v>
       </c>
       <c r="X61" s="8">
         <v>62995.448086151249</v>
       </c>
       <c r="Y61" s="13">
         <v>107.54025946112309</v>
       </c>
       <c r="Z61" s="8">
         <v>60371.437173845057</v>
       </c>
       <c r="AA61" s="13">
         <v>145.75837240842716</v>
       </c>
       <c r="AB61" s="8">
         <v>69282.712692886096</v>
       </c>
       <c r="AC61" s="13">
         <v>118.69708623146626</v>
       </c>
     </row>
-    <row r="62" spans="1:29">
+    <row r="62" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A62" s="20" t="s">
         <v>75</v>
       </c>
       <c r="B62" s="8">
         <v>57891.97306160281</v>
       </c>
       <c r="C62" s="13">
         <v>112.96909989315999</v>
       </c>
       <c r="D62" s="8">
         <v>63141.649005594758</v>
       </c>
       <c r="E62" s="13">
         <v>114.91129270140033</v>
       </c>
       <c r="F62" s="8">
         <v>64889.048525733495</v>
       </c>
       <c r="G62" s="13">
         <v>105.88329745018403</v>
       </c>
       <c r="H62" s="8">
         <v>62761.270674556865</v>
       </c>
       <c r="I62" s="13">
@@ -6704,51 +6708,51 @@
       <c r="V62" s="8">
         <v>61547.110871171579</v>
       </c>
       <c r="W62" s="13">
         <v>109.4274543728762</v>
       </c>
       <c r="X62" s="8">
         <v>65183.642482887662</v>
       </c>
       <c r="Y62" s="13">
         <v>111.27575147404744</v>
       </c>
       <c r="Z62" s="8">
         <v>60942.689616368087</v>
       </c>
       <c r="AA62" s="13">
         <v>147.13758135481561</v>
       </c>
       <c r="AB62" s="8">
         <v>71614.633981054008</v>
       </c>
       <c r="AC62" s="13">
         <v>122.69219917477166</v>
       </c>
     </row>
-    <row r="63" spans="1:29">
+    <row r="63" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A63" s="18" t="s">
         <v>76</v>
       </c>
       <c r="B63" s="15">
         <v>56594.26596399946</v>
       </c>
       <c r="C63" s="16">
         <v>110.43678332165159</v>
       </c>
       <c r="D63" s="15">
         <v>60598.180640736318</v>
       </c>
       <c r="E63" s="16">
         <v>110.28244245193815</v>
       </c>
       <c r="F63" s="15">
         <v>67453.917990935515</v>
       </c>
       <c r="G63" s="16">
         <v>110.0685466204994</v>
       </c>
       <c r="H63" s="15">
         <v>63655.576141137921</v>
       </c>
       <c r="I63" s="16">
@@ -6793,51 +6797,51 @@
       <c r="V63" s="15">
         <v>59239.31314482342</v>
       </c>
       <c r="W63" s="16">
         <v>105.32431408201199</v>
       </c>
       <c r="X63" s="15">
         <v>64480.832806345235</v>
       </c>
       <c r="Y63" s="16">
         <v>110.07597693059475</v>
       </c>
       <c r="Z63" s="15">
         <v>61980.799391170527</v>
       </c>
       <c r="AA63" s="16">
         <v>149.64395188763501</v>
       </c>
       <c r="AB63" s="15">
         <v>72329.602489358367</v>
       </c>
       <c r="AC63" s="16">
         <v>123.9171032725539</v>
       </c>
     </row>
-    <row r="64" spans="1:29">
+    <row r="64" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A64" s="20" t="s">
         <v>77</v>
       </c>
       <c r="B64" s="8">
         <v>55574.257735548796</v>
       </c>
       <c r="C64" s="13">
         <v>108.44636210506819</v>
       </c>
       <c r="D64" s="8">
         <v>61819.773038379506</v>
       </c>
       <c r="E64" s="13">
         <v>112.5056146968528</v>
       </c>
       <c r="F64" s="8">
         <v>66043.382512378259</v>
       </c>
       <c r="G64" s="13">
         <v>107.7668924734073</v>
       </c>
       <c r="H64" s="8">
         <v>62549.269450891057</v>
       </c>
       <c r="I64" s="13">
@@ -6882,51 +6886,51 @@
       <c r="V64" s="8">
         <v>59798.874276777256</v>
       </c>
       <c r="W64" s="13">
         <v>106.31918369277049</v>
       </c>
       <c r="X64" s="8">
         <v>65943.758465676699</v>
       </c>
       <c r="Y64" s="13">
         <v>112.57335427699742</v>
       </c>
       <c r="Z64" s="8">
         <v>62554.348587201923</v>
       </c>
       <c r="AA64" s="13">
         <v>151.02870602341889</v>
       </c>
       <c r="AB64" s="8">
         <v>73357.268875764275</v>
       </c>
       <c r="AC64" s="13">
         <v>125.67773014386469</v>
       </c>
     </row>
-    <row r="65" spans="1:29">
+    <row r="65" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A65" s="20" t="s">
         <v>78</v>
       </c>
       <c r="B65" s="8">
         <v>57876.640046509376</v>
       </c>
       <c r="C65" s="13">
         <v>112.93917939084943</v>
       </c>
       <c r="D65" s="8">
         <v>61605.358734023401</v>
       </c>
       <c r="E65" s="13">
         <v>112.11540276423368</v>
       </c>
       <c r="F65" s="8">
         <v>66909.80180799251</v>
       </c>
       <c r="G65" s="13">
         <v>109.18068007051961</v>
       </c>
       <c r="H65" s="8">
         <v>64636.524600865159</v>
       </c>
       <c r="I65" s="13">
@@ -6971,51 +6975,51 @@
       <c r="V65" s="8">
         <v>59981.841380727201</v>
       </c>
       <c r="W65" s="13">
         <v>106.64448936733137</v>
       </c>
       <c r="X65" s="8">
         <v>65593.602596955796</v>
       </c>
       <c r="Y65" s="13">
         <v>111.97559913566431</v>
       </c>
       <c r="Z65" s="8">
         <v>66474.641661251459</v>
       </c>
       <c r="AA65" s="13">
         <v>160.49370411832999</v>
       </c>
       <c r="AB65" s="8">
         <v>76438.196770582668</v>
       </c>
       <c r="AC65" s="13">
         <v>130.95606220954517</v>
       </c>
     </row>
-    <row r="66" spans="1:29">
+    <row r="66" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A66" s="20" t="s">
         <v>79</v>
       </c>
       <c r="B66" s="8">
         <v>58021.573450869582</v>
       </c>
       <c r="C66" s="13">
         <v>113.22199919071359</v>
       </c>
       <c r="D66" s="8">
         <v>61710.500705018116</v>
       </c>
       <c r="E66" s="13">
         <v>112.30675031366346</v>
       </c>
       <c r="F66" s="8">
         <v>67961.036452003143</v>
       </c>
       <c r="G66" s="13">
         <v>110.89604179997347</v>
       </c>
       <c r="H66" s="8">
         <v>65479.973519897583</v>
       </c>
       <c r="I66" s="13">
@@ -7060,51 +7064,51 @@
       <c r="V66" s="8">
         <v>62202.049046936168</v>
       </c>
       <c r="W66" s="13">
         <v>110.59189924008609</v>
       </c>
       <c r="X66" s="8">
         <v>68171.463220999707</v>
       </c>
       <c r="Y66" s="13">
         <v>116.37629488093735</v>
       </c>
       <c r="Z66" s="8">
         <v>70152.289652805077</v>
       </c>
       <c r="AA66" s="13">
         <v>169.37286967465721</v>
       </c>
       <c r="AB66" s="8">
         <v>77491.219712826263</v>
       </c>
       <c r="AC66" s="13">
         <v>132.76013064337303</v>
       </c>
     </row>
-    <row r="67" spans="1:29">
+    <row r="67" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A67" s="20" t="s">
         <v>80</v>
       </c>
       <c r="B67" s="8">
         <v>57809.407532008183</v>
       </c>
       <c r="C67" s="13">
         <v>112.80798336754802</v>
       </c>
       <c r="D67" s="8">
         <v>61012.585079430719</v>
       </c>
       <c r="E67" s="13">
         <v>111.03661581455262</v>
       </c>
       <c r="F67" s="8">
         <v>67009.679130301418</v>
       </c>
       <c r="G67" s="13">
         <v>109.3436558032023</v>
       </c>
       <c r="H67" s="8">
         <v>64724.584365558439</v>
       </c>
       <c r="I67" s="13">
@@ -7149,51 +7153,51 @@
       <c r="V67" s="8">
         <v>62579.300745567809</v>
       </c>
       <c r="W67" s="13">
         <v>111.26263247930366</v>
       </c>
       <c r="X67" s="8">
         <v>66759.96597342426</v>
       </c>
       <c r="Y67" s="13">
         <v>113.96671157223008</v>
       </c>
       <c r="Z67" s="8">
         <v>65449.69355573714</v>
       </c>
       <c r="AA67" s="13">
         <v>158.019110591052</v>
       </c>
       <c r="AB67" s="8">
         <v>77871.770649099446</v>
       </c>
       <c r="AC67" s="13">
         <v>133.41210117891646</v>
       </c>
     </row>
-    <row r="68" spans="1:29">
+    <row r="68" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A68" s="19" t="s">
         <v>81</v>
       </c>
       <c r="B68" s="1">
         <v>57567.372114281141</v>
       </c>
       <c r="C68" s="11">
         <v>112.33568087314534</v>
       </c>
       <c r="D68" s="1">
         <v>63641.390743581411</v>
       </c>
       <c r="E68" s="11">
         <v>115.82077115236385</v>
       </c>
       <c r="F68" s="1">
         <v>69877.093380638093</v>
       </c>
       <c r="G68" s="11">
         <v>114.02258518927411</v>
       </c>
       <c r="H68" s="1">
         <v>66290.168823458123</v>
       </c>
       <c r="I68" s="11">
@@ -7238,51 +7242,51 @@
       <c r="V68" s="1">
         <v>62349.032935950359</v>
       </c>
       <c r="W68" s="11">
         <v>110.85322869293913</v>
       </c>
       <c r="X68" s="1">
         <v>67177.147868414977</v>
       </c>
       <c r="Y68" s="11">
         <v>114.6788876197507</v>
       </c>
       <c r="Z68" s="1">
         <v>66969.199897511746</v>
       </c>
       <c r="AA68" s="11">
         <v>161.68774565441112</v>
       </c>
       <c r="AB68" s="1">
         <v>78796.585451528532</v>
       </c>
       <c r="AC68" s="11">
         <v>134.9965198323641</v>
       </c>
     </row>
-    <row r="69" spans="1:29">
+    <row r="69" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A69" s="20" t="s">
         <v>82</v>
       </c>
       <c r="B69" s="8">
         <v>59658.654852048232</v>
       </c>
       <c r="C69" s="13">
         <v>116.41656317881935</v>
       </c>
       <c r="D69" s="8">
         <v>63742.263186400618</v>
       </c>
       <c r="E69" s="13">
         <v>116.00434860060686</v>
       </c>
       <c r="F69" s="8">
         <v>70679.669809496525</v>
       </c>
       <c r="G69" s="13">
         <v>115.33219660559226</v>
       </c>
       <c r="H69" s="8">
         <v>69091.907549652664</v>
       </c>
       <c r="I69" s="13">
@@ -7327,51 +7331,51 @@
       <c r="V69" s="8">
         <v>63959.985162141784</v>
       </c>
       <c r="W69" s="13">
         <v>113.71741514675064</v>
       </c>
       <c r="X69" s="8">
         <v>68151.281884693002</v>
       </c>
       <c r="Y69" s="13">
         <v>116.34184308785338</v>
       </c>
       <c r="Z69" s="8">
         <v>69534.60235755911</v>
       </c>
       <c r="AA69" s="13">
         <v>167.88155028543747</v>
       </c>
       <c r="AB69" s="8">
         <v>81855.95062861123</v>
       </c>
       <c r="AC69" s="13">
         <v>140.23791004535178</v>
       </c>
     </row>
-    <row r="70" spans="1:29">
+    <row r="70" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A70" s="20" t="s">
         <v>83</v>
       </c>
       <c r="B70" s="8">
         <v>59448.186253327978</v>
       </c>
       <c r="C70" s="13">
         <v>116.00585946817019</v>
       </c>
       <c r="D70" s="8">
         <v>65311.844513485899</v>
       </c>
       <c r="E70" s="13">
         <v>118.86082482724719</v>
       </c>
       <c r="F70" s="8">
         <v>71747.951404398642</v>
       </c>
       <c r="G70" s="13">
         <v>117.07537485282332</v>
       </c>
       <c r="H70" s="8">
         <v>70475.450907343693</v>
       </c>
       <c r="I70" s="13">
@@ -7416,51 +7420,51 @@
       <c r="V70" s="8">
         <v>65021.407448968457</v>
       </c>
       <c r="W70" s="13">
         <v>115.60456691095284</v>
       </c>
       <c r="X70" s="8">
         <v>69782.76860262423</v>
       </c>
       <c r="Y70" s="13">
         <v>119.12697297078967</v>
       </c>
       <c r="Z70" s="8">
         <v>73336.280632227354</v>
       </c>
       <c r="AA70" s="13">
         <v>177.0601695742323</v>
       </c>
       <c r="AB70" s="8">
         <v>84635.250887537724</v>
       </c>
       <c r="AC70" s="13">
         <v>144.9994851868922</v>
       </c>
     </row>
-    <row r="71" spans="1:29">
+    <row r="71" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A71" s="18" t="s">
         <v>84</v>
       </c>
       <c r="B71" s="15">
         <v>59362.292353912242</v>
       </c>
       <c r="C71" s="16">
         <v>115.83824803621945</v>
       </c>
       <c r="D71" s="15">
         <v>65604.458258246654</v>
       </c>
       <c r="E71" s="16">
         <v>119.39335168079319</v>
       </c>
       <c r="F71" s="15">
         <v>72581.804474579199</v>
       </c>
       <c r="G71" s="16">
         <v>118.43602221421376</v>
       </c>
       <c r="H71" s="15">
         <v>71284.618632996877</v>
       </c>
       <c r="I71" s="16">
@@ -7505,51 +7509,51 @@
       <c r="V71" s="15">
         <v>66125.80731134025</v>
       </c>
       <c r="W71" s="16">
         <v>117.5681304940114</v>
       </c>
       <c r="X71" s="15">
         <v>67940.886661598066</v>
       </c>
       <c r="Y71" s="16">
         <v>115.9826749643079</v>
       </c>
       <c r="Z71" s="15">
         <v>72901.56144686784</v>
       </c>
       <c r="AA71" s="16">
         <v>176.01060103853129</v>
       </c>
       <c r="AB71" s="15">
         <v>87034.631248311533</v>
       </c>
       <c r="AC71" s="17">
         <v>149.11017090509299</v>
       </c>
     </row>
-    <row r="72" spans="1:29">
+    <row r="72" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A72" s="20" t="s">
         <v>85</v>
       </c>
       <c r="B72" s="8">
         <v>60650.988069888801</v>
       </c>
       <c r="C72" s="13">
         <v>118.35297999940764</v>
       </c>
       <c r="D72" s="8">
         <v>67415.500963408995</v>
       </c>
       <c r="E72" s="13">
         <v>122.68926272627772</v>
       </c>
       <c r="F72" s="8">
         <v>74424.327015667222</v>
       </c>
       <c r="G72" s="13">
         <v>121.4425751951736</v>
       </c>
       <c r="H72" s="8">
         <v>73930.347856394481</v>
       </c>
       <c r="I72" s="13">
@@ -7594,51 +7598,51 @@
       <c r="V72" s="8">
         <v>67417.108836810701</v>
       </c>
       <c r="W72" s="13">
         <v>119.86399518627641</v>
       </c>
       <c r="X72" s="8">
         <v>70729.912387937657</v>
       </c>
       <c r="Y72" s="13">
         <v>120.74385310283189</v>
       </c>
       <c r="Z72" s="8">
         <v>79850.038473601468</v>
       </c>
       <c r="AA72" s="13">
         <v>192.78672480741878</v>
       </c>
       <c r="AB72" s="8">
         <v>91256.184923140696</v>
       </c>
       <c r="AC72" s="13">
         <v>156.34265504284835</v>
       </c>
     </row>
-    <row r="73" spans="1:29">
+    <row r="73" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A73" s="20" t="s">
         <v>86</v>
       </c>
       <c r="B73" s="8">
         <v>62649.274054341498</v>
       </c>
       <c r="C73" s="13">
         <v>122.25239052308289</v>
       </c>
       <c r="D73" s="8">
         <v>68742.578447558524</v>
       </c>
       <c r="E73" s="13">
         <v>125.10440695548579</v>
       </c>
       <c r="F73" s="8">
         <v>78389.75119098062</v>
       </c>
       <c r="G73" s="13">
         <v>127.91319230253262</v>
       </c>
       <c r="H73" s="8">
         <v>77618.582709938069</v>
       </c>
       <c r="I73" s="13">
@@ -7683,51 +7687,51 @@
       <c r="V73" s="8">
         <v>68991.692261934528</v>
       </c>
       <c r="W73" s="13">
         <v>122.66351986696668</v>
       </c>
       <c r="X73" s="8">
         <v>72258.524167669806</v>
       </c>
       <c r="Y73" s="13">
         <v>123.35336398658514</v>
       </c>
       <c r="Z73" s="8">
         <v>79030.573146920928</v>
       </c>
       <c r="AA73" s="13">
         <v>190.80824064580861</v>
       </c>
       <c r="AB73" s="8">
         <v>95106.653999993607</v>
       </c>
       <c r="AC73" s="14">
         <v>162.93938664128839</v>
       </c>
     </row>
-    <row r="74" spans="1:29">
+    <row r="74" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A74" s="20" t="s">
         <v>87</v>
       </c>
       <c r="B74" s="8">
         <v>63243.414191200565</v>
       </c>
       <c r="C74" s="13">
         <v>123.41178228193598</v>
       </c>
       <c r="D74" s="8">
         <v>69233.675498290424</v>
       </c>
       <c r="E74" s="13">
         <v>125.99815296671918</v>
       </c>
       <c r="F74" s="8">
         <v>76561.690336467233</v>
       </c>
       <c r="G74" s="13">
         <v>124.93023731069425</v>
       </c>
       <c r="H74" s="8">
         <v>79139.669620229732</v>
       </c>
       <c r="I74" s="13">
@@ -7772,51 +7776,51 @@
       <c r="V74" s="8">
         <v>70659.150024843126</v>
       </c>
       <c r="W74" s="13">
         <v>125.62817012733893</v>
       </c>
       <c r="X74" s="8">
         <v>72011.021380133243</v>
       </c>
       <c r="Y74" s="13">
         <v>122.93084910975416</v>
       </c>
       <c r="Z74" s="8">
         <v>83980.75831443879</v>
       </c>
       <c r="AA74" s="13">
         <v>202.7597688338825</v>
       </c>
       <c r="AB74" s="8">
         <v>96616.958953879221</v>
       </c>
       <c r="AC74" s="13">
         <v>165.52688344069674</v>
       </c>
     </row>
-    <row r="75" spans="1:29">
+    <row r="75" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A75" s="20" t="s">
         <v>88</v>
       </c>
       <c r="B75" s="8">
         <v>62948.519044586472</v>
       </c>
       <c r="C75" s="13">
         <v>122.83633049623842</v>
       </c>
       <c r="D75" s="8">
         <v>70411.485528143909</v>
       </c>
       <c r="E75" s="13">
         <v>128.14164581523738</v>
       </c>
       <c r="F75" s="8">
         <v>77248.387255649999</v>
       </c>
       <c r="G75" s="13">
         <v>126.05076127897404</v>
       </c>
       <c r="H75" s="8">
         <v>79978.804745284782</v>
       </c>
       <c r="I75" s="13">
@@ -7861,51 +7865,51 @@
       <c r="V75" s="8">
         <v>70166.494060028199</v>
       </c>
       <c r="W75" s="13">
         <v>124.75225430694967</v>
       </c>
       <c r="X75" s="8">
         <v>73029.052892607229</v>
       </c>
       <c r="Y75" s="13">
         <v>124.66874250232642</v>
       </c>
       <c r="Z75" s="8">
         <v>83711.804803482009</v>
       </c>
       <c r="AA75" s="13">
         <v>202.11041828259937</v>
       </c>
       <c r="AB75" s="8">
         <v>96379.143864921192</v>
       </c>
       <c r="AC75" s="13">
         <v>165.11945196141383</v>
       </c>
     </row>
-    <row r="76" spans="1:29">
+    <row r="76" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A76" s="19" t="s">
         <v>89</v>
       </c>
       <c r="B76" s="1">
         <v>63525.552433773453</v>
       </c>
       <c r="C76" s="11">
         <v>123.96234053074507</v>
       </c>
       <c r="D76" s="1">
         <v>71970.424288612223</v>
       </c>
       <c r="E76" s="11">
         <v>130.9787536676449</v>
       </c>
       <c r="F76" s="1">
         <v>80165.367996487854</v>
       </c>
       <c r="G76" s="11">
         <v>130.81057123852531</v>
       </c>
       <c r="H76" s="1">
         <v>81816.132259802485</v>
       </c>
       <c r="I76" s="11">
@@ -7950,51 +7954,51 @@
       <c r="V76" s="1">
         <v>74994.527472095768</v>
       </c>
       <c r="W76" s="11">
         <v>133.33623815983282</v>
       </c>
       <c r="X76" s="1">
         <v>72165.753457765677</v>
       </c>
       <c r="Y76" s="11">
         <v>123.19499403261895</v>
       </c>
       <c r="Z76" s="1">
         <v>81895.335750915139</v>
       </c>
       <c r="AA76" s="11">
         <v>197.72480838118179</v>
       </c>
       <c r="AB76" s="1">
         <v>98964.62045060817</v>
       </c>
       <c r="AC76" s="11">
         <v>169.54896295070043</v>
       </c>
     </row>
-    <row r="77" spans="1:29">
+    <row r="77" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A77" s="20" t="s">
         <v>90</v>
       </c>
       <c r="B77" s="8">
         <v>64083.05471466072</v>
       </c>
       <c r="C77" s="13">
         <v>125.0502379978637</v>
       </c>
       <c r="D77" s="8">
         <v>73871.07455181978</v>
       </c>
       <c r="E77" s="13">
         <v>134.43774123224088</v>
       </c>
       <c r="F77" s="8">
         <v>81826.968697364689</v>
       </c>
       <c r="G77" s="13">
         <v>133.52190335467748</v>
       </c>
       <c r="H77" s="8">
         <v>84558.551417003939</v>
       </c>
       <c r="I77" s="13">
@@ -8039,51 +8043,51 @@
       <c r="V77" s="8">
         <v>74996.756198946634</v>
       </c>
       <c r="W77" s="13">
         <v>133.34020071635791</v>
       </c>
       <c r="X77" s="8">
         <v>72474.479145406527</v>
       </c>
       <c r="Y77" s="13">
         <v>123.72202323170978</v>
       </c>
       <c r="Z77" s="8">
         <v>88348.05238384947</v>
       </c>
       <c r="AA77" s="13">
         <v>213.30398817312428</v>
       </c>
       <c r="AB77" s="8">
         <v>102946.69298922525</v>
       </c>
       <c r="AC77" s="13">
         <v>176.37116129029747</v>
       </c>
     </row>
-    <row r="78" spans="1:29">
+    <row r="78" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A78" s="20" t="s">
         <v>91</v>
       </c>
       <c r="B78" s="8">
         <v>70193.534030320428</v>
       </c>
       <c r="C78" s="13">
         <v>136.97409050624697</v>
       </c>
       <c r="D78" s="8">
         <v>76621.397523667227</v>
       </c>
       <c r="E78" s="13">
         <v>139.44304554434942</v>
       </c>
       <c r="F78" s="8">
         <v>86992.775103422857</v>
       </c>
       <c r="G78" s="13">
         <v>141.95125512804807</v>
       </c>
       <c r="H78" s="8">
         <v>87752.983369732581</v>
       </c>
       <c r="I78" s="13">
@@ -8128,51 +8132,51 @@
       <c r="V78" s="8">
         <v>76763.01660645564</v>
       </c>
       <c r="W78" s="13">
         <v>136.48051676722619</v>
       </c>
       <c r="X78" s="8">
         <v>75888.381557148939</v>
       </c>
       <c r="Y78" s="13">
         <v>129.54993560137257</v>
       </c>
       <c r="Z78" s="8">
         <v>87811.231952320188</v>
       </c>
       <c r="AA78" s="13">
         <v>212.00791049072654</v>
       </c>
       <c r="AB78" s="8">
         <v>107020.58226070178</v>
       </c>
       <c r="AC78" s="13">
         <v>183.35066263138086</v>
       </c>
     </row>
-    <row r="79" spans="1:29">
+    <row r="79" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A79" s="20" t="s">
         <v>92</v>
       </c>
       <c r="B79" s="8">
         <v>69341.979739936869</v>
       </c>
       <c r="C79" s="13">
         <v>135.31238653232259</v>
       </c>
       <c r="D79" s="8">
         <v>77305.295542831736</v>
       </c>
       <c r="E79" s="13">
         <v>140.68766944467163</v>
       </c>
       <c r="F79" s="8">
         <v>88109.874441020933</v>
       </c>
       <c r="G79" s="13">
         <v>143.77409217269039</v>
       </c>
       <c r="H79" s="8">
         <v>91305.850802110828</v>
       </c>
       <c r="I79" s="13">
@@ -8217,51 +8221,51 @@
       <c r="V79" s="8">
         <v>80668.698633150518</v>
       </c>
       <c r="W79" s="13">
         <v>143.42460944227818</v>
       </c>
       <c r="X79" s="8">
         <v>74252.075996682703</v>
       </c>
       <c r="Y79" s="13">
         <v>126.75657941650084</v>
       </c>
       <c r="Z79" s="8">
         <v>87318.439709763377</v>
       </c>
       <c r="AA79" s="13">
         <v>210.81813269889196</v>
       </c>
       <c r="AB79" s="8">
         <v>108603.04273219059</v>
       </c>
       <c r="AC79" s="13">
         <v>186.06177828695306</v>
       </c>
     </row>
-    <row r="80" spans="1:29">
+    <row r="80" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A80" s="19" t="s">
         <v>93</v>
       </c>
       <c r="B80" s="1">
         <v>71056.877024858986</v>
       </c>
       <c r="C80" s="11">
         <v>138.65879869348223</v>
       </c>
       <c r="D80" s="1">
         <v>80666.814669026004</v>
       </c>
       <c r="E80" s="11">
         <v>146.80528775706699</v>
       </c>
       <c r="F80" s="1">
         <v>89470.065886380879</v>
       </c>
       <c r="G80" s="11">
         <v>145.99359698390867</v>
       </c>
       <c r="H80" s="1">
         <v>94492.946708595977</v>
       </c>
       <c r="I80" s="11">
@@ -8306,51 +8310,51 @@
       <c r="V80" s="1">
         <v>80963.784687183565</v>
       </c>
       <c r="W80" s="11">
         <v>143.94925658260235</v>
       </c>
       <c r="X80" s="1">
         <v>78812.221926050726</v>
       </c>
       <c r="Y80" s="11">
         <v>134.54125737853647</v>
       </c>
       <c r="Z80" s="1">
         <v>89607.15133645953</v>
       </c>
       <c r="AA80" s="11">
         <v>216.34390609830345</v>
       </c>
       <c r="AB80" s="1">
         <v>111914.26468775158</v>
       </c>
       <c r="AC80" s="11">
         <v>191.73465659547088</v>
       </c>
     </row>
-    <row r="81" spans="1:29">
+    <row r="81" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A81" s="20" t="s">
         <v>94</v>
       </c>
       <c r="B81" s="8">
         <v>77858.398534794425</v>
       </c>
       <c r="C81" s="13">
         <v>151.93113546569347</v>
       </c>
       <c r="D81" s="8">
         <v>87847.318909128779</v>
       </c>
       <c r="E81" s="13">
         <v>159.87306532500767</v>
       </c>
       <c r="F81" s="8">
         <v>97849.685900341341</v>
       </c>
       <c r="G81" s="13">
         <v>159.66711845811898</v>
       </c>
       <c r="H81" s="8">
         <v>103680.17136420993</v>
       </c>
       <c r="I81" s="13">
@@ -8395,51 +8399,51 @@
       <c r="V81" s="8">
         <v>87692.832909095348</v>
       </c>
       <c r="W81" s="13">
         <v>155.91314256934547</v>
       </c>
       <c r="X81" s="8">
         <v>81582.833331643225</v>
       </c>
       <c r="Y81" s="13">
         <v>139.27100021671569</v>
       </c>
       <c r="Z81" s="8">
         <v>93851.462205697608</v>
       </c>
       <c r="AA81" s="13">
         <v>226.59119974006484</v>
       </c>
       <c r="AB81" s="8">
         <v>121184.19656136325</v>
       </c>
       <c r="AC81" s="13">
         <v>207.61616383147268</v>
       </c>
     </row>
-    <row r="82" spans="1:29">
+    <row r="82" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A82" s="20" t="s">
         <v>95</v>
       </c>
       <c r="B82" s="8">
         <v>84069.873532854923</v>
       </c>
       <c r="C82" s="13">
         <v>164.0520686871796</v>
       </c>
       <c r="D82" s="8">
         <v>95030.380178792329</v>
       </c>
       <c r="E82" s="13">
         <v>172.94549642317654</v>
       </c>
       <c r="F82" s="8">
         <v>104494.6259682711</v>
       </c>
       <c r="G82" s="13">
         <v>170.51006009059222</v>
       </c>
       <c r="H82" s="8">
         <v>111777.09879690032</v>
       </c>
       <c r="I82" s="13">
@@ -8484,51 +8488,51 @@
       <c r="V82" s="8">
         <v>94252.563562027819</v>
       </c>
       <c r="W82" s="13">
         <v>167.57599102091018</v>
       </c>
       <c r="X82" s="8">
         <v>86813.677967768133</v>
       </c>
       <c r="Y82" s="13">
         <v>148.20063571355979</v>
       </c>
       <c r="Z82" s="8">
         <v>95651.00824254188</v>
       </c>
       <c r="AA82" s="13">
         <v>230.9359513922268</v>
       </c>
       <c r="AB82" s="8">
         <v>129872.01300618851</v>
       </c>
       <c r="AC82" s="14">
         <v>222.50037459102708</v>
       </c>
     </row>
-    <row r="83" spans="1:29">
+    <row r="83" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A83" s="20" t="s">
         <v>96</v>
       </c>
       <c r="B83" s="8">
         <v>88798.314073526053</v>
       </c>
       <c r="C83" s="13">
         <v>173.2790416771922</v>
       </c>
       <c r="D83" s="8">
         <v>104397.63880898479</v>
       </c>
       <c r="E83" s="13">
         <v>189.99294157571583</v>
       </c>
       <c r="F83" s="8">
         <v>108667.28624472821</v>
       </c>
       <c r="G83" s="13">
         <v>177.31883659831774</v>
       </c>
       <c r="H83" s="8">
         <v>116512.31764432136</v>
       </c>
       <c r="I83" s="13">
@@ -8573,51 +8577,51 @@
       <c r="V83" s="8">
         <v>100300.72632693275</v>
       </c>
       <c r="W83" s="13">
         <v>178.32929926931351</v>
       </c>
       <c r="X83" s="8">
         <v>87959.779700503364</v>
       </c>
       <c r="Y83" s="13">
         <v>150.15715926330316</v>
       </c>
       <c r="Z83" s="8">
         <v>99655.764111403492</v>
       </c>
       <c r="AA83" s="13">
         <v>240.6048730655252</v>
       </c>
       <c r="AB83" s="8">
         <v>136161.86353954356</v>
       </c>
       <c r="AC83" s="14">
         <v>233.27632290659207</v>
       </c>
     </row>
-    <row r="84" spans="1:29">
+    <row r="84" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A84" s="19" t="s">
         <v>97</v>
       </c>
       <c r="B84" s="1">
         <v>95650.925970290569</v>
       </c>
       <c r="C84" s="11">
         <v>186.65107508622617</v>
       </c>
       <c r="D84" s="1">
         <v>104705.95251709217</v>
       </c>
       <c r="E84" s="11">
         <v>190.55404074423839</v>
       </c>
       <c r="F84" s="1">
         <v>112869.23191345247</v>
       </c>
       <c r="G84" s="11">
         <v>184.17539981228751</v>
       </c>
       <c r="H84" s="1">
         <v>124110.62767657533</v>
       </c>
       <c r="I84" s="11">
@@ -8662,51 +8666,51 @@
       <c r="V84" s="1">
         <v>100773.35935441926</v>
       </c>
       <c r="W84" s="11">
         <v>179.16961538356054</v>
       </c>
       <c r="X84" s="1">
         <v>87694.078468812877</v>
       </c>
       <c r="Y84" s="11">
         <v>149.70357761156129</v>
       </c>
       <c r="Z84" s="1">
         <v>99771.598890610156</v>
       </c>
       <c r="AA84" s="11">
         <v>240.88453990262292</v>
       </c>
       <c r="AB84" s="1">
         <v>140796.72757842904</v>
       </c>
       <c r="AC84" s="12">
         <v>241.21690195021836</v>
       </c>
     </row>
-    <row r="85" spans="1:29">
+    <row r="85" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A85" s="20" t="s">
         <v>98</v>
       </c>
       <c r="B85" s="8">
         <v>103221.3596377565</v>
       </c>
       <c r="C85" s="13">
         <v>201.42384982486661</v>
       </c>
       <c r="D85" s="8">
         <v>116691.18382450711</v>
       </c>
       <c r="E85" s="13">
         <v>212.3659263150177</v>
       </c>
       <c r="F85" s="8">
         <v>121373.34849341221</v>
       </c>
       <c r="G85" s="13">
         <v>198.05206969487676</v>
       </c>
       <c r="H85" s="8">
         <v>131645.81988164084</v>
       </c>
       <c r="I85" s="13">
@@ -8751,51 +8755,51 @@
       <c r="V85" s="8">
         <v>111536.97837136897</v>
       </c>
       <c r="W85" s="13">
         <v>198.30675134644423</v>
       </c>
       <c r="X85" s="8">
         <v>95220.533208955239</v>
       </c>
       <c r="Y85" s="13">
         <v>162.55207572003408</v>
       </c>
       <c r="Z85" s="8">
         <v>103369.83625109073</v>
       </c>
       <c r="AA85" s="13">
         <v>249.57197962171685</v>
       </c>
       <c r="AB85" s="8">
         <v>147098.28306676747</v>
       </c>
       <c r="AC85" s="14">
         <v>252.01290352289462</v>
       </c>
     </row>
-    <row r="86" spans="1:29">
+    <row r="86" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A86" s="20" t="s">
         <v>99</v>
       </c>
       <c r="B86" s="8">
         <v>109642.80554971892</v>
       </c>
       <c r="C86" s="13">
         <v>213.9545155859918</v>
       </c>
       <c r="D86" s="8">
         <v>122844.56245073999</v>
       </c>
       <c r="E86" s="13">
         <v>223.56444113934444</v>
       </c>
       <c r="F86" s="8">
         <v>127744.07660625581</v>
       </c>
       <c r="G86" s="13">
         <v>208.44756346573945</v>
       </c>
       <c r="H86" s="8">
         <v>133991.45786085378</v>
       </c>
       <c r="I86" s="13">
@@ -8840,51 +8844,51 @@
       <c r="V86" s="8">
         <v>117081.20974880519</v>
       </c>
       <c r="W86" s="13">
         <v>208.16409667914354</v>
       </c>
       <c r="X86" s="8">
         <v>99745.145629665174</v>
       </c>
       <c r="Y86" s="13">
         <v>170.27609401765349</v>
       </c>
       <c r="Z86" s="8">
         <v>106950.44078261888</v>
       </c>
       <c r="AA86" s="13">
         <v>258.21684734701074</v>
       </c>
       <c r="AB86" s="8">
         <v>150908.37591502524</v>
       </c>
       <c r="AC86" s="14">
         <v>258.54046143426348</v>
       </c>
     </row>
-    <row r="87" spans="1:29">
+    <row r="87" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A87" s="21" t="s">
         <v>100</v>
       </c>
       <c r="B87" s="8">
         <v>115376.82089987617</v>
       </c>
       <c r="C87" s="13">
         <v>225.14374474201898</v>
       </c>
       <c r="D87" s="8">
         <v>127340.76440094825</v>
       </c>
       <c r="E87" s="13">
         <v>231.74706523107838</v>
       </c>
       <c r="F87" s="8">
         <v>134032.61451394457</v>
       </c>
       <c r="G87" s="13">
         <v>218.70894261884115</v>
       </c>
       <c r="H87" s="8">
         <v>138752.39331207384</v>
       </c>
       <c r="I87" s="13">
@@ -8929,51 +8933,51 @@
       <c r="V87" s="8">
         <v>126770.43080086238</v>
       </c>
       <c r="W87" s="13">
         <v>225.39101081979291</v>
       </c>
       <c r="X87" s="8">
         <v>103180.73568397104</v>
       </c>
       <c r="Y87" s="13">
         <v>176.14102961326725</v>
       </c>
       <c r="Z87" s="8">
         <v>109228.72400011239</v>
       </c>
       <c r="AA87" s="13">
         <v>263.71744281421883</v>
       </c>
       <c r="AB87" s="8">
         <v>155915.20940501546</v>
       </c>
       <c r="AC87" s="14">
         <v>267.1183089723981</v>
       </c>
     </row>
-    <row r="88" spans="1:29">
+    <row r="88" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A88" s="19" t="s">
         <v>101</v>
       </c>
       <c r="B88" s="1">
         <v>125654.71412996444</v>
       </c>
       <c r="C88" s="11">
         <v>245.19979544468833</v>
       </c>
       <c r="D88" s="1">
         <v>133251.21664951363</v>
       </c>
       <c r="E88" s="11">
         <v>242.50347908831492</v>
       </c>
       <c r="F88" s="1">
         <v>143609.11849186933</v>
       </c>
       <c r="G88" s="11">
         <v>234.33549043030047</v>
       </c>
       <c r="H88" s="1">
         <v>144958.62271324638</v>
       </c>
       <c r="I88" s="11">
@@ -9018,51 +9022,51 @@
       <c r="V88" s="1">
         <v>132408.03594683393</v>
       </c>
       <c r="W88" s="11">
         <v>235.41436969319943</v>
       </c>
       <c r="X88" s="1">
         <v>108960.89350104675</v>
       </c>
       <c r="Y88" s="11">
         <v>186.00840400711988</v>
       </c>
       <c r="Z88" s="1">
         <v>109166.48927388215</v>
       </c>
       <c r="AA88" s="11">
         <v>263.56718579157274</v>
       </c>
       <c r="AB88" s="1">
         <v>162515.45306236419</v>
       </c>
       <c r="AC88" s="12">
         <v>278.42603149212351</v>
       </c>
     </row>
-    <row r="89" spans="1:29">
+    <row r="89" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A89" s="20" t="s">
         <v>102</v>
       </c>
       <c r="B89" s="8">
         <v>133393.67353446007</v>
       </c>
       <c r="C89" s="13">
         <v>260.30142753287566</v>
       </c>
       <c r="D89" s="8">
         <v>147571.76609341596</v>
       </c>
       <c r="E89" s="13">
         <v>268.56540294854426</v>
       </c>
       <c r="F89" s="8">
         <v>154797.71438325246</v>
       </c>
       <c r="G89" s="13">
         <v>252.59258394196456</v>
       </c>
       <c r="H89" s="8">
         <v>153782.39624046587</v>
       </c>
       <c r="I89" s="13">
@@ -9107,51 +9111,51 @@
       <c r="V89" s="8">
         <v>145601.61492175804</v>
       </c>
       <c r="W89" s="13">
         <v>258.87184382737018</v>
       </c>
       <c r="X89" s="8">
         <v>118119.8848484698</v>
       </c>
       <c r="Y89" s="13">
         <v>201.64382427680417</v>
       </c>
       <c r="Z89" s="8">
         <v>118892.63634821317</v>
       </c>
       <c r="AA89" s="13">
         <v>287.04960452673015</v>
       </c>
       <c r="AB89" s="8">
         <v>172150.48503429574</v>
       </c>
       <c r="AC89" s="14">
         <v>294.93303845481023</v>
       </c>
     </row>
-    <row r="90" spans="1:29" s="22" customFormat="1">
+    <row r="90" spans="1:29" s="22" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A90" s="20" t="s">
         <v>103</v>
       </c>
       <c r="B90" s="8">
         <v>140775.02003298848</v>
       </c>
       <c r="C90" s="13">
         <v>274.70522180416378</v>
       </c>
       <c r="D90" s="8">
         <v>152825.55338223049</v>
       </c>
       <c r="E90" s="13">
         <v>278.12675426647343</v>
       </c>
       <c r="F90" s="8">
         <v>162829.3599446874</v>
       </c>
       <c r="G90" s="13">
         <v>265.69829492582363</v>
       </c>
       <c r="H90" s="8">
         <v>158817.21590991685</v>
       </c>
       <c r="I90" s="13">
@@ -9196,51 +9200,51 @@
       <c r="V90" s="8">
         <v>153422.8116320048</v>
       </c>
       <c r="W90" s="13">
         <v>272.77751111276501</v>
       </c>
       <c r="X90" s="8">
         <v>123705.30276531518</v>
       </c>
       <c r="Y90" s="13">
         <v>211.17875593019781</v>
       </c>
       <c r="Z90" s="8">
         <v>123822.35656150787</v>
       </c>
       <c r="AA90" s="13">
         <v>298.9517229515348</v>
       </c>
       <c r="AB90" s="8">
         <v>178292.81227947064</v>
       </c>
       <c r="AC90" s="14">
         <v>305.45624573617391</v>
       </c>
     </row>
-    <row r="91" spans="1:29" s="22" customFormat="1">
+    <row r="91" spans="1:29" s="22" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A91" s="23" t="s">
         <v>104</v>
       </c>
       <c r="B91" s="15">
         <v>139073.22170481519</v>
       </c>
       <c r="C91" s="16">
         <v>271.38437065388695</v>
       </c>
       <c r="D91" s="15">
         <v>150267.65715495258</v>
       </c>
       <c r="E91" s="16">
         <v>273.47164679459706</v>
       </c>
       <c r="F91" s="15">
         <v>162727.95299030241</v>
       </c>
       <c r="G91" s="16">
         <v>265.53282320203334</v>
       </c>
       <c r="H91" s="15">
         <v>159038.0098710141</v>
       </c>
       <c r="I91" s="16">
@@ -9285,51 +9289,51 @@
       <c r="V91" s="15">
         <v>157753.89942881145</v>
       </c>
       <c r="W91" s="16">
         <v>280.47795237737631</v>
       </c>
       <c r="X91" s="15">
         <v>118165.58536331089</v>
       </c>
       <c r="Y91" s="16">
         <v>201.72184015529746</v>
       </c>
       <c r="Z91" s="15">
         <v>127409.70708604228</v>
       </c>
       <c r="AA91" s="16">
         <v>307.61287793131368</v>
       </c>
       <c r="AB91" s="15">
         <v>176751.82007889744</v>
       </c>
       <c r="AC91" s="17">
         <v>302.81617468519971</v>
       </c>
     </row>
-    <row r="92" spans="1:29" s="22" customFormat="1">
+    <row r="92" spans="1:29" s="22" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A92" s="24" t="s">
         <v>105</v>
       </c>
       <c r="B92" s="1">
         <v>144127.8547405205</v>
       </c>
       <c r="C92" s="11">
         <v>281.24786837448181</v>
       </c>
       <c r="D92" s="1">
         <v>152423.79888550733</v>
       </c>
       <c r="E92" s="11">
         <v>277.39560249432111</v>
       </c>
       <c r="F92" s="1">
         <v>162820.92355464087</v>
       </c>
       <c r="G92" s="11">
         <v>265.68452876933037</v>
       </c>
       <c r="H92" s="1">
         <v>159328.80007107285</v>
       </c>
       <c r="I92" s="11">
@@ -9374,51 +9378,51 @@
       <c r="V92" s="1">
         <v>152623.63255601496</v>
       </c>
       <c r="W92" s="11">
         <v>271.35661367930646</v>
       </c>
       <c r="X92" s="1">
         <v>122897.1626306813</v>
       </c>
       <c r="Y92" s="11">
         <v>209.79917054109757</v>
       </c>
       <c r="Z92" s="1">
         <v>122607.3151153371</v>
       </c>
       <c r="AA92" s="11">
         <v>296.01817569983285</v>
       </c>
       <c r="AB92" s="1">
         <v>177101.92255536659</v>
       </c>
       <c r="AC92" s="12">
         <v>303.41598006556228</v>
       </c>
     </row>
-    <row r="93" spans="1:29" s="22" customFormat="1">
+    <row r="93" spans="1:29" s="22" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A93" s="20" t="s">
         <v>106</v>
       </c>
       <c r="B93" s="8">
         <v>146170.11093936351</v>
       </c>
       <c r="C93" s="13">
         <v>285.23308138992041</v>
       </c>
       <c r="D93" s="8">
         <v>159007.28845895227</v>
       </c>
       <c r="E93" s="13">
         <v>289.37687490777546</v>
       </c>
       <c r="F93" s="8">
         <v>166396.41850988101</v>
       </c>
       <c r="G93" s="13">
         <v>271.5188753112925</v>
       </c>
       <c r="H93" s="8">
         <v>161128.42052209418</v>
       </c>
       <c r="I93" s="13">
@@ -9463,51 +9467,51 @@
       <c r="V93" s="8">
         <v>152930.78830448972</v>
       </c>
       <c r="W93" s="13">
         <v>271.90272008748445</v>
       </c>
       <c r="X93" s="8">
         <v>131441.64625836699</v>
       </c>
       <c r="Y93" s="13">
         <v>224.38555756109312</v>
       </c>
       <c r="Z93" s="8">
         <v>132596.51116037977</v>
       </c>
       <c r="AA93" s="13">
         <v>320.13568930152843</v>
       </c>
       <c r="AB93" s="8">
         <v>180988.71863743957</v>
       </c>
       <c r="AC93" s="14">
         <v>310.0749481080378</v>
       </c>
     </row>
-    <row r="94" spans="1:29" s="22" customFormat="1">
+    <row r="94" spans="1:29" s="22" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A94" s="25" t="s">
         <v>107</v>
       </c>
       <c r="B94" s="8">
         <v>145018.86198056809</v>
       </c>
       <c r="C94" s="13">
         <v>282.98655995093503</v>
       </c>
       <c r="D94" s="8">
         <v>155767.49472626441</v>
       </c>
       <c r="E94" s="13">
         <v>283.48078426440202</v>
       </c>
       <c r="F94" s="8">
         <v>169119.41083400164</v>
       </c>
       <c r="G94" s="13">
         <v>275.96214290050807</v>
       </c>
       <c r="H94" s="8">
         <v>162392.24771458763</v>
       </c>
       <c r="I94" s="13">
@@ -9552,51 +9556,51 @@
       <c r="V94" s="8">
         <v>156951.93079279605</v>
       </c>
       <c r="W94" s="13">
         <v>279.0520952561584</v>
       </c>
       <c r="X94" s="8">
         <v>131164.3834667982</v>
       </c>
       <c r="Y94" s="13">
         <v>223.91223903649995</v>
       </c>
       <c r="Z94" s="8">
         <v>136115.01759267511</v>
       </c>
       <c r="AA94" s="13">
         <v>328.63062987090973</v>
       </c>
       <c r="AB94" s="8">
         <v>180436.43192456689</v>
       </c>
       <c r="AC94" s="13">
         <v>309.12875502415943</v>
       </c>
     </row>
-    <row r="95" spans="1:29" s="22" customFormat="1">
+    <row r="95" spans="1:29" s="22" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A95" s="21" t="s">
         <v>108</v>
       </c>
       <c r="B95" s="8">
         <v>139628.19069236517</v>
       </c>
       <c r="C95" s="13">
         <v>272.46732470911365</v>
       </c>
       <c r="D95" s="8">
         <v>159155.31349049803</v>
       </c>
       <c r="E95" s="13">
         <v>289.64626520712574</v>
       </c>
       <c r="F95" s="8">
         <v>167194.08213470384</v>
       </c>
       <c r="G95" s="13">
         <v>272.82047021476552</v>
       </c>
       <c r="H95" s="8">
         <v>159746.07698726558</v>
       </c>
       <c r="I95" s="13">
@@ -9641,51 +9645,51 @@
       <c r="V95" s="8">
         <v>154082.78010821523</v>
       </c>
       <c r="W95" s="13">
         <v>273.95089958374001</v>
       </c>
       <c r="X95" s="8">
         <v>131764.24881360095</v>
       </c>
       <c r="Y95" s="13">
         <v>224.93627612166648</v>
       </c>
       <c r="Z95" s="8">
         <v>142698.90379708644</v>
       </c>
       <c r="AA95" s="13">
         <v>344.52650020631148</v>
       </c>
       <c r="AB95" s="8">
         <v>180720.48829837522</v>
       </c>
       <c r="AC95" s="13">
         <v>309.61540836935944</v>
       </c>
     </row>
-    <row r="96" spans="1:29" s="22" customFormat="1">
+    <row r="96" spans="1:29" s="22" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A96" s="24" t="s">
         <v>109</v>
       </c>
       <c r="B96" s="1">
         <v>143930.69812958868</v>
       </c>
       <c r="C96" s="11">
         <v>280.86314137871591</v>
       </c>
       <c r="D96" s="1">
         <v>159357.79842588838</v>
       </c>
       <c r="E96" s="11">
         <v>290.01476691787775</v>
       </c>
       <c r="F96" s="1">
         <v>168375.15189410371</v>
       </c>
       <c r="G96" s="11">
         <v>274.74769157931303</v>
       </c>
       <c r="H96" s="1">
         <v>160243.05458093405</v>
       </c>
       <c r="I96" s="11">
@@ -9730,51 +9734,51 @@
       <c r="V96" s="1">
         <v>160065.22445314171</v>
       </c>
       <c r="W96" s="11">
         <v>284.58736401442616</v>
       </c>
       <c r="X96" s="1">
         <v>136195.30180043259</v>
       </c>
       <c r="Y96" s="11">
         <v>232.50057802548318</v>
       </c>
       <c r="Z96" s="1">
         <v>143762.88322697466</v>
       </c>
       <c r="AA96" s="11">
         <v>347.09532939502157</v>
       </c>
       <c r="AB96" s="1">
         <v>182952.69960137387</v>
       </c>
       <c r="AC96" s="12">
         <v>313.43969536997645</v>
       </c>
     </row>
-    <row r="97" spans="1:29">
+    <row r="97" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A97" s="26" t="s">
         <v>110</v>
       </c>
       <c r="B97" s="8">
         <v>149087.35334229906</v>
       </c>
       <c r="C97" s="13">
         <v>290.92572289099877</v>
       </c>
       <c r="D97" s="8">
         <v>163812.80248231516</v>
       </c>
       <c r="E97" s="13">
         <v>298.12241508950888</v>
       </c>
       <c r="F97" s="8">
         <v>172715.98988380074</v>
       </c>
       <c r="G97" s="13">
         <v>281.830893606291</v>
       </c>
       <c r="H97" s="8">
         <v>164267.70551023472</v>
       </c>
       <c r="I97" s="13">
@@ -9819,51 +9823,51 @@
       <c r="V97" s="8">
         <v>164320.5129015517</v>
       </c>
       <c r="W97" s="13">
         <v>292.1530381125408</v>
       </c>
       <c r="X97" s="8">
         <v>143520.30113540217</v>
       </c>
       <c r="Y97" s="13">
         <v>245.00516927718596</v>
       </c>
       <c r="Z97" s="8">
         <v>164285.78304950555</v>
       </c>
       <c r="AA97" s="13">
         <v>396.64499419129498</v>
       </c>
       <c r="AB97" s="8">
         <v>188970.11531679361</v>
       </c>
       <c r="AC97" s="14">
         <v>323.74890071575805</v>
       </c>
     </row>
-    <row r="98" spans="1:29">
+    <row r="98" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A98" s="25" t="s">
         <v>111</v>
       </c>
       <c r="B98" s="8">
         <v>146673.45814105542</v>
       </c>
       <c r="C98" s="13">
         <v>286.21530184815856</v>
       </c>
       <c r="D98" s="8">
         <v>167224.31365273084</v>
       </c>
       <c r="E98" s="13">
         <v>304.33101376932791</v>
       </c>
       <c r="F98" s="8">
         <v>174598.38600863414</v>
       </c>
       <c r="G98" s="13">
         <v>284.90251067162313</v>
       </c>
       <c r="H98" s="8">
         <v>167677.87989186085</v>
       </c>
       <c r="I98" s="13">
@@ -9908,51 +9912,51 @@
       <c r="V98" s="8">
         <v>165518.80944606691</v>
       </c>
       <c r="W98" s="13">
         <v>294.28354494859008</v>
       </c>
       <c r="X98" s="8">
         <v>148179.94041443296</v>
       </c>
       <c r="Y98" s="13">
         <v>252.95969348942617</v>
       </c>
       <c r="Z98" s="8">
         <v>178074.15329970774</v>
       </c>
       <c r="AA98" s="13">
         <v>429.93508135696788</v>
       </c>
       <c r="AB98" s="8">
         <v>192728.14241507894</v>
       </c>
       <c r="AC98" s="14">
         <v>330.18725812423122</v>
       </c>
     </row>
-    <row r="99" spans="1:29">
+    <row r="99" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A99" s="21" t="s">
         <v>112</v>
       </c>
       <c r="B99" s="8">
         <v>150525.5559438036</v>
       </c>
       <c r="C99" s="13">
         <v>293.73219924279078</v>
       </c>
       <c r="D99" s="8">
         <v>169042.14559722896</v>
       </c>
       <c r="E99" s="13">
         <v>307.6392805305851</v>
       </c>
       <c r="F99" s="8">
         <v>175958.51306259961</v>
       </c>
       <c r="G99" s="13">
         <v>287.12191041159554</v>
       </c>
       <c r="H99" s="8">
         <v>169331.64684734723</v>
       </c>
       <c r="I99" s="13">
@@ -9997,51 +10001,51 @@
       <c r="V99" s="8">
         <v>167848.21743494269</v>
       </c>
       <c r="W99" s="13">
         <v>298.42510712446648</v>
       </c>
       <c r="X99" s="8">
         <v>151189.21647602171</v>
       </c>
       <c r="Y99" s="13">
         <v>258.09686352766175</v>
       </c>
       <c r="Z99" s="8">
         <v>199719.85321177123</v>
       </c>
       <c r="AA99" s="13">
         <v>482.19558957939734</v>
       </c>
       <c r="AB99" s="8">
         <v>195896.86403284624</v>
       </c>
       <c r="AC99" s="14">
         <v>335.61600085800495</v>
       </c>
     </row>
-    <row r="100" spans="1:29">
+    <row r="100" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A100" s="24" t="s">
         <v>113</v>
       </c>
       <c r="B100" s="1">
         <v>150138.40123757368</v>
       </c>
       <c r="C100" s="11">
         <v>292.97671421837032</v>
       </c>
       <c r="D100" s="1">
         <v>168959.12204671747</v>
       </c>
       <c r="E100" s="11">
         <v>307.48818622652141</v>
       </c>
       <c r="F100" s="1">
         <v>177265.71876756524</v>
       </c>
       <c r="G100" s="11">
         <v>289.2549552570992</v>
       </c>
       <c r="H100" s="1">
         <v>169731.1234984934</v>
       </c>
       <c r="I100" s="11">
@@ -10086,51 +10090,51 @@
       <c r="V100" s="1">
         <v>167344.76626010006</v>
       </c>
       <c r="W100" s="11">
         <v>297.52999800099553</v>
       </c>
       <c r="X100" s="1">
         <v>154559.49857845984</v>
       </c>
       <c r="Y100" s="11">
         <v>263.85031116181</v>
       </c>
       <c r="Z100" s="1">
         <v>226213.91815457304</v>
       </c>
       <c r="AA100" s="11">
         <v>546.16179554242171</v>
       </c>
       <c r="AB100" s="1">
         <v>199390.00999306008</v>
       </c>
       <c r="AC100" s="12">
         <v>341.60055647286003</v>
       </c>
     </row>
-    <row r="101" spans="1:29">
+    <row r="101" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A101" s="26" t="s">
         <v>114</v>
       </c>
       <c r="B101" s="8">
         <v>156628.0908936816</v>
       </c>
       <c r="C101" s="13">
         <v>305.64054929368092</v>
       </c>
       <c r="D101" s="8">
         <v>173553.63396896629</v>
       </c>
       <c r="E101" s="13">
         <v>315.84972433381455</v>
       </c>
       <c r="F101" s="8">
         <v>180913.43897510873</v>
       </c>
       <c r="G101" s="13">
         <v>295.20715601401434</v>
       </c>
       <c r="H101" s="8">
         <v>173534.77843710769</v>
       </c>
       <c r="I101" s="13">
@@ -10175,51 +10179,51 @@
       <c r="V101" s="8">
         <v>173569.94274076336</v>
       </c>
       <c r="W101" s="13">
         <v>308.59802711980768</v>
       </c>
       <c r="X101" s="8">
         <v>160835.28602527158</v>
       </c>
       <c r="Y101" s="13">
         <v>274.5637806402716</v>
       </c>
       <c r="Z101" s="8">
         <v>248850.86456966063</v>
       </c>
       <c r="AA101" s="13">
         <v>600.81552949708407</v>
       </c>
       <c r="AB101" s="8">
         <v>206422.42084932199</v>
       </c>
       <c r="AC101" s="14">
         <v>353.64867995672194</v>
       </c>
     </row>
-    <row r="102" spans="1:29">
+    <row r="102" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A102" s="25" t="s">
         <v>115</v>
       </c>
       <c r="B102" s="8">
         <v>157684.98904488725</v>
       </c>
       <c r="C102" s="13">
         <v>307.70295667947505</v>
       </c>
       <c r="D102" s="8">
         <v>174548.78269844525</v>
       </c>
       <c r="E102" s="13">
         <v>317.66079244393711</v>
       </c>
       <c r="F102" s="8">
         <v>182501.03737296406</v>
       </c>
       <c r="G102" s="13">
         <v>297.79773419647739</v>
       </c>
       <c r="H102" s="8">
         <v>174578.68711950595</v>
       </c>
       <c r="I102" s="13">
@@ -10264,51 +10268,51 @@
       <c r="V102" s="8">
         <v>172317.85008580325</v>
       </c>
       <c r="W102" s="13">
         <v>306.37187369145175</v>
       </c>
       <c r="X102" s="8">
         <v>165955.51770072564</v>
       </c>
       <c r="Y102" s="13">
         <v>283.30458747009777</v>
       </c>
       <c r="Z102" s="8">
         <v>251525.82112039931</v>
       </c>
       <c r="AA102" s="13">
         <v>607.27383712319192</v>
       </c>
       <c r="AB102" s="8">
         <v>208940.82894813345</v>
       </c>
       <c r="AC102" s="14">
         <v>357.96328733353931</v>
       </c>
     </row>
-    <row r="103" spans="1:29">
+    <row r="103" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A103" s="21" t="s">
         <v>116</v>
       </c>
       <c r="B103" s="15">
         <v>155026.42635461953</v>
       </c>
       <c r="C103" s="16">
         <v>302.51509697724146</v>
       </c>
       <c r="D103" s="15">
         <v>171989.11682654943</v>
       </c>
       <c r="E103" s="16">
         <v>313.00246440126682</v>
       </c>
       <c r="F103" s="15">
         <v>183327.28398481535</v>
       </c>
       <c r="G103" s="16">
         <v>299.14596965003255</v>
       </c>
       <c r="H103" s="15">
         <v>173278.91260715603</v>
       </c>
       <c r="I103" s="16">
@@ -10353,51 +10357,51 @@
       <c r="V103" s="15">
         <v>175146.20705788533</v>
       </c>
       <c r="W103" s="16">
         <v>311.40054033610636</v>
       </c>
       <c r="X103" s="15">
         <v>164679.28656971801</v>
       </c>
       <c r="Y103" s="16">
         <v>281.12591851653741</v>
       </c>
       <c r="Z103" s="15">
         <v>244534.49180818387</v>
       </c>
       <c r="AA103" s="16">
         <v>590.39425251788566</v>
       </c>
       <c r="AB103" s="15">
         <v>209029.13706847071</v>
       </c>
       <c r="AC103" s="17">
         <v>358.11457928166311</v>
       </c>
     </row>
-    <row r="104" spans="1:29">
+    <row r="104" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A104" s="24" t="s">
         <v>117</v>
       </c>
       <c r="B104" s="8">
         <v>155327.34769822401</v>
       </c>
       <c r="C104" s="14">
         <v>303.10230814880521</v>
       </c>
       <c r="D104" s="8">
         <v>168603.27106014849</v>
       </c>
       <c r="E104" s="13">
         <v>306.84057411122672</v>
       </c>
       <c r="F104" s="8">
         <v>176651.29217621277</v>
       </c>
       <c r="G104" s="13">
         <v>288.25235905617512</v>
       </c>
       <c r="H104" s="8">
         <v>170137.20077681669</v>
       </c>
       <c r="I104" s="13">
@@ -10442,51 +10446,51 @@
       <c r="V104" s="8">
         <v>171733.07357006986</v>
       </c>
       <c r="W104" s="13">
         <v>305.33217248390542</v>
       </c>
       <c r="X104" s="8">
         <v>163411.9829382021</v>
       </c>
       <c r="Y104" s="13">
         <v>278.96248980081714</v>
       </c>
       <c r="Z104" s="8">
         <v>219886.79106660176</v>
       </c>
       <c r="AA104" s="13">
         <v>530.88583410210811</v>
       </c>
       <c r="AB104" s="8">
         <v>204141.31906778875</v>
       </c>
       <c r="AC104" s="14">
         <v>349.74063241727845</v>
       </c>
     </row>
-    <row r="105" spans="1:29">
+    <row r="105" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A105" s="26" t="s">
         <v>118</v>
       </c>
       <c r="B105" s="8">
         <v>152906.4341798776</v>
       </c>
       <c r="C105" s="14">
         <v>298.37819171912747</v>
       </c>
       <c r="D105" s="8">
         <v>165541.45478592088</v>
       </c>
       <c r="E105" s="13">
         <v>301.26838409676407</v>
       </c>
       <c r="F105" s="8">
         <v>174111.28376072648</v>
       </c>
       <c r="G105" s="13">
         <v>284.10767713074591</v>
       </c>
       <c r="H105" s="8">
         <v>167558.83033334161</v>
       </c>
       <c r="I105" s="13">
@@ -10531,51 +10535,51 @@
       <c r="V105" s="8">
         <v>161928.11230503043</v>
       </c>
       <c r="W105" s="13">
         <v>287.89947846673624</v>
       </c>
       <c r="X105" s="8">
         <v>164482.38364860392</v>
       </c>
       <c r="Y105" s="13">
         <v>280.78978325806116</v>
       </c>
       <c r="Z105" s="8">
         <v>207039.20369634184</v>
       </c>
       <c r="AA105" s="13">
         <v>499.86713532454382</v>
       </c>
       <c r="AB105" s="8">
         <v>200971.21002362514</v>
       </c>
       <c r="AC105" s="14">
         <v>344.30951270569597</v>
       </c>
     </row>
-    <row r="106" spans="1:29">
+    <row r="106" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A106" s="25" t="s">
         <v>119</v>
       </c>
       <c r="B106" s="8">
         <v>145180.70888086574</v>
       </c>
       <c r="C106" s="14">
         <v>283.30238436803808</v>
       </c>
       <c r="D106" s="8">
         <v>159993.44113631613</v>
       </c>
       <c r="E106" s="13">
         <v>291.17157113033983</v>
       </c>
       <c r="F106" s="8">
         <v>168897.89974759024</v>
       </c>
       <c r="G106" s="13">
         <v>275.60069016258251</v>
       </c>
       <c r="H106" s="8">
         <v>159305.17162412705</v>
       </c>
       <c r="I106" s="13">
@@ -10620,51 +10624,51 @@
       <c r="V106" s="8">
         <v>157681.97972479867</v>
       </c>
       <c r="W106" s="13">
         <v>280.35008301002551</v>
       </c>
       <c r="X106" s="8">
         <v>156762.02378219386</v>
       </c>
       <c r="Y106" s="13">
         <v>267.61026746143494</v>
       </c>
       <c r="Z106" s="8">
         <v>184925.00312742428</v>
       </c>
       <c r="AA106" s="13">
         <v>446.47549793885321</v>
       </c>
       <c r="AB106" s="8">
         <v>190166.22491662618</v>
       </c>
       <c r="AC106" s="14">
         <v>325.79810922384513</v>
       </c>
     </row>
-    <row r="107" spans="1:29">
+    <row r="107" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A107" s="21" t="s">
         <v>120</v>
       </c>
       <c r="B107" s="8">
         <v>139785.38821189114</v>
       </c>
       <c r="C107" s="14">
         <v>272.77407642868951</v>
       </c>
       <c r="D107" s="8">
         <v>152627.78297092131</v>
       </c>
       <c r="E107" s="13">
         <v>277.76683250358735</v>
       </c>
       <c r="F107" s="8">
         <v>158608.535191973</v>
       </c>
       <c r="G107" s="13">
         <v>258.81092559416328</v>
       </c>
       <c r="H107" s="8">
         <v>151471.70756178885</v>
       </c>
       <c r="I107" s="13">
@@ -10709,51 +10713,51 @@
       <c r="V107" s="8">
         <v>156872.11686554892</v>
       </c>
       <c r="W107" s="13">
         <v>278.91019038428817</v>
       </c>
       <c r="X107" s="8">
         <v>153065.17050784713</v>
       </c>
       <c r="Y107" s="13">
         <v>261.299326395197</v>
       </c>
       <c r="Z107" s="8">
         <v>168097.085839493</v>
       </c>
       <c r="AA107" s="13">
         <v>405.84685052319855</v>
       </c>
       <c r="AB107" s="8">
         <v>180650.03116187998</v>
       </c>
       <c r="AC107" s="14">
         <v>309.49469922733624</v>
       </c>
     </row>
-    <row r="108" spans="1:29">
+    <row r="108" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A108" s="27" t="s">
         <v>121</v>
       </c>
       <c r="B108" s="28">
         <v>136901.61466401577</v>
       </c>
       <c r="C108" s="29">
         <v>267.14674530192826</v>
       </c>
       <c r="D108" s="28">
         <v>144532.19223406902</v>
       </c>
       <c r="E108" s="29">
         <v>263.03369183646998</v>
       </c>
       <c r="F108" s="28">
         <v>153203.27150559626</v>
       </c>
       <c r="G108" s="29">
         <v>249.99083721708777</v>
       </c>
       <c r="H108" s="28">
         <v>145247.23223225208</v>
       </c>
       <c r="I108" s="29">
@@ -10798,51 +10802,51 @@
       <c r="V108" s="28">
         <v>148719.974982382</v>
       </c>
       <c r="W108" s="29">
         <v>264.41612037296449</v>
       </c>
       <c r="X108" s="28">
         <v>145923.79524903867</v>
       </c>
       <c r="Y108" s="29">
         <v>249.10820193186711</v>
       </c>
       <c r="Z108" s="28">
         <v>153443.08166475286</v>
       </c>
       <c r="AA108" s="29">
         <v>370.46681158813442</v>
       </c>
       <c r="AB108" s="28">
         <v>173260.10338072476</v>
       </c>
       <c r="AC108" s="29">
         <v>296.83406772215335</v>
       </c>
     </row>
-    <row r="109" spans="1:29">
+    <row r="109" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A109" s="30" t="s">
         <v>122</v>
       </c>
       <c r="B109" s="28">
         <v>139595.38587007218</v>
       </c>
       <c r="C109" s="29">
         <v>272.40331011346927</v>
       </c>
       <c r="D109" s="28">
         <v>150238.9634685005</v>
       </c>
       <c r="E109" s="29">
         <v>273.41942724293017</v>
       </c>
       <c r="F109" s="28">
         <v>154251.69403723537</v>
       </c>
       <c r="G109" s="29">
         <v>251.70161025650128</v>
       </c>
       <c r="H109" s="28">
         <v>148898.47430771912</v>
       </c>
       <c r="I109" s="29">
@@ -10887,51 +10891,51 @@
       <c r="V109" s="28">
         <v>153034.20040190814</v>
       </c>
       <c r="W109" s="29">
         <v>272.08658123728793</v>
       </c>
       <c r="X109" s="28">
         <v>148107.91690344576</v>
       </c>
       <c r="Y109" s="29">
         <v>252.83674131916345</v>
       </c>
       <c r="Z109" s="28">
         <v>152809.00205978638</v>
       </c>
       <c r="AA109" s="29">
         <v>368.93591526490866</v>
       </c>
       <c r="AB109" s="28">
         <v>177975.45027314065</v>
       </c>
       <c r="AC109" s="29">
         <v>304.91253224737153</v>
       </c>
     </row>
-    <row r="110" spans="1:29">
+    <row r="110" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A110" s="30" t="s">
         <v>123</v>
       </c>
       <c r="B110" s="28">
         <v>140745.57108704641</v>
       </c>
       <c r="C110" s="29">
         <v>274.64775579048455</v>
       </c>
       <c r="D110" s="28">
         <v>153624.87066708755</v>
       </c>
       <c r="E110" s="29">
         <v>279.58142933321676</v>
       </c>
       <c r="F110" s="28">
         <v>163353.70211942567</v>
       </c>
       <c r="G110" s="29">
         <v>266.55389505735383</v>
       </c>
       <c r="H110" s="28">
         <v>151364.62731267163</v>
       </c>
       <c r="I110" s="29">
@@ -10976,51 +10980,51 @@
       <c r="V110" s="28">
         <v>154009.19101935066</v>
       </c>
       <c r="W110" s="29">
         <v>273.82006213986836</v>
       </c>
       <c r="X110" s="28">
         <v>155001.44163040409</v>
       </c>
       <c r="Y110" s="29">
         <v>264.60475726731477</v>
       </c>
       <c r="Z110" s="28">
         <v>165205.01161180393</v>
       </c>
       <c r="AA110" s="29">
         <v>398.864342700858</v>
       </c>
       <c r="AB110" s="28">
         <v>184138.82493626699</v>
       </c>
       <c r="AC110" s="29">
         <v>315.47179855538752</v>
       </c>
     </row>
-    <row r="111" spans="1:29">
+    <row r="111" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A111" s="30" t="s">
         <v>124</v>
       </c>
       <c r="B111" s="28">
         <v>141266.0047984095</v>
       </c>
       <c r="C111" s="29">
         <v>275.66331848108734</v>
       </c>
       <c r="D111" s="28">
         <v>157211.32925250827</v>
       </c>
       <c r="E111" s="29">
         <v>286.10841427518767</v>
       </c>
       <c r="F111" s="28">
         <v>165092.02064390999</v>
       </c>
       <c r="G111" s="29">
         <v>269.39041218270734</v>
       </c>
       <c r="H111" s="28">
         <v>154912.43123222073</v>
       </c>
       <c r="I111" s="29">
@@ -11065,51 +11069,51 @@
       <c r="V111" s="28">
         <v>153910.81673362158</v>
       </c>
       <c r="W111" s="29">
         <v>273.64515794841708</v>
       </c>
       <c r="X111" s="28">
         <v>154982.29331730393</v>
       </c>
       <c r="Y111" s="29">
         <v>264.57206896011809</v>
       </c>
       <c r="Z111" s="28">
         <v>151713.52076720618</v>
       </c>
       <c r="AA111" s="29">
         <v>366.29102924454492</v>
       </c>
       <c r="AB111" s="28">
         <v>186478.22655705991</v>
       </c>
       <c r="AC111" s="29">
         <v>319.47972701431178</v>
       </c>
     </row>
-    <row r="112" spans="1:29">
+    <row r="112" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A112" s="27" t="s">
         <v>125</v>
       </c>
       <c r="B112" s="31">
         <v>139824.37933360398</v>
       </c>
       <c r="C112" s="32">
         <v>272.85016283049583</v>
       </c>
       <c r="D112" s="31">
         <v>154113.01375230518</v>
       </c>
       <c r="E112" s="32">
         <v>280.4697994317018</v>
       </c>
       <c r="F112" s="31">
         <v>160429.98221684451</v>
       </c>
       <c r="G112" s="32">
         <v>261.78308840909091</v>
       </c>
       <c r="H112" s="31">
         <v>156165.44347817026</v>
       </c>
       <c r="I112" s="32">
@@ -11154,51 +11158,51 @@
       <c r="V112" s="31">
         <v>155113.15097500311</v>
       </c>
       <c r="W112" s="32">
         <v>275.78284359242917</v>
       </c>
       <c r="X112" s="31">
         <v>152394.28180993692</v>
       </c>
       <c r="Y112" s="32">
         <v>260.15404452428896</v>
       </c>
       <c r="Z112" s="31">
         <v>153403.94968958187</v>
       </c>
       <c r="AA112" s="32">
         <v>370.37233291946154</v>
       </c>
       <c r="AB112" s="31">
         <v>187285.26691357433</v>
       </c>
       <c r="AC112" s="32">
         <v>320.86237118435304</v>
       </c>
     </row>
-    <row r="113" spans="1:29">
+    <row r="113" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A113" s="30" t="s">
         <v>126</v>
       </c>
       <c r="B113" s="28">
         <v>141830.1261679687</v>
       </c>
       <c r="C113" s="29">
         <v>276.76413228962321</v>
       </c>
       <c r="D113" s="28">
         <v>157538.58859716475</v>
       </c>
       <c r="E113" s="29">
         <v>286.7039925493591</v>
       </c>
       <c r="F113" s="28">
         <v>163633.06726534222</v>
       </c>
       <c r="G113" s="29">
         <v>267.00975168515697</v>
       </c>
       <c r="H113" s="28">
         <v>159869.46262280145</v>
       </c>
       <c r="I113" s="29">
@@ -11243,51 +11247,51 @@
       <c r="V113" s="28">
         <v>159776.94017688488</v>
       </c>
       <c r="W113" s="29">
         <v>284.07481006932642</v>
       </c>
       <c r="X113" s="28">
         <v>156821.96311259954</v>
       </c>
       <c r="Y113" s="29">
         <v>267.7125905869874</v>
       </c>
       <c r="Z113" s="28">
         <v>149619.65749420383</v>
       </c>
       <c r="AA113" s="29">
         <v>361.23568988199571</v>
       </c>
       <c r="AB113" s="28">
         <v>193010.42597230914</v>
       </c>
       <c r="AC113" s="29">
         <v>330.67087423035576</v>
       </c>
     </row>
-    <row r="114" spans="1:29">
+    <row r="114" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A114" s="30" t="s">
         <v>127</v>
       </c>
       <c r="B114" s="28">
         <v>142392.88501389243</v>
       </c>
       <c r="C114" s="29">
         <v>277.86228730004694</v>
       </c>
       <c r="D114" s="28">
         <v>154272.195680909</v>
       </c>
       <c r="E114" s="29">
         <v>280.75949413367175</v>
       </c>
       <c r="F114" s="28">
         <v>165096.53601891946</v>
       </c>
       <c r="G114" s="29">
         <v>269.39778018711007</v>
       </c>
       <c r="H114" s="28">
         <v>159950.08113201713</v>
       </c>
       <c r="I114" s="29">
@@ -11332,51 +11336,51 @@
       <c r="V114" s="28">
         <v>159578.10350552865</v>
       </c>
       <c r="W114" s="29">
         <v>283.72128915706077</v>
       </c>
       <c r="X114" s="28">
         <v>153143.84591285884</v>
       </c>
       <c r="Y114" s="29">
         <v>261.43363409083554</v>
       </c>
       <c r="Z114" s="28">
         <v>147439.3033044599</v>
       </c>
       <c r="AA114" s="29">
         <v>355.97153032495521</v>
       </c>
       <c r="AB114" s="28">
         <v>193249.49097406384</v>
       </c>
       <c r="AC114" s="29">
         <v>331.08044709529236</v>
       </c>
     </row>
-    <row r="115" spans="1:29">
+    <row r="115" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A115" s="30" t="s">
         <v>128</v>
       </c>
       <c r="B115" s="28">
         <v>136759.52005132259</v>
       </c>
       <c r="C115" s="29">
         <v>266.86946505655578</v>
       </c>
       <c r="D115" s="28">
         <v>150911.51309602219</v>
       </c>
       <c r="E115" s="29">
         <v>274.64339824022727</v>
       </c>
       <c r="F115" s="28">
         <v>159741.10502625516</v>
       </c>
       <c r="G115" s="29">
         <v>260.65900676303482</v>
       </c>
       <c r="H115" s="28">
         <v>156119.17237925687</v>
       </c>
       <c r="I115" s="29">
@@ -11421,51 +11425,51 @@
       <c r="V115" s="28">
         <v>154826.76013022353</v>
       </c>
       <c r="W115" s="29">
         <v>275.2736560667056</v>
       </c>
       <c r="X115" s="28">
         <v>153922.38830401219</v>
       </c>
       <c r="Y115" s="29">
         <v>262.76269282904178</v>
       </c>
       <c r="Z115" s="28">
         <v>136868.42415080479</v>
       </c>
       <c r="AA115" s="29">
         <v>330.44962439573101</v>
       </c>
       <c r="AB115" s="28">
         <v>188436.05089312364</v>
       </c>
       <c r="AC115" s="29">
         <v>322.83392656873656</v>
       </c>
     </row>
-    <row r="116" spans="1:29">
+    <row r="116" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A116" s="27" t="s">
         <v>129</v>
       </c>
       <c r="B116" s="31">
         <v>136643.76056473231</v>
       </c>
       <c r="C116" s="32">
         <v>266.64357458655428</v>
       </c>
       <c r="D116" s="31">
         <v>151562.02487968572</v>
       </c>
       <c r="E116" s="32">
         <v>275.82726263331034</v>
       </c>
       <c r="F116" s="31">
         <v>160126.6826238322</v>
       </c>
       <c r="G116" s="32">
         <v>261.28817652868776</v>
       </c>
       <c r="H116" s="31">
         <v>156066.06906914705</v>
       </c>
       <c r="I116" s="32">
@@ -11510,51 +11514,51 @@
       <c r="V116" s="31">
         <v>153160.76514097801</v>
       </c>
       <c r="W116" s="32">
         <v>272.31160653926798</v>
       </c>
       <c r="X116" s="31">
         <v>149982.15547429994</v>
       </c>
       <c r="Y116" s="32">
         <v>256.03627570339484</v>
       </c>
       <c r="Z116" s="31">
         <v>132818.00761897594</v>
       </c>
       <c r="AA116" s="32">
         <v>320.67046145224339</v>
       </c>
       <c r="AB116" s="31">
         <v>186750.67758202052</v>
       </c>
       <c r="AC116" s="32">
         <v>319.94649775042524</v>
       </c>
     </row>
-    <row r="117" spans="1:29">
+    <row r="117" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A117" s="30" t="s">
         <v>130</v>
       </c>
       <c r="B117" s="28">
         <v>142257.56969912024</v>
       </c>
       <c r="C117" s="29">
         <v>277.59823602483294</v>
       </c>
       <c r="D117" s="28">
         <v>157194.77118761119</v>
       </c>
       <c r="E117" s="29">
         <v>286.0782803038403</v>
       </c>
       <c r="F117" s="28">
         <v>163316.84308255083</v>
       </c>
       <c r="G117" s="29">
         <v>266.49374998736414</v>
       </c>
       <c r="H117" s="28">
         <v>158117.92652365626</v>
       </c>
       <c r="I117" s="29">
@@ -11599,51 +11603,51 @@
       <c r="V117" s="28">
         <v>159475.94806978418</v>
       </c>
       <c r="W117" s="29">
         <v>283.53966228415578</v>
       </c>
       <c r="X117" s="28">
         <v>153649.73921507457</v>
       </c>
       <c r="Y117" s="29">
         <v>262.29725040967691</v>
       </c>
       <c r="Z117" s="28">
         <v>143051.20026203635</v>
       </c>
       <c r="AA117" s="29">
         <v>345.37707063729977</v>
       </c>
       <c r="AB117" s="28">
         <v>191232.30261474795</v>
       </c>
       <c r="AC117" s="29">
         <v>327.62454343152871</v>
       </c>
     </row>
-    <row r="118" spans="1:29">
+    <row r="118" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A118" s="30" t="s">
         <v>131</v>
       </c>
       <c r="B118" s="28">
         <v>137269.8639112981</v>
       </c>
       <c r="C118" s="29">
         <v>267.86533863709667</v>
       </c>
       <c r="D118" s="28">
         <v>157224.67082636632</v>
       </c>
       <c r="E118" s="29">
         <v>286.13269456439212</v>
       </c>
       <c r="F118" s="28">
         <v>158091.68519550169</v>
       </c>
       <c r="G118" s="29">
         <v>257.9675508929331</v>
       </c>
       <c r="H118" s="28">
         <v>160220.30391411899</v>
       </c>
       <c r="I118" s="29">
@@ -11688,51 +11692,51 @@
       <c r="V118" s="28">
         <v>162769.01266870214</v>
       </c>
       <c r="W118" s="29">
         <v>289.39455410676794</v>
       </c>
       <c r="X118" s="28">
         <v>150952.90233742405</v>
       </c>
       <c r="Y118" s="29">
         <v>257.6934489230959</v>
       </c>
       <c r="Z118" s="28">
         <v>133951.78516350439</v>
       </c>
       <c r="AA118" s="29">
         <v>323.40780840470723</v>
       </c>
       <c r="AB118" s="28">
         <v>191115.72107415259</v>
       </c>
       <c r="AC118" s="29">
         <v>327.42481266696723</v>
       </c>
     </row>
-    <row r="119" spans="1:29">
+    <row r="119" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A119" s="33" t="s">
         <v>132</v>
       </c>
       <c r="B119" s="28">
         <v>137452.52749712666</v>
       </c>
       <c r="C119" s="29">
         <v>268.22178426820949</v>
       </c>
       <c r="D119" s="28">
         <v>153932.58806839673</v>
       </c>
       <c r="E119" s="29">
         <v>280.14144328483241</v>
       </c>
       <c r="F119" s="28">
         <v>158893.51925710478</v>
       </c>
       <c r="G119" s="29">
         <v>259.2759509447036</v>
       </c>
       <c r="H119" s="28">
         <v>156667.16168870547</v>
       </c>
       <c r="I119" s="29">
@@ -11777,51 +11781,51 @@
       <c r="V119" s="28">
         <v>153420.10120190016</v>
       </c>
       <c r="W119" s="29">
         <v>272.77269211375096</v>
       </c>
       <c r="X119" s="28">
         <v>150219.09089561543</v>
       </c>
       <c r="Y119" s="29">
         <v>256.44075090688813</v>
       </c>
       <c r="Z119" s="28">
         <v>128495.31052836876</v>
       </c>
       <c r="AA119" s="29">
         <v>310.23391526688079</v>
       </c>
       <c r="AB119" s="28">
         <v>188855.13470394828</v>
       </c>
       <c r="AC119" s="29">
         <v>323.5519127055116</v>
       </c>
     </row>
-    <row r="120" spans="1:29">
+    <row r="120" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A120" s="27" t="s">
         <v>133</v>
       </c>
       <c r="B120" s="31">
         <v>138565.08670100552</v>
       </c>
       <c r="C120" s="32">
         <v>270.39280738580652</v>
       </c>
       <c r="D120" s="31">
         <v>150834.51369778765</v>
       </c>
       <c r="E120" s="32">
         <v>274.50326727235262</v>
       </c>
       <c r="F120" s="31">
         <v>155288.75582348357</v>
       </c>
       <c r="G120" s="32">
         <v>253.39384529588531</v>
       </c>
       <c r="H120" s="31">
         <v>156699.55867451397</v>
       </c>
       <c r="I120" s="32">
@@ -11866,51 +11870,51 @@
       <c r="V120" s="31">
         <v>149095.63459537533</v>
       </c>
       <c r="W120" s="32">
         <v>265.08402296950726</v>
       </c>
       <c r="X120" s="31">
         <v>150260.49152361896</v>
       </c>
       <c r="Y120" s="32">
         <v>256.51142639873103</v>
       </c>
       <c r="Z120" s="31">
         <v>126179.80557996093</v>
       </c>
       <c r="AA120" s="32">
         <v>304.64345314798658</v>
       </c>
       <c r="AB120" s="31">
         <v>187812.90911681313</v>
       </c>
       <c r="AC120" s="32">
         <v>321.76634260323812</v>
       </c>
     </row>
-    <row r="121" spans="1:29">
+    <row r="121" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A121" s="30" t="s">
         <v>134</v>
       </c>
       <c r="B121" s="28">
         <v>140224.63712117798</v>
       </c>
       <c r="C121" s="29">
         <v>273.63121691444189</v>
       </c>
       <c r="D121" s="28">
         <v>155700.8042567244</v>
       </c>
       <c r="E121" s="29">
         <v>283.35941448413183</v>
       </c>
       <c r="F121" s="28">
         <v>160772.36792445928</v>
       </c>
       <c r="G121" s="29">
         <v>262.34177941390186</v>
       </c>
       <c r="H121" s="28">
         <v>158058.90738272667</v>
       </c>
       <c r="I121" s="29">
@@ -11955,51 +11959,51 @@
       <c r="V121" s="28">
         <v>153621.39365586129</v>
       </c>
       <c r="W121" s="29">
         <v>273.13057927546583</v>
       </c>
       <c r="X121" s="28">
         <v>151656.01776262594</v>
       </c>
       <c r="Y121" s="29">
         <v>258.89374541362838</v>
       </c>
       <c r="Z121" s="28">
         <v>125089.77517251179</v>
       </c>
       <c r="AA121" s="29">
         <v>302.01172752568658</v>
       </c>
       <c r="AB121" s="28">
         <v>191038.96566979223</v>
       </c>
       <c r="AC121" s="29">
         <v>327.29331315581965</v>
       </c>
     </row>
-    <row r="122" spans="1:29">
+    <row r="122" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A122" s="30" t="s">
         <v>135</v>
       </c>
       <c r="B122" s="28">
         <v>140730.96351109253</v>
       </c>
       <c r="C122" s="29">
         <v>274.61925089386654</v>
       </c>
       <c r="D122" s="28">
         <v>154028.24068666779</v>
       </c>
       <c r="E122" s="29">
         <v>280.31552119044471</v>
       </c>
       <c r="F122" s="28">
         <v>158234.58467893398</v>
       </c>
       <c r="G122" s="29">
         <v>258.20072842987508</v>
       </c>
       <c r="H122" s="28">
         <v>158512.58354177172</v>
       </c>
       <c r="I122" s="29">
@@ -12044,51 +12048,51 @@
       <c r="V122" s="28">
         <v>151806.44967225159</v>
       </c>
       <c r="W122" s="29">
         <v>269.90370644350645</v>
       </c>
       <c r="X122" s="28">
         <v>148177.61034405162</v>
       </c>
       <c r="Y122" s="29">
         <v>252.95571579927577</v>
       </c>
       <c r="Z122" s="28">
         <v>118702.37309743695</v>
       </c>
       <c r="AA122" s="29">
         <v>286.59024057813934</v>
       </c>
       <c r="AB122" s="28">
         <v>189995.48308316103</v>
       </c>
       <c r="AC122" s="29">
         <v>325.50558952676039</v>
       </c>
     </row>
-    <row r="123" spans="1:29">
+    <row r="123" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A123" s="6" t="s">
         <v>136</v>
       </c>
       <c r="B123" s="28">
         <v>138789.88790103694</v>
       </c>
       <c r="C123" s="29">
         <v>270.83147941371323</v>
       </c>
       <c r="D123" s="28">
         <v>153377.25548864328</v>
       </c>
       <c r="E123" s="29">
         <v>279.13079523202316</v>
       </c>
       <c r="F123" s="28">
         <v>156783.41247202628</v>
       </c>
       <c r="G123" s="29">
         <v>255.83276493023286</v>
       </c>
       <c r="H123" s="28">
         <v>156544.25455014815</v>
       </c>
       <c r="I123" s="29">
@@ -12133,51 +12137,51 @@
       <c r="V123" s="28">
         <v>151157.32844182861</v>
       </c>
       <c r="W123" s="29">
         <v>268.7496037923965</v>
       </c>
       <c r="X123" s="28">
         <v>145249.7304561761</v>
       </c>
       <c r="Y123" s="29">
         <v>247.95749811245918</v>
       </c>
       <c r="Z123" s="28">
         <v>112877.70780376146</v>
       </c>
       <c r="AA123" s="29">
         <v>272.52740270689173</v>
       </c>
       <c r="AB123" s="28">
         <v>188227.0263591898</v>
       </c>
       <c r="AC123" s="29">
         <v>322.47581987567418</v>
       </c>
     </row>
-    <row r="124" spans="1:29">
+    <row r="124" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A124" s="6" t="s">
         <v>137</v>
       </c>
       <c r="B124" s="28">
         <v>134544.21613557602</v>
       </c>
       <c r="C124" s="29">
         <v>262.54657060130239</v>
       </c>
       <c r="D124" s="28">
         <v>148850.33205750666</v>
       </c>
       <c r="E124" s="29">
         <v>270.89226121169571</v>
       </c>
       <c r="F124" s="28">
         <v>154749.61491773356</v>
       </c>
       <c r="G124" s="29">
         <v>252.51409719989573</v>
       </c>
       <c r="H124" s="28">
         <v>159117.48329098555</v>
       </c>
       <c r="I124" s="29">
@@ -12222,51 +12226,51 @@
       <c r="V124" s="28">
         <v>154317.35633785819</v>
       </c>
       <c r="W124" s="29">
         <v>274.3679635092904</v>
       </c>
       <c r="X124" s="28">
         <v>141997.19723668415</v>
       </c>
       <c r="Y124" s="29">
         <v>242.40506096094094</v>
       </c>
       <c r="Z124" s="28">
         <v>115224.65179136449</v>
       </c>
       <c r="AA124" s="29">
         <v>278.19376997891305</v>
       </c>
       <c r="AB124" s="28">
         <v>188173.36635360913</v>
       </c>
       <c r="AC124" s="29">
         <v>322.38388804936392</v>
       </c>
     </row>
-    <row r="125" spans="1:29">
+    <row r="125" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A125" s="6" t="s">
         <v>138</v>
       </c>
       <c r="B125" s="28">
         <v>139245.97358313025</v>
       </c>
       <c r="C125" s="29">
         <v>271.72147480090467</v>
       </c>
       <c r="D125" s="28">
         <v>153409.5597804868</v>
       </c>
       <c r="E125" s="29">
         <v>279.1895857133299</v>
       </c>
       <c r="F125" s="28">
         <v>158969.57197369792</v>
       </c>
       <c r="G125" s="29">
         <v>259.40005065946104</v>
       </c>
       <c r="H125" s="28">
         <v>163119.34609905371</v>
       </c>
       <c r="I125" s="29">
@@ -12311,51 +12315,51 @@
       <c r="V125" s="28">
         <v>157098.01543148249</v>
       </c>
       <c r="W125" s="29">
         <v>279.31182589027213</v>
       </c>
       <c r="X125" s="28">
         <v>148561.77790942966</v>
       </c>
       <c r="Y125" s="29">
         <v>253.61153270212247</v>
       </c>
       <c r="Z125" s="28">
         <v>114829.51738871611</v>
       </c>
       <c r="AA125" s="29">
         <v>277.23977335221758</v>
       </c>
       <c r="AB125" s="28">
         <v>193160.05973748682</v>
       </c>
       <c r="AC125" s="29">
         <v>330.92723099293181</v>
       </c>
     </row>
-    <row r="126" spans="1:29">
+    <row r="126" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A126" s="6" t="s">
         <v>139</v>
       </c>
       <c r="B126" s="28">
         <v>141724.85484114301</v>
       </c>
       <c r="C126" s="29">
         <v>276.55870817973141</v>
       </c>
       <c r="D126" s="28">
         <v>158254.22845424546</v>
       </c>
       <c r="E126" s="29">
         <v>288.00638332281676</v>
       </c>
       <c r="F126" s="28">
         <v>160640.39623635361</v>
       </c>
       <c r="G126" s="29">
         <v>262.12643340676857</v>
       </c>
       <c r="H126" s="28">
         <v>166417.77790085843</v>
       </c>
       <c r="I126" s="29">
@@ -12400,51 +12404,51 @@
       <c r="V126" s="28">
         <v>160237.82564288267</v>
       </c>
       <c r="W126" s="29">
         <v>284.8942396507922</v>
       </c>
       <c r="X126" s="28">
         <v>150490.47395160462</v>
       </c>
       <c r="Y126" s="29">
         <v>256.90403206673506</v>
       </c>
       <c r="Z126" s="28">
         <v>114780.25388990105</v>
       </c>
       <c r="AA126" s="29">
         <v>277.12083353990613</v>
       </c>
       <c r="AB126" s="28">
         <v>196967.68327484786</v>
       </c>
       <c r="AC126" s="29">
         <v>337.4505584116273</v>
       </c>
     </row>
-    <row r="127" spans="1:29">
+    <row r="127" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A127" s="6" t="s">
         <v>140</v>
       </c>
       <c r="B127" s="28">
         <v>140252.77665412237</v>
       </c>
       <c r="C127" s="29">
         <v>273.68612776891837</v>
       </c>
       <c r="D127" s="28">
         <v>160660.34477971017</v>
       </c>
       <c r="E127" s="29">
         <v>292.38526701849906</v>
       </c>
       <c r="F127" s="28">
         <v>162391.58222810147</v>
       </c>
       <c r="G127" s="29">
         <v>264.98394713932544</v>
       </c>
       <c r="H127" s="28">
         <v>167007.88050252642</v>
       </c>
       <c r="I127" s="29">
@@ -12489,51 +12493,51 @@
       <c r="V127" s="28">
         <v>160786.11663358859</v>
       </c>
       <c r="W127" s="29">
         <v>285.86907155629166</v>
       </c>
       <c r="X127" s="28">
         <v>150082.3836037771</v>
       </c>
       <c r="Y127" s="29">
         <v>256.20737630473565</v>
       </c>
       <c r="Z127" s="28">
         <v>121301.57212899557</v>
       </c>
       <c r="AA127" s="29">
         <v>292.86564229359959</v>
       </c>
       <c r="AB127" s="28">
         <v>200424.36742225883</v>
       </c>
       <c r="AC127" s="29">
         <v>343.37264662631566</v>
       </c>
     </row>
-    <row r="128" spans="1:29">
+    <row r="128" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A128" s="6" t="s">
         <v>141</v>
       </c>
       <c r="B128" s="28">
         <v>148600.03897230609</v>
       </c>
       <c r="C128" s="29">
         <v>289.97478854152467</v>
       </c>
       <c r="D128" s="28">
         <v>159748.85264431333</v>
       </c>
       <c r="E128" s="29">
         <v>290.72644528648618</v>
       </c>
       <c r="F128" s="28">
         <v>165314.55084298225</v>
       </c>
       <c r="G128" s="29">
         <v>269.75352786702308</v>
       </c>
       <c r="H128" s="28">
         <v>169462.15999767146</v>
       </c>
       <c r="I128" s="29">
@@ -12578,51 +12582,51 @@
       <c r="V128" s="28">
         <v>163770.3691024592</v>
       </c>
       <c r="W128" s="29">
         <v>291.17491201333644</v>
       </c>
       <c r="X128" s="28">
         <v>152502.69879201401</v>
       </c>
       <c r="Y128" s="29">
         <v>260.33912441080105</v>
       </c>
       <c r="Z128" s="28">
         <v>126545.81974256615</v>
       </c>
       <c r="AA128" s="29">
         <v>305.52714303706682</v>
       </c>
       <c r="AB128" s="28">
         <v>203845.98096838823</v>
       </c>
       <c r="AC128" s="29">
         <v>349.23465090342847</v>
       </c>
     </row>
-    <row r="129" spans="1:29">
+    <row r="129" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A129" s="6" t="s">
         <v>142</v>
       </c>
       <c r="B129" s="28">
         <v>148793.67866318373</v>
       </c>
       <c r="C129" s="29">
         <v>290.35265269824907</v>
       </c>
       <c r="D129" s="28">
         <v>162400.14614967039</v>
       </c>
       <c r="E129" s="29">
         <v>295.55152617730062</v>
       </c>
       <c r="F129" s="28">
         <v>166162.95607526458</v>
       </c>
       <c r="G129" s="29">
         <v>271.13792085180256</v>
       </c>
       <c r="H129" s="28">
         <v>174322.87740468484</v>
       </c>
       <c r="I129" s="29">
@@ -12667,51 +12671,51 @@
       <c r="V129" s="28">
         <v>170309.0296704332</v>
       </c>
       <c r="W129" s="29">
         <v>302.80029898656704</v>
       </c>
       <c r="X129" s="28">
         <v>156604.33846521986</v>
       </c>
       <c r="Y129" s="29">
         <v>267.34108102946601</v>
       </c>
       <c r="Z129" s="28">
         <v>122206.00628683929</v>
       </c>
       <c r="AA129" s="29">
         <v>295.04927178743242</v>
       </c>
       <c r="AB129" s="28">
         <v>212411.16311326763</v>
       </c>
       <c r="AC129" s="29">
         <v>363.90876114136887</v>
       </c>
     </row>
-    <row r="130" spans="1:29">
+    <row r="130" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A130" s="6" t="s">
         <v>143</v>
       </c>
       <c r="B130" s="28">
         <v>145970.92959941059</v>
       </c>
       <c r="C130" s="29">
         <v>284.84440338328125</v>
       </c>
       <c r="D130" s="28">
         <v>164979.61058770731</v>
       </c>
       <c r="E130" s="29">
         <v>300.24588556955922</v>
       </c>
       <c r="F130" s="28">
         <v>169389.21753067945</v>
       </c>
       <c r="G130" s="29">
         <v>276.40240244148532</v>
       </c>
       <c r="H130" s="28">
         <v>177766.4379119793</v>
       </c>
       <c r="I130" s="29">
@@ -12756,51 +12760,51 @@
       <c r="V130" s="28">
         <v>167318.15796881058</v>
       </c>
       <c r="W130" s="29">
         <v>297.48268988953743</v>
       </c>
       <c r="X130" s="28">
         <v>154919.95507146325</v>
       </c>
       <c r="Y130" s="29">
         <v>264.46565061822628</v>
       </c>
       <c r="Z130" s="28">
         <v>126831.67031504917</v>
       </c>
       <c r="AA130" s="29">
         <v>306.21728917483659</v>
       </c>
       <c r="AB130" s="28">
         <v>214796.08543419713</v>
       </c>
       <c r="AC130" s="29">
         <v>367.9946769402718</v>
       </c>
     </row>
-    <row r="131" spans="1:29">
+    <row r="131" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A131" s="6" t="s">
         <v>144</v>
       </c>
       <c r="B131" s="28">
         <v>142280.79077562611</v>
       </c>
       <c r="C131" s="29">
         <v>277.64354911355127</v>
       </c>
       <c r="D131" s="28">
         <v>163111.59333083016</v>
       </c>
       <c r="E131" s="29">
         <v>296.84628671275306</v>
       </c>
       <c r="F131" s="28">
         <v>168057.33480229313</v>
       </c>
       <c r="G131" s="29">
         <v>274.22909063768282</v>
       </c>
       <c r="H131" s="28">
         <v>175424.25433812861</v>
       </c>
       <c r="I131" s="29">
@@ -12845,51 +12849,51 @@
       <c r="V131" s="28">
         <v>165698.73423974228</v>
       </c>
       <c r="W131" s="29">
         <v>294.60344155903647</v>
       </c>
       <c r="X131" s="28">
         <v>154593.5363697896</v>
       </c>
       <c r="Y131" s="29">
         <v>263.90841746984165</v>
       </c>
       <c r="Z131" s="28">
         <v>128505.10741656617</v>
       </c>
       <c r="AA131" s="29">
         <v>310.2575684801414</v>
       </c>
       <c r="AB131" s="28">
         <v>215119.7027580209</v>
       </c>
       <c r="AC131" s="29">
         <v>368.54910721441797</v>
       </c>
     </row>
-    <row r="132" spans="1:29">
+    <row r="132" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A132" s="6" t="s">
         <v>145</v>
       </c>
       <c r="B132" s="28">
         <v>146028.90665505265</v>
       </c>
       <c r="C132" s="29">
         <v>284.95753851141671</v>
       </c>
       <c r="D132" s="28">
         <v>165036.68492015847</v>
       </c>
       <c r="E132" s="29">
         <v>300.34975497153596</v>
       </c>
       <c r="F132" s="28">
         <v>166585.28481959668</v>
       </c>
       <c r="G132" s="29">
         <v>271.8270596367571</v>
       </c>
       <c r="H132" s="28">
         <v>179623.82617382941</v>
       </c>
       <c r="I132" s="29">
@@ -12934,51 +12938,51 @@
       <c r="V132" s="28">
         <v>162457.70823413157</v>
       </c>
       <c r="W132" s="29">
         <v>288.84107155774387</v>
       </c>
       <c r="X132" s="28">
         <v>153848.93187739103</v>
       </c>
       <c r="Y132" s="29">
         <v>262.63729451189477</v>
       </c>
       <c r="Z132" s="28">
         <v>127312.11951703537</v>
       </c>
       <c r="AA132" s="29">
         <v>307.37726642541594</v>
       </c>
       <c r="AB132" s="28">
         <v>214425.84575725562</v>
       </c>
       <c r="AC132" s="29">
         <v>367.36037194336677</v>
       </c>
     </row>
-    <row r="133" spans="1:29">
+    <row r="133" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A133" s="6" t="s">
         <v>146</v>
       </c>
       <c r="B133" s="28">
         <v>148727.70284393194</v>
       </c>
       <c r="C133" s="29">
         <v>290.22390896191695</v>
       </c>
       <c r="D133" s="28">
         <v>168451.88792148395</v>
       </c>
       <c r="E133" s="29">
         <v>306.56507240306581</v>
       </c>
       <c r="F133" s="28">
         <v>170878.02911174626</v>
       </c>
       <c r="G133" s="29">
         <v>278.83178433360627</v>
       </c>
       <c r="H133" s="28">
         <v>181565.79620804673</v>
       </c>
       <c r="I133" s="29">
@@ -13023,51 +13027,51 @@
       <c r="V133" s="28">
         <v>168492.34733909543</v>
       </c>
       <c r="W133" s="29">
         <v>299.57033546580027</v>
       </c>
       <c r="X133" s="28">
         <v>152759.60696648798</v>
       </c>
       <c r="Y133" s="29">
         <v>260.77769533266877</v>
       </c>
       <c r="Z133" s="28">
         <v>133179.81965129892</v>
       </c>
       <c r="AA133" s="29">
         <v>321.54400588679641</v>
       </c>
       <c r="AB133" s="28">
         <v>221602.36801586524</v>
       </c>
       <c r="AC133" s="29">
         <v>379.65539112294471</v>
       </c>
     </row>
-    <row r="134" spans="1:29">
+    <row r="134" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A134" s="6" t="s">
         <v>147</v>
       </c>
       <c r="B134" s="28">
         <v>149976.820925857</v>
       </c>
       <c r="C134" s="29">
         <v>292.66141001625465</v>
       </c>
       <c r="D134" s="28">
         <v>168055.23289230044</v>
       </c>
       <c r="E134" s="29">
         <v>305.84320113619486</v>
       </c>
       <c r="F134" s="28">
         <v>168951.67697275174</v>
       </c>
       <c r="G134" s="29">
         <v>275.68844164079326</v>
       </c>
       <c r="H134" s="28">
         <v>183822.68757257418</v>
       </c>
       <c r="I134" s="29">
@@ -13112,51 +13116,51 @@
       <c r="V134" s="28">
         <v>173188.4261244307</v>
       </c>
       <c r="W134" s="29">
         <v>307.9197110861985</v>
       </c>
       <c r="X134" s="28">
         <v>156408.77597912031</v>
       </c>
       <c r="Y134" s="29">
         <v>267.00723404313698</v>
       </c>
       <c r="Z134" s="28">
         <v>136061.95834960614</v>
       </c>
       <c r="AA134" s="29">
         <v>328.50252576617083</v>
       </c>
       <c r="AB134" s="28">
         <v>224577.10193121675</v>
       </c>
       <c r="AC134" s="29">
         <v>384.75178868508004</v>
       </c>
     </row>
-    <row r="135" spans="1:29">
+    <row r="135" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A135" s="6" t="s">
         <v>148</v>
       </c>
       <c r="B135" s="28">
         <v>145756.52135267871</v>
       </c>
       <c r="C135" s="29">
         <v>284.42601193172032</v>
       </c>
       <c r="D135" s="28">
         <v>163270.93007093301</v>
       </c>
       <c r="E135" s="29">
         <v>297.13626315569365</v>
       </c>
       <c r="F135" s="28">
         <v>171222.74425274457</v>
       </c>
       <c r="G135" s="29">
         <v>279.39427641261142</v>
       </c>
       <c r="H135" s="28">
         <v>187377.36144368438</v>
       </c>
       <c r="I135" s="29">
@@ -13201,51 +13205,51 @@
       <c r="V135" s="28">
         <v>168665.19486154703</v>
       </c>
       <c r="W135" s="29">
         <v>299.87764906848309</v>
       </c>
       <c r="X135" s="28">
         <v>155355.17401229308</v>
       </c>
       <c r="Y135" s="29">
         <v>265.20861791572418</v>
       </c>
       <c r="Z135" s="28">
         <v>142088.12665582236</v>
       </c>
       <c r="AA135" s="29">
         <v>343.0518644152408</v>
       </c>
       <c r="AB135" s="28">
         <v>226768.63702015873</v>
       </c>
       <c r="AC135" s="29">
         <v>388.50638805512079</v>
       </c>
     </row>
-    <row r="136" spans="1:29">
+    <row r="136" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A136" s="6" t="s">
         <v>149</v>
       </c>
       <c r="B136" s="28">
         <v>144238.41269560673</v>
       </c>
       <c r="C136" s="29">
         <v>281.463608692381</v>
       </c>
       <c r="D136" s="28">
         <v>166051.02768888482</v>
       </c>
       <c r="E136" s="29">
         <v>302.19575425461346</v>
       </c>
       <c r="F136" s="28">
         <v>170303.13869444249</v>
       </c>
       <c r="G136" s="29">
         <v>277.89370164570101</v>
       </c>
       <c r="H136" s="28">
         <v>186846.93529746396</v>
       </c>
       <c r="I136" s="29">
@@ -13290,51 +13294,51 @@
       <c r="V136" s="28">
         <v>165953.94853145309</v>
       </c>
       <c r="W136" s="29">
         <v>295.05719884944688</v>
       </c>
       <c r="X136" s="28">
         <v>155203.72266396036</v>
       </c>
       <c r="Y136" s="29">
         <v>264.95007356386617</v>
       </c>
       <c r="Z136" s="28">
         <v>135278.262496941</v>
       </c>
       <c r="AA136" s="29">
         <v>326.61040198553644</v>
       </c>
       <c r="AB136" s="28">
         <v>228781.177506484</v>
       </c>
       <c r="AC136" s="29">
         <v>391.95432885253996</v>
       </c>
     </row>
-    <row r="137" spans="1:29">
+    <row r="137" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A137" s="6" t="s">
         <v>150</v>
       </c>
       <c r="B137" s="28">
         <v>151008.91601141816</v>
       </c>
       <c r="C137" s="29">
         <v>294.67541725514991</v>
       </c>
       <c r="D137" s="28">
         <v>174461.61391702649</v>
       </c>
       <c r="E137" s="29">
         <v>317.50215424690253</v>
       </c>
       <c r="F137" s="28">
         <v>174621.24658233774</v>
       </c>
       <c r="G137" s="29">
         <v>284.9398136215097</v>
       </c>
       <c r="H137" s="28">
         <v>193269.46087843162</v>
       </c>
       <c r="I137" s="29">
@@ -13379,51 +13383,51 @@
       <c r="V137" s="28">
         <v>176309.42264871701</v>
       </c>
       <c r="W137" s="29">
         <v>313.46867512244887</v>
       </c>
       <c r="X137" s="28">
         <v>157814.75903643609</v>
       </c>
       <c r="Y137" s="29">
         <v>269.4074040137499</v>
       </c>
       <c r="Z137" s="28">
         <v>139565.11652138171</v>
       </c>
       <c r="AA137" s="29">
         <v>336.96041011199031</v>
       </c>
       <c r="AB137" s="28">
         <v>236108.98387890987</v>
       </c>
       <c r="AC137" s="29">
         <v>404.50853221826105</v>
       </c>
     </row>
-    <row r="138" spans="1:29">
+    <row r="138" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A138" s="6" t="s">
         <v>151</v>
       </c>
       <c r="B138" s="28">
         <v>147997.33430586595</v>
       </c>
       <c r="C138" s="29">
         <v>288.79868415142727</v>
       </c>
       <c r="D138" s="28">
         <v>177550.6942638616</v>
       </c>
       <c r="E138" s="29">
         <v>323.12396206319602</v>
       </c>
       <c r="F138" s="28">
         <v>176465.95811880491</v>
       </c>
       <c r="G138" s="29">
         <v>287.94993851566767</v>
       </c>
       <c r="H138" s="28">
         <v>195870.36728213652</v>
       </c>
       <c r="I138" s="29">
@@ -13468,51 +13472,51 @@
       <c r="V138" s="28">
         <v>174208.2637867445</v>
       </c>
       <c r="W138" s="29">
         <v>309.732927623595</v>
       </c>
       <c r="X138" s="28">
         <v>159429.58055459533</v>
       </c>
       <c r="Y138" s="29">
         <v>272.16408454102793</v>
       </c>
       <c r="Z138" s="28">
         <v>143575.33475586583</v>
       </c>
       <c r="AA138" s="29">
         <v>346.64251990138979</v>
       </c>
       <c r="AB138" s="28">
         <v>238844.15461675238</v>
       </c>
       <c r="AC138" s="29">
         <v>409.19450342678755</v>
       </c>
     </row>
-    <row r="139" spans="1:29">
+    <row r="139" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A139" s="6" t="s">
         <v>152</v>
       </c>
       <c r="B139" s="28">
         <v>152475.5950319453</v>
       </c>
       <c r="C139" s="29">
         <v>297.53746185336774</v>
       </c>
       <c r="D139" s="28">
         <v>175312.85103054266</v>
       </c>
       <c r="E139" s="29">
         <v>319.05131805003487</v>
       </c>
       <c r="F139" s="28">
         <v>178438.43537086647</v>
       </c>
       <c r="G139" s="29">
         <v>291.16854628290798</v>
       </c>
       <c r="H139" s="28">
         <v>196201.56481109624</v>
       </c>
       <c r="I139" s="29">
@@ -13557,51 +13561,51 @@
       <c r="V139" s="28">
         <v>176837.91422450246</v>
       </c>
       <c r="W139" s="29">
         <v>314.40830473263094</v>
       </c>
       <c r="X139" s="28">
         <v>161744.90582530509</v>
       </c>
       <c r="Y139" s="29">
         <v>276.11660314218949</v>
       </c>
       <c r="Z139" s="28">
         <v>138870.14660995075</v>
       </c>
       <c r="AA139" s="29">
         <v>335.28250267918713</v>
       </c>
       <c r="AB139" s="28">
         <v>238739.69426351646</v>
       </c>
       <c r="AC139" s="29">
         <v>409.01553902031606</v>
       </c>
     </row>
-    <row r="140" spans="1:29">
+    <row r="140" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A140" s="6" t="s">
         <v>153</v>
       </c>
       <c r="B140" s="28">
         <v>150207.37184604618</v>
       </c>
       <c r="C140" s="29">
         <v>293.11130191932727</v>
       </c>
       <c r="D140" s="28">
         <v>172865.79650782779</v>
       </c>
       <c r="E140" s="29">
         <v>314.59793105516781</v>
       </c>
       <c r="F140" s="28">
         <v>177089.63109749716</v>
       </c>
       <c r="G140" s="29">
         <v>288.96762259356456</v>
       </c>
       <c r="H140" s="28">
         <v>197035.22649898392</v>
       </c>
       <c r="I140" s="29">
@@ -13646,51 +13650,51 @@
       <c r="V140" s="28">
         <v>173585.79105171043</v>
       </c>
       <c r="W140" s="29">
         <v>308.62620456467067</v>
       </c>
       <c r="X140" s="28">
         <v>161227.88966287035</v>
       </c>
       <c r="Y140" s="29">
         <v>275.2339988597692</v>
       </c>
       <c r="Z140" s="28">
         <v>137930.41821408927</v>
       </c>
       <c r="AA140" s="29">
         <v>333.01366019507788</v>
       </c>
       <c r="AB140" s="28">
         <v>239256.87928860597</v>
       </c>
       <c r="AC140" s="29">
         <v>409.90159490835259</v>
       </c>
     </row>
-    <row r="141" spans="1:29">
+    <row r="141" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A141" s="6" t="s">
         <v>154</v>
       </c>
       <c r="B141" s="28">
         <v>154330.99747143491</v>
       </c>
       <c r="C141" s="29">
         <v>301.15805262690515</v>
       </c>
       <c r="D141" s="28">
         <v>179564.16317935192</v>
       </c>
       <c r="E141" s="29">
         <v>326.78826794587229</v>
       </c>
       <c r="F141" s="28">
         <v>186467.13096160063</v>
       </c>
       <c r="G141" s="29">
         <v>304.26944362513905</v>
       </c>
       <c r="H141" s="28">
         <v>202764.86779714562</v>
       </c>
       <c r="I141" s="29">
@@ -13735,51 +13739,51 @@
       <c r="V141" s="28">
         <v>181485.74469399432</v>
       </c>
       <c r="W141" s="29">
         <v>322.67189744127603</v>
       </c>
       <c r="X141" s="28">
         <v>160569.96788869522</v>
       </c>
       <c r="Y141" s="29">
         <v>274.11085297463865</v>
       </c>
       <c r="Z141" s="28">
         <v>143880.5686167255</v>
       </c>
       <c r="AA141" s="29">
         <v>347.37946427186637</v>
       </c>
       <c r="AB141" s="28">
         <v>245349.87483701867</v>
       </c>
       <c r="AC141" s="29">
         <v>420.34028574344944</v>
       </c>
     </row>
-    <row r="142" spans="1:29">
+    <row r="142" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A142" s="34" t="s">
         <v>155</v>
       </c>
       <c r="B142" s="28">
         <v>151980.98303083601</v>
       </c>
       <c r="C142" s="29">
         <v>296.57228706994465</v>
       </c>
       <c r="D142" s="28">
         <v>177826.17535747899</v>
       </c>
       <c r="E142" s="29">
         <v>323.62530925765344</v>
       </c>
       <c r="F142" s="28">
         <v>184902.76494860501</v>
       </c>
       <c r="G142" s="29">
         <v>301.71677509881164</v>
       </c>
       <c r="H142" s="28">
         <v>207549.27130261899</v>
       </c>
       <c r="I142" s="29">
@@ -13824,51 +13828,51 @@
       <c r="V142" s="28">
         <v>181071.43719166401</v>
       </c>
       <c r="W142" s="29">
         <v>321.9352809751922</v>
       </c>
       <c r="X142" s="28">
         <v>165308.42803147301</v>
       </c>
       <c r="Y142" s="29">
         <v>282.19993319681009</v>
       </c>
       <c r="Z142" s="28">
         <v>143178.75202295699</v>
       </c>
       <c r="AA142" s="29">
         <v>345.68502648430211</v>
       </c>
       <c r="AB142" s="28">
         <v>246671.441398353</v>
       </c>
       <c r="AC142" s="29">
         <v>422.60443063608204</v>
       </c>
     </row>
-    <row r="143" spans="1:29">
+    <row r="143" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A143" s="6" t="s">
         <v>156</v>
       </c>
       <c r="B143" s="28">
         <v>154622.47383023999</v>
       </c>
       <c r="C143" s="29">
         <v>301.72683306662702</v>
       </c>
       <c r="D143" s="28">
         <v>181621.81703353301</v>
       </c>
       <c r="E143" s="29">
         <v>330.53298586248883</v>
       </c>
       <c r="F143" s="28">
         <v>188874.550016522</v>
       </c>
       <c r="G143" s="29">
         <v>308.19777165075942</v>
       </c>
       <c r="H143" s="28">
         <v>206906.02686289599</v>
       </c>
       <c r="I143" s="29">
@@ -13913,51 +13917,51 @@
       <c r="V143" s="28">
         <v>185666.04829618699</v>
       </c>
       <c r="W143" s="29">
         <v>330.10425251398135</v>
       </c>
       <c r="X143" s="28">
         <v>164861.89440767199</v>
       </c>
       <c r="Y143" s="29">
         <v>281.43765047288997</v>
       </c>
       <c r="Z143" s="28">
         <v>140494.27515785801</v>
       </c>
       <c r="AA143" s="29">
         <v>339.20373339369434</v>
       </c>
       <c r="AB143" s="28">
         <v>247673.04996564001</v>
       </c>
       <c r="AC143" s="29">
         <v>424.32041452095734</v>
       </c>
     </row>
-    <row r="144" spans="1:29">
+    <row r="144" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A144" s="6" t="s">
         <v>157</v>
       </c>
       <c r="B144" s="28">
         <v>155157.66966940599</v>
       </c>
       <c r="C144" s="29">
         <v>302.77120224286523</v>
       </c>
       <c r="D144" s="28">
         <v>179280.43030405199</v>
       </c>
       <c r="E144" s="29">
         <v>326.27190335932642</v>
       </c>
       <c r="F144" s="28">
         <v>188458.89705745599</v>
       </c>
       <c r="G144" s="29">
         <v>307.51952613937112</v>
       </c>
       <c r="H144" s="28">
         <v>205011.27921017801</v>
       </c>
       <c r="I144" s="29">
@@ -14002,51 +14006,51 @@
       <c r="V144" s="28">
         <v>186384.358617163</v>
       </c>
       <c r="W144" s="29">
         <v>331.38136964850776</v>
       </c>
       <c r="X144" s="28">
         <v>162981.155529649</v>
       </c>
       <c r="Y144" s="29">
         <v>278.22701933896082</v>
       </c>
       <c r="Z144" s="28">
         <v>148504.655808924</v>
       </c>
       <c r="AA144" s="29">
         <v>358.54367460975618</v>
       </c>
       <c r="AB144" s="28">
         <v>246919.33959038401</v>
       </c>
       <c r="AC144" s="29">
         <v>423.02913677030284</v>
       </c>
     </row>
-    <row r="145" spans="1:29">
+    <row r="145" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A145" s="6" t="s">
         <v>158</v>
       </c>
       <c r="B145" s="28">
         <v>156788.316047965</v>
       </c>
       <c r="C145" s="29">
         <v>305.95320907192644</v>
       </c>
       <c r="D145" s="28">
         <v>181518.56833643801</v>
       </c>
       <c r="E145" s="29">
         <v>330.34508387640244</v>
       </c>
       <c r="F145" s="28">
         <v>187919.44664614199</v>
       </c>
       <c r="G145" s="29">
         <v>306.63927300485136</v>
       </c>
       <c r="H145" s="28">
         <v>212100.387983661</v>
       </c>
       <c r="I145" s="29">
@@ -14091,51 +14095,51 @@
       <c r="V145" s="28">
         <v>185732.97216632601</v>
       </c>
       <c r="W145" s="29">
         <v>330.22323955727933</v>
       </c>
       <c r="X145" s="28">
         <v>167015.80642817001</v>
       </c>
       <c r="Y145" s="29">
         <v>285.11461864405072</v>
       </c>
       <c r="Z145" s="28">
         <v>152558.99290128099</v>
       </c>
       <c r="AA145" s="29">
         <v>368.33230319706917</v>
       </c>
       <c r="AB145" s="28">
         <v>249890.34964959501</v>
       </c>
       <c r="AC145" s="29">
         <v>428.11915451767277</v>
       </c>
     </row>
-    <row r="146" spans="1:29">
+    <row r="146" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A146" s="6" t="s">
         <v>159</v>
       </c>
       <c r="B146" s="28">
         <v>153394.305957898</v>
       </c>
       <c r="C146" s="29">
         <v>299.33021378214465</v>
       </c>
       <c r="D146" s="28">
         <v>193150.98664452901</v>
       </c>
       <c r="E146" s="29">
         <v>351.51488615552466</v>
       </c>
       <c r="F146" s="28">
         <v>192983.82278494901</v>
       </c>
       <c r="G146" s="29">
         <v>314.90311501344945</v>
       </c>
       <c r="H146" s="28">
         <v>218526.27108970899</v>
       </c>
       <c r="I146" s="29">
@@ -14180,51 +14184,51 @@
       <c r="V146" s="28">
         <v>188884.36069192199</v>
       </c>
       <c r="W146" s="29">
         <v>335.82623893799251</v>
       </c>
       <c r="X146" s="28">
         <v>168594.46278726601</v>
       </c>
       <c r="Y146" s="29">
         <v>287.80956120918597</v>
       </c>
       <c r="Z146" s="28">
         <v>151044.74058082199</v>
       </c>
       <c r="AA146" s="29">
         <v>364.67635323168707</v>
       </c>
       <c r="AB146" s="28">
         <v>252145.73793197901</v>
       </c>
       <c r="AC146" s="29">
         <v>431.98314896930833</v>
       </c>
     </row>
-    <row r="147" spans="1:29">
+    <row r="147" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A147" s="6" t="s">
         <v>160</v>
       </c>
       <c r="B147" s="28">
         <v>155164.03852636699</v>
       </c>
       <c r="C147" s="29">
         <v>302.78363028772498</v>
       </c>
       <c r="D147" s="28">
         <v>184299.465564593</v>
       </c>
       <c r="E147" s="29">
         <v>335.40603018347019</v>
       </c>
       <c r="F147" s="28">
         <v>191264.6046235</v>
       </c>
       <c r="G147" s="29">
         <v>312.09776507988909</v>
       </c>
       <c r="H147" s="28">
         <v>216458.94929986901</v>
       </c>
       <c r="I147" s="29">
@@ -14269,51 +14273,51 @@
       <c r="V147" s="28">
         <v>191432.93928631701</v>
       </c>
       <c r="W147" s="29">
         <v>340.35747466792958</v>
       </c>
       <c r="X147" s="28">
         <v>166148.765391319</v>
       </c>
       <c r="Y147" s="29">
         <v>283.63448284219277</v>
       </c>
       <c r="Z147" s="28">
         <v>146418.52634478899</v>
       </c>
       <c r="AA147" s="29">
         <v>353.50700744462006</v>
       </c>
       <c r="AB147" s="28">
         <v>250000.96218563899</v>
       </c>
       <c r="AC147" s="29">
         <v>428.30865901625231</v>
       </c>
     </row>
-    <row r="148" spans="1:29">
+    <row r="148" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A148" s="6" t="s">
         <v>161</v>
       </c>
       <c r="B148" s="28">
         <v>160612.466534495</v>
       </c>
       <c r="C148" s="29">
         <v>313.41557069949755</v>
       </c>
       <c r="D148" s="28">
         <v>188957.16438412201</v>
       </c>
       <c r="E148" s="29">
         <v>343.88256193066036</v>
       </c>
       <c r="F148" s="28">
         <v>192196.383589351</v>
       </c>
       <c r="G148" s="29">
         <v>313.61820391572593</v>
       </c>
       <c r="H148" s="28">
         <v>211105.68103074899</v>
       </c>
       <c r="I148" s="29">
@@ -14358,51 +14362,51 @@
       <c r="V148" s="28">
         <v>182898.729688016</v>
       </c>
       <c r="W148" s="29">
         <v>325.1841087989547</v>
       </c>
       <c r="X148" s="28">
         <v>168721.470875425</v>
       </c>
       <c r="Y148" s="29">
         <v>288.02637818833665</v>
       </c>
       <c r="Z148" s="28">
         <v>150473.91652725599</v>
       </c>
       <c r="AA148" s="29">
         <v>363.29817857038535</v>
       </c>
       <c r="AB148" s="28">
         <v>248546.725159711</v>
       </c>
       <c r="AC148" s="29">
         <v>425.8172193632941</v>
       </c>
     </row>
-    <row r="149" spans="1:29">
+    <row r="149" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A149" s="6" t="s">
         <v>162</v>
       </c>
       <c r="B149" s="28">
         <v>159347.49903700099</v>
       </c>
       <c r="C149" s="29">
         <v>310.94714145052484</v>
       </c>
       <c r="D149" s="28">
         <v>189987.79105457201</v>
       </c>
       <c r="E149" s="29">
         <v>345.75819623636971</v>
       </c>
       <c r="F149" s="28">
         <v>189443.59568272301</v>
       </c>
       <c r="G149" s="29">
         <v>309.1263171126829</v>
       </c>
       <c r="H149" s="28">
         <v>216591.925686434</v>
       </c>
       <c r="I149" s="29">
@@ -14447,51 +14451,51 @@
       <c r="V149" s="28">
         <v>195725.97187021299</v>
       </c>
       <c r="W149" s="29">
         <v>347.99025580982374</v>
       </c>
       <c r="X149" s="28">
         <v>168395.17186182999</v>
       </c>
       <c r="Y149" s="29">
         <v>287.46934936085802</v>
       </c>
       <c r="Z149" s="28">
         <v>153745.57754446901</v>
       </c>
       <c r="AA149" s="29">
         <v>371.19714548694014</v>
       </c>
       <c r="AB149" s="28">
         <v>251682.67296408801</v>
       </c>
       <c r="AC149" s="29">
         <v>431.18981308091475</v>
       </c>
     </row>
-    <row r="150" spans="1:29">
+    <row r="150" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A150" s="6" t="s">
         <v>163</v>
       </c>
       <c r="B150" s="28">
         <v>159422.335148832</v>
       </c>
       <c r="C150" s="29">
         <v>311.09317496339298</v>
       </c>
       <c r="D150" s="28">
         <v>190080.77094032199</v>
       </c>
       <c r="E150" s="29">
         <v>345.92741004429246</v>
       </c>
       <c r="F150" s="28">
         <v>197864.24204470901</v>
       </c>
       <c r="G150" s="29">
         <v>322.8667837049058</v>
       </c>
       <c r="H150" s="28">
         <v>218850.45647137999</v>
       </c>
       <c r="I150" s="29">
@@ -14536,51 +14540,51 @@
       <c r="V150" s="28">
         <v>193831.916233039</v>
       </c>
       <c r="W150" s="29">
         <v>344.62272671084816</v>
       </c>
       <c r="X150" s="28">
         <v>169680.05546776901</v>
       </c>
       <c r="Y150" s="29">
         <v>289.66278905464446</v>
       </c>
       <c r="Z150" s="28">
         <v>153649.59931279399</v>
       </c>
       <c r="AA150" s="29">
         <v>370.96541950043917</v>
       </c>
       <c r="AB150" s="28">
         <v>253006.46681672099</v>
       </c>
       <c r="AC150" s="29">
         <v>433.45777383145838</v>
       </c>
     </row>
-    <row r="151" spans="1:29">
+    <row r="151" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A151" s="6" t="s">
         <v>164</v>
       </c>
       <c r="B151" s="28">
         <v>157597.35635790299</v>
       </c>
       <c r="C151" s="29">
         <v>307.53195221639874</v>
       </c>
       <c r="D151" s="28">
         <v>193426.20007922099</v>
       </c>
       <c r="E151" s="29">
         <v>352.01574623832744</v>
       </c>
       <c r="F151" s="28">
         <v>196115.63802973699</v>
       </c>
       <c r="G151" s="29">
         <v>320.0134831365296</v>
       </c>
       <c r="H151" s="28">
         <v>215172.25510833599</v>
       </c>
       <c r="I151" s="29">
@@ -14625,51 +14629,51 @@
       <c r="V151" s="28">
         <v>194937.635939773</v>
       </c>
       <c r="W151" s="29">
         <v>346.58863690622826</v>
       </c>
       <c r="X151" s="28">
         <v>174814.855420215</v>
       </c>
       <c r="Y151" s="29">
         <v>298.42846555895045</v>
       </c>
       <c r="Z151" s="28">
         <v>153821.406733866</v>
       </c>
       <c r="AA151" s="29">
         <v>371.38022443528007</v>
       </c>
       <c r="AB151" s="28">
         <v>253312.23083276901</v>
       </c>
       <c r="AC151" s="29">
         <v>433.98161731807551</v>
       </c>
     </row>
-    <row r="152" spans="1:29">
+    <row r="152" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A152" s="6" t="s">
         <v>165</v>
       </c>
       <c r="B152" s="28">
         <v>162269.11004104</v>
       </c>
       <c r="C152" s="29">
         <v>316.64830774197304</v>
       </c>
       <c r="D152" s="28">
         <v>195949.01049730799</v>
       </c>
       <c r="E152" s="29">
         <v>356.60700115403688</v>
       </c>
       <c r="F152" s="28">
         <v>197807.39761752801</v>
       </c>
       <c r="G152" s="29">
         <v>322.77402729179238</v>
       </c>
       <c r="H152" s="28">
         <v>217168.355744915</v>
       </c>
       <c r="I152" s="29">
@@ -14714,51 +14718,51 @@
       <c r="V152" s="28">
         <v>201321.65447434201</v>
       </c>
       <c r="W152" s="29">
         <v>357.93907865757882</v>
       </c>
       <c r="X152" s="28">
         <v>167892.78075709401</v>
       </c>
       <c r="Y152" s="29">
         <v>286.61171168392013</v>
       </c>
       <c r="Z152" s="28">
         <v>150014.200325982</v>
       </c>
       <c r="AA152" s="29">
         <v>362.18825824374932</v>
       </c>
       <c r="AB152" s="28">
         <v>254109.36081919199</v>
       </c>
       <c r="AC152" s="29">
         <v>435.34728276416672</v>
       </c>
     </row>
-    <row r="153" spans="1:29">
+    <row r="153" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A153" s="6" t="s">
         <v>166</v>
       </c>
       <c r="B153" s="28">
         <v>156912.50478223799</v>
       </c>
       <c r="C153" s="29">
         <v>306.19554818710503</v>
       </c>
       <c r="D153" s="28">
         <v>194874.74467123899</v>
       </c>
       <c r="E153" s="29">
         <v>354.65194808331984</v>
       </c>
       <c r="F153" s="28">
         <v>199184.04944246699</v>
       </c>
       <c r="G153" s="29">
         <v>325.02039147769267</v>
       </c>
       <c r="H153" s="28">
         <v>215694.31698917999</v>
       </c>
       <c r="I153" s="29">
@@ -14803,51 +14807,51 @@
       <c r="V153" s="28">
         <v>200323.67896330799</v>
       </c>
       <c r="W153" s="29">
         <v>356.16473184985438</v>
       </c>
       <c r="X153" s="28">
         <v>182424.34253708899</v>
       </c>
       <c r="Y153" s="29">
         <v>311.41870919997632</v>
       </c>
       <c r="Z153" s="28" t="s">
         <v>167</v>
       </c>
       <c r="AA153" s="29" t="s">
         <v>167</v>
       </c>
       <c r="AB153" s="28">
         <v>256128.94244252401</v>
       </c>
       <c r="AC153" s="29">
         <v>438.8072866349554</v>
       </c>
     </row>
-    <row r="154" spans="1:29">
+    <row r="154" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A154" s="6" t="s">
         <v>168</v>
       </c>
       <c r="B154" s="28">
         <v>162932.267942659</v>
       </c>
       <c r="C154" s="29">
         <v>317.94237922150643</v>
       </c>
       <c r="D154" s="28">
         <v>201277.06644431199</v>
       </c>
       <c r="E154" s="29">
         <v>366.30351377443685</v>
       </c>
       <c r="F154" s="28">
         <v>202770.77929823601</v>
       </c>
       <c r="G154" s="29">
         <v>330.87307067118144</v>
       </c>
       <c r="H154" s="28">
         <v>227686.93402674</v>
       </c>
       <c r="I154" s="29">
@@ -14892,51 +14896,51 @@
       <c r="V154" s="28">
         <v>203881.06388025801</v>
       </c>
       <c r="W154" s="29">
         <v>362.48957098813867</v>
       </c>
       <c r="X154" s="28">
         <v>175782.18745721201</v>
       </c>
       <c r="Y154" s="29">
         <v>300.07980928939668</v>
       </c>
       <c r="Z154" s="28">
         <v>156696.25815983201</v>
       </c>
       <c r="AA154" s="29">
         <v>378.32115021708984</v>
       </c>
       <c r="AB154" s="28">
         <v>263207.451103147</v>
       </c>
       <c r="AC154" s="29">
         <v>450.93438616993672</v>
       </c>
     </row>
-    <row r="155" spans="1:29">
+    <row r="155" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A155" s="6" t="s">
         <v>169</v>
       </c>
       <c r="B155" s="28">
         <v>173397.20462632101</v>
       </c>
       <c r="C155" s="29">
         <v>338.36342233113089</v>
       </c>
       <c r="D155" s="28">
         <v>208402.06822159301</v>
       </c>
       <c r="E155" s="29">
         <v>379.27028258110187</v>
       </c>
       <c r="F155" s="28">
         <v>215532.532121914</v>
       </c>
       <c r="G155" s="29">
         <v>351.69717737201165</v>
       </c>
       <c r="H155" s="28">
         <v>235417.18601924001</v>
       </c>
       <c r="I155" s="29">
@@ -14981,51 +14985,51 @@
       <c r="V155" s="28">
         <v>207060.26741521701</v>
       </c>
       <c r="W155" s="29">
         <v>368.14202396017185</v>
       </c>
       <c r="X155" s="28">
         <v>179043.507678289</v>
       </c>
       <c r="Y155" s="29">
         <v>305.64724683315035</v>
       </c>
       <c r="Z155" s="28">
         <v>163300.35266121701</v>
       </c>
       <c r="AA155" s="29">
         <v>394.26581065280914</v>
       </c>
       <c r="AB155" s="28">
         <v>271399.01827708498</v>
       </c>
       <c r="AC155" s="29">
         <v>464.96840876264048</v>
       </c>
     </row>
-    <row r="156" spans="1:29">
+    <row r="156" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A156" s="6" t="s">
         <v>170</v>
       </c>
       <c r="B156" s="28">
         <v>169659.28312813101</v>
       </c>
       <c r="C156" s="29">
         <v>331.06932602053394</v>
       </c>
       <c r="D156" s="28">
         <v>206577.73108029101</v>
       </c>
       <c r="E156" s="29">
         <v>375.95017703220157</v>
       </c>
       <c r="F156" s="28">
         <v>217328.758995449</v>
       </c>
       <c r="G156" s="29">
         <v>354.62818697470442</v>
       </c>
       <c r="H156" s="28">
         <v>232654.05544187201</v>
       </c>
       <c r="I156" s="29">
@@ -15070,51 +15074,51 @@
       <c r="V156" s="28">
         <v>213899.60397125001</v>
       </c>
       <c r="W156" s="29">
         <v>380.30199667591143</v>
       </c>
       <c r="X156" s="28">
         <v>181851.177236388</v>
       </c>
       <c r="Y156" s="29">
         <v>310.44025207292799</v>
       </c>
       <c r="Z156" s="28">
         <v>166320.35758453701</v>
       </c>
       <c r="AA156" s="29">
         <v>401.55718920689242</v>
       </c>
       <c r="AB156" s="28">
         <v>271237.29743542301</v>
       </c>
       <c r="AC156" s="29">
         <v>464.69134408168225</v>
       </c>
     </row>
-    <row r="157" spans="1:29">
+    <row r="157" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A157" s="6" t="s">
         <v>171</v>
       </c>
       <c r="B157" s="28">
         <v>175501.85787112199</v>
       </c>
       <c r="C157" s="29">
         <v>342.47039554483331</v>
       </c>
       <c r="D157" s="28">
         <v>217062.778962568</v>
       </c>
       <c r="E157" s="29">
         <v>395.03188340451646</v>
       </c>
       <c r="F157" s="28">
         <v>225001.11078374</v>
       </c>
       <c r="G157" s="29">
         <v>367.14761706343347</v>
       </c>
       <c r="H157" s="28">
         <v>244155.455856627</v>
       </c>
       <c r="I157" s="29">
@@ -15159,51 +15163,51 @@
       <c r="V157" s="28">
         <v>223754.16471762501</v>
       </c>
       <c r="W157" s="29">
         <v>397.82287590444059</v>
       </c>
       <c r="X157" s="28">
         <v>190467.67280513799</v>
       </c>
       <c r="Y157" s="29">
         <v>325.14957151203674</v>
       </c>
       <c r="Z157" s="28">
         <v>175522.15824903801</v>
       </c>
       <c r="AA157" s="29">
         <v>423.77364703648209</v>
       </c>
       <c r="AB157" s="28">
         <v>283183.36316982599</v>
       </c>
       <c r="AC157" s="29">
         <v>485.15767889291703</v>
       </c>
     </row>
-    <row r="158" spans="1:29">
+    <row r="158" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A158" s="6" t="s">
         <v>172</v>
       </c>
       <c r="B158" s="28">
         <v>181502.778212273</v>
       </c>
       <c r="C158" s="29">
         <v>354.18045712364687</v>
       </c>
       <c r="D158" s="28">
         <v>225154.29995151001</v>
       </c>
       <c r="E158" s="29">
         <v>409.75761754993687</v>
       </c>
       <c r="F158" s="28">
         <v>226418.50070660599</v>
       </c>
       <c r="G158" s="29">
         <v>369.46045601261602</v>
       </c>
       <c r="H158" s="28">
         <v>248424.85524861101</v>
       </c>
       <c r="I158" s="29">
@@ -15248,51 +15252,51 @@
       <c r="V158" s="28">
         <v>230899.66352092399</v>
       </c>
       <c r="W158" s="29">
         <v>410.52718863661931</v>
       </c>
       <c r="X158" s="28">
         <v>192404.985407945</v>
       </c>
       <c r="Y158" s="29">
         <v>328.45678030715874</v>
       </c>
       <c r="Z158" s="28">
         <v>181895.66310183701</v>
       </c>
       <c r="AA158" s="29">
         <v>439.16158108890625</v>
       </c>
       <c r="AB158" s="28">
         <v>289644.952764082</v>
       </c>
       <c r="AC158" s="29">
         <v>496.22785538357431</v>
       </c>
     </row>
-    <row r="159" spans="1:29">
+    <row r="159" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A159" s="6" t="s">
         <v>173</v>
       </c>
       <c r="B159" s="28">
         <v>183716.524852412</v>
       </c>
       <c r="C159" s="29">
         <v>358.50031274615077</v>
       </c>
       <c r="D159" s="28">
         <v>226034.331399444</v>
       </c>
       <c r="E159" s="29">
         <v>411.35918407365921</v>
       </c>
       <c r="F159" s="28">
         <v>233049.49652787799</v>
       </c>
       <c r="G159" s="29">
         <v>380.28064399327701</v>
       </c>
       <c r="H159" s="28">
         <v>255266.35948858201</v>
       </c>
       <c r="I159" s="29">
@@ -15337,51 +15341,51 @@
       <c r="V159" s="28">
         <v>239317.28678584399</v>
       </c>
       <c r="W159" s="29">
         <v>425.49327027249245</v>
       </c>
       <c r="X159" s="28">
         <v>193159.09086756999</v>
       </c>
       <c r="Y159" s="29">
         <v>329.74412247636144</v>
       </c>
       <c r="Z159" s="28">
         <v>178357.200501277</v>
       </c>
       <c r="AA159" s="29">
         <v>430.61845914863272</v>
       </c>
       <c r="AB159" s="28">
         <v>296180.13380246703</v>
       </c>
       <c r="AC159" s="29">
         <v>507.42411079998612</v>
       </c>
     </row>
-    <row r="160" spans="1:29">
+    <row r="160" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A160" s="6" t="s">
         <v>174</v>
       </c>
       <c r="B160" s="28">
         <v>185556.82979781</v>
       </c>
       <c r="C160" s="29">
         <v>362.09144260778669</v>
       </c>
       <c r="D160" s="28">
         <v>231448.04924164599</v>
       </c>
       <c r="E160" s="29">
         <v>421.21159251349798</v>
       </c>
       <c r="F160" s="28">
         <v>237056.20306537399</v>
       </c>
       <c r="G160" s="29">
         <v>386.81862397208715</v>
       </c>
       <c r="H160" s="28">
         <v>260818.40099280101</v>
       </c>
       <c r="I160" s="29">
@@ -15426,51 +15430,51 @@
       <c r="V160" s="28">
         <v>241602.19316968901</v>
       </c>
       <c r="W160" s="29">
         <v>429.55571098701853</v>
       </c>
       <c r="X160" s="28">
         <v>197263.31285237399</v>
       </c>
       <c r="Y160" s="29">
         <v>336.75048738908117</v>
       </c>
       <c r="Z160" s="28">
         <v>186485.11779587599</v>
       </c>
       <c r="AA160" s="29">
         <v>450.24217611464712</v>
       </c>
       <c r="AB160" s="28">
         <v>302540.01256401598</v>
       </c>
       <c r="AC160" s="29">
         <v>518.32003343984491</v>
       </c>
     </row>
-    <row r="161" spans="1:29">
+    <row r="161" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A161" s="6" t="s">
         <v>175</v>
       </c>
       <c r="B161" s="28">
         <v>194878.060057503</v>
       </c>
       <c r="C161" s="29">
         <v>380.28068261199064</v>
       </c>
       <c r="D161" s="28">
         <v>239108.62977820099</v>
       </c>
       <c r="E161" s="29">
         <v>435.15305945587579</v>
       </c>
       <c r="F161" s="28">
         <v>251499.60734541799</v>
       </c>
       <c r="G161" s="29">
         <v>410.38678079242754</v>
       </c>
       <c r="H161" s="28">
         <v>268925.15833517403</v>
       </c>
       <c r="I161" s="29">
@@ -15515,51 +15519,51 @@
       <c r="V161" s="28">
         <v>253245.730693483</v>
       </c>
       <c r="W161" s="29">
         <v>450.25729475088997</v>
       </c>
       <c r="X161" s="28">
         <v>201212.00601844001</v>
       </c>
       <c r="Y161" s="29">
         <v>343.49134725296165</v>
       </c>
       <c r="Z161" s="28">
         <v>200647.83774133501</v>
       </c>
       <c r="AA161" s="29">
         <v>484.43607814454299</v>
       </c>
       <c r="AB161" s="28">
         <v>314511.019190602</v>
       </c>
       <c r="AC161" s="29">
         <v>538.82909768696743</v>
       </c>
     </row>
-    <row r="162" spans="1:29">
+    <row r="162" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A162" s="6" t="s">
         <v>176</v>
       </c>
       <c r="B162" s="28">
         <v>196171.87589162699</v>
       </c>
       <c r="C162" s="29">
         <v>382.80540585908011</v>
       </c>
       <c r="D162" s="28">
         <v>243606.71087381401</v>
       </c>
       <c r="E162" s="29">
         <v>443.33910339854867</v>
       </c>
       <c r="F162" s="28">
         <v>245749.71684501701</v>
       </c>
       <c r="G162" s="29">
         <v>401.00434446469342</v>
       </c>
       <c r="H162" s="28">
         <v>275636.41829970502</v>
       </c>
       <c r="I162" s="29">
@@ -15604,51 +15608,51 @@
       <c r="V162" s="28">
         <v>257009.155018069</v>
       </c>
       <c r="W162" s="29">
         <v>456.94846087932797</v>
       </c>
       <c r="X162" s="28">
         <v>202835.91270552599</v>
       </c>
       <c r="Y162" s="29">
         <v>346.26353717739954</v>
       </c>
       <c r="Z162" s="28">
         <v>199966.424279634</v>
       </c>
       <c r="AA162" s="29">
         <v>482.79090085931921</v>
       </c>
       <c r="AB162" s="28">
         <v>316398.41111806099</v>
       </c>
       <c r="AC162" s="29">
         <v>542.06263046388449</v>
       </c>
     </row>
-    <row r="163" spans="1:29">
+    <row r="163" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A163" s="6" t="s">
         <v>177</v>
       </c>
       <c r="B163" s="28">
         <v>192259.40395210299</v>
       </c>
       <c r="C163" s="29">
         <v>375.17069572586433</v>
       </c>
       <c r="D163" s="28">
         <v>235652.15260278701</v>
       </c>
       <c r="E163" s="29">
         <v>428.8626272819472</v>
       </c>
       <c r="F163" s="28">
         <v>244567.596343791</v>
       </c>
       <c r="G163" s="29">
         <v>399.07540854257644</v>
       </c>
       <c r="H163" s="28">
         <v>267063.67151979002</v>
       </c>
       <c r="I163" s="29">
@@ -15693,51 +15697,51 @@
       <c r="V163" s="28">
         <v>249956.721895297</v>
       </c>
       <c r="W163" s="29">
         <v>444.40961392394041</v>
       </c>
       <c r="X163" s="28">
         <v>199617.58797335101</v>
       </c>
       <c r="Y163" s="29">
         <v>340.76949773101086</v>
       </c>
       <c r="Z163" s="28">
         <v>197206.56102874599</v>
       </c>
       <c r="AA163" s="29">
         <v>476.12759790761226</v>
       </c>
       <c r="AB163" s="28">
         <v>309187.34695386601</v>
       </c>
       <c r="AC163" s="29">
         <v>529.7084331230235</v>
       </c>
     </row>
-    <row r="164" spans="1:29">
+    <row r="164" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A164" s="6" t="s">
         <v>178</v>
       </c>
       <c r="B164" s="28">
         <v>189514.30170101099</v>
       </c>
       <c r="C164" s="29">
         <v>369.81396466246525</v>
       </c>
       <c r="D164" s="28">
         <v>233965.171880774</v>
       </c>
       <c r="E164" s="29">
         <v>425.79249625778471</v>
       </c>
       <c r="F164" s="28">
         <v>241254.49226708899</v>
       </c>
       <c r="G164" s="29">
         <v>393.66922071262644</v>
       </c>
       <c r="H164" s="28">
         <v>260716.86791575799</v>
       </c>
       <c r="I164" s="29">
@@ -15782,51 +15786,51 @@
       <c r="V164" s="28">
         <v>241837.165616827</v>
       </c>
       <c r="W164" s="29">
         <v>429.97347936597453</v>
       </c>
       <c r="X164" s="28">
         <v>199204.46365409301</v>
       </c>
       <c r="Y164" s="29">
         <v>340.06424841804545</v>
       </c>
       <c r="Z164" s="28">
         <v>189367.997061923</v>
       </c>
       <c r="AA164" s="29">
         <v>457.20248399101922</v>
       </c>
       <c r="AB164" s="28">
         <v>302667.71371519403</v>
       </c>
       <c r="AC164" s="29">
         <v>518.53881463307607</v>
       </c>
     </row>
-    <row r="165" spans="1:29">
+    <row r="165" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A165" s="6" t="s">
         <v>179</v>
       </c>
       <c r="B165" s="28">
         <v>187830.119177185</v>
       </c>
       <c r="C165" s="29">
         <v>366.5274885983319</v>
       </c>
       <c r="D165" s="28">
         <v>234199.271032761</v>
       </c>
       <c r="E165" s="29">
         <v>426.21853258402541</v>
       </c>
       <c r="F165" s="28">
         <v>240350.05599804901</v>
       </c>
       <c r="G165" s="29">
         <v>392.19339857198406</v>
       </c>
       <c r="H165" s="28">
         <v>263733.75797528098</v>
       </c>
       <c r="I165" s="29">
@@ -15871,51 +15875,51 @@
       <c r="V165" s="28">
         <v>247429.89470946399</v>
       </c>
       <c r="W165" s="29">
         <v>439.91705102907679</v>
       </c>
       <c r="X165" s="28">
         <v>205465.07024206501</v>
       </c>
       <c r="Y165" s="29">
         <v>350.75180247645579</v>
       </c>
       <c r="Z165" s="28">
         <v>200010.931895402</v>
       </c>
       <c r="AA165" s="29">
         <v>482.89835825867573</v>
       </c>
       <c r="AB165" s="28">
         <v>305563.43631978199</v>
       </c>
       <c r="AC165" s="29">
         <v>523.49984780195302</v>
       </c>
     </row>
-    <row r="166" spans="1:29">
+    <row r="166" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A166" s="6" t="s">
         <v>180</v>
       </c>
       <c r="B166" s="28">
         <v>190558.86494988701</v>
       </c>
       <c r="C166" s="29">
         <v>371.85230199606127</v>
       </c>
       <c r="D166" s="28">
         <v>233587.766359398</v>
       </c>
       <c r="E166" s="29">
         <v>425.10565711093057</v>
       </c>
       <c r="F166" s="28">
         <v>241971.760532354</v>
       </c>
       <c r="G166" s="29">
         <v>394.83962975403063</v>
       </c>
       <c r="H166" s="28">
         <v>261513.16077412799</v>
       </c>
       <c r="I166" s="29">
@@ -15960,51 +15964,51 @@
       <c r="V166" s="28">
         <v>246895.367988393</v>
       </c>
       <c r="W166" s="29">
         <v>438.96669125502478</v>
       </c>
       <c r="X166" s="28">
         <v>204056.16363308401</v>
       </c>
       <c r="Y166" s="29">
         <v>348.34664167691523</v>
       </c>
       <c r="Z166" s="28">
         <v>196202.74050656299</v>
       </c>
       <c r="AA166" s="29">
         <v>473.70401396870017</v>
       </c>
       <c r="AB166" s="28">
         <v>304859.50342331501</v>
       </c>
       <c r="AC166" s="29">
         <v>522.2938502238344</v>
       </c>
     </row>
-    <row r="167" spans="1:29">
+    <row r="167" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A167" s="6" t="s">
         <v>181</v>
       </c>
       <c r="B167" s="28">
         <v>192034.566010037</v>
       </c>
       <c r="C167" s="29">
         <v>374.73195200037412</v>
       </c>
       <c r="D167" s="28">
         <v>236860.937007209</v>
       </c>
       <c r="E167" s="29">
         <v>431.06249029941625</v>
       </c>
       <c r="F167" s="28">
         <v>242180.44486815401</v>
       </c>
       <c r="G167" s="29">
         <v>395.18015232452177</v>
       </c>
       <c r="H167" s="28">
         <v>259235.01299444801</v>
       </c>
       <c r="I167" s="29">
@@ -16049,51 +16053,51 @@
       <c r="V167" s="28">
         <v>247524.74312839701</v>
       </c>
       <c r="W167" s="29">
         <v>440.08568641891424</v>
       </c>
       <c r="X167" s="28">
         <v>204643.43108758601</v>
       </c>
       <c r="Y167" s="29">
         <v>349.34917275414239</v>
       </c>
       <c r="Z167" s="28">
         <v>201598.959145245</v>
       </c>
       <c r="AA167" s="29">
         <v>486.73242744955508</v>
       </c>
       <c r="AB167" s="28">
         <v>303737.88479231502</v>
       </c>
       <c r="AC167" s="29">
         <v>520.37226173244881</v>
       </c>
     </row>
-    <row r="168" spans="1:29">
+    <row r="168" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A168" s="6" t="s">
         <v>182</v>
       </c>
       <c r="B168" s="28">
         <v>193224.061026521</v>
       </c>
       <c r="C168" s="29">
         <v>377.05310593991265</v>
       </c>
       <c r="D168" s="28">
         <v>233728.19521515199</v>
       </c>
       <c r="E168" s="29">
         <v>425.36122315333529</v>
       </c>
       <c r="F168" s="28">
         <v>242599.793312319</v>
       </c>
       <c r="G168" s="29">
         <v>395.86442797746469</v>
       </c>
       <c r="H168" s="28">
         <v>259500.547228043</v>
       </c>
       <c r="I168" s="29">
@@ -16138,51 +16142,51 @@
       <c r="V168" s="28">
         <v>242945.57510421501</v>
       </c>
       <c r="W168" s="29">
         <v>431.94417184675558</v>
       </c>
       <c r="X168" s="28">
         <v>206605.018942922</v>
       </c>
       <c r="Y168" s="29">
         <v>352.69782211417436</v>
       </c>
       <c r="Z168" s="28">
         <v>192764.247280988</v>
       </c>
       <c r="AA168" s="29">
         <v>465.40225407098575</v>
       </c>
       <c r="AB168" s="28">
         <v>303832.44479936</v>
       </c>
       <c r="AC168" s="29">
         <v>520.53426458819752</v>
       </c>
     </row>
-    <row r="169" spans="1:29">
+    <row r="169" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A169" s="6" t="s">
         <v>183</v>
       </c>
       <c r="B169" s="28">
         <v>192844.74707089699</v>
       </c>
       <c r="C169" s="29">
         <v>376.31292118065147</v>
       </c>
       <c r="D169" s="28">
         <v>242839.375377435</v>
       </c>
       <c r="E169" s="29">
         <v>441.94263189022979</v>
       </c>
       <c r="F169" s="28">
         <v>251008.54510335799</v>
       </c>
       <c r="G169" s="29">
         <v>409.58548549493247</v>
       </c>
       <c r="H169" s="28">
         <v>267682.86134451302</v>
       </c>
       <c r="I169" s="29">
@@ -16227,51 +16231,51 @@
       <c r="V169" s="28">
         <v>251708.999665126</v>
       </c>
       <c r="W169" s="29">
         <v>447.52506959671649</v>
       </c>
       <c r="X169" s="28">
         <v>206872.088977056</v>
       </c>
       <c r="Y169" s="29">
         <v>353.1537404644302</v>
       </c>
       <c r="Z169" s="28">
         <v>210664.768136714</v>
       </c>
       <c r="AA169" s="29">
         <v>508.62055244742567</v>
       </c>
       <c r="AB169" s="28">
         <v>309965.316821457</v>
       </c>
       <c r="AC169" s="29">
         <v>531.0412729162382</v>
       </c>
     </row>
-    <row r="170" spans="1:29">
+    <row r="170" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A170" s="6" t="s">
         <v>184</v>
       </c>
       <c r="B170" s="28">
         <v>196742.275130088</v>
       </c>
       <c r="C170" s="29">
         <v>383.91847016041453</v>
       </c>
       <c r="D170" s="28">
         <v>245053.56311309701</v>
       </c>
       <c r="E170" s="29">
         <v>445.972225336007</v>
       </c>
       <c r="F170" s="28">
         <v>254068.68262255899</v>
       </c>
       <c r="G170" s="29">
         <v>414.57889283477869</v>
       </c>
       <c r="H170" s="28">
         <v>265625.21087651001</v>
       </c>
       <c r="I170" s="29">
@@ -16316,51 +16320,51 @@
       <c r="V170" s="28">
         <v>250568.38937605001</v>
       </c>
       <c r="W170" s="29">
         <v>445.49712582164062</v>
       </c>
       <c r="X170" s="28">
         <v>211839.396722267</v>
       </c>
       <c r="Y170" s="29">
         <v>361.63348908075392</v>
       </c>
       <c r="Z170" s="28">
         <v>212953.677430304</v>
       </c>
       <c r="AA170" s="29">
         <v>514.14680308584411</v>
       </c>
       <c r="AB170" s="28">
         <v>312514.72894261399</v>
       </c>
       <c r="AC170" s="29">
         <v>535.40899725356167</v>
       </c>
     </row>
-    <row r="171" spans="1:29">
+    <row r="171" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A171" s="6" t="s">
         <v>185</v>
       </c>
       <c r="B171" s="28">
         <v>201541.37571501199</v>
       </c>
       <c r="C171" s="29">
         <v>393.28332757853531</v>
       </c>
       <c r="D171" s="28">
         <v>243311.46461834901</v>
       </c>
       <c r="E171" s="29">
         <v>442.80178564687384</v>
       </c>
       <c r="F171" s="28">
         <v>256456.46300896999</v>
       </c>
       <c r="G171" s="29">
         <v>418.47517528373157</v>
       </c>
       <c r="H171" s="28">
         <v>269636.33725241601</v>
       </c>
       <c r="I171" s="29">
@@ -16405,51 +16409,51 @@
       <c r="V171" s="28">
         <v>246593.970085243</v>
       </c>
       <c r="W171" s="29">
         <v>438.43082198629401</v>
       </c>
       <c r="X171" s="28">
         <v>215882.77116541599</v>
       </c>
       <c r="Y171" s="29">
         <v>368.5359804499725</v>
       </c>
       <c r="Z171" s="28">
         <v>213254.60161930099</v>
       </c>
       <c r="AA171" s="29">
         <v>514.87334235772232</v>
       </c>
       <c r="AB171" s="28">
         <v>314194.11622152198</v>
       </c>
       <c r="AC171" s="29">
         <v>538.28617063365425</v>
       </c>
     </row>
-    <row r="172" spans="1:29">
+    <row r="172" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A172" s="6" t="s">
         <v>186</v>
       </c>
       <c r="B172" s="28">
         <v>201780.26230348999</v>
       </c>
       <c r="C172" s="29">
         <v>393.74948551805124</v>
       </c>
       <c r="D172" s="28">
         <v>245942.703196168</v>
       </c>
       <c r="E172" s="29">
         <v>447.59036863678244</v>
       </c>
       <c r="F172" s="28">
         <v>257335.10214276201</v>
       </c>
       <c r="G172" s="29">
         <v>419.90890271337287</v>
       </c>
       <c r="H172" s="28">
         <v>266235.25814990699</v>
       </c>
       <c r="I172" s="29">
@@ -16494,51 +16498,51 @@
       <c r="V172" s="28">
         <v>251781.381085823</v>
       </c>
       <c r="W172" s="29">
         <v>447.65375987151009</v>
       </c>
       <c r="X172" s="28">
         <v>211317.279763278</v>
       </c>
       <c r="Y172" s="29">
         <v>360.74217716942434</v>
       </c>
       <c r="Z172" s="28">
         <v>227562.16536513099</v>
       </c>
       <c r="AA172" s="29">
         <v>549.41694943993843</v>
       </c>
       <c r="AB172" s="28">
         <v>313031.716314691</v>
       </c>
       <c r="AC172" s="29">
         <v>536.2947145169145</v>
       </c>
     </row>
-    <row r="173" spans="1:29">
+    <row r="173" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A173" s="6" t="s">
         <v>187</v>
       </c>
       <c r="B173" s="28">
         <v>203654.42488378601</v>
       </c>
       <c r="C173" s="29">
         <v>397.40668441027395</v>
       </c>
       <c r="D173" s="28">
         <v>244662.511297527</v>
       </c>
       <c r="E173" s="29">
         <v>445.26055134034692</v>
       </c>
       <c r="F173" s="28">
         <v>256810.65028617199</v>
       </c>
       <c r="G173" s="29">
         <v>419.05312360747951</v>
       </c>
       <c r="H173" s="28">
         <v>269884.79300223902</v>
       </c>
       <c r="I173" s="29">
@@ -16583,51 +16587,51 @@
       <c r="V173" s="28">
         <v>254658.478937557</v>
       </c>
       <c r="W173" s="29">
         <v>452.76908517988926</v>
       </c>
       <c r="X173" s="28">
         <v>215354.776997504</v>
       </c>
       <c r="Y173" s="29">
         <v>367.63463548718153</v>
       </c>
       <c r="Z173" s="28">
         <v>224515.64304160999</v>
       </c>
       <c r="AA173" s="29">
         <v>542.06154834018218</v>
       </c>
       <c r="AB173" s="28">
         <v>317204.58492507401</v>
       </c>
       <c r="AC173" s="29">
         <v>543.44379003701999</v>
       </c>
     </row>
-    <row r="174" spans="1:29">
+    <row r="174" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A174" s="6" t="s">
         <v>188</v>
       </c>
       <c r="B174" s="28">
         <v>208931.70575244</v>
       </c>
       <c r="C174" s="29">
         <v>407.70465212646928</v>
       </c>
       <c r="D174" s="28">
         <v>249234.11949735601</v>
       </c>
       <c r="E174" s="29">
         <v>453.58040703369636</v>
       </c>
       <c r="F174" s="28">
         <v>256487.808513564</v>
       </c>
       <c r="G174" s="29">
         <v>418.52632359707655</v>
       </c>
       <c r="H174" s="28">
         <v>271026.21821441001</v>
       </c>
       <c r="I174" s="29">
@@ -16670,50 +16674,139 @@
         <v>565.56564766417398</v>
       </c>
       <c r="V174" s="28">
         <v>259318.436538829</v>
       </c>
       <c r="W174" s="29">
         <v>461.0542392768881</v>
       </c>
       <c r="X174" s="28">
         <v>217290.12400536501</v>
       </c>
       <c r="Y174" s="29">
         <v>370.93848879239255</v>
       </c>
       <c r="Z174" s="28">
         <v>230223.75722775201</v>
       </c>
       <c r="AA174" s="29">
         <v>555.84298989999934</v>
       </c>
       <c r="AB174" s="28">
         <v>317888.91597342002</v>
       </c>
       <c r="AC174" s="29">
         <v>544.61620517925689</v>
+      </c>
+    </row>
+    <row r="175" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A175" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B175" s="28">
+        <v>207427.73034472801</v>
+      </c>
+      <c r="C175" s="29">
+        <v>404.76982819345403</v>
+      </c>
+      <c r="D175" s="28">
+        <v>248556.467139485</v>
+      </c>
+      <c r="E175" s="29">
+        <v>452.34714959314067</v>
+      </c>
+      <c r="F175" s="28">
+        <v>258270.92778987301</v>
+      </c>
+      <c r="G175" s="29">
+        <v>421.43594475830702</v>
+      </c>
+      <c r="H175" s="28">
+        <v>271927.56826296699</v>
+      </c>
+      <c r="I175" s="29">
+        <v>507.64692618212013</v>
+      </c>
+      <c r="J175" s="28">
+        <v>286990.42119785101</v>
+      </c>
+      <c r="K175" s="29">
+        <v>473.70180415040164</v>
+      </c>
+      <c r="L175" s="28">
+        <v>305197.194118616</v>
+      </c>
+      <c r="M175" s="29">
+        <v>543.73340737709714</v>
+      </c>
+      <c r="N175" s="28">
+        <v>384523.41351773398</v>
+      </c>
+      <c r="O175" s="29">
+        <v>596.58288170523042</v>
+      </c>
+      <c r="P175" s="28">
+        <v>508777.25519325299</v>
+      </c>
+      <c r="Q175" s="29">
+        <v>615.13905569350595</v>
+      </c>
+      <c r="R175" s="28">
+        <v>654042.77322299103</v>
+      </c>
+      <c r="S175" s="29">
+        <v>798.1634665631691</v>
+      </c>
+      <c r="T175" s="28">
+        <v>347539.12697123899</v>
+      </c>
+      <c r="U175" s="29">
+        <v>569.96586956293629</v>
+      </c>
+      <c r="V175" s="28">
+        <v>257808.15113226199</v>
+      </c>
+      <c r="W175" s="29">
+        <v>458.36903301654769</v>
+      </c>
+      <c r="X175" s="28">
+        <v>218792.301512982</v>
+      </c>
+      <c r="Y175" s="29">
+        <v>373.50287342388003</v>
+      </c>
+      <c r="Z175" s="28">
+        <v>231471.162341257</v>
+      </c>
+      <c r="AA175" s="29">
+        <v>558.85467468985905</v>
+      </c>
+      <c r="AB175" s="28">
+        <v>318119.739839249</v>
+      </c>
+      <c r="AC175" s="29">
+        <v>545.01165909902522</v>
       </c>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.78740157480314965" bottom="0.78740157480314965" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" orientation="landscape" horizontalDpi="150" verticalDpi="150" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Tahoma,Bold"Former Owner Occupier Properties - Mix-adjusted regional and UK indices</oddHeader>
     <oddFooter>&amp;C&amp;"Tahoma,Regular"&amp;P&amp;R&amp;"Tahoma,Regular"Nationwide Building Society &amp;L&amp;"Calibri"&amp;11&amp;K000000&amp;"Tahoma,Regular"www.nationwide.co.uk/hpi_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;KFF0000NBS Secret</oddFooter>
   </headerFooter>
   <rowBreaks count="3" manualBreakCount="3">
     <brk id="35" max="28" man="1"/>
     <brk id="67" max="28" man="1"/>
     <brk id="99" max="28" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
@@ -16740,47 +16833,47 @@
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Nationwide Building Society - Quarterly Former Owner Occupier Buyer House Price Series</dc:title>
   <dc:creator>Andrew Harvey</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_SetDate">
-    <vt:lpwstr>2025-09-29T08:54:36Z</vt:lpwstr>
+    <vt:lpwstr>2025-12-31T09:28:39Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Name">
     <vt:lpwstr>NBS Public - No Visible Label</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_SiteId">
     <vt:lpwstr>18ed93f5-e470-4996-b0ef-9554af985d50</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_ActionId">
-    <vt:lpwstr>5d2dd7a8-edb6-4175-8063-d217d221aef5</vt:lpwstr>
+    <vt:lpwstr>b0668a5f-1dfa-46d6-9805-83d1210b89b9</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>