--- v0 (2025-10-02)
+++ v1 (2026-01-13)
@@ -1,88 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\HPD\Press\Embargo\Internet HP Files\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{D632690E-ABEB-4BEF-9D0C-A05E5ECDA5B5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{EFD0FC52-4D63-4AEE-A2BB-F5B2636702D8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{E8F4F954-AF4C-4264-9C16-611E40B7F84F}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{8CA6A9A4-A903-4A9E-93DE-BD0C427B8B5B}"/>
   </bookViews>
   <sheets>
     <sheet name="Z12 flat" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Z12 flat'!$A$1:$AC$91</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Z12 flat'!$A:$A,'Z12 flat'!$1:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1487" uniqueCount="157">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1514" uniqueCount="158">
   <si>
     <t>Q1 1993</t>
   </si>
   <si>
     <t>NORTH</t>
   </si>
   <si>
     <t>YORKS &amp; THE HUMBER</t>
   </si>
   <si>
     <t>NORTH WEST</t>
   </si>
   <si>
     <t>EAST MIDS</t>
   </si>
   <si>
     <t>WEST MIDS</t>
   </si>
   <si>
     <t>EAST ANGLIA</t>
   </si>
   <si>
     <t>OUTER S EAST</t>
   </si>
   <si>
@@ -509,64 +509,68 @@
     <t>Q3 2023</t>
   </si>
   <si>
     <t>Q4 2023</t>
   </si>
   <si>
     <t>Q1 2024</t>
   </si>
   <si>
     <t>Q2 2024</t>
   </si>
   <si>
     <t>Q3 2024</t>
   </si>
   <si>
     <t>Q4 2024</t>
   </si>
   <si>
     <t>Q1 2025</t>
   </si>
   <si>
     <t>Q2 2025</t>
   </si>
   <si>
     <t>Q3 2025</t>
+  </si>
+  <si>
+    <t>Q4 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="0.0"/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
   </numFmts>
-  <fonts count="4">
+  <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="MS Sans Serif"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
@@ -776,52 +780,52 @@
     <xf numFmtId="1" fontId="3" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="165" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="3" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="3" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="2" applyFont="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal_Z12" xfId="2" xr:uid="{481623AC-0035-4D98-87BE-633A028FC7A3}"/>
-    <cellStyle name="Normal_Z5" xfId="3" xr:uid="{7A389579-1826-4545-8E87-7F86D313BD26}"/>
+    <cellStyle name="Normal_Z12" xfId="2" xr:uid="{BBB7F1BC-7D4B-487B-BE64-023BEA516092}"/>
+    <cellStyle name="Normal_Z5" xfId="3" xr:uid="{40E15157-8EA4-49E9-A71C-686D7C5B01D3}"/>
     <cellStyle name="Per cent" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Nationwide Brand Refresh">
       <a:dk1>
         <a:srgbClr val="02081E"/>
@@ -1172,67 +1176,67 @@
         <a:extLst>
           <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
             <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:effectLst>
                 <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                   <a:srgbClr val="808080"/>
                 </a:outerShdw>
               </a:effectLst>
             </a14:hiddenEffects>
           </a:ext>
         </a:extLst>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{03F0D009-C466-406A-A972-3071E7907343}">
-  <dimension ref="A1:AC142"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E689EDC2-4FAA-477D-B0DE-302FBE17E1C6}">
+  <dimension ref="A1:AC143"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="1" ySplit="3" topLeftCell="S124" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="3" topLeftCell="R124" activePane="bottomRight" state="frozen"/>
       <selection activeCell="AF67" sqref="AF67"/>
       <selection pane="topRight" activeCell="AF67" sqref="AF67"/>
       <selection pane="bottomLeft" activeCell="AF67" sqref="AF67"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.8"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="16384" width="9.109375" style="6"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:29">
+    <row r="1" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2"/>
       <c r="D1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="2"/>
       <c r="F1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G1" s="2"/>
       <c r="H1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="I1" s="2"/>
       <c r="J1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="K1" s="2"/>
       <c r="L1" s="1" t="s">
         <v>6</v>
@@ -1249,84 +1253,84 @@
       <c r="R1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="S1" s="2"/>
       <c r="T1" s="1" t="s">
         <v>10</v>
       </c>
       <c r="U1" s="2"/>
       <c r="V1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="W1" s="2"/>
       <c r="X1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="Y1" s="2"/>
       <c r="Z1" s="1" t="s">
         <v>13</v>
       </c>
       <c r="AA1" s="2"/>
       <c r="AB1" s="1" t="s">
         <v>14</v>
       </c>
       <c r="AC1" s="5"/>
     </row>
-    <row r="2" spans="1:29">
+    <row r="2" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A2" s="7" t="s">
         <v>15</v>
       </c>
       <c r="B2" s="8"/>
       <c r="C2" s="9"/>
       <c r="D2" s="8"/>
       <c r="E2" s="9"/>
       <c r="F2" s="8"/>
       <c r="G2" s="9"/>
       <c r="H2" s="8"/>
       <c r="I2" s="9"/>
       <c r="J2" s="8"/>
       <c r="K2" s="9"/>
       <c r="L2" s="8"/>
       <c r="M2" s="9"/>
       <c r="N2" s="8"/>
       <c r="O2" s="10"/>
       <c r="P2" s="8"/>
       <c r="Q2" s="9"/>
       <c r="R2" s="8"/>
       <c r="S2" s="9"/>
       <c r="T2" s="8"/>
       <c r="U2" s="9"/>
       <c r="V2" s="8"/>
       <c r="W2" s="9"/>
       <c r="X2" s="8"/>
       <c r="Y2" s="9"/>
       <c r="Z2" s="8"/>
       <c r="AA2" s="9"/>
       <c r="AB2" s="8"/>
       <c r="AC2" s="11"/>
     </row>
-    <row r="3" spans="1:29">
+    <row r="3" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A3" s="12"/>
       <c r="B3" s="12" t="s">
         <v>16</v>
       </c>
       <c r="C3" s="13" t="s">
         <v>17</v>
       </c>
       <c r="D3" s="12" t="s">
         <v>16</v>
       </c>
       <c r="E3" s="13" t="s">
         <v>17</v>
       </c>
       <c r="F3" s="12" t="s">
         <v>16</v>
       </c>
       <c r="G3" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H3" s="12" t="s">
         <v>16</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>17</v>
       </c>
@@ -1369,51 +1373,51 @@
       <c r="V3" s="12" t="s">
         <v>16</v>
       </c>
       <c r="W3" s="13" t="s">
         <v>17</v>
       </c>
       <c r="X3" s="12" t="s">
         <v>16</v>
       </c>
       <c r="Y3" s="13" t="s">
         <v>17</v>
       </c>
       <c r="Z3" s="12" t="s">
         <v>16</v>
       </c>
       <c r="AA3" s="13" t="s">
         <v>17</v>
       </c>
       <c r="AB3" s="12" t="s">
         <v>16</v>
       </c>
       <c r="AC3" s="14" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="4" spans="1:29">
+    <row r="4" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A4" s="15" t="s">
         <v>18</v>
       </c>
       <c r="B4" s="2">
         <v>29156.29248328941</v>
       </c>
       <c r="C4" s="16">
         <v>73.284524264122851</v>
       </c>
       <c r="D4" s="1">
         <v>31667.013907244636</v>
       </c>
       <c r="E4" s="16">
         <v>124.1047483582208</v>
       </c>
       <c r="F4" s="1">
         <v>40913.501889615713</v>
       </c>
       <c r="G4" s="16">
         <v>107.87287540393929</v>
       </c>
       <c r="H4" s="1">
         <v>34589.944211189613</v>
       </c>
       <c r="I4" s="16">
@@ -1458,51 +1462,51 @@
       <c r="V4" s="1">
         <v>32292.501487446098</v>
       </c>
       <c r="W4" s="16">
         <v>129.29890442074523</v>
       </c>
       <c r="X4" s="1">
         <v>32735.842710464593</v>
       </c>
       <c r="Y4" s="16">
         <v>87.312308086240023</v>
       </c>
       <c r="Z4" s="1">
         <v>37664.926791908758</v>
       </c>
       <c r="AA4" s="16">
         <v>94.690219999094779</v>
       </c>
       <c r="AB4" s="1">
         <v>39781.594687464843</v>
       </c>
       <c r="AC4" s="17">
         <v>116.71592628130354</v>
       </c>
     </row>
-    <row r="5" spans="1:29">
+    <row r="5" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A5" s="18" t="s">
         <v>19</v>
       </c>
       <c r="B5" s="9">
         <v>28293.558112939983</v>
       </c>
       <c r="C5" s="19">
         <v>71.116036006104395</v>
       </c>
       <c r="D5" s="8">
         <v>25378.713802264163</v>
       </c>
       <c r="E5" s="19">
         <v>99.460558526635921</v>
       </c>
       <c r="F5" s="8">
         <v>40143.78754412393</v>
       </c>
       <c r="G5" s="19">
         <v>105.84344023332307</v>
       </c>
       <c r="H5" s="8">
         <v>34852.293081943331</v>
       </c>
       <c r="I5" s="19">
@@ -1547,51 +1551,51 @@
       <c r="V5" s="8">
         <v>19796.665560556805</v>
       </c>
       <c r="W5" s="19">
         <v>79.265682442067458</v>
       </c>
       <c r="X5" s="8">
         <v>35066.506882001857</v>
       </c>
       <c r="Y5" s="19">
         <v>93.52860347813386</v>
       </c>
       <c r="Z5" s="8">
         <v>21654.321464981251</v>
       </c>
       <c r="AA5" s="19">
         <v>54.439305690902785</v>
       </c>
       <c r="AB5" s="8">
         <v>37479.60101494124</v>
       </c>
       <c r="AC5" s="20">
         <v>109.96206621377456</v>
       </c>
     </row>
-    <row r="6" spans="1:29">
+    <row r="6" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A6" s="18" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="9">
         <v>30090.587152818076</v>
       </c>
       <c r="C6" s="19">
         <v>75.632879783541412</v>
       </c>
       <c r="D6" s="8">
         <v>20273.258218832183</v>
       </c>
       <c r="E6" s="19">
         <v>79.452000653392801</v>
       </c>
       <c r="F6" s="8">
         <v>43609.603794799281</v>
       </c>
       <c r="G6" s="19">
         <v>114.98143984994698</v>
       </c>
       <c r="H6" s="8">
         <v>37668.830175968717</v>
       </c>
       <c r="I6" s="19">
@@ -1636,51 +1640,51 @@
       <c r="V6" s="8">
         <v>31702.909347400753</v>
       </c>
       <c r="W6" s="19">
         <v>126.93818244965291</v>
       </c>
       <c r="X6" s="8">
         <v>34820.533439049257</v>
       </c>
       <c r="Y6" s="19">
         <v>92.872548608184076</v>
       </c>
       <c r="Z6" s="8" t="s">
         <v>21</v>
       </c>
       <c r="AA6" s="19" t="s">
         <v>21</v>
       </c>
       <c r="AB6" s="8">
         <v>38292.405132315776</v>
       </c>
       <c r="AC6" s="20">
         <v>112.34676663088779</v>
       </c>
     </row>
-    <row r="7" spans="1:29">
+    <row r="7" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A7" s="21" t="s">
         <v>22</v>
       </c>
       <c r="B7" s="13">
         <v>32989.659128853898</v>
       </c>
       <c r="C7" s="22">
         <v>82.919715402061939</v>
       </c>
       <c r="D7" s="12">
         <v>32537.436459598142</v>
       </c>
       <c r="E7" s="22">
         <v>127.51598164158506</v>
       </c>
       <c r="F7" s="12">
         <v>54833.38398963261</v>
       </c>
       <c r="G7" s="22">
         <v>144.57415097462723</v>
       </c>
       <c r="H7" s="12">
         <v>34695.751915545698</v>
       </c>
       <c r="I7" s="22">
@@ -1725,51 +1729,51 @@
       <c r="V7" s="12">
         <v>27597.412246779517</v>
       </c>
       <c r="W7" s="22">
         <v>110.49980658028159</v>
       </c>
       <c r="X7" s="12">
         <v>35860.125135704751</v>
       </c>
       <c r="Y7" s="22">
         <v>95.645324348374984</v>
       </c>
       <c r="Z7" s="12" t="s">
         <v>21</v>
       </c>
       <c r="AA7" s="22" t="s">
         <v>21</v>
       </c>
       <c r="AB7" s="12">
         <v>36313.159533940103</v>
       </c>
       <c r="AC7" s="23">
         <v>106.53982286285928</v>
       </c>
     </row>
-    <row r="8" spans="1:29">
+    <row r="8" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A8" s="15" t="s">
         <v>23</v>
       </c>
       <c r="B8" s="2">
         <v>42711.627716263218</v>
       </c>
       <c r="C8" s="16">
         <v>107.35594450243136</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="16" t="s">
         <v>21</v>
       </c>
       <c r="F8" s="1">
         <v>33416.672116541551</v>
       </c>
       <c r="G8" s="16">
         <v>88.106672397967088</v>
       </c>
       <c r="H8" s="1">
         <v>30866.611005803039</v>
       </c>
       <c r="I8" s="16">
@@ -1814,51 +1818,51 @@
       <c r="V8" s="1">
         <v>40136.608591132703</v>
       </c>
       <c r="W8" s="16">
         <v>160.70664330588403</v>
       </c>
       <c r="X8" s="1">
         <v>35150.555058756399</v>
       </c>
       <c r="Y8" s="16">
         <v>93.752774896837977</v>
       </c>
       <c r="Z8" s="1">
         <v>24026.80832261061</v>
       </c>
       <c r="AA8" s="16">
         <v>60.403775069405462</v>
       </c>
       <c r="AB8" s="1">
         <v>36387.089767308236</v>
       </c>
       <c r="AC8" s="17">
         <v>106.75672808587875</v>
       </c>
     </row>
-    <row r="9" spans="1:29">
+    <row r="9" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A9" s="18" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C9" s="19" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="8">
         <v>51835.164818671525</v>
       </c>
       <c r="E9" s="19">
         <v>203.14482776212816</v>
       </c>
       <c r="F9" s="8">
         <v>50283.387753961739</v>
       </c>
       <c r="G9" s="19">
         <v>132.57759349726564</v>
       </c>
       <c r="H9" s="8">
         <v>26975.618322671588</v>
       </c>
       <c r="I9" s="19">
@@ -1903,51 +1907,51 @@
       <c r="V9" s="8">
         <v>36395.413433489004</v>
       </c>
       <c r="W9" s="19">
         <v>145.7269293529225</v>
       </c>
       <c r="X9" s="8">
         <v>38350.350076453986</v>
       </c>
       <c r="Y9" s="19">
         <v>102.28719665799576</v>
       </c>
       <c r="Z9" s="8">
         <v>28255.037225247219</v>
       </c>
       <c r="AA9" s="19">
         <v>71.033609217475544</v>
       </c>
       <c r="AB9" s="8">
         <v>37469.403515442689</v>
       </c>
       <c r="AC9" s="20">
         <v>109.93214758911718</v>
       </c>
     </row>
-    <row r="10" spans="1:29">
+    <row r="10" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A10" s="18" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="9">
         <v>22288.063508951484</v>
       </c>
       <c r="C10" s="19">
         <v>56.02118760326654</v>
       </c>
       <c r="D10" s="8">
         <v>46291.407867471862</v>
       </c>
       <c r="E10" s="19">
         <v>181.41854301033564</v>
       </c>
       <c r="F10" s="8">
         <v>36057.078997205725</v>
       </c>
       <c r="G10" s="19">
         <v>95.068390884496409</v>
       </c>
       <c r="H10" s="8">
         <v>34203.877715021961</v>
       </c>
       <c r="I10" s="19">
@@ -1992,51 +1996,51 @@
       <c r="V10" s="8">
         <v>25587.5540124611</v>
       </c>
       <c r="W10" s="19">
         <v>102.45235111018083</v>
       </c>
       <c r="X10" s="8">
         <v>37195.377135820978</v>
       </c>
       <c r="Y10" s="19">
         <v>99.206678642445084</v>
       </c>
       <c r="Z10" s="8">
         <v>22413.020443273526</v>
       </c>
       <c r="AA10" s="19">
         <v>56.346686888389065</v>
       </c>
       <c r="AB10" s="8">
         <v>35682.279281881456</v>
       </c>
       <c r="AC10" s="20">
         <v>104.68887210107876</v>
       </c>
     </row>
-    <row r="11" spans="1:29">
+    <row r="11" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A11" s="21" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="13">
         <v>30072.969917882128</v>
       </c>
       <c r="C11" s="22">
         <v>75.588598752890121</v>
       </c>
       <c r="D11" s="12" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="22" t="s">
         <v>21</v>
       </c>
       <c r="F11" s="12">
         <v>39266.810582397513</v>
       </c>
       <c r="G11" s="22">
         <v>103.53119556701034</v>
       </c>
       <c r="H11" s="12">
         <v>27315.78291877481</v>
       </c>
       <c r="I11" s="22">
@@ -2081,51 +2085,51 @@
       <c r="V11" s="12" t="s">
         <v>21</v>
       </c>
       <c r="W11" s="22" t="s">
         <v>21</v>
       </c>
       <c r="X11" s="12">
         <v>37702.167879593973</v>
       </c>
       <c r="Y11" s="22">
         <v>100.55837958831435</v>
       </c>
       <c r="Z11" s="12" t="s">
         <v>21</v>
       </c>
       <c r="AA11" s="22" t="s">
         <v>21</v>
       </c>
       <c r="AB11" s="12">
         <v>33416.046781715697</v>
       </c>
       <c r="AC11" s="23">
         <v>98.039932371445786</v>
       </c>
     </row>
-    <row r="12" spans="1:29">
+    <row r="12" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A12" s="15" t="s">
         <v>0</v>
       </c>
       <c r="B12" s="2">
         <v>39785.060728794488</v>
       </c>
       <c r="C12" s="16">
         <v>100</v>
       </c>
       <c r="D12" s="1">
         <v>25516.359628593524</v>
       </c>
       <c r="E12" s="16">
         <v>100</v>
       </c>
       <c r="F12" s="1">
         <v>37927.515824911105</v>
       </c>
       <c r="G12" s="16">
         <v>100</v>
       </c>
       <c r="H12" s="1">
         <v>33867.359374293315</v>
       </c>
       <c r="I12" s="16">
@@ -2170,51 +2174,51 @@
       <c r="V12" s="1">
         <v>24975.077423985473</v>
       </c>
       <c r="W12" s="16">
         <v>100</v>
       </c>
       <c r="X12" s="1">
         <v>37492.815649920492</v>
       </c>
       <c r="Y12" s="16">
         <v>100</v>
       </c>
       <c r="Z12" s="1">
         <v>39776.997869757644</v>
       </c>
       <c r="AA12" s="16">
         <v>100</v>
       </c>
       <c r="AB12" s="1">
         <v>34084.118556010093</v>
       </c>
       <c r="AC12" s="17">
         <v>100</v>
       </c>
     </row>
-    <row r="13" spans="1:29">
+    <row r="13" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A13" s="18" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C13" s="19" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="8">
         <v>43649.434454496986</v>
       </c>
       <c r="E13" s="19">
         <v>171.06450563419563</v>
       </c>
       <c r="F13" s="8">
         <v>40335.086836808478</v>
       </c>
       <c r="G13" s="19">
         <v>106.34782152095514</v>
       </c>
       <c r="H13" s="8">
         <v>38732.76700815255</v>
       </c>
       <c r="I13" s="19">
@@ -2259,51 +2263,51 @@
       <c r="V13" s="8">
         <v>38104.932677342644</v>
       </c>
       <c r="W13" s="19">
         <v>152.57183003063514</v>
       </c>
       <c r="X13" s="8">
         <v>38759.359851015026</v>
       </c>
       <c r="Y13" s="19">
         <v>103.37809838802336</v>
       </c>
       <c r="Z13" s="8">
         <v>32452.936212298882</v>
       </c>
       <c r="AA13" s="19">
         <v>81.58719347940729</v>
       </c>
       <c r="AB13" s="8">
         <v>37076.044896851716</v>
       </c>
       <c r="AC13" s="20">
         <v>108.77806576081768</v>
       </c>
     </row>
-    <row r="14" spans="1:29">
+    <row r="14" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A14" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="9">
         <v>29420.056330456075</v>
       </c>
       <c r="C14" s="19">
         <v>73.947496350466224</v>
       </c>
       <c r="D14" s="8">
         <v>39052.375292530662</v>
       </c>
       <c r="E14" s="19">
         <v>153.04838096406485</v>
       </c>
       <c r="F14" s="8">
         <v>38727.191292628195</v>
       </c>
       <c r="G14" s="19">
         <v>102.10843091176527</v>
       </c>
       <c r="H14" s="8">
         <v>33578.134637956748</v>
       </c>
       <c r="I14" s="19">
@@ -2348,51 +2352,51 @@
       <c r="V14" s="8" t="s">
         <v>21</v>
       </c>
       <c r="W14" s="19" t="s">
         <v>21</v>
       </c>
       <c r="X14" s="8">
         <v>36964.005055837217</v>
       </c>
       <c r="Y14" s="19">
         <v>98.589568201489826</v>
       </c>
       <c r="Z14" s="8">
         <v>38286.603354239553</v>
       </c>
       <c r="AA14" s="19">
         <v>96.253124681761776</v>
       </c>
       <c r="AB14" s="8">
         <v>37212.970553069514</v>
       </c>
       <c r="AC14" s="20">
         <v>109.17979437231979</v>
       </c>
     </row>
-    <row r="15" spans="1:29">
+    <row r="15" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A15" s="21" t="s">
         <v>29</v>
       </c>
       <c r="B15" s="13">
         <v>40317.367369858708</v>
       </c>
       <c r="C15" s="22">
         <v>101.33795608530758</v>
       </c>
       <c r="D15" s="12" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="22" t="s">
         <v>21</v>
       </c>
       <c r="F15" s="12">
         <v>29422.810065782014</v>
       </c>
       <c r="G15" s="22">
         <v>77.576422884139618</v>
       </c>
       <c r="H15" s="12">
         <v>25909.451861108522</v>
       </c>
       <c r="I15" s="22">
@@ -2437,51 +2441,51 @@
       <c r="V15" s="12">
         <v>36563.742601711499</v>
       </c>
       <c r="W15" s="22">
         <v>146.40091792707136</v>
       </c>
       <c r="X15" s="12">
         <v>37789.198169857547</v>
       </c>
       <c r="Y15" s="22">
         <v>100.79050483352452</v>
       </c>
       <c r="Z15" s="12" t="s">
         <v>21</v>
       </c>
       <c r="AA15" s="22" t="s">
         <v>21</v>
       </c>
       <c r="AB15" s="12">
         <v>35198.903968167702</v>
       </c>
       <c r="AC15" s="23">
         <v>103.27068869428351</v>
       </c>
     </row>
-    <row r="16" spans="1:29">
+    <row r="16" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="B16" s="2">
         <v>31552.197611895033</v>
       </c>
       <c r="C16" s="16">
         <v>79.306646851638689</v>
       </c>
       <c r="D16" s="1">
         <v>43689.521811668383</v>
       </c>
       <c r="E16" s="16">
         <v>171.22161016538618</v>
       </c>
       <c r="F16" s="1">
         <v>34444.800126964037</v>
       </c>
       <c r="G16" s="16">
         <v>90.817443161780744</v>
       </c>
       <c r="H16" s="1">
         <v>28035.733853734164</v>
       </c>
       <c r="I16" s="16">
@@ -2526,51 +2530,51 @@
       <c r="V16" s="1">
         <v>27114.659608746806</v>
       </c>
       <c r="W16" s="16">
         <v>108.56686907687634</v>
       </c>
       <c r="X16" s="1">
         <v>39844.084922314847</v>
       </c>
       <c r="Y16" s="16">
         <v>106.27125285641048</v>
       </c>
       <c r="Z16" s="1">
         <v>31288.332442616138</v>
       </c>
       <c r="AA16" s="16">
         <v>78.659361234510314</v>
       </c>
       <c r="AB16" s="1">
         <v>36034.388345264852</v>
       </c>
       <c r="AC16" s="17">
         <v>105.72193112768898</v>
       </c>
     </row>
-    <row r="17" spans="1:29">
+    <row r="17" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A17" s="18" t="s">
         <v>31</v>
       </c>
       <c r="B17" s="9">
         <v>31565.228802895264</v>
       </c>
       <c r="C17" s="19">
         <v>79.339400832056256</v>
       </c>
       <c r="D17" s="8">
         <v>49796.577258205834</v>
       </c>
       <c r="E17" s="19">
         <v>195.15549233129636</v>
       </c>
       <c r="F17" s="8">
         <v>41894.185863467828</v>
       </c>
       <c r="G17" s="19">
         <v>110.45855483092669</v>
       </c>
       <c r="H17" s="8">
         <v>28859.425503911043</v>
       </c>
       <c r="I17" s="19">
@@ -2615,51 +2619,51 @@
       <c r="V17" s="8">
         <v>43073.522221384505</v>
       </c>
       <c r="W17" s="19">
         <v>172.46602078605656</v>
       </c>
       <c r="X17" s="8">
         <v>39576.940607977231</v>
       </c>
       <c r="Y17" s="19">
         <v>105.55873151143599</v>
       </c>
       <c r="Z17" s="8">
         <v>29691.916974844153</v>
       </c>
       <c r="AA17" s="19">
         <v>74.645947570163017</v>
       </c>
       <c r="AB17" s="8">
         <v>34472.834946268478</v>
       </c>
       <c r="AC17" s="20">
         <v>101.14046191225282</v>
       </c>
     </row>
-    <row r="18" spans="1:29">
+    <row r="18" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A18" s="18" t="s">
         <v>32</v>
       </c>
       <c r="B18" s="9">
         <v>15632.060923715801</v>
       </c>
       <c r="C18" s="19">
         <v>39.291283304243088</v>
       </c>
       <c r="D18" s="8">
         <v>49796.577258205834</v>
       </c>
       <c r="E18" s="19">
         <v>195.15549233129636</v>
       </c>
       <c r="F18" s="8">
         <v>30203.716058963226</v>
       </c>
       <c r="G18" s="19">
         <v>79.635366045052649</v>
       </c>
       <c r="H18" s="8">
         <v>22620.435919113839</v>
       </c>
       <c r="I18" s="19">
@@ -2704,51 +2708,51 @@
       <c r="V18" s="8">
         <v>28022.337282829249</v>
       </c>
       <c r="W18" s="19">
         <v>112.20120285159661</v>
       </c>
       <c r="X18" s="8">
         <v>38624.098841365878</v>
       </c>
       <c r="Y18" s="19">
         <v>103.01733324594358</v>
       </c>
       <c r="Z18" s="8">
         <v>27635.354605359898</v>
       </c>
       <c r="AA18" s="19">
         <v>69.475717337559544</v>
       </c>
       <c r="AB18" s="8">
         <v>34787.766241121943</v>
       </c>
       <c r="AC18" s="20">
         <v>102.0644444243308</v>
       </c>
     </row>
-    <row r="19" spans="1:29">
+    <row r="19" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A19" s="21" t="s">
         <v>33</v>
       </c>
       <c r="B19" s="13">
         <v>15632.060923715801</v>
       </c>
       <c r="C19" s="22">
         <v>39.291283304243088</v>
       </c>
       <c r="D19" s="12" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="22" t="s">
         <v>21</v>
       </c>
       <c r="F19" s="12">
         <v>31633.767161996635</v>
       </c>
       <c r="G19" s="22">
         <v>83.405850538777742</v>
       </c>
       <c r="H19" s="12">
         <v>65026.742772125654</v>
       </c>
       <c r="I19" s="22">
@@ -2793,51 +2797,51 @@
       <c r="V19" s="12">
         <v>40650.082214115384</v>
       </c>
       <c r="W19" s="22">
         <v>162.76258737470823</v>
       </c>
       <c r="X19" s="12">
         <v>39695.89773046341</v>
       </c>
       <c r="Y19" s="22">
         <v>105.8760112900392</v>
       </c>
       <c r="Z19" s="12">
         <v>32508.168630741824</v>
       </c>
       <c r="AA19" s="22">
         <v>81.726048650488295</v>
       </c>
       <c r="AB19" s="12">
         <v>37061.500922577521</v>
       </c>
       <c r="AC19" s="23">
         <v>108.73539493672024</v>
       </c>
     </row>
-    <row r="20" spans="1:29">
+    <row r="20" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A20" s="15" t="s">
         <v>34</v>
       </c>
       <c r="B20" s="2">
         <v>24849.324149624776</v>
       </c>
       <c r="C20" s="16">
         <v>62.458932308830292</v>
       </c>
       <c r="D20" s="1">
         <v>36529.210698834409</v>
       </c>
       <c r="E20" s="16">
         <v>143.15996180701237</v>
       </c>
       <c r="F20" s="1">
         <v>30539.719342456676</v>
       </c>
       <c r="G20" s="16">
         <v>80.521275064363522</v>
       </c>
       <c r="H20" s="1">
         <v>30209.162312052362</v>
       </c>
       <c r="I20" s="16">
@@ -2882,51 +2886,51 @@
       <c r="V20" s="1">
         <v>31694.919460801058</v>
       </c>
       <c r="W20" s="16">
         <v>126.90619101089156</v>
       </c>
       <c r="X20" s="1">
         <v>39978.40178689039</v>
       </c>
       <c r="Y20" s="16">
         <v>106.62949979585001</v>
       </c>
       <c r="Z20" s="1" t="s">
         <v>21</v>
       </c>
       <c r="AA20" s="16" t="s">
         <v>21</v>
       </c>
       <c r="AB20" s="1">
         <v>35538.872315823297</v>
       </c>
       <c r="AC20" s="17">
         <v>104.26812785967347</v>
       </c>
     </row>
-    <row r="21" spans="1:29">
+    <row r="21" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A21" s="18" t="s">
         <v>35</v>
       </c>
       <c r="B21" s="9">
         <v>25377.139135898513</v>
       </c>
       <c r="C21" s="19">
         <v>63.7855985916135</v>
       </c>
       <c r="D21" s="8">
         <v>32598.732685699619</v>
       </c>
       <c r="E21" s="19">
         <v>127.75620488264956</v>
       </c>
       <c r="F21" s="8">
         <v>32925.724004330143</v>
       </c>
       <c r="G21" s="19">
         <v>86.8122345695635</v>
       </c>
       <c r="H21" s="8">
         <v>89428.332358283777</v>
       </c>
       <c r="I21" s="19">
@@ -2971,51 +2975,51 @@
       <c r="V21" s="8">
         <v>35116.439914225426</v>
       </c>
       <c r="W21" s="19">
         <v>140.60593013617819</v>
       </c>
       <c r="X21" s="8">
         <v>43771.612985628941</v>
       </c>
       <c r="Y21" s="19">
         <v>116.74666793322513</v>
       </c>
       <c r="Z21" s="8" t="s">
         <v>21</v>
       </c>
       <c r="AA21" s="19" t="s">
         <v>21</v>
       </c>
       <c r="AB21" s="8">
         <v>34140.012080684064</v>
       </c>
       <c r="AC21" s="20">
         <v>100.16398700345476</v>
       </c>
     </row>
-    <row r="22" spans="1:29">
+    <row r="22" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A22" s="18" t="s">
         <v>36</v>
       </c>
       <c r="B22" s="9">
         <v>24401.182479000847</v>
       </c>
       <c r="C22" s="19">
         <v>61.332525405297325</v>
       </c>
       <c r="D22" s="8">
         <v>27982.702558769011</v>
       </c>
       <c r="E22" s="19">
         <v>109.66573196989948</v>
       </c>
       <c r="F22" s="8">
         <v>32868.736199188112</v>
       </c>
       <c r="G22" s="19">
         <v>86.661980054068437</v>
       </c>
       <c r="H22" s="8">
         <v>34888.948985814277</v>
       </c>
       <c r="I22" s="19">
@@ -3060,51 +3064,51 @@
       <c r="V22" s="8">
         <v>35116.439914225426</v>
       </c>
       <c r="W22" s="19">
         <v>140.60593013617819</v>
       </c>
       <c r="X22" s="8">
         <v>41632.853877125031</v>
       </c>
       <c r="Y22" s="19">
         <v>111.04221743669795</v>
       </c>
       <c r="Z22" s="8">
         <v>33039.981874675621</v>
       </c>
       <c r="AA22" s="19">
         <v>83.063035533397652</v>
       </c>
       <c r="AB22" s="8">
         <v>34570.341910923686</v>
       </c>
       <c r="AC22" s="20">
         <v>101.4265393253887</v>
       </c>
     </row>
-    <row r="23" spans="1:29">
+    <row r="23" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A23" s="21" t="s">
         <v>37</v>
       </c>
       <c r="B23" s="9">
         <v>23625.743045656101</v>
       </c>
       <c r="C23" s="19">
         <v>59.383453519669857</v>
       </c>
       <c r="D23" s="8">
         <v>26998.334322384442</v>
       </c>
       <c r="E23" s="19">
         <v>105.80793935875643</v>
       </c>
       <c r="F23" s="8">
         <v>29142.273174348647</v>
       </c>
       <c r="G23" s="19">
         <v>76.836757010085449</v>
       </c>
       <c r="H23" s="8">
         <v>24990.695494221021</v>
       </c>
       <c r="I23" s="19">
@@ -3149,51 +3153,51 @@
       <c r="V23" s="8">
         <v>35007.28882151303</v>
       </c>
       <c r="W23" s="19">
         <v>140.16889007876651</v>
       </c>
       <c r="X23" s="8">
         <v>38543.942377808453</v>
       </c>
       <c r="Y23" s="19">
         <v>102.80354171770556</v>
       </c>
       <c r="Z23" s="8">
         <v>28338.02175217796</v>
       </c>
       <c r="AA23" s="19">
         <v>71.242233626995983</v>
       </c>
       <c r="AB23" s="8">
         <v>35129.378903948651</v>
       </c>
       <c r="AC23" s="20">
         <v>103.06670787516741</v>
       </c>
     </row>
-    <row r="24" spans="1:29">
+    <row r="24" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A24" s="15" t="s">
         <v>38</v>
       </c>
       <c r="B24" s="2">
         <v>29366.345065108864</v>
       </c>
       <c r="C24" s="16">
         <v>73.812492747698471</v>
       </c>
       <c r="D24" s="1">
         <v>35240.728800193334</v>
       </c>
       <c r="E24" s="16">
         <v>138.11033122727557</v>
       </c>
       <c r="F24" s="1">
         <v>33736.167014082217</v>
       </c>
       <c r="G24" s="16">
         <v>88.949055271170764</v>
       </c>
       <c r="H24" s="1">
         <v>26818.927068759913</v>
       </c>
       <c r="I24" s="16">
@@ -3238,51 +3242,51 @@
       <c r="V24" s="1">
         <v>37438.596228991773</v>
       </c>
       <c r="W24" s="16">
         <v>149.90382449440028</v>
       </c>
       <c r="X24" s="1">
         <v>36929.240299090394</v>
       </c>
       <c r="Y24" s="16">
         <v>98.496844419228637</v>
       </c>
       <c r="Z24" s="1">
         <v>36358.257899388947</v>
       </c>
       <c r="AA24" s="16">
         <v>91.405233794760676</v>
       </c>
       <c r="AB24" s="1">
         <v>34362.280171221559</v>
       </c>
       <c r="AC24" s="17">
         <v>100.81610329677255</v>
       </c>
     </row>
-    <row r="25" spans="1:29">
+    <row r="25" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A25" s="18" t="s">
         <v>39</v>
       </c>
       <c r="B25" s="9">
         <v>30418.216992551614</v>
       </c>
       <c r="C25" s="19">
         <v>76.456379443292874</v>
       </c>
       <c r="D25" s="8">
         <v>33716.797896998592</v>
       </c>
       <c r="E25" s="19">
         <v>132.13796320387212</v>
       </c>
       <c r="F25" s="8">
         <v>37678.76287373549</v>
       </c>
       <c r="G25" s="19">
         <v>99.344135924103341</v>
       </c>
       <c r="H25" s="8">
         <v>26752.847165911095</v>
       </c>
       <c r="I25" s="19">
@@ -3327,51 +3331,51 @@
       <c r="V25" s="8">
         <v>40263.406035344873</v>
       </c>
       <c r="W25" s="19">
         <v>161.21433920631952</v>
       </c>
       <c r="X25" s="8">
         <v>40004.414540444348</v>
       </c>
       <c r="Y25" s="19">
         <v>106.69888043078777</v>
       </c>
       <c r="Z25" s="8">
         <v>33520.594865198844</v>
       </c>
       <c r="AA25" s="19">
         <v>84.271304171711932</v>
       </c>
       <c r="AB25" s="8">
         <v>36175.59213324853</v>
       </c>
       <c r="AC25" s="20">
         <v>106.13621142586258</v>
       </c>
     </row>
-    <row r="26" spans="1:29">
+    <row r="26" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A26" s="18" t="s">
         <v>40</v>
       </c>
       <c r="B26" s="9">
         <v>26836.745225429979</v>
       </c>
       <c r="C26" s="19">
         <v>67.454327664270352</v>
       </c>
       <c r="D26" s="8">
         <v>34726.357561057572</v>
       </c>
       <c r="E26" s="19">
         <v>136.09448238902922</v>
       </c>
       <c r="F26" s="8">
         <v>35073.62782263822</v>
       </c>
       <c r="G26" s="19">
         <v>92.475415433355565</v>
       </c>
       <c r="H26" s="8">
         <v>25049.966559598193</v>
       </c>
       <c r="I26" s="19">
@@ -3416,51 +3420,51 @@
       <c r="V26" s="8">
         <v>31826.566711135431</v>
       </c>
       <c r="W26" s="19">
         <v>127.43330549426024</v>
       </c>
       <c r="X26" s="8">
         <v>39838.636755117172</v>
       </c>
       <c r="Y26" s="19">
         <v>106.25672162661823</v>
       </c>
       <c r="Z26" s="8">
         <v>33479.381772278713</v>
       </c>
       <c r="AA26" s="19">
         <v>84.167693806105476</v>
       </c>
       <c r="AB26" s="8">
         <v>37108.423938865228</v>
       </c>
       <c r="AC26" s="20">
         <v>108.87306320650576</v>
       </c>
     </row>
-    <row r="27" spans="1:29">
+    <row r="27" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A27" s="21" t="s">
         <v>41</v>
       </c>
       <c r="B27" s="9">
         <v>26502.590799997495</v>
       </c>
       <c r="C27" s="19">
         <v>66.614428417388865</v>
       </c>
       <c r="D27" s="8">
         <v>34974.503442080349</v>
       </c>
       <c r="E27" s="19">
         <v>137.0669795815547</v>
       </c>
       <c r="F27" s="8">
         <v>39747.210886607587</v>
       </c>
       <c r="G27" s="19">
         <v>104.79782295813133</v>
       </c>
       <c r="H27" s="8">
         <v>28920.29915188238</v>
       </c>
       <c r="I27" s="19">
@@ -3505,51 +3509,51 @@
       <c r="V27" s="8">
         <v>35233.767153528097</v>
       </c>
       <c r="W27" s="19">
         <v>141.07570741578732</v>
       </c>
       <c r="X27" s="8">
         <v>35705.980425856513</v>
       </c>
       <c r="Y27" s="19">
         <v>95.234193023143177</v>
       </c>
       <c r="Z27" s="8">
         <v>40656.982870195592</v>
       </c>
       <c r="AA27" s="19">
         <v>102.21229617006114</v>
       </c>
       <c r="AB27" s="8">
         <v>36493.366023610615</v>
       </c>
       <c r="AC27" s="20">
         <v>107.06853387932398</v>
       </c>
     </row>
-    <row r="28" spans="1:29">
+    <row r="28" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A28" s="18" t="s">
         <v>42</v>
       </c>
       <c r="B28" s="2">
         <v>31268.795320303372</v>
       </c>
       <c r="C28" s="16">
         <v>78.594313411899719</v>
       </c>
       <c r="D28" s="1">
         <v>33858.97842280435</v>
       </c>
       <c r="E28" s="16">
         <v>132.69517641090982</v>
       </c>
       <c r="F28" s="1">
         <v>36465.940901765804</v>
       </c>
       <c r="G28" s="16">
         <v>96.146399543032217</v>
       </c>
       <c r="H28" s="1">
         <v>34688.442873123939</v>
       </c>
       <c r="I28" s="16">
@@ -3594,51 +3598,51 @@
       <c r="V28" s="1">
         <v>43117.908713246543</v>
       </c>
       <c r="W28" s="16">
         <v>172.64374392624356</v>
       </c>
       <c r="X28" s="1">
         <v>38281.196833211448</v>
       </c>
       <c r="Y28" s="16">
         <v>102.10275267307811</v>
       </c>
       <c r="Z28" s="1">
         <v>35038.998976793984</v>
       </c>
       <c r="AA28" s="16">
         <v>88.088596056250012</v>
       </c>
       <c r="AB28" s="1">
         <v>36439.03681862363</v>
       </c>
       <c r="AC28" s="17">
         <v>106.90913646114603</v>
       </c>
     </row>
-    <row r="29" spans="1:29">
+    <row r="29" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A29" s="18" t="s">
         <v>43</v>
       </c>
       <c r="B29" s="9">
         <v>26975.173233082558</v>
       </c>
       <c r="C29" s="19">
         <v>67.802267330860815</v>
       </c>
       <c r="D29" s="8">
         <v>30521.680850926496</v>
       </c>
       <c r="E29" s="19">
         <v>119.61612587057297</v>
       </c>
       <c r="F29" s="8">
         <v>38467.816866162502</v>
       </c>
       <c r="G29" s="19">
         <v>101.42456216680694</v>
       </c>
       <c r="H29" s="8">
         <v>28896.832674863821</v>
       </c>
       <c r="I29" s="19">
@@ -3683,51 +3687,51 @@
       <c r="V29" s="8">
         <v>33259.15612717453</v>
       </c>
       <c r="W29" s="19">
         <v>133.16938146999786</v>
       </c>
       <c r="X29" s="8">
         <v>39323.978176420671</v>
       </c>
       <c r="Y29" s="19">
         <v>104.8840357672739</v>
       </c>
       <c r="Z29" s="8">
         <v>37160.687351409484</v>
       </c>
       <c r="AA29" s="19">
         <v>93.422554092908712</v>
       </c>
       <c r="AB29" s="8">
         <v>41019.438772670037</v>
       </c>
       <c r="AC29" s="20">
         <v>120.34765899919988</v>
       </c>
     </row>
-    <row r="30" spans="1:29">
+    <row r="30" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A30" s="18" t="s">
         <v>44</v>
       </c>
       <c r="B30" s="9">
         <v>23915.491729779162</v>
       </c>
       <c r="C30" s="19">
         <v>60.111738656893124</v>
       </c>
       <c r="D30" s="8">
         <v>27990.409732518463</v>
       </c>
       <c r="E30" s="19">
         <v>109.69593680264849</v>
       </c>
       <c r="F30" s="8">
         <v>37955.188839582959</v>
       </c>
       <c r="G30" s="19">
         <v>100.07296289796463</v>
       </c>
       <c r="H30" s="8">
         <v>31789.649689547361</v>
       </c>
       <c r="I30" s="19">
@@ -3772,51 +3776,51 @@
       <c r="V30" s="8">
         <v>39102.716285401213</v>
       </c>
       <c r="W30" s="19">
         <v>156.56694720733034</v>
       </c>
       <c r="X30" s="8">
         <v>43485.526030414003</v>
       </c>
       <c r="Y30" s="19">
         <v>115.98362319983889</v>
       </c>
       <c r="Z30" s="8">
         <v>34010.784543616661</v>
       </c>
       <c r="AA30" s="19">
         <v>85.503648754434977</v>
       </c>
       <c r="AB30" s="8">
         <v>45166.611251941657</v>
       </c>
       <c r="AC30" s="20">
         <v>132.5151218967855</v>
       </c>
     </row>
-    <row r="31" spans="1:29">
+    <row r="31" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A31" s="21" t="s">
         <v>45</v>
       </c>
       <c r="B31" s="13">
         <v>34225.647109380923</v>
       </c>
       <c r="C31" s="22">
         <v>86.026378953369459</v>
       </c>
       <c r="D31" s="12">
         <v>43742.337666819556</v>
       </c>
       <c r="E31" s="22">
         <v>171.42859837185426</v>
       </c>
       <c r="F31" s="12">
         <v>40816.270357666785</v>
       </c>
       <c r="G31" s="22">
         <v>107.61651394752916</v>
       </c>
       <c r="H31" s="12">
         <v>32126.367720804643</v>
       </c>
       <c r="I31" s="22">
@@ -3861,51 +3865,51 @@
       <c r="V31" s="12">
         <v>34760.416930455234</v>
       </c>
       <c r="W31" s="22">
         <v>139.18041710282009</v>
       </c>
       <c r="X31" s="12">
         <v>44229.305718158714</v>
       </c>
       <c r="Y31" s="22">
         <v>117.96741576076457</v>
       </c>
       <c r="Z31" s="12" t="s">
         <v>21</v>
       </c>
       <c r="AA31" s="22" t="s">
         <v>21</v>
       </c>
       <c r="AB31" s="12">
         <v>46150.598983263342</v>
       </c>
       <c r="AC31" s="23">
         <v>135.40206095523496</v>
       </c>
     </row>
-    <row r="32" spans="1:29">
+    <row r="32" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A32" s="18" t="s">
         <v>46</v>
       </c>
       <c r="B32" s="2">
         <v>36591.497560661177</v>
       </c>
       <c r="C32" s="16">
         <v>91.972958920678565</v>
       </c>
       <c r="D32" s="1">
         <v>30536.011628393484</v>
       </c>
       <c r="E32" s="16">
         <v>119.67228896623232</v>
       </c>
       <c r="F32" s="1">
         <v>38748.148688260742</v>
       </c>
       <c r="G32" s="16">
         <v>102.16368735336638</v>
       </c>
       <c r="H32" s="1">
         <v>34678.73579075493</v>
       </c>
       <c r="I32" s="16">
@@ -3950,51 +3954,51 @@
       <c r="V32" s="1">
         <v>37579.389365402494</v>
       </c>
       <c r="W32" s="16">
         <v>150.4675590287145</v>
       </c>
       <c r="X32" s="1">
         <v>43914.305657503595</v>
       </c>
       <c r="Y32" s="16">
         <v>117.12725463870761</v>
       </c>
       <c r="Z32" s="1">
         <v>40005.284605821747</v>
       </c>
       <c r="AA32" s="16">
         <v>100.57391645496119</v>
       </c>
       <c r="AB32" s="1">
         <v>45685.096343965211</v>
       </c>
       <c r="AC32" s="17">
         <v>134.03631450492506</v>
       </c>
     </row>
-    <row r="33" spans="1:29">
+    <row r="33" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A33" s="18" t="s">
         <v>47</v>
       </c>
       <c r="B33" s="9">
         <v>36618.47656595771</v>
       </c>
       <c r="C33" s="19">
         <v>92.040770819924973</v>
       </c>
       <c r="D33" s="8">
         <v>34761.566770292477</v>
       </c>
       <c r="E33" s="19">
         <v>136.23246919336728</v>
       </c>
       <c r="F33" s="8">
         <v>40597.899938343762</v>
       </c>
       <c r="G33" s="19">
         <v>107.04075670486894</v>
       </c>
       <c r="H33" s="8">
         <v>35705.04665935025</v>
       </c>
       <c r="I33" s="19">
@@ -4039,51 +4043,51 @@
       <c r="V33" s="8">
         <v>31394.149187412728</v>
       </c>
       <c r="W33" s="19">
         <v>125.70190936530403</v>
       </c>
       <c r="X33" s="8">
         <v>44686.887544733458</v>
       </c>
       <c r="Y33" s="19">
         <v>119.18786778241932</v>
       </c>
       <c r="Z33" s="8">
         <v>40149.778323390325</v>
       </c>
       <c r="AA33" s="19">
         <v>100.9371759398567</v>
       </c>
       <c r="AB33" s="8">
         <v>48448.884116706431</v>
       </c>
       <c r="AC33" s="20">
         <v>142.14504047417526</v>
       </c>
     </row>
-    <row r="34" spans="1:29">
+    <row r="34" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A34" s="18" t="s">
         <v>48</v>
       </c>
       <c r="B34" s="9">
         <v>32473.895633638262</v>
       </c>
       <c r="C34" s="19">
         <v>81.623340617739061</v>
       </c>
       <c r="D34" s="8">
         <v>44916.205900918809</v>
       </c>
       <c r="E34" s="19">
         <v>176.02905177189109</v>
       </c>
       <c r="F34" s="8">
         <v>44115.062363964862</v>
       </c>
       <c r="G34" s="19">
         <v>116.31413606843644</v>
       </c>
       <c r="H34" s="8">
         <v>36694.998442932279</v>
       </c>
       <c r="I34" s="19">
@@ -4128,51 +4132,51 @@
       <c r="V34" s="8">
         <v>36948.97334071435</v>
       </c>
       <c r="W34" s="19">
         <v>147.94337856678447</v>
       </c>
       <c r="X34" s="8">
         <v>48549.831205746079</v>
       </c>
       <c r="Y34" s="19">
         <v>129.49102478476843</v>
       </c>
       <c r="Z34" s="8">
         <v>38764.460421296295</v>
       </c>
       <c r="AA34" s="19">
         <v>97.454464885015426</v>
       </c>
       <c r="AB34" s="8">
         <v>50014.397280409612</v>
       </c>
       <c r="AC34" s="20">
         <v>146.73812731352126</v>
       </c>
     </row>
-    <row r="35" spans="1:29">
+    <row r="35" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A35" s="21" t="s">
         <v>49</v>
       </c>
       <c r="B35" s="13">
         <v>37799.203626491966</v>
       </c>
       <c r="C35" s="22">
         <v>95.008535701781</v>
       </c>
       <c r="D35" s="12">
         <v>37047.236031195782</v>
       </c>
       <c r="E35" s="22">
         <v>145.19013123518141</v>
       </c>
       <c r="F35" s="12">
         <v>43405.532335473319</v>
       </c>
       <c r="G35" s="22">
         <v>114.44338336275695</v>
       </c>
       <c r="H35" s="12">
         <v>32428.139273861303</v>
       </c>
       <c r="I35" s="22">
@@ -4217,51 +4221,51 @@
       <c r="V35" s="12">
         <v>40349.70542511229</v>
       </c>
       <c r="W35" s="22">
         <v>161.55988123729054</v>
       </c>
       <c r="X35" s="12">
         <v>44669.358217837762</v>
       </c>
       <c r="Y35" s="22">
         <v>119.14111395347416</v>
       </c>
       <c r="Z35" s="12">
         <v>50801.326591784367</v>
       </c>
       <c r="AA35" s="22">
         <v>127.71533628084208</v>
       </c>
       <c r="AB35" s="12">
         <v>48831.945887865033</v>
       </c>
       <c r="AC35" s="23">
         <v>143.26891219915217</v>
       </c>
     </row>
-    <row r="36" spans="1:29">
+    <row r="36" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A36" s="18" t="s">
         <v>50</v>
       </c>
       <c r="B36" s="2">
         <v>36600.070318399921</v>
       </c>
       <c r="C36" s="16">
         <v>91.994506601093548</v>
       </c>
       <c r="D36" s="1">
         <v>37608.795961859731</v>
       </c>
       <c r="E36" s="16">
         <v>147.39091511986479</v>
       </c>
       <c r="F36" s="1">
         <v>41258.792312375233</v>
       </c>
       <c r="G36" s="16">
         <v>108.78327097098229</v>
       </c>
       <c r="H36" s="1">
         <v>44702.581507901828</v>
       </c>
       <c r="I36" s="16">
@@ -4306,51 +4310,51 @@
       <c r="V36" s="1">
         <v>33504.604770561789</v>
       </c>
       <c r="W36" s="16">
         <v>134.15215577423899</v>
       </c>
       <c r="X36" s="1">
         <v>46146.687396116497</v>
       </c>
       <c r="Y36" s="16">
         <v>123.08141332195292</v>
       </c>
       <c r="Z36" s="1">
         <v>64724.821635416607</v>
       </c>
       <c r="AA36" s="16">
         <v>162.7192224193137</v>
       </c>
       <c r="AB36" s="1">
         <v>50906.846521160602</v>
       </c>
       <c r="AC36" s="17">
         <v>149.35649997081745</v>
       </c>
     </row>
-    <row r="37" spans="1:29">
+    <row r="37" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A37" s="18" t="s">
         <v>51</v>
       </c>
       <c r="B37" s="9">
         <v>36664.699106268621</v>
       </c>
       <c r="C37" s="19">
         <v>92.156951465283299</v>
       </c>
       <c r="D37" s="8">
         <v>45665.561884068498</v>
       </c>
       <c r="E37" s="19">
         <v>178.96581859151988</v>
       </c>
       <c r="F37" s="8">
         <v>42065.659204758937</v>
       </c>
       <c r="G37" s="19">
         <v>110.91066285213931</v>
       </c>
       <c r="H37" s="8">
         <v>38407.70940013689</v>
       </c>
       <c r="I37" s="19">
@@ -4395,51 +4399,51 @@
       <c r="V37" s="8">
         <v>49321.155452397921</v>
       </c>
       <c r="W37" s="19">
         <v>197.48149170913501</v>
       </c>
       <c r="X37" s="8">
         <v>48175.441674007387</v>
       </c>
       <c r="Y37" s="19">
         <v>128.49246139269229</v>
       </c>
       <c r="Z37" s="8">
         <v>63329.523350754745</v>
       </c>
       <c r="AA37" s="19">
         <v>159.21142052528813</v>
       </c>
       <c r="AB37" s="8">
         <v>53511.113121166571</v>
       </c>
       <c r="AC37" s="20">
         <v>156.99720394186602</v>
       </c>
     </row>
-    <row r="38" spans="1:29">
+    <row r="38" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A38" s="18" t="s">
         <v>52</v>
       </c>
       <c r="B38" s="9">
         <v>36470.771293266516</v>
       </c>
       <c r="C38" s="19">
         <v>91.669512689396882</v>
       </c>
       <c r="D38" s="8">
         <v>47846.298385468363</v>
       </c>
       <c r="E38" s="19">
         <v>187.51224344656126</v>
       </c>
       <c r="F38" s="8">
         <v>46513.066072786809</v>
       </c>
       <c r="G38" s="19">
         <v>122.63673235945667</v>
       </c>
       <c r="H38" s="8">
         <v>40840.17515098329</v>
       </c>
       <c r="I38" s="19">
@@ -4484,51 +4488,51 @@
       <c r="V38" s="8">
         <v>41458.923551197033</v>
       </c>
       <c r="W38" s="19">
         <v>166.00118128715334</v>
       </c>
       <c r="X38" s="8">
         <v>47405.328279882749</v>
       </c>
       <c r="Y38" s="19">
         <v>126.43843215862418</v>
       </c>
       <c r="Z38" s="8">
         <v>59536.260871475126</v>
       </c>
       <c r="AA38" s="19">
         <v>149.67509882574723</v>
       </c>
       <c r="AB38" s="8">
         <v>56079.77219356384</v>
       </c>
       <c r="AC38" s="20">
         <v>164.53343835607339</v>
       </c>
     </row>
-    <row r="39" spans="1:29">
+    <row r="39" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A39" s="21" t="s">
         <v>53</v>
       </c>
       <c r="B39" s="13">
         <v>35398.354931399022</v>
       </c>
       <c r="C39" s="22">
         <v>88.973987428852709</v>
       </c>
       <c r="D39" s="12">
         <v>38484.516374141182</v>
       </c>
       <c r="E39" s="22">
         <v>150.82291100418414</v>
       </c>
       <c r="F39" s="12">
         <v>49483.952918452582</v>
       </c>
       <c r="G39" s="22">
         <v>130.46979703835788</v>
       </c>
       <c r="H39" s="12">
         <v>40114.094320028031</v>
       </c>
       <c r="I39" s="22">
@@ -4573,51 +4577,51 @@
       <c r="V39" s="12">
         <v>43729.538471664469</v>
       </c>
       <c r="W39" s="22">
         <v>175.092704335994</v>
       </c>
       <c r="X39" s="12">
         <v>46388.286649926515</v>
       </c>
       <c r="Y39" s="22">
         <v>123.72580145237741</v>
       </c>
       <c r="Z39" s="12">
         <v>65299.575398917899</v>
       </c>
       <c r="AA39" s="22">
         <v>164.16416244566562</v>
       </c>
       <c r="AB39" s="12">
         <v>58083.389157977763</v>
       </c>
       <c r="AC39" s="23">
         <v>170.41188570720968</v>
       </c>
     </row>
-    <row r="40" spans="1:29">
+    <row r="40" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A40" s="18" t="s">
         <v>54</v>
       </c>
       <c r="B40" s="2">
         <v>39428.59533790245</v>
       </c>
       <c r="C40" s="16">
         <v>99.104022001318597</v>
       </c>
       <c r="D40" s="1">
         <v>49899.122077188942</v>
       </c>
       <c r="E40" s="16">
         <v>195.55737104940391</v>
       </c>
       <c r="F40" s="1">
         <v>47077.529462477731</v>
       </c>
       <c r="G40" s="16">
         <v>124.12500117278131</v>
       </c>
       <c r="H40" s="1">
         <v>45990.35500483236</v>
       </c>
       <c r="I40" s="16">
@@ -4662,51 +4666,51 @@
       <c r="V40" s="1">
         <v>46903.307301286361</v>
       </c>
       <c r="W40" s="16">
         <v>187.80044804282184</v>
       </c>
       <c r="X40" s="1">
         <v>49019.476873784879</v>
       </c>
       <c r="Y40" s="16">
         <v>130.74365321476949</v>
       </c>
       <c r="Z40" s="1">
         <v>64017.515746560588</v>
       </c>
       <c r="AA40" s="16">
         <v>160.9410442592324</v>
       </c>
       <c r="AB40" s="1">
         <v>61640.520502973493</v>
       </c>
       <c r="AC40" s="17">
         <v>180.84821645506318</v>
       </c>
     </row>
-    <row r="41" spans="1:29">
+    <row r="41" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A41" s="18" t="s">
         <v>55</v>
       </c>
       <c r="B41" s="9">
         <v>33628.802896431494</v>
       </c>
       <c r="C41" s="19">
         <v>84.526207275819516</v>
       </c>
       <c r="D41" s="8">
         <v>57910.766826078987</v>
       </c>
       <c r="E41" s="19">
         <v>226.95544219083831</v>
       </c>
       <c r="F41" s="8">
         <v>48239.278446048382</v>
       </c>
       <c r="G41" s="19">
         <v>127.18807809280361</v>
       </c>
       <c r="H41" s="8">
         <v>50830.421128323222</v>
       </c>
       <c r="I41" s="19">
@@ -4751,51 +4755,51 @@
       <c r="V41" s="8">
         <v>44574.679158218059</v>
       </c>
       <c r="W41" s="19">
         <v>178.47664053849778</v>
       </c>
       <c r="X41" s="8">
         <v>51858.862696316944</v>
       </c>
       <c r="Y41" s="19">
         <v>138.31679962512209</v>
       </c>
       <c r="Z41" s="8">
         <v>57044.248297335907</v>
       </c>
       <c r="AA41" s="19">
         <v>143.41013991080135</v>
       </c>
       <c r="AB41" s="8">
         <v>63915.257057376562</v>
       </c>
       <c r="AC41" s="20">
         <v>187.52210638026403</v>
       </c>
     </row>
-    <row r="42" spans="1:29">
+    <row r="42" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A42" s="18" t="s">
         <v>56</v>
       </c>
       <c r="B42" s="9">
         <v>36516.60618110517</v>
       </c>
       <c r="C42" s="19">
         <v>91.784718967831637</v>
       </c>
       <c r="D42" s="8">
         <v>51672.670871789618</v>
       </c>
       <c r="E42" s="19">
         <v>202.50800515401673</v>
       </c>
       <c r="F42" s="8">
         <v>48364.715140144108</v>
       </c>
       <c r="G42" s="19">
         <v>127.51880551158526</v>
       </c>
       <c r="H42" s="8">
         <v>44278.234650763305</v>
       </c>
       <c r="I42" s="19">
@@ -4840,51 +4844,51 @@
       <c r="V42" s="8">
         <v>48723.948596785849</v>
       </c>
       <c r="W42" s="19">
         <v>195.09028048094265</v>
       </c>
       <c r="X42" s="8">
         <v>50408.036131670357</v>
       </c>
       <c r="Y42" s="19">
         <v>134.44718743543405</v>
       </c>
       <c r="Z42" s="8">
         <v>56166.846151321224</v>
       </c>
       <c r="AA42" s="19">
         <v>141.2043370774966</v>
       </c>
       <c r="AB42" s="8">
         <v>62756.582728210029</v>
       </c>
       <c r="AC42" s="20">
         <v>184.12265121388648</v>
       </c>
     </row>
-    <row r="43" spans="1:29">
+    <row r="43" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A43" s="21" t="s">
         <v>57</v>
       </c>
       <c r="B43" s="13">
         <v>37344.797592901508</v>
       </c>
       <c r="C43" s="22">
         <v>93.866383282590206</v>
       </c>
       <c r="D43" s="12">
         <v>54777.917972333133</v>
       </c>
       <c r="E43" s="22">
         <v>214.67763728705731</v>
       </c>
       <c r="F43" s="12">
         <v>49803.069356173808</v>
       </c>
       <c r="G43" s="22">
         <v>131.31118206129057</v>
       </c>
       <c r="H43" s="12">
         <v>39898.15292980989</v>
       </c>
       <c r="I43" s="22">
@@ -4929,51 +4933,51 @@
       <c r="V43" s="12">
         <v>46001.583223306872</v>
       </c>
       <c r="W43" s="22">
         <v>184.18995241683632</v>
       </c>
       <c r="X43" s="12">
         <v>49301.282082613063</v>
       </c>
       <c r="Y43" s="22">
         <v>131.49527776988285</v>
       </c>
       <c r="Z43" s="12">
         <v>56305.825213351665</v>
       </c>
       <c r="AA43" s="22">
         <v>141.5537326313931</v>
       </c>
       <c r="AB43" s="12">
         <v>63845.683771841752</v>
       </c>
       <c r="AC43" s="23">
         <v>187.31798408377432</v>
       </c>
     </row>
-    <row r="44" spans="1:29">
+    <row r="44" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A44" s="18" t="s">
         <v>58</v>
       </c>
       <c r="B44" s="2">
         <v>38911.321175692239</v>
       </c>
       <c r="C44" s="16">
         <v>97.803850146017552</v>
       </c>
       <c r="D44" s="1">
         <v>49315.71038934942</v>
       </c>
       <c r="E44" s="16">
         <v>193.27094894087654</v>
       </c>
       <c r="F44" s="1">
         <v>48018.584831982385</v>
       </c>
       <c r="G44" s="16">
         <v>126.60619549578669</v>
       </c>
       <c r="H44" s="1">
         <v>47129.672599705278</v>
       </c>
       <c r="I44" s="16">
@@ -5018,51 +5022,51 @@
       <c r="V44" s="1">
         <v>45363.342696323816</v>
       </c>
       <c r="W44" s="16">
         <v>181.63444271351062</v>
       </c>
       <c r="X44" s="1">
         <v>50254.058309106491</v>
       </c>
       <c r="Y44" s="16">
         <v>134.03650122823748</v>
       </c>
       <c r="Z44" s="1">
         <v>55513.823182802284</v>
       </c>
       <c r="AA44" s="16">
         <v>139.5626270352829</v>
       </c>
       <c r="AB44" s="1">
         <v>65427.689451640552</v>
       </c>
       <c r="AC44" s="17">
         <v>191.95945860862994</v>
       </c>
     </row>
-    <row r="45" spans="1:29">
+    <row r="45" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A45" s="18" t="s">
         <v>59</v>
       </c>
       <c r="B45" s="9">
         <v>43605.83394404703</v>
       </c>
       <c r="C45" s="19">
         <v>109.60353747176073</v>
       </c>
       <c r="D45" s="8">
         <v>49444.732240985257</v>
       </c>
       <c r="E45" s="19">
         <v>193.77659258877077</v>
       </c>
       <c r="F45" s="8">
         <v>49308.340729197182</v>
       </c>
       <c r="G45" s="19">
         <v>130.00677649657996</v>
       </c>
       <c r="H45" s="8">
         <v>50341.933509955452</v>
       </c>
       <c r="I45" s="19">
@@ -5107,51 +5111,51 @@
       <c r="V45" s="8">
         <v>53446.832731433824</v>
       </c>
       <c r="W45" s="19">
         <v>214.00066884319148</v>
       </c>
       <c r="X45" s="8">
         <v>52522.076471002627</v>
       </c>
       <c r="Y45" s="19">
         <v>140.08570858324961</v>
       </c>
       <c r="Z45" s="8">
         <v>71591.925698409003</v>
       </c>
       <c r="AA45" s="19">
         <v>179.98323034036756</v>
       </c>
       <c r="AB45" s="8">
         <v>69251.493430458984</v>
       </c>
       <c r="AC45" s="20">
         <v>203.17818492697324</v>
       </c>
     </row>
-    <row r="46" spans="1:29">
+    <row r="46" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A46" s="18" t="s">
         <v>60</v>
       </c>
       <c r="B46" s="9">
         <v>44770.422085882317</v>
       </c>
       <c r="C46" s="19">
         <v>112.53073708011125</v>
       </c>
       <c r="D46" s="8">
         <v>48298.808435563435</v>
       </c>
       <c r="E46" s="19">
         <v>189.285654923283</v>
       </c>
       <c r="F46" s="8">
         <v>54303.865137770212</v>
       </c>
       <c r="G46" s="19">
         <v>143.17801721699627</v>
       </c>
       <c r="H46" s="8">
         <v>54397.061009730263</v>
       </c>
       <c r="I46" s="19">
@@ -5196,51 +5200,51 @@
       <c r="V46" s="8">
         <v>60212.700228749287</v>
       </c>
       <c r="W46" s="19">
         <v>241.09114541091446</v>
       </c>
       <c r="X46" s="8">
         <v>54215.544507108913</v>
       </c>
       <c r="Y46" s="19">
         <v>144.60248868298555</v>
       </c>
       <c r="Z46" s="8">
         <v>56765.295925229177</v>
       </c>
       <c r="AA46" s="19">
         <v>142.70884924773998</v>
       </c>
       <c r="AB46" s="8">
         <v>71595.459476553035</v>
       </c>
       <c r="AC46" s="20">
         <v>210.05518848580732</v>
       </c>
     </row>
-    <row r="47" spans="1:29">
+    <row r="47" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A47" s="21" t="s">
         <v>61</v>
       </c>
       <c r="B47" s="13">
         <v>43893.523558553454</v>
       </c>
       <c r="C47" s="22">
         <v>110.32664712457121</v>
       </c>
       <c r="D47" s="12">
         <v>56183.651032152251</v>
       </c>
       <c r="E47" s="22">
         <v>220.18678153913888</v>
       </c>
       <c r="F47" s="12">
         <v>56580.094101365248</v>
       </c>
       <c r="G47" s="22">
         <v>149.17954121372478</v>
       </c>
       <c r="H47" s="12">
         <v>48117.247126361064</v>
       </c>
       <c r="I47" s="22">
@@ -5285,51 +5289,51 @@
       <c r="V47" s="12">
         <v>58056.088962085494</v>
       </c>
       <c r="W47" s="22">
         <v>232.45609203329155</v>
       </c>
       <c r="X47" s="12">
         <v>53276.969015289462</v>
       </c>
       <c r="Y47" s="22">
         <v>142.0991411067908</v>
       </c>
       <c r="Z47" s="12">
         <v>73456.106659467419</v>
       </c>
       <c r="AA47" s="22">
         <v>184.66981067798463</v>
       </c>
       <c r="AB47" s="12">
         <v>72684.828963919907</v>
       </c>
       <c r="AC47" s="23">
         <v>213.25130894753124</v>
       </c>
     </row>
-    <row r="48" spans="1:29">
+    <row r="48" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A48" s="18" t="s">
         <v>62</v>
       </c>
       <c r="B48" s="2">
         <v>41827.652549390012</v>
       </c>
       <c r="C48" s="16">
         <v>105.13406736895388</v>
       </c>
       <c r="D48" s="1">
         <v>58127.92111475944</v>
       </c>
       <c r="E48" s="16">
         <v>227.80648164882243</v>
       </c>
       <c r="F48" s="1">
         <v>61628.022333080771</v>
       </c>
       <c r="G48" s="16">
         <v>162.4889502850144</v>
       </c>
       <c r="H48" s="1">
         <v>56159.339074625728</v>
       </c>
       <c r="I48" s="16">
@@ -5374,51 +5378,51 @@
       <c r="V48" s="1">
         <v>57453.226539944146</v>
       </c>
       <c r="W48" s="16">
         <v>230.04223596427144</v>
       </c>
       <c r="X48" s="1">
         <v>54570.601162393141</v>
       </c>
       <c r="Y48" s="16">
         <v>145.54948785903963</v>
       </c>
       <c r="Z48" s="1" t="s">
         <v>21</v>
       </c>
       <c r="AA48" s="16" t="s">
         <v>21</v>
       </c>
       <c r="AB48" s="1">
         <v>74004.051947564862</v>
       </c>
       <c r="AC48" s="17">
         <v>217.12180065902169</v>
       </c>
     </row>
-    <row r="49" spans="1:29">
+    <row r="49" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A49" s="18" t="s">
         <v>63</v>
       </c>
       <c r="B49" s="9">
         <v>43879.795470945544</v>
       </c>
       <c r="C49" s="19">
         <v>110.29214149015358</v>
       </c>
       <c r="D49" s="8">
         <v>50071.266841092642</v>
       </c>
       <c r="E49" s="19">
         <v>196.23201573387058</v>
       </c>
       <c r="F49" s="8">
         <v>60531.410464416338</v>
       </c>
       <c r="G49" s="19">
         <v>159.59761441760131</v>
       </c>
       <c r="H49" s="8">
         <v>58377.694733180346</v>
       </c>
       <c r="I49" s="19">
@@ -5463,51 +5467,51 @@
       <c r="V49" s="8">
         <v>43052.130836179138</v>
       </c>
       <c r="W49" s="19">
         <v>172.38036985956603</v>
       </c>
       <c r="X49" s="8">
         <v>56531.78380544854</v>
       </c>
       <c r="Y49" s="19">
         <v>150.78031037545836</v>
       </c>
       <c r="Z49" s="8">
         <v>72259.628929314553</v>
       </c>
       <c r="AA49" s="19">
         <v>181.66184679375559</v>
       </c>
       <c r="AB49" s="8">
         <v>80335.040850836886</v>
       </c>
       <c r="AC49" s="20">
         <v>235.69640129852004</v>
       </c>
     </row>
-    <row r="50" spans="1:29">
+    <row r="50" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A50" s="18" t="s">
         <v>64</v>
       </c>
       <c r="B50" s="9">
         <v>52791.204364957033</v>
       </c>
       <c r="C50" s="19">
         <v>132.69102371068982</v>
       </c>
       <c r="D50" s="8">
         <v>66808.600381687138</v>
       </c>
       <c r="E50" s="19">
         <v>261.82653542326506</v>
       </c>
       <c r="F50" s="8">
         <v>65102.391761721177</v>
       </c>
       <c r="G50" s="19">
         <v>171.64950128097075</v>
       </c>
       <c r="H50" s="8">
         <v>69840.902576707871</v>
       </c>
       <c r="I50" s="19">
@@ -5552,51 +5556,51 @@
       <c r="V50" s="8">
         <v>62130.057102842089</v>
       </c>
       <c r="W50" s="19">
         <v>248.76822621247956</v>
       </c>
       <c r="X50" s="8">
         <v>62754.335537877581</v>
       </c>
       <c r="Y50" s="19">
         <v>167.37696129261141</v>
       </c>
       <c r="Z50" s="8">
         <v>56771.254165082057</v>
       </c>
       <c r="AA50" s="19">
         <v>142.72382835670237</v>
       </c>
       <c r="AB50" s="8">
         <v>87745.04103645547</v>
       </c>
       <c r="AC50" s="20">
         <v>257.43673227830408</v>
       </c>
     </row>
-    <row r="51" spans="1:29">
+    <row r="51" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A51" s="21" t="s">
         <v>65</v>
       </c>
       <c r="B51" s="13">
         <v>53280.350909233988</v>
       </c>
       <c r="C51" s="22">
         <v>133.92049662166852</v>
       </c>
       <c r="D51" s="12">
         <v>75062.235970149923</v>
       </c>
       <c r="E51" s="22">
         <v>294.17298181530367</v>
       </c>
       <c r="F51" s="12">
         <v>65335.236956606357</v>
       </c>
       <c r="G51" s="22">
         <v>172.26342283586533</v>
       </c>
       <c r="H51" s="12">
         <v>64047.28162053421</v>
       </c>
       <c r="I51" s="22">
@@ -5641,51 +5645,51 @@
       <c r="V51" s="12">
         <v>66086.657333398267</v>
       </c>
       <c r="W51" s="22">
         <v>264.6104202661258</v>
       </c>
       <c r="X51" s="12">
         <v>59880.306817361976</v>
       </c>
       <c r="Y51" s="22">
         <v>159.71141611896772</v>
       </c>
       <c r="Z51" s="12">
         <v>59513.383951409953</v>
       </c>
       <c r="AA51" s="22">
         <v>149.61758588789286</v>
       </c>
       <c r="AB51" s="12">
         <v>89794.782323046835</v>
       </c>
       <c r="AC51" s="23">
         <v>263.4505045964089</v>
       </c>
     </row>
-    <row r="52" spans="1:29">
+    <row r="52" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A52" s="18" t="s">
         <v>66</v>
       </c>
       <c r="B52" s="2">
         <v>60918.688264054726</v>
       </c>
       <c r="C52" s="16">
         <v>153.11950553330374</v>
       </c>
       <c r="D52" s="1">
         <v>69474.549285311077</v>
       </c>
       <c r="E52" s="16">
         <v>272.27453405014012</v>
       </c>
       <c r="F52" s="1">
         <v>65057.193487649201</v>
       </c>
       <c r="G52" s="16">
         <v>171.53033114000863</v>
       </c>
       <c r="H52" s="1">
         <v>71146.696968054923</v>
       </c>
       <c r="I52" s="16">
@@ -5730,51 +5734,51 @@
       <c r="V52" s="1">
         <v>82514.988684497308</v>
       </c>
       <c r="W52" s="16">
         <v>330.38932085652664</v>
       </c>
       <c r="X52" s="1">
         <v>58976.565243182456</v>
       </c>
       <c r="Y52" s="16">
         <v>157.30097678942266</v>
       </c>
       <c r="Z52" s="1">
         <v>70956.844512266704</v>
       </c>
       <c r="AA52" s="16">
         <v>178.38662622202321</v>
       </c>
       <c r="AB52" s="1">
         <v>91686.88339397333</v>
       </c>
       <c r="AC52" s="17">
         <v>269.00177348962444</v>
       </c>
     </row>
-    <row r="53" spans="1:29">
+    <row r="53" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A53" s="18" t="s">
         <v>67</v>
       </c>
       <c r="B53" s="9">
         <v>65335.771576533378</v>
       </c>
       <c r="C53" s="19">
         <v>164.22187217938949</v>
       </c>
       <c r="D53" s="8">
         <v>81506.098911230321</v>
       </c>
       <c r="E53" s="19">
         <v>319.42683085519354</v>
       </c>
       <c r="F53" s="8">
         <v>82288.60154266053</v>
       </c>
       <c r="G53" s="19">
         <v>216.9628032654137</v>
       </c>
       <c r="H53" s="8">
         <v>77402.444518051372</v>
       </c>
       <c r="I53" s="19">
@@ -5819,51 +5823,51 @@
       <c r="V53" s="8">
         <v>67900.987308195123</v>
       </c>
       <c r="W53" s="19">
         <v>271.87498222922272</v>
       </c>
       <c r="X53" s="8">
         <v>65639.264564491867</v>
       </c>
       <c r="Y53" s="19">
         <v>175.07157951907797</v>
       </c>
       <c r="Z53" s="8">
         <v>77189.777194170383</v>
       </c>
       <c r="AA53" s="19">
         <v>194.05631728898672</v>
       </c>
       <c r="AB53" s="8">
         <v>95356.052595271627</v>
       </c>
       <c r="AC53" s="20">
         <v>279.76681409136035</v>
       </c>
     </row>
-    <row r="54" spans="1:29">
+    <row r="54" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A54" s="18" t="s">
         <v>68</v>
       </c>
       <c r="B54" s="9">
         <v>64621.339457554415</v>
       </c>
       <c r="C54" s="19">
         <v>162.42614256155866</v>
       </c>
       <c r="D54" s="8">
         <v>93717.22272067357</v>
       </c>
       <c r="E54" s="19">
         <v>367.2828886439367</v>
       </c>
       <c r="F54" s="8">
         <v>76006.605009352221</v>
       </c>
       <c r="G54" s="19">
         <v>200.39963956571722</v>
       </c>
       <c r="H54" s="8">
         <v>82312.34482012449</v>
       </c>
       <c r="I54" s="19">
@@ -5908,51 +5912,51 @@
       <c r="V54" s="8">
         <v>121421.30151605423</v>
       </c>
       <c r="W54" s="19">
         <v>486.16987028614409</v>
       </c>
       <c r="X54" s="8">
         <v>65047.750113364651</v>
       </c>
       <c r="Y54" s="19">
         <v>173.4939053943861</v>
       </c>
       <c r="Z54" s="8">
         <v>89202.039532057112</v>
       </c>
       <c r="AA54" s="19">
         <v>224.25533426160652</v>
       </c>
       <c r="AB54" s="8">
         <v>98037.523190954846</v>
       </c>
       <c r="AC54" s="20">
         <v>287.63402823473564</v>
       </c>
     </row>
-    <row r="55" spans="1:29">
+    <row r="55" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A55" s="24" t="s">
         <v>69</v>
       </c>
       <c r="B55" s="13">
         <v>92989.694100344728</v>
       </c>
       <c r="C55" s="22">
         <v>233.73018011517908</v>
       </c>
       <c r="D55" s="12">
         <v>114080.04699357417</v>
       </c>
       <c r="E55" s="22">
         <v>447.08590353044156</v>
       </c>
       <c r="F55" s="12">
         <v>77327.998211418962</v>
       </c>
       <c r="G55" s="22">
         <v>203.8836357445517</v>
       </c>
       <c r="H55" s="12">
         <v>89893.050985125839</v>
       </c>
       <c r="I55" s="22">
@@ -5997,51 +6001,51 @@
       <c r="V55" s="12">
         <v>119215.34682905505</v>
       </c>
       <c r="W55" s="22">
         <v>477.3372462684078</v>
       </c>
       <c r="X55" s="12">
         <v>67408.117117456321</v>
       </c>
       <c r="Y55" s="22">
         <v>179.78942351746065</v>
       </c>
       <c r="Z55" s="12">
         <v>75052.565105416099</v>
       </c>
       <c r="AA55" s="22">
         <v>188.68333239014595</v>
       </c>
       <c r="AB55" s="12">
         <v>100630.48540001805</v>
       </c>
       <c r="AC55" s="23">
         <v>295.24156605268513</v>
       </c>
     </row>
-    <row r="56" spans="1:29">
+    <row r="56" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A56" s="18" t="s">
         <v>70</v>
       </c>
       <c r="B56" s="2">
         <v>73421.782886630463</v>
       </c>
       <c r="C56" s="16">
         <v>184.54611238909422</v>
       </c>
       <c r="D56" s="1">
         <v>130373.52468292064</v>
       </c>
       <c r="E56" s="16">
         <v>510.9409280186843</v>
       </c>
       <c r="F56" s="1">
         <v>92379.603936466126</v>
       </c>
       <c r="G56" s="16">
         <v>243.56882312811652</v>
       </c>
       <c r="H56" s="1">
         <v>86903.782767391342</v>
       </c>
       <c r="I56" s="16">
@@ -6086,51 +6090,51 @@
       <c r="V56" s="1">
         <v>63220.651792885488</v>
       </c>
       <c r="W56" s="16">
         <v>253.13495818103002</v>
       </c>
       <c r="X56" s="1">
         <v>70820.658631326893</v>
       </c>
       <c r="Y56" s="16">
         <v>188.89127797868412</v>
       </c>
       <c r="Z56" s="1">
         <v>68835.941817897226</v>
       </c>
       <c r="AA56" s="16">
         <v>173.05464339789461</v>
       </c>
       <c r="AB56" s="1">
         <v>104396.02316610687</v>
       </c>
       <c r="AC56" s="17">
         <v>306.28934409600157</v>
       </c>
     </row>
-    <row r="57" spans="1:29" s="25" customFormat="1">
+    <row r="57" spans="1:29" s="25" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A57" s="18" t="s">
         <v>71</v>
       </c>
       <c r="B57" s="9">
         <v>90153.715882841352</v>
       </c>
       <c r="C57" s="19">
         <v>226.60193105497132</v>
       </c>
       <c r="D57" s="8">
         <v>131002.00964513977</v>
       </c>
       <c r="E57" s="19">
         <v>513.40399473888692</v>
       </c>
       <c r="F57" s="8">
         <v>96504.242397548951</v>
       </c>
       <c r="G57" s="19">
         <v>254.44387880042535</v>
       </c>
       <c r="H57" s="8">
         <v>105753.61876615725</v>
       </c>
       <c r="I57" s="19">
@@ -6175,51 +6179,51 @@
       <c r="V57" s="8">
         <v>77826.470612358724</v>
       </c>
       <c r="W57" s="19">
         <v>311.6165339195947</v>
       </c>
       <c r="X57" s="8">
         <v>78089.376188296417</v>
       </c>
       <c r="Y57" s="19">
         <v>208.2782390030022</v>
       </c>
       <c r="Z57" s="8">
         <v>80731.226036364096</v>
       </c>
       <c r="AA57" s="19">
         <v>202.95957553333568</v>
       </c>
       <c r="AB57" s="8">
         <v>110685.76973603221</v>
       </c>
       <c r="AC57" s="20">
         <v>324.74294312215636</v>
       </c>
     </row>
-    <row r="58" spans="1:29" s="26" customFormat="1">
+    <row r="58" spans="1:29" s="26" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A58" s="18" t="s">
         <v>72</v>
       </c>
       <c r="B58" s="9">
         <v>101559.40641883778</v>
       </c>
       <c r="C58" s="19">
         <v>255.27020584722658</v>
       </c>
       <c r="D58" s="8">
         <v>124523.74751301309</v>
       </c>
       <c r="E58" s="19">
         <v>488.01533339995842</v>
       </c>
       <c r="F58" s="8">
         <v>100604.80481673506</v>
       </c>
       <c r="G58" s="19">
         <v>265.25545538275674</v>
       </c>
       <c r="H58" s="8">
         <v>103296.51963609725</v>
       </c>
       <c r="I58" s="19">
@@ -6264,51 +6268,51 @@
       <c r="V58" s="8">
         <v>107759.8408470584</v>
       </c>
       <c r="W58" s="19">
         <v>431.46949664135332</v>
       </c>
       <c r="X58" s="8">
         <v>81884.075628868217</v>
       </c>
       <c r="Y58" s="19">
         <v>218.39937654573527</v>
       </c>
       <c r="Z58" s="8">
         <v>88015.653385590762</v>
       </c>
       <c r="AA58" s="19">
         <v>221.27274077792799</v>
       </c>
       <c r="AB58" s="8">
         <v>114165.3833251246</v>
       </c>
       <c r="AC58" s="20">
         <v>334.95184315099056</v>
       </c>
     </row>
-    <row r="59" spans="1:29" s="26" customFormat="1">
+    <row r="59" spans="1:29" s="26" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A59" s="27" t="s">
         <v>73</v>
       </c>
       <c r="B59" s="13">
         <v>99051.448725716866</v>
       </c>
       <c r="C59" s="22">
         <v>248.96643843508892</v>
       </c>
       <c r="D59" s="12">
         <v>125768.90759687743</v>
       </c>
       <c r="E59" s="22">
         <v>492.89518343338176</v>
       </c>
       <c r="F59" s="12">
         <v>96391.230010257132</v>
       </c>
       <c r="G59" s="22">
         <v>254.14590941109458</v>
       </c>
       <c r="H59" s="12">
         <v>106225.10387231923</v>
       </c>
       <c r="I59" s="22">
@@ -6353,51 +6357,51 @@
       <c r="V59" s="12">
         <v>110422.79214229775</v>
       </c>
       <c r="W59" s="22">
         <v>442.13193123577793</v>
       </c>
       <c r="X59" s="12">
         <v>81003.802324969263</v>
       </c>
       <c r="Y59" s="22">
         <v>216.05153126220608</v>
       </c>
       <c r="Z59" s="12">
         <v>95419.467999210538</v>
       </c>
       <c r="AA59" s="22">
         <v>239.88604748815828</v>
       </c>
       <c r="AB59" s="12">
         <v>113266.96267954299</v>
       </c>
       <c r="AC59" s="23">
         <v>332.31595088314378</v>
       </c>
     </row>
-    <row r="60" spans="1:29" s="26" customFormat="1">
+    <row r="60" spans="1:29" s="26" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A60" s="28" t="s">
         <v>74</v>
       </c>
       <c r="B60" s="2">
         <v>96790.675663761896</v>
       </c>
       <c r="C60" s="16">
         <v>243.28397114575603</v>
       </c>
       <c r="D60" s="1">
         <v>123464.03486599072</v>
       </c>
       <c r="E60" s="16">
         <v>483.8622619491436</v>
       </c>
       <c r="F60" s="1">
         <v>88533.532896985722</v>
       </c>
       <c r="G60" s="16">
         <v>233.42824060951591</v>
       </c>
       <c r="H60" s="1">
         <v>90978.872661543399</v>
       </c>
       <c r="I60" s="16">
@@ -6442,51 +6446,51 @@
       <c r="V60" s="1">
         <v>93310.803163134042</v>
       </c>
       <c r="W60" s="16">
         <v>373.61567125121525</v>
       </c>
       <c r="X60" s="1">
         <v>82451.242760458495</v>
       </c>
       <c r="Y60" s="16">
         <v>219.91211204387992</v>
       </c>
       <c r="Z60" s="1">
         <v>78128.578622299945</v>
       </c>
       <c r="AA60" s="16">
         <v>196.41647888590637</v>
       </c>
       <c r="AB60" s="1">
         <v>113052.33898510305</v>
       </c>
       <c r="AC60" s="17">
         <v>331.68626261912937</v>
       </c>
     </row>
-    <row r="61" spans="1:29" s="25" customFormat="1">
+    <row r="61" spans="1:29" s="25" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A61" s="18" t="s">
         <v>75</v>
       </c>
       <c r="B61" s="9">
         <v>104446.24560875309</v>
       </c>
       <c r="C61" s="19">
         <v>262.5262942810088</v>
       </c>
       <c r="D61" s="8">
         <v>126560.76466189408</v>
       </c>
       <c r="E61" s="19">
         <v>495.99851430245019</v>
       </c>
       <c r="F61" s="8">
         <v>98060.10425064947</v>
       </c>
       <c r="G61" s="19">
         <v>258.54607695198109</v>
       </c>
       <c r="H61" s="8">
         <v>102421.78319056278</v>
       </c>
       <c r="I61" s="19">
@@ -6531,51 +6535,51 @@
       <c r="V61" s="8">
         <v>87837.107548859189</v>
       </c>
       <c r="W61" s="19">
         <v>351.69904003781988</v>
       </c>
       <c r="X61" s="8">
         <v>85934.722925631126</v>
       </c>
       <c r="Y61" s="19">
         <v>229.20317249049646</v>
       </c>
       <c r="Z61" s="8">
         <v>88056.262561606054</v>
       </c>
       <c r="AA61" s="19">
         <v>221.37483288691081</v>
       </c>
       <c r="AB61" s="8">
         <v>114845.47453058152</v>
       </c>
       <c r="AC61" s="20">
         <v>336.94717480182771</v>
       </c>
     </row>
-    <row r="62" spans="1:29" s="26" customFormat="1">
+    <row r="62" spans="1:29" s="26" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A62" s="29" t="s">
         <v>76</v>
       </c>
       <c r="B62" s="9">
         <v>105458.36946073381</v>
       </c>
       <c r="C62" s="19">
         <v>265.07027393930349</v>
       </c>
       <c r="D62" s="8">
         <v>120858.39582624524</v>
       </c>
       <c r="E62" s="19">
         <v>473.65062095617992</v>
       </c>
       <c r="F62" s="8">
         <v>105815.55282953133</v>
       </c>
       <c r="G62" s="19">
         <v>278.99415642727331</v>
       </c>
       <c r="H62" s="8">
         <v>106217.1308729664</v>
       </c>
       <c r="I62" s="19">
@@ -6620,51 +6624,51 @@
       <c r="V62" s="8">
         <v>95172.40555421944</v>
       </c>
       <c r="W62" s="19">
         <v>381.06951157163627</v>
       </c>
       <c r="X62" s="8">
         <v>86995.084372959376</v>
       </c>
       <c r="Y62" s="19">
         <v>232.03134484551273</v>
       </c>
       <c r="Z62" s="8">
         <v>82613.220947597205</v>
       </c>
       <c r="AA62" s="19">
         <v>207.69094042265027</v>
       </c>
       <c r="AB62" s="8">
         <v>114663.88161054101</v>
       </c>
       <c r="AC62" s="20">
         <v>336.41439611270857</v>
       </c>
     </row>
-    <row r="63" spans="1:29" s="26" customFormat="1">
+    <row r="63" spans="1:29" s="26" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A63" s="24" t="s">
         <v>77</v>
       </c>
       <c r="B63" s="9">
         <v>115474.7841902965</v>
       </c>
       <c r="C63" s="19">
         <v>290.24659526715635</v>
       </c>
       <c r="D63" s="8">
         <v>108434.18858563085</v>
       </c>
       <c r="E63" s="19">
         <v>424.95947762125115</v>
       </c>
       <c r="F63" s="8">
         <v>105779.39594504047</v>
       </c>
       <c r="G63" s="19">
         <v>278.89882488840379</v>
       </c>
       <c r="H63" s="8">
         <v>94705.09703935709</v>
       </c>
       <c r="I63" s="19">
@@ -6709,51 +6713,51 @@
       <c r="V63" s="8">
         <v>107195.58273197226</v>
       </c>
       <c r="W63" s="19">
         <v>429.21021189317383</v>
       </c>
       <c r="X63" s="8">
         <v>85351.411813470113</v>
       </c>
       <c r="Y63" s="19">
         <v>227.64737812816443</v>
       </c>
       <c r="Z63" s="8">
         <v>87247.665650366049</v>
       </c>
       <c r="AA63" s="19">
         <v>219.34200749901299</v>
       </c>
       <c r="AB63" s="8">
         <v>114462.58803946219</v>
       </c>
       <c r="AC63" s="20">
         <v>335.82381733406709</v>
       </c>
     </row>
-    <row r="64" spans="1:29" s="26" customFormat="1">
+    <row r="64" spans="1:29" s="26" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A64" s="28" t="s">
         <v>78</v>
       </c>
       <c r="B64" s="2">
         <v>110385.85884155755</v>
       </c>
       <c r="C64" s="16">
         <v>277.45554944362732</v>
       </c>
       <c r="D64" s="1">
         <v>121627.06302118758</v>
       </c>
       <c r="E64" s="16">
         <v>476.66306946423822</v>
       </c>
       <c r="F64" s="1">
         <v>97566.253370700273</v>
       </c>
       <c r="G64" s="16">
         <v>257.24398566229837</v>
       </c>
       <c r="H64" s="1">
         <v>96234.561015789906</v>
       </c>
       <c r="I64" s="16">
@@ -6798,51 +6802,51 @@
       <c r="V64" s="1">
         <v>106939.1578319867</v>
       </c>
       <c r="W64" s="16">
         <v>428.18348874980813</v>
       </c>
       <c r="X64" s="1">
         <v>91307.796508874846</v>
       </c>
       <c r="Y64" s="16">
         <v>243.53411427255259</v>
       </c>
       <c r="Z64" s="1">
         <v>93380.287554615657</v>
       </c>
       <c r="AA64" s="16">
         <v>234.7595156888712</v>
       </c>
       <c r="AB64" s="1">
         <v>117357.19612507493</v>
       </c>
       <c r="AC64" s="17">
         <v>344.31635933968192</v>
       </c>
     </row>
-    <row r="65" spans="1:29">
+    <row r="65" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A65" s="30" t="s">
         <v>79</v>
       </c>
       <c r="B65" s="9">
         <v>104098.92014999125</v>
       </c>
       <c r="C65" s="19">
         <v>261.65328955913725</v>
       </c>
       <c r="D65" s="8">
         <v>125876.30333939478</v>
       </c>
       <c r="E65" s="19">
         <v>493.31607318442997</v>
       </c>
       <c r="F65" s="8">
         <v>97361.364635090256</v>
       </c>
       <c r="G65" s="19">
         <v>256.70377433773956</v>
       </c>
       <c r="H65" s="8">
         <v>102086.51602522051</v>
       </c>
       <c r="I65" s="19">
@@ -6887,51 +6891,51 @@
       <c r="V65" s="8">
         <v>112155.37512013628</v>
       </c>
       <c r="W65" s="19">
         <v>449.06917891043213</v>
       </c>
       <c r="X65" s="8">
         <v>98019.743206473926</v>
       </c>
       <c r="Y65" s="19">
         <v>261.43606850365154</v>
       </c>
       <c r="Z65" s="8">
         <v>111703.86409670814</v>
       </c>
       <c r="AA65" s="19">
         <v>280.82527611174078</v>
       </c>
       <c r="AB65" s="8">
         <v>121380.88240317778</v>
       </c>
       <c r="AC65" s="20">
         <v>356.1215238813167</v>
       </c>
     </row>
-    <row r="66" spans="1:29">
+    <row r="66" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A66" s="29" t="s">
         <v>80</v>
       </c>
       <c r="B66" s="9">
         <v>109558.83736786933</v>
       </c>
       <c r="C66" s="19">
         <v>275.37682577565101</v>
       </c>
       <c r="D66" s="8">
         <v>131770.83391765115</v>
       </c>
       <c r="E66" s="19">
         <v>516.41705884247426</v>
       </c>
       <c r="F66" s="8">
         <v>104654.89503916455</v>
       </c>
       <c r="G66" s="19">
         <v>275.93395655622231</v>
       </c>
       <c r="H66" s="8">
         <v>103577.32334136024</v>
       </c>
       <c r="I66" s="19">
@@ -6976,51 +6980,51 @@
       <c r="V66" s="8">
         <v>119042.10390647469</v>
       </c>
       <c r="W66" s="19">
         <v>476.64358306312789</v>
       </c>
       <c r="X66" s="8">
         <v>104300.94859638877</v>
       </c>
       <c r="Y66" s="19">
         <v>278.18915914524001</v>
       </c>
       <c r="Z66" s="8">
         <v>112304.6850306796</v>
       </c>
       <c r="AA66" s="19">
         <v>282.33574941578127</v>
       </c>
       <c r="AB66" s="8">
         <v>126281.42142819708</v>
       </c>
       <c r="AC66" s="20">
         <v>370.49930225034296</v>
       </c>
     </row>
-    <row r="67" spans="1:29">
+    <row r="67" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A67" s="24" t="s">
         <v>81</v>
       </c>
       <c r="B67" s="9">
         <v>108450.1633032042</v>
       </c>
       <c r="C67" s="19">
         <v>272.59016655141932</v>
       </c>
       <c r="D67" s="8">
         <v>132919.35837670378</v>
       </c>
       <c r="E67" s="19">
         <v>520.91818861086642</v>
       </c>
       <c r="F67" s="8">
         <v>108503.16538516502</v>
       </c>
       <c r="G67" s="19">
         <v>286.0803377844727</v>
       </c>
       <c r="H67" s="8">
         <v>103341.68546296281</v>
       </c>
       <c r="I67" s="19">
@@ -7065,51 +7069,51 @@
       <c r="V67" s="8">
         <v>120627.5352359727</v>
       </c>
       <c r="W67" s="19">
         <v>482.99163677516719</v>
       </c>
       <c r="X67" s="8">
         <v>104151.07336471713</v>
       </c>
       <c r="Y67" s="19">
         <v>277.78941527678518</v>
       </c>
       <c r="Z67" s="8">
         <v>138122.96046794212</v>
       </c>
       <c r="AA67" s="19">
         <v>347.24330106610853</v>
       </c>
       <c r="AB67" s="8">
         <v>128456.73471340821</v>
       </c>
       <c r="AC67" s="20">
         <v>376.88149248253706</v>
       </c>
     </row>
-    <row r="68" spans="1:29">
+    <row r="68" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A68" s="28" t="s">
         <v>82</v>
       </c>
       <c r="B68" s="2">
         <v>108295.27784623722</v>
       </c>
       <c r="C68" s="16">
         <v>272.20086098262095</v>
       </c>
       <c r="D68" s="1">
         <v>132383.41149913194</v>
       </c>
       <c r="E68" s="16">
         <v>518.81778367312097</v>
       </c>
       <c r="F68" s="1">
         <v>111050.81755345808</v>
       </c>
       <c r="G68" s="16">
         <v>292.79749843389158</v>
       </c>
       <c r="H68" s="1">
         <v>111507.84625435117</v>
       </c>
       <c r="I68" s="16">
@@ -7154,51 +7158,51 @@
       <c r="V68" s="1">
         <v>116645.66922741471</v>
       </c>
       <c r="W68" s="16">
         <v>467.04827875885167</v>
       </c>
       <c r="X68" s="1">
         <v>107822.78353878271</v>
       </c>
       <c r="Y68" s="16">
         <v>287.58251859649636</v>
       </c>
       <c r="Z68" s="1">
         <v>169192.68127114139</v>
       </c>
       <c r="AA68" s="16">
         <v>425.35306919122269</v>
       </c>
       <c r="AB68" s="1">
         <v>134699.08313795985</v>
       </c>
       <c r="AC68" s="17">
         <v>395.1960292492534</v>
       </c>
     </row>
-    <row r="69" spans="1:29">
+    <row r="69" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A69" s="30" t="s">
         <v>83</v>
       </c>
       <c r="B69" s="9">
         <v>110312.91938051399</v>
       </c>
       <c r="C69" s="19">
         <v>277.27221565021989</v>
       </c>
       <c r="D69" s="8">
         <v>133063.28149697406</v>
       </c>
       <c r="E69" s="19">
         <v>521.48223114030702</v>
       </c>
       <c r="F69" s="8">
         <v>109478.40503961846</v>
       </c>
       <c r="G69" s="19">
         <v>288.65166267417953</v>
       </c>
       <c r="H69" s="8">
         <v>107452.26150941414</v>
       </c>
       <c r="I69" s="19">
@@ -7243,51 +7247,51 @@
       <c r="V69" s="8">
         <v>125434.43928905076</v>
       </c>
       <c r="W69" s="19">
         <v>502.23844018431947</v>
       </c>
       <c r="X69" s="8">
         <v>115975.39219560588</v>
       </c>
       <c r="Y69" s="19">
         <v>309.3269742088624</v>
       </c>
       <c r="Z69" s="8">
         <v>189745.77635240211</v>
       </c>
       <c r="AA69" s="19">
         <v>477.0238743851138</v>
       </c>
       <c r="AB69" s="8">
         <v>138734.46097916778</v>
       </c>
       <c r="AC69" s="20">
         <v>407.03549587526169</v>
       </c>
     </row>
-    <row r="70" spans="1:29">
+    <row r="70" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A70" s="29" t="s">
         <v>84</v>
       </c>
       <c r="B70" s="9">
         <v>111864.72144983221</v>
       </c>
       <c r="C70" s="19">
         <v>281.17267989708006</v>
       </c>
       <c r="D70" s="8">
         <v>133761.5896178218</v>
       </c>
       <c r="E70" s="19">
         <v>524.21893861352044</v>
       </c>
       <c r="F70" s="8">
         <v>108337.38344850081</v>
       </c>
       <c r="G70" s="19">
         <v>285.6432357674845</v>
       </c>
       <c r="H70" s="8">
         <v>109878.59612287098</v>
       </c>
       <c r="I70" s="19">
@@ -7332,51 +7336,51 @@
       <c r="V70" s="8">
         <v>115297.77494551617</v>
       </c>
       <c r="W70" s="19">
         <v>461.65132138804472</v>
       </c>
       <c r="X70" s="8">
         <v>118686.46196845446</v>
       </c>
       <c r="Y70" s="19">
         <v>316.55787891914741</v>
       </c>
       <c r="Z70" s="8" t="s">
         <v>21</v>
       </c>
       <c r="AA70" s="19" t="s">
         <v>21</v>
       </c>
       <c r="AB70" s="8">
         <v>141190.60074704789</v>
       </c>
       <c r="AC70" s="20">
         <v>414.24160790613024</v>
       </c>
     </row>
-    <row r="71" spans="1:29">
+    <row r="71" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A71" s="24" t="s">
         <v>85</v>
       </c>
       <c r="B71" s="13">
         <v>108723.59566242654</v>
       </c>
       <c r="C71" s="22">
         <v>273.27744050353482</v>
       </c>
       <c r="D71" s="12">
         <v>131400.71865182774</v>
       </c>
       <c r="E71" s="22">
         <v>514.96655700282827</v>
       </c>
       <c r="F71" s="12">
         <v>104311.29236516604</v>
       </c>
       <c r="G71" s="22">
         <v>275.02801092143642</v>
       </c>
       <c r="H71" s="12">
         <v>110039.40721914223</v>
       </c>
       <c r="I71" s="22">
@@ -7421,51 +7425,51 @@
       <c r="V71" s="12">
         <v>110312.58913824323</v>
       </c>
       <c r="W71" s="22">
         <v>441.69067933419751</v>
       </c>
       <c r="X71" s="12">
         <v>117703.91215590919</v>
       </c>
       <c r="Y71" s="22">
         <v>313.93724401746493</v>
       </c>
       <c r="Z71" s="12" t="s">
         <v>21</v>
       </c>
       <c r="AA71" s="22" t="s">
         <v>21</v>
       </c>
       <c r="AB71" s="12">
         <v>140160.1856768635</v>
       </c>
       <c r="AC71" s="23">
         <v>411.21845485468452</v>
       </c>
     </row>
-    <row r="72" spans="1:29">
+    <row r="72" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A72" s="28" t="s">
         <v>86</v>
       </c>
       <c r="B72" s="9">
         <v>111134.85104291108</v>
       </c>
       <c r="C72" s="19">
         <v>279.33814604555096</v>
       </c>
       <c r="D72" s="8">
         <v>121205.15070841287</v>
       </c>
       <c r="E72" s="19">
         <v>475.00957218282383</v>
       </c>
       <c r="F72" s="8">
         <v>104910.98979218261</v>
       </c>
       <c r="G72" s="19">
         <v>276.6091780872087</v>
       </c>
       <c r="H72" s="8">
         <v>106013.10449783393</v>
       </c>
       <c r="I72" s="19">
@@ -7510,51 +7514,51 @@
       <c r="V72" s="8">
         <v>120192.6068641329</v>
       </c>
       <c r="W72" s="19">
         <v>481.25018723146286</v>
       </c>
       <c r="X72" s="8">
         <v>115310.2320765621</v>
       </c>
       <c r="Y72" s="19">
         <v>307.55287400456046</v>
       </c>
       <c r="Z72" s="8" t="s">
         <v>21</v>
       </c>
       <c r="AA72" s="19" t="s">
         <v>21</v>
       </c>
       <c r="AB72" s="8">
         <v>136677.49379748447</v>
       </c>
       <c r="AC72" s="20">
         <v>401.00052337537699</v>
       </c>
     </row>
-    <row r="73" spans="1:29">
+    <row r="73" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A73" s="30" t="s">
         <v>87</v>
       </c>
       <c r="B73" s="9">
         <v>103530.20789545118</v>
       </c>
       <c r="C73" s="19">
         <v>260.22382773572355</v>
       </c>
       <c r="D73" s="8">
         <v>121646.62364615097</v>
       </c>
       <c r="E73" s="19">
         <v>476.73972861643745</v>
       </c>
       <c r="F73" s="8">
         <v>101625.87705530097</v>
       </c>
       <c r="G73" s="19">
         <v>267.94762284049261</v>
       </c>
       <c r="H73" s="8">
         <v>100618.55972784705</v>
       </c>
       <c r="I73" s="19">
@@ -7599,51 +7603,51 @@
       <c r="V73" s="8">
         <v>122439.32206083156</v>
       </c>
       <c r="W73" s="19">
         <v>490.2460159872968</v>
       </c>
       <c r="X73" s="8">
         <v>112136.35402272508</v>
       </c>
       <c r="Y73" s="19">
         <v>299.08757739021092</v>
       </c>
       <c r="Z73" s="8" t="s">
         <v>21</v>
       </c>
       <c r="AA73" s="19" t="s">
         <v>21</v>
       </c>
       <c r="AB73" s="8">
         <v>132357.50581647671</v>
       </c>
       <c r="AC73" s="20">
         <v>388.32603401192534</v>
       </c>
     </row>
-    <row r="74" spans="1:29">
+    <row r="74" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A74" s="29" t="s">
         <v>88</v>
       </c>
       <c r="B74" s="9">
         <v>103942.47404001265</v>
       </c>
       <c r="C74" s="19">
         <v>261.26006127919305</v>
       </c>
       <c r="D74" s="8">
         <v>116224.24463436785</v>
       </c>
       <c r="E74" s="19">
         <v>455.48913060516458</v>
       </c>
       <c r="F74" s="8">
         <v>89908.006456791569</v>
       </c>
       <c r="G74" s="19">
         <v>237.05218889590247</v>
       </c>
       <c r="H74" s="8">
         <v>100645.44433178898</v>
       </c>
       <c r="I74" s="19">
@@ -7688,51 +7692,51 @@
       <c r="V74" s="8">
         <v>123557.33622633568</v>
       </c>
       <c r="W74" s="19">
         <v>494.7225353050323</v>
       </c>
       <c r="X74" s="8">
         <v>107750.60743882919</v>
       </c>
       <c r="Y74" s="19">
         <v>287.39001211571502</v>
       </c>
       <c r="Z74" s="8">
         <v>118453.08283383447</v>
       </c>
       <c r="AA74" s="19">
         <v>297.79291846430186</v>
       </c>
       <c r="AB74" s="8">
         <v>126041.52435525137</v>
       </c>
       <c r="AC74" s="20">
         <v>369.79546397284292</v>
       </c>
     </row>
-    <row r="75" spans="1:29">
+    <row r="75" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A75" s="24" t="s">
         <v>89</v>
       </c>
       <c r="B75" s="13">
         <v>95198.035730024334</v>
       </c>
       <c r="C75" s="22">
         <v>239.28086067020789</v>
       </c>
       <c r="D75" s="12">
         <v>121915.56285297223</v>
       </c>
       <c r="E75" s="22">
         <v>477.79371598272257</v>
       </c>
       <c r="F75" s="12">
         <v>94187.575662490402</v>
       </c>
       <c r="G75" s="22">
         <v>248.33573624304503</v>
       </c>
       <c r="H75" s="12">
         <v>83464.661421906218</v>
       </c>
       <c r="I75" s="22">
@@ -7777,51 +7781,51 @@
       <c r="V75" s="12">
         <v>116587.09790315827</v>
       </c>
       <c r="W75" s="22">
         <v>466.81375966903215</v>
       </c>
       <c r="X75" s="12">
         <v>108526.06465306824</v>
       </c>
       <c r="Y75" s="22">
         <v>289.45829426736685</v>
       </c>
       <c r="Z75" s="12">
         <v>117712.48302717574</v>
       </c>
       <c r="AA75" s="22">
         <v>295.93103886975911</v>
       </c>
       <c r="AB75" s="12">
         <v>120541.37484142496</v>
       </c>
       <c r="AC75" s="23">
         <v>353.65847775508854</v>
       </c>
     </row>
-    <row r="76" spans="1:29">
+    <row r="76" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A76" s="18" t="s">
         <v>90</v>
       </c>
       <c r="B76" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C76" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D76" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E76" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F76" s="31">
         <v>82650.748677622556</v>
       </c>
       <c r="G76" s="32">
         <v>217.91764337841727</v>
       </c>
       <c r="H76" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I76" s="32" t="s">
@@ -7866,51 +7870,51 @@
       <c r="V76" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W76" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X76" s="31">
         <v>96315.599834126173</v>
       </c>
       <c r="Y76" s="32">
         <v>256.89081538566819</v>
       </c>
       <c r="Z76" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA76" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB76" s="31">
         <v>109708.18002037601</v>
       </c>
       <c r="AC76" s="32">
         <v>321.87477531535296</v>
       </c>
     </row>
-    <row r="77" spans="1:29">
+    <row r="77" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A77" s="18" t="s">
         <v>91</v>
       </c>
       <c r="B77" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C77" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D77" s="31">
         <v>98781.214831552381</v>
       </c>
       <c r="E77" s="32">
         <v>387.12894891502697</v>
       </c>
       <c r="F77" s="31">
         <v>85359.21239483403</v>
       </c>
       <c r="G77" s="32">
         <v>225.05880107963569</v>
       </c>
       <c r="H77" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I77" s="32" t="s">
@@ -7955,51 +7959,51 @@
       <c r="V77" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W77" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X77" s="31">
         <v>102787.69493068404</v>
       </c>
       <c r="Y77" s="32">
         <v>274.15304278675052</v>
       </c>
       <c r="Z77" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA77" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB77" s="31">
         <v>116453.97519380134</v>
       </c>
       <c r="AC77" s="32">
         <v>341.66638342849819</v>
       </c>
     </row>
-    <row r="78" spans="1:29">
+    <row r="78" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A78" s="18" t="s">
         <v>92</v>
       </c>
       <c r="B78" s="31">
         <v>101329.11554785633</v>
       </c>
       <c r="C78" s="32">
         <v>254.69136829674173</v>
       </c>
       <c r="D78" s="31">
         <v>115449.02233215625</v>
       </c>
       <c r="E78" s="32">
         <v>452.45099227549906</v>
       </c>
       <c r="F78" s="31">
         <v>89070.255878111086</v>
       </c>
       <c r="G78" s="32">
         <v>234.84336883358176</v>
       </c>
       <c r="H78" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I78" s="32" t="s">
@@ -8044,51 +8048,51 @@
       <c r="V78" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W78" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X78" s="31">
         <v>106695.16969373348</v>
       </c>
       <c r="Y78" s="32">
         <v>284.57497214925695</v>
       </c>
       <c r="Z78" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA78" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB78" s="31">
         <v>121811.63573793393</v>
       </c>
       <c r="AC78" s="32">
         <v>357.38531873066364</v>
       </c>
     </row>
-    <row r="79" spans="1:29">
+    <row r="79" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A79" s="33" t="s">
         <v>93</v>
       </c>
       <c r="B79" s="31">
         <v>90686.018219110949</v>
       </c>
       <c r="C79" s="32">
         <v>227.93987632015055</v>
       </c>
       <c r="D79" s="31">
         <v>102374.41269395212</v>
       </c>
       <c r="E79" s="32">
         <v>401.2108866001081</v>
       </c>
       <c r="F79" s="31">
         <v>92553.709691090276</v>
       </c>
       <c r="G79" s="32">
         <v>244.0278717919623</v>
       </c>
       <c r="H79" s="31">
         <v>78625.718662221334</v>
       </c>
       <c r="I79" s="32">
@@ -8133,51 +8137,51 @@
       <c r="V79" s="31">
         <v>108091.34591531065</v>
       </c>
       <c r="W79" s="32">
         <v>432.79684014713916</v>
       </c>
       <c r="X79" s="31">
         <v>110062.91712831813</v>
       </c>
       <c r="Y79" s="32">
         <v>293.55735284328142</v>
       </c>
       <c r="Z79" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA79" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB79" s="31">
         <v>123448.01243957509</v>
       </c>
       <c r="AC79" s="32">
         <v>362.1863133609109</v>
       </c>
     </row>
-    <row r="80" spans="1:29">
+    <row r="80" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A80" s="18" t="s">
         <v>94</v>
       </c>
       <c r="B80" s="31">
         <v>89581.41794506686</v>
       </c>
       <c r="C80" s="32">
         <v>225.1634565942291</v>
       </c>
       <c r="D80" s="31">
         <v>106625.52860772876</v>
       </c>
       <c r="E80" s="32">
         <v>417.87124088126052</v>
       </c>
       <c r="F80" s="31">
         <v>96366.407999998424</v>
       </c>
       <c r="G80" s="32">
         <v>254.08046349480179</v>
       </c>
       <c r="H80" s="31">
         <v>83086.1184731416</v>
       </c>
       <c r="I80" s="32">
@@ -8222,51 +8226,51 @@
       <c r="V80" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W80" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X80" s="31">
         <v>110212.48907998891</v>
       </c>
       <c r="Y80" s="32">
         <v>293.95628781009577</v>
       </c>
       <c r="Z80" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA80" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB80" s="31">
         <v>123846.16341827692</v>
       </c>
       <c r="AC80" s="32">
         <v>363.35445557954432</v>
       </c>
     </row>
-    <row r="81" spans="1:29">
+    <row r="81" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A81" s="33" t="s">
         <v>95</v>
       </c>
       <c r="B81" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C81" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D81" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E81" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F81" s="31">
         <v>92109.497666668292</v>
       </c>
       <c r="G81" s="32">
         <v>242.85665871680953</v>
       </c>
       <c r="H81" s="31">
         <v>92144.311017467437</v>
       </c>
       <c r="I81" s="32">
@@ -8311,51 +8315,51 @@
       <c r="V81" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W81" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X81" s="31">
         <v>113493.25144439725</v>
       </c>
       <c r="Y81" s="32">
         <v>302.70666386891622</v>
       </c>
       <c r="Z81" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA81" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB81" s="31">
         <v>129265.55025396848</v>
       </c>
       <c r="AC81" s="32">
         <v>379.25449074338735</v>
       </c>
     </row>
-    <row r="82" spans="1:29">
+    <row r="82" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A82" s="33" t="s">
         <v>96</v>
       </c>
       <c r="B82" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C82" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D82" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E82" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F82" s="31">
         <v>93250.675255426948</v>
       </c>
       <c r="G82" s="32">
         <v>245.86549692816723</v>
       </c>
       <c r="H82" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I82" s="32" t="s">
@@ -8400,51 +8404,51 @@
       <c r="V82" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W82" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X82" s="31">
         <v>108592.07011674867</v>
       </c>
       <c r="Y82" s="32">
         <v>289.63434256498408</v>
       </c>
       <c r="Z82" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA82" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB82" s="31">
         <v>128067.46926815853</v>
       </c>
       <c r="AC82" s="32">
         <v>375.73941968810647</v>
       </c>
     </row>
-    <row r="83" spans="1:29">
+    <row r="83" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A83" s="33" t="s">
         <v>97</v>
       </c>
       <c r="B83" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C83" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D83" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E83" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F83" s="31">
         <v>94518.248282411485</v>
       </c>
       <c r="G83" s="32">
         <v>249.20759039096129</v>
       </c>
       <c r="H83" s="31">
         <v>84291.835751706371</v>
       </c>
       <c r="I83" s="32">
@@ -8489,51 +8493,51 @@
       <c r="V83" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W83" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X83" s="31">
         <v>105646.38168850419</v>
       </c>
       <c r="Y83" s="32">
         <v>281.77766822036006</v>
       </c>
       <c r="Z83" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA83" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB83" s="31">
         <v>123907.04935895436</v>
       </c>
       <c r="AC83" s="32">
         <v>363.53308992086488</v>
       </c>
     </row>
-    <row r="84" spans="1:29">
+    <row r="84" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A84" s="18" t="s">
         <v>98</v>
       </c>
       <c r="B84" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C84" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D84" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E84" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F84" s="31">
         <v>85427.448009976128</v>
       </c>
       <c r="G84" s="32">
         <v>225.23871166343744</v>
       </c>
       <c r="H84" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I84" s="32" t="s">
@@ -8578,51 +8582,51 @@
       <c r="V84" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W84" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X84" s="31">
         <v>103197.85611080899</v>
       </c>
       <c r="Y84" s="32">
         <v>275.24701551996628</v>
       </c>
       <c r="Z84" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA84" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB84" s="31">
         <v>124260.16549424827</v>
       </c>
       <c r="AC84" s="32">
         <v>364.56910361361633</v>
       </c>
     </row>
-    <row r="85" spans="1:29">
+    <row r="85" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A85" s="18" t="s">
         <v>99</v>
       </c>
       <c r="B85" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C85" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D85" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E85" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F85" s="31">
         <v>92574.144489956059</v>
       </c>
       <c r="G85" s="32">
         <v>244.08175035063223</v>
       </c>
       <c r="H85" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I85" s="32" t="s">
@@ -8667,51 +8671,51 @@
       <c r="V85" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W85" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X85" s="31">
         <v>104191.77005745994</v>
       </c>
       <c r="Y85" s="32">
         <v>277.89796058616605</v>
       </c>
       <c r="Z85" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA85" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB85" s="31">
         <v>127685.31688532754</v>
       </c>
       <c r="AC85" s="32">
         <v>374.61821603367429</v>
       </c>
     </row>
-    <row r="86" spans="1:29">
+    <row r="86" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A86" s="33" t="s">
         <v>100</v>
       </c>
       <c r="B86" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C86" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D86" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E86" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F86" s="31">
         <v>82840.661371403243</v>
       </c>
       <c r="G86" s="32">
         <v>218.41836874798116</v>
       </c>
       <c r="H86" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I86" s="32" t="s">
@@ -8756,51 +8760,51 @@
       <c r="V86" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W86" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X86" s="31">
         <v>106719.56873050058</v>
       </c>
       <c r="Y86" s="32">
         <v>284.64004871484462</v>
       </c>
       <c r="Z86" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA86" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB86" s="31">
         <v>127674.20995489752</v>
       </c>
       <c r="AC86" s="32">
         <v>374.58562921347595</v>
       </c>
     </row>
-    <row r="87" spans="1:29">
+    <row r="87" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A87" s="33" t="s">
         <v>101</v>
       </c>
       <c r="B87" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C87" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D87" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E87" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F87" s="31">
         <v>93632.569509331384</v>
       </c>
       <c r="G87" s="32">
         <v>246.87240245730183</v>
       </c>
       <c r="H87" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I87" s="32" t="s">
@@ -8845,51 +8849,51 @@
       <c r="V87" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W87" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X87" s="31">
         <v>102778.98197142688</v>
       </c>
       <c r="Y87" s="32">
         <v>274.12980377653986</v>
       </c>
       <c r="Z87" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA87" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB87" s="31">
         <v>127524.53389773621</v>
       </c>
       <c r="AC87" s="32">
         <v>374.14649197448489</v>
       </c>
     </row>
-    <row r="88" spans="1:29">
+    <row r="88" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A88" s="33" t="s">
         <v>102</v>
       </c>
       <c r="B88" s="31">
         <v>96768.711116112565</v>
       </c>
       <c r="C88" s="32">
         <v>243.22876311729766</v>
       </c>
       <c r="D88" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E88" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F88" s="31">
         <v>80074.530118437178</v>
       </c>
       <c r="G88" s="32">
         <v>211.12516434794699</v>
       </c>
       <c r="H88" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I88" s="32" t="s">
@@ -8934,51 +8938,51 @@
       <c r="V88" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W88" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X88" s="31">
         <v>104004.76055352519</v>
       </c>
       <c r="Y88" s="32">
         <v>277.39917301661967</v>
       </c>
       <c r="Z88" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA88" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB88" s="31">
         <v>126284.69384655911</v>
       </c>
       <c r="AC88" s="32">
         <v>370.50890325661999</v>
       </c>
     </row>
-    <row r="89" spans="1:29">
+    <row r="89" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A89" s="33" t="s">
         <v>103</v>
       </c>
       <c r="B89" s="31">
         <v>96875.13754781452</v>
       </c>
       <c r="C89" s="32">
         <v>243.4962666217599</v>
       </c>
       <c r="D89" s="31">
         <v>98266.732722347399</v>
       </c>
       <c r="E89" s="32">
         <v>385.11266557095439</v>
       </c>
       <c r="F89" s="31">
         <v>80755.067895485903</v>
       </c>
       <c r="G89" s="32">
         <v>212.91947584514702</v>
       </c>
       <c r="H89" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I89" s="32" t="s">
@@ -9023,51 +9027,51 @@
       <c r="V89" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W89" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X89" s="31">
         <v>102755.90338006117</v>
       </c>
       <c r="Y89" s="32">
         <v>274.06824907341701</v>
       </c>
       <c r="Z89" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA89" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB89" s="31">
         <v>126610.47012241327</v>
       </c>
       <c r="AC89" s="32">
         <v>371.46470405081931</v>
       </c>
     </row>
-    <row r="90" spans="1:29">
+    <row r="90" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A90" s="33" t="s">
         <v>104</v>
       </c>
       <c r="B90" s="31">
         <v>100153.58188905334</v>
       </c>
       <c r="C90" s="32">
         <v>251.73665706275284</v>
       </c>
       <c r="D90" s="31">
         <v>114694.41241166879</v>
       </c>
       <c r="E90" s="32">
         <v>449.49363498993301</v>
       </c>
       <c r="F90" s="31">
         <v>84834.806166976181</v>
       </c>
       <c r="G90" s="32">
         <v>223.67614730848251</v>
       </c>
       <c r="H90" s="31">
         <v>146476.00364551024</v>
       </c>
       <c r="I90" s="32">
@@ -9112,51 +9116,51 @@
       <c r="V90" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W90" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X90" s="31">
         <v>101451.25239918532</v>
       </c>
       <c r="Y90" s="32">
         <v>270.5885131339835</v>
       </c>
       <c r="Z90" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA90" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB90" s="31">
         <v>126480.087496829</v>
       </c>
       <c r="AC90" s="32">
         <v>371.08217215295014</v>
       </c>
     </row>
-    <row r="91" spans="1:29">
+    <row r="91" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A91" s="33" t="s">
         <v>105</v>
       </c>
       <c r="B91" s="31">
         <v>97343.887668745461</v>
       </c>
       <c r="C91" s="32">
         <v>244.67447299456478</v>
       </c>
       <c r="D91" s="31">
         <v>94918.584465316744</v>
       </c>
       <c r="E91" s="32">
         <v>371.99109060585346</v>
       </c>
       <c r="F91" s="31">
         <v>81401.156424167697</v>
       </c>
       <c r="G91" s="32">
         <v>214.62295817091913</v>
       </c>
       <c r="H91" s="31">
         <v>139684.01493509964</v>
       </c>
       <c r="I91" s="32">
@@ -9201,51 +9205,51 @@
       <c r="V91" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W91" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X91" s="31">
         <v>98784.765516951913</v>
       </c>
       <c r="Y91" s="32">
         <v>263.47651891319452</v>
       </c>
       <c r="Z91" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA91" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB91" s="31">
         <v>125386.92731709396</v>
       </c>
       <c r="AC91" s="32">
         <v>367.87493011164969</v>
       </c>
     </row>
-    <row r="92" spans="1:29">
+    <row r="92" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A92" s="33" t="s">
         <v>106</v>
       </c>
       <c r="B92" s="31">
         <v>91942.443041086211</v>
       </c>
       <c r="C92" s="32">
         <v>231.09790800078574</v>
       </c>
       <c r="D92" s="31">
         <v>97602.497208068613</v>
       </c>
       <c r="E92" s="32">
         <v>382.50949049446564</v>
       </c>
       <c r="F92" s="31">
         <v>83696.401303401013</v>
       </c>
       <c r="G92" s="32">
         <v>220.6746196871363</v>
       </c>
       <c r="H92" s="31">
         <v>126023.49389660954</v>
       </c>
       <c r="I92" s="32">
@@ -9290,51 +9294,51 @@
       <c r="V92" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W92" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X92" s="31">
         <v>94632.415151974274</v>
       </c>
       <c r="Y92" s="32">
         <v>252.40146281778374</v>
       </c>
       <c r="Z92" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA92" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB92" s="31">
         <v>125368.5372185998</v>
       </c>
       <c r="AC92" s="32">
         <v>367.82097507548252</v>
       </c>
     </row>
-    <row r="93" spans="1:29">
+    <row r="93" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A93" s="33" t="s">
         <v>107</v>
       </c>
       <c r="B93" s="31">
         <v>102165.25993199727</v>
       </c>
       <c r="C93" s="32">
         <v>256.79302245743474</v>
       </c>
       <c r="D93" s="31">
         <v>119487.67409878349</v>
       </c>
       <c r="E93" s="32">
         <v>468.2786880182004</v>
       </c>
       <c r="F93" s="31">
         <v>79190.330656783335</v>
       </c>
       <c r="G93" s="32">
         <v>208.79387677895443</v>
       </c>
       <c r="H93" s="31">
         <v>125609.30781157369</v>
       </c>
       <c r="I93" s="32">
@@ -9379,51 +9383,51 @@
       <c r="V93" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W93" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X93" s="31">
         <v>101751.80140793559</v>
       </c>
       <c r="Y93" s="32">
         <v>271.39013073335656</v>
       </c>
       <c r="Z93" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA93" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB93" s="31">
         <v>131270.09598090957</v>
       </c>
       <c r="AC93" s="32">
         <v>385.13566300737608</v>
       </c>
     </row>
-    <row r="94" spans="1:29">
+    <row r="94" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A94" s="6" t="s">
         <v>108</v>
       </c>
       <c r="B94" s="31">
         <v>98298.636233367564</v>
       </c>
       <c r="C94" s="32">
         <v>247.07423950775524</v>
       </c>
       <c r="D94" s="31">
         <v>98585.773067183458</v>
       </c>
       <c r="E94" s="32">
         <v>386.36300201972642</v>
       </c>
       <c r="F94" s="31">
         <v>88467.27823053184</v>
       </c>
       <c r="G94" s="32">
         <v>233.25355301130952</v>
       </c>
       <c r="H94" s="31">
         <v>134430.50962400396</v>
       </c>
       <c r="I94" s="32">
@@ -9468,51 +9472,51 @@
       <c r="V94" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W94" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X94" s="31">
         <v>102023.00030828845</v>
       </c>
       <c r="Y94" s="32">
         <v>272.11346637953773</v>
       </c>
       <c r="Z94" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA94" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB94" s="31">
         <v>133990.09315856872</v>
       </c>
       <c r="AC94" s="32">
         <v>393.11591097297742</v>
       </c>
     </row>
-    <row r="95" spans="1:29">
+    <row r="95" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A95" s="6" t="s">
         <v>109</v>
       </c>
       <c r="B95" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C95" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D95" s="31">
         <v>105414.78508156593</v>
       </c>
       <c r="E95" s="32">
         <v>413.12627120774141</v>
       </c>
       <c r="F95" s="31">
         <v>82706.206012943687</v>
       </c>
       <c r="G95" s="32">
         <v>218.06386264460161</v>
       </c>
       <c r="H95" s="31">
         <v>143380.18815718728</v>
       </c>
       <c r="I95" s="32">
@@ -9557,51 +9561,51 @@
       <c r="V95" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W95" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X95" s="31">
         <v>104345.51320211974</v>
       </c>
       <c r="Y95" s="32">
         <v>278.30802086570151</v>
       </c>
       <c r="Z95" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA95" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB95" s="31">
         <v>139315.16239864365</v>
       </c>
       <c r="AC95" s="32">
         <v>408.73922607007842</v>
       </c>
     </row>
-    <row r="96" spans="1:29">
+    <row r="96" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A96" s="6" t="s">
         <v>110</v>
       </c>
       <c r="B96" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C96" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D96" s="31">
         <v>96902.454502462235</v>
       </c>
       <c r="E96" s="32">
         <v>379.76598508932187</v>
       </c>
       <c r="F96" s="31">
         <v>88391.240318415716</v>
       </c>
       <c r="G96" s="32">
         <v>233.05307082716874</v>
       </c>
       <c r="H96" s="31">
         <v>142826.92669606439</v>
       </c>
       <c r="I96" s="32">
@@ -9646,51 +9650,51 @@
       <c r="V96" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W96" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X96" s="31">
         <v>103324.95629456281</v>
       </c>
       <c r="Y96" s="32">
         <v>275.58601428959878</v>
       </c>
       <c r="Z96" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA96" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB96" s="31">
         <v>143030.47734060459</v>
       </c>
       <c r="AC96" s="32">
         <v>419.63965447885653</v>
       </c>
     </row>
-    <row r="97" spans="1:29">
+    <row r="97" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A97" s="6" t="s">
         <v>111</v>
       </c>
       <c r="B97" s="31">
         <v>105223.2115385081</v>
       </c>
       <c r="C97" s="32">
         <v>264.47920302495021</v>
       </c>
       <c r="D97" s="31">
         <v>111737.20193764259</v>
       </c>
       <c r="E97" s="32">
         <v>437.90416644085218</v>
       </c>
       <c r="F97" s="31">
         <v>83804.917129340552</v>
       </c>
       <c r="G97" s="32">
         <v>220.96073340584249</v>
       </c>
       <c r="H97" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I97" s="32" t="s">
@@ -9735,51 +9739,51 @@
       <c r="V97" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W97" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X97" s="31">
         <v>108936.30037770791</v>
       </c>
       <c r="Y97" s="32">
         <v>290.55246582404629</v>
       </c>
       <c r="Z97" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA97" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB97" s="31">
         <v>153842.46108096986</v>
       </c>
       <c r="AC97" s="32">
         <v>451.36112535274185</v>
       </c>
     </row>
-    <row r="98" spans="1:29">
+    <row r="98" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A98" s="6" t="s">
         <v>112</v>
       </c>
       <c r="B98" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C98" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D98" s="31">
         <v>109625.2001869072</v>
       </c>
       <c r="E98" s="32">
         <v>429.62711680886355</v>
       </c>
       <c r="F98" s="31">
         <v>87789.971642852484</v>
       </c>
       <c r="G98" s="32">
         <v>231.46776089456219</v>
       </c>
       <c r="H98" s="31">
         <v>146106.14870672926</v>
       </c>
       <c r="I98" s="32">
@@ -9824,51 +9828,51 @@
       <c r="V98" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W98" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X98" s="31">
         <v>109278.97118590772</v>
       </c>
       <c r="Y98" s="32">
         <v>291.46642974555965</v>
       </c>
       <c r="Z98" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA98" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB98" s="31">
         <v>153756.73912031064</v>
       </c>
       <c r="AC98" s="32">
         <v>451.10962417186676</v>
       </c>
     </row>
-    <row r="99" spans="1:29">
+    <row r="99" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A99" s="6" t="s">
         <v>113</v>
       </c>
       <c r="B99" s="31">
         <v>93777.930146421771</v>
       </c>
       <c r="C99" s="32">
         <v>235.71141636727444</v>
       </c>
       <c r="D99" s="31">
         <v>102447.93996345141</v>
       </c>
       <c r="E99" s="32">
         <v>401.49904396491058</v>
       </c>
       <c r="F99" s="31">
         <v>85586.898481827317</v>
       </c>
       <c r="G99" s="32">
         <v>225.65912008825299</v>
       </c>
       <c r="H99" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I99" s="32" t="s">
@@ -9913,51 +9917,51 @@
       <c r="V99" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W99" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X99" s="31">
         <v>108557.36380190968</v>
       </c>
       <c r="Y99" s="32">
         <v>289.54177465767333</v>
       </c>
       <c r="Z99" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA99" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB99" s="31">
         <v>155585.98362213597</v>
       </c>
       <c r="AC99" s="32">
         <v>456.47647706207533</v>
       </c>
     </row>
-    <row r="100" spans="1:29">
+    <row r="100" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A100" s="6" t="s">
         <v>114</v>
       </c>
       <c r="B100" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C100" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D100" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E100" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F100" s="31">
         <v>82981.305945581713</v>
       </c>
       <c r="G100" s="32">
         <v>218.78919338840248</v>
       </c>
       <c r="H100" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I100" s="32" t="s">
@@ -10002,51 +10006,51 @@
       <c r="V100" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W100" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X100" s="31">
         <v>106586.34138778395</v>
       </c>
       <c r="Y100" s="32">
         <v>284.28470772375817</v>
       </c>
       <c r="Z100" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA100" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB100" s="31">
         <v>153496.39019246268</v>
       </c>
       <c r="AC100" s="32">
         <v>450.34578183450333</v>
       </c>
     </row>
-    <row r="101" spans="1:29">
+    <row r="101" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A101" s="6" t="s">
         <v>115</v>
       </c>
       <c r="B101" s="31">
         <v>100238.75119840444</v>
       </c>
       <c r="C101" s="32">
         <v>251.95073065668723</v>
       </c>
       <c r="D101" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E101" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F101" s="31">
         <v>88234.874977951549</v>
       </c>
       <c r="G101" s="32">
         <v>232.64079668512895</v>
       </c>
       <c r="H101" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I101" s="32" t="s">
@@ -10091,51 +10095,51 @@
       <c r="V101" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W101" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X101" s="31">
         <v>111229.66536925705</v>
       </c>
       <c r="Y101" s="32">
         <v>296.66927767664981</v>
       </c>
       <c r="Z101" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA101" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB101" s="31">
         <v>159294.48986551867</v>
       </c>
       <c r="AC101" s="32">
         <v>467.35692930932515</v>
       </c>
     </row>
-    <row r="102" spans="1:29">
+    <row r="102" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A102" s="6" t="s">
         <v>116</v>
       </c>
       <c r="B102" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C102" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D102" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E102" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F102" s="31" t="s">
         <v>21</v>
       </c>
       <c r="G102" s="32" t="s">
         <v>21</v>
       </c>
       <c r="H102" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I102" s="32" t="s">
@@ -10180,51 +10184,51 @@
       <c r="V102" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W102" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X102" s="31" t="s">
         <v>21</v>
       </c>
       <c r="Y102" s="32" t="s">
         <v>21</v>
       </c>
       <c r="Z102" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA102" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB102" s="31">
         <v>162936.92610257104</v>
       </c>
       <c r="AC102" s="32">
         <v>478.04353759308287</v>
       </c>
     </row>
-    <row r="103" spans="1:29">
+    <row r="103" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A103" s="6" t="s">
         <v>117</v>
       </c>
       <c r="B103" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C103" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D103" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E103" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F103" s="31" t="s">
         <v>21</v>
       </c>
       <c r="G103" s="32" t="s">
         <v>21</v>
       </c>
       <c r="H103" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I103" s="32" t="s">
@@ -10269,51 +10273,51 @@
       <c r="V103" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W103" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X103" s="31" t="s">
         <v>21</v>
       </c>
       <c r="Y103" s="32" t="s">
         <v>21</v>
       </c>
       <c r="Z103" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA103" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB103" s="31">
         <v>165142.10323363461</v>
       </c>
       <c r="AC103" s="32">
         <v>484.51334589233471</v>
       </c>
     </row>
-    <row r="104" spans="1:29">
+    <row r="104" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A104" s="6" t="s">
         <v>118</v>
       </c>
       <c r="B104" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C104" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D104" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E104" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F104" s="31" t="s">
         <v>21</v>
       </c>
       <c r="G104" s="32" t="s">
         <v>21</v>
       </c>
       <c r="H104" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I104" s="32" t="s">
@@ -10358,51 +10362,51 @@
       <c r="V104" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W104" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X104" s="31" t="s">
         <v>21</v>
       </c>
       <c r="Y104" s="32" t="s">
         <v>21</v>
       </c>
       <c r="Z104" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA104" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB104" s="31">
         <v>166697.04237923291</v>
       </c>
       <c r="AC104" s="32">
         <v>489.07540943240565</v>
       </c>
     </row>
-    <row r="105" spans="1:29">
+    <row r="105" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A105" s="6" t="s">
         <v>119</v>
       </c>
       <c r="B105" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C105" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D105" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E105" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F105" s="31" t="s">
         <v>21</v>
       </c>
       <c r="G105" s="32" t="s">
         <v>21</v>
       </c>
       <c r="H105" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I105" s="32" t="s">
@@ -10447,51 +10451,51 @@
       <c r="V105" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W105" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X105" s="31" t="s">
         <v>21</v>
       </c>
       <c r="Y105" s="32" t="s">
         <v>21</v>
       </c>
       <c r="Z105" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA105" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB105" s="31">
         <v>170487.11111968016</v>
       </c>
       <c r="AC105" s="32">
         <v>500.19515933651155</v>
       </c>
     </row>
-    <row r="106" spans="1:29">
+    <row r="106" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A106" s="6" t="s">
         <v>120</v>
       </c>
       <c r="B106" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C106" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D106" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E106" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F106" s="31" t="s">
         <v>21</v>
       </c>
       <c r="G106" s="32" t="s">
         <v>21</v>
       </c>
       <c r="H106" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I106" s="32" t="s">
@@ -10536,51 +10540,51 @@
       <c r="V106" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W106" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X106" s="31" t="s">
         <v>21</v>
       </c>
       <c r="Y106" s="32" t="s">
         <v>21</v>
       </c>
       <c r="Z106" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA106" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB106" s="31">
         <v>172078.88372581228</v>
       </c>
       <c r="AC106" s="32">
         <v>504.86528921977776</v>
       </c>
     </row>
-    <row r="107" spans="1:29">
+    <row r="107" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A107" s="6" t="s">
         <v>121</v>
       </c>
       <c r="B107" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C107" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D107" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E107" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F107" s="31" t="s">
         <v>21</v>
       </c>
       <c r="G107" s="32" t="s">
         <v>21</v>
       </c>
       <c r="H107" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I107" s="32" t="s">
@@ -10625,51 +10629,51 @@
       <c r="V107" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W107" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X107" s="31" t="s">
         <v>21</v>
       </c>
       <c r="Y107" s="32" t="s">
         <v>21</v>
       </c>
       <c r="Z107" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA107" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB107" s="31">
         <v>170103.50993576917</v>
       </c>
       <c r="AC107" s="32">
         <v>499.06970501889248</v>
       </c>
     </row>
-    <row r="108" spans="1:29">
+    <row r="108" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A108" s="6" t="s">
         <v>122</v>
       </c>
       <c r="B108" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C108" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D108" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E108" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F108" s="31" t="s">
         <v>21</v>
       </c>
       <c r="G108" s="32" t="s">
         <v>21</v>
       </c>
       <c r="H108" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I108" s="32" t="s">
@@ -10714,51 +10718,51 @@
       <c r="V108" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W108" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X108" s="31" t="s">
         <v>21</v>
       </c>
       <c r="Y108" s="32" t="s">
         <v>21</v>
       </c>
       <c r="Z108" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA108" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB108" s="31">
         <v>172330.92085661253</v>
       </c>
       <c r="AC108" s="32">
         <v>505.60474542835203</v>
       </c>
     </row>
-    <row r="109" spans="1:29">
+    <row r="109" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A109" s="6" t="s">
         <v>123</v>
       </c>
       <c r="B109" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C109" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D109" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E109" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F109" s="31" t="s">
         <v>21</v>
       </c>
       <c r="G109" s="32" t="s">
         <v>21</v>
       </c>
       <c r="H109" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I109" s="32" t="s">
@@ -10803,51 +10807,51 @@
       <c r="V109" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W109" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X109" s="31" t="s">
         <v>21</v>
       </c>
       <c r="Y109" s="32" t="s">
         <v>21</v>
       </c>
       <c r="Z109" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA109" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB109" s="31">
         <v>172433.54555425601</v>
       </c>
       <c r="AC109" s="32">
         <v>505.90583784907824</v>
       </c>
     </row>
-    <row r="110" spans="1:29">
+    <row r="110" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A110" s="6" t="s">
         <v>124</v>
       </c>
       <c r="B110" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C110" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D110" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E110" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F110" s="31" t="s">
         <v>21</v>
       </c>
       <c r="G110" s="32" t="s">
         <v>21</v>
       </c>
       <c r="H110" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I110" s="32" t="s">
@@ -10892,51 +10896,51 @@
       <c r="V110" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W110" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X110" s="31" t="s">
         <v>21</v>
       </c>
       <c r="Y110" s="32" t="s">
         <v>21</v>
       </c>
       <c r="Z110" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA110" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB110" s="31">
         <v>172871.95456824201</v>
       </c>
       <c r="AC110" s="32">
         <v>507.19209383151059</v>
       </c>
     </row>
-    <row r="111" spans="1:29">
+    <row r="111" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A111" s="6" t="s">
         <v>125</v>
       </c>
       <c r="B111" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C111" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D111" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E111" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F111" s="31" t="s">
         <v>21</v>
       </c>
       <c r="G111" s="32" t="s">
         <v>21</v>
       </c>
       <c r="H111" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I111" s="32" t="s">
@@ -10981,51 +10985,51 @@
       <c r="V111" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W111" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X111" s="31" t="s">
         <v>21</v>
       </c>
       <c r="Y111" s="32" t="s">
         <v>21</v>
       </c>
       <c r="Z111" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA111" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB111" s="31">
         <v>173386.86678358499</v>
       </c>
       <c r="AC111" s="32">
         <v>508.70280391338298</v>
       </c>
     </row>
-    <row r="112" spans="1:29">
+    <row r="112" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A112" s="6" t="s">
         <v>126</v>
       </c>
       <c r="B112" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C112" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D112" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E112" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F112" s="31" t="s">
         <v>21</v>
       </c>
       <c r="G112" s="32" t="s">
         <v>21</v>
       </c>
       <c r="H112" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I112" s="32" t="s">
@@ -11070,51 +11074,51 @@
       <c r="V112" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W112" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X112" s="31" t="s">
         <v>21</v>
       </c>
       <c r="Y112" s="32" t="s">
         <v>21</v>
       </c>
       <c r="Z112" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA112" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB112" s="31">
         <v>173151.777959428</v>
       </c>
       <c r="AC112" s="32">
         <v>508.01307264229064</v>
       </c>
     </row>
-    <row r="113" spans="1:29">
+    <row r="113" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A113" s="6" t="s">
         <v>127</v>
       </c>
       <c r="B113" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C113" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D113" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E113" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F113" s="31" t="s">
         <v>21</v>
       </c>
       <c r="G113" s="32" t="s">
         <v>21</v>
       </c>
       <c r="H113" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I113" s="32" t="s">
@@ -11159,51 +11163,51 @@
       <c r="V113" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W113" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X113" s="31" t="s">
         <v>21</v>
       </c>
       <c r="Y113" s="32" t="s">
         <v>21</v>
       </c>
       <c r="Z113" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA113" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB113" s="31">
         <v>174067.70950509701</v>
       </c>
       <c r="AC113" s="32">
         <v>510.70034045050414</v>
       </c>
     </row>
-    <row r="114" spans="1:29">
+    <row r="114" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A114" s="6" t="s">
         <v>128</v>
       </c>
       <c r="B114" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C114" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D114" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E114" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F114" s="31" t="s">
         <v>21</v>
       </c>
       <c r="G114" s="32" t="s">
         <v>21</v>
       </c>
       <c r="H114" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I114" s="32" t="s">
@@ -11248,51 +11252,51 @@
       <c r="V114" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W114" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X114" s="31" t="s">
         <v>21</v>
       </c>
       <c r="Y114" s="32" t="s">
         <v>21</v>
       </c>
       <c r="Z114" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA114" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB114" s="31">
         <v>174274.896677438</v>
       </c>
       <c r="AC114" s="32">
         <v>511.30821057042681</v>
       </c>
     </row>
-    <row r="115" spans="1:29">
+    <row r="115" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A115" s="6" t="s">
         <v>129</v>
       </c>
       <c r="B115" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C115" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D115" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E115" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F115" s="31" t="s">
         <v>21</v>
       </c>
       <c r="G115" s="32" t="s">
         <v>21</v>
       </c>
       <c r="H115" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I115" s="32" t="s">
@@ -11337,51 +11341,51 @@
       <c r="V115" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W115" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X115" s="31" t="s">
         <v>21</v>
       </c>
       <c r="Y115" s="32" t="s">
         <v>21</v>
       </c>
       <c r="Z115" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA115" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB115" s="31">
         <v>172779.234410498</v>
       </c>
       <c r="AC115" s="32">
         <v>506.92006051607763</v>
       </c>
     </row>
-    <row r="116" spans="1:29">
+    <row r="116" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A116" s="6" t="s">
         <v>130</v>
       </c>
       <c r="B116" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C116" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D116" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E116" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F116" s="31" t="s">
         <v>21</v>
       </c>
       <c r="G116" s="32" t="s">
         <v>21</v>
       </c>
       <c r="H116" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I116" s="32" t="s">
@@ -11426,51 +11430,51 @@
       <c r="V116" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W116" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X116" s="31" t="s">
         <v>21</v>
       </c>
       <c r="Y116" s="32" t="s">
         <v>21</v>
       </c>
       <c r="Z116" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA116" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB116" s="31">
         <v>169813.02378062101</v>
       </c>
       <c r="AC116" s="32">
         <v>498.21744253579266</v>
       </c>
     </row>
-    <row r="117" spans="1:29">
+    <row r="117" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A117" s="6" t="s">
         <v>131</v>
       </c>
       <c r="B117" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C117" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D117" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E117" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F117" s="31" t="s">
         <v>21</v>
       </c>
       <c r="G117" s="32" t="s">
         <v>21</v>
       </c>
       <c r="H117" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I117" s="32" t="s">
@@ -11515,51 +11519,51 @@
       <c r="V117" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W117" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X117" s="31" t="s">
         <v>21</v>
       </c>
       <c r="Y117" s="32" t="s">
         <v>21</v>
       </c>
       <c r="Z117" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA117" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB117" s="31">
         <v>171767.55070294801</v>
       </c>
       <c r="AC117" s="32">
         <v>503.95186374171334</v>
       </c>
     </row>
-    <row r="118" spans="1:29">
+    <row r="118" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A118" s="6" t="s">
         <v>132</v>
       </c>
       <c r="B118" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C118" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D118" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E118" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F118" s="31" t="s">
         <v>21</v>
       </c>
       <c r="G118" s="32" t="s">
         <v>21</v>
       </c>
       <c r="H118" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I118" s="32" t="s">
@@ -11604,51 +11608,51 @@
       <c r="V118" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W118" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X118" s="31" t="s">
         <v>21</v>
       </c>
       <c r="Y118" s="32" t="s">
         <v>21</v>
       </c>
       <c r="Z118" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA118" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB118" s="31">
         <v>170564.23259907999</v>
       </c>
       <c r="AC118" s="32">
         <v>500.42142741286818</v>
       </c>
     </row>
-    <row r="119" spans="1:29">
+    <row r="119" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A119" s="6" t="s">
         <v>133</v>
       </c>
       <c r="B119" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C119" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D119" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E119" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F119" s="31" t="s">
         <v>21</v>
       </c>
       <c r="G119" s="32" t="s">
         <v>21</v>
       </c>
       <c r="H119" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I119" s="32" t="s">
@@ -11693,51 +11697,51 @@
       <c r="V119" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W119" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X119" s="31" t="s">
         <v>21</v>
       </c>
       <c r="Y119" s="32" t="s">
         <v>21</v>
       </c>
       <c r="Z119" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA119" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB119" s="31">
         <v>170105.103132497</v>
       </c>
       <c r="AC119" s="32">
         <v>499.07437932703164</v>
       </c>
     </row>
-    <row r="120" spans="1:29">
+    <row r="120" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A120" s="6" t="s">
         <v>134</v>
       </c>
       <c r="B120" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C120" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D120" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E120" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F120" s="31" t="s">
         <v>21</v>
       </c>
       <c r="G120" s="32" t="s">
         <v>21</v>
       </c>
       <c r="H120" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I120" s="32" t="s">
@@ -11782,51 +11786,51 @@
       <c r="V120" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W120" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X120" s="31" t="s">
         <v>21</v>
       </c>
       <c r="Y120" s="32" t="s">
         <v>21</v>
       </c>
       <c r="Z120" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA120" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB120" s="31">
         <v>170757.44037877599</v>
       </c>
       <c r="AC120" s="32">
         <v>500.98828314474957</v>
       </c>
     </row>
-    <row r="121" spans="1:29">
+    <row r="121" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A121" s="6" t="s">
         <v>135</v>
       </c>
       <c r="B121" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C121" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D121" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E121" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F121" s="31" t="s">
         <v>21</v>
       </c>
       <c r="G121" s="32" t="s">
         <v>21</v>
       </c>
       <c r="H121" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I121" s="32" t="s">
@@ -11871,51 +11875,51 @@
       <c r="V121" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W121" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X121" s="31" t="s">
         <v>21</v>
       </c>
       <c r="Y121" s="32" t="s">
         <v>21</v>
       </c>
       <c r="Z121" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA121" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB121" s="31">
         <v>174097.02677869701</v>
       </c>
       <c r="AC121" s="32">
         <v>510.7863549195356</v>
       </c>
     </row>
-    <row r="122" spans="1:29">
+    <row r="122" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A122" s="6" t="s">
         <v>136</v>
       </c>
       <c r="B122" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C122" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D122" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E122" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F122" s="31" t="s">
         <v>21</v>
       </c>
       <c r="G122" s="32" t="s">
         <v>21</v>
       </c>
       <c r="H122" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I122" s="32" t="s">
@@ -11960,51 +11964,51 @@
       <c r="V122" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W122" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X122" s="31" t="s">
         <v>21</v>
       </c>
       <c r="Y122" s="32" t="s">
         <v>21</v>
       </c>
       <c r="Z122" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA122" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB122" s="31">
         <v>173367.38128472399</v>
       </c>
       <c r="AC122" s="32">
         <v>508.64563506264977</v>
       </c>
     </row>
-    <row r="123" spans="1:29">
+    <row r="123" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A123" s="6" t="s">
         <v>137</v>
       </c>
       <c r="B123" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C123" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D123" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E123" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F123" s="31" t="s">
         <v>21</v>
       </c>
       <c r="G123" s="32" t="s">
         <v>21</v>
       </c>
       <c r="H123" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I123" s="32" t="s">
@@ -12049,51 +12053,51 @@
       <c r="V123" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W123" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X123" s="31" t="s">
         <v>21</v>
       </c>
       <c r="Y123" s="32" t="s">
         <v>21</v>
       </c>
       <c r="Z123" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA123" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB123" s="31">
         <v>176954.26485919699</v>
       </c>
       <c r="AC123" s="32">
         <v>519.16925640429804</v>
       </c>
     </row>
-    <row r="124" spans="1:29">
+    <row r="124" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A124" s="6" t="s">
         <v>138</v>
       </c>
       <c r="B124" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C124" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D124" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E124" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F124" s="31" t="s">
         <v>21</v>
       </c>
       <c r="G124" s="32" t="s">
         <v>21</v>
       </c>
       <c r="H124" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I124" s="32" t="s">
@@ -12138,51 +12142,51 @@
       <c r="V124" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W124" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X124" s="31" t="s">
         <v>21</v>
       </c>
       <c r="Y124" s="32" t="s">
         <v>21</v>
       </c>
       <c r="Z124" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA124" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB124" s="31">
         <v>177108.74440167999</v>
       </c>
       <c r="AC124" s="32">
         <v>519.62248667407653</v>
       </c>
     </row>
-    <row r="125" spans="1:29">
+    <row r="125" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A125" s="6" t="s">
         <v>139</v>
       </c>
       <c r="B125" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C125" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D125" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E125" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F125" s="31" t="s">
         <v>21</v>
       </c>
       <c r="G125" s="32" t="s">
         <v>21</v>
       </c>
       <c r="H125" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I125" s="32" t="s">
@@ -12227,51 +12231,51 @@
       <c r="V125" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W125" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X125" s="31" t="s">
         <v>21</v>
       </c>
       <c r="Y125" s="32" t="s">
         <v>21</v>
       </c>
       <c r="Z125" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA125" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB125" s="31">
         <v>186524.45469153</v>
       </c>
       <c r="AC125" s="32">
         <v>547.24740610503466</v>
       </c>
     </row>
-    <row r="126" spans="1:29">
+    <row r="126" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A126" s="6" t="s">
         <v>140</v>
       </c>
       <c r="B126" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C126" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D126" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E126" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F126" s="31" t="s">
         <v>21</v>
       </c>
       <c r="G126" s="32" t="s">
         <v>21</v>
       </c>
       <c r="H126" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I126" s="32" t="s">
@@ -12316,51 +12320,51 @@
       <c r="V126" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W126" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X126" s="31" t="s">
         <v>21</v>
       </c>
       <c r="Y126" s="32" t="s">
         <v>21</v>
       </c>
       <c r="Z126" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA126" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB126" s="31">
         <v>186686.996604568</v>
       </c>
       <c r="AC126" s="32">
         <v>547.72429070679095</v>
       </c>
     </row>
-    <row r="127" spans="1:29">
+    <row r="127" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A127" s="6" t="s">
         <v>141</v>
       </c>
       <c r="B127" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C127" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D127" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E127" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F127" s="31" t="s">
         <v>21</v>
       </c>
       <c r="G127" s="32" t="s">
         <v>21</v>
       </c>
       <c r="H127" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I127" s="32" t="s">
@@ -12405,51 +12409,51 @@
       <c r="V127" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W127" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X127" s="31" t="s">
         <v>21</v>
       </c>
       <c r="Y127" s="32" t="s">
         <v>21</v>
       </c>
       <c r="Z127" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA127" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB127" s="31">
         <v>189671.16927129301</v>
       </c>
       <c r="AC127" s="32">
         <v>556.47960782558675</v>
       </c>
     </row>
-    <row r="128" spans="1:29">
+    <row r="128" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A128" s="6" t="s">
         <v>142</v>
       </c>
       <c r="B128" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C128" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D128" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E128" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F128" s="31" t="s">
         <v>21</v>
       </c>
       <c r="G128" s="32" t="s">
         <v>21</v>
       </c>
       <c r="H128" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I128" s="32" t="s">
@@ -12494,51 +12498,51 @@
       <c r="V128" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W128" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X128" s="31" t="s">
         <v>21</v>
       </c>
       <c r="Y128" s="32" t="s">
         <v>21</v>
       </c>
       <c r="Z128" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA128" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB128" s="31">
         <v>194820.88108091301</v>
       </c>
       <c r="AC128" s="32">
         <v>571.58843864706603</v>
       </c>
     </row>
-    <row r="129" spans="1:29">
+    <row r="129" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A129" s="6" t="s">
         <v>143</v>
       </c>
       <c r="B129" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C129" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D129" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E129" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F129" s="31" t="s">
         <v>21</v>
       </c>
       <c r="G129" s="32" t="s">
         <v>21</v>
       </c>
       <c r="H129" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I129" s="32" t="s">
@@ -12583,51 +12587,51 @@
       <c r="V129" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W129" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X129" s="31" t="s">
         <v>21</v>
       </c>
       <c r="Y129" s="32" t="s">
         <v>21</v>
       </c>
       <c r="Z129" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA129" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB129" s="31">
         <v>200304.995418737</v>
       </c>
       <c r="AC129" s="32">
         <v>587.67837897752236</v>
       </c>
     </row>
-    <row r="130" spans="1:29">
+    <row r="130" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A130" s="6" t="s">
         <v>144</v>
       </c>
       <c r="B130" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C130" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D130" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E130" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F130" s="31" t="s">
         <v>21</v>
       </c>
       <c r="G130" s="32" t="s">
         <v>21</v>
       </c>
       <c r="H130" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I130" s="32" t="s">
@@ -12672,51 +12676,51 @@
       <c r="V130" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W130" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X130" s="31" t="s">
         <v>21</v>
       </c>
       <c r="Y130" s="32" t="s">
         <v>21</v>
       </c>
       <c r="Z130" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA130" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB130" s="31">
         <v>202030.40915946799</v>
       </c>
       <c r="AC130" s="32">
         <v>592.74060095605364</v>
       </c>
     </row>
-    <row r="131" spans="1:29">
+    <row r="131" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A131" s="6" t="s">
         <v>145</v>
       </c>
       <c r="B131" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C131" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D131" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E131" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F131" s="31" t="s">
         <v>21</v>
       </c>
       <c r="G131" s="32" t="s">
         <v>21</v>
       </c>
       <c r="H131" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I131" s="32" t="s">
@@ -12761,51 +12765,51 @@
       <c r="V131" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W131" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X131" s="31" t="s">
         <v>21</v>
       </c>
       <c r="Y131" s="32" t="s">
         <v>21</v>
       </c>
       <c r="Z131" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA131" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB131" s="31">
         <v>193722.50911168999</v>
       </c>
       <c r="AC131" s="32">
         <v>568.36590564414246</v>
       </c>
     </row>
-    <row r="132" spans="1:29">
+    <row r="132" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A132" s="6" t="s">
         <v>146</v>
       </c>
       <c r="B132" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C132" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D132" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E132" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F132" s="31" t="s">
         <v>21</v>
       </c>
       <c r="G132" s="32" t="s">
         <v>21</v>
       </c>
       <c r="H132" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I132" s="32" t="s">
@@ -12850,51 +12854,51 @@
       <c r="V132" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W132" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X132" s="31" t="s">
         <v>21</v>
       </c>
       <c r="Y132" s="32" t="s">
         <v>21</v>
       </c>
       <c r="Z132" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA132" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB132" s="31">
         <v>190411.26228336201</v>
       </c>
       <c r="AC132" s="32">
         <v>558.65097984112765</v>
       </c>
     </row>
-    <row r="133" spans="1:29">
+    <row r="133" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A133" s="6" t="s">
         <v>147</v>
       </c>
       <c r="B133" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C133" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D133" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E133" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F133" s="31" t="s">
         <v>21</v>
       </c>
       <c r="G133" s="32" t="s">
         <v>21</v>
       </c>
       <c r="H133" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I133" s="32" t="s">
@@ -12939,51 +12943,51 @@
       <c r="V133" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W133" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X133" s="31" t="s">
         <v>21</v>
       </c>
       <c r="Y133" s="32" t="s">
         <v>21</v>
       </c>
       <c r="Z133" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA133" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB133" s="31">
         <v>192914.69583435799</v>
       </c>
       <c r="AC133" s="32">
         <v>565.99584794115538</v>
       </c>
     </row>
-    <row r="134" spans="1:29">
+    <row r="134" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A134" s="6" t="s">
         <v>148</v>
       </c>
       <c r="B134" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C134" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D134" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E134" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F134" s="31" t="s">
         <v>21</v>
       </c>
       <c r="G134" s="32" t="s">
         <v>21</v>
       </c>
       <c r="H134" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I134" s="32" t="s">
@@ -13028,51 +13032,51 @@
       <c r="V134" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W134" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X134" s="31" t="s">
         <v>21</v>
       </c>
       <c r="Y134" s="32" t="s">
         <v>21</v>
       </c>
       <c r="Z134" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA134" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB134" s="31">
         <v>190546.97452342001</v>
       </c>
       <c r="AC134" s="32">
         <v>559.04914838943557</v>
       </c>
     </row>
-    <row r="135" spans="1:29">
+    <row r="135" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A135" s="6" t="s">
         <v>149</v>
       </c>
       <c r="B135" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C135" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D135" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E135" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F135" s="31" t="s">
         <v>21</v>
       </c>
       <c r="G135" s="32" t="s">
         <v>21</v>
       </c>
       <c r="H135" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I135" s="32" t="s">
@@ -13117,51 +13121,51 @@
       <c r="V135" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W135" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X135" s="31" t="s">
         <v>21</v>
       </c>
       <c r="Y135" s="32" t="s">
         <v>21</v>
       </c>
       <c r="Z135" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA135" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB135" s="31">
         <v>189618.298832887</v>
       </c>
       <c r="AC135" s="32">
         <v>556.32449030855571</v>
       </c>
     </row>
-    <row r="136" spans="1:29">
+    <row r="136" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A136" s="6" t="s">
         <v>150</v>
       </c>
       <c r="B136" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C136" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D136" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E136" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F136" s="31" t="s">
         <v>21</v>
       </c>
       <c r="G136" s="32" t="s">
         <v>21</v>
       </c>
       <c r="H136" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I136" s="32" t="s">
@@ -13206,51 +13210,51 @@
       <c r="V136" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W136" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X136" s="31" t="s">
         <v>21</v>
       </c>
       <c r="Y136" s="32" t="s">
         <v>21</v>
       </c>
       <c r="Z136" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA136" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB136" s="31">
         <v>193550.773188694</v>
       </c>
       <c r="AC136" s="32">
         <v>567.86204657349128</v>
       </c>
     </row>
-    <row r="137" spans="1:29">
+    <row r="137" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A137" s="6" t="s">
         <v>151</v>
       </c>
       <c r="B137" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C137" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D137" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E137" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F137" s="31" t="s">
         <v>21</v>
       </c>
       <c r="G137" s="32" t="s">
         <v>21</v>
       </c>
       <c r="H137" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I137" s="32" t="s">
@@ -13295,51 +13299,51 @@
       <c r="V137" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W137" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X137" s="31" t="s">
         <v>21</v>
       </c>
       <c r="Y137" s="32" t="s">
         <v>21</v>
       </c>
       <c r="Z137" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA137" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB137" s="31">
         <v>194959.197386871</v>
       </c>
       <c r="AC137" s="32">
         <v>571.9942473105076</v>
       </c>
     </row>
-    <row r="138" spans="1:29">
+    <row r="138" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A138" s="6" t="s">
         <v>152</v>
       </c>
       <c r="B138" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C138" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D138" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E138" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F138" s="31" t="s">
         <v>21</v>
       </c>
       <c r="G138" s="32" t="s">
         <v>21</v>
       </c>
       <c r="H138" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I138" s="32" t="s">
@@ -13384,51 +13388,51 @@
       <c r="V138" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W138" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X138" s="31" t="s">
         <v>21</v>
       </c>
       <c r="Y138" s="32" t="s">
         <v>21</v>
       </c>
       <c r="Z138" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA138" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB138" s="31">
         <v>195664.967045731</v>
       </c>
       <c r="AC138" s="32">
         <v>574.06491743125673</v>
       </c>
     </row>
-    <row r="139" spans="1:29">
+    <row r="139" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A139" s="6" t="s">
         <v>153</v>
       </c>
       <c r="B139" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C139" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D139" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E139" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F139" s="31" t="s">
         <v>21</v>
       </c>
       <c r="G139" s="32" t="s">
         <v>21</v>
       </c>
       <c r="H139" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I139" s="32" t="s">
@@ -13473,51 +13477,51 @@
       <c r="V139" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W139" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X139" s="31" t="s">
         <v>21</v>
       </c>
       <c r="Y139" s="32" t="s">
         <v>21</v>
       </c>
       <c r="Z139" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA139" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB139" s="31">
         <v>197204.970289652</v>
       </c>
       <c r="AC139" s="32">
         <v>578.58316026447051</v>
       </c>
     </row>
-    <row r="140" spans="1:29">
+    <row r="140" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A140" s="6" t="s">
         <v>154</v>
       </c>
       <c r="B140" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C140" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D140" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E140" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F140" s="31" t="s">
         <v>21</v>
       </c>
       <c r="G140" s="32" t="s">
         <v>21</v>
       </c>
       <c r="H140" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I140" s="32" t="s">
@@ -13562,51 +13566,51 @@
       <c r="V140" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W140" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X140" s="31" t="s">
         <v>21</v>
       </c>
       <c r="Y140" s="32" t="s">
         <v>21</v>
       </c>
       <c r="Z140" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA140" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB140" s="31">
         <v>198018.51774931801</v>
       </c>
       <c r="AC140" s="32">
         <v>580.9700415867178</v>
       </c>
     </row>
-    <row r="141" spans="1:29">
+    <row r="141" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A141" s="6" t="s">
         <v>155</v>
       </c>
       <c r="B141" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C141" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D141" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E141" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F141" s="31" t="s">
         <v>21</v>
       </c>
       <c r="G141" s="32" t="s">
         <v>21</v>
       </c>
       <c r="H141" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I141" s="32" t="s">
@@ -13651,51 +13655,51 @@
       <c r="V141" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W141" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X141" s="31" t="s">
         <v>21</v>
       </c>
       <c r="Y141" s="32" t="s">
         <v>21</v>
       </c>
       <c r="Z141" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA141" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB141" s="31">
         <v>195612.31187113901</v>
       </c>
       <c r="AC141" s="32">
         <v>573.91043148054791</v>
       </c>
     </row>
-    <row r="142" spans="1:29">
+    <row r="142" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A142" s="6" t="s">
         <v>156</v>
       </c>
       <c r="B142" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C142" s="32" t="s">
         <v>21</v>
       </c>
       <c r="D142" s="31" t="s">
         <v>21</v>
       </c>
       <c r="E142" s="32" t="s">
         <v>21</v>
       </c>
       <c r="F142" s="31" t="s">
         <v>21</v>
       </c>
       <c r="G142" s="32" t="s">
         <v>21</v>
       </c>
       <c r="H142" s="31" t="s">
         <v>21</v>
       </c>
       <c r="I142" s="32" t="s">
@@ -13738,50 +13742,139 @@
         <v>21</v>
       </c>
       <c r="V142" s="31" t="s">
         <v>21</v>
       </c>
       <c r="W142" s="32" t="s">
         <v>21</v>
       </c>
       <c r="X142" s="31" t="s">
         <v>21</v>
       </c>
       <c r="Y142" s="32" t="s">
         <v>21</v>
       </c>
       <c r="Z142" s="31" t="s">
         <v>21</v>
       </c>
       <c r="AA142" s="32" t="s">
         <v>21</v>
       </c>
       <c r="AB142" s="31">
         <v>195115.67162945299</v>
       </c>
       <c r="AC142" s="32">
         <v>572.45332986628762</v>
+      </c>
+    </row>
+    <row r="143" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A143" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="B143" s="31" t="s">
+        <v>21</v>
+      </c>
+      <c r="C143" s="32" t="s">
+        <v>21</v>
+      </c>
+      <c r="D143" s="31" t="s">
+        <v>21</v>
+      </c>
+      <c r="E143" s="32" t="s">
+        <v>21</v>
+      </c>
+      <c r="F143" s="31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G143" s="32" t="s">
+        <v>21</v>
+      </c>
+      <c r="H143" s="31" t="s">
+        <v>21</v>
+      </c>
+      <c r="I143" s="32" t="s">
+        <v>21</v>
+      </c>
+      <c r="J143" s="31" t="s">
+        <v>21</v>
+      </c>
+      <c r="K143" s="32" t="s">
+        <v>21</v>
+      </c>
+      <c r="L143" s="31" t="s">
+        <v>21</v>
+      </c>
+      <c r="M143" s="32" t="s">
+        <v>21</v>
+      </c>
+      <c r="N143" s="31" t="s">
+        <v>21</v>
+      </c>
+      <c r="O143" s="32" t="s">
+        <v>21</v>
+      </c>
+      <c r="P143" s="31" t="s">
+        <v>21</v>
+      </c>
+      <c r="Q143" s="32" t="s">
+        <v>21</v>
+      </c>
+      <c r="R143" s="31" t="s">
+        <v>21</v>
+      </c>
+      <c r="S143" s="32" t="s">
+        <v>21</v>
+      </c>
+      <c r="T143" s="31" t="s">
+        <v>21</v>
+      </c>
+      <c r="U143" s="32" t="s">
+        <v>21</v>
+      </c>
+      <c r="V143" s="31" t="s">
+        <v>21</v>
+      </c>
+      <c r="W143" s="32" t="s">
+        <v>21</v>
+      </c>
+      <c r="X143" s="31" t="s">
+        <v>21</v>
+      </c>
+      <c r="Y143" s="32" t="s">
+        <v>21</v>
+      </c>
+      <c r="Z143" s="31" t="s">
+        <v>21</v>
+      </c>
+      <c r="AA143" s="32" t="s">
+        <v>21</v>
+      </c>
+      <c r="AB143" s="31">
+        <v>195342.86252725901</v>
+      </c>
+      <c r="AC143" s="32">
+        <v>573.11988927116909</v>
       </c>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.78740157480314965" bottom="0.78740157480314965" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="99" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Tahoma,Bold"Flats - Mix-adjusted regional and UK indices</oddHeader>
     <oddFooter>&amp;C&amp;"Tahoma,Regular"&amp;P &amp;R&amp;"Tahoma,Regular"Nationwide Building Society&amp;L&amp;"Calibri"&amp;11&amp;K000000&amp;"Tahoma,Regular"www.nationwide.co.uk/hpi_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;KFF0000NBS Secret</oddFooter>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="39" max="28" man="1"/>
     <brk id="75" max="28" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
@@ -13807,47 +13900,47 @@
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Nationwide Building Society - Quarterly Flats Price Series</dc:title>
   <dc:creator>Andrew Harvey</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_SetDate">
-    <vt:lpwstr>2025-09-29T08:55:11Z</vt:lpwstr>
+    <vt:lpwstr>2025-12-31T09:29:32Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Name">
     <vt:lpwstr>NBS Public - No Visible Label</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_SiteId">
     <vt:lpwstr>18ed93f5-e470-4996-b0ef-9554af985d50</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_ActionId">
-    <vt:lpwstr>10f5c51c-71d4-4a13-8abc-cc399cae7389</vt:lpwstr>
+    <vt:lpwstr>458266de-28d1-40fd-92b4-6c9f76fe638d</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>