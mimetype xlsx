--- v0 (2025-10-02)
+++ v1 (2026-01-13)
@@ -1,88 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\HPD\Press\Embargo\Internet HP Files\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{9DE740F9-4166-4C40-BE6F-AF0E7F8F6554}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{DC910FEB-7DEC-40BD-93DE-6DE99D1EEF7D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{D8EC23F4-135F-49CA-B5A6-DDB0CF9B3F57}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{B1E51C25-BA88-4EA8-8D7C-323E1DBDE05C}"/>
   </bookViews>
   <sheets>
     <sheet name="Z5 ftb" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Z5 ftb'!$A$1:$AC$123</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Z5 ftb'!$A:$A,'Z5 ftb'!$1:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="215" uniqueCount="188">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="216" uniqueCount="189">
   <si>
     <t>Q1 1993</t>
   </si>
   <si>
     <t>NORTH</t>
   </si>
   <si>
     <t>YORKS &amp; THE HUMBER</t>
   </si>
   <si>
     <t>NORTH WEST</t>
   </si>
   <si>
     <t>EAST MIDS</t>
   </si>
   <si>
     <t>WEST MIDS</t>
   </si>
   <si>
     <t>EAST ANGLIA</t>
   </si>
   <si>
     <t>OUTER S EAST</t>
   </si>
   <si>
@@ -602,64 +602,68 @@
     <t>Q3 2023</t>
   </si>
   <si>
     <t>Q4 2023</t>
   </si>
   <si>
     <t>Q1 2024</t>
   </si>
   <si>
     <t>Q2 2024</t>
   </si>
   <si>
     <t>Q3 2024</t>
   </si>
   <si>
     <t>Q4 2024</t>
   </si>
   <si>
     <t>Q1 2025</t>
   </si>
   <si>
     <t>Q2 2025</t>
   </si>
   <si>
     <t>Q3 2025</t>
+  </si>
+  <si>
+    <t>Q4 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="0.000"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
-  <fonts count="3">
+  <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="MS Sans Serif"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="12">
     <border>
       <left/>
@@ -885,51 +889,51 @@
     <xf numFmtId="1" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="1" fontId="2" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal_Z5" xfId="1" xr:uid="{005125D6-203B-4F2B-B76B-DA5773972D17}"/>
+    <cellStyle name="Normal_Z5" xfId="1" xr:uid="{99C84CFA-3B45-4980-8D81-5CC0C878849B}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Nationwide Brand Refresh">
       <a:dk1>
         <a:srgbClr val="02081E"/>
       </a:dk1>
@@ -1279,96 +1283,96 @@
         <a:extLst>
           <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
             <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:effectLst>
                 <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                   <a:srgbClr val="808080"/>
                 </a:outerShdw>
               </a:effectLst>
             </a14:hiddenEffects>
           </a:ext>
         </a:extLst>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0F6C7264-DA29-45E1-A492-E47F3D25186F}">
-  <dimension ref="A1:AC174"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D3B139A2-1A96-4207-8A88-FE4D70C7686C}">
+  <dimension ref="A1:AC175"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="1" ySplit="3" topLeftCell="V155" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="3" topLeftCell="U155" activePane="bottomRight" state="frozen"/>
       <selection activeCell="G32" sqref="G32"/>
       <selection pane="topRight" activeCell="G32" sqref="G32"/>
       <selection pane="bottomLeft" activeCell="G32" sqref="G32"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.8"/>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="9" style="6" customWidth="1"/>
     <col min="2" max="2" width="9" style="42" customWidth="1"/>
     <col min="3" max="3" width="9" style="43" customWidth="1"/>
     <col min="4" max="4" width="9" style="42" customWidth="1"/>
     <col min="5" max="5" width="9" style="43" customWidth="1"/>
     <col min="6" max="6" width="9" style="42" customWidth="1"/>
     <col min="7" max="7" width="9" style="43" customWidth="1"/>
     <col min="8" max="8" width="9" style="42" customWidth="1"/>
     <col min="9" max="9" width="9" style="43" customWidth="1"/>
     <col min="10" max="10" width="9" style="42" customWidth="1"/>
     <col min="11" max="11" width="9" style="43" customWidth="1"/>
     <col min="12" max="12" width="9" style="42" customWidth="1"/>
     <col min="13" max="13" width="9" style="43" customWidth="1"/>
     <col min="14" max="14" width="9" style="42" customWidth="1"/>
     <col min="15" max="15" width="9" style="44" customWidth="1"/>
     <col min="16" max="16" width="9" style="42" customWidth="1"/>
     <col min="17" max="17" width="9" style="43" customWidth="1"/>
     <col min="18" max="18" width="9" style="42" customWidth="1"/>
     <col min="19" max="19" width="9" style="43" customWidth="1"/>
     <col min="20" max="20" width="9" style="42" customWidth="1"/>
     <col min="21" max="21" width="9" style="43" customWidth="1"/>
     <col min="22" max="22" width="9" style="42" customWidth="1"/>
     <col min="23" max="23" width="9" style="43" customWidth="1"/>
     <col min="24" max="24" width="9" style="42" customWidth="1"/>
     <col min="25" max="25" width="9" style="43" customWidth="1"/>
     <col min="26" max="26" width="9" style="42" customWidth="1"/>
     <col min="27" max="27" width="9" style="43" customWidth="1"/>
     <col min="28" max="28" width="9" style="42" customWidth="1"/>
     <col min="29" max="29" width="9" style="43" customWidth="1"/>
     <col min="30" max="16384" width="9" style="6"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:29">
+    <row r="1" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2"/>
       <c r="D1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="2"/>
       <c r="F1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G1" s="2"/>
       <c r="H1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="I1" s="2"/>
       <c r="J1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="K1" s="2"/>
       <c r="L1" s="1" t="s">
         <v>6</v>
@@ -1385,84 +1389,84 @@
       <c r="R1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="S1" s="2"/>
       <c r="T1" s="1" t="s">
         <v>10</v>
       </c>
       <c r="U1" s="2"/>
       <c r="V1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="W1" s="2"/>
       <c r="X1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="Y1" s="2"/>
       <c r="Z1" s="1" t="s">
         <v>13</v>
       </c>
       <c r="AA1" s="2"/>
       <c r="AB1" s="1" t="s">
         <v>14</v>
       </c>
       <c r="AC1" s="5"/>
     </row>
-    <row r="2" spans="1:29">
+    <row r="2" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A2" s="7" t="s">
         <v>15</v>
       </c>
       <c r="B2" s="8"/>
       <c r="C2" s="9"/>
       <c r="D2" s="8"/>
       <c r="E2" s="9"/>
       <c r="F2" s="8"/>
       <c r="G2" s="9"/>
       <c r="H2" s="8"/>
       <c r="I2" s="9"/>
       <c r="J2" s="8"/>
       <c r="K2" s="9"/>
       <c r="L2" s="8"/>
       <c r="M2" s="9"/>
       <c r="N2" s="8"/>
       <c r="O2" s="10"/>
       <c r="P2" s="8"/>
       <c r="Q2" s="9"/>
       <c r="R2" s="8"/>
       <c r="S2" s="9"/>
       <c r="T2" s="8"/>
       <c r="U2" s="9"/>
       <c r="V2" s="8"/>
       <c r="W2" s="9"/>
       <c r="X2" s="8"/>
       <c r="Y2" s="9"/>
       <c r="Z2" s="8"/>
       <c r="AA2" s="9"/>
       <c r="AB2" s="8"/>
       <c r="AC2" s="10"/>
     </row>
-    <row r="3" spans="1:29">
+    <row r="3" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A3" s="11"/>
       <c r="B3" s="12" t="s">
         <v>16</v>
       </c>
       <c r="C3" s="13" t="s">
         <v>17</v>
       </c>
       <c r="D3" s="12" t="s">
         <v>16</v>
       </c>
       <c r="E3" s="13" t="s">
         <v>17</v>
       </c>
       <c r="F3" s="12" t="s">
         <v>16</v>
       </c>
       <c r="G3" s="13" t="s">
         <v>17</v>
       </c>
       <c r="H3" s="12" t="s">
         <v>16</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>17</v>
       </c>
@@ -1505,51 +1509,51 @@
       <c r="V3" s="12" t="s">
         <v>16</v>
       </c>
       <c r="W3" s="13" t="s">
         <v>17</v>
       </c>
       <c r="X3" s="12" t="s">
         <v>16</v>
       </c>
       <c r="Y3" s="13" t="s">
         <v>17</v>
       </c>
       <c r="Z3" s="12" t="s">
         <v>16</v>
       </c>
       <c r="AA3" s="13" t="s">
         <v>17</v>
       </c>
       <c r="AB3" s="12" t="s">
         <v>16</v>
       </c>
       <c r="AC3" s="15" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="4" spans="1:29">
+    <row r="4" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A4" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B4" s="1">
         <v>21276.199304942809</v>
       </c>
       <c r="C4" s="16">
         <v>58.072194983301358</v>
       </c>
       <c r="D4" s="1">
         <v>19301.459468511835</v>
       </c>
       <c r="E4" s="16">
         <v>51.869782971619365</v>
       </c>
       <c r="F4" s="1">
         <v>17189.758059813663</v>
       </c>
       <c r="G4" s="16">
         <v>43.774299916334463</v>
       </c>
       <c r="H4" s="1">
         <v>16428.030167695266</v>
       </c>
       <c r="I4" s="16">
@@ -1594,51 +1598,51 @@
       <c r="V4" s="1">
         <v>18143.059874986582</v>
       </c>
       <c r="W4" s="16">
         <v>50.081675514847447</v>
       </c>
       <c r="X4" s="1">
         <v>18886.625601527809</v>
       </c>
       <c r="Y4" s="16">
         <v>52.84905806651679</v>
       </c>
       <c r="Z4" s="1">
         <v>20197.453604798862</v>
       </c>
       <c r="AA4" s="16">
         <v>70.078363562782826</v>
       </c>
       <c r="AB4" s="1">
         <v>20810.012317344175</v>
       </c>
       <c r="AC4" s="16">
         <v>52.806154622272672</v>
       </c>
     </row>
-    <row r="5" spans="1:29">
+    <row r="5" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A5" s="12" t="s">
         <v>19</v>
       </c>
       <c r="B5" s="12">
         <v>22218.626242647224</v>
       </c>
       <c r="C5" s="18">
         <v>60.644496553684363</v>
       </c>
       <c r="D5" s="12">
         <v>19768.620637495449</v>
       </c>
       <c r="E5" s="18">
         <v>53.125208681135227</v>
       </c>
       <c r="F5" s="12">
         <v>17703.837057386365</v>
       </c>
       <c r="G5" s="18">
         <v>45.083419459619073</v>
       </c>
       <c r="H5" s="12">
         <v>17305.201179414293</v>
       </c>
       <c r="I5" s="18">
@@ -1683,51 +1687,51 @@
       <c r="V5" s="12">
         <v>19096.233618782837</v>
       </c>
       <c r="W5" s="18">
         <v>52.71279388600432</v>
       </c>
       <c r="X5" s="12">
         <v>19602.342918098344</v>
       </c>
       <c r="Y5" s="18">
         <v>54.851797296948085</v>
       </c>
       <c r="Z5" s="12">
         <v>19704.393129881209</v>
       </c>
       <c r="AA5" s="18">
         <v>68.367609727383098</v>
       </c>
       <c r="AB5" s="12">
         <v>21409.412242223971</v>
       </c>
       <c r="AC5" s="18">
         <v>54.327153487198892</v>
       </c>
     </row>
-    <row r="6" spans="1:29">
+    <row r="6" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A6" s="12" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="12">
         <v>23122.002340391507</v>
       </c>
       <c r="C6" s="18">
         <v>63.11021104242166</v>
       </c>
       <c r="D6" s="12">
         <v>20384.875796580218</v>
       </c>
       <c r="E6" s="18">
         <v>54.781302170283809</v>
       </c>
       <c r="F6" s="12">
         <v>17702.870743481155</v>
       </c>
       <c r="G6" s="18">
         <v>45.080958708597862</v>
       </c>
       <c r="H6" s="12">
         <v>17194.166874133403</v>
       </c>
       <c r="I6" s="18">
@@ -1772,51 +1776,51 @@
       <c r="V6" s="12">
         <v>19672.153452894763</v>
       </c>
       <c r="W6" s="18">
         <v>54.302549442856311</v>
       </c>
       <c r="X6" s="12">
         <v>19989.292022153899</v>
       </c>
       <c r="Y6" s="18">
         <v>55.934568571207073</v>
       </c>
       <c r="Z6" s="12">
         <v>20615.229577094677</v>
       </c>
       <c r="AA6" s="18">
         <v>71.527905522239791</v>
       </c>
       <c r="AB6" s="12">
         <v>21842.80920283357</v>
       </c>
       <c r="AC6" s="18">
         <v>55.426913860512045</v>
       </c>
     </row>
-    <row r="7" spans="1:29">
+    <row r="7" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A7" s="20" t="s">
         <v>21</v>
       </c>
       <c r="B7" s="20">
         <v>23330.273486845515</v>
       </c>
       <c r="C7" s="21">
         <v>63.678675477865418</v>
       </c>
       <c r="D7" s="20">
         <v>20151.295212088411</v>
       </c>
       <c r="E7" s="21">
         <v>54.153589315525878</v>
       </c>
       <c r="F7" s="20">
         <v>17726.062277206238</v>
       </c>
       <c r="G7" s="21">
         <v>45.14001673310694</v>
       </c>
       <c r="H7" s="20">
         <v>17516.16635944798</v>
       </c>
       <c r="I7" s="21">
@@ -1861,51 +1865,51 @@
       <c r="V7" s="20">
         <v>19657.359181926749</v>
       </c>
       <c r="W7" s="21">
         <v>54.261711685432594</v>
       </c>
       <c r="X7" s="20">
         <v>20427.957474245519</v>
       </c>
       <c r="Y7" s="21">
         <v>57.162053905987548</v>
       </c>
       <c r="Z7" s="20">
         <v>20053.246670199289</v>
       </c>
       <c r="AA7" s="21">
         <v>69.578014053934723</v>
       </c>
       <c r="AB7" s="20">
         <v>22125.113645065521</v>
       </c>
       <c r="AC7" s="21">
         <v>56.143271534871992</v>
       </c>
     </row>
-    <row r="8" spans="1:29">
+    <row r="8" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A8" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="1">
         <v>23686.937825148016</v>
       </c>
       <c r="C8" s="16">
         <v>64.652170823562855</v>
       </c>
       <c r="D8" s="1">
         <v>20894.280262759159</v>
       </c>
       <c r="E8" s="16">
         <v>56.150250417362273</v>
       </c>
       <c r="F8" s="1">
         <v>18656.622567925253</v>
       </c>
       <c r="G8" s="16">
         <v>47.50971996653378</v>
       </c>
       <c r="H8" s="1">
         <v>18027.933566515356</v>
       </c>
       <c r="I8" s="16">
@@ -1950,51 +1954,51 @@
       <c r="V8" s="1">
         <v>20892.68080775582</v>
       </c>
       <c r="W8" s="16">
         <v>57.671664430313285</v>
       </c>
       <c r="X8" s="1">
         <v>21284.971241700303</v>
       </c>
       <c r="Y8" s="16">
         <v>59.560172623200771</v>
       </c>
       <c r="Z8" s="1">
         <v>20755.195131264849</v>
       </c>
       <c r="AA8" s="16">
         <v>72.013538869062941</v>
       </c>
       <c r="AB8" s="1">
         <v>23058.507557938039</v>
       </c>
       <c r="AC8" s="16">
         <v>58.511792155378991</v>
       </c>
     </row>
-    <row r="9" spans="1:29">
+    <row r="9" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A9" s="12" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="12">
         <v>25012.062994461674</v>
       </c>
       <c r="C9" s="18">
         <v>68.269025794073755</v>
       </c>
       <c r="D9" s="12">
         <v>21801.26870254118</v>
       </c>
       <c r="E9" s="18">
         <v>58.587646076794663</v>
       </c>
       <c r="F9" s="12">
         <v>19142.678462246819</v>
       </c>
       <c r="G9" s="18">
         <v>48.747477730203258</v>
       </c>
       <c r="H9" s="12">
         <v>18944.471286470336</v>
       </c>
       <c r="I9" s="18">
@@ -2039,51 +2043,51 @@
       <c r="V9" s="12">
         <v>20943.404022503291</v>
       </c>
       <c r="W9" s="18">
         <v>57.811679598623186</v>
       </c>
       <c r="X9" s="12">
         <v>21547.247006740348</v>
       </c>
       <c r="Y9" s="18">
         <v>60.294079644416883</v>
       </c>
       <c r="Z9" s="12">
         <v>21302.333206657349</v>
       </c>
       <c r="AA9" s="18">
         <v>73.911923770280708</v>
       </c>
       <c r="AB9" s="12">
         <v>23902.438795455364</v>
       </c>
       <c r="AC9" s="18">
         <v>60.653298019926851</v>
       </c>
     </row>
-    <row r="10" spans="1:29">
+    <row r="10" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A10" s="12" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="12">
         <v>25101.879926369969</v>
       </c>
       <c r="C10" s="18">
         <v>68.514176081858878</v>
       </c>
       <c r="D10" s="12">
         <v>21221.044591064187</v>
       </c>
       <c r="E10" s="18">
         <v>57.028380634390651</v>
       </c>
       <c r="F10" s="12">
         <v>18748.422388920382</v>
       </c>
       <c r="G10" s="18">
         <v>47.743491313548894</v>
       </c>
       <c r="H10" s="12">
         <v>18788.013856301808</v>
       </c>
       <c r="I10" s="18">
@@ -2128,51 +2132,51 @@
       <c r="V10" s="12">
         <v>21165.318087023486</v>
       </c>
       <c r="W10" s="18">
         <v>58.424245959979004</v>
       </c>
       <c r="X10" s="12">
         <v>22057.945943596485</v>
       </c>
       <c r="Y10" s="18">
         <v>61.723130992066572</v>
       </c>
       <c r="Z10" s="12">
         <v>21476.229804262708</v>
       </c>
       <c r="AA10" s="18">
         <v>74.5152864133034</v>
       </c>
       <c r="AB10" s="12">
         <v>24094.286532605944</v>
       </c>
       <c r="AC10" s="18">
         <v>61.140118552150334</v>
       </c>
     </row>
-    <row r="11" spans="1:29">
+    <row r="11" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A11" s="20" t="s">
         <v>25</v>
       </c>
       <c r="B11" s="20">
         <v>25427.303592704367</v>
       </c>
       <c r="C11" s="21">
         <v>69.402401762239748</v>
       </c>
       <c r="D11" s="20">
         <v>22721.9240914158</v>
       </c>
       <c r="E11" s="21">
         <v>61.061769616026716</v>
       </c>
       <c r="F11" s="20">
         <v>18830.55907086339</v>
       </c>
       <c r="G11" s="21">
         <v>47.952655150351887</v>
       </c>
       <c r="H11" s="20">
         <v>19365.392243762435</v>
       </c>
       <c r="I11" s="21">
@@ -2217,51 +2221,51 @@
       <c r="V11" s="20">
         <v>21541.515263067242</v>
       </c>
       <c r="W11" s="21">
         <v>59.462691791610759</v>
       </c>
       <c r="X11" s="20">
         <v>22921.424254555775</v>
       </c>
       <c r="Y11" s="21">
         <v>64.139338966844974</v>
       </c>
       <c r="Z11" s="20">
         <v>22193.02309683117</v>
       </c>
       <c r="AA11" s="21">
         <v>77.00231779551892</v>
       </c>
       <c r="AB11" s="20">
         <v>24815.952113804502</v>
       </c>
       <c r="AC11" s="21">
         <v>62.971370916887373</v>
       </c>
     </row>
-    <row r="12" spans="1:29">
+    <row r="12" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A12" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B12" s="1">
         <v>26708.171143396547</v>
       </c>
       <c r="C12" s="16">
         <v>72.898458040218856</v>
       </c>
       <c r="D12" s="1">
         <v>22531.829254036831</v>
       </c>
       <c r="E12" s="16">
         <v>60.550918196994992</v>
       </c>
       <c r="F12" s="1">
         <v>19596.84599769639</v>
       </c>
       <c r="G12" s="16">
         <v>49.904030710172741</v>
       </c>
       <c r="H12" s="1">
         <v>20439.396796661222</v>
       </c>
       <c r="I12" s="16">
@@ -2306,51 +2310,51 @@
       <c r="V12" s="1">
         <v>21589.068276892995</v>
       </c>
       <c r="W12" s="16">
         <v>59.593956011901291</v>
       </c>
       <c r="X12" s="1">
         <v>23174.464957446522</v>
       </c>
       <c r="Y12" s="16">
         <v>64.847404191539397</v>
       </c>
       <c r="Z12" s="1">
         <v>22419.936949804029</v>
       </c>
       <c r="AA12" s="16">
         <v>77.789632463853422</v>
       </c>
       <c r="AB12" s="1">
         <v>25625.092310905919</v>
       </c>
       <c r="AC12" s="16">
         <v>65.024593265228901</v>
       </c>
     </row>
-    <row r="13" spans="1:29">
+    <row r="13" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A13" s="12" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="12">
         <v>26740.713510029993</v>
       </c>
       <c r="C13" s="18">
         <v>72.987280608256953</v>
       </c>
       <c r="D13" s="12">
         <v>23853.795966267058</v>
       </c>
       <c r="E13" s="18">
         <v>64.103505843071787</v>
       </c>
       <c r="F13" s="12">
         <v>20252.006825430024</v>
       </c>
       <c r="G13" s="18">
         <v>51.572419902554259</v>
       </c>
       <c r="H13" s="12">
         <v>20832.054476245459</v>
       </c>
       <c r="I13" s="18">
@@ -2395,51 +2399,51 @@
       <c r="V13" s="12">
         <v>21899.747967221265</v>
       </c>
       <c r="W13" s="18">
         <v>60.451548917799428</v>
       </c>
       <c r="X13" s="12">
         <v>23967.756796071153</v>
       </c>
       <c r="Y13" s="18">
         <v>67.067214512752926</v>
       </c>
       <c r="Z13" s="12">
         <v>22206.80758322672</v>
       </c>
       <c r="AA13" s="18">
         <v>77.050145322099993</v>
       </c>
       <c r="AB13" s="12">
         <v>26422.304151293312</v>
       </c>
       <c r="AC13" s="18">
         <v>67.047546979442558</v>
       </c>
     </row>
-    <row r="14" spans="1:29">
+    <row r="14" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A14" s="12" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="12">
         <v>26459.547462317074</v>
       </c>
       <c r="C14" s="18">
         <v>72.219853620407875</v>
       </c>
       <c r="D14" s="12">
         <v>23395.331946706006</v>
       </c>
       <c r="E14" s="18">
         <v>62.871452420701168</v>
       </c>
       <c r="F14" s="12">
         <v>20532.237857941462</v>
       </c>
       <c r="G14" s="18">
         <v>52.286037698705641</v>
       </c>
       <c r="H14" s="12">
         <v>21006.681156369043</v>
       </c>
       <c r="I14" s="18">
@@ -2484,51 +2488,51 @@
       <c r="V14" s="12">
         <v>21979.002990264191</v>
       </c>
       <c r="W14" s="18">
         <v>60.670322618283649</v>
       </c>
       <c r="X14" s="12">
         <v>24097.047666161317</v>
       </c>
       <c r="Y14" s="18">
         <v>67.428999664056647</v>
       </c>
       <c r="Z14" s="12">
         <v>23040.238837603658</v>
       </c>
       <c r="AA14" s="18">
         <v>79.941871160001469</v>
       </c>
       <c r="AB14" s="12">
         <v>26679.757850371036</v>
       </c>
       <c r="AC14" s="18">
         <v>67.700844999369409</v>
       </c>
     </row>
-    <row r="15" spans="1:29">
+    <row r="15" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A15" s="20" t="s">
         <v>29</v>
       </c>
       <c r="B15" s="20">
         <v>27165.065970930042</v>
       </c>
       <c r="C15" s="21">
         <v>74.145526895473608</v>
       </c>
       <c r="D15" s="20">
         <v>24897.45389697513</v>
       </c>
       <c r="E15" s="21">
         <v>66.908180300500831</v>
       </c>
       <c r="F15" s="20">
         <v>20592.149320064596</v>
       </c>
       <c r="G15" s="21">
         <v>52.438604262020768</v>
       </c>
       <c r="H15" s="20">
         <v>21093.489795043188</v>
       </c>
       <c r="I15" s="21">
@@ -2573,51 +2577,51 @@
       <c r="V15" s="20">
         <v>23388.6856667877</v>
       </c>
       <c r="W15" s="21">
         <v>64.561577504229632</v>
       </c>
       <c r="X15" s="20">
         <v>23880.023705652831</v>
       </c>
       <c r="Y15" s="21">
         <v>66.821717445796835</v>
       </c>
       <c r="Z15" s="20">
         <v>22995.704343094967</v>
       </c>
       <c r="AA15" s="21">
         <v>79.78735145873955</v>
       </c>
       <c r="AB15" s="20">
         <v>27398.441342391092</v>
       </c>
       <c r="AC15" s="21">
         <v>69.524530205574479</v>
       </c>
     </row>
-    <row r="16" spans="1:29">
+    <row r="16" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A16" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B16" s="1">
         <v>27767.750600981341</v>
       </c>
       <c r="C16" s="16">
         <v>75.790520855538972</v>
       </c>
       <c r="D16" s="1">
         <v>23694.762376825827</v>
       </c>
       <c r="E16" s="16">
         <v>63.676126878130219</v>
       </c>
       <c r="F16" s="1">
         <v>20437.539095230699</v>
       </c>
       <c r="G16" s="16">
         <v>52.044884098626895</v>
       </c>
       <c r="H16" s="1">
         <v>21633.520279818429</v>
       </c>
       <c r="I16" s="16">
@@ -2662,51 +2666,51 @@
       <c r="V16" s="1">
         <v>22902.588192124418</v>
       </c>
       <c r="W16" s="16">
         <v>63.219765474593082</v>
       </c>
       <c r="X16" s="1">
         <v>24008.391069528065</v>
       </c>
       <c r="Y16" s="16">
         <v>67.180918417448382</v>
       </c>
       <c r="Z16" s="1">
         <v>22973.437095840622</v>
       </c>
       <c r="AA16" s="16">
         <v>79.710091608108598</v>
       </c>
       <c r="AB16" s="1">
         <v>27668.817427909013</v>
       </c>
       <c r="AC16" s="16">
         <v>70.210619245806541</v>
       </c>
     </row>
-    <row r="17" spans="1:29">
+    <row r="17" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A17" s="12" t="s">
         <v>31</v>
       </c>
       <c r="B17" s="12">
         <v>28182.991199224034</v>
       </c>
       <c r="C17" s="18">
         <v>76.923896823704965</v>
       </c>
       <c r="D17" s="12">
         <v>25252.794573382886</v>
       </c>
       <c r="E17" s="18">
         <v>67.863105175292162</v>
       </c>
       <c r="F17" s="12">
         <v>20878.178236007305</v>
       </c>
       <c r="G17" s="18">
         <v>53.166986564299421</v>
       </c>
       <c r="H17" s="12">
         <v>22775.154818661031</v>
       </c>
       <c r="I17" s="18">
@@ -2751,51 +2755,51 @@
       <c r="V17" s="12">
         <v>23140.3532612532</v>
       </c>
       <c r="W17" s="18">
         <v>63.876086576045743</v>
       </c>
       <c r="X17" s="12">
         <v>24664.080482128171</v>
       </c>
       <c r="Y17" s="18">
         <v>69.015685970488676</v>
       </c>
       <c r="Z17" s="12">
         <v>23407.118244746682</v>
       </c>
       <c r="AA17" s="18">
         <v>81.214819175159107</v>
       </c>
       <c r="AB17" s="12">
         <v>28703.602372850743</v>
       </c>
       <c r="AC17" s="18">
         <v>72.83642325640055</v>
       </c>
     </row>
-    <row r="18" spans="1:29">
+    <row r="18" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A18" s="12" t="s">
         <v>32</v>
       </c>
       <c r="B18" s="12">
         <v>28352.211505717918</v>
       </c>
       <c r="C18" s="18">
         <v>77.385774177503023</v>
       </c>
       <c r="D18" s="12">
         <v>25123.579781961882</v>
       </c>
       <c r="E18" s="18">
         <v>67.515859766277131</v>
       </c>
       <c r="F18" s="12">
         <v>21084.003097817433</v>
       </c>
       <c r="G18" s="18">
         <v>53.69112653181751</v>
       </c>
       <c r="H18" s="12">
         <v>22799.380485267771</v>
       </c>
       <c r="I18" s="18">
@@ -2840,51 +2844,51 @@
       <c r="V18" s="12">
         <v>23828.286861265795</v>
       </c>
       <c r="W18" s="18">
         <v>65.77504229624877</v>
       </c>
       <c r="X18" s="12">
         <v>24480.302745357156</v>
       </c>
       <c r="Y18" s="18">
         <v>68.501434219706965</v>
       </c>
       <c r="Z18" s="12">
         <v>23718.859706307525</v>
       </c>
       <c r="AA18" s="18">
         <v>82.296457083992493</v>
       </c>
       <c r="AB18" s="12">
         <v>29455.088845834372</v>
       </c>
       <c r="AC18" s="18">
         <v>74.743347206457315</v>
       </c>
     </row>
-    <row r="19" spans="1:29">
+    <row r="19" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A19" s="20" t="s">
         <v>33</v>
       </c>
       <c r="B19" s="20">
         <v>28835.140226558156</v>
       </c>
       <c r="C19" s="21">
         <v>78.703901087188228</v>
       </c>
       <c r="D19" s="20">
         <v>25941.111827683213</v>
       </c>
       <c r="E19" s="21">
         <v>69.71285475792989</v>
       </c>
       <c r="F19" s="20">
         <v>20979.641196054552</v>
       </c>
       <c r="G19" s="21">
         <v>53.425365421526649</v>
       </c>
       <c r="H19" s="20">
         <v>23886.507274245207</v>
       </c>
       <c r="I19" s="21">
@@ -2929,51 +2933,51 @@
       <c r="V19" s="20">
         <v>23877.953342372697</v>
       </c>
       <c r="W19" s="21">
         <v>65.912140481885544</v>
       </c>
       <c r="X19" s="20">
         <v>24772.130709274948</v>
       </c>
       <c r="Y19" s="21">
         <v>69.318034989792494</v>
       </c>
       <c r="Z19" s="20">
         <v>23295.782008474955</v>
       </c>
       <c r="AA19" s="21">
         <v>80.828519922004332</v>
       </c>
       <c r="AB19" s="20">
         <v>30358.66186692183</v>
       </c>
       <c r="AC19" s="21">
         <v>77.036196241644603</v>
       </c>
     </row>
-    <row r="20" spans="1:29">
+    <row r="20" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A20" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B20" s="1">
         <v>29043.411373012172</v>
       </c>
       <c r="C20" s="16">
         <v>79.272365522631986</v>
       </c>
       <c r="D20" s="1">
         <v>26790.947571259785</v>
       </c>
       <c r="E20" s="16">
         <v>71.996661101836395</v>
       </c>
       <c r="F20" s="1">
         <v>21769.119656612631</v>
       </c>
       <c r="G20" s="16">
         <v>55.43579900585658</v>
       </c>
       <c r="H20" s="1">
         <v>24306.418828762024</v>
       </c>
       <c r="I20" s="16">
@@ -3018,51 +3022,51 @@
       <c r="V20" s="1">
         <v>24758.212464969456</v>
       </c>
       <c r="W20" s="16">
         <v>68.341987048596934</v>
       </c>
       <c r="X20" s="1">
         <v>25075.040747771898</v>
       </c>
       <c r="Y20" s="16">
         <v>70.165645915704062</v>
       </c>
       <c r="Z20" s="1">
         <v>22647.911147884231</v>
       </c>
       <c r="AA20" s="16">
         <v>78.580626172694153</v>
       </c>
       <c r="AB20" s="1">
         <v>31743.345275474989</v>
       </c>
       <c r="AC20" s="16">
         <v>80.54988018665658</v>
       </c>
     </row>
-    <row r="21" spans="1:29">
+    <row r="21" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A21" s="12" t="s">
         <v>35</v>
       </c>
       <c r="B21" s="12">
         <v>30640.59072738139</v>
       </c>
       <c r="C21" s="18">
         <v>83.631777161941301</v>
       </c>
       <c r="D21" s="12">
         <v>27358.747183561674</v>
       </c>
       <c r="E21" s="18">
         <v>73.522537562604342</v>
       </c>
       <c r="F21" s="12">
         <v>22307.356501815637</v>
       </c>
       <c r="G21" s="18">
         <v>56.806437324671485</v>
       </c>
       <c r="H21" s="12">
         <v>25783.175088997858</v>
       </c>
       <c r="I21" s="18">
@@ -3107,51 +3111,51 @@
       <c r="V21" s="12">
         <v>25476.791340558655</v>
       </c>
       <c r="W21" s="18">
         <v>70.325535266320529</v>
       </c>
       <c r="X21" s="12">
         <v>25159.079813330503</v>
       </c>
       <c r="Y21" s="18">
         <v>70.400806264051482</v>
       </c>
       <c r="Z21" s="12">
         <v>24281.902958310264</v>
       </c>
       <c r="AA21" s="18">
         <v>84.250027592803789</v>
       </c>
       <c r="AB21" s="12">
         <v>33189.658527050611</v>
       </c>
       <c r="AC21" s="18">
         <v>84.219952074662629</v>
       </c>
     </row>
-    <row r="22" spans="1:29">
+    <row r="22" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A22" s="12" t="s">
         <v>36</v>
       </c>
       <c r="B22" s="12">
         <v>30126.421334573046</v>
       </c>
       <c r="C22" s="18">
         <v>82.228380586939537</v>
       </c>
       <c r="D22" s="12">
         <v>27432.051728694747</v>
       </c>
       <c r="E22" s="18">
         <v>73.7195325542571</v>
       </c>
       <c r="F22" s="12">
         <v>22710.309400288981</v>
       </c>
       <c r="G22" s="18">
         <v>57.832570500516752</v>
       </c>
       <c r="H22" s="12">
         <v>25250.210423649587</v>
       </c>
       <c r="I22" s="18">
@@ -3196,51 +3200,51 @@
       <c r="V22" s="12">
         <v>25505.323148854099</v>
       </c>
       <c r="W22" s="18">
         <v>70.404293798494834</v>
       </c>
       <c r="X22" s="12">
         <v>25066.729191837527</v>
       </c>
       <c r="Y22" s="18">
         <v>70.142388298834533</v>
       </c>
       <c r="Z22" s="12">
         <v>24501.394395531672</v>
       </c>
       <c r="AA22" s="18">
         <v>85.011588977594641</v>
       </c>
       <c r="AB22" s="12">
         <v>34277.127047479298</v>
       </c>
       <c r="AC22" s="18">
         <v>86.979442552654817</v>
       </c>
     </row>
-    <row r="23" spans="1:29">
+    <row r="23" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A23" s="20" t="s">
         <v>37</v>
       </c>
       <c r="B23" s="20">
         <v>28833.838531892819</v>
       </c>
       <c r="C23" s="21">
         <v>78.700348184466705</v>
       </c>
       <c r="D23" s="20">
         <v>27355.019833809147</v>
       </c>
       <c r="E23" s="21">
         <v>73.512520868113526</v>
       </c>
       <c r="F23" s="20">
         <v>22432.977309493177</v>
       </c>
       <c r="G23" s="21">
         <v>57.126334957429002</v>
       </c>
       <c r="H23" s="20">
         <v>26231.34992122254</v>
       </c>
       <c r="I23" s="21">
@@ -3285,51 +3289,51 @@
       <c r="V23" s="20">
         <v>25334.132299081386</v>
       </c>
       <c r="W23" s="21">
         <v>69.931742605448932</v>
       </c>
       <c r="X23" s="20">
         <v>24783.212783854106</v>
       </c>
       <c r="Y23" s="21">
         <v>69.349045145618533</v>
       </c>
       <c r="Z23" s="20">
         <v>23090.075057649097</v>
       </c>
       <c r="AA23" s="21">
         <v>80.114786063794554</v>
       </c>
       <c r="AB23" s="20">
         <v>34693.625502744035</v>
       </c>
       <c r="AC23" s="21">
         <v>88.036322360953463</v>
       </c>
     </row>
-    <row r="24" spans="1:29">
+    <row r="24" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A24" s="1" t="s">
         <v>38</v>
       </c>
       <c r="B24" s="1">
         <v>28723.194485339125</v>
       </c>
       <c r="C24" s="16">
         <v>78.398351453137209</v>
       </c>
       <c r="D24" s="1">
         <v>27205.925843707995</v>
       </c>
       <c r="E24" s="16">
         <v>73.1118530884808</v>
       </c>
       <c r="F24" s="1">
         <v>22598.216987284402</v>
       </c>
       <c r="G24" s="16">
         <v>57.547123382056199</v>
       </c>
       <c r="H24" s="1">
         <v>26929.856641716859</v>
       </c>
       <c r="I24" s="16">
@@ -3374,51 +3378,51 @@
       <c r="V24" s="1">
         <v>26585.304929519039</v>
       </c>
       <c r="W24" s="16">
         <v>73.38545009042646</v>
       </c>
       <c r="X24" s="1">
         <v>24371.329011995447</v>
       </c>
       <c r="Y24" s="16">
         <v>68.196501020750972</v>
       </c>
       <c r="Z24" s="1">
         <v>23082.65264189765</v>
       </c>
       <c r="AA24" s="16">
         <v>80.089032780250903</v>
       </c>
       <c r="AB24" s="1">
         <v>35582.288077938952</v>
       </c>
       <c r="AC24" s="16">
         <v>90.291335603480888</v>
       </c>
     </row>
-    <row r="25" spans="1:29">
+    <row r="25" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A25" s="12" t="s">
         <v>39</v>
       </c>
       <c r="B25" s="12">
         <v>29834.841729537424</v>
       </c>
       <c r="C25" s="18">
         <v>81.432530377318272</v>
       </c>
       <c r="D25" s="12">
         <v>29085.752568900036</v>
       </c>
       <c r="E25" s="18">
         <v>78.163606010016693</v>
       </c>
       <c r="F25" s="12">
         <v>23723.006372951</v>
       </c>
       <c r="G25" s="18">
         <v>60.411437570746585</v>
       </c>
       <c r="H25" s="12">
         <v>30282.083258424449</v>
       </c>
       <c r="I25" s="18">
@@ -3463,51 +3467,51 @@
       <c r="V25" s="12">
         <v>27019.622455794277</v>
       </c>
       <c r="W25" s="18">
         <v>74.584329969079988</v>
       </c>
       <c r="X25" s="12">
         <v>25012.242325156676</v>
       </c>
       <c r="Y25" s="18">
         <v>69.989921699356543</v>
       </c>
       <c r="Z25" s="12">
         <v>23367.885475774743</v>
       </c>
       <c r="AA25" s="18">
         <v>81.078694676428384</v>
       </c>
       <c r="AB25" s="12">
         <v>38182.66984159658</v>
       </c>
       <c r="AC25" s="18">
         <v>96.889897843359819</v>
       </c>
     </row>
-    <row r="26" spans="1:29">
+    <row r="26" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A26" s="12" t="s">
         <v>40</v>
       </c>
       <c r="B26" s="12">
         <v>32215.641272439865</v>
       </c>
       <c r="C26" s="18">
         <v>87.930789454984719</v>
       </c>
       <c r="D26" s="12">
         <v>32396.881599063156</v>
       </c>
       <c r="E26" s="18">
         <v>87.061769616026709</v>
       </c>
       <c r="F26" s="12">
         <v>24565.63209829574</v>
       </c>
       <c r="G26" s="18">
         <v>62.557212461243168</v>
       </c>
       <c r="H26" s="12">
         <v>34453.944928660057</v>
       </c>
       <c r="I26" s="18">
@@ -3552,51 +3556,51 @@
       <c r="V26" s="12">
         <v>30734.041202406068</v>
       </c>
       <c r="W26" s="18">
         <v>84.837524065107061</v>
       </c>
       <c r="X26" s="12">
         <v>25769.517421399047</v>
       </c>
       <c r="Y26" s="18">
         <v>72.108949014135462</v>
       </c>
       <c r="Z26" s="12">
         <v>23045.540563140403</v>
       </c>
       <c r="AA26" s="18">
         <v>79.96026636253265</v>
       </c>
       <c r="AB26" s="12">
         <v>42068.332041190479</v>
       </c>
       <c r="AC26" s="18">
         <v>106.74990541051835</v>
       </c>
     </row>
-    <row r="27" spans="1:29">
+    <row r="27" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A27" s="20" t="s">
         <v>41</v>
       </c>
       <c r="B27" s="20">
         <v>33786.786733502333</v>
       </c>
       <c r="C27" s="21">
         <v>92.219143039863567</v>
       </c>
       <c r="D27" s="20">
         <v>35741.556776999038</v>
       </c>
       <c r="E27" s="21">
         <v>96.050083472454091</v>
       </c>
       <c r="F27" s="20">
         <v>27088.677704803882</v>
       </c>
       <c r="G27" s="21">
         <v>68.982233377626841</v>
       </c>
       <c r="H27" s="20">
         <v>38256.365183142887</v>
       </c>
       <c r="I27" s="21">
@@ -3641,51 +3645,51 @@
       <c r="V27" s="20">
         <v>33587.222031951394</v>
       </c>
       <c r="W27" s="21">
         <v>92.713377282538943</v>
       </c>
       <c r="X27" s="20">
         <v>26567.426791098333</v>
       </c>
       <c r="Y27" s="21">
         <v>74.34168023360985</v>
       </c>
       <c r="Z27" s="20">
         <v>23424.083766464282</v>
       </c>
       <c r="AA27" s="21">
         <v>81.273683823258892</v>
       </c>
       <c r="AB27" s="20">
         <v>43930.149718304674</v>
       </c>
       <c r="AC27" s="21">
         <v>111.47433472064573</v>
       </c>
     </row>
-    <row r="28" spans="1:29">
+    <row r="28" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A28" s="1" t="s">
         <v>42</v>
       </c>
       <c r="B28" s="1">
         <v>36675.247195886433</v>
       </c>
       <c r="C28" s="16">
         <v>100.10303417892419</v>
       </c>
       <c r="D28" s="1">
         <v>42967.645497234938</v>
       </c>
       <c r="E28" s="16">
         <v>115.46911519198665</v>
       </c>
       <c r="F28" s="1">
         <v>29226.164063132506</v>
       </c>
       <c r="G28" s="16">
         <v>74.425414636547075</v>
       </c>
       <c r="H28" s="1">
         <v>41184.642634232536</v>
       </c>
       <c r="I28" s="16">
@@ -3730,51 +3734,51 @@
       <c r="V28" s="1">
         <v>37248.804096534572</v>
       </c>
       <c r="W28" s="16">
         <v>102.82072224490987</v>
       </c>
       <c r="X28" s="1">
         <v>27260.056452295627</v>
       </c>
       <c r="Y28" s="16">
         <v>76.279814972736915</v>
       </c>
       <c r="Z28" s="1">
         <v>23962.739080997977</v>
       </c>
       <c r="AA28" s="16">
         <v>83.142636400426767</v>
       </c>
       <c r="AB28" s="1">
         <v>46673.671762530605</v>
       </c>
       <c r="AC28" s="16">
         <v>118.43612057005927</v>
       </c>
     </row>
-    <row r="29" spans="1:29">
+    <row r="29" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A29" s="12" t="s">
         <v>43</v>
       </c>
       <c r="B29" s="12">
         <v>41997.876682451817</v>
       </c>
       <c r="C29" s="18">
         <v>114.63085340723372</v>
       </c>
       <c r="D29" s="12">
         <v>43750.388945266001</v>
       </c>
       <c r="E29" s="18">
         <v>117.57262103505843</v>
       </c>
       <c r="F29" s="12">
         <v>33136.836437524878</v>
       </c>
       <c r="G29" s="18">
         <v>84.38407401939071</v>
       </c>
       <c r="H29" s="12">
         <v>43331.642337254823</v>
       </c>
       <c r="I29" s="18">
@@ -3819,51 +3823,51 @@
       <c r="V29" s="12">
         <v>39532.405493811406</v>
       </c>
       <c r="W29" s="18">
         <v>109.12432180152851</v>
       </c>
       <c r="X29" s="12">
         <v>30894.053408044096</v>
       </c>
       <c r="Y29" s="18">
         <v>86.448561904023578</v>
       </c>
       <c r="Z29" s="12">
         <v>24025.299442331612</v>
       </c>
       <c r="AA29" s="18">
         <v>83.359699790294684</v>
       </c>
       <c r="AB29" s="12">
         <v>49039.462510812395</v>
       </c>
       <c r="AC29" s="18">
         <v>124.43939967208979</v>
       </c>
     </row>
-    <row r="30" spans="1:29">
+    <row r="30" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A30" s="12" t="s">
         <v>44</v>
       </c>
       <c r="B30" s="12">
         <v>41593.049641531819</v>
       </c>
       <c r="C30" s="18">
         <v>113.52590066083991</v>
       </c>
       <c r="D30" s="12">
         <v>47928.748017850834</v>
       </c>
       <c r="E30" s="18">
         <v>128.80133555926545</v>
       </c>
       <c r="F30" s="12">
         <v>35769.075515321965</v>
       </c>
       <c r="G30" s="18">
         <v>91.08715980117131</v>
       </c>
       <c r="H30" s="12">
         <v>43601.152878254798</v>
       </c>
       <c r="I30" s="18">
@@ -3908,51 +3912,51 @@
       <c r="V30" s="12">
         <v>41479.965593386238</v>
       </c>
       <c r="W30" s="18">
         <v>114.50032086809405</v>
       </c>
       <c r="X30" s="12">
         <v>32702.278576876492</v>
       </c>
       <c r="Y30" s="18">
         <v>91.508385662971293</v>
       </c>
       <c r="Z30" s="12">
         <v>24392.178849474643</v>
       </c>
       <c r="AA30" s="18">
         <v>84.632647805452336</v>
       </c>
       <c r="AB30" s="12">
         <v>49607.053484454787</v>
       </c>
       <c r="AC30" s="18">
         <v>125.87968217934166</v>
       </c>
     </row>
-    <row r="31" spans="1:29">
+    <row r="31" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A31" s="20" t="s">
         <v>45</v>
       </c>
       <c r="B31" s="20">
         <v>40825.049788982651</v>
       </c>
       <c r="C31" s="21">
         <v>111.42968805514106</v>
       </c>
       <c r="D31" s="20">
         <v>46483.778763787152</v>
       </c>
       <c r="E31" s="21">
         <v>124.91819699499166</v>
       </c>
       <c r="F31" s="20">
         <v>37464.956418968766</v>
       </c>
       <c r="G31" s="21">
         <v>95.4057778433978</v>
       </c>
       <c r="H31" s="20">
         <v>40708.204524299988</v>
       </c>
       <c r="I31" s="21">
@@ -3997,51 +4001,51 @@
       <c r="V31" s="20">
         <v>39403.483989661581</v>
       </c>
       <c r="W31" s="21">
         <v>108.7684499154075</v>
       </c>
       <c r="X31" s="20">
         <v>33587.921036994107</v>
       </c>
       <c r="Y31" s="21">
         <v>93.986613949401772</v>
       </c>
       <c r="Z31" s="20">
         <v>22361.617968899791</v>
       </c>
       <c r="AA31" s="21">
         <v>77.587285236010445</v>
       </c>
       <c r="AB31" s="20">
         <v>48568.29242060837</v>
       </c>
       <c r="AC31" s="21">
         <v>123.24378862403834</v>
       </c>
     </row>
-    <row r="32" spans="1:29">
+    <row r="32" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A32" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B32" s="1">
         <v>35683.355860899188</v>
       </c>
       <c r="C32" s="16">
         <v>97.395722305123286</v>
       </c>
       <c r="D32" s="1">
         <v>48260.482145825896</v>
       </c>
       <c r="E32" s="16">
         <v>129.69282136894824</v>
       </c>
       <c r="F32" s="1">
         <v>39014.923922928589</v>
       </c>
       <c r="G32" s="16">
         <v>99.352822481421327</v>
       </c>
       <c r="H32" s="1">
         <v>44594.405209131131</v>
       </c>
       <c r="I32" s="16">
@@ -4086,51 +4090,51 @@
       <c r="V32" s="1">
         <v>40285.85657953949</v>
       </c>
       <c r="W32" s="16">
         <v>111.20413044746515</v>
       </c>
       <c r="X32" s="1">
         <v>29572.516014479661</v>
       </c>
       <c r="Y32" s="16">
         <v>82.75060082176914</v>
       </c>
       <c r="Z32" s="1">
         <v>23109.161269581393</v>
       </c>
       <c r="AA32" s="16">
         <v>80.181008792906809</v>
       </c>
       <c r="AB32" s="1">
         <v>46707.468773220346</v>
       </c>
       <c r="AC32" s="16">
         <v>118.52188170008829</v>
       </c>
     </row>
-    <row r="33" spans="1:29">
+    <row r="33" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A33" s="12" t="s">
         <v>47</v>
       </c>
       <c r="B33" s="12">
         <v>35995.762580580209</v>
       </c>
       <c r="C33" s="18">
         <v>98.248418958288923</v>
       </c>
       <c r="D33" s="12">
         <v>44225.004813754669</v>
       </c>
       <c r="E33" s="18">
         <v>118.84808013355592</v>
       </c>
       <c r="F33" s="12">
         <v>39218.816156928282</v>
       </c>
       <c r="G33" s="18">
         <v>99.872040946896988</v>
       </c>
       <c r="H33" s="12">
         <v>44026.111446648029</v>
       </c>
       <c r="I33" s="18">
@@ -4175,51 +4179,51 @@
       <c r="V33" s="12">
         <v>38804.316015457058</v>
       </c>
       <c r="W33" s="18">
         <v>107.11452073974681</v>
       </c>
       <c r="X33" s="12">
         <v>31396.440788965861</v>
       </c>
       <c r="Y33" s="18">
         <v>87.854355634803738</v>
       </c>
       <c r="Z33" s="12">
         <v>23816.411456183701</v>
       </c>
       <c r="AA33" s="18">
         <v>82.634928810566194</v>
       </c>
       <c r="AB33" s="12">
         <v>46777.050854052162</v>
       </c>
       <c r="AC33" s="18">
         <v>118.69844873250095</v>
       </c>
     </row>
-    <row r="34" spans="1:29">
+    <row r="34" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A34" s="12" t="s">
         <v>48</v>
       </c>
       <c r="B34" s="12">
         <v>36340.711666894669</v>
       </c>
       <c r="C34" s="18">
         <v>99.189938179492643</v>
       </c>
       <c r="D34" s="12">
         <v>45824.037857589545</v>
       </c>
       <c r="E34" s="18">
         <v>123.14524207011686</v>
       </c>
       <c r="F34" s="12">
         <v>37389.583934362243</v>
       </c>
       <c r="G34" s="18">
         <v>95.213839263743282</v>
       </c>
       <c r="H34" s="12">
         <v>39572.626402109076</v>
       </c>
       <c r="I34" s="18">
@@ -4264,51 +4268,51 @@
       <c r="V34" s="12">
         <v>36361.147838453799</v>
       </c>
       <c r="W34" s="18">
         <v>100.37045679948662</v>
       </c>
       <c r="X34" s="12">
         <v>30856.189653231977</v>
       </c>
       <c r="Y34" s="18">
         <v>86.342610538284632</v>
       </c>
       <c r="Z34" s="12">
         <v>20582.358878766834</v>
       </c>
       <c r="AA34" s="18">
         <v>71.413855266546477</v>
       </c>
       <c r="AB34" s="12">
         <v>44070.307909694471</v>
       </c>
       <c r="AC34" s="18">
         <v>111.82999117164837</v>
       </c>
     </row>
-    <row r="35" spans="1:29">
+    <row r="35" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A35" s="20" t="s">
         <v>49</v>
       </c>
       <c r="B35" s="20">
         <v>35032.508528230399</v>
       </c>
       <c r="C35" s="21">
         <v>95.619270944361546</v>
       </c>
       <c r="D35" s="20">
         <v>41176.032716186084</v>
       </c>
       <c r="E35" s="21">
         <v>110.65442404006679</v>
       </c>
       <c r="F35" s="20">
         <v>37766.446357394874</v>
       </c>
       <c r="G35" s="21">
         <v>96.173532162015846</v>
       </c>
       <c r="H35" s="20">
         <v>38496.603043659721</v>
       </c>
       <c r="I35" s="21">
@@ -4353,51 +4357,51 @@
       <c r="V35" s="20">
         <v>36955.032144455457</v>
       </c>
       <c r="W35" s="21">
         <v>102.0098010617817</v>
       </c>
       <c r="X35" s="20">
         <v>30987.327535751996</v>
       </c>
       <c r="Y35" s="21">
         <v>86.709564048892688</v>
       </c>
       <c r="Z35" s="20">
         <v>23500.428614193468</v>
       </c>
       <c r="AA35" s="21">
         <v>81.538574739707883</v>
       </c>
       <c r="AB35" s="20">
         <v>42480.854377550539</v>
       </c>
       <c r="AC35" s="21">
         <v>107.79669567410771</v>
       </c>
     </row>
-    <row r="36" spans="1:29">
+    <row r="36" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A36" s="1" t="s">
         <v>50</v>
       </c>
       <c r="B36" s="1">
         <v>35035.660456641432</v>
       </c>
       <c r="C36" s="16">
         <v>95.627873956517789</v>
       </c>
       <c r="D36" s="1">
         <v>40080.651333963826</v>
       </c>
       <c r="E36" s="16">
         <v>107.71075054948376</v>
       </c>
       <c r="F36" s="1">
         <v>37780.312882948878</v>
       </c>
       <c r="G36" s="16">
         <v>96.208843738030268</v>
       </c>
       <c r="H36" s="1">
         <v>38238.151409327082</v>
       </c>
       <c r="I36" s="16">
@@ -4442,51 +4446,51 @@
       <c r="V36" s="1">
         <v>36378.083975261608</v>
       </c>
       <c r="W36" s="16">
         <v>100.41720691296958</v>
       </c>
       <c r="X36" s="1">
         <v>31552.826898506341</v>
       </c>
       <c r="Y36" s="16">
         <v>88.291959405761773</v>
       </c>
       <c r="Z36" s="1">
         <v>22495.209846813235</v>
       </c>
       <c r="AA36" s="16">
         <v>78.050804072227947</v>
       </c>
       <c r="AB36" s="1">
         <v>41672.595164212704</v>
       </c>
       <c r="AC36" s="16">
         <v>105.74570885374807</v>
       </c>
     </row>
-    <row r="37" spans="1:29">
+    <row r="37" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A37" s="12" t="s">
         <v>51</v>
       </c>
       <c r="B37" s="12">
         <v>36695.368736242366</v>
       </c>
       <c r="C37" s="18">
         <v>100.15795479694279</v>
       </c>
       <c r="D37" s="12">
         <v>41592.387215738549</v>
       </c>
       <c r="E37" s="18">
         <v>111.77331443103827</v>
       </c>
       <c r="F37" s="12">
         <v>40461.213262689445</v>
       </c>
       <c r="G37" s="18">
         <v>103.03584716997101</v>
       </c>
       <c r="H37" s="12">
         <v>40995.957352543031</v>
       </c>
       <c r="I37" s="18">
@@ -4531,51 +4535,51 @@
       <c r="V37" s="12">
         <v>39288.46913065228</v>
       </c>
       <c r="W37" s="18">
         <v>108.45096560526471</v>
       </c>
       <c r="X37" s="12">
         <v>31577.087528267311</v>
       </c>
       <c r="Y37" s="18">
         <v>88.359846145194155</v>
       </c>
       <c r="Z37" s="12">
         <v>25318.263899900223</v>
       </c>
       <c r="AA37" s="18">
         <v>87.845851119278109</v>
       </c>
       <c r="AB37" s="12">
         <v>43518.891849333188</v>
       </c>
       <c r="AC37" s="18">
         <v>110.4307530885275</v>
       </c>
     </row>
-    <row r="38" spans="1:29">
+    <row r="38" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A38" s="12" t="s">
         <v>52</v>
       </c>
       <c r="B38" s="12">
         <v>36405.989306855612</v>
       </c>
       <c r="C38" s="18">
         <v>99.36810984359154</v>
       </c>
       <c r="D38" s="12">
         <v>40750.714513094295</v>
       </c>
       <c r="E38" s="18">
         <v>109.51144503766334</v>
       </c>
       <c r="F38" s="12">
         <v>40396.66086778207</v>
       </c>
       <c r="G38" s="18">
         <v>102.87146231445641</v>
       </c>
       <c r="H38" s="12">
         <v>40068.856838128086</v>
       </c>
       <c r="I38" s="18">
@@ -4620,51 +4624,51 @@
       <c r="V38" s="12">
         <v>38876.148445912004</v>
       </c>
       <c r="W38" s="18">
         <v>107.31280529032844</v>
       </c>
       <c r="X38" s="12">
         <v>33304.546769098124</v>
       </c>
       <c r="Y38" s="18">
         <v>93.193668536358814</v>
       </c>
       <c r="Z38" s="12">
         <v>24524.180742844561</v>
       </c>
       <c r="AA38" s="18">
         <v>85.090649930648695</v>
       </c>
       <c r="AB38" s="12">
         <v>43281.749349791629</v>
       </c>
       <c r="AC38" s="18">
         <v>109.82899546785242</v>
       </c>
     </row>
-    <row r="39" spans="1:29">
+    <row r="39" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A39" s="20" t="s">
         <v>53</v>
       </c>
       <c r="B39" s="20">
         <v>37123.291754397083</v>
       </c>
       <c r="C39" s="21">
         <v>101.32594672030996</v>
       </c>
       <c r="D39" s="20">
         <v>40166.884608321365</v>
       </c>
       <c r="E39" s="21">
         <v>107.9424895655491</v>
       </c>
       <c r="F39" s="20">
         <v>39876.047797111001</v>
       </c>
       <c r="G39" s="21">
         <v>101.54570353317393</v>
       </c>
       <c r="H39" s="20">
         <v>39591.273883994472</v>
       </c>
       <c r="I39" s="21">
@@ -4709,51 +4713,51 @@
       <c r="V39" s="20">
         <v>37685.455491261935</v>
       </c>
       <c r="W39" s="21">
         <v>104.02604447911528</v>
       </c>
       <c r="X39" s="20">
         <v>34244.417326123403</v>
       </c>
       <c r="Y39" s="21">
         <v>95.823639325805715</v>
       </c>
       <c r="Z39" s="20">
         <v>25247.129648955455</v>
       </c>
       <c r="AA39" s="21">
         <v>87.599039219272584</v>
       </c>
       <c r="AB39" s="20">
         <v>43108.164909837898</v>
       </c>
       <c r="AC39" s="21">
         <v>109.38851870904833</v>
       </c>
     </row>
-    <row r="40" spans="1:29">
+    <row r="40" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A40" s="1" t="s">
         <v>54</v>
       </c>
       <c r="B40" s="1">
         <v>35417.422128095932</v>
       </c>
       <c r="C40" s="16">
         <v>96.669871068130959</v>
       </c>
       <c r="D40" s="1">
         <v>41552.529783880775</v>
       </c>
       <c r="E40" s="16">
         <v>111.666203549416</v>
       </c>
       <c r="F40" s="1">
         <v>40671.715494909833</v>
       </c>
       <c r="G40" s="16">
         <v>103.57189821933481</v>
       </c>
       <c r="H40" s="1">
         <v>37513.970740622171</v>
       </c>
       <c r="I40" s="16">
@@ -4798,51 +4802,51 @@
       <c r="V40" s="1">
         <v>38220.722282250019</v>
       </c>
       <c r="W40" s="16">
         <v>105.50358233242399</v>
       </c>
       <c r="X40" s="1">
         <v>34841.713748505987</v>
       </c>
       <c r="Y40" s="16">
         <v>97.495010060600521</v>
       </c>
       <c r="Z40" s="1">
         <v>26065.936499133677</v>
       </c>
       <c r="AA40" s="16">
         <v>90.44002329861479</v>
       </c>
       <c r="AB40" s="1">
         <v>41556.177844722501</v>
       </c>
       <c r="AC40" s="16">
         <v>105.45029571895688</v>
       </c>
     </row>
-    <row r="41" spans="1:29">
+    <row r="41" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A41" s="12" t="s">
         <v>55</v>
       </c>
       <c r="B41" s="12">
         <v>34539.056907665581</v>
       </c>
       <c r="C41" s="18">
         <v>94.272422368939104</v>
       </c>
       <c r="D41" s="12">
         <v>40160.635556409579</v>
       </c>
       <c r="E41" s="18">
         <v>107.92569617399383</v>
       </c>
       <c r="F41" s="12">
         <v>41701.08133763857</v>
       </c>
       <c r="G41" s="18">
         <v>106.19321313060043</v>
       </c>
       <c r="H41" s="12">
         <v>38540.65134909012</v>
       </c>
       <c r="I41" s="18">
@@ -4887,51 +4891,51 @@
       <c r="V41" s="12">
         <v>38505.032911986331</v>
       </c>
       <c r="W41" s="18">
         <v>106.2883867040122</v>
       </c>
       <c r="X41" s="12">
         <v>37479.766745787107</v>
       </c>
       <c r="Y41" s="18">
         <v>104.87688011919801</v>
       </c>
       <c r="Z41" s="12">
         <v>26753.68058741502</v>
       </c>
       <c r="AA41" s="18">
         <v>92.826263722768232</v>
       </c>
       <c r="AB41" s="12">
         <v>41770.564829337432</v>
       </c>
       <c r="AC41" s="18">
         <v>105.99431040217469</v>
       </c>
     </row>
-    <row r="42" spans="1:29">
+    <row r="42" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A42" s="12" t="s">
         <v>56</v>
       </c>
       <c r="B42" s="12">
         <v>34804.354255110928</v>
       </c>
       <c r="C42" s="18">
         <v>94.996536627721198</v>
       </c>
       <c r="D42" s="12">
         <v>38600.262336945656</v>
       </c>
       <c r="E42" s="18">
         <v>103.73242672821129</v>
       </c>
       <c r="F42" s="12">
         <v>40931.341141544974</v>
       </c>
       <c r="G42" s="18">
         <v>104.23304370388632</v>
       </c>
       <c r="H42" s="12">
         <v>38473.909025008739</v>
       </c>
       <c r="I42" s="18">
@@ -4976,51 +4980,51 @@
       <c r="V42" s="12">
         <v>39618.225279911727</v>
       </c>
       <c r="W42" s="18">
         <v>109.36121671946655</v>
       </c>
       <c r="X42" s="12">
         <v>37963.087185585224</v>
       </c>
       <c r="Y42" s="18">
         <v>106.22932022822197</v>
       </c>
       <c r="Z42" s="12">
         <v>27669.357847111405</v>
       </c>
       <c r="AA42" s="18">
         <v>96.003355507047885</v>
       </c>
       <c r="AB42" s="12">
         <v>40908.792967059802</v>
       </c>
       <c r="AC42" s="18">
         <v>103.80753331071529</v>
       </c>
     </row>
-    <row r="43" spans="1:29">
+    <row r="43" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A43" s="20" t="s">
         <v>57</v>
       </c>
       <c r="B43" s="20">
         <v>34707.276857410252</v>
       </c>
       <c r="C43" s="21">
         <v>94.731569304989108</v>
       </c>
       <c r="D43" s="20">
         <v>36679.729776584951</v>
       </c>
       <c r="E43" s="21">
         <v>98.571282968157647</v>
       </c>
       <c r="F43" s="20">
         <v>38808.509284227912</v>
       </c>
       <c r="G43" s="21">
         <v>98.827180627116888</v>
       </c>
       <c r="H43" s="20">
         <v>35178.903718338326</v>
       </c>
       <c r="I43" s="21">
@@ -5065,51 +5069,51 @@
       <c r="V43" s="20">
         <v>37797.018747672395</v>
       </c>
       <c r="W43" s="21">
         <v>104.33400106667146</v>
       </c>
       <c r="X43" s="20">
         <v>37558.516753309865</v>
       </c>
       <c r="Y43" s="21">
         <v>105.09724048468182</v>
       </c>
       <c r="Z43" s="20">
         <v>29005.294561302235</v>
       </c>
       <c r="AA43" s="21">
         <v>100.63860609782981</v>
       </c>
       <c r="AB43" s="20">
         <v>39009.373883219407</v>
       </c>
       <c r="AC43" s="21">
         <v>98.987689078803172</v>
       </c>
     </row>
-    <row r="44" spans="1:29">
+    <row r="44" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A44" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B44" s="1">
         <v>36637.498050591639</v>
       </c>
       <c r="C44" s="16">
         <v>100</v>
       </c>
       <c r="D44" s="1">
         <v>37211.375029412906</v>
       </c>
       <c r="E44" s="16">
         <v>100</v>
       </c>
       <c r="F44" s="1">
         <v>39269.064479999295</v>
       </c>
       <c r="G44" s="16">
         <v>100</v>
       </c>
       <c r="H44" s="1">
         <v>34836.508580491485</v>
       </c>
       <c r="I44" s="16">
@@ -5154,51 +5158,51 @@
       <c r="V44" s="1">
         <v>36226.942666101109</v>
       </c>
       <c r="W44" s="16">
         <v>100</v>
       </c>
       <c r="X44" s="1">
         <v>35736.919999135571</v>
       </c>
       <c r="Y44" s="16">
         <v>100</v>
       </c>
       <c r="Z44" s="1">
         <v>28821.240362874731</v>
       </c>
       <c r="AA44" s="16">
         <v>100</v>
       </c>
       <c r="AB44" s="1">
         <v>39408.30849396273</v>
       </c>
       <c r="AC44" s="16">
         <v>100</v>
       </c>
     </row>
-    <row r="45" spans="1:29">
+    <row r="45" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A45" s="12" t="s">
         <v>58</v>
       </c>
       <c r="B45" s="12">
         <v>39849.468047772323</v>
       </c>
       <c r="C45" s="18">
         <v>108.76689230456012</v>
       </c>
       <c r="D45" s="12">
         <v>39083.774005891661</v>
       </c>
       <c r="E45" s="18">
         <v>105.0317919587727</v>
       </c>
       <c r="F45" s="12">
         <v>38587.449491567764</v>
       </c>
       <c r="G45" s="18">
         <v>98.264244393245718</v>
       </c>
       <c r="H45" s="12">
         <v>36233.363863425802</v>
       </c>
       <c r="I45" s="18">
@@ -5243,51 +5247,51 @@
       <c r="V45" s="12">
         <v>36292.429868965177</v>
       </c>
       <c r="W45" s="18">
         <v>100.18076933366322</v>
       </c>
       <c r="X45" s="12">
         <v>39895.937467353244</v>
       </c>
       <c r="Y45" s="18">
         <v>111.63787329271318</v>
       </c>
       <c r="Z45" s="12">
         <v>32671.885664752019</v>
       </c>
       <c r="AA45" s="18">
         <v>113.36044269224925</v>
       </c>
       <c r="AB45" s="12">
         <v>40887.877905595604</v>
       </c>
       <c r="AC45" s="18">
         <v>103.75446059010511</v>
       </c>
     </row>
-    <row r="46" spans="1:29">
+    <row r="46" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A46" s="12" t="s">
         <v>59</v>
       </c>
       <c r="B46" s="12">
         <v>35837.881723675906</v>
       </c>
       <c r="C46" s="18">
         <v>97.817491997375029</v>
       </c>
       <c r="D46" s="12">
         <v>39590.691155797314</v>
       </c>
       <c r="E46" s="18">
         <v>106.39405591570785</v>
       </c>
       <c r="F46" s="12">
         <v>40665.666071071631</v>
       </c>
       <c r="G46" s="18">
         <v>103.55649315705917</v>
       </c>
       <c r="H46" s="12">
         <v>35862.214458064867</v>
       </c>
       <c r="I46" s="18">
@@ -5332,51 +5336,51 @@
       <c r="V46" s="12">
         <v>36917.234003201702</v>
       </c>
       <c r="W46" s="18">
         <v>101.90546396217565</v>
       </c>
       <c r="X46" s="12">
         <v>37755.386115841633</v>
       </c>
       <c r="Y46" s="18">
         <v>105.6481255708519</v>
       </c>
       <c r="Z46" s="12">
         <v>29720.810801712876</v>
       </c>
       <c r="AA46" s="18">
         <v>103.12120653903882</v>
       </c>
       <c r="AB46" s="12">
         <v>39467.0602434303</v>
       </c>
       <c r="AC46" s="18">
         <v>100.14908467709689</v>
       </c>
     </row>
-    <row r="47" spans="1:29">
+    <row r="47" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A47" s="20" t="s">
         <v>60</v>
       </c>
       <c r="B47" s="20">
         <v>37467.990669491264</v>
       </c>
       <c r="C47" s="21">
         <v>102.26678311317227</v>
       </c>
       <c r="D47" s="20">
         <v>36722.464223844938</v>
       </c>
       <c r="E47" s="21">
         <v>98.686125397995866</v>
       </c>
       <c r="F47" s="20">
         <v>38928.656973579644</v>
       </c>
       <c r="G47" s="21">
         <v>99.133140779065315</v>
       </c>
       <c r="H47" s="20">
         <v>35701.33804339746</v>
       </c>
       <c r="I47" s="21">
@@ -5421,51 +5425,51 @@
       <c r="V47" s="20">
         <v>37333.269442292687</v>
       </c>
       <c r="W47" s="21">
         <v>103.05387839760159</v>
       </c>
       <c r="X47" s="20">
         <v>38817.760561686599</v>
       </c>
       <c r="Y47" s="21">
         <v>108.62089000010508</v>
       </c>
       <c r="Z47" s="20">
         <v>28941.129355767011</v>
       </c>
       <c r="AA47" s="21">
         <v>100.4159744389305</v>
       </c>
       <c r="AB47" s="20">
         <v>39369.233757777081</v>
       </c>
       <c r="AC47" s="21">
         <v>99.900846451728228</v>
       </c>
     </row>
-    <row r="48" spans="1:29">
+    <row r="48" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A48" s="1" t="s">
         <v>61</v>
       </c>
       <c r="B48" s="1">
         <v>34568.98120025442</v>
       </c>
       <c r="C48" s="16">
         <v>94.354099050429525</v>
       </c>
       <c r="D48" s="1">
         <v>38469.100082954508</v>
       </c>
       <c r="E48" s="16">
         <v>103.37994780506622</v>
       </c>
       <c r="F48" s="1">
         <v>40042.641892936801</v>
       </c>
       <c r="G48" s="16">
         <v>101.96994102910575</v>
       </c>
       <c r="H48" s="1">
         <v>36903.8274751684</v>
       </c>
       <c r="I48" s="16">
@@ -5510,51 +5514,51 @@
       <c r="V48" s="1">
         <v>37143.798706192334</v>
       </c>
       <c r="W48" s="16">
         <v>102.53086783652091</v>
       </c>
       <c r="X48" s="1">
         <v>37858.471769057804</v>
       </c>
       <c r="Y48" s="16">
         <v>105.93658258734538</v>
       </c>
       <c r="Z48" s="1">
         <v>31346.601635348099</v>
       </c>
       <c r="AA48" s="16">
         <v>108.76215333093832</v>
       </c>
       <c r="AB48" s="1">
         <v>40093.297759499845</v>
       </c>
       <c r="AC48" s="16">
         <v>101.73818489479714</v>
       </c>
     </row>
-    <row r="49" spans="1:29">
+    <row r="49" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A49" s="12" t="s">
         <v>62</v>
       </c>
       <c r="B49" s="12">
         <v>33784.716046662812</v>
       </c>
       <c r="C49" s="18">
         <v>92.213491216050002</v>
       </c>
       <c r="D49" s="12">
         <v>38022.826504923745</v>
       </c>
       <c r="E49" s="18">
         <v>102.18065436944872</v>
       </c>
       <c r="F49" s="12">
         <v>39154.068212498714</v>
       </c>
       <c r="G49" s="18">
         <v>99.707158117914531</v>
       </c>
       <c r="H49" s="12">
         <v>36251.204299616831</v>
       </c>
       <c r="I49" s="18">
@@ -5599,51 +5603,51 @@
       <c r="V49" s="12">
         <v>35980.019023895686</v>
       </c>
       <c r="W49" s="18">
         <v>99.318397788957</v>
       </c>
       <c r="X49" s="12">
         <v>39654.966681561476</v>
       </c>
       <c r="Y49" s="18">
         <v>110.96358243105639</v>
       </c>
       <c r="Z49" s="12">
         <v>30758.833204553557</v>
       </c>
       <c r="AA49" s="18">
         <v>106.72279477664216</v>
       </c>
       <c r="AB49" s="12">
         <v>39026.967635911235</v>
       </c>
       <c r="AC49" s="18">
         <v>99.032333858962986</v>
       </c>
     </row>
-    <row r="50" spans="1:29">
+    <row r="50" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A50" s="12" t="s">
         <v>63</v>
       </c>
       <c r="B50" s="12">
         <v>33092.819887765669</v>
       </c>
       <c r="C50" s="18">
         <v>90.324999381968638</v>
       </c>
       <c r="D50" s="12">
         <v>35753.004820070055</v>
       </c>
       <c r="E50" s="18">
         <v>96.080848374481945</v>
       </c>
       <c r="F50" s="12">
         <v>38211.094688865101</v>
       </c>
       <c r="G50" s="18">
         <v>97.305844167301089</v>
       </c>
       <c r="H50" s="12">
         <v>35186.263767941047</v>
       </c>
       <c r="I50" s="18">
@@ -5688,51 +5692,51 @@
       <c r="V50" s="12">
         <v>35373.149226202462</v>
       </c>
       <c r="W50" s="18">
         <v>97.643208680986561</v>
       </c>
       <c r="X50" s="12">
         <v>40784.887606075303</v>
       </c>
       <c r="Y50" s="18">
         <v>114.12535721338558</v>
       </c>
       <c r="Z50" s="12">
         <v>31666.623387737687</v>
       </c>
       <c r="AA50" s="18">
         <v>109.87252106098862</v>
       </c>
       <c r="AB50" s="12">
         <v>38401.052010528714</v>
       </c>
       <c r="AC50" s="18">
         <v>97.444050450456842</v>
       </c>
     </row>
-    <row r="51" spans="1:29">
+    <row r="51" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A51" s="20" t="s">
         <v>64</v>
       </c>
       <c r="B51" s="20">
         <v>32812.733821854417</v>
       </c>
       <c r="C51" s="21">
         <v>89.560520143990942</v>
       </c>
       <c r="D51" s="20">
         <v>39108.843040886444</v>
       </c>
       <c r="E51" s="21">
         <v>105.09916123758859</v>
       </c>
       <c r="F51" s="20">
         <v>36674.857684811373</v>
       </c>
       <c r="G51" s="21">
         <v>93.393764711381863</v>
       </c>
       <c r="H51" s="20">
         <v>34743.883976147023</v>
       </c>
       <c r="I51" s="21">
@@ -5777,51 +5781,51 @@
       <c r="V51" s="20">
         <v>37938.802629891565</v>
       </c>
       <c r="W51" s="21">
         <v>104.7253779585223</v>
       </c>
       <c r="X51" s="20">
         <v>37788.842814520285</v>
       </c>
       <c r="Y51" s="21">
         <v>105.7417449949082</v>
       </c>
       <c r="Z51" s="20">
         <v>32036.992117331494</v>
       </c>
       <c r="AA51" s="21">
         <v>111.15757585020194</v>
       </c>
       <c r="AB51" s="20">
         <v>39812.474090567746</v>
       </c>
       <c r="AC51" s="21">
         <v>101.02558473593693</v>
       </c>
     </row>
-    <row r="52" spans="1:29">
+    <row r="52" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A52" s="1" t="s">
         <v>65</v>
       </c>
       <c r="B52" s="1">
         <v>32262.146215433509</v>
       </c>
       <c r="C52" s="16">
         <v>88.057722093587472</v>
       </c>
       <c r="D52" s="1">
         <v>34244.014105369162</v>
       </c>
       <c r="E52" s="16">
         <v>92.025661718498014</v>
       </c>
       <c r="F52" s="1">
         <v>37873.375179487339</v>
       </c>
       <c r="G52" s="16">
         <v>96.445830021688394</v>
       </c>
       <c r="H52" s="1">
         <v>35249.011424867764</v>
       </c>
       <c r="I52" s="16">
@@ -5866,51 +5870,51 @@
       <c r="V52" s="1">
         <v>35287.622811061301</v>
       </c>
       <c r="W52" s="16">
         <v>97.407123577340229</v>
       </c>
       <c r="X52" s="1">
         <v>40084.495701319014</v>
       </c>
       <c r="Y52" s="16">
         <v>112.16550195788727</v>
       </c>
       <c r="Z52" s="1">
         <v>31469.410228100882</v>
       </c>
       <c r="AA52" s="16">
         <v>109.18825779836081</v>
       </c>
       <c r="AB52" s="1">
         <v>38912.116887453922</v>
       </c>
       <c r="AC52" s="16">
         <v>98.740895954504552</v>
       </c>
     </row>
-    <row r="53" spans="1:29">
+    <row r="53" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A53" s="12" t="s">
         <v>66</v>
       </c>
       <c r="B53" s="12">
         <v>32711.67225605511</v>
       </c>
       <c r="C53" s="18">
         <v>89.284678257463241</v>
       </c>
       <c r="D53" s="12">
         <v>32836.088965432267</v>
       </c>
       <c r="E53" s="18">
         <v>88.242073665586702</v>
       </c>
       <c r="F53" s="12">
         <v>36256.047525947972</v>
       </c>
       <c r="G53" s="18">
         <v>92.327250485974972</v>
       </c>
       <c r="H53" s="12">
         <v>35806.17223760346</v>
       </c>
       <c r="I53" s="18">
@@ -5955,51 +5959,51 @@
       <c r="V53" s="12">
         <v>38199.215050317602</v>
       </c>
       <c r="W53" s="18">
         <v>105.44421427553149</v>
       </c>
       <c r="X53" s="12">
         <v>35673.357316882139</v>
       </c>
       <c r="Y53" s="18">
         <v>99.822137212006595</v>
       </c>
       <c r="Z53" s="12">
         <v>31835.355032554751</v>
       </c>
       <c r="AA53" s="18">
         <v>110.45796305686611</v>
       </c>
       <c r="AB53" s="12">
         <v>38700.879218037371</v>
       </c>
       <c r="AC53" s="18">
         <v>98.204872771857907</v>
       </c>
     </row>
-    <row r="54" spans="1:29">
+    <row r="54" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A54" s="12" t="s">
         <v>67</v>
       </c>
       <c r="B54" s="12">
         <v>31778.267953940725</v>
       </c>
       <c r="C54" s="18">
         <v>86.737003465845447</v>
       </c>
       <c r="D54" s="12">
         <v>37799.080505834783</v>
       </c>
       <c r="E54" s="18">
         <v>101.57937049076349</v>
       </c>
       <c r="F54" s="12">
         <v>35929.346032235822</v>
       </c>
       <c r="G54" s="18">
         <v>91.495294089665734</v>
       </c>
       <c r="H54" s="12">
         <v>36603.487438279073</v>
       </c>
       <c r="I54" s="18">
@@ -6044,51 +6048,51 @@
       <c r="V54" s="12">
         <v>36833.657960919933</v>
       </c>
       <c r="W54" s="18">
         <v>101.67476262187189</v>
       </c>
       <c r="X54" s="12">
         <v>38324.862641671185</v>
       </c>
       <c r="Y54" s="18">
         <v>107.2416499312146</v>
       </c>
       <c r="Z54" s="12">
         <v>31843.656569740531</v>
       </c>
       <c r="AA54" s="18">
         <v>110.48676659578828</v>
       </c>
       <c r="AB54" s="12">
         <v>38662.455359819272</v>
       </c>
       <c r="AC54" s="18">
         <v>98.10737084983559</v>
       </c>
     </row>
-    <row r="55" spans="1:29">
+    <row r="55" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A55" s="20" t="s">
         <v>68</v>
       </c>
       <c r="B55" s="20">
         <v>33721.168926504084</v>
       </c>
       <c r="C55" s="21">
         <v>92.040042908878533</v>
       </c>
       <c r="D55" s="20">
         <v>35383.639077930653</v>
       </c>
       <c r="E55" s="21">
         <v>95.088233235032135</v>
       </c>
       <c r="F55" s="20">
         <v>36743.44628127358</v>
       </c>
       <c r="G55" s="21">
         <v>93.568427890580196</v>
       </c>
       <c r="H55" s="20">
         <v>35233.130711726524</v>
       </c>
       <c r="I55" s="21">
@@ -6133,51 +6137,51 @@
       <c r="V55" s="20">
         <v>37569.831796908846</v>
       </c>
       <c r="W55" s="21">
         <v>103.70687955421734</v>
       </c>
       <c r="X55" s="20">
         <v>35390.020538252684</v>
       </c>
       <c r="Y55" s="21">
         <v>99.029296702426294</v>
       </c>
       <c r="Z55" s="20">
         <v>34064.907223670045</v>
       </c>
       <c r="AA55" s="21">
         <v>118.19375847387121</v>
       </c>
       <c r="AB55" s="20">
         <v>38913.413328859613</v>
       </c>
       <c r="AC55" s="21">
         <v>98.744185721193972</v>
       </c>
     </row>
-    <row r="56" spans="1:29">
+    <row r="56" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A56" s="1" t="s">
         <v>69</v>
       </c>
       <c r="B56" s="12">
         <v>34478.652713051662</v>
       </c>
       <c r="C56" s="18">
         <v>94.107552501104493</v>
       </c>
       <c r="D56" s="12">
         <v>35858.192778417259</v>
       </c>
       <c r="E56" s="18">
         <v>96.36352526633037</v>
       </c>
       <c r="F56" s="12">
         <v>37380.384792392666</v>
       </c>
       <c r="G56" s="18">
         <v>95.19041333778506</v>
       </c>
       <c r="H56" s="12">
         <v>36424.598282604595</v>
       </c>
       <c r="I56" s="18">
@@ -6222,51 +6226,51 @@
       <c r="V56" s="12">
         <v>36117.94313121718</v>
       </c>
       <c r="W56" s="18">
         <v>99.699120249013106</v>
       </c>
       <c r="X56" s="12">
         <v>37636.655848307288</v>
       </c>
       <c r="Y56" s="18">
         <v>105.31589137848944</v>
       </c>
       <c r="Z56" s="12">
         <v>34605.976183471605</v>
       </c>
       <c r="AA56" s="18">
         <v>120.07108558744861</v>
       </c>
       <c r="AB56" s="12">
         <v>39640.420255931567</v>
       </c>
       <c r="AC56" s="18">
         <v>100.58899194316955</v>
       </c>
     </row>
-    <row r="57" spans="1:29">
+    <row r="57" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A57" s="12" t="s">
         <v>70</v>
       </c>
       <c r="B57" s="12">
         <v>36177.545594198782</v>
       </c>
       <c r="C57" s="18">
         <v>98.744585517936514</v>
       </c>
       <c r="D57" s="12">
         <v>37652.670713134583</v>
       </c>
       <c r="E57" s="18">
         <v>101.18591608983239</v>
       </c>
       <c r="F57" s="12">
         <v>38547.651773076082</v>
       </c>
       <c r="G57" s="18">
         <v>98.162898157936397</v>
       </c>
       <c r="H57" s="12">
         <v>36584.268786395645</v>
       </c>
       <c r="I57" s="18">
@@ -6311,51 +6315,51 @@
       <c r="V57" s="12">
         <v>37199.280612651964</v>
       </c>
       <c r="W57" s="18">
         <v>102.68401878544586</v>
       </c>
       <c r="X57" s="12">
         <v>39839.772660063107</v>
       </c>
       <c r="Y57" s="18">
         <v>111.4807114351958</v>
       </c>
       <c r="Z57" s="12">
         <v>37944.069762930812</v>
       </c>
       <c r="AA57" s="18">
         <v>131.65314637813924</v>
       </c>
       <c r="AB57" s="12">
         <v>41305.083112889042</v>
       </c>
       <c r="AC57" s="18">
         <v>104.81313380709271</v>
       </c>
     </row>
-    <row r="58" spans="1:29">
+    <row r="58" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A58" s="12" t="s">
         <v>71</v>
       </c>
       <c r="B58" s="12">
         <v>34929.032652312257</v>
       </c>
       <c r="C58" s="18">
         <v>95.336839333515044</v>
       </c>
       <c r="D58" s="12">
         <v>38539.623067613407</v>
       </c>
       <c r="E58" s="18">
         <v>103.56946776933293</v>
       </c>
       <c r="F58" s="12">
         <v>39651.642426538419</v>
       </c>
       <c r="G58" s="18">
         <v>100.97424767206762</v>
       </c>
       <c r="H58" s="12">
         <v>38286.5858383534</v>
       </c>
       <c r="I58" s="18">
@@ -6400,51 +6404,51 @@
       <c r="V58" s="12">
         <v>39367.158016056237</v>
       </c>
       <c r="W58" s="18">
         <v>108.66817655273336</v>
       </c>
       <c r="X58" s="12">
         <v>38632.375641575949</v>
       </c>
       <c r="Y58" s="18">
         <v>108.10214098615778</v>
       </c>
       <c r="Z58" s="12">
         <v>38731.315273315704</v>
       </c>
       <c r="AA58" s="18">
         <v>134.38462323504424</v>
       </c>
       <c r="AB58" s="12">
         <v>42250.136982456774</v>
       </c>
       <c r="AC58" s="18">
         <v>107.21124198702769</v>
       </c>
     </row>
-    <row r="59" spans="1:29">
+    <row r="59" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A59" s="23" t="s">
         <v>72</v>
       </c>
       <c r="B59" s="12">
         <v>36816.767082235623</v>
       </c>
       <c r="C59" s="18">
         <v>100.48930478657805</v>
       </c>
       <c r="D59" s="12">
         <v>38348.320583228051</v>
       </c>
       <c r="E59" s="18">
         <v>103.05537097975142</v>
       </c>
       <c r="F59" s="12">
         <v>40232.197148590603</v>
       </c>
       <c r="G59" s="18">
         <v>102.45264989463108</v>
       </c>
       <c r="H59" s="12">
         <v>40349.730012628708</v>
       </c>
       <c r="I59" s="18">
@@ -6489,51 +6493,51 @@
       <c r="V59" s="12">
         <v>37962.512201362726</v>
       </c>
       <c r="W59" s="18">
         <v>104.79082530164948</v>
       </c>
       <c r="X59" s="12">
         <v>37539.430727936051</v>
       </c>
       <c r="Y59" s="18">
         <v>105.04383346086928</v>
       </c>
       <c r="Z59" s="12">
         <v>40415.904927381423</v>
       </c>
       <c r="AA59" s="18">
         <v>140.22958213638174</v>
       </c>
       <c r="AB59" s="12">
         <v>43114.4577931526</v>
       </c>
       <c r="AC59" s="18">
         <v>109.40448712676326</v>
       </c>
     </row>
-    <row r="60" spans="1:29">
+    <row r="60" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A60" s="24" t="s">
         <v>73</v>
       </c>
       <c r="B60" s="1">
         <v>35176.451919749466</v>
       </c>
       <c r="C60" s="16">
         <v>96.012156373711278</v>
       </c>
       <c r="D60" s="1">
         <v>38073.878344874647</v>
       </c>
       <c r="E60" s="16">
         <v>102.31784854706389</v>
       </c>
       <c r="F60" s="1">
         <v>40817.605631232058</v>
       </c>
       <c r="G60" s="16">
         <v>103.94341238259311</v>
       </c>
       <c r="H60" s="1">
         <v>39992.874299834759</v>
       </c>
       <c r="I60" s="16">
@@ -6578,51 +6582,51 @@
       <c r="V60" s="1">
         <v>38724.443654697607</v>
       </c>
       <c r="W60" s="16">
         <v>106.89404295475782</v>
       </c>
       <c r="X60" s="1">
         <v>39955.996218599314</v>
       </c>
       <c r="Y60" s="16">
         <v>111.8059312877713</v>
       </c>
       <c r="Z60" s="1">
         <v>40139.026935567148</v>
       </c>
       <c r="AA60" s="16">
         <v>139.26890872910212</v>
       </c>
       <c r="AB60" s="1">
         <v>43654.209125744193</v>
       </c>
       <c r="AC60" s="16">
         <v>110.77412554368307</v>
       </c>
     </row>
-    <row r="61" spans="1:29">
+    <row r="61" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A61" s="25" t="s">
         <v>74</v>
       </c>
       <c r="B61" s="12">
         <v>34652.668256228157</v>
       </c>
       <c r="C61" s="18">
         <v>94.582518184995351</v>
       </c>
       <c r="D61" s="12">
         <v>39863.375392895177</v>
       </c>
       <c r="E61" s="18">
         <v>107.12685398318675</v>
       </c>
       <c r="F61" s="12">
         <v>40973.153226832874</v>
       </c>
       <c r="G61" s="18">
         <v>104.33951959232823</v>
       </c>
       <c r="H61" s="12">
         <v>40003.289740843189</v>
       </c>
       <c r="I61" s="18">
@@ -6667,51 +6671,51 @@
       <c r="V61" s="12">
         <v>40059.256713141287</v>
       </c>
       <c r="W61" s="18">
         <v>110.57862950887716</v>
       </c>
       <c r="X61" s="12">
         <v>39865.518899273404</v>
       </c>
       <c r="Y61" s="18">
         <v>111.55275524650052</v>
       </c>
       <c r="Z61" s="12">
         <v>42493.002638800826</v>
       </c>
       <c r="AA61" s="18">
         <v>147.43641183998795</v>
       </c>
       <c r="AB61" s="12">
         <v>45434.127138378295</v>
       </c>
       <c r="AC61" s="18">
         <v>115.29073150992693</v>
       </c>
     </row>
-    <row r="62" spans="1:29">
+    <row r="62" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A62" s="25" t="s">
         <v>75</v>
       </c>
       <c r="B62" s="12">
         <v>36255.960752455052</v>
       </c>
       <c r="C62" s="18">
         <v>98.958615302797881</v>
       </c>
       <c r="D62" s="12">
         <v>40651.395300194985</v>
       </c>
       <c r="E62" s="18">
         <v>109.24453952067881</v>
       </c>
       <c r="F62" s="12">
         <v>41717.295099956871</v>
       </c>
       <c r="G62" s="18">
         <v>106.23450202437219</v>
       </c>
       <c r="H62" s="12">
         <v>43529.840658090201</v>
       </c>
       <c r="I62" s="18">
@@ -6756,51 +6760,51 @@
       <c r="V62" s="12">
         <v>40324.608840734683</v>
       </c>
       <c r="W62" s="18">
         <v>111.31110127730406</v>
       </c>
       <c r="X62" s="12">
         <v>41928.82404479527</v>
       </c>
       <c r="Y62" s="18">
         <v>117.32635058032275</v>
       </c>
       <c r="Z62" s="12">
         <v>43467.226281531613</v>
       </c>
       <c r="AA62" s="18">
         <v>150.81663986093636</v>
       </c>
       <c r="AB62" s="12">
         <v>47603.698230693051</v>
       </c>
       <c r="AC62" s="18">
         <v>120.79609617851483</v>
       </c>
     </row>
-    <row r="63" spans="1:29">
+    <row r="63" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A63" s="23" t="s">
         <v>76</v>
       </c>
       <c r="B63" s="20">
         <v>36432.266745908659</v>
       </c>
       <c r="C63" s="21">
         <v>99.439832642503092</v>
       </c>
       <c r="D63" s="20">
         <v>41264.759351782435</v>
       </c>
       <c r="E63" s="21">
         <v>110.89286359121537</v>
       </c>
       <c r="F63" s="20">
         <v>42660.930653705691</v>
       </c>
       <c r="G63" s="21">
         <v>108.63750185705075</v>
       </c>
       <c r="H63" s="20">
         <v>42817.868766927197</v>
       </c>
       <c r="I63" s="21">
@@ -6845,51 +6849,51 @@
       <c r="V63" s="20">
         <v>39675.439060901226</v>
       </c>
       <c r="W63" s="21">
         <v>109.51914829408722</v>
       </c>
       <c r="X63" s="20">
         <v>41661.934704071464</v>
       </c>
       <c r="Y63" s="21">
         <v>116.57953372892575</v>
       </c>
       <c r="Z63" s="20">
         <v>44413.83946842212</v>
       </c>
       <c r="AA63" s="21">
         <v>154.10106889650925</v>
       </c>
       <c r="AB63" s="20">
         <v>48773.108943516825</v>
       </c>
       <c r="AC63" s="21">
         <v>123.76351791650424</v>
       </c>
     </row>
-    <row r="64" spans="1:29">
+    <row r="64" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A64" s="25" t="s">
         <v>77</v>
       </c>
       <c r="B64" s="12">
         <v>38841.289170885626</v>
       </c>
       <c r="C64" s="18">
         <v>106.01512449690433</v>
       </c>
       <c r="D64" s="12">
         <v>41594.312024789295</v>
       </c>
       <c r="E64" s="18">
         <v>111.77848706722607</v>
       </c>
       <c r="F64" s="12">
         <v>43148.686270489197</v>
       </c>
       <c r="G64" s="18">
         <v>109.8795880214205</v>
       </c>
       <c r="H64" s="12">
         <v>43575.760902858354</v>
       </c>
       <c r="I64" s="18">
@@ -6934,51 +6938,51 @@
       <c r="V64" s="12">
         <v>42179.924875717203</v>
       </c>
       <c r="W64" s="18">
         <v>116.43247199876605</v>
       </c>
       <c r="X64" s="12">
         <v>43679.681660693088</v>
       </c>
       <c r="Y64" s="18">
         <v>122.22564692690261</v>
       </c>
       <c r="Z64" s="12">
         <v>47092.45490652632</v>
       </c>
       <c r="AA64" s="18">
         <v>163.39496258178792</v>
       </c>
       <c r="AB64" s="12">
         <v>49999.93096814915</v>
       </c>
       <c r="AC64" s="18">
         <v>126.87662292282613</v>
       </c>
     </row>
-    <row r="65" spans="1:29">
+    <row r="65" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A65" s="25" t="s">
         <v>78</v>
       </c>
       <c r="B65" s="12">
         <v>38572.093976055934</v>
       </c>
       <c r="C65" s="18">
         <v>105.28037128188413</v>
       </c>
       <c r="D65" s="12">
         <v>41545.037241933926</v>
       </c>
       <c r="E65" s="18">
         <v>111.64606846453691</v>
       </c>
       <c r="F65" s="12">
         <v>43705.793786439404</v>
       </c>
       <c r="G65" s="18">
         <v>111.29828114112534</v>
       </c>
       <c r="H65" s="12">
         <v>44148.940857832771</v>
       </c>
       <c r="I65" s="18">
@@ -7023,51 +7027,51 @@
       <c r="V65" s="12">
         <v>40572.671781329751</v>
       </c>
       <c r="W65" s="18">
         <v>111.99584838081051</v>
       </c>
       <c r="X65" s="12">
         <v>43869.629916474252</v>
       </c>
       <c r="Y65" s="18">
         <v>122.75716518808952</v>
       </c>
       <c r="Z65" s="12">
         <v>48169.380812791016</v>
       </c>
       <c r="AA65" s="18">
         <v>167.13153287753377</v>
       </c>
       <c r="AB65" s="12">
         <v>51449.23412201117</v>
       </c>
       <c r="AC65" s="18">
         <v>130.55428179540638</v>
       </c>
     </row>
-    <row r="66" spans="1:29">
+    <row r="66" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A66" s="25" t="s">
         <v>79</v>
       </c>
       <c r="B66" s="12">
         <v>37665.762800117394</v>
       </c>
       <c r="C66" s="18">
         <v>102.80659107263781</v>
       </c>
       <c r="D66" s="12">
         <v>41655.892525014067</v>
       </c>
       <c r="E66" s="18">
         <v>111.94397544322963</v>
       </c>
       <c r="F66" s="12">
         <v>43578.062954350455</v>
       </c>
       <c r="G66" s="18">
         <v>110.97301025988496</v>
       </c>
       <c r="H66" s="12">
         <v>43537.606490042788</v>
       </c>
       <c r="I66" s="18">
@@ -7112,51 +7116,51 @@
       <c r="V66" s="12">
         <v>43110.837302403488</v>
       </c>
       <c r="W66" s="18">
         <v>119.00214075405235</v>
       </c>
       <c r="X66" s="12">
         <v>46752.012782850834</v>
       </c>
       <c r="Y66" s="18">
         <v>130.82272558458229</v>
       </c>
       <c r="Z66" s="12">
         <v>52920.493562910684</v>
       </c>
       <c r="AA66" s="18">
         <v>183.61629442943311</v>
       </c>
       <c r="AB66" s="12">
         <v>52494.993540948009</v>
       </c>
       <c r="AC66" s="18">
         <v>133.2079339284256</v>
       </c>
     </row>
-    <row r="67" spans="1:29">
+    <row r="67" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A67" s="25" t="s">
         <v>80</v>
       </c>
       <c r="B67" s="12">
         <v>35977.135666129368</v>
       </c>
       <c r="C67" s="18">
         <v>98.197577838010673</v>
       </c>
       <c r="D67" s="12">
         <v>39896.658463916458</v>
       </c>
       <c r="E67" s="18">
         <v>107.21629725421602</v>
       </c>
       <c r="F67" s="12">
         <v>43367.274967662168</v>
       </c>
       <c r="G67" s="18">
         <v>110.43623152711008</v>
       </c>
       <c r="H67" s="12">
         <v>44138.231463330718</v>
       </c>
       <c r="I67" s="18">
@@ -7201,51 +7205,51 @@
       <c r="V67" s="12">
         <v>41294.718375626544</v>
       </c>
       <c r="W67" s="18">
         <v>113.98896880764806</v>
       </c>
       <c r="X67" s="12">
         <v>43584.491534012981</v>
       </c>
       <c r="Y67" s="18">
         <v>121.95928338275159</v>
       </c>
       <c r="Z67" s="12">
         <v>51273.128156288782</v>
       </c>
       <c r="AA67" s="18">
         <v>177.90049113338929</v>
       </c>
       <c r="AB67" s="12">
         <v>51936.143569753658</v>
       </c>
       <c r="AC67" s="18">
         <v>131.78983202922848</v>
       </c>
     </row>
-    <row r="68" spans="1:29">
+    <row r="68" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A68" s="24" t="s">
         <v>81</v>
       </c>
       <c r="B68" s="1">
         <v>37581.242406363432</v>
       </c>
       <c r="C68" s="16">
         <v>102.57589738925023</v>
       </c>
       <c r="D68" s="1">
         <v>41451.415681914274</v>
       </c>
       <c r="E68" s="16">
         <v>111.39447453675098</v>
       </c>
       <c r="F68" s="1">
         <v>44737.418118670197</v>
       </c>
       <c r="G68" s="16">
         <v>113.92534737224531</v>
       </c>
       <c r="H68" s="1">
         <v>45586.662436370047</v>
       </c>
       <c r="I68" s="16">
@@ -7290,51 +7294,51 @@
       <c r="V68" s="1">
         <v>43717.882576219905</v>
       </c>
       <c r="W68" s="16">
         <v>120.67781424218376</v>
       </c>
       <c r="X68" s="1">
         <v>45577.54210047888</v>
       </c>
       <c r="Y68" s="16">
         <v>127.53629048497</v>
       </c>
       <c r="Z68" s="1">
         <v>51675.059964471075</v>
       </c>
       <c r="AA68" s="16">
         <v>179.29505917807359</v>
       </c>
       <c r="AB68" s="1">
         <v>53661.383491070774</v>
       </c>
       <c r="AC68" s="17">
         <v>136.16769037242889</v>
       </c>
     </row>
-    <row r="69" spans="1:29">
+    <row r="69" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A69" s="25" t="s">
         <v>82</v>
       </c>
       <c r="B69" s="12">
         <v>39375.464101055921</v>
       </c>
       <c r="C69" s="18">
         <v>107.47312506624635</v>
       </c>
       <c r="D69" s="12">
         <v>43220.511971819113</v>
       </c>
       <c r="E69" s="18">
         <v>116.14865598934847</v>
       </c>
       <c r="F69" s="12">
         <v>46544.356005968773</v>
       </c>
       <c r="G69" s="18">
         <v>118.52677577708775</v>
       </c>
       <c r="H69" s="12">
         <v>46347.060229025737</v>
       </c>
       <c r="I69" s="18">
@@ -7379,51 +7383,51 @@
       <c r="V69" s="12">
         <v>44565.53741915054</v>
       </c>
       <c r="W69" s="18">
         <v>123.01766072258744</v>
       </c>
       <c r="X69" s="12">
         <v>46819.866418613405</v>
       </c>
       <c r="Y69" s="18">
         <v>131.01259543280707</v>
       </c>
       <c r="Z69" s="12">
         <v>52422.160502831801</v>
       </c>
       <c r="AA69" s="18">
         <v>181.88724649879376</v>
       </c>
       <c r="AB69" s="12">
         <v>55618.492362143777</v>
       </c>
       <c r="AC69" s="19">
         <v>141.13392451407657</v>
       </c>
     </row>
-    <row r="70" spans="1:29">
+    <row r="70" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A70" s="25" t="s">
         <v>83</v>
       </c>
       <c r="B70" s="12">
         <v>40669.777148530338</v>
       </c>
       <c r="C70" s="18">
         <v>111.00588007502763</v>
       </c>
       <c r="D70" s="12">
         <v>43629.12684491001</v>
       </c>
       <c r="E70" s="18">
         <v>117.24674729279509</v>
       </c>
       <c r="F70" s="12">
         <v>47032.614230188708</v>
       </c>
       <c r="G70" s="18">
         <v>119.77014184828259</v>
       </c>
       <c r="H70" s="12">
         <v>48359.895844011255</v>
       </c>
       <c r="I70" s="18">
@@ -7468,51 +7472,51 @@
       <c r="V70" s="12">
         <v>44487.114797787486</v>
       </c>
       <c r="W70" s="18">
         <v>122.80118476411128</v>
       </c>
       <c r="X70" s="12">
         <v>46439.789256953438</v>
       </c>
       <c r="Y70" s="18">
         <v>129.94905341052544</v>
       </c>
       <c r="Z70" s="12">
         <v>55744.343598055937</v>
       </c>
       <c r="AA70" s="18">
         <v>193.41410326621974</v>
       </c>
       <c r="AB70" s="12">
         <v>57362.132634757254</v>
       </c>
       <c r="AC70" s="19">
         <v>145.5584744104026</v>
       </c>
     </row>
-    <row r="71" spans="1:29">
+    <row r="71" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A71" s="23" t="s">
         <v>84</v>
       </c>
       <c r="B71" s="20">
         <v>39901.46061830462</v>
       </c>
       <c r="C71" s="21">
         <v>108.90880311533793</v>
       </c>
       <c r="D71" s="20">
         <v>44659.523375929151</v>
       </c>
       <c r="E71" s="21">
         <v>120.01578372373775</v>
       </c>
       <c r="F71" s="20">
         <v>48141.091116460513</v>
       </c>
       <c r="G71" s="21">
         <v>122.59291570589863</v>
       </c>
       <c r="H71" s="20">
         <v>48264.432318316547</v>
       </c>
       <c r="I71" s="21">
@@ -7557,51 +7561,51 @@
       <c r="V71" s="20">
         <v>46056.90279040287</v>
       </c>
       <c r="W71" s="21">
         <v>127.13439059680853</v>
       </c>
       <c r="X71" s="20">
         <v>47222.323712000303</v>
       </c>
       <c r="Y71" s="21">
         <v>132.13876213490852</v>
       </c>
       <c r="Z71" s="20">
         <v>52680.10589760443</v>
       </c>
       <c r="AA71" s="21">
         <v>182.78223016890982</v>
       </c>
       <c r="AB71" s="20">
         <v>59369.978824145233</v>
       </c>
       <c r="AC71" s="22">
         <v>150.65345632188348</v>
       </c>
     </row>
-    <row r="72" spans="1:29">
+    <row r="72" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A72" s="24" t="s">
         <v>85</v>
       </c>
       <c r="B72" s="1">
         <v>38143.813240921714</v>
       </c>
       <c r="C72" s="16">
         <v>104.11140299004602</v>
       </c>
       <c r="D72" s="1">
         <v>42816.318130578707</v>
       </c>
       <c r="E72" s="16">
         <v>115.06244554718954</v>
       </c>
       <c r="F72" s="1">
         <v>47641.831509253607</v>
       </c>
       <c r="G72" s="16">
         <v>121.32153424107868</v>
       </c>
       <c r="H72" s="1">
         <v>50848.12876044101</v>
       </c>
       <c r="I72" s="16">
@@ -7646,51 +7650,51 @@
       <c r="V72" s="1">
         <v>49182.111477649793</v>
       </c>
       <c r="W72" s="16">
         <v>135.76114311095679</v>
       </c>
       <c r="X72" s="1">
         <v>46460.311677535676</v>
       </c>
       <c r="Y72" s="16">
         <v>130.00647979361258</v>
       </c>
       <c r="Z72" s="1">
         <v>54444.131981857128</v>
       </c>
       <c r="AA72" s="16">
         <v>188.90280673689466</v>
       </c>
       <c r="AB72" s="1">
         <v>61190.602750215505</v>
       </c>
       <c r="AC72" s="17">
         <v>155.27335500733247</v>
       </c>
     </row>
-    <row r="73" spans="1:29">
+    <row r="73" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A73" s="25" t="s">
         <v>86</v>
       </c>
       <c r="B73" s="12">
         <v>42059.806017138697</v>
       </c>
       <c r="C73" s="18">
         <v>114.79988605952174</v>
       </c>
       <c r="D73" s="12">
         <v>47238.944947719072</v>
       </c>
       <c r="E73" s="18">
         <v>126.94759306900134</v>
       </c>
       <c r="F73" s="12">
         <v>49368.146298694315</v>
       </c>
       <c r="G73" s="18">
         <v>125.71765320215033</v>
       </c>
       <c r="H73" s="12">
         <v>51201.88673417172</v>
       </c>
       <c r="I73" s="18">
@@ -7735,51 +7739,51 @@
       <c r="V73" s="12">
         <v>49552.382841338273</v>
       </c>
       <c r="W73" s="18">
         <v>136.78323146961631</v>
       </c>
       <c r="X73" s="12">
         <v>49029.466728005333</v>
       </c>
       <c r="Y73" s="18">
         <v>137.19555778503377</v>
       </c>
       <c r="Z73" s="12">
         <v>62939.486358356444</v>
       </c>
       <c r="AA73" s="18">
         <v>218.37882605299032</v>
       </c>
       <c r="AB73" s="12">
         <v>64060.542875132065</v>
       </c>
       <c r="AC73" s="19">
         <v>162.55593128272938</v>
       </c>
     </row>
-    <row r="74" spans="1:29">
+    <row r="74" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A74" s="25" t="s">
         <v>87</v>
       </c>
       <c r="B74" s="12">
         <v>42223.144263101894</v>
       </c>
       <c r="C74" s="18">
         <v>115.24570865837292</v>
       </c>
       <c r="D74" s="12">
         <v>45124.881967233952</v>
       </c>
       <c r="E74" s="18">
         <v>121.26636527558037</v>
       </c>
       <c r="F74" s="12">
         <v>48905.0877845543</v>
       </c>
       <c r="G74" s="18">
         <v>124.5384590444289</v>
       </c>
       <c r="H74" s="12">
         <v>52047.929859125601</v>
       </c>
       <c r="I74" s="18">
@@ -7824,51 +7828,51 @@
       <c r="V74" s="12">
         <v>49027.244262504522</v>
       </c>
       <c r="W74" s="18">
         <v>135.33365129478929</v>
       </c>
       <c r="X74" s="12">
         <v>49192.78731748079</v>
       </c>
       <c r="Y74" s="18">
         <v>137.65256580217516</v>
       </c>
       <c r="Z74" s="12">
         <v>59095.109935527129</v>
       </c>
       <c r="AA74" s="18">
         <v>205.04013426031739</v>
       </c>
       <c r="AB74" s="12">
         <v>63388.489130527792</v>
       </c>
       <c r="AC74" s="19">
         <v>160.8505707374849</v>
       </c>
     </row>
-    <row r="75" spans="1:29">
+    <row r="75" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A75" s="23" t="s">
         <v>88</v>
       </c>
       <c r="B75" s="20">
         <v>42005.327594578986</v>
       </c>
       <c r="C75" s="21">
         <v>114.65119025479052</v>
       </c>
       <c r="D75" s="20">
         <v>47161.754749271677</v>
       </c>
       <c r="E75" s="21">
         <v>126.74015596573282</v>
       </c>
       <c r="F75" s="20">
         <v>49284.149904585633</v>
       </c>
       <c r="G75" s="21">
         <v>125.50375354545884</v>
       </c>
       <c r="H75" s="20">
         <v>53503.963458600876</v>
       </c>
       <c r="I75" s="21">
@@ -7913,51 +7917,51 @@
       <c r="V75" s="20">
         <v>50077.036507937431</v>
       </c>
       <c r="W75" s="21">
         <v>138.2314731041225</v>
       </c>
       <c r="X75" s="20">
         <v>48421.148369005925</v>
       </c>
       <c r="Y75" s="21">
         <v>135.49334517405856</v>
       </c>
       <c r="Z75" s="20">
         <v>60773.575550974914</v>
       </c>
       <c r="AA75" s="21">
         <v>210.86384480960328</v>
       </c>
       <c r="AB75" s="20">
         <v>64542.727144709999</v>
       </c>
       <c r="AC75" s="22">
         <v>163.77949120703269</v>
       </c>
     </row>
-    <row r="76" spans="1:29">
+    <row r="76" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A76" s="24" t="s">
         <v>89</v>
       </c>
       <c r="B76" s="1">
         <v>43619.318901092287</v>
       </c>
       <c r="C76" s="16">
         <v>119.0564891763615</v>
       </c>
       <c r="D76" s="1">
         <v>48417.029057562919</v>
       </c>
       <c r="E76" s="16">
         <v>130.11351775980532</v>
       </c>
       <c r="F76" s="1">
         <v>51468.284520123241</v>
       </c>
       <c r="G76" s="16">
         <v>131.06572616808151</v>
       </c>
       <c r="H76" s="1">
         <v>54415.548059528461</v>
       </c>
       <c r="I76" s="16">
@@ -8002,51 +8006,51 @@
       <c r="V76" s="1">
         <v>50555.848522380053</v>
       </c>
       <c r="W76" s="16">
         <v>139.55317452081607</v>
       </c>
       <c r="X76" s="1">
         <v>48309.010316196385</v>
       </c>
       <c r="Y76" s="16">
         <v>135.17955749226547</v>
       </c>
       <c r="Z76" s="1">
         <v>63978.615716744163</v>
       </c>
       <c r="AA76" s="16">
         <v>221.98425505363195</v>
       </c>
       <c r="AB76" s="1">
         <v>66135.870192228467</v>
       </c>
       <c r="AC76" s="17">
         <v>167.82214898251812</v>
       </c>
     </row>
-    <row r="77" spans="1:29">
+    <row r="77" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A77" s="25" t="s">
         <v>90</v>
       </c>
       <c r="B77" s="12">
         <v>40996.049632505252</v>
       </c>
       <c r="C77" s="18">
         <v>111.89642255564236</v>
       </c>
       <c r="D77" s="12">
         <v>49263.805975198615</v>
       </c>
       <c r="E77" s="18">
         <v>132.38910396688951</v>
       </c>
       <c r="F77" s="12">
         <v>52871.614096164798</v>
       </c>
       <c r="G77" s="18">
         <v>134.63935236627199</v>
       </c>
       <c r="H77" s="12">
         <v>55832.452855392163</v>
       </c>
       <c r="I77" s="18">
@@ -8091,51 +8095,51 @@
       <c r="V77" s="12">
         <v>52811.115721368224</v>
       </c>
       <c r="W77" s="18">
         <v>145.77856102327272</v>
       </c>
       <c r="X77" s="12">
         <v>49261.54926553119</v>
       </c>
       <c r="Y77" s="18">
         <v>137.8449773140012</v>
       </c>
       <c r="Z77" s="12">
         <v>64606.515787513388</v>
       </c>
       <c r="AA77" s="18">
         <v>224.16285688639013</v>
       </c>
       <c r="AB77" s="12">
         <v>68056.191683441284</v>
       </c>
       <c r="AC77" s="19">
         <v>172.69503382482745</v>
       </c>
     </row>
-    <row r="78" spans="1:29">
+    <row r="78" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A78" s="25" t="s">
         <v>91</v>
       </c>
       <c r="B78" s="12">
         <v>47889.722451856607</v>
       </c>
       <c r="C78" s="18">
         <v>130.71231661541708</v>
       </c>
       <c r="D78" s="12">
         <v>49298.760178511766</v>
       </c>
       <c r="E78" s="18">
         <v>132.48303815579149</v>
       </c>
       <c r="F78" s="12">
         <v>54764.574972124319</v>
       </c>
       <c r="G78" s="18">
         <v>139.4598412193325</v>
       </c>
       <c r="H78" s="12">
         <v>59934.287098484318</v>
       </c>
       <c r="I78" s="18">
@@ -8180,51 +8184,51 @@
       <c r="V78" s="12">
         <v>53628.27862287336</v>
       </c>
       <c r="W78" s="18">
         <v>148.03423826613812</v>
       </c>
       <c r="X78" s="12">
         <v>50453.876483960557</v>
       </c>
       <c r="Y78" s="18">
         <v>141.18137904772144</v>
       </c>
       <c r="Z78" s="12">
         <v>63684.540169556378</v>
       </c>
       <c r="AA78" s="18">
         <v>220.96391191959185</v>
       </c>
       <c r="AB78" s="12">
         <v>70621.496063053928</v>
       </c>
       <c r="AC78" s="19">
         <v>179.20458594124383</v>
       </c>
     </row>
-    <row r="79" spans="1:29">
+    <row r="79" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A79" s="23" t="s">
         <v>92</v>
       </c>
       <c r="B79" s="20">
         <v>47694.629313621546</v>
       </c>
       <c r="C79" s="21">
         <v>130.17982081571574</v>
       </c>
       <c r="D79" s="20">
         <v>51460.007141473026</v>
       </c>
       <c r="E79" s="21">
         <v>138.29106583886676</v>
       </c>
       <c r="F79" s="20">
         <v>56119.915319205524</v>
       </c>
       <c r="G79" s="21">
         <v>142.91126122393055</v>
       </c>
       <c r="H79" s="20">
         <v>61355.98460009924</v>
       </c>
       <c r="I79" s="21">
@@ -8269,51 +8273,51 @@
       <c r="V79" s="20">
         <v>52268.666246355926</v>
       </c>
       <c r="W79" s="21">
         <v>144.28119625801503</v>
       </c>
       <c r="X79" s="20">
         <v>51948.497843986923</v>
       </c>
       <c r="Y79" s="21">
         <v>145.36366828826738</v>
       </c>
       <c r="Z79" s="20">
         <v>62353.945907614543</v>
       </c>
       <c r="AA79" s="21">
         <v>216.34719783932002</v>
       </c>
       <c r="AB79" s="20">
         <v>72874.741570323036</v>
       </c>
       <c r="AC79" s="22">
         <v>184.92227744686707</v>
       </c>
     </row>
-    <row r="80" spans="1:29">
+    <row r="80" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A80" s="24" t="s">
         <v>93</v>
       </c>
       <c r="B80" s="1">
         <v>46571.049246888339</v>
       </c>
       <c r="C80" s="16">
         <v>127.11307192041265</v>
       </c>
       <c r="D80" s="1">
         <v>54185.120192264636</v>
       </c>
       <c r="E80" s="16">
         <v>145.61439922452533</v>
       </c>
       <c r="F80" s="1">
         <v>57531.037191078191</v>
       </c>
       <c r="G80" s="16">
         <v>146.50473076683599</v>
       </c>
       <c r="H80" s="1">
         <v>64345.435663674369</v>
       </c>
       <c r="I80" s="16">
@@ -8358,51 +8362,51 @@
       <c r="V80" s="1">
         <v>56473.662780013903</v>
       </c>
       <c r="W80" s="16">
         <v>155.8885697325444</v>
       </c>
       <c r="X80" s="1">
         <v>51808.93080075374</v>
       </c>
       <c r="Y80" s="16">
         <v>144.97312807596998</v>
       </c>
       <c r="Z80" s="1">
         <v>64367.778293118303</v>
       </c>
       <c r="AA80" s="16">
         <v>223.33451816331902</v>
       </c>
       <c r="AB80" s="1">
         <v>75355.199686239517</v>
       </c>
       <c r="AC80" s="17">
         <v>191.21652911792387</v>
       </c>
     </row>
-    <row r="81" spans="1:29">
+    <row r="81" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A81" s="25" t="s">
         <v>94</v>
       </c>
       <c r="B81" s="12">
         <v>50700.547904429397</v>
       </c>
       <c r="C81" s="18">
         <v>138.38430734112495</v>
       </c>
       <c r="D81" s="12">
         <v>58337.522697019456</v>
       </c>
       <c r="E81" s="18">
         <v>156.77335935828185</v>
       </c>
       <c r="F81" s="12">
         <v>61922.054386649128</v>
       </c>
       <c r="G81" s="18">
         <v>157.68660447255513</v>
       </c>
       <c r="H81" s="12">
         <v>70480.337977694071</v>
       </c>
       <c r="I81" s="18">
@@ -8447,51 +8451,51 @@
       <c r="V81" s="12">
         <v>60191.452518218481</v>
       </c>
       <c r="W81" s="18">
         <v>166.15106903443399</v>
       </c>
       <c r="X81" s="12">
         <v>54588.982000550408</v>
       </c>
       <c r="Y81" s="18">
         <v>152.75234128142785</v>
       </c>
       <c r="Z81" s="12">
         <v>71658.743830363615</v>
       </c>
       <c r="AA81" s="18">
         <v>248.63171372273348</v>
       </c>
       <c r="AB81" s="12">
         <v>81651.333137159498</v>
       </c>
       <c r="AC81" s="19">
         <v>207.19319417038241</v>
       </c>
     </row>
-    <row r="82" spans="1:29">
+    <row r="82" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A82" s="25" t="s">
         <v>95</v>
       </c>
       <c r="B82" s="12">
         <v>54332.268784324617</v>
       </c>
       <c r="C82" s="18">
         <v>148.29688618283595</v>
       </c>
       <c r="D82" s="12">
         <v>61867.627338903425</v>
       </c>
       <c r="E82" s="18">
         <v>166.25998714103289</v>
       </c>
       <c r="F82" s="12">
         <v>65711.085596137113</v>
       </c>
       <c r="G82" s="18">
         <v>167.33550051747577</v>
       </c>
       <c r="H82" s="12">
         <v>77022.075790716844</v>
       </c>
       <c r="I82" s="18">
@@ -8536,51 +8540,51 @@
       <c r="V82" s="12">
         <v>63356.418761769113</v>
       </c>
       <c r="W82" s="18">
         <v>174.88756737138092</v>
       </c>
       <c r="X82" s="12">
         <v>57958.678734239336</v>
       </c>
       <c r="Y82" s="18">
         <v>162.18151630202402</v>
       </c>
       <c r="Z82" s="12">
         <v>70687.642386410778</v>
       </c>
       <c r="AA82" s="18">
         <v>245.26231868030592</v>
       </c>
       <c r="AB82" s="12">
         <v>87242.177405004069</v>
       </c>
       <c r="AC82" s="19">
         <v>221.38016255726728</v>
       </c>
     </row>
-    <row r="83" spans="1:29">
+    <row r="83" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A83" s="23" t="s">
         <v>96</v>
       </c>
       <c r="B83" s="20">
         <v>59392.113039539625</v>
       </c>
       <c r="C83" s="21">
         <v>162.10744783261896</v>
       </c>
       <c r="D83" s="20">
         <v>70530.072733882524</v>
       </c>
       <c r="E83" s="21">
         <v>189.53901240718355</v>
       </c>
       <c r="F83" s="20">
         <v>68645.233755020919</v>
       </c>
       <c r="G83" s="21">
         <v>174.80740797882677</v>
       </c>
       <c r="H83" s="20">
         <v>78615.576622561653</v>
       </c>
       <c r="I83" s="21">
@@ -8625,51 +8629,51 @@
       <c r="V83" s="20">
         <v>70441.024205806214</v>
       </c>
       <c r="W83" s="21">
         <v>194.44374551573873</v>
       </c>
       <c r="X83" s="20">
         <v>58069.061119471393</v>
       </c>
       <c r="Y83" s="21">
         <v>162.49039122810808</v>
       </c>
       <c r="Z83" s="20">
         <v>71715.290303872491</v>
       </c>
       <c r="AA83" s="21">
         <v>248.82791094671458</v>
       </c>
       <c r="AB83" s="20">
         <v>92921.171790877372</v>
       </c>
       <c r="AC83" s="22">
         <v>235.79081503869341</v>
       </c>
     </row>
-    <row r="84" spans="1:29">
+    <row r="84" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A84" s="24" t="s">
         <v>97</v>
       </c>
       <c r="B84" s="1">
         <v>62312.737694849697</v>
       </c>
       <c r="C84" s="16">
         <v>170.0791293357529</v>
       </c>
       <c r="D84" s="1">
         <v>68337.135944136826</v>
       </c>
       <c r="E84" s="16">
         <v>183.64582305846332</v>
       </c>
       <c r="F84" s="1">
         <v>71939.93069003064</v>
       </c>
       <c r="G84" s="16">
         <v>183.1974650851981</v>
       </c>
       <c r="H84" s="1">
         <v>83521.505684000746</v>
       </c>
       <c r="I84" s="16">
@@ -8714,51 +8718,51 @@
       <c r="V84" s="1">
         <v>70300.408395805236</v>
       </c>
       <c r="W84" s="16">
         <v>194.05559294295051</v>
       </c>
       <c r="X84" s="1">
         <v>56923.516217124125</v>
       </c>
       <c r="Y84" s="16">
         <v>159.28489701547036</v>
       </c>
       <c r="Z84" s="1">
         <v>75089.669544774108</v>
       </c>
       <c r="AA84" s="16">
         <v>260.53587076529419</v>
       </c>
       <c r="AB84" s="1">
         <v>96202.84287581536</v>
       </c>
       <c r="AC84" s="17">
         <v>244.11817343176105</v>
       </c>
     </row>
-    <row r="85" spans="1:29">
+    <row r="85" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A85" s="25" t="s">
         <v>98</v>
       </c>
       <c r="B85" s="12">
         <v>66263.737276280532</v>
       </c>
       <c r="C85" s="18">
         <v>180.86316152041522</v>
       </c>
       <c r="D85" s="12">
         <v>75083.612207044149</v>
       </c>
       <c r="E85" s="18">
         <v>201.77596809496015</v>
       </c>
       <c r="F85" s="12">
         <v>76567.122654387553</v>
       </c>
       <c r="G85" s="18">
         <v>194.98076582238184</v>
       </c>
       <c r="H85" s="12">
         <v>90452.729041119208</v>
       </c>
       <c r="I85" s="18">
@@ -8803,51 +8807,51 @@
       <c r="V85" s="12">
         <v>75913.199179157091</v>
       </c>
       <c r="W85" s="18">
         <v>209.54900853444607</v>
       </c>
       <c r="X85" s="12">
         <v>61878.62518021166</v>
       </c>
       <c r="Y85" s="18">
         <v>173.15041470196206</v>
       </c>
       <c r="Z85" s="12">
         <v>75857.167470163025</v>
       </c>
       <c r="AA85" s="18">
         <v>263.19883015123906</v>
       </c>
       <c r="AB85" s="12">
         <v>99230.635816659182</v>
       </c>
       <c r="AC85" s="19">
         <v>251.80130690425625</v>
       </c>
     </row>
-    <row r="86" spans="1:29">
+    <row r="86" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A86" s="25" t="s">
         <v>99</v>
       </c>
       <c r="B86" s="12">
         <v>70982.76509977231</v>
       </c>
       <c r="C86" s="18">
         <v>193.74348379835956</v>
       </c>
       <c r="D86" s="12">
         <v>78756.378814521377</v>
       </c>
       <c r="E86" s="18">
         <v>211.64597855432686</v>
       </c>
       <c r="F86" s="12">
         <v>81627.922768419056</v>
       </c>
       <c r="G86" s="18">
         <v>207.86826436874799</v>
       </c>
       <c r="H86" s="12">
         <v>94090.968462567427</v>
       </c>
       <c r="I86" s="18">
@@ -8892,51 +8896,51 @@
       <c r="V86" s="12">
         <v>81595.783391798614</v>
       </c>
       <c r="W86" s="18">
         <v>225.23508026569078</v>
       </c>
       <c r="X86" s="12">
         <v>63721.839122290286</v>
       </c>
       <c r="Y86" s="18">
         <v>178.30814497676809</v>
       </c>
       <c r="Z86" s="12">
         <v>76803.843227311634</v>
       </c>
       <c r="AA86" s="18">
         <v>266.4834762845403</v>
       </c>
       <c r="AB86" s="12">
         <v>103862.44787539098</v>
       </c>
       <c r="AC86" s="19">
         <v>263.55469657192339</v>
       </c>
     </row>
-    <row r="87" spans="1:29">
+    <row r="87" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A87" s="26" t="s">
         <v>100</v>
       </c>
       <c r="B87" s="20">
         <v>74918.576500160591</v>
       </c>
       <c r="C87" s="21">
         <v>204.48606069308482</v>
       </c>
       <c r="D87" s="20">
         <v>83537.047197596636</v>
       </c>
       <c r="E87" s="21">
         <v>224.49330918722202</v>
       </c>
       <c r="F87" s="20">
         <v>82863.550999971398</v>
       </c>
       <c r="G87" s="21">
         <v>211.01483342486006</v>
       </c>
       <c r="H87" s="20">
         <v>97964.131809342754</v>
       </c>
       <c r="I87" s="21">
@@ -8981,51 +8985,51 @@
       <c r="V87" s="20">
         <v>84528.957410347008</v>
       </c>
       <c r="W87" s="21">
         <v>233.33174479955184</v>
       </c>
       <c r="X87" s="20">
         <v>65361.493876421169</v>
       </c>
       <c r="Y87" s="21">
         <v>182.89627051800261</v>
       </c>
       <c r="Z87" s="20">
         <v>78518.645503117572</v>
       </c>
       <c r="AA87" s="21">
         <v>272.43326281078157</v>
       </c>
       <c r="AB87" s="20">
         <v>106653.34650091385</v>
       </c>
       <c r="AC87" s="22">
         <v>270.63670220012847</v>
       </c>
     </row>
-    <row r="88" spans="1:29">
+    <row r="88" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A88" s="24" t="s">
         <v>101</v>
       </c>
       <c r="B88" s="1">
         <v>84066.55452538043</v>
       </c>
       <c r="C88" s="16">
         <v>229.45495461861344</v>
       </c>
       <c r="D88" s="1">
         <v>90675.483382541614</v>
       </c>
       <c r="E88" s="16">
         <v>243.67678783938831</v>
       </c>
       <c r="F88" s="1">
         <v>91655.808563217724</v>
       </c>
       <c r="G88" s="16">
         <v>233.40461448960747</v>
       </c>
       <c r="H88" s="1">
         <v>102193.88852569289</v>
       </c>
       <c r="I88" s="16">
@@ -9070,51 +9074,51 @@
       <c r="V88" s="1">
         <v>99331.074967503344</v>
       </c>
       <c r="W88" s="16">
         <v>274.19116176328924</v>
       </c>
       <c r="X88" s="1">
         <v>67293.195617378777</v>
       </c>
       <c r="Y88" s="16">
         <v>188.30160970505156</v>
       </c>
       <c r="Z88" s="1">
         <v>84379.955311505546</v>
       </c>
       <c r="AA88" s="16">
         <v>292.770034353543</v>
       </c>
       <c r="AB88" s="1">
         <v>112889.37761354866</v>
       </c>
       <c r="AC88" s="17">
         <v>286.46085540779575</v>
       </c>
     </row>
-    <row r="89" spans="1:29">
+    <row r="89" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A89" s="25" t="s">
         <v>102</v>
       </c>
       <c r="B89" s="12">
         <v>89776.872605807584</v>
       </c>
       <c r="C89" s="18">
         <v>245.04094816146386</v>
       </c>
       <c r="D89" s="12">
         <v>98665.84376225197</v>
       </c>
       <c r="E89" s="18">
         <v>265.14968523539841</v>
       </c>
       <c r="F89" s="12">
         <v>98682.656617584813</v>
       </c>
       <c r="G89" s="18">
         <v>251.29872056882419</v>
       </c>
       <c r="H89" s="12">
         <v>110747.20094447696</v>
       </c>
       <c r="I89" s="18">
@@ -9159,51 +9163,51 @@
       <c r="V89" s="12">
         <v>101769.56750312368</v>
       </c>
       <c r="W89" s="18">
         <v>280.92231917310875</v>
       </c>
       <c r="X89" s="12">
         <v>74877.682952273244</v>
       </c>
       <c r="Y89" s="18">
         <v>209.5247238824287</v>
       </c>
       <c r="Z89" s="12">
         <v>87447.468544009113</v>
       </c>
       <c r="AA89" s="18">
         <v>303.41327244420791</v>
       </c>
       <c r="AB89" s="12">
         <v>120795.94820440166</v>
       </c>
       <c r="AC89" s="19">
         <v>306.52406261716953</v>
       </c>
     </row>
-    <row r="90" spans="1:29">
+    <row r="90" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A90" s="25" t="s">
         <v>103</v>
       </c>
       <c r="B90" s="12">
         <v>90168.524486792594</v>
       </c>
       <c r="C90" s="18">
         <v>246.10994004634691</v>
       </c>
       <c r="D90" s="12">
         <v>102017.19508727828</v>
       </c>
       <c r="E90" s="18">
         <v>274.15594023773929</v>
       </c>
       <c r="F90" s="12">
         <v>103867.1286415581</v>
       </c>
       <c r="G90" s="18">
         <v>264.50115381399064</v>
       </c>
       <c r="H90" s="12">
         <v>112568.82940568027</v>
       </c>
       <c r="I90" s="18">
@@ -9248,51 +9252,51 @@
       <c r="V90" s="12">
         <v>108266.86093701916</v>
       </c>
       <c r="W90" s="18">
         <v>298.85729506599648</v>
       </c>
       <c r="X90" s="12">
         <v>77946.529420148931</v>
       </c>
       <c r="Y90" s="18">
         <v>218.11205168781851</v>
       </c>
       <c r="Z90" s="12">
         <v>86894.146281916532</v>
       </c>
       <c r="AA90" s="18">
         <v>301.49343049734523</v>
       </c>
       <c r="AB90" s="12">
         <v>124214.35022608112</v>
       </c>
       <c r="AC90" s="19">
         <v>315.1983806793192</v>
       </c>
     </row>
-    <row r="91" spans="1:29">
+    <row r="91" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A91" s="27" t="s">
         <v>104</v>
       </c>
       <c r="B91" s="20">
         <v>93273.060741510519</v>
       </c>
       <c r="C91" s="21">
         <v>254.58359796488423</v>
       </c>
       <c r="D91" s="20">
         <v>104624.56357958778</v>
       </c>
       <c r="E91" s="21">
         <v>281.16285274835883</v>
       </c>
       <c r="F91" s="20">
         <v>107907.04562059126</v>
       </c>
       <c r="G91" s="21">
         <v>274.78893895104375</v>
       </c>
       <c r="H91" s="20">
         <v>113816.54384004221</v>
       </c>
       <c r="I91" s="21">
@@ -9337,51 +9341,51 @@
       <c r="V91" s="20">
         <v>110600.40447263111</v>
       </c>
       <c r="W91" s="21">
         <v>305.29875372597758</v>
       </c>
       <c r="X91" s="20">
         <v>81296.901397226757</v>
       </c>
       <c r="Y91" s="21">
         <v>227.48715166050465</v>
       </c>
       <c r="Z91" s="20">
         <v>92567.523591282748</v>
       </c>
       <c r="AA91" s="21">
         <v>321.17813954503151</v>
       </c>
       <c r="AB91" s="20">
         <v>126062.54199591471</v>
       </c>
       <c r="AC91" s="22">
         <v>319.8882337597089</v>
       </c>
     </row>
-    <row r="92" spans="1:29">
+    <row r="92" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A92" s="28" t="s">
         <v>105</v>
       </c>
       <c r="B92" s="1">
         <v>86887.177518958371</v>
       </c>
       <c r="C92" s="16">
         <v>237.15368718403869</v>
       </c>
       <c r="D92" s="1">
         <v>104573.57149298085</v>
       </c>
       <c r="E92" s="16">
         <v>281.02581914891073</v>
       </c>
       <c r="F92" s="1">
         <v>108345.69024762342</v>
       </c>
       <c r="G92" s="16">
         <v>275.90596232005112</v>
       </c>
       <c r="H92" s="1">
         <v>113273.42200069828</v>
       </c>
       <c r="I92" s="16">
@@ -9426,51 +9430,51 @@
       <c r="V92" s="1">
         <v>117921.80186142743</v>
       </c>
       <c r="W92" s="16">
         <v>325.508566782179</v>
       </c>
       <c r="X92" s="1">
         <v>82833.918423604628</v>
       </c>
       <c r="Y92" s="16">
         <v>231.7880735821897</v>
       </c>
       <c r="Z92" s="1">
         <v>94407.844343812845</v>
       </c>
       <c r="AA92" s="16">
         <v>327.56343292366296</v>
       </c>
       <c r="AB92" s="1">
         <v>126058.94124343059</v>
       </c>
       <c r="AC92" s="17">
         <v>319.87909672079059</v>
       </c>
     </row>
-    <row r="93" spans="1:29">
+    <row r="93" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A93" s="25" t="s">
         <v>106</v>
       </c>
       <c r="B93" s="12">
         <v>94114.519864028232</v>
       </c>
       <c r="C93" s="18">
         <v>256.88031353578856</v>
       </c>
       <c r="D93" s="12">
         <v>106003.76440017048</v>
       </c>
       <c r="E93" s="18">
         <v>284.86924849291955</v>
       </c>
       <c r="F93" s="12">
         <v>110350.83480793616</v>
       </c>
       <c r="G93" s="18">
         <v>281.01213071714648</v>
       </c>
       <c r="H93" s="12">
         <v>115995.28483750262</v>
       </c>
       <c r="I93" s="18">
@@ -9515,51 +9519,51 @@
       <c r="V93" s="12">
         <v>116407.81385514865</v>
       </c>
       <c r="W93" s="18">
         <v>321.32938991861363</v>
       </c>
       <c r="X93" s="12">
         <v>82645.277769002598</v>
       </c>
       <c r="Y93" s="18">
         <v>231.26021428539917</v>
       </c>
       <c r="Z93" s="12">
         <v>99416.565321581307</v>
       </c>
       <c r="AA93" s="18">
         <v>344.94200828928223</v>
       </c>
       <c r="AB93" s="12">
         <v>128918.16071985314</v>
       </c>
       <c r="AC93" s="19">
         <v>327.13446896509942</v>
       </c>
     </row>
-    <row r="94" spans="1:29">
+    <row r="94" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A94" s="29" t="s">
         <v>107</v>
       </c>
       <c r="B94" s="12">
         <v>100451.90870306481</v>
       </c>
       <c r="C94" s="18">
         <v>274.1778616114936</v>
       </c>
       <c r="D94" s="12">
         <v>109735.16170027223</v>
       </c>
       <c r="E94" s="18">
         <v>294.89682016193842</v>
       </c>
       <c r="F94" s="12">
         <v>110103.41342660287</v>
       </c>
       <c r="G94" s="18">
         <v>280.38206380669254</v>
       </c>
       <c r="H94" s="12">
         <v>116431.80169003988</v>
       </c>
       <c r="I94" s="18">
@@ -9604,51 +9608,51 @@
       <c r="V94" s="12">
         <v>116451.84392246151</v>
       </c>
       <c r="W94" s="18">
         <v>321.45092948025621</v>
       </c>
       <c r="X94" s="12">
         <v>83715.619902418097</v>
       </c>
       <c r="Y94" s="18">
         <v>234.25527410992069</v>
       </c>
       <c r="Z94" s="12">
         <v>101307.1003304862</v>
       </c>
       <c r="AA94" s="18">
         <v>351.50152823048546</v>
       </c>
       <c r="AB94" s="12">
         <v>128842.48269436302</v>
       </c>
       <c r="AC94" s="19">
         <v>326.94243325389471</v>
       </c>
     </row>
-    <row r="95" spans="1:29">
+    <row r="95" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A95" s="26" t="s">
         <v>108</v>
       </c>
       <c r="B95" s="12">
         <v>93273.758151840317</v>
       </c>
       <c r="C95" s="18">
         <v>254.5855015073391</v>
       </c>
       <c r="D95" s="12">
         <v>106724.62159508523</v>
       </c>
       <c r="E95" s="18">
         <v>286.80644429486176</v>
       </c>
       <c r="F95" s="12">
         <v>110119.40425576751</v>
       </c>
       <c r="G95" s="18">
         <v>280.42278499365329</v>
       </c>
       <c r="H95" s="12">
         <v>114649.26695220097</v>
       </c>
       <c r="I95" s="18">
@@ -9693,51 +9697,51 @@
       <c r="V95" s="12">
         <v>112333.05588769008</v>
       </c>
       <c r="W95" s="18">
         <v>310.08152391729226</v>
       </c>
       <c r="X95" s="12">
         <v>84510.239419175196</v>
       </c>
       <c r="Y95" s="18">
         <v>236.47879957539539</v>
       </c>
       <c r="Z95" s="12">
         <v>107874.30099729732</v>
       </c>
       <c r="AA95" s="18">
         <v>374.2875033798079</v>
       </c>
       <c r="AB95" s="12">
         <v>128104.95565624919</v>
       </c>
       <c r="AC95" s="19">
         <v>325.0709318718275</v>
       </c>
     </row>
-    <row r="96" spans="1:29">
+    <row r="96" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A96" s="28" t="s">
         <v>109</v>
       </c>
       <c r="B96" s="1">
         <v>98914.768236004747</v>
       </c>
       <c r="C96" s="16">
         <v>269.98232275418007</v>
       </c>
       <c r="D96" s="1">
         <v>111363.63053349443</v>
       </c>
       <c r="E96" s="16">
         <v>299.27308637605978</v>
       </c>
       <c r="F96" s="1">
         <v>113946.12194963694</v>
       </c>
       <c r="G96" s="16">
         <v>290.16765094486152</v>
       </c>
       <c r="H96" s="1">
         <v>118060.59155584018</v>
       </c>
       <c r="I96" s="16">
@@ -9782,51 +9786,51 @@
       <c r="V96" s="1">
         <v>118442.90992038554</v>
       </c>
       <c r="W96" s="16">
         <v>326.94702120479229</v>
       </c>
       <c r="X96" s="1">
         <v>87519.53383650558</v>
       </c>
       <c r="Y96" s="16">
         <v>244.8994872491042</v>
       </c>
       <c r="Z96" s="1">
         <v>111662.62332062791</v>
       </c>
       <c r="AA96" s="16">
         <v>387.43170632053358</v>
       </c>
       <c r="AB96" s="1">
         <v>131902.81049709057</v>
       </c>
       <c r="AC96" s="17">
         <v>334.70812510843444</v>
       </c>
     </row>
-    <row r="97" spans="1:29">
+    <row r="97" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A97" s="30" t="s">
         <v>110</v>
       </c>
       <c r="B97" s="12">
         <v>101601.34927880303</v>
       </c>
       <c r="C97" s="18">
         <v>277.31519531848141</v>
       </c>
       <c r="D97" s="12">
         <v>114248.15364785271</v>
       </c>
       <c r="E97" s="18">
         <v>307.02481044451542</v>
       </c>
       <c r="F97" s="12">
         <v>114435.98980640704</v>
       </c>
       <c r="G97" s="18">
         <v>291.41511599975121</v>
       </c>
       <c r="H97" s="12">
         <v>118822.42611617796</v>
       </c>
       <c r="I97" s="18">
@@ -9871,51 +9875,51 @@
       <c r="V97" s="12">
         <v>120848.23020169746</v>
       </c>
       <c r="W97" s="18">
         <v>333.58661070446783</v>
       </c>
       <c r="X97" s="12">
         <v>94023.424413338216</v>
       </c>
       <c r="Y97" s="18">
         <v>263.09884683854267</v>
       </c>
       <c r="Z97" s="12">
         <v>126196.61574928324</v>
       </c>
       <c r="AA97" s="18">
         <v>437.85976647916885</v>
       </c>
       <c r="AB97" s="12">
         <v>135515.35198521992</v>
       </c>
       <c r="AC97" s="19">
         <v>343.87507904831949</v>
       </c>
     </row>
-    <row r="98" spans="1:29">
+    <row r="98" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A98" s="29" t="s">
         <v>111</v>
       </c>
       <c r="B98" s="12">
         <v>101437.15313911767</v>
       </c>
       <c r="C98" s="18">
         <v>276.86703114673958</v>
       </c>
       <c r="D98" s="12">
         <v>115286.10401025719</v>
       </c>
       <c r="E98" s="18">
         <v>309.8141466665283</v>
       </c>
       <c r="F98" s="12">
         <v>115721.49205954268</v>
       </c>
       <c r="G98" s="18">
         <v>294.68869093757633</v>
       </c>
       <c r="H98" s="12">
         <v>121567.75234289734</v>
       </c>
       <c r="I98" s="18">
@@ -9960,51 +9964,51 @@
       <c r="V98" s="12">
         <v>122310.16466577725</v>
       </c>
       <c r="W98" s="18">
         <v>337.62210019513293</v>
       </c>
       <c r="X98" s="12">
         <v>100384.55889315112</v>
       </c>
       <c r="Y98" s="18">
         <v>280.89874252056217</v>
       </c>
       <c r="Z98" s="12">
         <v>138899.85973476808</v>
       </c>
       <c r="AA98" s="18">
         <v>481.93574594967129</v>
       </c>
       <c r="AB98" s="12">
         <v>138523.56951041939</v>
       </c>
       <c r="AC98" s="19">
         <v>351.50853919964851</v>
       </c>
     </row>
-    <row r="99" spans="1:29">
+    <row r="99" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A99" s="26" t="s">
         <v>112</v>
       </c>
       <c r="B99" s="12">
         <v>103617.53879429089</v>
       </c>
       <c r="C99" s="18">
         <v>282.81827173681046</v>
       </c>
       <c r="D99" s="12">
         <v>117973.00766797965</v>
       </c>
       <c r="E99" s="18">
         <v>317.03479802810432</v>
       </c>
       <c r="F99" s="12">
         <v>118430.4817127837</v>
       </c>
       <c r="G99" s="18">
         <v>301.58722465390861</v>
       </c>
       <c r="H99" s="12">
         <v>122095.98475368797</v>
       </c>
       <c r="I99" s="18">
@@ -10049,51 +10053,51 @@
       <c r="V99" s="12">
         <v>123435.70329975826</v>
       </c>
       <c r="W99" s="18">
         <v>340.72901055286019</v>
       </c>
       <c r="X99" s="12">
         <v>100026.98557437127</v>
       </c>
       <c r="Y99" s="18">
         <v>279.89817134993945</v>
       </c>
       <c r="Z99" s="12">
         <v>151616.93700271781</v>
       </c>
       <c r="AA99" s="18">
         <v>526.0597222526859</v>
       </c>
       <c r="AB99" s="12">
         <v>141832.06944448713</v>
       </c>
       <c r="AC99" s="19">
         <v>359.90397676219857</v>
       </c>
     </row>
-    <row r="100" spans="1:29">
+    <row r="100" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A100" s="28" t="s">
         <v>113</v>
       </c>
       <c r="B100" s="1">
         <v>104889.4563514277</v>
       </c>
       <c r="C100" s="16">
         <v>286.2898995083915</v>
       </c>
       <c r="D100" s="1">
         <v>118336.46527393768</v>
       </c>
       <c r="E100" s="16">
         <v>318.01153593599065</v>
       </c>
       <c r="F100" s="1">
         <v>118899.93517989905</v>
       </c>
       <c r="G100" s="16">
         <v>302.78270377553235</v>
       </c>
       <c r="H100" s="1">
         <v>124121.87549901291</v>
       </c>
       <c r="I100" s="16">
@@ -10138,51 +10142,51 @@
       <c r="V100" s="1">
         <v>126844.18289464181</v>
       </c>
       <c r="W100" s="16">
         <v>350.13769741418065</v>
       </c>
       <c r="X100" s="1">
         <v>102825.54967979973</v>
       </c>
       <c r="Y100" s="16">
         <v>287.7291878603051</v>
       </c>
       <c r="Z100" s="1">
         <v>173810.48176816048</v>
       </c>
       <c r="AA100" s="16">
         <v>603.06385006264179</v>
       </c>
       <c r="AB100" s="1">
         <v>145800.72193617915</v>
       </c>
       <c r="AC100" s="17">
         <v>369.97457518004234</v>
       </c>
     </row>
-    <row r="101" spans="1:29">
+    <row r="101" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A101" s="30" t="s">
         <v>114</v>
       </c>
       <c r="B101" s="12">
         <v>108409.9905688205</v>
       </c>
       <c r="C101" s="18">
         <v>295.899000578916</v>
       </c>
       <c r="D101" s="12">
         <v>119809.90384237416</v>
       </c>
       <c r="E101" s="18">
         <v>321.97118152090076</v>
       </c>
       <c r="F101" s="12">
         <v>121975.25653531533</v>
       </c>
       <c r="G101" s="18">
         <v>310.61411355353357</v>
       </c>
       <c r="H101" s="12">
         <v>128083.79134514123</v>
       </c>
       <c r="I101" s="18">
@@ -10227,51 +10231,51 @@
       <c r="V101" s="12">
         <v>130601.26034327059</v>
       </c>
       <c r="W101" s="18">
         <v>360.50864558736009</v>
       </c>
       <c r="X101" s="12">
         <v>110827.31137610751</v>
       </c>
       <c r="Y101" s="18">
         <v>310.11993025360965</v>
       </c>
       <c r="Z101" s="12">
         <v>190303.65208520854</v>
       </c>
       <c r="AA101" s="18">
         <v>660.28959784237054</v>
       </c>
       <c r="AB101" s="12">
         <v>154394.45074873042</v>
       </c>
       <c r="AC101" s="19">
         <v>391.78147108847196</v>
       </c>
     </row>
-    <row r="102" spans="1:29">
+    <row r="102" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A102" s="29" t="s">
         <v>115</v>
       </c>
       <c r="B102" s="12">
         <v>105944.52655629889</v>
       </c>
       <c r="C102" s="18">
         <v>289.16965457085314</v>
       </c>
       <c r="D102" s="12">
         <v>121622.48913953055</v>
       </c>
       <c r="E102" s="18">
         <v>326.84223317035918</v>
       </c>
       <c r="F102" s="12">
         <v>121265.69807794657</v>
       </c>
       <c r="G102" s="18">
         <v>308.80719895863621</v>
       </c>
       <c r="H102" s="12">
         <v>128475.48921529445</v>
       </c>
       <c r="I102" s="18">
@@ -10316,51 +10320,51 @@
       <c r="V102" s="12">
         <v>128791.00236616877</v>
       </c>
       <c r="W102" s="18">
         <v>355.51165206851221</v>
       </c>
       <c r="X102" s="12">
         <v>111768.15690820017</v>
       </c>
       <c r="Y102" s="18">
         <v>312.75262924422054</v>
       </c>
       <c r="Z102" s="12">
         <v>200106.62240139447</v>
       </c>
       <c r="AA102" s="18">
         <v>694.30260419727176</v>
       </c>
       <c r="AB102" s="12">
         <v>156634.17056040771</v>
       </c>
       <c r="AC102" s="19">
         <v>397.46484065512158</v>
       </c>
     </row>
-    <row r="103" spans="1:29">
+    <row r="103" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A103" s="26" t="s">
         <v>116</v>
       </c>
       <c r="B103" s="20">
         <v>107726.30869013055</v>
       </c>
       <c r="C103" s="22">
         <v>294.03292916283334</v>
       </c>
       <c r="D103" s="20">
         <v>121120.06121119541</v>
       </c>
       <c r="E103" s="21">
         <v>325.49203332437662</v>
       </c>
       <c r="F103" s="20">
         <v>120965.0900650579</v>
       </c>
       <c r="G103" s="21">
         <v>308.04169049320848</v>
       </c>
       <c r="H103" s="20">
         <v>126048.66080195049</v>
       </c>
       <c r="I103" s="21">
@@ -10405,51 +10409,51 @@
       <c r="V103" s="20">
         <v>128348.68153802854</v>
       </c>
       <c r="W103" s="21">
         <v>354.29068006373376</v>
       </c>
       <c r="X103" s="20">
         <v>111140.33190827913</v>
       </c>
       <c r="Y103" s="21">
         <v>310.99583263182018</v>
       </c>
       <c r="Z103" s="20">
         <v>191152.03165155574</v>
       </c>
       <c r="AA103" s="21">
         <v>663.23318928973936</v>
       </c>
       <c r="AB103" s="20">
         <v>156891.94063173997</v>
       </c>
       <c r="AC103" s="22">
         <v>398.11894148102164</v>
       </c>
     </row>
-    <row r="104" spans="1:29">
+    <row r="104" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A104" s="28" t="s">
         <v>117</v>
       </c>
       <c r="B104" s="12">
         <v>106639.8492520797</v>
       </c>
       <c r="C104" s="18">
         <v>291.06749894554451</v>
       </c>
       <c r="D104" s="12">
         <v>119655.82288505606</v>
       </c>
       <c r="E104" s="18">
         <v>321.55711201340119</v>
       </c>
       <c r="F104" s="12">
         <v>119414.71393339717</v>
       </c>
       <c r="G104" s="18">
         <v>304.09360527093287</v>
       </c>
       <c r="H104" s="12">
         <v>126081.59281027713</v>
       </c>
       <c r="I104" s="18">
@@ -10494,51 +10498,51 @@
       <c r="V104" s="12">
         <v>126946.97898714014</v>
       </c>
       <c r="W104" s="18">
         <v>350.42145332879312</v>
       </c>
       <c r="X104" s="12">
         <v>111125.74064860077</v>
       </c>
       <c r="Y104" s="18">
         <v>310.95500298091935</v>
       </c>
       <c r="Z104" s="12">
         <v>165633.08959925259</v>
       </c>
       <c r="AA104" s="18">
         <v>574.69105254959186</v>
       </c>
       <c r="AB104" s="12">
         <v>153110.00005764537</v>
       </c>
       <c r="AC104" s="19">
         <v>388.52213126859152</v>
       </c>
     </row>
-    <row r="105" spans="1:29">
+    <row r="105" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A105" s="30" t="s">
         <v>118</v>
       </c>
       <c r="B105" s="12">
         <v>104353.86718549966</v>
       </c>
       <c r="C105" s="18">
         <v>284.82803886171621</v>
       </c>
       <c r="D105" s="12">
         <v>112333.26850502186</v>
       </c>
       <c r="E105" s="18">
         <v>301.87884327367777</v>
       </c>
       <c r="F105" s="12">
         <v>114214.19463511718</v>
       </c>
       <c r="G105" s="18">
         <v>290.85030709934352</v>
       </c>
       <c r="H105" s="12">
         <v>117445.69378979257</v>
       </c>
       <c r="I105" s="18">
@@ -10583,51 +10587,51 @@
       <c r="V105" s="12">
         <v>120978.41221319282</v>
       </c>
       <c r="W105" s="18">
         <v>333.94596206540166</v>
       </c>
       <c r="X105" s="12">
         <v>108887.07080320318</v>
       </c>
       <c r="Y105" s="18">
         <v>304.69069747990881</v>
       </c>
       <c r="Z105" s="12">
         <v>145069.00814767278</v>
       </c>
       <c r="AA105" s="18">
         <v>503.34061380140787</v>
       </c>
       <c r="AB105" s="12">
         <v>146528.4179611252</v>
       </c>
       <c r="AC105" s="19">
         <v>371.82113001265469</v>
       </c>
     </row>
-    <row r="106" spans="1:29">
+    <row r="106" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A106" s="29" t="s">
         <v>119</v>
       </c>
       <c r="B106" s="12">
         <v>99095.3582630663</v>
       </c>
       <c r="C106" s="18">
         <v>270.47523312380241</v>
       </c>
       <c r="D106" s="12">
         <v>109792.89758576894</v>
       </c>
       <c r="E106" s="18">
         <v>295.05197671138347</v>
       </c>
       <c r="F106" s="12">
         <v>110288.81241670513</v>
       </c>
       <c r="G106" s="18">
         <v>280.85418860150833</v>
       </c>
       <c r="H106" s="12">
         <v>114530.69022322432</v>
       </c>
       <c r="I106" s="18">
@@ -10672,51 +10676,51 @@
       <c r="V106" s="12">
         <v>117257.17159927658</v>
       </c>
       <c r="W106" s="18">
         <v>323.67393704740766</v>
       </c>
       <c r="X106" s="12">
         <v>104462.09116704648</v>
       </c>
       <c r="Y106" s="18">
         <v>292.30860177534407</v>
       </c>
       <c r="Z106" s="12">
         <v>139045.21197439768</v>
       </c>
       <c r="AA106" s="18">
         <v>482.4400692813515</v>
       </c>
       <c r="AB106" s="12">
         <v>140386.54180281627</v>
       </c>
       <c r="AC106" s="19">
         <v>356.23589838757783</v>
       </c>
     </row>
-    <row r="107" spans="1:29">
+    <row r="107" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A107" s="31" t="s">
         <v>120</v>
       </c>
       <c r="B107" s="12">
         <v>94801.315053276092</v>
       </c>
       <c r="C107" s="18">
         <v>258.75488255875922</v>
       </c>
       <c r="D107" s="12">
         <v>101862.79457720823</v>
       </c>
       <c r="E107" s="18">
         <v>273.74101198005462</v>
       </c>
       <c r="F107" s="12">
         <v>103494.7754850221</v>
       </c>
       <c r="G107" s="18">
         <v>263.55294391526576</v>
       </c>
       <c r="H107" s="12">
         <v>106168.29519143043</v>
       </c>
       <c r="I107" s="18">
@@ -10761,51 +10765,51 @@
       <c r="V107" s="12">
         <v>111241.65370057561</v>
       </c>
       <c r="W107" s="18">
         <v>307.06884300415595</v>
       </c>
       <c r="X107" s="12">
         <v>101992.13627346457</v>
       </c>
       <c r="Y107" s="18">
         <v>285.39710830125154</v>
       </c>
       <c r="Z107" s="12">
         <v>128857.5932361259</v>
       </c>
       <c r="AA107" s="18">
         <v>447.09246241223599</v>
       </c>
       <c r="AB107" s="12">
         <v>132518.14947978785</v>
       </c>
       <c r="AC107" s="19">
         <v>336.26956990577088</v>
       </c>
     </row>
-    <row r="108" spans="1:29">
+    <row r="108" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A108" s="32" t="s">
         <v>121</v>
       </c>
       <c r="B108" s="3">
         <v>83137.534906453147</v>
       </c>
       <c r="C108" s="33">
         <v>226.91924757430485</v>
       </c>
       <c r="D108" s="34">
         <v>94805.183178616775</v>
       </c>
       <c r="E108" s="33">
         <v>254.77473784207146</v>
       </c>
       <c r="F108" s="34">
         <v>98251.439679256015</v>
       </c>
       <c r="G108" s="33">
         <v>250.20061206015717</v>
       </c>
       <c r="H108" s="34">
         <v>97918.795561065854</v>
       </c>
       <c r="I108" s="33">
@@ -10850,51 +10854,51 @@
       <c r="V108" s="34">
         <v>93494.101542961449</v>
       </c>
       <c r="W108" s="33">
         <v>258.07891768478532</v>
       </c>
       <c r="X108" s="34">
         <v>96835.452432491118</v>
       </c>
       <c r="Y108" s="33">
         <v>270.967538430378</v>
       </c>
       <c r="Z108" s="34">
         <v>126191.04032081374</v>
       </c>
       <c r="AA108" s="33">
         <v>437.84042161961628</v>
       </c>
       <c r="AB108" s="34">
         <v>124698.76752857321</v>
       </c>
       <c r="AC108" s="33">
         <v>316.4276070049462</v>
       </c>
     </row>
-    <row r="109" spans="1:29">
+    <row r="109" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A109" s="35" t="s">
         <v>122</v>
       </c>
       <c r="B109" s="29">
         <v>86275.686234131426</v>
       </c>
       <c r="C109" s="36">
         <v>235.48465595275059</v>
       </c>
       <c r="D109" s="37">
         <v>99656.145336691479</v>
       </c>
       <c r="E109" s="36">
         <v>267.81097247258532</v>
       </c>
       <c r="F109" s="37">
         <v>100070.2869195313</v>
       </c>
       <c r="G109" s="36">
         <v>254.83236803489314</v>
       </c>
       <c r="H109" s="37">
         <v>102988.0698871989</v>
       </c>
       <c r="I109" s="36">
@@ -10939,51 +10943,51 @@
       <c r="V109" s="37">
         <v>107232.59651780977</v>
       </c>
       <c r="W109" s="36">
         <v>296.00233590275138</v>
       </c>
       <c r="X109" s="37">
         <v>99629.934102597748</v>
       </c>
       <c r="Y109" s="36">
         <v>278.7871313616497</v>
       </c>
       <c r="Z109" s="37">
         <v>110267.76576932965</v>
       </c>
       <c r="AA109" s="36">
         <v>382.5920202635275</v>
       </c>
       <c r="AB109" s="37">
         <v>128731.56122781111</v>
       </c>
       <c r="AC109" s="36">
         <v>326.66096604357557</v>
       </c>
     </row>
-    <row r="110" spans="1:29">
+    <row r="110" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A110" s="35" t="s">
         <v>123</v>
       </c>
       <c r="B110" s="29">
         <v>90491.254532938125</v>
       </c>
       <c r="C110" s="36">
         <v>246.99081364120832</v>
       </c>
       <c r="D110" s="37">
         <v>101026.94472501949</v>
       </c>
       <c r="E110" s="36">
         <v>271.49479062562187</v>
       </c>
       <c r="F110" s="37">
         <v>101687.87128139926</v>
       </c>
       <c r="G110" s="36">
         <v>258.95160128704214</v>
       </c>
       <c r="H110" s="37">
         <v>106054.53683058199</v>
       </c>
       <c r="I110" s="36">
@@ -11028,51 +11032,51 @@
       <c r="V110" s="37">
         <v>107769.50401665809</v>
       </c>
       <c r="W110" s="36">
         <v>297.48440272742641</v>
       </c>
       <c r="X110" s="37">
         <v>101265.82523779564</v>
       </c>
       <c r="Y110" s="36">
         <v>283.36472544428875</v>
       </c>
       <c r="Z110" s="37">
         <v>121014.84053865452</v>
       </c>
       <c r="AA110" s="36">
         <v>419.88075119256968</v>
       </c>
       <c r="AB110" s="37">
         <v>133611.10809337042</v>
       </c>
       <c r="AC110" s="36">
         <v>339.04299169257513</v>
       </c>
     </row>
-    <row r="111" spans="1:29">
+    <row r="111" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A111" s="38" t="s">
         <v>124</v>
       </c>
       <c r="B111" s="26">
         <v>89679.88231149374</v>
       </c>
       <c r="C111" s="39">
         <v>244.77621858255017</v>
       </c>
       <c r="D111" s="40">
         <v>103792.74440004169</v>
       </c>
       <c r="E111" s="39">
         <v>278.92746322327787</v>
       </c>
       <c r="F111" s="40">
         <v>103806.40515733062</v>
       </c>
       <c r="G111" s="39">
         <v>264.34651940894031</v>
       </c>
       <c r="H111" s="40">
         <v>108379.67660818325</v>
       </c>
       <c r="I111" s="39">
@@ -11117,51 +11121,51 @@
       <c r="V111" s="40">
         <v>109662.31744488285</v>
       </c>
       <c r="W111" s="39">
         <v>302.70928037076101</v>
       </c>
       <c r="X111" s="40">
         <v>102959.56696265811</v>
       </c>
       <c r="Y111" s="39">
         <v>288.10419858552041</v>
       </c>
       <c r="Z111" s="40">
         <v>118438.74485294869</v>
       </c>
       <c r="AA111" s="39">
         <v>410.94256652989935</v>
       </c>
       <c r="AB111" s="40">
         <v>135756.27595964921</v>
       </c>
       <c r="AC111" s="39">
         <v>344.48643229751104</v>
       </c>
     </row>
-    <row r="112" spans="1:29">
+    <row r="112" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A112" s="32" t="s">
         <v>125</v>
       </c>
       <c r="B112" s="3">
         <v>89231.561988048314</v>
       </c>
       <c r="C112" s="33">
         <v>243.55255335621194</v>
       </c>
       <c r="D112" s="34">
         <v>103550.02134252063</v>
       </c>
       <c r="E112" s="33">
         <v>278.27518134084488</v>
       </c>
       <c r="F112" s="34">
         <v>102935.69794191209</v>
       </c>
       <c r="G112" s="33">
         <v>262.12923405481121</v>
       </c>
       <c r="H112" s="34">
         <v>112307.61434332277</v>
       </c>
       <c r="I112" s="33">
@@ -11206,51 +11210,51 @@
       <c r="V112" s="34">
         <v>113058.7776658009</v>
       </c>
       <c r="W112" s="33">
         <v>312.08478923504128</v>
       </c>
       <c r="X112" s="34">
         <v>103151.61996468597</v>
       </c>
       <c r="Y112" s="33">
         <v>288.64160640363264</v>
       </c>
       <c r="Z112" s="34">
         <v>105252.83306165131</v>
       </c>
       <c r="AA112" s="33">
         <v>365.19189228659911</v>
       </c>
       <c r="AB112" s="34">
         <v>136822.32993588314</v>
       </c>
       <c r="AC112" s="33">
         <v>347.19158259950188</v>
       </c>
     </row>
-    <row r="113" spans="1:29">
+    <row r="113" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A113" s="35" t="s">
         <v>126</v>
       </c>
       <c r="B113" s="29">
         <v>91583.20510351182</v>
       </c>
       <c r="C113" s="36">
         <v>249.97123159733036</v>
       </c>
       <c r="D113" s="37">
         <v>111282.31652326304</v>
       </c>
       <c r="E113" s="36">
         <v>299.05456714593964</v>
       </c>
       <c r="F113" s="37">
         <v>108357.99900192053</v>
       </c>
       <c r="G113" s="36">
         <v>275.93730697890686</v>
       </c>
       <c r="H113" s="37">
         <v>112975.52127112349</v>
       </c>
       <c r="I113" s="36">
@@ -11295,51 +11299,51 @@
       <c r="V113" s="37">
         <v>112168.80749334657</v>
       </c>
       <c r="W113" s="36">
         <v>309.62813651483503</v>
       </c>
       <c r="X113" s="37">
         <v>110354.42182066383</v>
       </c>
       <c r="Y113" s="36">
         <v>308.7966781226059</v>
       </c>
       <c r="Z113" s="37">
         <v>96871.894997645708</v>
       </c>
       <c r="AA113" s="36">
         <v>336.11285905109247</v>
       </c>
       <c r="AB113" s="37">
         <v>142456.63163605027</v>
       </c>
       <c r="AC113" s="36">
         <v>361.48882578371598</v>
       </c>
     </row>
-    <row r="114" spans="1:29">
+    <row r="114" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A114" s="35" t="s">
         <v>127</v>
       </c>
       <c r="B114" s="29">
         <v>90090.171948632589</v>
       </c>
       <c r="C114" s="36">
         <v>245.89608117953284</v>
       </c>
       <c r="D114" s="37">
         <v>104870.00727640324</v>
       </c>
       <c r="E114" s="36">
         <v>281.82244594162688</v>
       </c>
       <c r="F114" s="37">
         <v>102793.87991845285</v>
       </c>
       <c r="G114" s="36">
         <v>261.76808966459669</v>
       </c>
       <c r="H114" s="37">
         <v>114658.2223337988</v>
       </c>
       <c r="I114" s="36">
@@ -11384,51 +11388,51 @@
       <c r="V114" s="37">
         <v>110858.18380237583</v>
       </c>
       <c r="W114" s="36">
         <v>306.01032172143505</v>
       </c>
       <c r="X114" s="37">
         <v>103739.26945341987</v>
       </c>
       <c r="Y114" s="36">
         <v>290.28598283212204</v>
       </c>
       <c r="Z114" s="37">
         <v>103190.78714827502</v>
       </c>
       <c r="AA114" s="36">
         <v>358.03728725428942</v>
       </c>
       <c r="AB114" s="37">
         <v>139697.76737966423</v>
       </c>
       <c r="AC114" s="36">
         <v>354.48810851921149</v>
       </c>
     </row>
-    <row r="115" spans="1:29">
+    <row r="115" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A115" s="35" t="s">
         <v>128</v>
       </c>
       <c r="B115" s="29">
         <v>94641.326098637961</v>
       </c>
       <c r="C115" s="36">
         <v>258.31820166308995</v>
       </c>
       <c r="D115" s="37">
         <v>100939.54559310325</v>
       </c>
       <c r="E115" s="36">
         <v>271.25991854189164</v>
       </c>
       <c r="F115" s="37">
         <v>105653.84950077868</v>
       </c>
       <c r="G115" s="36">
         <v>269.05109887349312</v>
       </c>
       <c r="H115" s="37">
         <v>111636.95733443447</v>
       </c>
       <c r="I115" s="36">
@@ -11473,51 +11477,51 @@
       <c r="V115" s="37">
         <v>106067.58389257765</v>
       </c>
       <c r="W115" s="36">
         <v>292.7864624685235</v>
       </c>
       <c r="X115" s="37">
         <v>99000.648033743972</v>
       </c>
       <c r="Y115" s="36">
         <v>277.02624634730324</v>
       </c>
       <c r="Z115" s="37">
         <v>107888.44267005335</v>
       </c>
       <c r="AA115" s="36">
         <v>374.3365702227959</v>
       </c>
       <c r="AB115" s="37">
         <v>136504.8059520316</v>
       </c>
       <c r="AC115" s="36">
         <v>346.38585407172161</v>
       </c>
     </row>
-    <row r="116" spans="1:29">
+    <row r="116" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A116" s="32" t="s">
         <v>129</v>
       </c>
       <c r="B116" s="3">
         <v>87754.342741524189</v>
       </c>
       <c r="C116" s="33">
         <v>239.52056611602356</v>
       </c>
       <c r="D116" s="34">
         <v>105192.10073251389</v>
       </c>
       <c r="E116" s="33">
         <v>282.68802388884347</v>
       </c>
       <c r="F116" s="34">
         <v>105845.22114218297</v>
       </c>
       <c r="G116" s="33">
         <v>269.53843322672623</v>
       </c>
       <c r="H116" s="34">
         <v>110215.73909199836</v>
       </c>
       <c r="I116" s="33">
@@ -11562,51 +11566,51 @@
       <c r="V116" s="34">
         <v>107698.82307702721</v>
       </c>
       <c r="W116" s="33">
         <v>297.28929672501727</v>
       </c>
       <c r="X116" s="34">
         <v>99123.08307682749</v>
       </c>
       <c r="Y116" s="33">
         <v>277.36884734113949</v>
       </c>
       <c r="Z116" s="34">
         <v>99166.183735574799</v>
       </c>
       <c r="AA116" s="33">
         <v>344.07326848886396</v>
       </c>
       <c r="AB116" s="34">
         <v>136739.7812623553</v>
       </c>
       <c r="AC116" s="33">
         <v>346.98211237182016</v>
       </c>
     </row>
-    <row r="117" spans="1:29">
+    <row r="117" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A117" s="35" t="s">
         <v>130</v>
       </c>
       <c r="B117" s="29">
         <v>84023.988947748658</v>
       </c>
       <c r="C117" s="36">
         <v>229.33877425724435</v>
       </c>
       <c r="D117" s="37">
         <v>100287.00261446732</v>
       </c>
       <c r="E117" s="36">
         <v>269.50630696983831</v>
       </c>
       <c r="F117" s="37">
         <v>105168.88420313873</v>
       </c>
       <c r="G117" s="36">
         <v>267.8161183511358</v>
       </c>
       <c r="H117" s="37">
         <v>110308.28467990969</v>
       </c>
       <c r="I117" s="36">
@@ -11651,51 +11655,51 @@
       <c r="V117" s="37">
         <v>111205.32580578307</v>
       </c>
       <c r="W117" s="36">
         <v>306.96856433828191</v>
       </c>
       <c r="X117" s="37">
         <v>99739.22405160671</v>
       </c>
       <c r="Y117" s="36">
         <v>279.09294940363992</v>
       </c>
       <c r="Z117" s="37">
         <v>100383.10145001595</v>
       </c>
       <c r="AA117" s="36">
         <v>348.29556322399509</v>
       </c>
       <c r="AB117" s="37">
         <v>139217.51615684337</v>
       </c>
       <c r="AC117" s="36">
         <v>353.26945377057024</v>
       </c>
     </row>
-    <row r="118" spans="1:29">
+    <row r="118" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A118" s="35" t="s">
         <v>131</v>
       </c>
       <c r="B118" s="29">
         <v>91604.88076031323</v>
       </c>
       <c r="C118" s="36">
         <v>250.03039408918903</v>
       </c>
       <c r="D118" s="37">
         <v>101203.77822596594</v>
       </c>
       <c r="E118" s="36">
         <v>271.97000418815929</v>
       </c>
       <c r="F118" s="37">
         <v>104138.85756307578</v>
       </c>
       <c r="G118" s="36">
         <v>265.1931206971235</v>
       </c>
       <c r="H118" s="37">
         <v>112947.9859294171</v>
       </c>
       <c r="I118" s="36">
@@ -11740,51 +11744,51 @@
       <c r="V118" s="37">
         <v>107929.74058307096</v>
       </c>
       <c r="W118" s="36">
         <v>297.92671597447503</v>
       </c>
       <c r="X118" s="37">
         <v>103451.8259524301</v>
       </c>
       <c r="Y118" s="36">
         <v>289.48165078281079</v>
       </c>
       <c r="Z118" s="37">
         <v>100227.12499112051</v>
       </c>
       <c r="AA118" s="36">
         <v>347.75437742861772</v>
       </c>
       <c r="AB118" s="37">
         <v>140292.26242270865</v>
       </c>
       <c r="AC118" s="36">
         <v>355.99666107009165</v>
       </c>
     </row>
-    <row r="119" spans="1:29">
+    <row r="119" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A119" s="35" t="s">
         <v>132</v>
       </c>
       <c r="B119" s="29">
         <v>92648.383134060656</v>
       </c>
       <c r="C119" s="36">
         <v>252.87857540415351</v>
       </c>
       <c r="D119" s="37">
         <v>100920.28602221288</v>
       </c>
       <c r="E119" s="36">
         <v>271.20816132820323</v>
       </c>
       <c r="F119" s="37">
         <v>101754.28735095373</v>
       </c>
       <c r="G119" s="36">
         <v>259.12073205303813</v>
       </c>
       <c r="H119" s="37">
         <v>115063.41969505792</v>
       </c>
       <c r="I119" s="36">
@@ -11829,51 +11833,51 @@
       <c r="V119" s="37">
         <v>111159.74345627235</v>
       </c>
       <c r="W119" s="36">
         <v>306.84273989339056</v>
       </c>
       <c r="X119" s="37">
         <v>100951.6722369159</v>
       </c>
       <c r="Y119" s="36">
         <v>282.48565416202007</v>
       </c>
       <c r="Z119" s="37">
         <v>97674.004590899232</v>
       </c>
       <c r="AA119" s="36">
         <v>338.89590927084197</v>
       </c>
       <c r="AB119" s="37">
         <v>139471.81789756462</v>
       </c>
       <c r="AC119" s="36">
         <v>353.91475358281718</v>
       </c>
     </row>
-    <row r="120" spans="1:29">
+    <row r="120" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A120" s="32" t="s">
         <v>133</v>
       </c>
       <c r="B120" s="3">
         <v>90816.213861194701</v>
       </c>
       <c r="C120" s="33">
         <v>247.87777193679892</v>
       </c>
       <c r="D120" s="34">
         <v>99154.281094869017</v>
       </c>
       <c r="E120" s="33">
         <v>266.46228744972393</v>
       </c>
       <c r="F120" s="34">
         <v>104156.6385797846</v>
       </c>
       <c r="G120" s="33">
         <v>265.23840065717417</v>
       </c>
       <c r="H120" s="34">
         <v>115073.48263609588</v>
       </c>
       <c r="I120" s="33">
@@ -11918,51 +11922,51 @@
       <c r="V120" s="34">
         <v>103667.10773224857</v>
       </c>
       <c r="W120" s="33">
         <v>286.16024456641134</v>
       </c>
       <c r="X120" s="34">
         <v>99515.688077050465</v>
       </c>
       <c r="Y120" s="33">
         <v>278.46744509447825</v>
       </c>
       <c r="Z120" s="34">
         <v>93168.457903641742</v>
       </c>
       <c r="AA120" s="33">
         <v>323.26317927542794</v>
       </c>
       <c r="AB120" s="34">
         <v>137649.10429329108</v>
       </c>
       <c r="AC120" s="33">
         <v>349.28955226377866</v>
       </c>
     </row>
-    <row r="121" spans="1:29">
+    <row r="121" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A121" s="35" t="s">
         <v>134</v>
       </c>
       <c r="B121" s="29">
         <v>88968.148107434798</v>
       </c>
       <c r="C121" s="36">
         <v>242.83357991471283</v>
       </c>
       <c r="D121" s="37">
         <v>98387.718280028173</v>
       </c>
       <c r="E121" s="36">
         <v>264.40226463617586</v>
       </c>
       <c r="F121" s="37">
         <v>100125.19875610337</v>
       </c>
       <c r="G121" s="36">
         <v>254.97220288275423</v>
       </c>
       <c r="H121" s="37">
         <v>116112.45157120436</v>
       </c>
       <c r="I121" s="36">
@@ -12007,51 +12011,51 @@
       <c r="V121" s="37">
         <v>104562.75635042771</v>
       </c>
       <c r="W121" s="36">
         <v>288.63257193456445</v>
       </c>
       <c r="X121" s="37">
         <v>100392.09397543732</v>
       </c>
       <c r="Y121" s="36">
         <v>280.91982738821832</v>
       </c>
       <c r="Z121" s="37">
         <v>84252.655391795415</v>
       </c>
       <c r="AA121" s="36">
         <v>292.3283464938001</v>
       </c>
       <c r="AB121" s="37">
         <v>138560.69502114251</v>
       </c>
       <c r="AC121" s="36">
         <v>351.60274651821129</v>
       </c>
     </row>
-    <row r="122" spans="1:29">
+    <row r="122" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A122" s="35" t="s">
         <v>135</v>
       </c>
       <c r="B122" s="29">
         <v>91125.979199738824</v>
       </c>
       <c r="C122" s="36">
         <v>248.72325908801321</v>
       </c>
       <c r="D122" s="37">
         <v>102272.49863244111</v>
       </c>
       <c r="E122" s="36">
         <v>274.84203029746169</v>
       </c>
       <c r="F122" s="37">
         <v>100675.20231990598</v>
       </c>
       <c r="G122" s="36">
         <v>256.37280554820029</v>
       </c>
       <c r="H122" s="37">
         <v>112700.04205296196</v>
       </c>
       <c r="I122" s="36">
@@ -12096,51 +12100,51 @@
       <c r="V122" s="37">
         <v>106345.39234689561</v>
       </c>
       <c r="W122" s="36">
         <v>293.55331838810378</v>
       </c>
       <c r="X122" s="37">
         <v>97866.082514740236</v>
       </c>
       <c r="Y122" s="36">
         <v>273.85147493714481</v>
       </c>
       <c r="Z122" s="37">
         <v>84397.505883098289</v>
       </c>
       <c r="AA122" s="36">
         <v>292.8309289277243</v>
       </c>
       <c r="AB122" s="37">
         <v>138180.35690305074</v>
       </c>
       <c r="AC122" s="36">
         <v>350.63762486588246</v>
       </c>
     </row>
-    <row r="123" spans="1:29">
+    <row r="123" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A123" s="35" t="s">
         <v>136</v>
       </c>
       <c r="B123" s="29">
         <v>88361.177156836187</v>
       </c>
       <c r="C123" s="36">
         <v>241.17688668265737</v>
       </c>
       <c r="D123" s="37">
         <v>96557.164028008148</v>
       </c>
       <c r="E123" s="36">
         <v>259.48292411040086</v>
       </c>
       <c r="F123" s="37">
         <v>100836.07176930366</v>
       </c>
       <c r="G123" s="36">
         <v>256.7824650385088</v>
       </c>
       <c r="H123" s="37">
         <v>114202.8094077062</v>
       </c>
       <c r="I123" s="36">
@@ -12185,51 +12189,51 @@
       <c r="V123" s="37">
         <v>107068.22808835816</v>
       </c>
       <c r="W123" s="36">
         <v>295.54861715820653</v>
       </c>
       <c r="X123" s="37">
         <v>98508.242840449515</v>
       </c>
       <c r="Y123" s="36">
         <v>275.64838503942781</v>
       </c>
       <c r="Z123" s="37">
         <v>86145.05713128527</v>
       </c>
       <c r="AA123" s="36">
         <v>298.89434336160843</v>
       </c>
       <c r="AB123" s="37">
         <v>138288.58703906785</v>
       </c>
       <c r="AC123" s="36">
         <v>350.91226272818426</v>
       </c>
     </row>
-    <row r="124" spans="1:29">
+    <row r="124" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A124" s="35" t="s">
         <v>137</v>
       </c>
       <c r="B124" s="29">
         <v>90987.820682023477</v>
       </c>
       <c r="C124" s="36">
         <v>248.34616314787948</v>
       </c>
       <c r="D124" s="37">
         <v>100041.2419416006</v>
       </c>
       <c r="E124" s="36">
         <v>268.84586195088252</v>
       </c>
       <c r="F124" s="37">
         <v>101492.99944204002</v>
       </c>
       <c r="G124" s="36">
         <v>258.45535356140942</v>
       </c>
       <c r="H124" s="37">
         <v>115094.68858995535</v>
       </c>
       <c r="I124" s="36">
@@ -12274,51 +12278,51 @@
       <c r="V124" s="37">
         <v>109097.64991210718</v>
       </c>
       <c r="W124" s="36">
         <v>301.15058540171509</v>
       </c>
       <c r="X124" s="37">
         <v>96218.210917570017</v>
       </c>
       <c r="Y124" s="36">
         <v>269.24035680718259</v>
       </c>
       <c r="Z124" s="37">
         <v>90839.211167738016</v>
       </c>
       <c r="AA124" s="36">
         <v>315.18147735497877</v>
       </c>
       <c r="AB124" s="37">
         <v>139224.39575888627</v>
       </c>
       <c r="AC124" s="36">
         <v>353.28691100815746</v>
       </c>
     </row>
-    <row r="125" spans="1:29">
+    <row r="125" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A125" s="35" t="s">
         <v>138</v>
       </c>
       <c r="B125" s="29">
         <v>92177.625433964015</v>
       </c>
       <c r="C125" s="36">
         <v>251.59366861426687</v>
       </c>
       <c r="D125" s="37">
         <v>100672.33235565948</v>
       </c>
       <c r="E125" s="36">
         <v>270.54182296699668</v>
       </c>
       <c r="F125" s="37">
         <v>103990.67234629807</v>
       </c>
       <c r="G125" s="36">
         <v>264.8157620339112</v>
       </c>
       <c r="H125" s="37">
         <v>116461.82072812563</v>
       </c>
       <c r="I125" s="36">
@@ -12363,51 +12367,51 @@
       <c r="V125" s="37">
         <v>108508.61846956048</v>
       </c>
       <c r="W125" s="36">
         <v>299.52463686949773</v>
       </c>
       <c r="X125" s="37">
         <v>100972.15371931002</v>
       </c>
       <c r="Y125" s="36">
         <v>282.54296599078043</v>
       </c>
       <c r="Z125" s="37">
         <v>93223.409273564757</v>
       </c>
       <c r="AA125" s="36">
         <v>323.45384202703457</v>
       </c>
       <c r="AB125" s="37">
         <v>142930.34477995106</v>
       </c>
       <c r="AC125" s="36">
         <v>362.69088992197595</v>
       </c>
     </row>
-    <row r="126" spans="1:29">
+    <row r="126" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A126" s="6" t="s">
         <v>139</v>
       </c>
       <c r="B126" s="29">
         <v>92394.420008866029</v>
       </c>
       <c r="C126" s="36">
         <v>252.18539727052675</v>
       </c>
       <c r="D126" s="37">
         <v>103813.96911291606</v>
       </c>
       <c r="E126" s="36">
         <v>278.98450146187457</v>
       </c>
       <c r="F126" s="37">
         <v>106777.98769824534</v>
       </c>
       <c r="G126" s="36">
         <v>271.91375478942211</v>
       </c>
       <c r="H126" s="37">
         <v>120275.99623498881</v>
       </c>
       <c r="I126" s="36">
@@ -12452,51 +12456,51 @@
       <c r="V126" s="37">
         <v>112467.52912059678</v>
       </c>
       <c r="W126" s="36">
         <v>310.45272066482391</v>
       </c>
       <c r="X126" s="37">
         <v>100445.91736146812</v>
       </c>
       <c r="Y126" s="36">
         <v>281.07043741849543</v>
       </c>
       <c r="Z126" s="37">
         <v>92565.075660783565</v>
       </c>
       <c r="AA126" s="36">
         <v>321.16964605041306</v>
       </c>
       <c r="AB126" s="37">
         <v>145995.80414211465</v>
       </c>
       <c r="AC126" s="36">
         <v>370.46960329312509</v>
       </c>
     </row>
-    <row r="127" spans="1:29">
+    <row r="127" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A127" s="6" t="s">
         <v>140</v>
       </c>
       <c r="B127" s="29">
         <v>92919.052607925463</v>
       </c>
       <c r="C127" s="36">
         <v>253.61735258127149</v>
       </c>
       <c r="D127" s="37">
         <v>106613.15554826598</v>
       </c>
       <c r="E127" s="36">
         <v>286.50689598004902</v>
       </c>
       <c r="F127" s="37">
         <v>108134.73537139123</v>
       </c>
       <c r="G127" s="36">
         <v>275.36875859741178</v>
       </c>
       <c r="H127" s="37">
         <v>120944.1661157964</v>
       </c>
       <c r="I127" s="36">
@@ -12541,51 +12545,51 @@
       <c r="V127" s="37">
         <v>115002.28529661652</v>
       </c>
       <c r="W127" s="36">
         <v>317.44960196221143</v>
       </c>
       <c r="X127" s="37">
         <v>103084.41437327207</v>
       </c>
       <c r="Y127" s="36">
         <v>288.4535499303397</v>
       </c>
       <c r="Z127" s="37">
         <v>96693.318594959681</v>
       </c>
       <c r="AA127" s="36">
         <v>335.49325906012172</v>
       </c>
       <c r="AB127" s="37">
         <v>149364.49049106624</v>
       </c>
       <c r="AC127" s="36">
         <v>379.01776604785908</v>
       </c>
     </row>
-    <row r="128" spans="1:29">
+    <row r="128" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A128" s="6" t="s">
         <v>141</v>
       </c>
       <c r="B128" s="29">
         <v>93791.557829694633</v>
       </c>
       <c r="C128" s="36">
         <v>255.99880674215427</v>
       </c>
       <c r="D128" s="37">
         <v>105937.06249575784</v>
       </c>
       <c r="E128" s="36">
         <v>284.6899971098145</v>
       </c>
       <c r="F128" s="37">
         <v>108832.58665582184</v>
       </c>
       <c r="G128" s="36">
         <v>277.14586048071749</v>
       </c>
       <c r="H128" s="37">
         <v>123964.21294119835</v>
       </c>
       <c r="I128" s="36">
@@ -12630,51 +12634,51 @@
       <c r="V128" s="37">
         <v>114257.70477996339</v>
       </c>
       <c r="W128" s="36">
         <v>315.39427942639651</v>
       </c>
       <c r="X128" s="37">
         <v>104380.13044021069</v>
       </c>
       <c r="Y128" s="36">
         <v>292.07925708968628</v>
       </c>
       <c r="Z128" s="37">
         <v>95974.449575491017</v>
       </c>
       <c r="AA128" s="36">
         <v>332.99902560445594</v>
       </c>
       <c r="AB128" s="37">
         <v>153489.50925385175</v>
       </c>
       <c r="AC128" s="36">
         <v>389.48514950182653</v>
       </c>
     </row>
-    <row r="129" spans="1:29">
+    <row r="129" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A129" s="6" t="s">
         <v>142</v>
       </c>
       <c r="B129" s="29">
         <v>97478.900195228212</v>
       </c>
       <c r="C129" s="36">
         <v>266.06320131528219</v>
       </c>
       <c r="D129" s="37">
         <v>106856.73803370111</v>
       </c>
       <c r="E129" s="36">
         <v>287.16148744634825</v>
       </c>
       <c r="F129" s="37">
         <v>112169.6907449022</v>
       </c>
       <c r="G129" s="36">
         <v>285.64390883829941</v>
       </c>
       <c r="H129" s="37">
         <v>127949.25326711698</v>
       </c>
       <c r="I129" s="36">
@@ -12719,51 +12723,51 @@
       <c r="V129" s="37">
         <v>119056.01737267051</v>
       </c>
       <c r="W129" s="36">
         <v>328.63942858770588</v>
       </c>
       <c r="X129" s="37">
         <v>106286.69646099045</v>
       </c>
       <c r="Y129" s="36">
         <v>297.41426083602443</v>
       </c>
       <c r="Z129" s="37">
         <v>104426.15935088987</v>
       </c>
       <c r="AA129" s="36">
         <v>362.32361284979072</v>
       </c>
       <c r="AB129" s="37">
         <v>159804.37793373005</v>
       </c>
       <c r="AC129" s="36">
         <v>405.50935587152071</v>
       </c>
     </row>
-    <row r="130" spans="1:29">
+    <row r="130" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A130" s="6" t="s">
         <v>143</v>
       </c>
       <c r="B130" s="29">
         <v>97095.947891712916</v>
       </c>
       <c r="C130" s="36">
         <v>265.01795444010941</v>
       </c>
       <c r="D130" s="37">
         <v>108943.9259307172</v>
       </c>
       <c r="E130" s="36">
         <v>292.77049247603696</v>
       </c>
       <c r="F130" s="37">
         <v>113633.12449391713</v>
       </c>
       <c r="G130" s="36">
         <v>289.37059234449879</v>
       </c>
       <c r="H130" s="37">
         <v>129977.28721426061</v>
       </c>
       <c r="I130" s="36">
@@ -12808,51 +12812,51 @@
       <c r="V130" s="37">
         <v>116834.50497603462</v>
       </c>
       <c r="W130" s="36">
         <v>322.50721804730432</v>
       </c>
       <c r="X130" s="37">
         <v>108673.50312007644</v>
       </c>
       <c r="Y130" s="36">
         <v>304.0930867089416</v>
       </c>
       <c r="Z130" s="37">
         <v>104227.78108754585</v>
       </c>
       <c r="AA130" s="36">
         <v>361.63530706958727</v>
       </c>
       <c r="AB130" s="37">
         <v>162594.12249998757</v>
       </c>
       <c r="AC130" s="36">
         <v>412.58843303283788</v>
       </c>
     </row>
-    <row r="131" spans="1:29">
+    <row r="131" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A131" s="6" t="s">
         <v>144</v>
       </c>
       <c r="B131" s="29">
         <v>98707.457702889602</v>
       </c>
       <c r="C131" s="36">
         <v>269.41648025907062</v>
       </c>
       <c r="D131" s="37">
         <v>107448.30957354626</v>
       </c>
       <c r="E131" s="36">
         <v>288.75124740382779</v>
       </c>
       <c r="F131" s="37">
         <v>111589.56513911957</v>
       </c>
       <c r="G131" s="36">
         <v>284.16659937482058</v>
       </c>
       <c r="H131" s="37">
         <v>128906.394390867</v>
       </c>
       <c r="I131" s="36">
@@ -12897,51 +12901,51 @@
       <c r="V131" s="37">
         <v>115726.31901735826</v>
       </c>
       <c r="W131" s="36">
         <v>319.44820760612419</v>
       </c>
       <c r="X131" s="37">
         <v>108772.16552064975</v>
       </c>
       <c r="Y131" s="36">
         <v>304.36916646224915</v>
       </c>
       <c r="Z131" s="37">
         <v>108303.55478700812</v>
       </c>
       <c r="AA131" s="36">
         <v>375.77686950113463</v>
       </c>
       <c r="AB131" s="37">
         <v>162855.72607932959</v>
       </c>
       <c r="AC131" s="36">
         <v>413.25226152317282</v>
       </c>
     </row>
-    <row r="132" spans="1:29">
+    <row r="132" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A132" s="6" t="s">
         <v>145</v>
       </c>
       <c r="B132" s="29">
         <v>104194.36496009941</v>
       </c>
       <c r="C132" s="36">
         <v>284.3926864662551</v>
       </c>
       <c r="D132" s="37">
         <v>104354.61266390517</v>
       </c>
       <c r="E132" s="36">
         <v>280.43740007301631</v>
       </c>
       <c r="F132" s="37">
         <v>111716.75701184012</v>
       </c>
       <c r="G132" s="36">
         <v>284.49049777781244</v>
       </c>
       <c r="H132" s="37">
         <v>130971.77735891157</v>
       </c>
       <c r="I132" s="36">
@@ -12986,51 +12990,51 @@
       <c r="V132" s="37">
         <v>112449.3258095005</v>
       </c>
       <c r="W132" s="36">
         <v>310.40247267325566</v>
       </c>
       <c r="X132" s="37">
         <v>106464.75463017613</v>
       </c>
       <c r="Y132" s="36">
         <v>297.91250794067139</v>
       </c>
       <c r="Z132" s="37">
         <v>109203.02414148896</v>
       </c>
       <c r="AA132" s="36">
         <v>378.89772531148856</v>
       </c>
       <c r="AB132" s="37">
         <v>162615.01177113486</v>
       </c>
       <c r="AC132" s="36">
         <v>412.64144030959142</v>
       </c>
     </row>
-    <row r="133" spans="1:29">
+    <row r="133" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A133" s="6" t="s">
         <v>146</v>
       </c>
       <c r="B133" s="29">
         <v>100449.37934674577</v>
       </c>
       <c r="C133" s="36">
         <v>274.17095787501154</v>
       </c>
       <c r="D133" s="37">
         <v>109422.22372772604</v>
       </c>
       <c r="E133" s="36">
         <v>294.05584620626269</v>
       </c>
       <c r="F133" s="37">
         <v>112402.73844543258</v>
       </c>
       <c r="G133" s="36">
         <v>286.2373726847556</v>
       </c>
       <c r="H133" s="37">
         <v>132147.26543262333</v>
       </c>
       <c r="I133" s="36">
@@ -13075,51 +13079,51 @@
       <c r="V133" s="37">
         <v>117872.26721993437</v>
       </c>
       <c r="W133" s="36">
         <v>325.37183252350968</v>
       </c>
       <c r="X133" s="37">
         <v>107672.74072334405</v>
       </c>
       <c r="Y133" s="36">
         <v>301.29272675414813</v>
       </c>
       <c r="Z133" s="37">
         <v>115700.74769366399</v>
       </c>
       <c r="AA133" s="36">
         <v>401.44263826584182</v>
       </c>
       <c r="AB133" s="37">
         <v>167168.36579778473</v>
       </c>
       <c r="AC133" s="36">
         <v>424.19573989935293</v>
       </c>
     </row>
-    <row r="134" spans="1:29">
+    <row r="134" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A134" s="6" t="s">
         <v>147</v>
       </c>
       <c r="B134" s="29">
         <v>101089.53776031964</v>
       </c>
       <c r="C134" s="36">
         <v>275.91823442945827</v>
       </c>
       <c r="D134" s="37">
         <v>108811.27310746396</v>
       </c>
       <c r="E134" s="36">
         <v>292.41400787113213</v>
       </c>
       <c r="F134" s="37">
         <v>112407.88692004782</v>
       </c>
       <c r="G134" s="36">
         <v>286.25048344938273</v>
       </c>
       <c r="H134" s="37">
         <v>132067.01196858965</v>
       </c>
       <c r="I134" s="36">
@@ -13164,51 +13168,51 @@
       <c r="V134" s="37">
         <v>118645.52088004834</v>
       </c>
       <c r="W134" s="36">
         <v>327.50630372976337</v>
       </c>
       <c r="X134" s="37">
         <v>105533.80378509891</v>
       </c>
       <c r="Y134" s="36">
         <v>295.30749652642595</v>
       </c>
       <c r="Z134" s="37">
         <v>112284.55924183938</v>
       </c>
       <c r="AA134" s="36">
         <v>389.58961456244464</v>
       </c>
       <c r="AB134" s="37">
         <v>168104.36867736324</v>
       </c>
       <c r="AC134" s="36">
         <v>426.57088086669967</v>
       </c>
     </row>
-    <row r="135" spans="1:29">
+    <row r="135" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A135" s="6" t="s">
         <v>148</v>
       </c>
       <c r="B135" s="29">
         <v>103137.19243898589</v>
       </c>
       <c r="C135" s="36">
         <v>281.50719324929554</v>
       </c>
       <c r="D135" s="37">
         <v>108661.34893646828</v>
       </c>
       <c r="E135" s="36">
         <v>292.01110910462006</v>
       </c>
       <c r="F135" s="37">
         <v>112650.9103639074</v>
       </c>
       <c r="G135" s="36">
         <v>286.86935086340878</v>
       </c>
       <c r="H135" s="37">
         <v>130975.24331177822</v>
       </c>
       <c r="I135" s="36">
@@ -13253,51 +13257,51 @@
       <c r="V135" s="37">
         <v>115786.59661535574</v>
       </c>
       <c r="W135" s="36">
         <v>319.61459646911231</v>
       </c>
       <c r="X135" s="37">
         <v>105854.66178168141</v>
       </c>
       <c r="Y135" s="36">
         <v>296.20532990599611</v>
       </c>
       <c r="Z135" s="37">
         <v>114107.37431282259</v>
       </c>
       <c r="AA135" s="36">
         <v>395.91416912023954</v>
       </c>
       <c r="AB135" s="37">
         <v>169810.24765874646</v>
       </c>
       <c r="AC135" s="36">
         <v>430.89961012856224</v>
       </c>
     </row>
-    <row r="136" spans="1:29">
+    <row r="136" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A136" s="6" t="s">
         <v>149</v>
       </c>
       <c r="B136" s="29">
         <v>102532.48303195265</v>
       </c>
       <c r="C136" s="36">
         <v>279.85667277380287</v>
       </c>
       <c r="D136" s="37">
         <v>108952.5154405931</v>
       </c>
       <c r="E136" s="36">
         <v>292.79357549801375</v>
       </c>
       <c r="F136" s="37">
         <v>112261.3987877053</v>
       </c>
       <c r="G136" s="36">
         <v>285.87744646904645</v>
       </c>
       <c r="H136" s="37">
         <v>133489.76539882278</v>
       </c>
       <c r="I136" s="36">
@@ -13342,51 +13346,51 @@
       <c r="V136" s="37">
         <v>116265.9139921655</v>
       </c>
       <c r="W136" s="36">
         <v>320.93769287619136</v>
       </c>
       <c r="X136" s="37">
         <v>106501.49272134947</v>
       </c>
       <c r="Y136" s="36">
         <v>298.01530944447813</v>
       </c>
       <c r="Z136" s="37">
         <v>110350.97525197962</v>
       </c>
       <c r="AA136" s="36">
         <v>382.88072915184148</v>
       </c>
       <c r="AB136" s="37">
         <v>170990.6738864319</v>
       </c>
       <c r="AC136" s="36">
         <v>433.89498413165165</v>
       </c>
     </row>
-    <row r="137" spans="1:29">
+    <row r="137" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A137" s="6" t="s">
         <v>150</v>
       </c>
       <c r="B137" s="29">
         <v>101621.07489351858</v>
       </c>
       <c r="C137" s="36">
         <v>277.36903527962812</v>
       </c>
       <c r="D137" s="37">
         <v>111127.52627947052</v>
       </c>
       <c r="E137" s="36">
         <v>298.63859153721739</v>
       </c>
       <c r="F137" s="37">
         <v>115877.48064449104</v>
       </c>
       <c r="G137" s="36">
         <v>295.08592114159046</v>
       </c>
       <c r="H137" s="37">
         <v>136168.14277664607</v>
       </c>
       <c r="I137" s="36">
@@ -13431,51 +13435,51 @@
       <c r="V137" s="37">
         <v>117636.65393862085</v>
       </c>
       <c r="W137" s="36">
         <v>324.72145116650381</v>
       </c>
       <c r="X137" s="37">
         <v>106472.52861655873</v>
       </c>
       <c r="Y137" s="36">
         <v>297.93426131612392</v>
       </c>
       <c r="Z137" s="37">
         <v>113638.63221044185</v>
       </c>
       <c r="AA137" s="36">
         <v>394.28779184959109</v>
       </c>
       <c r="AB137" s="37">
         <v>175452.53307005487</v>
       </c>
       <c r="AC137" s="36">
         <v>445.21711226690638</v>
       </c>
     </row>
-    <row r="138" spans="1:29">
+    <row r="138" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A138" s="6" t="s">
         <v>151</v>
       </c>
       <c r="B138" s="29">
         <v>102463.35447182384</v>
       </c>
       <c r="C138" s="36">
         <v>279.66799023867628</v>
       </c>
       <c r="D138" s="37">
         <v>112433.25503130446</v>
       </c>
       <c r="E138" s="36">
         <v>302.14754209548585</v>
       </c>
       <c r="F138" s="37">
         <v>118340.15134350919</v>
       </c>
       <c r="G138" s="36">
         <v>301.35719531536779</v>
       </c>
       <c r="H138" s="37">
         <v>137649.25209079025</v>
       </c>
       <c r="I138" s="36">
@@ -13520,51 +13524,51 @@
       <c r="V138" s="37">
         <v>120198.01025409564</v>
       </c>
       <c r="W138" s="36">
         <v>331.79175886285697</v>
       </c>
       <c r="X138" s="37">
         <v>107891.25839959783</v>
       </c>
       <c r="Y138" s="36">
         <v>301.90418872753327</v>
       </c>
       <c r="Z138" s="37">
         <v>113624.58211399538</v>
       </c>
       <c r="AA138" s="36">
         <v>394.23904274556372</v>
       </c>
       <c r="AB138" s="37">
         <v>177037.90030288784</v>
       </c>
       <c r="AC138" s="36">
         <v>449.24003863299458</v>
       </c>
     </row>
-    <row r="139" spans="1:29">
+    <row r="139" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A139" s="6" t="s">
         <v>152</v>
       </c>
       <c r="B139" s="29">
         <v>100562.92326304079</v>
       </c>
       <c r="C139" s="36">
         <v>274.48086963846828</v>
       </c>
       <c r="D139" s="37">
         <v>110562.01130639913</v>
       </c>
       <c r="E139" s="36">
         <v>297.11885470238025</v>
       </c>
       <c r="F139" s="37">
         <v>117289.76172216672</v>
       </c>
       <c r="G139" s="36">
         <v>298.68234264125465</v>
       </c>
       <c r="H139" s="37">
         <v>137918.49238766459</v>
       </c>
       <c r="I139" s="36">
@@ -13609,51 +13613,51 @@
       <c r="V139" s="37">
         <v>118688.0688603405</v>
       </c>
       <c r="W139" s="36">
         <v>327.62375217327218</v>
       </c>
       <c r="X139" s="37">
         <v>106653.31545095693</v>
       </c>
       <c r="Y139" s="36">
         <v>298.44014384434007</v>
       </c>
       <c r="Z139" s="37">
         <v>116283.86185521462</v>
       </c>
       <c r="AA139" s="36">
         <v>403.46584807294556</v>
       </c>
       <c r="AB139" s="37">
         <v>176204.05453428222</v>
       </c>
       <c r="AC139" s="36">
         <v>447.12412500850246</v>
       </c>
     </row>
-    <row r="140" spans="1:29">
+    <row r="140" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A140" s="6" t="s">
         <v>153</v>
       </c>
       <c r="B140" s="29">
         <v>100680.16106846576</v>
       </c>
       <c r="C140" s="36">
         <v>274.80086366552518</v>
       </c>
       <c r="D140" s="37">
         <v>111255.82136780016</v>
       </c>
       <c r="E140" s="36">
         <v>298.98336538185026</v>
       </c>
       <c r="F140" s="37">
         <v>118824.26991362535</v>
       </c>
       <c r="G140" s="36">
         <v>302.59001961746628</v>
       </c>
       <c r="H140" s="37">
         <v>139085.09987609583</v>
       </c>
       <c r="I140" s="36">
@@ -13698,51 +13702,51 @@
       <c r="V140" s="37">
         <v>117876.18591395504</v>
       </c>
       <c r="W140" s="36">
         <v>325.38264959426493</v>
       </c>
       <c r="X140" s="37">
         <v>108103.67499882731</v>
       </c>
       <c r="Y140" s="36">
         <v>302.49857850492486</v>
       </c>
       <c r="Z140" s="37">
         <v>113084.31867113402</v>
       </c>
       <c r="AA140" s="36">
         <v>392.36451050455275</v>
       </c>
       <c r="AB140" s="37">
         <v>177624.11631733534</v>
       </c>
       <c r="AC140" s="36">
         <v>450.72758285108074</v>
       </c>
     </row>
-    <row r="141" spans="1:29">
+    <row r="141" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A141" s="6" t="s">
         <v>154</v>
       </c>
       <c r="B141" s="29">
         <v>101118.0047738172</v>
       </c>
       <c r="C141" s="36">
         <v>275.99593354924599</v>
       </c>
       <c r="D141" s="37">
         <v>113507.72707861925</v>
       </c>
       <c r="E141" s="36">
         <v>305.03502487854746</v>
       </c>
       <c r="F141" s="37">
         <v>118742.39422304137</v>
       </c>
       <c r="G141" s="36">
         <v>302.38152040398057</v>
       </c>
       <c r="H141" s="37">
         <v>141410.9011469596</v>
       </c>
       <c r="I141" s="36">
@@ -13787,51 +13791,51 @@
       <c r="V141" s="37">
         <v>120408.50415682139</v>
       </c>
       <c r="W141" s="36">
         <v>332.37280127834822</v>
       </c>
       <c r="X141" s="37">
         <v>108338.40769546831</v>
       </c>
       <c r="Y141" s="36">
         <v>303.15541377961188</v>
       </c>
       <c r="Z141" s="37">
         <v>118439.06634322215</v>
       </c>
       <c r="AA141" s="36">
         <v>410.94368199290301</v>
       </c>
       <c r="AB141" s="37">
         <v>179165.96198791129</v>
       </c>
       <c r="AC141" s="36">
         <v>454.64007168782479</v>
       </c>
     </row>
-    <row r="142" spans="1:29">
+    <row r="142" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A142" s="41" t="s">
         <v>155</v>
       </c>
       <c r="B142" s="37">
         <v>105312.191939175</v>
       </c>
       <c r="C142" s="36">
         <v>287.44373263084861</v>
       </c>
       <c r="D142" s="37">
         <v>113917.600136076</v>
       </c>
       <c r="E142" s="36">
         <v>306.13649736413225</v>
       </c>
       <c r="F142" s="37">
         <v>121010.511885285</v>
       </c>
       <c r="G142" s="36">
         <v>308.1573586936828</v>
       </c>
       <c r="H142" s="37">
         <v>144680.63407880801</v>
       </c>
       <c r="I142" s="36">
@@ -13876,51 +13880,51 @@
       <c r="V142" s="37">
         <v>122100.10884890299</v>
       </c>
       <c r="W142" s="36">
         <v>337.04226706151655</v>
       </c>
       <c r="X142" s="37">
         <v>109561.97906055801</v>
       </c>
       <c r="Y142" s="36">
         <v>306.57924371548575</v>
       </c>
       <c r="Z142" s="37">
         <v>119256.491637427</v>
       </c>
       <c r="AA142" s="36">
         <v>413.77987253818509</v>
       </c>
       <c r="AB142" s="37">
         <v>181324.56118833201</v>
       </c>
       <c r="AC142" s="36">
         <v>460.11759478616182</v>
       </c>
     </row>
-    <row r="143" spans="1:29">
+    <row r="143" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A143" s="6" t="s">
         <v>156</v>
       </c>
       <c r="B143" s="37">
         <v>101439.261932817</v>
       </c>
       <c r="C143" s="36">
         <v>276.87278698109384</v>
       </c>
       <c r="D143" s="37">
         <v>112946.782290114</v>
       </c>
       <c r="E143" s="36">
         <v>303.52756973059371</v>
       </c>
       <c r="F143" s="37">
         <v>121735.712376422</v>
       </c>
       <c r="G143" s="36">
         <v>310.00410625627461</v>
       </c>
       <c r="H143" s="37">
         <v>144478.67596927399</v>
       </c>
       <c r="I143" s="36">
@@ -13965,51 +13969,51 @@
       <c r="V143" s="37">
         <v>122547.29027714601</v>
       </c>
       <c r="W143" s="36">
         <v>338.2766561524333</v>
       </c>
       <c r="X143" s="37">
         <v>110732.740110757</v>
       </c>
       <c r="Y143" s="36">
         <v>309.85529842369039</v>
       </c>
       <c r="Z143" s="37">
         <v>119182.590405832</v>
       </c>
       <c r="AA143" s="36">
         <v>413.52346014696053</v>
       </c>
       <c r="AB143" s="37">
         <v>181178.06579714501</v>
       </c>
       <c r="AC143" s="36">
         <v>459.7458574627762</v>
       </c>
     </row>
-    <row r="144" spans="1:29">
+    <row r="144" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A144" s="6" t="s">
         <v>157</v>
       </c>
       <c r="B144" s="37">
         <v>105270.781712376</v>
       </c>
       <c r="C144" s="36">
         <v>287.33070573490227</v>
       </c>
       <c r="D144" s="37">
         <v>116767.570257721</v>
       </c>
       <c r="E144" s="36">
         <v>313.79536543711339</v>
       </c>
       <c r="F144" s="37">
         <v>121097.680326973</v>
       </c>
       <c r="G144" s="36">
         <v>308.3793360767508</v>
       </c>
       <c r="H144" s="37">
         <v>146586.04880594701</v>
       </c>
       <c r="I144" s="36">
@@ -14054,51 +14058,51 @@
       <c r="V144" s="37">
         <v>124407.395609705</v>
       </c>
       <c r="W144" s="36">
         <v>343.41124713821796</v>
       </c>
       <c r="X144" s="37">
         <v>108640.9441944</v>
       </c>
       <c r="Y144" s="36">
         <v>304.0019794571773</v>
       </c>
       <c r="Z144" s="37">
         <v>123766.055246759</v>
       </c>
       <c r="AA144" s="36">
         <v>429.42653990070727</v>
       </c>
       <c r="AB144" s="37">
         <v>182593.75369435301</v>
       </c>
       <c r="AC144" s="36">
         <v>463.33821641272931</v>
       </c>
     </row>
-    <row r="145" spans="1:29">
+    <row r="145" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A145" s="6" t="s">
         <v>158</v>
       </c>
       <c r="B145" s="37">
         <v>103235.51584614901</v>
       </c>
       <c r="C145" s="36">
         <v>281.77556148510507</v>
       </c>
       <c r="D145" s="37">
         <v>116119.45190543099</v>
       </c>
       <c r="E145" s="36">
         <v>312.05364438601623</v>
       </c>
       <c r="F145" s="37">
         <v>124858.502523887</v>
       </c>
       <c r="G145" s="36">
         <v>317.9563969176819</v>
       </c>
       <c r="H145" s="37">
         <v>147924.57381550301</v>
       </c>
       <c r="I145" s="36">
@@ -14143,51 +14147,51 @@
       <c r="V145" s="37">
         <v>126187.7492484</v>
       </c>
       <c r="W145" s="36">
         <v>348.32569342507213</v>
       </c>
       <c r="X145" s="37">
         <v>110526.860133194</v>
       </c>
       <c r="Y145" s="36">
         <v>309.27919959489378</v>
       </c>
       <c r="Z145" s="37">
         <v>121011.951415623</v>
       </c>
       <c r="AA145" s="36">
         <v>419.87072690841279</v>
       </c>
       <c r="AB145" s="37">
         <v>184026.01886435499</v>
       </c>
       <c r="AC145" s="36">
         <v>466.97264078854693</v>
       </c>
     </row>
-    <row r="146" spans="1:29">
+    <row r="146" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A146" s="6" t="s">
         <v>159</v>
       </c>
       <c r="B146" s="37">
         <v>101010.10695334501</v>
       </c>
       <c r="C146" s="36">
         <v>275.70143248827509</v>
       </c>
       <c r="D146" s="37">
         <v>117460.81179166</v>
       </c>
       <c r="E146" s="36">
         <v>315.65834828413546</v>
       </c>
       <c r="F146" s="37">
         <v>124841.59554613801</v>
       </c>
       <c r="G146" s="36">
         <v>317.9133427273851</v>
       </c>
       <c r="H146" s="37">
         <v>151219.03441648901</v>
       </c>
       <c r="I146" s="36">
@@ -14232,51 +14236,51 @@
       <c r="V146" s="37">
         <v>126084.92680098899</v>
       </c>
       <c r="W146" s="36">
         <v>348.04186476097891</v>
       </c>
       <c r="X146" s="37">
         <v>112251.009719658</v>
       </c>
       <c r="Y146" s="36">
         <v>314.10376082318567</v>
       </c>
       <c r="Z146" s="37">
         <v>124151.879263557</v>
       </c>
       <c r="AA146" s="36">
         <v>430.76521933275205</v>
       </c>
       <c r="AB146" s="37">
         <v>184814.19897045099</v>
       </c>
       <c r="AC146" s="36">
         <v>468.97267615219806</v>
       </c>
     </row>
-    <row r="147" spans="1:29">
+    <row r="147" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A147" s="6" t="s">
         <v>160</v>
       </c>
       <c r="B147" s="37">
         <v>101405.109106556</v>
       </c>
       <c r="C147" s="36">
         <v>276.77956875365419</v>
       </c>
       <c r="D147" s="37">
         <v>118124.885352128</v>
       </c>
       <c r="E147" s="36">
         <v>317.44294656878117</v>
       </c>
       <c r="F147" s="37">
         <v>124049.827364329</v>
       </c>
       <c r="G147" s="36">
         <v>315.89707829049672</v>
       </c>
       <c r="H147" s="37">
         <v>149264.489572694</v>
       </c>
       <c r="I147" s="36">
@@ -14321,51 +14325,51 @@
       <c r="V147" s="37">
         <v>127564.266685739</v>
       </c>
       <c r="W147" s="36">
         <v>352.12539976525704</v>
       </c>
       <c r="X147" s="37">
         <v>112024.164537665</v>
       </c>
       <c r="Y147" s="36">
         <v>313.46899660176291</v>
       </c>
       <c r="Z147" s="37">
         <v>126580.61869093</v>
       </c>
       <c r="AA147" s="36">
         <v>439.19212739359148</v>
       </c>
       <c r="AB147" s="37">
         <v>183785.48655300401</v>
       </c>
       <c r="AC147" s="36">
         <v>466.36228139850147</v>
       </c>
     </row>
-    <row r="148" spans="1:29">
+    <row r="148" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A148" s="6" t="s">
         <v>161</v>
       </c>
       <c r="B148" s="37">
         <v>106271.909384844</v>
       </c>
       <c r="C148" s="36">
         <v>290.06322767481623</v>
       </c>
       <c r="D148" s="37">
         <v>117203.334546667</v>
       </c>
       <c r="E148" s="36">
         <v>314.96641673151345</v>
       </c>
       <c r="F148" s="37">
         <v>126477.8682633</v>
       </c>
       <c r="G148" s="36">
         <v>322.08016650796026</v>
       </c>
       <c r="H148" s="37">
         <v>150750.17328831399</v>
       </c>
       <c r="I148" s="36">
@@ -14410,51 +14414,51 @@
       <c r="V148" s="37">
         <v>128212.43381879599</v>
       </c>
       <c r="W148" s="36">
         <v>353.9145850659076</v>
       </c>
       <c r="X148" s="37">
         <v>110633.71850257499</v>
       </c>
       <c r="Y148" s="36">
         <v>309.57821352609869</v>
       </c>
       <c r="Z148" s="37">
         <v>129373.24033758399</v>
       </c>
       <c r="AA148" s="36">
         <v>448.88158423685496</v>
       </c>
       <c r="AB148" s="37">
         <v>183611.196465574</v>
       </c>
       <c r="AC148" s="36">
         <v>465.92001403384984</v>
       </c>
     </row>
-    <row r="149" spans="1:29">
+    <row r="149" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A149" s="6" t="s">
         <v>162</v>
       </c>
       <c r="B149" s="37">
         <v>102479.306111196</v>
       </c>
       <c r="C149" s="36">
         <v>279.71152934538634</v>
       </c>
       <c r="D149" s="37">
         <v>118282.711384411</v>
       </c>
       <c r="E149" s="36">
         <v>317.86708040462639</v>
       </c>
       <c r="F149" s="37">
         <v>126841.17876709699</v>
       </c>
       <c r="G149" s="36">
         <v>323.00534898584186</v>
       </c>
       <c r="H149" s="37">
         <v>150642.645420463</v>
       </c>
       <c r="I149" s="36">
@@ -14499,51 +14503,51 @@
       <c r="V149" s="37">
         <v>130870.261209144</v>
       </c>
       <c r="W149" s="36">
         <v>361.25118924706874</v>
       </c>
       <c r="X149" s="37">
         <v>110497.463421387</v>
       </c>
       <c r="Y149" s="36">
         <v>309.19694093408106</v>
       </c>
       <c r="Z149" s="37">
         <v>128712.653659337</v>
       </c>
       <c r="AA149" s="36">
         <v>446.58957088167017</v>
       </c>
       <c r="AB149" s="37">
         <v>184972.98524559801</v>
       </c>
       <c r="AC149" s="36">
         <v>469.37560203563544</v>
       </c>
     </row>
-    <row r="150" spans="1:29">
+    <row r="150" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A150" s="6" t="s">
         <v>163</v>
       </c>
       <c r="B150" s="37">
         <v>102901.26825675899</v>
       </c>
       <c r="C150" s="36">
         <v>280.86325140069789</v>
       </c>
       <c r="D150" s="37">
         <v>118795.93800420901</v>
       </c>
       <c r="E150" s="36">
         <v>319.24630011739526</v>
       </c>
       <c r="F150" s="37">
         <v>128631.772313404</v>
       </c>
       <c r="G150" s="36">
         <v>327.56515597390751</v>
       </c>
       <c r="H150" s="37">
         <v>152159.092001682</v>
       </c>
       <c r="I150" s="36">
@@ -14588,51 +14592,51 @@
       <c r="V150" s="37">
         <v>129810.840803321</v>
       </c>
       <c r="W150" s="36">
         <v>358.32679009037605</v>
       </c>
       <c r="X150" s="37">
         <v>113160.11626372101</v>
       </c>
       <c r="Y150" s="36">
         <v>316.64764693336247</v>
       </c>
       <c r="Z150" s="37">
         <v>129632.52173956401</v>
       </c>
       <c r="AA150" s="36">
         <v>449.78120340214957</v>
       </c>
       <c r="AB150" s="37">
         <v>185543.790299288</v>
       </c>
       <c r="AC150" s="36">
         <v>470.8240403865924</v>
       </c>
     </row>
-    <row r="151" spans="1:29">
+    <row r="151" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A151" s="6" t="s">
         <v>164</v>
       </c>
       <c r="B151" s="37">
         <v>104536.01335372</v>
       </c>
       <c r="C151" s="36">
         <v>285.32519663152027</v>
       </c>
       <c r="D151" s="37">
         <v>117441.753610816</v>
       </c>
       <c r="E151" s="36">
         <v>315.60713227604936</v>
       </c>
       <c r="F151" s="37">
         <v>126245.354424041</v>
       </c>
       <c r="G151" s="36">
         <v>321.48806215727615</v>
       </c>
       <c r="H151" s="37">
         <v>151200.09958743799</v>
       </c>
       <c r="I151" s="36">
@@ -14677,51 +14681,51 @@
       <c r="V151" s="37">
         <v>129759.287258803</v>
       </c>
       <c r="W151" s="36">
         <v>358.18448289930791</v>
       </c>
       <c r="X151" s="37">
         <v>112012.131320987</v>
       </c>
       <c r="Y151" s="36">
         <v>313.43532493481933</v>
       </c>
       <c r="Z151" s="37">
         <v>126069.78224278901</v>
       </c>
       <c r="AA151" s="36">
         <v>437.41969691624456</v>
       </c>
       <c r="AB151" s="37">
         <v>184245.079936055</v>
       </c>
       <c r="AC151" s="36">
         <v>467.52851613583204</v>
       </c>
     </row>
-    <row r="152" spans="1:29">
+    <row r="152" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A152" s="6" t="s">
         <v>165</v>
       </c>
       <c r="B152" s="37">
         <v>103612.60072972599</v>
       </c>
       <c r="C152" s="36">
         <v>282.8047935660083</v>
       </c>
       <c r="D152" s="37">
         <v>122675.82297229901</v>
       </c>
       <c r="E152" s="36">
         <v>329.67291016613234</v>
       </c>
       <c r="F152" s="37">
         <v>132029.645346228</v>
       </c>
       <c r="G152" s="36">
         <v>336.21795450073421</v>
       </c>
       <c r="H152" s="37">
         <v>157086.16481683101</v>
       </c>
       <c r="I152" s="36">
@@ -14766,51 +14770,51 @@
       <c r="V152" s="37">
         <v>132998.32194100501</v>
       </c>
       <c r="W152" s="36">
         <v>367.12543801124144</v>
       </c>
       <c r="X152" s="37">
         <v>111976.835412664</v>
       </c>
       <c r="Y152" s="36">
         <v>313.33655898542065</v>
       </c>
       <c r="Z152" s="37">
         <v>131681.580676796</v>
       </c>
       <c r="AA152" s="36">
         <v>456.89074799992966</v>
       </c>
       <c r="AB152" s="37">
         <v>187876.134163715</v>
       </c>
       <c r="AC152" s="36">
         <v>476.74244681802884</v>
       </c>
     </row>
-    <row r="153" spans="1:29">
+    <row r="153" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A153" s="6" t="s">
         <v>166</v>
       </c>
       <c r="B153" s="37">
         <v>104501.996417129</v>
       </c>
       <c r="C153" s="36">
         <v>285.23234930732792</v>
       </c>
       <c r="D153" s="37">
         <v>118451.076234044</v>
       </c>
       <c r="E153" s="36">
         <v>318.31953573448163</v>
       </c>
       <c r="F153" s="37">
         <v>132766.484137283</v>
       </c>
       <c r="G153" s="36">
         <v>338.09433938744394</v>
       </c>
       <c r="H153" s="37">
         <v>154310.41017931301</v>
       </c>
       <c r="I153" s="36">
@@ -14855,51 +14859,51 @@
       <c r="V153" s="37">
         <v>131793.954109246</v>
       </c>
       <c r="W153" s="36">
         <v>363.80092939107021</v>
       </c>
       <c r="X153" s="37">
         <v>111654.779590181</v>
       </c>
       <c r="Y153" s="36">
         <v>312.4353738175584</v>
       </c>
       <c r="Z153" s="37">
         <v>126172.41734784401</v>
       </c>
       <c r="AA153" s="36">
         <v>437.77580617373235</v>
       </c>
       <c r="AB153" s="37">
         <v>187732.68856541999</v>
       </c>
       <c r="AC153" s="36">
         <v>476.37844845378288</v>
       </c>
     </row>
-    <row r="154" spans="1:29">
+    <row r="154" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A154" s="6" t="s">
         <v>167</v>
       </c>
       <c r="B154" s="37">
         <v>105125.291200658</v>
       </c>
       <c r="C154" s="36">
         <v>286.93359752757573</v>
       </c>
       <c r="D154" s="37">
         <v>122742.984119624</v>
       </c>
       <c r="E154" s="36">
         <v>329.8533956958176</v>
       </c>
       <c r="F154" s="37">
         <v>131821.480399461</v>
       </c>
       <c r="G154" s="36">
         <v>335.68785542777812</v>
       </c>
       <c r="H154" s="37">
         <v>156675.175922881</v>
       </c>
       <c r="I154" s="36">
@@ -14944,51 +14948,51 @@
       <c r="V154" s="37">
         <v>134463.63206740899</v>
       </c>
       <c r="W154" s="36">
         <v>371.17024560074617</v>
       </c>
       <c r="X154" s="37">
         <v>111815.765773174</v>
       </c>
       <c r="Y154" s="36">
         <v>312.88584963639477</v>
       </c>
       <c r="Z154" s="37">
         <v>131476.91983080699</v>
       </c>
       <c r="AA154" s="36">
         <v>456.18064377328216</v>
       </c>
       <c r="AB154" s="37">
         <v>189602.23899025901</v>
       </c>
       <c r="AC154" s="36">
         <v>481.12249988934616</v>
       </c>
     </row>
-    <row r="155" spans="1:29">
+    <row r="155" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A155" s="6" t="s">
         <v>168</v>
       </c>
       <c r="B155" s="37">
         <v>107098.650956805</v>
       </c>
       <c r="C155" s="36">
         <v>292.31977251534926</v>
       </c>
       <c r="D155" s="37">
         <v>124579.738423061</v>
       </c>
       <c r="E155" s="36">
         <v>334.78939793165318</v>
       </c>
       <c r="F155" s="37">
         <v>133831.20048069599</v>
       </c>
       <c r="G155" s="36">
         <v>340.80567554355548</v>
       </c>
       <c r="H155" s="37">
         <v>160744.45452965799</v>
       </c>
       <c r="I155" s="36">
@@ -15033,51 +15037,51 @@
       <c r="V155" s="37">
         <v>136713.98180934301</v>
       </c>
       <c r="W155" s="36">
         <v>377.38205807047399</v>
       </c>
       <c r="X155" s="37">
         <v>114361.657096259</v>
       </c>
       <c r="Y155" s="36">
         <v>320.00983044712655</v>
       </c>
       <c r="Z155" s="37">
         <v>133391.67358020399</v>
       </c>
       <c r="AA155" s="36">
         <v>462.82419458958719</v>
       </c>
       <c r="AB155" s="37">
         <v>192377.21879317501</v>
       </c>
       <c r="AC155" s="36">
         <v>488.16411093271563</v>
       </c>
     </row>
-    <row r="156" spans="1:29">
+    <row r="156" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A156" s="6" t="s">
         <v>169</v>
       </c>
       <c r="B156" s="37">
         <v>110556.230601717</v>
       </c>
       <c r="C156" s="36">
         <v>301.75704260441904</v>
       </c>
       <c r="D156" s="37">
         <v>130463.667917846</v>
       </c>
       <c r="E156" s="36">
         <v>350.60157764856552</v>
       </c>
       <c r="F156" s="37">
         <v>139613.27498693101</v>
       </c>
       <c r="G156" s="36">
         <v>355.52992370887648</v>
       </c>
       <c r="H156" s="37">
         <v>162836.635827411</v>
       </c>
       <c r="I156" s="36">
@@ -15122,51 +15126,51 @@
       <c r="V156" s="37">
         <v>140511.00939422799</v>
       </c>
       <c r="W156" s="36">
         <v>387.86328365962095</v>
       </c>
       <c r="X156" s="37">
         <v>117386.06135418999</v>
       </c>
       <c r="Y156" s="36">
         <v>328.472798878665</v>
       </c>
       <c r="Z156" s="37">
         <v>138132.58756537901</v>
       </c>
       <c r="AA156" s="36">
         <v>479.27356986103422</v>
       </c>
       <c r="AB156" s="37">
         <v>196223.02675010401</v>
       </c>
       <c r="AC156" s="36">
         <v>497.92298692587877</v>
       </c>
     </row>
-    <row r="157" spans="1:29">
+    <row r="157" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A157" s="6" t="s">
         <v>170</v>
       </c>
       <c r="B157" s="37">
         <v>115521.38913188899</v>
       </c>
       <c r="C157" s="36">
         <v>315.30916486810565</v>
       </c>
       <c r="D157" s="37">
         <v>135736.49903234499</v>
       </c>
       <c r="E157" s="36">
         <v>364.77152194740205</v>
       </c>
       <c r="F157" s="37">
         <v>144298.03610150199</v>
       </c>
       <c r="G157" s="36">
         <v>367.45982623292832</v>
       </c>
       <c r="H157" s="37">
         <v>170974.95617765299</v>
       </c>
       <c r="I157" s="36">
@@ -15211,51 +15215,51 @@
       <c r="V157" s="37">
         <v>148755.010315714</v>
       </c>
       <c r="W157" s="36">
         <v>410.61982979565528</v>
       </c>
       <c r="X157" s="37">
         <v>120253.88462564</v>
       </c>
       <c r="Y157" s="36">
         <v>336.49761822940752</v>
       </c>
       <c r="Z157" s="37">
         <v>146214.776715924</v>
       </c>
       <c r="AA157" s="36">
         <v>507.31604495504803</v>
       </c>
       <c r="AB157" s="37">
         <v>205736.15256603801</v>
       </c>
       <c r="AC157" s="36">
         <v>522.0628857936299</v>
       </c>
     </row>
-    <row r="158" spans="1:29">
+    <row r="158" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A158" s="6" t="s">
         <v>171</v>
       </c>
       <c r="B158" s="37">
         <v>117784.313118623</v>
       </c>
       <c r="C158" s="36">
         <v>321.48568921376159</v>
       </c>
       <c r="D158" s="37">
         <v>137502.29394046901</v>
       </c>
       <c r="E158" s="36">
         <v>369.51683143066703</v>
       </c>
       <c r="F158" s="37">
         <v>146326.72843839601</v>
       </c>
       <c r="G158" s="36">
         <v>372.62595983900718</v>
       </c>
       <c r="H158" s="37">
         <v>175048.579781515</v>
       </c>
       <c r="I158" s="36">
@@ -15300,51 +15304,51 @@
       <c r="V158" s="37">
         <v>153175.448550328</v>
       </c>
       <c r="W158" s="36">
         <v>422.82190347147326</v>
       </c>
       <c r="X158" s="37">
         <v>126402.865216237</v>
       </c>
       <c r="Y158" s="36">
         <v>353.70385925618245</v>
       </c>
       <c r="Z158" s="37">
         <v>148089.56860431199</v>
       </c>
       <c r="AA158" s="36">
         <v>513.82094156873757</v>
       </c>
       <c r="AB158" s="37">
         <v>208757.228803668</v>
       </c>
       <c r="AC158" s="36">
         <v>529.72897539017481</v>
       </c>
     </row>
-    <row r="159" spans="1:29">
+    <row r="159" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A159" s="6" t="s">
         <v>172</v>
       </c>
       <c r="B159" s="37">
         <v>116919.931751727</v>
       </c>
       <c r="C159" s="36">
         <v>319.12640865999015</v>
       </c>
       <c r="D159" s="37">
         <v>141312.83114816999</v>
       </c>
       <c r="E159" s="36">
         <v>379.7570797544364</v>
       </c>
       <c r="F159" s="37">
         <v>151363.775395762</v>
       </c>
       <c r="G159" s="36">
         <v>385.45297016906352</v>
       </c>
       <c r="H159" s="37">
         <v>180628.162708622</v>
       </c>
       <c r="I159" s="36">
@@ -15389,51 +15393,51 @@
       <c r="V159" s="37">
         <v>159043.398648534</v>
       </c>
       <c r="W159" s="36">
         <v>439.01965483097973</v>
       </c>
       <c r="X159" s="37">
         <v>127499.450919989</v>
       </c>
       <c r="Y159" s="36">
         <v>356.77235453719305</v>
       </c>
       <c r="Z159" s="37">
         <v>151162.796991932</v>
       </c>
       <c r="AA159" s="36">
         <v>524.48400932337427</v>
       </c>
       <c r="AB159" s="37">
         <v>214638.14492211101</v>
       </c>
       <c r="AC159" s="36">
         <v>544.65201152948021</v>
       </c>
     </row>
-    <row r="160" spans="1:29">
+    <row r="160" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A160" s="6" t="s">
         <v>173</v>
       </c>
       <c r="B160" s="37">
         <v>121857.576915778</v>
       </c>
       <c r="C160" s="36">
         <v>332.60343473101921</v>
       </c>
       <c r="D160" s="37">
         <v>148015.16694170001</v>
       </c>
       <c r="E160" s="36">
         <v>397.7686038871305</v>
       </c>
       <c r="F160" s="37">
         <v>158148.41877654701</v>
       </c>
       <c r="G160" s="36">
         <v>402.73029386044044</v>
       </c>
       <c r="H160" s="37">
         <v>185230.14444013001</v>
       </c>
       <c r="I160" s="36">
@@ -15478,51 +15482,51 @@
       <c r="V160" s="37">
         <v>163721.54061709801</v>
       </c>
       <c r="W160" s="36">
         <v>451.9330878294025</v>
       </c>
       <c r="X160" s="37">
         <v>132618.62250802701</v>
       </c>
       <c r="Y160" s="36">
         <v>371.09695662422746</v>
       </c>
       <c r="Z160" s="37">
         <v>150814.06457204701</v>
       </c>
       <c r="AA160" s="36">
         <v>523.27402524394438</v>
       </c>
       <c r="AB160" s="37">
         <v>221591.11386851899</v>
       </c>
       <c r="AC160" s="36">
         <v>562.29542027277398</v>
       </c>
     </row>
-    <row r="161" spans="1:29">
+    <row r="161" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A161" s="6" t="s">
         <v>174</v>
       </c>
       <c r="B161" s="37">
         <v>124608.601295841</v>
       </c>
       <c r="C161" s="36">
         <v>340.11220177691354</v>
       </c>
       <c r="D161" s="37">
         <v>152246.86140386501</v>
       </c>
       <c r="E161" s="36">
         <v>409.14064928674321</v>
       </c>
       <c r="F161" s="37">
         <v>163872.26338646101</v>
       </c>
       <c r="G161" s="36">
         <v>417.30625762659866</v>
       </c>
       <c r="H161" s="37">
         <v>191147.29698830901</v>
       </c>
       <c r="I161" s="36">
@@ -15567,51 +15571,51 @@
       <c r="V161" s="37">
         <v>166577.517957134</v>
       </c>
       <c r="W161" s="36">
         <v>459.81666046858197</v>
       </c>
       <c r="X161" s="37">
         <v>134938.45998180599</v>
       </c>
       <c r="Y161" s="36">
         <v>377.5883875417075</v>
       </c>
       <c r="Z161" s="37">
         <v>157576.82535974501</v>
       </c>
       <c r="AA161" s="36">
         <v>546.73852816800752</v>
       </c>
       <c r="AB161" s="37">
         <v>228636.462448381</v>
       </c>
       <c r="AC161" s="36">
         <v>580.17324565810191</v>
       </c>
     </row>
-    <row r="162" spans="1:29">
+    <row r="162" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A162" s="6" t="s">
         <v>175</v>
       </c>
       <c r="B162" s="37">
         <v>125357.441533437</v>
       </c>
       <c r="C162" s="36">
         <v>342.15611928613305</v>
       </c>
       <c r="D162" s="37">
         <v>153901.52007010399</v>
       </c>
       <c r="E162" s="36">
         <v>413.58729675658566</v>
       </c>
       <c r="F162" s="37">
         <v>165160.03204334201</v>
       </c>
       <c r="G162" s="36">
         <v>420.58560403816625</v>
       </c>
       <c r="H162" s="37">
         <v>197079.778033323</v>
       </c>
       <c r="I162" s="36">
@@ -15656,51 +15660,51 @@
       <c r="V162" s="37">
         <v>172445.953168946</v>
       </c>
       <c r="W162" s="36">
         <v>476.01575092427009</v>
       </c>
       <c r="X162" s="37">
         <v>137037.73573722801</v>
       </c>
       <c r="Y162" s="36">
         <v>383.46263679282595</v>
       </c>
       <c r="Z162" s="37">
         <v>161220.24410449699</v>
       </c>
       <c r="AA162" s="36">
         <v>559.37996447983653</v>
       </c>
       <c r="AB162" s="37">
         <v>231640.34310694801</v>
       </c>
       <c r="AC162" s="36">
         <v>587.79570085438922</v>
       </c>
     </row>
-    <row r="163" spans="1:29">
+    <row r="163" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A163" s="6" t="s">
         <v>176</v>
       </c>
       <c r="B163" s="37">
         <v>122634.35884373399</v>
       </c>
       <c r="C163" s="36">
         <v>334.72361751992952</v>
       </c>
       <c r="D163" s="37">
         <v>146517.337086871</v>
       </c>
       <c r="E163" s="36">
         <v>393.74341037131694</v>
       </c>
       <c r="F163" s="37">
         <v>159950.449249906</v>
       </c>
       <c r="G163" s="36">
         <v>407.31922536981421</v>
       </c>
       <c r="H163" s="37">
         <v>191112.19548398699</v>
       </c>
       <c r="I163" s="36">
@@ -15745,51 +15749,51 @@
       <c r="V163" s="37">
         <v>164374.322494158</v>
       </c>
       <c r="W163" s="36">
         <v>453.73501156079925</v>
       </c>
       <c r="X163" s="37">
         <v>131909.87570192199</v>
       </c>
       <c r="Y163" s="36">
         <v>369.11372246156839</v>
       </c>
       <c r="Z163" s="37">
         <v>154545.477825504</v>
       </c>
       <c r="AA163" s="36">
         <v>536.22077287338891</v>
       </c>
       <c r="AB163" s="37">
         <v>224254.48686778601</v>
       </c>
       <c r="AC163" s="36">
         <v>569.05382503829446</v>
       </c>
     </row>
-    <row r="164" spans="1:29">
+    <row r="164" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A164" s="6" t="s">
         <v>177</v>
       </c>
       <c r="B164" s="37">
         <v>120704.986778697</v>
       </c>
       <c r="C164" s="36">
         <v>329.45750447265544</v>
       </c>
       <c r="D164" s="37">
         <v>144711.977437555</v>
       </c>
       <c r="E164" s="36">
         <v>388.89177656877939</v>
       </c>
       <c r="F164" s="37">
         <v>155960.83654843201</v>
       </c>
       <c r="G164" s="36">
         <v>397.15954177585951</v>
       </c>
       <c r="H164" s="37">
         <v>187522.66379532299</v>
       </c>
       <c r="I164" s="36">
@@ -15834,51 +15838,51 @@
       <c r="V164" s="37">
         <v>163378.45611264001</v>
       </c>
       <c r="W164" s="36">
         <v>450.98604543716931</v>
       </c>
       <c r="X164" s="37">
         <v>126142.545878205</v>
       </c>
       <c r="Y164" s="36">
         <v>352.97542676105331</v>
       </c>
       <c r="Z164" s="37">
         <v>152892.82680260201</v>
       </c>
       <c r="AA164" s="36">
         <v>530.48663026851057</v>
       </c>
       <c r="AB164" s="37">
         <v>218066.048535704</v>
       </c>
       <c r="AC164" s="36">
         <v>553.35044022280545</v>
       </c>
     </row>
-    <row r="165" spans="1:29">
+    <row r="165" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A165" s="6" t="s">
         <v>178</v>
       </c>
       <c r="B165" s="37">
         <v>122941.236614055</v>
       </c>
       <c r="C165" s="36">
         <v>335.56122321532183</v>
       </c>
       <c r="D165" s="37">
         <v>147194.54445723299</v>
       </c>
       <c r="E165" s="36">
         <v>395.5633038039748</v>
       </c>
       <c r="F165" s="37">
         <v>159131.65778429699</v>
       </c>
       <c r="G165" s="36">
         <v>405.23414522733708</v>
       </c>
       <c r="H165" s="37">
         <v>192557.73777589601</v>
       </c>
       <c r="I165" s="36">
@@ -15923,51 +15927,51 @@
       <c r="V165" s="37">
         <v>165696.76229132901</v>
       </c>
       <c r="W165" s="36">
         <v>457.38544325568381</v>
       </c>
       <c r="X165" s="37">
         <v>130418.674306475</v>
       </c>
       <c r="Y165" s="36">
         <v>364.94100305686572</v>
       </c>
       <c r="Z165" s="37">
         <v>161621.588335865</v>
       </c>
       <c r="AA165" s="36">
         <v>560.7724938308113</v>
       </c>
       <c r="AB165" s="37">
         <v>222592.37779611599</v>
       </c>
       <c r="AC165" s="36">
         <v>564.83616349637714</v>
       </c>
     </row>
-    <row r="166" spans="1:29">
+    <row r="166" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A166" s="6" t="s">
         <v>179</v>
       </c>
       <c r="B166" s="37">
         <v>123490.119984328</v>
       </c>
       <c r="C166" s="36">
         <v>337.05936964856102</v>
       </c>
       <c r="D166" s="37">
         <v>145371.67677720799</v>
       </c>
       <c r="E166" s="36">
         <v>390.66461978978788</v>
       </c>
       <c r="F166" s="37">
         <v>157118.51411713799</v>
       </c>
       <c r="G166" s="36">
         <v>400.1076068342864</v>
       </c>
       <c r="H166" s="37">
         <v>186768.330822383</v>
       </c>
       <c r="I166" s="36">
@@ -16012,51 +16016,51 @@
       <c r="V166" s="37">
         <v>162021.93570834101</v>
       </c>
       <c r="W166" s="36">
         <v>447.24153843639402</v>
       </c>
       <c r="X166" s="37">
         <v>128964.630059353</v>
       </c>
       <c r="Y166" s="36">
         <v>360.87225777283686</v>
       </c>
       <c r="Z166" s="37">
         <v>160341.99412772001</v>
       </c>
       <c r="AA166" s="36">
         <v>556.33273276558918</v>
       </c>
       <c r="AB166" s="37">
         <v>219757.212175878</v>
       </c>
       <c r="AC166" s="36">
         <v>557.64182877715837</v>
       </c>
     </row>
-    <row r="167" spans="1:29">
+    <row r="167" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A167" s="6" t="s">
         <v>180</v>
       </c>
       <c r="B167" s="37">
         <v>121233.74285128</v>
       </c>
       <c r="C167" s="36">
         <v>330.90071457355492</v>
       </c>
       <c r="D167" s="37">
         <v>144073.56346816299</v>
       </c>
       <c r="E167" s="36">
         <v>387.17613459401389</v>
       </c>
       <c r="F167" s="37">
         <v>158048.41429918501</v>
       </c>
       <c r="G167" s="36">
         <v>402.47562907866819</v>
       </c>
       <c r="H167" s="37">
         <v>185979.43862244699</v>
       </c>
       <c r="I167" s="36">
@@ -16101,51 +16105,51 @@
       <c r="V167" s="37">
         <v>163061.46465047801</v>
       </c>
       <c r="W167" s="36">
         <v>450.11102966483742</v>
       </c>
       <c r="X167" s="37">
         <v>131296.004809051</v>
       </c>
       <c r="Y167" s="36">
         <v>367.39597260263861</v>
       </c>
       <c r="Z167" s="37">
         <v>164246.776022454</v>
       </c>
       <c r="AA167" s="36">
         <v>569.88101120735894</v>
       </c>
       <c r="AB167" s="37">
         <v>218520.63077248001</v>
       </c>
       <c r="AC167" s="36">
         <v>554.503958996253</v>
       </c>
     </row>
-    <row r="168" spans="1:29">
+    <row r="168" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A168" s="6" t="s">
         <v>181</v>
       </c>
       <c r="B168" s="37">
         <v>126853.82443578</v>
       </c>
       <c r="C168" s="36">
         <v>346.24041265211753</v>
       </c>
       <c r="D168" s="37">
         <v>150754.56299497199</v>
       </c>
       <c r="E168" s="36">
         <v>405.1303207038477</v>
       </c>
       <c r="F168" s="37">
         <v>163790.58158053301</v>
       </c>
       <c r="G168" s="36">
         <v>417.0982521469428</v>
       </c>
       <c r="H168" s="37">
         <v>191541.88990128401</v>
       </c>
       <c r="I168" s="36">
@@ -16190,51 +16194,51 @@
       <c r="V168" s="37">
         <v>167619.117193991</v>
       </c>
       <c r="W168" s="36">
         <v>462.69186648984987</v>
       </c>
       <c r="X168" s="37">
         <v>131565.26762589699</v>
       </c>
       <c r="Y168" s="36">
         <v>368.14943097804564</v>
       </c>
       <c r="Z168" s="37">
         <v>163210.79435275</v>
       </c>
       <c r="AA168" s="36">
         <v>566.28650362662881</v>
       </c>
       <c r="AB168" s="37">
         <v>223554.27743140201</v>
       </c>
       <c r="AC168" s="36">
         <v>567.27701841262751</v>
       </c>
     </row>
-    <row r="169" spans="1:29">
+    <row r="169" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A169" s="6" t="s">
         <v>182</v>
       </c>
       <c r="B169" s="37">
         <v>126631.723917533</v>
       </c>
       <c r="C169" s="36">
         <v>345.63420172051866</v>
       </c>
       <c r="D169" s="37">
         <v>153750.30308133099</v>
       </c>
       <c r="E169" s="36">
         <v>413.1809237358267</v>
       </c>
       <c r="F169" s="37">
         <v>165712.414876061</v>
       </c>
       <c r="G169" s="36">
         <v>421.99226559232761</v>
       </c>
       <c r="H169" s="37">
         <v>191245.34902314999</v>
       </c>
       <c r="I169" s="36">
@@ -16279,51 +16283,51 @@
       <c r="V169" s="37">
         <v>170394.03389563601</v>
       </c>
       <c r="W169" s="36">
         <v>470.35168125043026</v>
       </c>
       <c r="X169" s="37">
         <v>134587.36539602501</v>
       </c>
       <c r="Y169" s="36">
         <v>376.6059453340705</v>
       </c>
       <c r="Z169" s="37">
         <v>166748.41038892101</v>
       </c>
       <c r="AA169" s="36">
         <v>578.56084016326122</v>
       </c>
       <c r="AB169" s="37">
         <v>226794.405787061</v>
       </c>
       <c r="AC169" s="36">
         <v>575.49896063619542</v>
       </c>
     </row>
-    <row r="170" spans="1:29">
+    <row r="170" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A170" s="6" t="s">
         <v>183</v>
       </c>
       <c r="B170" s="37">
         <v>129237.59325403201</v>
       </c>
       <c r="C170" s="36">
         <v>352.74677620063363</v>
       </c>
       <c r="D170" s="37">
         <v>152408.99576528501</v>
       </c>
       <c r="E170" s="36">
         <v>409.57636111220478</v>
       </c>
       <c r="F170" s="37">
         <v>167552.91147071199</v>
       </c>
       <c r="G170" s="36">
         <v>426.67915237973347</v>
       </c>
       <c r="H170" s="37">
         <v>192553.79023386899</v>
       </c>
       <c r="I170" s="36">
@@ -16368,51 +16372,51 @@
       <c r="V170" s="37">
         <v>170494.010276524</v>
       </c>
       <c r="W170" s="36">
         <v>470.62765369947039</v>
       </c>
       <c r="X170" s="37">
         <v>136131.70016219199</v>
       </c>
       <c r="Y170" s="36">
         <v>380.92734394985592</v>
       </c>
       <c r="Z170" s="37">
         <v>172580.672008225</v>
       </c>
       <c r="AA170" s="36">
         <v>598.79682427037369</v>
       </c>
       <c r="AB170" s="37">
         <v>227437.03049575599</v>
       </c>
       <c r="AC170" s="36">
         <v>577.12964394449682</v>
       </c>
     </row>
-    <row r="171" spans="1:29">
+    <row r="171" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A171" s="6" t="s">
         <v>184</v>
       </c>
       <c r="B171" s="37">
         <v>131490.810479454</v>
       </c>
       <c r="C171" s="36">
         <v>358.89680648466282</v>
       </c>
       <c r="D171" s="37">
         <v>153243.543817934</v>
       </c>
       <c r="E171" s="36">
         <v>411.81908407524855</v>
       </c>
       <c r="F171" s="37">
         <v>167870.58515079401</v>
       </c>
       <c r="G171" s="36">
         <v>427.48811914349182</v>
       </c>
       <c r="H171" s="37">
         <v>195244.79855658699</v>
       </c>
       <c r="I171" s="36">
@@ -16457,51 +16461,51 @@
       <c r="V171" s="37">
         <v>171650.05003224799</v>
       </c>
       <c r="W171" s="36">
         <v>473.81875863586822</v>
       </c>
       <c r="X171" s="37">
         <v>136879.86349092901</v>
       </c>
       <c r="Y171" s="36">
         <v>383.02087447446496</v>
       </c>
       <c r="Z171" s="37">
         <v>174916.13938577301</v>
       </c>
       <c r="AA171" s="36">
         <v>606.90010972284983</v>
       </c>
       <c r="AB171" s="37">
         <v>228873.10539760999</v>
       </c>
       <c r="AC171" s="36">
         <v>580.77373565189396</v>
       </c>
     </row>
-    <row r="172" spans="1:29">
+    <row r="172" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A172" s="6" t="s">
         <v>185</v>
       </c>
       <c r="B172" s="37">
         <v>132397.28490805699</v>
       </c>
       <c r="C172" s="36">
         <v>361.37097769403766</v>
       </c>
       <c r="D172" s="37">
         <v>156089.062387274</v>
       </c>
       <c r="E172" s="36">
         <v>419.46598926778938</v>
       </c>
       <c r="F172" s="37">
         <v>171796.5592131</v>
       </c>
       <c r="G172" s="36">
         <v>437.48574479180735</v>
       </c>
       <c r="H172" s="37">
         <v>194662.89381763301</v>
       </c>
       <c r="I172" s="36">
@@ -16546,51 +16550,51 @@
       <c r="V172" s="37">
         <v>169449.156222486</v>
       </c>
       <c r="W172" s="36">
         <v>467.74346315745225</v>
       </c>
       <c r="X172" s="37">
         <v>137004.45050469699</v>
       </c>
       <c r="Y172" s="36">
         <v>383.36949716990426</v>
       </c>
       <c r="Z172" s="37">
         <v>178885.94686651599</v>
       </c>
       <c r="AA172" s="36">
         <v>620.6740050540742</v>
       </c>
       <c r="AB172" s="37">
         <v>231529.783827885</v>
       </c>
       <c r="AC172" s="36">
         <v>587.51515270784807</v>
       </c>
     </row>
-    <row r="173" spans="1:29">
+    <row r="173" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A173" s="6" t="s">
         <v>186</v>
       </c>
       <c r="B173" s="37">
         <v>132685.31102493801</v>
       </c>
       <c r="C173" s="36">
         <v>362.15712885666147</v>
       </c>
       <c r="D173" s="37">
         <v>155907.36013622701</v>
       </c>
       <c r="E173" s="36">
         <v>418.97769166818881</v>
       </c>
       <c r="F173" s="37">
         <v>172717.726548657</v>
       </c>
       <c r="G173" s="36">
         <v>439.83152854743048</v>
       </c>
       <c r="H173" s="37">
         <v>194227.43716620901</v>
       </c>
       <c r="I173" s="36">
@@ -16635,51 +16639,51 @@
       <c r="V173" s="37">
         <v>173175.10121059601</v>
       </c>
       <c r="W173" s="36">
         <v>478.02847401926181</v>
       </c>
       <c r="X173" s="37">
         <v>139017.423478229</v>
       </c>
       <c r="Y173" s="36">
         <v>389.00225168143101</v>
       </c>
       <c r="Z173" s="37">
         <v>185501.81114730399</v>
       </c>
       <c r="AA173" s="36">
         <v>643.62882655894623</v>
       </c>
       <c r="AB173" s="37">
         <v>231334.980808458</v>
       </c>
       <c r="AC173" s="36">
         <v>587.02083304057066</v>
       </c>
     </row>
-    <row r="174" spans="1:29">
+    <row r="174" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A174" s="6" t="s">
         <v>187</v>
       </c>
       <c r="B174" s="37">
         <v>132681.07491068699</v>
       </c>
       <c r="C174" s="36">
         <v>362.14556661994664</v>
       </c>
       <c r="D174" s="37">
         <v>158022.54442983601</v>
       </c>
       <c r="E174" s="36">
         <v>424.66193282277419</v>
       </c>
       <c r="F174" s="37">
         <v>173113.59482956</v>
       </c>
       <c r="G174" s="36">
         <v>440.83962050517147</v>
       </c>
       <c r="H174" s="37">
         <v>197417.84365087299</v>
       </c>
       <c r="I174" s="36">
@@ -16722,50 +16726,139 @@
         <v>590.46727716796602</v>
       </c>
       <c r="V174" s="37">
         <v>172751.95374966299</v>
       </c>
       <c r="W174" s="36">
         <v>476.86042772611171</v>
       </c>
       <c r="X174" s="37">
         <v>139238.68515481599</v>
       </c>
       <c r="Y174" s="36">
         <v>389.62139198952792</v>
       </c>
       <c r="Z174" s="37">
         <v>189853.075816909</v>
       </c>
       <c r="AA174" s="36">
         <v>658.72624989958069</v>
       </c>
       <c r="AB174" s="37">
         <v>231260.045340221</v>
       </c>
       <c r="AC174" s="36">
         <v>586.83068159509958</v>
+      </c>
+    </row>
+    <row r="175" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A175" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="B175" s="37">
+        <v>130930.866270431</v>
+      </c>
+      <c r="C175" s="36">
+        <v>357.36847011122984</v>
+      </c>
+      <c r="D175" s="37">
+        <v>154199.46624257401</v>
+      </c>
+      <c r="E175" s="36">
+        <v>414.38798249376828</v>
+      </c>
+      <c r="F175" s="37">
+        <v>174344.33394963</v>
+      </c>
+      <c r="G175" s="36">
+        <v>443.97373927364089</v>
+      </c>
+      <c r="H175" s="37">
+        <v>193953.01388865401</v>
+      </c>
+      <c r="I175" s="36">
+        <v>556.75215970772717</v>
+      </c>
+      <c r="J175" s="37">
+        <v>203717.59632866399</v>
+      </c>
+      <c r="K175" s="36">
+        <v>506.15120511617846</v>
+      </c>
+      <c r="L175" s="37">
+        <v>211946.777937042</v>
+      </c>
+      <c r="M175" s="36">
+        <v>519.45722470746989</v>
+      </c>
+      <c r="N175" s="37">
+        <v>263262.20143220999</v>
+      </c>
+      <c r="O175" s="36">
+        <v>668.6642604375653</v>
+      </c>
+      <c r="P175" s="37">
+        <v>327977.28569486103</v>
+      </c>
+      <c r="Q175" s="36">
+        <v>652.1788169434584</v>
+      </c>
+      <c r="R175" s="37">
+        <v>448249.81686333299</v>
+      </c>
+      <c r="S175" s="36">
+        <v>778.43589276592445</v>
+      </c>
+      <c r="T175" s="37">
+        <v>247102.356272106</v>
+      </c>
+      <c r="U175" s="36">
+        <v>589.02908692181666</v>
+      </c>
+      <c r="V175" s="37">
+        <v>172573.46705479</v>
+      </c>
+      <c r="W175" s="36">
+        <v>476.36773725394551</v>
+      </c>
+      <c r="X175" s="37">
+        <v>138643.40254366401</v>
+      </c>
+      <c r="Y175" s="36">
+        <v>387.95565635487782</v>
+      </c>
+      <c r="Z175" s="37">
+        <v>193963.62852453499</v>
+      </c>
+      <c r="AA175" s="36">
+        <v>672.98848377942738</v>
+      </c>
+      <c r="AB175" s="37">
+        <v>229795.57460556799</v>
+      </c>
+      <c r="AC175" s="36">
+        <v>583.11453444080757</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.78740157480314965" bottom="0.78740157480314965" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" orientation="landscape" horizontalDpi="150" verticalDpi="150" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Tahoma,Bold"First Time Buyer Properties - Mix-adjusted regional and UK indices</oddHeader>
     <oddFooter>&amp;C&amp;"Tahoma,Regular"&amp;P&amp;R&amp;"Tahoma,Regular"Nationwide Building Society &amp;L&amp;"Calibri"&amp;11&amp;K000000&amp;"Tahoma,Regular"www.nationwide.co.uk/hpi_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;KFF0000NBS Secret</oddFooter>
   </headerFooter>
   <rowBreaks count="3" manualBreakCount="3">
     <brk id="35" max="28" man="1"/>
     <brk id="67" max="28" man="1"/>
     <brk id="99" max="28" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
@@ -16791,47 +16884,47 @@
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Nationwide Building Society - Quarterly First Time Buyer House Price Series</dc:title>
   <dc:creator>Andrew Harvey</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_SetDate">
-    <vt:lpwstr>2025-09-29T08:54:27Z</vt:lpwstr>
+    <vt:lpwstr>2025-12-31T09:28:27Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Name">
     <vt:lpwstr>NBS Public - No Visible Label</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_SiteId">
     <vt:lpwstr>18ed93f5-e470-4996-b0ef-9554af985d50</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_ActionId">
-    <vt:lpwstr>e496558f-76f6-4476-8ccd-3355626ebde0</vt:lpwstr>
+    <vt:lpwstr>f6e3e4c7-75e3-4b14-a58b-f81fad61cfac</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>