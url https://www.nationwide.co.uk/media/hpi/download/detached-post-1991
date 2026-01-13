--- v0 (2025-10-02)
+++ v1 (2026-01-13)
@@ -1,88 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\HPD\Press\Embargo\Internet HP Files\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{7C300F37-6AF1-422A-AA74-2207AA7CFF81}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{EF79DBAD-A01B-48F0-BDAD-0BFF75954010}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{A49C980C-E251-462B-8F80-96F39FB0405B}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{58554A58-DB40-452F-9FE6-F455A802DCAE}"/>
   </bookViews>
   <sheets>
     <sheet name="Z7 det" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Z7 det'!$A$1:$AC$91</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Z7 det'!$A:$A,'Z7 det'!$1:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="505" uniqueCount="157">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="506" uniqueCount="158">
   <si>
     <t>Q1 1993</t>
   </si>
   <si>
     <t>NORTH</t>
   </si>
   <si>
     <t>YORKS &amp; THE HUMBER</t>
   </si>
   <si>
     <t>NORTH WEST</t>
   </si>
   <si>
     <t>EAST MIDS</t>
   </si>
   <si>
     <t>WEST MIDS</t>
   </si>
   <si>
     <t>EAST ANGLIA</t>
   </si>
   <si>
     <t>OUTER S EAST</t>
   </si>
   <si>
@@ -509,64 +509,68 @@
     <t>Q3 2023</t>
   </si>
   <si>
     <t>Q4 2023</t>
   </si>
   <si>
     <t>Q1 2024</t>
   </si>
   <si>
     <t>Q2 2024</t>
   </si>
   <si>
     <t>Q3 2024</t>
   </si>
   <si>
     <t>Q4 2024</t>
   </si>
   <si>
     <t>Q1 2025</t>
   </si>
   <si>
     <t>Q2 2025</t>
   </si>
   <si>
     <t>Q3 2025</t>
+  </si>
+  <si>
+    <t>Q4 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="0.0"/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
   </numFmts>
-  <fonts count="4">
+  <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="MS Sans Serif"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
@@ -786,52 +790,52 @@
     <xf numFmtId="1" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="3" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="3" applyFont="1" applyBorder="1"/>
     <xf numFmtId="1" fontId="3" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="3" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal_Z5" xfId="3" xr:uid="{507BEDD1-5945-4444-80BD-EF70DFEABA9B}"/>
-    <cellStyle name="Normal_Z7" xfId="2" xr:uid="{0065BEA7-14AA-49D2-807D-47837FC2ABBA}"/>
+    <cellStyle name="Normal_Z5" xfId="3" xr:uid="{977BACB6-332D-4B81-B5DC-C6A6D6A3BE6C}"/>
+    <cellStyle name="Normal_Z7" xfId="2" xr:uid="{BC94D181-E700-4699-93F1-30A97E985D90}"/>
     <cellStyle name="Per cent" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Nationwide Brand Refresh">
       <a:dk1>
         <a:srgbClr val="02081E"/>
@@ -1182,67 +1186,67 @@
         <a:extLst>
           <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
             <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:effectLst>
                 <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                   <a:srgbClr val="808080"/>
                 </a:outerShdw>
               </a:effectLst>
             </a14:hiddenEffects>
           </a:ext>
         </a:extLst>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5DC33B05-848F-46EF-92C8-431BB373B960}">
-  <dimension ref="A1:AC142"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{89797185-E176-4EE6-9F7F-9447272C2E29}">
+  <dimension ref="A1:AC143"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="1" ySplit="3" topLeftCell="S121" activePane="bottomRight" state="frozen"/>
       <selection activeCell="A9" sqref="A9:A143"/>
       <selection pane="topRight" activeCell="A9" sqref="A9:A143"/>
       <selection pane="bottomLeft" activeCell="A9" sqref="A9:A143"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.8"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="16384" width="9.109375" style="6"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:29">
+    <row r="1" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2"/>
       <c r="D1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="2"/>
       <c r="F1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="G1" s="2"/>
       <c r="H1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="I1" s="2"/>
       <c r="J1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="K1" s="2"/>
       <c r="L1" s="1" t="s">
         <v>6</v>
@@ -1259,84 +1263,84 @@
       <c r="R1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="S1" s="2"/>
       <c r="T1" s="1" t="s">
         <v>10</v>
       </c>
       <c r="U1" s="2"/>
       <c r="V1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="W1" s="2"/>
       <c r="X1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="Y1" s="2"/>
       <c r="Z1" s="1" t="s">
         <v>13</v>
       </c>
       <c r="AA1" s="2"/>
       <c r="AB1" s="1" t="s">
         <v>14</v>
       </c>
       <c r="AC1" s="5"/>
     </row>
-    <row r="2" spans="1:29">
+    <row r="2" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A2" s="7" t="s">
         <v>15</v>
       </c>
       <c r="B2" s="8"/>
       <c r="C2" s="9"/>
       <c r="D2" s="8"/>
       <c r="E2" s="9"/>
       <c r="F2" s="8"/>
       <c r="G2" s="9"/>
       <c r="H2" s="8"/>
       <c r="I2" s="9"/>
       <c r="J2" s="8"/>
       <c r="K2" s="9"/>
       <c r="L2" s="8"/>
       <c r="M2" s="9"/>
       <c r="N2" s="8"/>
       <c r="O2" s="10"/>
       <c r="P2" s="8"/>
       <c r="Q2" s="9"/>
       <c r="R2" s="8"/>
       <c r="S2" s="9"/>
       <c r="T2" s="8"/>
       <c r="U2" s="9"/>
       <c r="V2" s="8"/>
       <c r="W2" s="9"/>
       <c r="X2" s="8"/>
       <c r="Y2" s="9"/>
       <c r="Z2" s="8"/>
       <c r="AA2" s="9"/>
       <c r="AB2" s="8"/>
       <c r="AC2" s="11"/>
     </row>
-    <row r="3" spans="1:29">
+    <row r="3" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A3" s="8"/>
       <c r="B3" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C3" s="9" t="s">
         <v>17</v>
       </c>
       <c r="D3" s="8" t="s">
         <v>16</v>
       </c>
       <c r="E3" s="9" t="s">
         <v>17</v>
       </c>
       <c r="F3" s="8" t="s">
         <v>16</v>
       </c>
       <c r="G3" s="9" t="s">
         <v>17</v>
       </c>
       <c r="H3" s="8" t="s">
         <v>16</v>
       </c>
       <c r="I3" s="9" t="s">
         <v>17</v>
       </c>
@@ -1379,51 +1383,51 @@
       <c r="V3" s="8" t="s">
         <v>16</v>
       </c>
       <c r="W3" s="9" t="s">
         <v>17</v>
       </c>
       <c r="X3" s="8" t="s">
         <v>16</v>
       </c>
       <c r="Y3" s="9" t="s">
         <v>17</v>
       </c>
       <c r="Z3" s="8" t="s">
         <v>16</v>
       </c>
       <c r="AA3" s="9" t="s">
         <v>17</v>
       </c>
       <c r="AB3" s="8" t="s">
         <v>16</v>
       </c>
       <c r="AC3" s="10" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="4" spans="1:29">
+    <row r="4" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A4" s="12" t="s">
         <v>18</v>
       </c>
       <c r="B4" s="2">
         <v>83210.52862385691</v>
       </c>
       <c r="C4" s="13">
         <v>102.51061013984277</v>
       </c>
       <c r="D4" s="1">
         <v>74599.591642444633</v>
       </c>
       <c r="E4" s="13">
         <v>90.957188058120494</v>
       </c>
       <c r="F4" s="1">
         <v>92188.126912720661</v>
       </c>
       <c r="G4" s="13">
         <v>105.61037923365339</v>
       </c>
       <c r="H4" s="1">
         <v>77802.030547301794</v>
       </c>
       <c r="I4" s="13">
@@ -1468,51 +1472,51 @@
       <c r="V4" s="1">
         <v>75032.221724520554</v>
       </c>
       <c r="W4" s="13">
         <v>95.436360330534768</v>
       </c>
       <c r="X4" s="1">
         <v>78657.030654953152</v>
       </c>
       <c r="Y4" s="13">
         <v>96.955514660623351</v>
       </c>
       <c r="Z4" s="1">
         <v>52185.145000663157</v>
       </c>
       <c r="AA4" s="13">
         <v>90.576484398680918</v>
       </c>
       <c r="AB4" s="1">
         <v>82999.930214056149</v>
       </c>
       <c r="AC4" s="14">
         <v>104.94849416703869</v>
       </c>
     </row>
-    <row r="5" spans="1:29">
+    <row r="5" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A5" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B5" s="9">
         <v>79570.676830596116</v>
       </c>
       <c r="C5" s="16">
         <v>98.026520994917092</v>
       </c>
       <c r="D5" s="8">
         <v>90491.781560857431</v>
       </c>
       <c r="E5" s="16">
         <v>110.33408912740188</v>
       </c>
       <c r="F5" s="8">
         <v>94660.983502808667</v>
       </c>
       <c r="G5" s="16">
         <v>108.44327465105228</v>
       </c>
       <c r="H5" s="8">
         <v>79151.984327649538</v>
       </c>
       <c r="I5" s="16">
@@ -1557,51 +1561,51 @@
       <c r="V5" s="8">
         <v>79073.699845375028</v>
       </c>
       <c r="W5" s="16">
         <v>100.5768713449353</v>
       </c>
       <c r="X5" s="8">
         <v>80180.207808762818</v>
       </c>
       <c r="Y5" s="16">
         <v>98.833038178066474</v>
       </c>
       <c r="Z5" s="8">
         <v>54300.297986179103</v>
       </c>
       <c r="AA5" s="16">
         <v>94.247703888268873</v>
       </c>
       <c r="AB5" s="8">
         <v>86752.598350908418</v>
       </c>
       <c r="AC5" s="17">
         <v>109.69352068761009</v>
       </c>
     </row>
-    <row r="6" spans="1:29">
+    <row r="6" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A6" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="9">
         <v>79887.752436659997</v>
       </c>
       <c r="C6" s="16">
         <v>98.417139999213973</v>
       </c>
       <c r="D6" s="8">
         <v>86775.331686302641</v>
       </c>
       <c r="E6" s="16">
         <v>105.80272611715014</v>
       </c>
       <c r="F6" s="8">
         <v>94815.308130671052</v>
       </c>
       <c r="G6" s="16">
         <v>108.62006837731022</v>
       </c>
       <c r="H6" s="8">
         <v>78866.721917564093</v>
       </c>
       <c r="I6" s="16">
@@ -1646,51 +1650,51 @@
       <c r="V6" s="8">
         <v>82221.927124157781</v>
       </c>
       <c r="W6" s="16">
         <v>104.58122235673721</v>
       </c>
       <c r="X6" s="8">
         <v>77235.785737695333</v>
       </c>
       <c r="Y6" s="16">
         <v>95.203636522532847</v>
       </c>
       <c r="Z6" s="8">
         <v>50224.214824413895</v>
       </c>
       <c r="AA6" s="16">
         <v>87.172945680647516</v>
       </c>
       <c r="AB6" s="8">
         <v>86133.616060239845</v>
       </c>
       <c r="AC6" s="17">
         <v>108.91085425458785</v>
       </c>
     </row>
-    <row r="7" spans="1:29">
+    <row r="7" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A7" s="18" t="s">
         <v>21</v>
       </c>
       <c r="B7" s="19">
         <v>81014.183536411379</v>
       </c>
       <c r="C7" s="20">
         <v>99.804838662179833</v>
       </c>
       <c r="D7" s="21">
         <v>93309.797161554408</v>
       </c>
       <c r="E7" s="20">
         <v>113.77001644684145</v>
       </c>
       <c r="F7" s="21">
         <v>95582.612030511445</v>
       </c>
       <c r="G7" s="20">
         <v>109.49908890374228</v>
       </c>
       <c r="H7" s="21">
         <v>78157.395845110674</v>
       </c>
       <c r="I7" s="20">
@@ -1735,51 +1739,51 @@
       <c r="V7" s="21">
         <v>75538.3903479687</v>
       </c>
       <c r="W7" s="20">
         <v>96.080175614490599</v>
       </c>
       <c r="X7" s="21">
         <v>77416.776336776835</v>
       </c>
       <c r="Y7" s="20">
         <v>95.426732112800678</v>
       </c>
       <c r="Z7" s="21">
         <v>63669.272468729607</v>
       </c>
       <c r="AA7" s="20">
         <v>110.50920457087867</v>
       </c>
       <c r="AB7" s="21">
         <v>86178.07209014472</v>
       </c>
       <c r="AC7" s="22">
         <v>108.967066270467</v>
       </c>
     </row>
-    <row r="8" spans="1:29">
+    <row r="8" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A8" s="12" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="2">
         <v>81174.587243663147</v>
       </c>
       <c r="C8" s="13">
         <v>100.00244685156414</v>
       </c>
       <c r="D8" s="1">
         <v>89556.558259785626</v>
       </c>
       <c r="E8" s="13">
         <v>109.19379760838603</v>
       </c>
       <c r="F8" s="1">
         <v>87701.365891148977</v>
       </c>
       <c r="G8" s="13">
         <v>100.47036230427618</v>
       </c>
       <c r="H8" s="1">
         <v>75047.986283220307</v>
       </c>
       <c r="I8" s="13">
@@ -1824,51 +1828,51 @@
       <c r="V8" s="1">
         <v>76901.705313037892</v>
       </c>
       <c r="W8" s="13">
         <v>97.814228202298125</v>
       </c>
       <c r="X8" s="1">
         <v>79898.447583781541</v>
       </c>
       <c r="Y8" s="13">
         <v>98.485730284589152</v>
       </c>
       <c r="Z8" s="1">
         <v>50828.055310178977</v>
       </c>
       <c r="AA8" s="13">
         <v>88.221016895885072</v>
       </c>
       <c r="AB8" s="1">
         <v>82336.128551142072</v>
       </c>
       <c r="AC8" s="14">
         <v>104.10915629327488</v>
       </c>
     </row>
-    <row r="9" spans="1:29">
+    <row r="9" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A9" s="15" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="9">
         <v>79479.138585416629</v>
       </c>
       <c r="C9" s="16">
         <v>97.913751114474465</v>
       </c>
       <c r="D9" s="8">
         <v>88825.979091938134</v>
       </c>
       <c r="E9" s="16">
         <v>108.30302293659224</v>
       </c>
       <c r="F9" s="8">
         <v>95030.145099102039</v>
       </c>
       <c r="G9" s="16">
         <v>108.86618481843161</v>
       </c>
       <c r="H9" s="8">
         <v>73590.910017776172</v>
       </c>
       <c r="I9" s="16">
@@ -1913,51 +1917,51 @@
       <c r="V9" s="8">
         <v>76689.982689812416</v>
       </c>
       <c r="W9" s="16">
         <v>97.544930078160746</v>
       </c>
       <c r="X9" s="8">
         <v>79000.760890839229</v>
       </c>
       <c r="Y9" s="16">
         <v>97.379209041751807</v>
       </c>
       <c r="Z9" s="8">
         <v>55480.17934105629</v>
       </c>
       <c r="AA9" s="16">
         <v>96.295595201610439</v>
       </c>
       <c r="AB9" s="8">
         <v>82755.670224733214</v>
       </c>
       <c r="AC9" s="17">
         <v>104.6396418824815</v>
       </c>
     </row>
-    <row r="10" spans="1:29">
+    <row r="10" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A10" s="15" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="9">
         <v>78671.196068355785</v>
       </c>
       <c r="C10" s="16">
         <v>96.918412162162099</v>
       </c>
       <c r="D10" s="8">
         <v>90615.216238329042</v>
       </c>
       <c r="E10" s="16">
         <v>110.48458956479689</v>
       </c>
       <c r="F10" s="8">
         <v>91666.517091436093</v>
       </c>
       <c r="G10" s="16">
         <v>105.01282494024622</v>
       </c>
       <c r="H10" s="8">
         <v>76132.750329391056</v>
       </c>
       <c r="I10" s="16">
@@ -2002,51 +2006,51 @@
       <c r="V10" s="8">
         <v>80199.754619760715</v>
       </c>
       <c r="W10" s="16">
         <v>102.00914359717852</v>
       </c>
       <c r="X10" s="8">
         <v>82206.558640620584</v>
       </c>
       <c r="Y10" s="16">
         <v>101.33079185818687</v>
       </c>
       <c r="Z10" s="8">
         <v>58527.490101427778</v>
       </c>
       <c r="AA10" s="16">
         <v>101.58473822384815</v>
       </c>
       <c r="AB10" s="8">
         <v>84205.642853765341</v>
       </c>
       <c r="AC10" s="17">
         <v>106.47304636376107</v>
       </c>
     </row>
-    <row r="11" spans="1:29">
+    <row r="11" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A11" s="18" t="s">
         <v>25</v>
       </c>
       <c r="B11" s="19">
         <v>77726.922953178408</v>
       </c>
       <c r="C11" s="20">
         <v>95.755121713509311</v>
       </c>
       <c r="D11" s="21">
         <v>85244.484933752901</v>
       </c>
       <c r="E11" s="20">
         <v>103.93620764306499</v>
       </c>
       <c r="F11" s="21">
         <v>87909.270782853418</v>
       </c>
       <c r="G11" s="20">
         <v>100.70853738378752</v>
       </c>
       <c r="H11" s="21">
         <v>71361.287879891941</v>
       </c>
       <c r="I11" s="20">
@@ -2091,51 +2095,51 @@
       <c r="V11" s="21">
         <v>71821.860946083325</v>
       </c>
       <c r="W11" s="20">
         <v>91.352979337674938</v>
       </c>
       <c r="X11" s="21">
         <v>78701.585605414803</v>
       </c>
       <c r="Y11" s="20">
         <v>97.010434711847225</v>
       </c>
       <c r="Z11" s="21">
         <v>60705.382996701097</v>
       </c>
       <c r="AA11" s="20">
         <v>105.36485384579794</v>
       </c>
       <c r="AB11" s="21">
         <v>81647.173552130509</v>
       </c>
       <c r="AC11" s="22">
         <v>103.23801351630335</v>
       </c>
     </row>
-    <row r="12" spans="1:29">
+    <row r="12" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A12" s="12" t="s">
         <v>0</v>
       </c>
       <c r="B12" s="2">
         <v>81172.6010706042</v>
       </c>
       <c r="C12" s="13">
         <v>100</v>
       </c>
       <c r="D12" s="1">
         <v>82016.158629240424</v>
       </c>
       <c r="E12" s="13">
         <v>100</v>
       </c>
       <c r="F12" s="1">
         <v>87290.782953030386</v>
       </c>
       <c r="G12" s="13">
         <v>100</v>
       </c>
       <c r="H12" s="1">
         <v>67497.681165706541</v>
       </c>
       <c r="I12" s="13">
@@ -2180,51 +2184,51 @@
       <c r="V12" s="1">
         <v>78620.162655672932</v>
       </c>
       <c r="W12" s="13">
         <v>100</v>
       </c>
       <c r="X12" s="1">
         <v>81126.928086843749</v>
       </c>
       <c r="Y12" s="13">
         <v>100</v>
       </c>
       <c r="Z12" s="1">
         <v>57614.451860336434</v>
       </c>
       <c r="AA12" s="13">
         <v>100</v>
       </c>
       <c r="AB12" s="1">
         <v>79086.346948391045</v>
       </c>
       <c r="AC12" s="14">
         <v>100</v>
       </c>
     </row>
-    <row r="13" spans="1:29">
+    <row r="13" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A13" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B13" s="9">
         <v>76106.464359718666</v>
       </c>
       <c r="C13" s="16">
         <v>93.758809445469183</v>
       </c>
       <c r="D13" s="8">
         <v>83924.926523428614</v>
       </c>
       <c r="E13" s="16">
         <v>102.32730711373219</v>
       </c>
       <c r="F13" s="8">
         <v>89321.026678933456</v>
       </c>
       <c r="G13" s="16">
         <v>102.32583974758882</v>
       </c>
       <c r="H13" s="8">
         <v>72738.39104587544</v>
       </c>
       <c r="I13" s="16">
@@ -2269,51 +2273,51 @@
       <c r="V13" s="8">
         <v>74216.382373289831</v>
       </c>
       <c r="W13" s="16">
         <v>94.398662971901985</v>
       </c>
       <c r="X13" s="8">
         <v>88084.33420449702</v>
       </c>
       <c r="Y13" s="16">
         <v>108.57595163742128</v>
       </c>
       <c r="Z13" s="8">
         <v>61096.740428275218</v>
       </c>
       <c r="AA13" s="16">
         <v>106.04412340219815</v>
       </c>
       <c r="AB13" s="8">
         <v>82930.76971659741</v>
       </c>
       <c r="AC13" s="17">
         <v>104.86104481563056</v>
       </c>
     </row>
-    <row r="14" spans="1:29">
+    <row r="14" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A14" s="15" t="s">
         <v>27</v>
       </c>
       <c r="B14" s="9">
         <v>80715.853414256548</v>
       </c>
       <c r="C14" s="16">
         <v>99.437313021483234</v>
       </c>
       <c r="D14" s="8">
         <v>88171.046799660951</v>
       </c>
       <c r="E14" s="16">
         <v>107.50448237675225</v>
       </c>
       <c r="F14" s="8">
         <v>91980.431918729533</v>
       </c>
       <c r="G14" s="16">
         <v>105.37244461219069</v>
       </c>
       <c r="H14" s="8">
         <v>72636.652959969651</v>
       </c>
       <c r="I14" s="16">
@@ -2358,51 +2362,51 @@
       <c r="V14" s="8">
         <v>71773.509273595191</v>
       </c>
       <c r="W14" s="16">
         <v>91.291478991129111</v>
       </c>
       <c r="X14" s="8">
         <v>82109.799535219223</v>
       </c>
       <c r="Y14" s="16">
         <v>101.21152306830025</v>
       </c>
       <c r="Z14" s="8">
         <v>62694.532996035843</v>
       </c>
       <c r="AA14" s="16">
         <v>108.81737302302913</v>
       </c>
       <c r="AB14" s="8">
         <v>83009.104208741992</v>
       </c>
       <c r="AC14" s="17">
         <v>104.96009413977711</v>
       </c>
     </row>
-    <row r="15" spans="1:29">
+    <row r="15" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A15" s="18" t="s">
         <v>28</v>
       </c>
       <c r="B15" s="19">
         <v>75721.632092437299</v>
       </c>
       <c r="C15" s="20">
         <v>93.28471811144054</v>
       </c>
       <c r="D15" s="21">
         <v>84021.588727964554</v>
       </c>
       <c r="E15" s="20">
         <v>102.44516462638759</v>
       </c>
       <c r="F15" s="21">
         <v>90863.101895912041</v>
       </c>
       <c r="G15" s="20">
         <v>104.09243544625309</v>
       </c>
       <c r="H15" s="21">
         <v>72672.563407676615</v>
       </c>
       <c r="I15" s="20">
@@ -2447,51 +2451,51 @@
       <c r="V15" s="21">
         <v>75278.441882447602</v>
       </c>
       <c r="W15" s="20">
         <v>95.749537192054888</v>
       </c>
       <c r="X15" s="21">
         <v>84673.062987361918</v>
       </c>
       <c r="Y15" s="20">
         <v>104.3710947574918</v>
       </c>
       <c r="Z15" s="21">
         <v>56214.880999133318</v>
       </c>
       <c r="AA15" s="20">
         <v>97.570798964475401</v>
       </c>
       <c r="AB15" s="21">
         <v>82884.01701017264</v>
       </c>
       <c r="AC15" s="22">
         <v>104.80192878836574</v>
       </c>
     </row>
-    <row r="16" spans="1:29">
+    <row r="16" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A16" s="12" t="s">
         <v>29</v>
       </c>
       <c r="B16" s="2">
         <v>85191.27004073</v>
       </c>
       <c r="C16" s="13">
         <v>104.9507702317317</v>
       </c>
       <c r="D16" s="1">
         <v>82601.348093884779</v>
       </c>
       <c r="E16" s="13">
         <v>100.71350508780806</v>
       </c>
       <c r="F16" s="1">
         <v>87132.508877246131</v>
       </c>
       <c r="G16" s="13">
         <v>99.818681800724121</v>
       </c>
       <c r="H16" s="1">
         <v>73993.136742800722</v>
       </c>
       <c r="I16" s="13">
@@ -2536,51 +2540,51 @@
       <c r="V16" s="1">
         <v>80258.895539341058</v>
       </c>
       <c r="W16" s="13">
         <v>102.08436720087334</v>
       </c>
       <c r="X16" s="1">
         <v>82050.299828020521</v>
       </c>
       <c r="Y16" s="13">
         <v>101.13818156677685</v>
       </c>
       <c r="Z16" s="1">
         <v>63265.519110335146</v>
       </c>
       <c r="AA16" s="13">
         <v>109.80841970639155</v>
       </c>
       <c r="AB16" s="1">
         <v>83874.328435150077</v>
       </c>
       <c r="AC16" s="14">
         <v>106.05411891117376</v>
       </c>
     </row>
-    <row r="17" spans="1:29">
+    <row r="17" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="B17" s="9">
         <v>81939.976686821959</v>
       </c>
       <c r="C17" s="16">
         <v>100.94536285162317</v>
       </c>
       <c r="D17" s="8">
         <v>82154.897021054538</v>
       </c>
       <c r="E17" s="16">
         <v>100.16915982671328</v>
       </c>
       <c r="F17" s="8">
         <v>89825.057369675822</v>
       </c>
       <c r="G17" s="16">
         <v>102.90325545368184</v>
       </c>
       <c r="H17" s="8">
         <v>75169.547799633307</v>
       </c>
       <c r="I17" s="16">
@@ -2625,51 +2629,51 @@
       <c r="V17" s="8">
         <v>76453.118902832066</v>
       </c>
       <c r="W17" s="16">
         <v>97.243653943668733</v>
       </c>
       <c r="X17" s="8">
         <v>82828.857499683465</v>
       </c>
       <c r="Y17" s="16">
         <v>102.09786004841432</v>
       </c>
       <c r="Z17" s="8">
         <v>66362.162588986233</v>
       </c>
       <c r="AA17" s="16">
         <v>115.18318832548331</v>
       </c>
       <c r="AB17" s="8">
         <v>86474.88914562593</v>
       </c>
       <c r="AC17" s="17">
         <v>109.34237385127471</v>
       </c>
     </row>
-    <row r="18" spans="1:29">
+    <row r="18" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A18" s="15" t="s">
         <v>31</v>
       </c>
       <c r="B18" s="9">
         <v>81648.333749911253</v>
       </c>
       <c r="C18" s="16">
         <v>100.58607544052118</v>
       </c>
       <c r="D18" s="8">
         <v>85155.29727795384</v>
       </c>
       <c r="E18" s="16">
         <v>103.82746363787179</v>
       </c>
       <c r="F18" s="8">
         <v>91521.674430448329</v>
       </c>
       <c r="G18" s="16">
         <v>104.84689372037654</v>
       </c>
       <c r="H18" s="8">
         <v>73770.511864481916</v>
       </c>
       <c r="I18" s="16">
@@ -2714,51 +2718,51 @@
       <c r="V18" s="8">
         <v>76871.369493572129</v>
       </c>
       <c r="W18" s="16">
         <v>97.775642910127431</v>
       </c>
       <c r="X18" s="8">
         <v>88815.082347034317</v>
       </c>
       <c r="Y18" s="16">
         <v>109.4766983558907</v>
       </c>
       <c r="Z18" s="8">
         <v>70266.576255785214</v>
       </c>
       <c r="AA18" s="16">
         <v>121.95998397436614</v>
       </c>
       <c r="AB18" s="8">
         <v>86708.733420887409</v>
       </c>
       <c r="AC18" s="17">
         <v>109.63805608251253</v>
       </c>
     </row>
-    <row r="19" spans="1:29">
+    <row r="19" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A19" s="18" t="s">
         <v>32</v>
       </c>
       <c r="B19" s="19">
         <v>87408.379152561101</v>
       </c>
       <c r="C19" s="20">
         <v>107.68212179936553</v>
       </c>
       <c r="D19" s="21">
         <v>80107.04658039294</v>
       </c>
       <c r="E19" s="20">
         <v>97.672273268152253</v>
       </c>
       <c r="F19" s="21">
         <v>91365.621522846151</v>
       </c>
       <c r="G19" s="20">
         <v>104.66812008320325</v>
       </c>
       <c r="H19" s="21">
         <v>72992.424790193778</v>
       </c>
       <c r="I19" s="20">
@@ -2803,51 +2807,51 @@
       <c r="V19" s="21">
         <v>81974.124579305135</v>
       </c>
       <c r="W19" s="20">
         <v>104.26603279660118</v>
       </c>
       <c r="X19" s="21">
         <v>87171.005886775922</v>
       </c>
       <c r="Y19" s="20">
         <v>107.45014995940952</v>
       </c>
       <c r="Z19" s="21">
         <v>66198.694760883402</v>
       </c>
       <c r="AA19" s="20">
         <v>114.89946120004073</v>
       </c>
       <c r="AB19" s="21">
         <v>86557.81682616804</v>
       </c>
       <c r="AC19" s="22">
         <v>109.44723099001223</v>
       </c>
     </row>
-    <row r="20" spans="1:29">
+    <row r="20" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A20" s="12" t="s">
         <v>33</v>
       </c>
       <c r="B20" s="2">
         <v>82272.428991739929</v>
       </c>
       <c r="C20" s="13">
         <v>101.35492506908716</v>
       </c>
       <c r="D20" s="1">
         <v>79020.868497365955</v>
       </c>
       <c r="E20" s="13">
         <v>96.347926820841636</v>
       </c>
       <c r="F20" s="1">
         <v>86475.998210592224</v>
       </c>
       <c r="G20" s="13">
         <v>99.066585594865629</v>
       </c>
       <c r="H20" s="1">
         <v>71486.524689332684</v>
       </c>
       <c r="I20" s="13">
@@ -2892,51 +2896,51 @@
       <c r="V20" s="1">
         <v>79132.622784740073</v>
       </c>
       <c r="W20" s="13">
         <v>100.65181769123465</v>
       </c>
       <c r="X20" s="1">
         <v>85213.571009355015</v>
       </c>
       <c r="Y20" s="13">
         <v>105.03734458937808</v>
       </c>
       <c r="Z20" s="1">
         <v>63988.829298143079</v>
       </c>
       <c r="AA20" s="13">
         <v>111.06385157192646</v>
       </c>
       <c r="AB20" s="1">
         <v>84077.900718744015</v>
       </c>
       <c r="AC20" s="14">
         <v>106.31152400250612</v>
       </c>
     </row>
-    <row r="21" spans="1:29">
+    <row r="21" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A21" s="15" t="s">
         <v>34</v>
       </c>
       <c r="B21" s="9">
         <v>82838.879561859969</v>
       </c>
       <c r="C21" s="16">
         <v>102.05275976041032</v>
       </c>
       <c r="D21" s="8">
         <v>83572.040373066935</v>
       </c>
       <c r="E21" s="16">
         <v>101.89704293620964</v>
       </c>
       <c r="F21" s="8">
         <v>88821.267473768705</v>
       </c>
       <c r="G21" s="16">
         <v>101.75331743966811</v>
       </c>
       <c r="H21" s="8">
         <v>72356.175358464359</v>
       </c>
       <c r="I21" s="16">
@@ -2981,51 +2985,51 @@
       <c r="V21" s="8">
         <v>81716.697688406159</v>
       </c>
       <c r="W21" s="16">
         <v>103.93860166163087</v>
       </c>
       <c r="X21" s="8">
         <v>83216.647839980156</v>
       </c>
       <c r="Y21" s="16">
         <v>102.57586451553968</v>
       </c>
       <c r="Z21" s="8">
         <v>70892.806319922965</v>
       </c>
       <c r="AA21" s="16">
         <v>123.04691623513955</v>
       </c>
       <c r="AB21" s="8">
         <v>86104.650849873229</v>
       </c>
       <c r="AC21" s="17">
         <v>108.87422946221309</v>
       </c>
     </row>
-    <row r="22" spans="1:29">
+    <row r="22" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A22" s="15" t="s">
         <v>35</v>
       </c>
       <c r="B22" s="9">
         <v>81134.790749529595</v>
       </c>
       <c r="C22" s="16">
         <v>99.95341984786009</v>
       </c>
       <c r="D22" s="8">
         <v>79812.402947885275</v>
       </c>
       <c r="E22" s="16">
         <v>97.313022557765265</v>
       </c>
       <c r="F22" s="8">
         <v>85590.282245983675</v>
       </c>
       <c r="G22" s="16">
         <v>98.051912642412972</v>
       </c>
       <c r="H22" s="8">
         <v>74396.243599097405</v>
       </c>
       <c r="I22" s="16">
@@ -3070,51 +3074,51 @@
       <c r="V22" s="8">
         <v>77026.513459099428</v>
       </c>
       <c r="W22" s="16">
         <v>97.972976469721772</v>
       </c>
       <c r="X22" s="8">
         <v>81624.144811512844</v>
       </c>
       <c r="Y22" s="16">
         <v>100.61288740544549</v>
       </c>
       <c r="Z22" s="8">
         <v>70708.570090849462</v>
       </c>
       <c r="AA22" s="16">
         <v>122.72714190226883</v>
       </c>
       <c r="AB22" s="8">
         <v>84860.175299119815</v>
       </c>
       <c r="AC22" s="17">
         <v>107.30066386110433</v>
       </c>
     </row>
-    <row r="23" spans="1:29">
+    <row r="23" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A23" s="18" t="s">
         <v>36</v>
       </c>
       <c r="B23" s="9">
         <v>77366.067436961137</v>
       </c>
       <c r="C23" s="16">
         <v>95.310568364894294</v>
       </c>
       <c r="D23" s="8">
         <v>82457.752330688163</v>
       </c>
       <c r="E23" s="16">
         <v>100.53842280451586</v>
       </c>
       <c r="F23" s="8">
         <v>84344.654198019663</v>
       </c>
       <c r="G23" s="16">
         <v>96.624925730594043</v>
       </c>
       <c r="H23" s="8">
         <v>75678.135650026903</v>
       </c>
       <c r="I23" s="16">
@@ -3159,51 +3163,51 @@
       <c r="V23" s="8">
         <v>79386.319992433215</v>
       </c>
       <c r="W23" s="16">
         <v>100.97450489910047</v>
       </c>
       <c r="X23" s="8">
         <v>82315.861518576217</v>
       </c>
       <c r="Y23" s="16">
         <v>101.46552255800904</v>
       </c>
       <c r="Z23" s="8">
         <v>72568.039880655473</v>
       </c>
       <c r="AA23" s="16">
         <v>125.95457830019477</v>
       </c>
       <c r="AB23" s="8">
         <v>84376.964003874891</v>
       </c>
       <c r="AC23" s="17">
         <v>106.68967180762098</v>
       </c>
     </row>
-    <row r="24" spans="1:29">
+    <row r="24" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A24" s="12" t="s">
         <v>37</v>
       </c>
       <c r="B24" s="2">
         <v>77472.191747466379</v>
       </c>
       <c r="C24" s="13">
         <v>95.441307443235445</v>
       </c>
       <c r="D24" s="1">
         <v>81315.886134812608</v>
       </c>
       <c r="E24" s="13">
         <v>99.146177404389974</v>
       </c>
       <c r="F24" s="1">
         <v>88817.942312039115</v>
       </c>
       <c r="G24" s="13">
         <v>101.74950814661665</v>
       </c>
       <c r="H24" s="1">
         <v>71095.97861184059</v>
       </c>
       <c r="I24" s="13">
@@ -3248,51 +3252,51 @@
       <c r="V24" s="1">
         <v>68615.160164246423</v>
       </c>
       <c r="W24" s="13">
         <v>87.274253634853565</v>
       </c>
       <c r="X24" s="1">
         <v>82934.424346107859</v>
       </c>
       <c r="Y24" s="13">
         <v>102.22798557999046</v>
       </c>
       <c r="Z24" s="1">
         <v>68094.710394538735</v>
       </c>
       <c r="AA24" s="13">
         <v>118.1903293284948</v>
       </c>
       <c r="AB24" s="1">
         <v>84630.528534704776</v>
       </c>
       <c r="AC24" s="14">
         <v>107.01028913363729</v>
       </c>
     </row>
-    <row r="25" spans="1:29">
+    <row r="25" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A25" s="15" t="s">
         <v>38</v>
       </c>
       <c r="B25" s="9">
         <v>80841.254118987563</v>
       </c>
       <c r="C25" s="16">
         <v>99.591799514557351</v>
       </c>
       <c r="D25" s="8">
         <v>82012.238049931751</v>
       </c>
       <c r="E25" s="16">
         <v>99.995219747700702</v>
       </c>
       <c r="F25" s="8">
         <v>86341.534098817428</v>
       </c>
       <c r="G25" s="16">
         <v>98.912544002814442</v>
       </c>
       <c r="H25" s="8">
         <v>72808.33386285638</v>
       </c>
       <c r="I25" s="16">
@@ -3337,51 +3341,51 @@
       <c r="V25" s="8">
         <v>77691.394005350041</v>
       </c>
       <c r="W25" s="16">
         <v>98.818663534962965</v>
       </c>
       <c r="X25" s="8">
         <v>85798.811334162951</v>
       </c>
       <c r="Y25" s="16">
         <v>105.75873308344438</v>
       </c>
       <c r="Z25" s="8">
         <v>73984.741513005152</v>
       </c>
       <c r="AA25" s="16">
         <v>128.41351279771271</v>
       </c>
       <c r="AB25" s="8">
         <v>85636.902669356132</v>
       </c>
       <c r="AC25" s="17">
         <v>108.28278960114284</v>
       </c>
     </row>
-    <row r="26" spans="1:29">
+    <row r="26" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A26" s="15" t="s">
         <v>39</v>
       </c>
       <c r="B26" s="9">
         <v>81112.330340218832</v>
       </c>
       <c r="C26" s="16">
         <v>99.925749908724811</v>
       </c>
       <c r="D26" s="8">
         <v>84661.018193943382</v>
       </c>
       <c r="E26" s="16">
         <v>103.2248030252907</v>
       </c>
       <c r="F26" s="8">
         <v>88183.992327437256</v>
       </c>
       <c r="G26" s="16">
         <v>101.02325737516583</v>
       </c>
       <c r="H26" s="8">
         <v>73836.081535107602</v>
       </c>
       <c r="I26" s="16">
@@ -3426,51 +3430,51 @@
       <c r="V26" s="8">
         <v>79727.184796690359</v>
       </c>
       <c r="W26" s="16">
         <v>101.40806391595217</v>
       </c>
       <c r="X26" s="8">
         <v>85294.497377486041</v>
       </c>
       <c r="Y26" s="16">
         <v>105.13709737188748</v>
       </c>
       <c r="Z26" s="8">
         <v>71795.108026061876</v>
       </c>
       <c r="AA26" s="16">
         <v>124.61301931692566</v>
       </c>
       <c r="AB26" s="8">
         <v>87031.420846270004</v>
       </c>
       <c r="AC26" s="17">
         <v>110.04607521329015</v>
       </c>
     </row>
-    <row r="27" spans="1:29">
+    <row r="27" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A27" s="18" t="s">
         <v>40</v>
       </c>
       <c r="B27" s="9">
         <v>83046.20555920816</v>
       </c>
       <c r="C27" s="16">
         <v>102.30817352640244</v>
       </c>
       <c r="D27" s="8">
         <v>85548.092729986398</v>
       </c>
       <c r="E27" s="16">
         <v>104.30638810665629</v>
       </c>
       <c r="F27" s="8">
         <v>87698.078207438346</v>
       </c>
       <c r="G27" s="16">
         <v>100.46659594590544</v>
       </c>
       <c r="H27" s="8">
         <v>74534.478250165776</v>
       </c>
       <c r="I27" s="16">
@@ -3515,51 +3519,51 @@
       <c r="V27" s="8">
         <v>79304.118005128345</v>
       </c>
       <c r="W27" s="16">
         <v>100.86994903896458</v>
       </c>
       <c r="X27" s="8">
         <v>84626.297949011816</v>
       </c>
       <c r="Y27" s="16">
         <v>104.3134504716142</v>
       </c>
       <c r="Z27" s="8">
         <v>75709.041278469289</v>
       </c>
       <c r="AA27" s="16">
         <v>131.40633787855182</v>
       </c>
       <c r="AB27" s="8">
         <v>88621.370492748305</v>
       </c>
       <c r="AC27" s="17">
         <v>112.05647233975731</v>
       </c>
     </row>
-    <row r="28" spans="1:29">
+    <row r="28" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A28" s="15" t="s">
         <v>41</v>
       </c>
       <c r="B28" s="2">
         <v>84560.489177479132</v>
       </c>
       <c r="C28" s="13">
         <v>104.17368430011025</v>
       </c>
       <c r="D28" s="1">
         <v>82704.358648406895</v>
       </c>
       <c r="E28" s="13">
         <v>100.83910296540164</v>
       </c>
       <c r="F28" s="1">
         <v>87942.980266421218</v>
       </c>
       <c r="G28" s="13">
         <v>100.74715484421965</v>
       </c>
       <c r="H28" s="1">
         <v>77933.163229093174</v>
       </c>
       <c r="I28" s="13">
@@ -3604,51 +3608,51 @@
       <c r="V28" s="1">
         <v>76469.335473044805</v>
       </c>
       <c r="W28" s="13">
         <v>97.264280421235</v>
       </c>
       <c r="X28" s="1">
         <v>84645.34206915462</v>
       </c>
       <c r="Y28" s="13">
         <v>104.33692494623305</v>
       </c>
       <c r="Z28" s="1">
         <v>75366.59885839629</v>
       </c>
       <c r="AA28" s="13">
         <v>130.81196891553</v>
       </c>
       <c r="AB28" s="1">
         <v>89383.63385714074</v>
       </c>
       <c r="AC28" s="14">
         <v>113.02030920137118</v>
       </c>
     </row>
-    <row r="29" spans="1:29">
+    <row r="29" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A29" s="15" t="s">
         <v>42</v>
       </c>
       <c r="B29" s="9">
         <v>82747.040217778049</v>
       </c>
       <c r="C29" s="16">
         <v>101.93961894334814</v>
       </c>
       <c r="D29" s="8">
         <v>86386.131280852496</v>
       </c>
       <c r="E29" s="16">
         <v>105.32818498774958</v>
       </c>
       <c r="F29" s="8">
         <v>93211.578762235207</v>
       </c>
       <c r="G29" s="16">
         <v>106.78284190942668</v>
       </c>
       <c r="H29" s="8">
         <v>76942.031814707792</v>
       </c>
       <c r="I29" s="16">
@@ -3693,51 +3697,51 @@
       <c r="V29" s="8">
         <v>80134.287472266893</v>
       </c>
       <c r="W29" s="16">
         <v>101.92587342158686</v>
       </c>
       <c r="X29" s="8">
         <v>87599.054572624649</v>
       </c>
       <c r="Y29" s="16">
         <v>107.97777832639331</v>
       </c>
       <c r="Z29" s="8">
         <v>78558.869964895217</v>
       </c>
       <c r="AA29" s="16">
         <v>136.3527160777825</v>
       </c>
       <c r="AB29" s="8">
         <v>93412.168412322921</v>
       </c>
       <c r="AC29" s="17">
         <v>118.11415246335805</v>
       </c>
     </row>
-    <row r="30" spans="1:29">
+    <row r="30" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A30" s="15" t="s">
         <v>43</v>
       </c>
       <c r="B30" s="9">
         <v>85206.893094846979</v>
       </c>
       <c r="C30" s="16">
         <v>104.97001694048677</v>
       </c>
       <c r="D30" s="8">
         <v>91288.210981157405</v>
       </c>
       <c r="E30" s="16">
         <v>111.30515316357588</v>
       </c>
       <c r="F30" s="8">
         <v>92205.134545607812</v>
       </c>
       <c r="G30" s="16">
         <v>105.62986311535521</v>
       </c>
       <c r="H30" s="8">
         <v>81363.494636201722</v>
       </c>
       <c r="I30" s="16">
@@ -3782,51 +3786,51 @@
       <c r="V30" s="8">
         <v>81416.053262572692</v>
       </c>
       <c r="W30" s="16">
         <v>103.55620048656566</v>
       </c>
       <c r="X30" s="8">
         <v>89801.892902321677</v>
       </c>
       <c r="Y30" s="16">
         <v>110.69307691053167</v>
       </c>
       <c r="Z30" s="8">
         <v>82343.574150914239</v>
       </c>
       <c r="AA30" s="16">
         <v>142.92173489825751</v>
       </c>
       <c r="AB30" s="8">
         <v>96395.835382308651</v>
       </c>
       <c r="AC30" s="17">
         <v>121.88682257028911</v>
       </c>
     </row>
-    <row r="31" spans="1:29">
+    <row r="31" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A31" s="18" t="s">
         <v>44</v>
       </c>
       <c r="B31" s="19">
         <v>83553.064120582712</v>
       </c>
       <c r="C31" s="20">
         <v>102.9325942726758</v>
       </c>
       <c r="D31" s="21">
         <v>86108.222416094795</v>
       </c>
       <c r="E31" s="20">
         <v>104.98933850993049</v>
       </c>
       <c r="F31" s="21">
         <v>93083.592938436777</v>
       </c>
       <c r="G31" s="20">
         <v>106.63622182026182</v>
       </c>
       <c r="H31" s="21">
         <v>81391.650694715834</v>
       </c>
       <c r="I31" s="20">
@@ -3871,51 +3875,51 @@
       <c r="V31" s="21">
         <v>80983.541044473895</v>
       </c>
       <c r="W31" s="20">
         <v>103.00607160932964</v>
       </c>
       <c r="X31" s="21">
         <v>87329.514008863873</v>
       </c>
       <c r="Y31" s="20">
         <v>107.64553283144218</v>
       </c>
       <c r="Z31" s="21">
         <v>78160.380627554114</v>
       </c>
       <c r="AA31" s="20">
         <v>135.66106784635076</v>
       </c>
       <c r="AB31" s="21">
         <v>97700.684082685577</v>
       </c>
       <c r="AC31" s="22">
         <v>123.53672644210205</v>
       </c>
     </row>
-    <row r="32" spans="1:29">
+    <row r="32" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A32" s="15" t="s">
         <v>45</v>
       </c>
       <c r="B32" s="9">
         <v>78648.08137998938</v>
       </c>
       <c r="C32" s="16">
         <v>96.889936188666681</v>
       </c>
       <c r="D32" s="8">
         <v>90110.30683754546</v>
       </c>
       <c r="E32" s="16">
         <v>109.86896770537034</v>
       </c>
       <c r="F32" s="8">
         <v>94107.053544190247</v>
       </c>
       <c r="G32" s="16">
         <v>107.80869452715022</v>
       </c>
       <c r="H32" s="8">
         <v>82115.480502278093</v>
       </c>
       <c r="I32" s="16">
@@ -3960,51 +3964,51 @@
       <c r="V32" s="8">
         <v>77347.290719888668</v>
       </c>
       <c r="W32" s="16">
         <v>98.380985369670412</v>
       </c>
       <c r="X32" s="8">
         <v>90289.463173992714</v>
       </c>
       <c r="Y32" s="16">
         <v>111.29407374742549</v>
       </c>
       <c r="Z32" s="8">
         <v>77511.972415118609</v>
       </c>
       <c r="AA32" s="16">
         <v>134.53564151406991</v>
       </c>
       <c r="AB32" s="8">
         <v>97711.636560658793</v>
       </c>
       <c r="AC32" s="17">
         <v>123.55057520158562</v>
       </c>
     </row>
-    <row r="33" spans="1:29">
+    <row r="33" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A33" s="15" t="s">
         <v>46</v>
       </c>
       <c r="B33" s="9">
         <v>85263.83009416789</v>
       </c>
       <c r="C33" s="16">
         <v>105.04016006583936</v>
       </c>
       <c r="D33" s="8">
         <v>91707.208113272936</v>
       </c>
       <c r="E33" s="16">
         <v>111.81602460539703</v>
       </c>
       <c r="F33" s="8">
         <v>94400.840071957296</v>
       </c>
       <c r="G33" s="16">
         <v>108.14525529316504</v>
       </c>
       <c r="H33" s="8">
         <v>83223.876640164061</v>
       </c>
       <c r="I33" s="16">
@@ -4049,51 +4053,51 @@
       <c r="V33" s="8">
         <v>83335.645606312013</v>
       </c>
       <c r="W33" s="16">
         <v>105.99780360578895</v>
       </c>
       <c r="X33" s="8">
         <v>91909.503192307951</v>
       </c>
       <c r="Y33" s="16">
         <v>113.29099395199805</v>
       </c>
       <c r="Z33" s="8">
         <v>89981.453703790889</v>
       </c>
       <c r="AA33" s="16">
         <v>156.17861629911104</v>
       </c>
       <c r="AB33" s="8">
         <v>101857.42255639442</v>
       </c>
       <c r="AC33" s="17">
         <v>128.7926759632266</v>
       </c>
     </row>
-    <row r="34" spans="1:29">
+    <row r="34" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A34" s="15" t="s">
         <v>47</v>
       </c>
       <c r="B34" s="9">
         <v>85472.806700975067</v>
       </c>
       <c r="C34" s="16">
         <v>105.2976072882407</v>
       </c>
       <c r="D34" s="8">
         <v>89417.260473296221</v>
       </c>
       <c r="E34" s="16">
         <v>109.02395572744754</v>
       </c>
       <c r="F34" s="8">
         <v>96712.043393622094</v>
       </c>
       <c r="G34" s="16">
         <v>110.79296132062548</v>
       </c>
       <c r="H34" s="8">
         <v>85604.686376678714</v>
       </c>
       <c r="I34" s="16">
@@ -4138,51 +4142,51 @@
       <c r="V34" s="8">
         <v>83006.703296226726</v>
       </c>
       <c r="W34" s="16">
         <v>105.5794092665074</v>
       </c>
       <c r="X34" s="8">
         <v>93347.882179791821</v>
       </c>
       <c r="Y34" s="16">
         <v>115.06399216776202</v>
       </c>
       <c r="Z34" s="8">
         <v>82186.418432057239</v>
       </c>
       <c r="AA34" s="16">
         <v>142.64896354700355</v>
       </c>
       <c r="AB34" s="8">
         <v>103688.16996403028</v>
       </c>
       <c r="AC34" s="17">
         <v>131.10754759186628</v>
       </c>
     </row>
-    <row r="35" spans="1:29">
+    <row r="35" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A35" s="15" t="s">
         <v>48</v>
       </c>
       <c r="B35" s="9">
         <v>86035.826910380041</v>
       </c>
       <c r="C35" s="16">
         <v>105.99121597144065</v>
       </c>
       <c r="D35" s="8">
         <v>86970.958207315532</v>
       </c>
       <c r="E35" s="16">
         <v>106.04124804292969</v>
       </c>
       <c r="F35" s="8">
         <v>95915.340739511463</v>
       </c>
       <c r="G35" s="16">
         <v>109.88026168939487</v>
       </c>
       <c r="H35" s="8">
         <v>84844.490431380211</v>
       </c>
       <c r="I35" s="16">
@@ -4227,51 +4231,51 @@
       <c r="V35" s="8">
         <v>83572.491266362878</v>
       </c>
       <c r="W35" s="16">
         <v>106.29905668394417</v>
       </c>
       <c r="X35" s="8">
         <v>89399.662511503397</v>
       </c>
       <c r="Y35" s="16">
         <v>110.19727311233079</v>
       </c>
       <c r="Z35" s="8">
         <v>82602.757842337465</v>
       </c>
       <c r="AA35" s="16">
         <v>143.37159371502023</v>
       </c>
       <c r="AB35" s="8">
         <v>104111.47821504842</v>
       </c>
       <c r="AC35" s="17">
         <v>131.64279579506675</v>
       </c>
     </row>
-    <row r="36" spans="1:29">
+    <row r="36" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A36" s="12" t="s">
         <v>49</v>
       </c>
       <c r="B36" s="2">
         <v>88163.427123849498</v>
       </c>
       <c r="C36" s="14">
         <v>108.61229769779663</v>
       </c>
       <c r="D36" s="2">
         <v>89494.164420820453</v>
       </c>
       <c r="E36" s="13">
         <v>109.1177225519484</v>
       </c>
       <c r="F36" s="1">
         <v>98649.783412654739</v>
       </c>
       <c r="G36" s="14">
         <v>113.01282916174142</v>
       </c>
       <c r="H36" s="2">
         <v>87012.865871127258</v>
       </c>
       <c r="I36" s="13">
@@ -4316,51 +4320,51 @@
       <c r="V36" s="1">
         <v>83006.010759860568</v>
       </c>
       <c r="W36" s="14">
         <v>105.57852840294419</v>
       </c>
       <c r="X36" s="2">
         <v>93458.465467998889</v>
       </c>
       <c r="Y36" s="13">
         <v>115.20030114779476</v>
       </c>
       <c r="Z36" s="1">
         <v>85491.190991122305</v>
       </c>
       <c r="AA36" s="14">
         <v>148.38497673875654</v>
       </c>
       <c r="AB36" s="2">
         <v>104328.55726529377</v>
       </c>
       <c r="AC36" s="14">
         <v>131.9172793925795</v>
       </c>
     </row>
-    <row r="37" spans="1:29">
+    <row r="37" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A37" s="15" t="s">
         <v>50</v>
       </c>
       <c r="B37" s="9">
         <v>84005.0207566022</v>
       </c>
       <c r="C37" s="16">
         <v>103.48937898828</v>
       </c>
       <c r="D37" s="8">
         <v>91547.197663261322</v>
       </c>
       <c r="E37" s="16">
         <v>111.6209283552362</v>
       </c>
       <c r="F37" s="8">
         <v>99088.019317206767</v>
       </c>
       <c r="G37" s="16">
         <v>113.51487060268926</v>
       </c>
       <c r="H37" s="8">
         <v>90546.80961100648</v>
       </c>
       <c r="I37" s="16">
@@ -4405,51 +4409,51 @@
       <c r="V37" s="8">
         <v>81925.141252413785</v>
       </c>
       <c r="W37" s="16">
         <v>104.20372902459567</v>
       </c>
       <c r="X37" s="8">
         <v>94100.175719525534</v>
       </c>
       <c r="Y37" s="16">
         <v>115.99129652585188</v>
       </c>
       <c r="Z37" s="8">
         <v>87083.208312640287</v>
       </c>
       <c r="AA37" s="16">
         <v>151.14820240542991</v>
       </c>
       <c r="AB37" s="8">
         <v>107253.40077494307</v>
       </c>
       <c r="AC37" s="17">
         <v>135.61557071909371</v>
       </c>
     </row>
-    <row r="38" spans="1:29">
+    <row r="38" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A38" s="15" t="s">
         <v>51</v>
       </c>
       <c r="B38" s="9">
         <v>89662.841841010304</v>
       </c>
       <c r="C38" s="16">
         <v>110.45949083610276</v>
       </c>
       <c r="D38" s="8">
         <v>94049.186787790575</v>
       </c>
       <c r="E38" s="16">
         <v>114.67153346323651</v>
       </c>
       <c r="F38" s="8">
         <v>101472.15120201725</v>
       </c>
       <c r="G38" s="16">
         <v>116.24612332394544</v>
       </c>
       <c r="H38" s="8">
         <v>92152.579239063285</v>
       </c>
       <c r="I38" s="16">
@@ -4494,51 +4498,51 @@
       <c r="V38" s="8">
         <v>86484.083953767913</v>
       </c>
       <c r="W38" s="16">
         <v>110.00242308393082</v>
       </c>
       <c r="X38" s="8">
         <v>95395.646814097505</v>
       </c>
       <c r="Y38" s="16">
         <v>117.58814127903321</v>
       </c>
       <c r="Z38" s="8">
         <v>90905.620366266972</v>
       </c>
       <c r="AA38" s="16">
         <v>157.78266985275133</v>
       </c>
       <c r="AB38" s="8">
         <v>110736.57030447984</v>
       </c>
       <c r="AC38" s="17">
         <v>140.01983221799662</v>
       </c>
     </row>
-    <row r="39" spans="1:29">
+    <row r="39" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A39" s="18" t="s">
         <v>52</v>
       </c>
       <c r="B39" s="19">
         <v>88518.489714063369</v>
       </c>
       <c r="C39" s="20">
         <v>109.04971449303405</v>
       </c>
       <c r="D39" s="21">
         <v>93512.010744535044</v>
       </c>
       <c r="E39" s="20">
         <v>114.01656979237762</v>
       </c>
       <c r="F39" s="21">
         <v>103922.43291504041</v>
       </c>
       <c r="G39" s="20">
         <v>119.0531570451822</v>
       </c>
       <c r="H39" s="21">
         <v>93333.465884234101</v>
       </c>
       <c r="I39" s="20">
@@ -4583,51 +4587,51 @@
       <c r="V39" s="21">
         <v>88847.310760437031</v>
       </c>
       <c r="W39" s="20">
         <v>113.00830189013371</v>
       </c>
       <c r="X39" s="21">
         <v>93260.664312463894</v>
       </c>
       <c r="Y39" s="20">
         <v>114.95648425468714</v>
       </c>
       <c r="Z39" s="21">
         <v>83618.901991261475</v>
       </c>
       <c r="AA39" s="20">
         <v>145.13529035034924</v>
       </c>
       <c r="AB39" s="21">
         <v>114363.61348621204</v>
       </c>
       <c r="AC39" s="22">
         <v>144.60601342585932</v>
       </c>
     </row>
-    <row r="40" spans="1:29">
+    <row r="40" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A40" s="12" t="s">
         <v>53</v>
       </c>
       <c r="B40" s="2">
         <v>82000.41072609082</v>
       </c>
       <c r="C40" s="14">
         <v>101.01981413009864</v>
       </c>
       <c r="D40" s="2">
         <v>93882.966893235876</v>
       </c>
       <c r="E40" s="13">
         <v>114.46886621164514</v>
       </c>
       <c r="F40" s="1">
         <v>107436.2273148008</v>
       </c>
       <c r="G40" s="14">
         <v>123.07854699001876</v>
       </c>
       <c r="H40" s="2">
         <v>97462.309709302834</v>
       </c>
       <c r="I40" s="13">
@@ -4672,51 +4676,51 @@
       <c r="V40" s="1">
         <v>86576.091143168436</v>
       </c>
       <c r="W40" s="14">
         <v>110.11945055664603</v>
       </c>
       <c r="X40" s="2">
         <v>97417.252404033614</v>
       </c>
       <c r="Y40" s="13">
         <v>120.08004580150207</v>
       </c>
       <c r="Z40" s="1">
         <v>95589.265729258288</v>
       </c>
       <c r="AA40" s="14">
         <v>165.9119589664358</v>
       </c>
       <c r="AB40" s="2">
         <v>118060.95523807876</v>
       </c>
       <c r="AC40" s="14">
         <v>149.28108301060001</v>
       </c>
     </row>
-    <row r="41" spans="1:29">
+    <row r="41" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A41" s="15" t="s">
         <v>54</v>
       </c>
       <c r="B41" s="9">
         <v>90698.092334874949</v>
       </c>
       <c r="C41" s="16">
         <v>111.73486020977133</v>
       </c>
       <c r="D41" s="8">
         <v>97425.651762502574</v>
       </c>
       <c r="E41" s="16">
         <v>118.78836242858166</v>
       </c>
       <c r="F41" s="8">
         <v>110152.63483549951</v>
       </c>
       <c r="G41" s="16">
         <v>126.19045345803654</v>
       </c>
       <c r="H41" s="8">
         <v>99556.777468053391</v>
       </c>
       <c r="I41" s="16">
@@ -4761,51 +4765,51 @@
       <c r="V41" s="8">
         <v>89368.991631938174</v>
       </c>
       <c r="W41" s="16">
         <v>113.67184779728976</v>
       </c>
       <c r="X41" s="8">
         <v>95966.878622295277</v>
       </c>
       <c r="Y41" s="16">
         <v>118.29226236640669</v>
       </c>
       <c r="Z41" s="8">
         <v>92134.741446460335</v>
       </c>
       <c r="AA41" s="16">
         <v>159.91602535732659</v>
       </c>
       <c r="AB41" s="8">
         <v>123621.64259064212</v>
       </c>
       <c r="AC41" s="17">
         <v>156.31224270772455</v>
       </c>
     </row>
-    <row r="42" spans="1:29">
+    <row r="42" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A42" s="15" t="s">
         <v>55</v>
       </c>
       <c r="B42" s="9">
         <v>91818.898707396569</v>
       </c>
       <c r="C42" s="16">
         <v>113.11562953062473</v>
       </c>
       <c r="D42" s="8">
         <v>94485.678829900207</v>
       </c>
       <c r="E42" s="16">
         <v>115.20373595772644</v>
       </c>
       <c r="F42" s="8">
         <v>109128.04699868558</v>
       </c>
       <c r="G42" s="16">
         <v>125.01668939938988</v>
       </c>
       <c r="H42" s="8">
         <v>102505.23948684592</v>
       </c>
       <c r="I42" s="16">
@@ -4850,51 +4854,51 @@
       <c r="V42" s="8">
         <v>89007.842063279546</v>
       </c>
       <c r="W42" s="16">
         <v>113.21248781066606</v>
       </c>
       <c r="X42" s="8">
         <v>103040.81316945869</v>
       </c>
       <c r="Y42" s="16">
         <v>127.01185118109839</v>
       </c>
       <c r="Z42" s="8">
         <v>99602.359730892567</v>
       </c>
       <c r="AA42" s="16">
         <v>172.87738842389629</v>
       </c>
       <c r="AB42" s="8">
         <v>124406.13998444125</v>
       </c>
       <c r="AC42" s="17">
         <v>157.30419318219907</v>
       </c>
     </row>
-    <row r="43" spans="1:29">
+    <row r="43" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A43" s="18" t="s">
         <v>56</v>
       </c>
       <c r="B43" s="19">
         <v>92570.287292162728</v>
       </c>
       <c r="C43" s="20">
         <v>114.04129727424255</v>
       </c>
       <c r="D43" s="21">
         <v>98752.960557470869</v>
       </c>
       <c r="E43" s="20">
         <v>120.40671278435543</v>
       </c>
       <c r="F43" s="21">
         <v>109006.32312066844</v>
       </c>
       <c r="G43" s="20">
         <v>124.87724297228814</v>
       </c>
       <c r="H43" s="21">
         <v>103094.78178212424</v>
       </c>
       <c r="I43" s="20">
@@ -4939,51 +4943,51 @@
       <c r="V43" s="21">
         <v>97274.293457142892</v>
       </c>
       <c r="W43" s="20">
         <v>123.72690436061309</v>
       </c>
       <c r="X43" s="21">
         <v>99217.965447819908</v>
       </c>
       <c r="Y43" s="20">
         <v>122.29967014356846</v>
       </c>
       <c r="Z43" s="21">
         <v>104781.31046617636</v>
       </c>
       <c r="AA43" s="20">
         <v>181.86636700142077</v>
       </c>
       <c r="AB43" s="21">
         <v>125179.92445290483</v>
       </c>
       <c r="AC43" s="22">
         <v>158.28259779730732</v>
       </c>
     </row>
-    <row r="44" spans="1:29">
+    <row r="44" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A44" s="12" t="s">
         <v>57</v>
       </c>
       <c r="B44" s="2">
         <v>94018.109950646904</v>
       </c>
       <c r="C44" s="14">
         <v>115.82493194824401</v>
       </c>
       <c r="D44" s="2">
         <v>102993.07128323973</v>
       </c>
       <c r="E44" s="13">
         <v>125.57656077118516</v>
       </c>
       <c r="F44" s="1">
         <v>109599.7800231225</v>
       </c>
       <c r="G44" s="14">
         <v>125.55710501771553</v>
       </c>
       <c r="H44" s="2">
         <v>107677.70428283943</v>
       </c>
       <c r="I44" s="13">
@@ -5028,51 +5032,51 @@
       <c r="V44" s="1">
         <v>98012.333096400238</v>
       </c>
       <c r="W44" s="14">
         <v>124.66564528193334</v>
       </c>
       <c r="X44" s="2">
         <v>97663.274417361739</v>
       </c>
       <c r="Y44" s="13">
         <v>120.38330147644241</v>
       </c>
       <c r="Z44" s="1">
         <v>106407.3147390269</v>
       </c>
       <c r="AA44" s="14">
         <v>184.68858299124247</v>
       </c>
       <c r="AB44" s="2">
         <v>128399.78213940798</v>
       </c>
       <c r="AC44" s="14">
         <v>162.35391707142213</v>
       </c>
     </row>
-    <row r="45" spans="1:29">
+    <row r="45" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A45" s="15" t="s">
         <v>58</v>
       </c>
       <c r="B45" s="9">
         <v>99240.786676458491</v>
       </c>
       <c r="C45" s="16">
         <v>122.2589708442859</v>
       </c>
       <c r="D45" s="8">
         <v>109775.64587494916</v>
       </c>
       <c r="E45" s="16">
         <v>133.84636358208067</v>
       </c>
       <c r="F45" s="8">
         <v>112612.93092704276</v>
       </c>
       <c r="G45" s="16">
         <v>129.00895961448504</v>
       </c>
       <c r="H45" s="8">
         <v>109425.47157424862</v>
       </c>
       <c r="I45" s="16">
@@ -5117,51 +5121,51 @@
       <c r="V45" s="8">
         <v>98095.039295963608</v>
       </c>
       <c r="W45" s="16">
         <v>124.77084246897758</v>
       </c>
       <c r="X45" s="8">
         <v>101632.05027396673</v>
       </c>
       <c r="Y45" s="16">
         <v>125.2753588366774</v>
       </c>
       <c r="Z45" s="8">
         <v>104002.05488990038</v>
       </c>
       <c r="AA45" s="16">
         <v>180.51383208853991</v>
       </c>
       <c r="AB45" s="8">
         <v>133278.03447014198</v>
       </c>
       <c r="AC45" s="17">
         <v>168.52217811642575</v>
       </c>
     </row>
-    <row r="46" spans="1:29">
+    <row r="46" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A46" s="15" t="s">
         <v>59</v>
       </c>
       <c r="B46" s="9">
         <v>101862.36782181401</v>
       </c>
       <c r="C46" s="16">
         <v>125.48860881421527</v>
       </c>
       <c r="D46" s="8">
         <v>106803.52600847233</v>
       </c>
       <c r="E46" s="16">
         <v>130.22254125712576</v>
       </c>
       <c r="F46" s="8">
         <v>123569.11317701376</v>
       </c>
       <c r="G46" s="16">
         <v>141.56032171633069</v>
       </c>
       <c r="H46" s="8">
         <v>114417.86587563129</v>
       </c>
       <c r="I46" s="16">
@@ -5206,51 +5210,51 @@
       <c r="V46" s="8">
         <v>103854.13057686618</v>
       </c>
       <c r="W46" s="16">
         <v>132.09605153287288</v>
       </c>
       <c r="X46" s="8">
         <v>101231.95054927169</v>
       </c>
       <c r="Y46" s="16">
         <v>124.78218137497596</v>
       </c>
       <c r="Z46" s="8">
         <v>117619.62208207184</v>
       </c>
       <c r="AA46" s="16">
         <v>204.14951159683744</v>
       </c>
       <c r="AB46" s="8">
         <v>139001.13523180617</v>
       </c>
       <c r="AC46" s="17">
         <v>175.75869994667147</v>
       </c>
     </row>
-    <row r="47" spans="1:29">
+    <row r="47" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A47" s="18" t="s">
         <v>60</v>
       </c>
       <c r="B47" s="19">
         <v>94922.716044666755</v>
       </c>
       <c r="C47" s="20">
         <v>116.93935489649108</v>
       </c>
       <c r="D47" s="21">
         <v>111293.39965467386</v>
       </c>
       <c r="E47" s="20">
         <v>135.69691816192366</v>
       </c>
       <c r="F47" s="21">
         <v>124162.38496993917</v>
       </c>
       <c r="G47" s="20">
         <v>142.23997170096268</v>
       </c>
       <c r="H47" s="21">
         <v>118186.78508987968</v>
       </c>
       <c r="I47" s="20">
@@ -5295,51 +5299,51 @@
       <c r="V47" s="21">
         <v>110046.17032460219</v>
       </c>
       <c r="W47" s="20">
         <v>139.97194435550011</v>
       </c>
       <c r="X47" s="21">
         <v>104651.20262287487</v>
       </c>
       <c r="Y47" s="20">
         <v>128.99687574864063</v>
       </c>
       <c r="Z47" s="21">
         <v>109320.3532584604</v>
       </c>
       <c r="AA47" s="20">
         <v>189.74467295716806</v>
       </c>
       <c r="AB47" s="21">
         <v>140276.75126217696</v>
       </c>
       <c r="AC47" s="22">
         <v>177.37164083924196</v>
       </c>
     </row>
-    <row r="48" spans="1:29">
+    <row r="48" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A48" s="12" t="s">
         <v>61</v>
       </c>
       <c r="B48" s="2">
         <v>100153.50813996659</v>
       </c>
       <c r="C48" s="14">
         <v>123.38339146339877</v>
       </c>
       <c r="D48" s="2">
         <v>111349.69099217588</v>
       </c>
       <c r="E48" s="13">
         <v>135.76555260962618</v>
       </c>
       <c r="F48" s="1">
         <v>126763.04790697385</v>
       </c>
       <c r="G48" s="14">
         <v>145.21928159950494</v>
       </c>
       <c r="H48" s="2">
         <v>121431.31831863796</v>
       </c>
       <c r="I48" s="13">
@@ -5384,51 +5388,51 @@
       <c r="V48" s="1">
         <v>108466.41075982699</v>
       </c>
       <c r="W48" s="14">
         <v>137.96258758057971</v>
       </c>
       <c r="X48" s="2">
         <v>108275.68720721267</v>
       </c>
       <c r="Y48" s="13">
         <v>133.46454717391376</v>
       </c>
       <c r="Z48" s="1">
         <v>115453.51573115167</v>
       </c>
       <c r="AA48" s="14">
         <v>200.38985359267718</v>
       </c>
       <c r="AB48" s="2">
         <v>144128.20422249479</v>
       </c>
       <c r="AC48" s="14">
         <v>182.2415749162719</v>
       </c>
     </row>
-    <row r="49" spans="1:29">
+    <row r="49" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A49" s="15" t="s">
         <v>62</v>
       </c>
       <c r="B49" s="9">
         <v>116772.63677091761</v>
       </c>
       <c r="C49" s="16">
         <v>143.85720702647978</v>
       </c>
       <c r="D49" s="8">
         <v>122854.21795945191</v>
       </c>
       <c r="E49" s="16">
         <v>149.79269940551922</v>
       </c>
       <c r="F49" s="8">
         <v>138250.63466844207</v>
       </c>
       <c r="G49" s="16">
         <v>158.37941875585224</v>
       </c>
       <c r="H49" s="8">
         <v>131249.67262863347</v>
       </c>
       <c r="I49" s="16">
@@ -5473,51 +5477,51 @@
       <c r="V49" s="8">
         <v>117594.91892947092</v>
       </c>
       <c r="W49" s="16">
         <v>149.57348720390331</v>
       </c>
       <c r="X49" s="8">
         <v>109369.33471685904</v>
       </c>
       <c r="Y49" s="16">
         <v>134.81261684133131</v>
       </c>
       <c r="Z49" s="8">
         <v>117612.23470800652</v>
       </c>
       <c r="AA49" s="16">
         <v>204.13668951170635</v>
       </c>
       <c r="AB49" s="8">
         <v>154618.82026526934</v>
       </c>
       <c r="AC49" s="17">
         <v>195.50633735323257</v>
       </c>
     </row>
-    <row r="50" spans="1:29">
+    <row r="50" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A50" s="15" t="s">
         <v>63</v>
       </c>
       <c r="B50" s="9">
         <v>124469.71981670152</v>
       </c>
       <c r="C50" s="16">
         <v>153.33957292860103</v>
       </c>
       <c r="D50" s="8">
         <v>132520.67248993184</v>
       </c>
       <c r="E50" s="16">
         <v>161.57873607443682</v>
       </c>
       <c r="F50" s="8">
         <v>142789.76937670558</v>
       </c>
       <c r="G50" s="16">
         <v>163.57943478813587</v>
       </c>
       <c r="H50" s="8">
         <v>145417.24158614501</v>
       </c>
       <c r="I50" s="16">
@@ -5562,51 +5566,51 @@
       <c r="V50" s="8">
         <v>123920.02328658158</v>
       </c>
       <c r="W50" s="16">
         <v>157.61863000628119</v>
       </c>
       <c r="X50" s="8">
         <v>115496.77744269911</v>
       </c>
       <c r="Y50" s="16">
         <v>142.36552543819181</v>
       </c>
       <c r="Z50" s="8">
         <v>122642.8382302836</v>
       </c>
       <c r="AA50" s="16">
         <v>212.8681854469134</v>
       </c>
       <c r="AB50" s="8">
         <v>165547.13225222717</v>
       </c>
       <c r="AC50" s="17">
         <v>209.32454037895744</v>
       </c>
     </row>
-    <row r="51" spans="1:29">
+    <row r="51" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A51" s="18" t="s">
         <v>64</v>
       </c>
       <c r="B51" s="19">
         <v>130443.81307477299</v>
       </c>
       <c r="C51" s="20">
         <v>160.69931399797392</v>
       </c>
       <c r="D51" s="21">
         <v>148771.80021640184</v>
       </c>
       <c r="E51" s="20">
         <v>181.39327993759719</v>
       </c>
       <c r="F51" s="21">
         <v>147263.67161437462</v>
       </c>
       <c r="G51" s="20">
         <v>168.70472074195345</v>
       </c>
       <c r="H51" s="21">
         <v>148228.89773012421</v>
       </c>
       <c r="I51" s="20">
@@ -5651,51 +5655,51 @@
       <c r="V51" s="21">
         <v>133728.78767356413</v>
       </c>
       <c r="W51" s="20">
         <v>170.09477360056667</v>
       </c>
       <c r="X51" s="21">
         <v>120902.29351086798</v>
       </c>
       <c r="Y51" s="20">
         <v>149.02856099943287</v>
       </c>
       <c r="Z51" s="21">
         <v>127327.93601741505</v>
       </c>
       <c r="AA51" s="20">
         <v>220.99999549778158</v>
       </c>
       <c r="AB51" s="21">
         <v>172019.19599062868</v>
       </c>
       <c r="AC51" s="22">
         <v>217.5080815186499</v>
       </c>
     </row>
-    <row r="52" spans="1:29">
+    <row r="52" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A52" s="12" t="s">
         <v>65</v>
       </c>
       <c r="B52" s="2">
         <v>128134.88407132372</v>
       </c>
       <c r="C52" s="14">
         <v>157.8548455776002</v>
       </c>
       <c r="D52" s="2">
         <v>148635.46685172571</v>
       </c>
       <c r="E52" s="13">
         <v>181.22705249296345</v>
       </c>
       <c r="F52" s="1">
         <v>152349.36724930446</v>
       </c>
       <c r="G52" s="14">
         <v>174.53087496222932</v>
       </c>
       <c r="H52" s="2">
         <v>156801.80351894541</v>
       </c>
       <c r="I52" s="13">
@@ -5740,51 +5744,51 @@
       <c r="V52" s="1">
         <v>135213.94506918738</v>
       </c>
       <c r="W52" s="14">
         <v>171.98380224850737</v>
       </c>
       <c r="X52" s="2">
         <v>121727.97145075568</v>
       </c>
       <c r="Y52" s="13">
         <v>150.04632163620178</v>
       </c>
       <c r="Z52" s="1">
         <v>129435.33941099941</v>
       </c>
       <c r="AA52" s="14">
         <v>224.65776420951548</v>
       </c>
       <c r="AB52" s="2">
         <v>175023.60463753022</v>
       </c>
       <c r="AC52" s="14">
         <v>221.30697824713593</v>
       </c>
     </row>
-    <row r="53" spans="1:29">
+    <row r="53" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A53" s="15" t="s">
         <v>66</v>
       </c>
       <c r="B53" s="9">
         <v>150100.14663819401</v>
       </c>
       <c r="C53" s="16">
         <v>184.91479225562381</v>
       </c>
       <c r="D53" s="8">
         <v>150473.41422783377</v>
       </c>
       <c r="E53" s="16">
         <v>183.46801013695239</v>
       </c>
       <c r="F53" s="8">
         <v>163558.55661243608</v>
       </c>
       <c r="G53" s="16">
         <v>187.37208108265452</v>
       </c>
       <c r="H53" s="8">
         <v>165100.2382091216</v>
       </c>
       <c r="I53" s="16">
@@ -5829,51 +5833,51 @@
       <c r="V53" s="8">
         <v>147456.22545033813</v>
       </c>
       <c r="W53" s="16">
         <v>187.55522816219747</v>
       </c>
       <c r="X53" s="8">
         <v>130285.00440191847</v>
       </c>
       <c r="Y53" s="16">
         <v>160.59403144471659</v>
       </c>
       <c r="Z53" s="8">
         <v>126628.4681355417</v>
       </c>
       <c r="AA53" s="16">
         <v>219.78594614160798</v>
       </c>
       <c r="AB53" s="8">
         <v>184171.648278301</v>
       </c>
       <c r="AC53" s="17">
         <v>232.87413742663438</v>
       </c>
     </row>
-    <row r="54" spans="1:29">
+    <row r="54" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A54" s="15" t="s">
         <v>67</v>
       </c>
       <c r="B54" s="9">
         <v>152657.76081385484</v>
       </c>
       <c r="C54" s="16">
         <v>188.06562657893963</v>
       </c>
       <c r="D54" s="8">
         <v>163477.49775214793</v>
       </c>
       <c r="E54" s="16">
         <v>199.32352414986781</v>
       </c>
       <c r="F54" s="8">
         <v>171619.64882001531</v>
       </c>
       <c r="G54" s="16">
         <v>196.60683867661123</v>
       </c>
       <c r="H54" s="8">
         <v>169642.7237059325</v>
       </c>
       <c r="I54" s="16">
@@ -5918,51 +5922,51 @@
       <c r="V54" s="8">
         <v>148714.75499595766</v>
       </c>
       <c r="W54" s="16">
         <v>189.15600015643946</v>
       </c>
       <c r="X54" s="8">
         <v>135766.55906657071</v>
       </c>
       <c r="Y54" s="16">
         <v>167.35079494349523</v>
       </c>
       <c r="Z54" s="8">
         <v>135886.6831905781</v>
       </c>
       <c r="AA54" s="16">
         <v>235.85520438514612</v>
       </c>
       <c r="AB54" s="8">
         <v>188636.80174679702</v>
       </c>
       <c r="AC54" s="17">
         <v>238.52005943566309</v>
       </c>
     </row>
-    <row r="55" spans="1:29">
+    <row r="55" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A55" s="23" t="s">
         <v>68</v>
       </c>
       <c r="B55" s="19">
         <v>151709.86330089899</v>
       </c>
       <c r="C55" s="20">
         <v>186.89787107960387</v>
       </c>
       <c r="D55" s="21">
         <v>171837.71398954236</v>
       </c>
       <c r="E55" s="20">
         <v>209.51690113450243</v>
       </c>
       <c r="F55" s="21">
         <v>178073.39369942789</v>
       </c>
       <c r="G55" s="20">
         <v>204.00022508131931</v>
       </c>
       <c r="H55" s="21">
         <v>172591.61724511874</v>
       </c>
       <c r="I55" s="20">
@@ -6007,51 +6011,51 @@
       <c r="V55" s="21">
         <v>168844.39810039781</v>
       </c>
       <c r="W55" s="20">
         <v>214.75966520175427</v>
       </c>
       <c r="X55" s="21">
         <v>136925.50472151788</v>
       </c>
       <c r="Y55" s="20">
         <v>168.7793534779766</v>
       </c>
       <c r="Z55" s="21">
         <v>132248.89680041172</v>
       </c>
       <c r="AA55" s="20">
         <v>229.54118720246984</v>
       </c>
       <c r="AB55" s="21">
         <v>193225.01149995695</v>
       </c>
       <c r="AC55" s="22">
         <v>244.32157882579753</v>
       </c>
     </row>
-    <row r="56" spans="1:29">
+    <row r="56" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A56" s="12" t="s">
         <v>69</v>
       </c>
       <c r="B56" s="2">
         <v>161925.73610718292</v>
       </c>
       <c r="C56" s="14">
         <v>199.48324184701113</v>
       </c>
       <c r="D56" s="2">
         <v>176590.02890276775</v>
       </c>
       <c r="E56" s="13">
         <v>215.31126530938235</v>
       </c>
       <c r="F56" s="1">
         <v>191494.38987323717</v>
       </c>
       <c r="G56" s="14">
         <v>219.37526895167946</v>
       </c>
       <c r="H56" s="2">
         <v>180469.38565079414</v>
       </c>
       <c r="I56" s="13">
@@ -6096,51 +6100,51 @@
       <c r="V56" s="1">
         <v>177949.41327514063</v>
       </c>
       <c r="W56" s="14">
         <v>226.34068318389632</v>
       </c>
       <c r="X56" s="2">
         <v>144911.01574039512</v>
       </c>
       <c r="Y56" s="13">
         <v>178.62258458162322</v>
       </c>
       <c r="Z56" s="1">
         <v>136861.70270953991</v>
       </c>
       <c r="AA56" s="14">
         <v>237.54752200247822</v>
       </c>
       <c r="AB56" s="2">
         <v>199382.33631209191</v>
       </c>
       <c r="AC56" s="14">
         <v>252.10715124091112</v>
       </c>
     </row>
-    <row r="57" spans="1:29">
+    <row r="57" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A57" s="15" t="s">
         <v>70</v>
       </c>
       <c r="B57" s="9">
         <v>170043.98285009581</v>
       </c>
       <c r="C57" s="16">
         <v>209.48445732592825</v>
       </c>
       <c r="D57" s="8">
         <v>189337.58976522318</v>
       </c>
       <c r="E57" s="16">
         <v>230.85400844135671</v>
       </c>
       <c r="F57" s="8">
         <v>201024.10831522458</v>
       </c>
       <c r="G57" s="16">
         <v>230.29247935992515</v>
       </c>
       <c r="H57" s="8">
         <v>187078.32707220086</v>
       </c>
       <c r="I57" s="16">
@@ -6185,51 +6189,51 @@
       <c r="V57" s="8">
         <v>192041.07668516284</v>
       </c>
       <c r="W57" s="16">
         <v>244.26441029667077</v>
       </c>
       <c r="X57" s="8">
         <v>169855.56725260912</v>
       </c>
       <c r="Y57" s="16">
         <v>209.37014534900698</v>
       </c>
       <c r="Z57" s="8">
         <v>138729.57702478828</v>
       </c>
       <c r="AA57" s="16">
         <v>240.7895459303918</v>
       </c>
       <c r="AB57" s="8">
         <v>209728.38370512598</v>
       </c>
       <c r="AC57" s="17">
         <v>265.18911518569354</v>
       </c>
     </row>
-    <row r="58" spans="1:29" s="24" customFormat="1">
+    <row r="58" spans="1:29" s="24" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A58" s="15" t="s">
         <v>71</v>
       </c>
       <c r="B58" s="9">
         <v>176768.32486875411</v>
       </c>
       <c r="C58" s="16">
         <v>217.76846194074824</v>
       </c>
       <c r="D58" s="8">
         <v>202243.16691693707</v>
       </c>
       <c r="E58" s="16">
         <v>246.58941639926218</v>
       </c>
       <c r="F58" s="8">
         <v>212884.56060010244</v>
       </c>
       <c r="G58" s="16">
         <v>243.87976988893757</v>
       </c>
       <c r="H58" s="8">
         <v>194503.45487264369</v>
       </c>
       <c r="I58" s="16">
@@ -6274,51 +6278,51 @@
       <c r="V58" s="8">
         <v>190521.24192536806</v>
       </c>
       <c r="W58" s="16">
         <v>242.33127417934787</v>
       </c>
       <c r="X58" s="8">
         <v>174935.80264573352</v>
       </c>
       <c r="Y58" s="16">
         <v>215.63222812833541</v>
       </c>
       <c r="Z58" s="8">
         <v>146557.97393876463</v>
       </c>
       <c r="AA58" s="16">
         <v>254.3771036718995</v>
       </c>
       <c r="AB58" s="8">
         <v>218193.64447184594</v>
       </c>
       <c r="AC58" s="17">
         <v>275.89293587454659</v>
       </c>
     </row>
-    <row r="59" spans="1:29" s="24" customFormat="1">
+    <row r="59" spans="1:29" s="24" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A59" s="18" t="s">
         <v>72</v>
       </c>
       <c r="B59" s="19">
         <v>185544.39105307119</v>
       </c>
       <c r="C59" s="20">
         <v>228.58007333248329</v>
       </c>
       <c r="D59" s="21">
         <v>195413.72595375587</v>
       </c>
       <c r="E59" s="20">
         <v>238.26247073718338</v>
       </c>
       <c r="F59" s="21">
         <v>207806.94985416392</v>
       </c>
       <c r="G59" s="20">
         <v>238.06287768776357</v>
       </c>
       <c r="H59" s="21">
         <v>194975.42426290337</v>
       </c>
       <c r="I59" s="20">
@@ -6363,51 +6367,51 @@
       <c r="V59" s="21">
         <v>201153.16551376693</v>
       </c>
       <c r="W59" s="20">
         <v>255.85442553043674</v>
       </c>
       <c r="X59" s="21">
         <v>171091.84159437407</v>
       </c>
       <c r="Y59" s="20">
         <v>210.89402203325855</v>
       </c>
       <c r="Z59" s="21">
         <v>151325.87485580592</v>
       </c>
       <c r="AA59" s="20">
         <v>262.65263309739709</v>
       </c>
       <c r="AB59" s="21">
         <v>217300.51449583634</v>
       </c>
       <c r="AC59" s="22">
         <v>274.76362593614164</v>
       </c>
     </row>
-    <row r="60" spans="1:29" s="24" customFormat="1">
+    <row r="60" spans="1:29" s="24" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A60" s="25" t="s">
         <v>73</v>
       </c>
       <c r="B60" s="2">
         <v>172386.65704570065</v>
       </c>
       <c r="C60" s="13">
         <v>212.37049789221138</v>
       </c>
       <c r="D60" s="1">
         <v>205004.03955861804</v>
       </c>
       <c r="E60" s="13">
         <v>249.95567091279244</v>
       </c>
       <c r="F60" s="1">
         <v>215320.84315400801</v>
       </c>
       <c r="G60" s="13">
         <v>246.67076622496137</v>
       </c>
       <c r="H60" s="1">
         <v>192318.06346036046</v>
       </c>
       <c r="I60" s="13">
@@ -6452,51 +6456,51 @@
       <c r="V60" s="1">
         <v>196546.38752917192</v>
       </c>
       <c r="W60" s="13">
         <v>249.99488793984307</v>
       </c>
       <c r="X60" s="1">
         <v>183041.34496402409</v>
       </c>
       <c r="Y60" s="13">
         <v>225.62341417400185</v>
       </c>
       <c r="Z60" s="1">
         <v>158968.33054532556</v>
       </c>
       <c r="AA60" s="13">
         <v>275.91745718709905</v>
       </c>
       <c r="AB60" s="1">
         <v>217293.91530320831</v>
       </c>
       <c r="AC60" s="14">
         <v>274.75528164805314</v>
       </c>
     </row>
-    <row r="61" spans="1:29">
+    <row r="61" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A61" s="15" t="s">
         <v>74</v>
       </c>
       <c r="B61" s="9">
         <v>180673.14377164529</v>
       </c>
       <c r="C61" s="16">
         <v>222.57897540389914</v>
       </c>
       <c r="D61" s="8">
         <v>208185.33225230759</v>
       </c>
       <c r="E61" s="16">
         <v>253.83453179442776</v>
       </c>
       <c r="F61" s="8">
         <v>219129.1932422606</v>
       </c>
       <c r="G61" s="16">
         <v>251.03359808351144</v>
       </c>
       <c r="H61" s="8">
         <v>194271.96993639431</v>
       </c>
       <c r="I61" s="16">
@@ -6541,51 +6545,51 @@
       <c r="V61" s="8">
         <v>201473.74845217486</v>
       </c>
       <c r="W61" s="16">
         <v>256.26218726429624</v>
       </c>
       <c r="X61" s="8">
         <v>185082.87739736206</v>
       </c>
       <c r="Y61" s="16">
         <v>228.13988124785993</v>
       </c>
       <c r="Z61" s="8">
         <v>161559.79985857269</v>
       </c>
       <c r="AA61" s="16">
         <v>280.41540731865479</v>
       </c>
       <c r="AB61" s="8">
         <v>220446.84878633934</v>
       </c>
       <c r="AC61" s="17">
         <v>278.74197923213615</v>
       </c>
     </row>
-    <row r="62" spans="1:29" s="24" customFormat="1">
+    <row r="62" spans="1:29" s="24" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A62" s="26" t="s">
         <v>75</v>
       </c>
       <c r="B62" s="9">
         <v>183187.87375470236</v>
       </c>
       <c r="C62" s="16">
         <v>225.67697885566699</v>
       </c>
       <c r="D62" s="8">
         <v>207893.82873199938</v>
       </c>
       <c r="E62" s="16">
         <v>253.47910973470172</v>
       </c>
       <c r="F62" s="8">
         <v>218694.53476095508</v>
       </c>
       <c r="G62" s="16">
         <v>250.53565492548131</v>
       </c>
       <c r="H62" s="8">
         <v>198611.87561693025</v>
       </c>
       <c r="I62" s="16">
@@ -6630,51 +6634,51 @@
       <c r="V62" s="8">
         <v>202797.18730593065</v>
       </c>
       <c r="W62" s="16">
         <v>257.9455198968576</v>
       </c>
       <c r="X62" s="8">
         <v>184212.72376819569</v>
       </c>
       <c r="Y62" s="16">
         <v>227.06729826008197</v>
       </c>
       <c r="Z62" s="8">
         <v>164326.1254588748</v>
       </c>
       <c r="AA62" s="16">
         <v>285.21685124631369</v>
       </c>
       <c r="AB62" s="8">
         <v>221705.20670919406</v>
       </c>
       <c r="AC62" s="17">
         <v>280.33309827026278</v>
       </c>
     </row>
-    <row r="63" spans="1:29" s="24" customFormat="1">
+    <row r="63" spans="1:29" s="24" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A63" s="23" t="s">
         <v>76</v>
       </c>
       <c r="B63" s="9">
         <v>174274.51540594077</v>
       </c>
       <c r="C63" s="16">
         <v>214.69623137289418</v>
       </c>
       <c r="D63" s="8">
         <v>207329.29149189618</v>
       </c>
       <c r="E63" s="16">
         <v>252.79078532456296</v>
       </c>
       <c r="F63" s="8">
         <v>218935.43827742751</v>
       </c>
       <c r="G63" s="16">
         <v>250.81163310819741</v>
       </c>
       <c r="H63" s="8">
         <v>194883.96944374536</v>
       </c>
       <c r="I63" s="16">
@@ -6719,51 +6723,51 @@
       <c r="V63" s="8">
         <v>204265.57303543852</v>
       </c>
       <c r="W63" s="16">
         <v>259.8132160194653</v>
       </c>
       <c r="X63" s="8">
         <v>185653.73900944515</v>
       </c>
       <c r="Y63" s="16">
         <v>228.84354601804819</v>
       </c>
       <c r="Z63" s="8">
         <v>170417.42259279679</v>
       </c>
       <c r="AA63" s="16">
         <v>295.78936723360101</v>
       </c>
       <c r="AB63" s="8">
         <v>221248.97755523649</v>
       </c>
       <c r="AC63" s="17">
         <v>279.75622353579655</v>
       </c>
     </row>
-    <row r="64" spans="1:29" s="24" customFormat="1">
+    <row r="64" spans="1:29" s="24" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A64" s="25" t="s">
         <v>77</v>
       </c>
       <c r="B64" s="2">
         <v>180236.18345500962</v>
       </c>
       <c r="C64" s="13">
         <v>222.04066529571915</v>
       </c>
       <c r="D64" s="1">
         <v>203841.68832256718</v>
       </c>
       <c r="E64" s="13">
         <v>248.53844867820166</v>
       </c>
       <c r="F64" s="1">
         <v>219484.49362168089</v>
       </c>
       <c r="G64" s="13">
         <v>251.44062889180589</v>
       </c>
       <c r="H64" s="1">
         <v>197510.28345670385</v>
       </c>
       <c r="I64" s="13">
@@ -6808,51 +6812,51 @@
       <c r="V64" s="1">
         <v>207752.86364856147</v>
       </c>
       <c r="W64" s="13">
         <v>264.24883468944438</v>
       </c>
       <c r="X64" s="1">
         <v>188270.5884571776</v>
       </c>
       <c r="Y64" s="13">
         <v>232.06916975290869</v>
       </c>
       <c r="Z64" s="1">
         <v>176285.69787060181</v>
       </c>
       <c r="AA64" s="13">
         <v>305.974789620384</v>
       </c>
       <c r="AB64" s="1">
         <v>221824.50724320268</v>
       </c>
       <c r="AC64" s="14">
         <v>280.48394672718604</v>
       </c>
     </row>
-    <row r="65" spans="1:29">
+    <row r="65" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A65" s="27" t="s">
         <v>78</v>
       </c>
       <c r="B65" s="9">
         <v>181311.11605882822</v>
       </c>
       <c r="C65" s="16">
         <v>223.36492075832729</v>
       </c>
       <c r="D65" s="8">
         <v>207308.60678239167</v>
       </c>
       <c r="E65" s="16">
         <v>252.76556503888972</v>
       </c>
       <c r="F65" s="8">
         <v>224138.44083173599</v>
       </c>
       <c r="G65" s="16">
         <v>256.77217370399904</v>
       </c>
       <c r="H65" s="8">
         <v>201411.85200943882</v>
       </c>
       <c r="I65" s="16">
@@ -6897,51 +6901,51 @@
       <c r="V65" s="8">
         <v>208779.71106439829</v>
       </c>
       <c r="W65" s="16">
         <v>265.55492129770295</v>
       </c>
       <c r="X65" s="8">
         <v>199937.89488197866</v>
       </c>
       <c r="Y65" s="16">
         <v>246.45071568339381</v>
       </c>
       <c r="Z65" s="8">
         <v>188949.3234543576</v>
       </c>
       <c r="AA65" s="16">
         <v>327.95473592700472</v>
       </c>
       <c r="AB65" s="8">
         <v>228610.6947767291</v>
       </c>
       <c r="AC65" s="17">
         <v>289.06467879457421</v>
       </c>
     </row>
-    <row r="66" spans="1:29">
+    <row r="66" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A66" s="26" t="s">
         <v>79</v>
       </c>
       <c r="B66" s="9">
         <v>185751.5549336618</v>
       </c>
       <c r="C66" s="16">
         <v>228.83528737990605</v>
       </c>
       <c r="D66" s="8">
         <v>215176.89327654408</v>
       </c>
       <c r="E66" s="16">
         <v>262.35914589619557</v>
       </c>
       <c r="F66" s="8">
         <v>222549.20706521947</v>
       </c>
       <c r="G66" s="16">
         <v>254.95155334437683</v>
       </c>
       <c r="H66" s="8">
         <v>206390.0914230909</v>
       </c>
       <c r="I66" s="16">
@@ -6986,51 +6990,51 @@
       <c r="V66" s="8">
         <v>213980.59639158295</v>
       </c>
       <c r="W66" s="16">
         <v>272.17012680161747</v>
       </c>
       <c r="X66" s="8">
         <v>200760.07086253312</v>
       </c>
       <c r="Y66" s="16">
         <v>247.46415967781496</v>
       </c>
       <c r="Z66" s="8">
         <v>205826.51584410557</v>
       </c>
       <c r="AA66" s="16">
         <v>357.24806745198401</v>
       </c>
       <c r="AB66" s="8">
         <v>232967.86996472179</v>
       </c>
       <c r="AC66" s="17">
         <v>294.57406866541504</v>
       </c>
     </row>
-    <row r="67" spans="1:29">
+    <row r="67" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A67" s="23" t="s">
         <v>80</v>
       </c>
       <c r="B67" s="9">
         <v>183667.61041634282</v>
       </c>
       <c r="C67" s="16">
         <v>226.26798697332381</v>
       </c>
       <c r="D67" s="8">
         <v>217758.60055355047</v>
       </c>
       <c r="E67" s="16">
         <v>265.5069491098003</v>
       </c>
       <c r="F67" s="8">
         <v>227460.91231775901</v>
       </c>
       <c r="G67" s="16">
         <v>260.57838482231472</v>
       </c>
       <c r="H67" s="8">
         <v>205162.36409673627</v>
       </c>
       <c r="I67" s="16">
@@ -7075,51 +7079,51 @@
       <c r="V67" s="8">
         <v>218996.10165991003</v>
       </c>
       <c r="W67" s="16">
         <v>278.5495402992633</v>
       </c>
       <c r="X67" s="8">
         <v>206732.38110121599</v>
       </c>
       <c r="Y67" s="16">
         <v>254.82584633294096</v>
       </c>
       <c r="Z67" s="8">
         <v>234139.06500371118</v>
       </c>
       <c r="AA67" s="16">
         <v>406.38946903684723</v>
       </c>
       <c r="AB67" s="8">
         <v>236648.54570430543</v>
       </c>
       <c r="AC67" s="17">
         <v>299.22806506505339</v>
       </c>
     </row>
-    <row r="68" spans="1:29">
+    <row r="68" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A68" s="25" t="s">
         <v>81</v>
       </c>
       <c r="B68" s="2">
         <v>185801.31271046269</v>
       </c>
       <c r="C68" s="13">
         <v>228.89658611389342</v>
       </c>
       <c r="D68" s="1">
         <v>215884.95795062001</v>
       </c>
       <c r="E68" s="13">
         <v>263.22246927772187</v>
       </c>
       <c r="F68" s="1">
         <v>228700.99046162138</v>
       </c>
       <c r="G68" s="13">
         <v>261.99901378440069</v>
       </c>
       <c r="H68" s="1">
         <v>204491.53449793175</v>
       </c>
       <c r="I68" s="13">
@@ -7164,51 +7168,51 @@
       <c r="V68" s="1">
         <v>215096.85610568494</v>
       </c>
       <c r="W68" s="13">
         <v>273.58994034104097</v>
       </c>
       <c r="X68" s="1">
         <v>209913.92886833881</v>
       </c>
       <c r="Y68" s="13">
         <v>258.74753773942081</v>
       </c>
       <c r="Z68" s="1">
         <v>284701.53120670002</v>
       </c>
       <c r="AA68" s="13">
         <v>494.14950939192624</v>
       </c>
       <c r="AB68" s="1">
         <v>239626.40768258667</v>
       </c>
       <c r="AC68" s="14">
         <v>302.99339510390888</v>
       </c>
     </row>
-    <row r="69" spans="1:29">
+    <row r="69" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A69" s="27" t="s">
         <v>82</v>
       </c>
       <c r="B69" s="9">
         <v>187378.80021083844</v>
       </c>
       <c r="C69" s="16">
         <v>230.83996045396614</v>
       </c>
       <c r="D69" s="8">
         <v>221291.73595612575</v>
       </c>
       <c r="E69" s="16">
         <v>269.81480193005621</v>
       </c>
       <c r="F69" s="8">
         <v>231076.05536687683</v>
       </c>
       <c r="G69" s="16">
         <v>264.71987940721613</v>
       </c>
       <c r="H69" s="8">
         <v>211551.55684077577</v>
       </c>
       <c r="I69" s="16">
@@ -7253,51 +7257,51 @@
       <c r="V69" s="8">
         <v>227034.43833327122</v>
       </c>
       <c r="W69" s="16">
         <v>288.7738089879025</v>
       </c>
       <c r="X69" s="8">
         <v>218885.50054358636</v>
       </c>
       <c r="Y69" s="16">
         <v>269.80622304504925</v>
       </c>
       <c r="Z69" s="8">
         <v>292708.21735328948</v>
       </c>
       <c r="AA69" s="16">
         <v>508.04651940947974</v>
       </c>
       <c r="AB69" s="8">
         <v>247599.05133367641</v>
       </c>
       <c r="AC69" s="17">
         <v>313.07433063667844</v>
       </c>
     </row>
-    <row r="70" spans="1:29">
+    <row r="70" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A70" s="26" t="s">
         <v>83</v>
       </c>
       <c r="B70" s="9">
         <v>194102.03159133362</v>
       </c>
       <c r="C70" s="16">
         <v>239.12259682611753</v>
       </c>
       <c r="D70" s="8">
         <v>220455.19810381241</v>
       </c>
       <c r="E70" s="16">
         <v>268.79483480858323</v>
       </c>
       <c r="F70" s="8">
         <v>235103.16209042855</v>
       </c>
       <c r="G70" s="16">
         <v>269.33331806283991</v>
       </c>
       <c r="H70" s="8">
         <v>211729.98115949772</v>
       </c>
       <c r="I70" s="16">
@@ -7342,51 +7346,51 @@
       <c r="V70" s="8">
         <v>226234.64957537738</v>
       </c>
       <c r="W70" s="16">
         <v>287.75652699448233</v>
       </c>
       <c r="X70" s="8">
         <v>227045.63495154539</v>
       </c>
       <c r="Y70" s="16">
         <v>279.86470128451111</v>
       </c>
       <c r="Z70" s="8">
         <v>300986.00087253971</v>
       </c>
       <c r="AA70" s="16">
         <v>522.41406652997728</v>
       </c>
       <c r="AB70" s="8">
         <v>251857.47490258556</v>
       </c>
       <c r="AC70" s="17">
         <v>318.45885493603447</v>
       </c>
     </row>
-    <row r="71" spans="1:29">
+    <row r="71" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A71" s="23" t="s">
         <v>84</v>
       </c>
       <c r="B71" s="9">
         <v>182912.39481042273</v>
       </c>
       <c r="C71" s="16">
         <v>225.33760455861812</v>
       </c>
       <c r="D71" s="8">
         <v>220720.63476081562</v>
       </c>
       <c r="E71" s="16">
         <v>269.11847427358572</v>
       </c>
       <c r="F71" s="8">
         <v>239259.14630857485</v>
       </c>
       <c r="G71" s="16">
         <v>274.09439830241405</v>
       </c>
       <c r="H71" s="8">
         <v>210194.55782671887</v>
       </c>
       <c r="I71" s="16">
@@ -7431,51 +7435,51 @@
       <c r="V71" s="8">
         <v>231618.29331603929</v>
       </c>
       <c r="W71" s="16">
         <v>294.60418993336515</v>
       </c>
       <c r="X71" s="8">
         <v>222196.78799059949</v>
       </c>
       <c r="Y71" s="16">
         <v>273.88783629616177</v>
       </c>
       <c r="Z71" s="8">
         <v>306406.33077347447</v>
       </c>
       <c r="AA71" s="16">
         <v>531.82200104278706</v>
       </c>
       <c r="AB71" s="8">
         <v>252407.74018165804</v>
       </c>
       <c r="AC71" s="17">
         <v>319.15463277924624</v>
       </c>
     </row>
-    <row r="72" spans="1:29">
+    <row r="72" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A72" s="25" t="s">
         <v>85</v>
       </c>
       <c r="B72" s="2">
         <v>184853.7329286985</v>
       </c>
       <c r="C72" s="13">
         <v>227.7292220412059</v>
       </c>
       <c r="D72" s="1">
         <v>219474.91507473867</v>
       </c>
       <c r="E72" s="13">
         <v>267.59960322805392</v>
       </c>
       <c r="F72" s="1">
         <v>227057.47013428921</v>
       </c>
       <c r="G72" s="13">
         <v>260.11620294030905</v>
       </c>
       <c r="H72" s="1">
         <v>205935.48711353369</v>
       </c>
       <c r="I72" s="13">
@@ -7520,51 +7524,51 @@
       <c r="V72" s="1">
         <v>223742.31505110805</v>
       </c>
       <c r="W72" s="13">
         <v>284.58643113092523</v>
       </c>
       <c r="X72" s="1">
         <v>220589.14774620571</v>
       </c>
       <c r="Y72" s="13">
         <v>271.90620050357654</v>
       </c>
       <c r="Z72" s="1">
         <v>281663.17918199976</v>
       </c>
       <c r="AA72" s="13">
         <v>488.87591582886409</v>
       </c>
       <c r="AB72" s="1">
         <v>246516.49381525023</v>
       </c>
       <c r="AC72" s="14">
         <v>311.70550079411072</v>
       </c>
     </row>
-    <row r="73" spans="1:29">
+    <row r="73" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A73" s="27" t="s">
         <v>86</v>
       </c>
       <c r="B73" s="9">
         <v>190654.67239062878</v>
       </c>
       <c r="C73" s="16">
         <v>234.87564754121496</v>
       </c>
       <c r="D73" s="8">
         <v>216665.18130551986</v>
       </c>
       <c r="E73" s="16">
         <v>264.17377371326228</v>
       </c>
       <c r="F73" s="8">
         <v>229409.2718926977</v>
       </c>
       <c r="G73" s="16">
         <v>262.81041838763059</v>
       </c>
       <c r="H73" s="8">
         <v>205055.04581093753</v>
       </c>
       <c r="I73" s="16">
@@ -7609,51 +7613,51 @@
       <c r="V73" s="8">
         <v>215034.19700045505</v>
       </c>
       <c r="W73" s="16">
         <v>273.51024182209449</v>
       </c>
       <c r="X73" s="8">
         <v>220699.08421315803</v>
       </c>
       <c r="Y73" s="16">
         <v>272.0417121882229</v>
       </c>
       <c r="Z73" s="8">
         <v>248890.44413293718</v>
       </c>
       <c r="AA73" s="16">
         <v>431.99307829270703</v>
       </c>
       <c r="AB73" s="8">
         <v>242398.79961399309</v>
       </c>
       <c r="AC73" s="17">
         <v>306.49892044220223</v>
       </c>
     </row>
-    <row r="74" spans="1:29">
+    <row r="74" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A74" s="26" t="s">
         <v>87</v>
       </c>
       <c r="B74" s="9">
         <v>187731.64813830008</v>
       </c>
       <c r="C74" s="16">
         <v>231.27464891141094</v>
       </c>
       <c r="D74" s="8">
         <v>201150.01232630151</v>
       </c>
       <c r="E74" s="16">
         <v>245.25656369205694</v>
       </c>
       <c r="F74" s="8">
         <v>222442.43991582765</v>
       </c>
       <c r="G74" s="16">
         <v>254.82924129059529</v>
       </c>
       <c r="H74" s="8">
         <v>195540.34783495386</v>
       </c>
       <c r="I74" s="16">
@@ -7698,51 +7702,51 @@
       <c r="V74" s="8">
         <v>204858.57729537939</v>
       </c>
       <c r="W74" s="16">
         <v>260.56748087966156</v>
       </c>
       <c r="X74" s="8">
         <v>217798.44409837876</v>
       </c>
       <c r="Y74" s="16">
         <v>268.46627776320162</v>
       </c>
       <c r="Z74" s="8">
         <v>244941.05025408239</v>
       </c>
       <c r="AA74" s="16">
         <v>425.13821158594993</v>
       </c>
       <c r="AB74" s="8">
         <v>230510.99861430217</v>
       </c>
       <c r="AC74" s="17">
         <v>291.46750040778278</v>
       </c>
     </row>
-    <row r="75" spans="1:29">
+    <row r="75" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A75" s="23" t="s">
         <v>88</v>
       </c>
       <c r="B75" s="9">
         <v>177247.39282107056</v>
       </c>
       <c r="C75" s="16">
         <v>218.35864624677995</v>
       </c>
       <c r="D75" s="8">
         <v>202261.83361704112</v>
       </c>
       <c r="E75" s="16">
         <v>246.61217618271954</v>
       </c>
       <c r="F75" s="8">
         <v>205623.90538743517</v>
       </c>
       <c r="G75" s="16">
         <v>235.56198997330307</v>
       </c>
       <c r="H75" s="8">
         <v>185603.39757575418</v>
       </c>
       <c r="I75" s="16">
@@ -7787,51 +7791,51 @@
       <c r="V75" s="8">
         <v>206876.63118235211</v>
       </c>
       <c r="W75" s="16">
         <v>263.13432101176744</v>
       </c>
       <c r="X75" s="8">
         <v>212638.6724954063</v>
       </c>
       <c r="Y75" s="16">
         <v>262.10615576098661</v>
       </c>
       <c r="Z75" s="8">
         <v>219673.05460374168</v>
       </c>
       <c r="AA75" s="16">
         <v>381.28116732977441</v>
       </c>
       <c r="AB75" s="8">
         <v>220346.25537131575</v>
       </c>
       <c r="AC75" s="17">
         <v>278.61478481880818</v>
       </c>
     </row>
-    <row r="76" spans="1:29">
+    <row r="76" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A76" s="12" t="s">
         <v>89</v>
       </c>
       <c r="B76" s="28">
         <v>166623.94454555085</v>
       </c>
       <c r="C76" s="29">
         <v>205.27116582185263</v>
       </c>
       <c r="D76" s="28">
         <v>190002.94541627346</v>
       </c>
       <c r="E76" s="29">
         <v>231.66525790996212</v>
       </c>
       <c r="F76" s="28">
         <v>208315.24340684863</v>
       </c>
       <c r="G76" s="29">
         <v>238.64517691282407</v>
       </c>
       <c r="H76" s="28">
         <v>178832.20617131164</v>
       </c>
       <c r="I76" s="29">
@@ -7876,51 +7880,51 @@
       <c r="V76" s="28">
         <v>193250.2177026014</v>
       </c>
       <c r="W76" s="29">
         <v>245.80236312784734</v>
       </c>
       <c r="X76" s="28">
         <v>201797.15406499579</v>
       </c>
       <c r="Y76" s="29">
         <v>248.74250612445041</v>
       </c>
       <c r="Z76" s="28" t="s">
         <v>116</v>
       </c>
       <c r="AA76" s="29" t="s">
         <v>116</v>
       </c>
       <c r="AB76" s="28">
         <v>211595.36990863064</v>
       </c>
       <c r="AC76" s="29">
         <v>267.54980862462941</v>
       </c>
     </row>
-    <row r="77" spans="1:29">
+    <row r="77" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A77" s="15" t="s">
         <v>90</v>
       </c>
       <c r="B77" s="30">
         <v>176852.32129129249</v>
       </c>
       <c r="C77" s="31">
         <v>217.87194072722366</v>
       </c>
       <c r="D77" s="30">
         <v>199526.42757524695</v>
       </c>
       <c r="E77" s="31">
         <v>243.27697237957659</v>
       </c>
       <c r="F77" s="30">
         <v>205597.95930230216</v>
       </c>
       <c r="G77" s="31">
         <v>235.5322662335733</v>
       </c>
       <c r="H77" s="30">
         <v>182466.48466960341</v>
       </c>
       <c r="I77" s="31">
@@ -7965,51 +7969,51 @@
       <c r="V77" s="30">
         <v>203293.83995210039</v>
       </c>
       <c r="W77" s="31">
         <v>258.57723144437108</v>
       </c>
       <c r="X77" s="30">
         <v>204586.08403468705</v>
       </c>
       <c r="Y77" s="31">
         <v>252.18024256469351</v>
       </c>
       <c r="Z77" s="30">
         <v>210650.92226920743</v>
       </c>
       <c r="AA77" s="31">
         <v>365.62167211075393</v>
       </c>
       <c r="AB77" s="30">
         <v>216711.7344877673</v>
       </c>
       <c r="AC77" s="31">
         <v>274.01914850003845</v>
       </c>
     </row>
-    <row r="78" spans="1:29">
+    <row r="78" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A78" s="32" t="s">
         <v>91</v>
       </c>
       <c r="B78" s="30">
         <v>176371.24824921784</v>
       </c>
       <c r="C78" s="31">
         <v>217.27928626533668</v>
       </c>
       <c r="D78" s="30">
         <v>204291.20358486378</v>
       </c>
       <c r="E78" s="31">
         <v>249.08653001950012</v>
       </c>
       <c r="F78" s="30">
         <v>217185.2258986845</v>
       </c>
       <c r="G78" s="31">
         <v>248.80659624229514</v>
       </c>
       <c r="H78" s="30">
         <v>190872.58380774123</v>
       </c>
       <c r="I78" s="31">
@@ -8054,51 +8058,51 @@
       <c r="V78" s="30">
         <v>209289.83930649384</v>
       </c>
       <c r="W78" s="31">
         <v>266.20377297246949</v>
       </c>
       <c r="X78" s="30">
         <v>207445.0647736926</v>
       </c>
       <c r="Y78" s="31">
         <v>255.70432612908672</v>
       </c>
       <c r="Z78" s="30">
         <v>221529.08707617063</v>
       </c>
       <c r="AA78" s="31">
         <v>384.50263765969817</v>
       </c>
       <c r="AB78" s="30">
         <v>225330.41835086551</v>
       </c>
       <c r="AC78" s="31">
         <v>284.91696360423396</v>
       </c>
     </row>
-    <row r="79" spans="1:29">
+    <row r="79" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A79" s="33" t="s">
         <v>92</v>
       </c>
       <c r="B79" s="34">
         <v>171755.87151075469</v>
       </c>
       <c r="C79" s="35">
         <v>211.5934062053289</v>
       </c>
       <c r="D79" s="34">
         <v>204160.81040221878</v>
       </c>
       <c r="E79" s="35">
         <v>248.92754527207438</v>
       </c>
       <c r="F79" s="34">
         <v>215637.15561124857</v>
       </c>
       <c r="G79" s="35">
         <v>247.03313261295764</v>
       </c>
       <c r="H79" s="34">
         <v>189453.63039601129</v>
       </c>
       <c r="I79" s="35">
@@ -8143,51 +8147,51 @@
       <c r="V79" s="34">
         <v>204801.16894131849</v>
       </c>
       <c r="W79" s="35">
         <v>260.49446099249553</v>
       </c>
       <c r="X79" s="34">
         <v>207452.99575790521</v>
       </c>
       <c r="Y79" s="35">
         <v>255.71410214846728</v>
       </c>
       <c r="Z79" s="34">
         <v>200358.86384304849</v>
       </c>
       <c r="AA79" s="35">
         <v>347.75799712325602</v>
       </c>
       <c r="AB79" s="34">
         <v>225625.78228780226</v>
       </c>
       <c r="AC79" s="35">
         <v>285.29043380273674</v>
       </c>
     </row>
-    <row r="80" spans="1:29">
+    <row r="80" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A80" s="12" t="s">
         <v>93</v>
       </c>
       <c r="B80" s="28">
         <v>178367.69312234325</v>
       </c>
       <c r="C80" s="29">
         <v>219.73879211681097</v>
       </c>
       <c r="D80" s="28">
         <v>202834.7376544319</v>
       </c>
       <c r="E80" s="29">
         <v>247.31070199393267</v>
       </c>
       <c r="F80" s="28">
         <v>220759.95125372999</v>
       </c>
       <c r="G80" s="29">
         <v>252.90178846547516</v>
       </c>
       <c r="H80" s="28">
         <v>194254.10053800972</v>
       </c>
       <c r="I80" s="29">
@@ -8232,51 +8236,51 @@
       <c r="V80" s="28">
         <v>205479.34333794052</v>
       </c>
       <c r="W80" s="29">
         <v>261.35705701584925</v>
       </c>
       <c r="X80" s="28">
         <v>203019.91159295253</v>
       </c>
       <c r="Y80" s="29">
         <v>250.24972149275305</v>
       </c>
       <c r="Z80" s="28" t="s">
         <v>116</v>
       </c>
       <c r="AA80" s="29" t="s">
         <v>116</v>
       </c>
       <c r="AB80" s="28">
         <v>228164.04585936473</v>
       </c>
       <c r="AC80" s="29">
         <v>288.49991770166923</v>
       </c>
     </row>
-    <row r="81" spans="1:29">
+    <row r="81" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A81" s="32" t="s">
         <v>94</v>
       </c>
       <c r="B81" s="30">
         <v>178082.62562509338</v>
       </c>
       <c r="C81" s="31">
         <v>219.38760527113885</v>
       </c>
       <c r="D81" s="30">
         <v>211750.2448767063</v>
       </c>
       <c r="E81" s="31">
         <v>258.18112968925743</v>
       </c>
       <c r="F81" s="30">
         <v>220624.90970991514</v>
       </c>
       <c r="G81" s="31">
         <v>252.74708536940204</v>
       </c>
       <c r="H81" s="30">
         <v>198892.81165111298</v>
       </c>
       <c r="I81" s="31">
@@ -8321,51 +8325,51 @@
       <c r="V81" s="30">
         <v>212913.4532415774</v>
       </c>
       <c r="W81" s="31">
         <v>270.81278650371041</v>
       </c>
       <c r="X81" s="30">
         <v>217009.8253856404</v>
       </c>
       <c r="Y81" s="31">
         <v>267.4941976766807</v>
       </c>
       <c r="Z81" s="30">
         <v>200601.02168151384</v>
       </c>
       <c r="AA81" s="31">
         <v>348.17830458196852</v>
       </c>
       <c r="AB81" s="30">
         <v>235294.91417094576</v>
       </c>
       <c r="AC81" s="31">
         <v>297.51647819122422</v>
       </c>
     </row>
-    <row r="82" spans="1:29">
+    <row r="82" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A82" s="32" t="s">
         <v>95</v>
       </c>
       <c r="B82" s="30">
         <v>181385.80103460481</v>
       </c>
       <c r="C82" s="31">
         <v>223.45692837517282</v>
       </c>
       <c r="D82" s="30">
         <v>211215.08247836176</v>
       </c>
       <c r="E82" s="31">
         <v>257.52862119911487</v>
       </c>
       <c r="F82" s="30">
         <v>221393.38764836793</v>
       </c>
       <c r="G82" s="31">
         <v>253.62745087015176</v>
       </c>
       <c r="H82" s="30">
         <v>199604.44956806471</v>
       </c>
       <c r="I82" s="31">
@@ -8410,51 +8414,51 @@
       <c r="V82" s="30">
         <v>201966.52064866581</v>
       </c>
       <c r="W82" s="31">
         <v>256.88896311904625</v>
       </c>
       <c r="X82" s="30">
         <v>210403.10389862274</v>
       </c>
       <c r="Y82" s="31">
         <v>259.35051266010345</v>
       </c>
       <c r="Z82" s="30">
         <v>202560.66986335552</v>
       </c>
       <c r="AA82" s="31">
         <v>351.57961817355158</v>
       </c>
       <c r="AB82" s="30">
         <v>234234.72990339366</v>
       </c>
       <c r="AC82" s="31">
         <v>296.17593799881405</v>
       </c>
     </row>
-    <row r="83" spans="1:29">
+    <row r="83" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A83" s="32" t="s">
         <v>96</v>
       </c>
       <c r="B83" s="30">
         <v>170066.70241256207</v>
       </c>
       <c r="C83" s="31">
         <v>209.5124465269229</v>
       </c>
       <c r="D83" s="30">
         <v>209785.85230617746</v>
       </c>
       <c r="E83" s="31">
         <v>255.78600096906339</v>
       </c>
       <c r="F83" s="30">
         <v>217485.1206219068</v>
       </c>
       <c r="G83" s="31">
         <v>249.15015453456485</v>
       </c>
       <c r="H83" s="30">
         <v>193952.15276629286</v>
       </c>
       <c r="I83" s="31">
@@ -8499,51 +8503,51 @@
       <c r="V83" s="30">
         <v>199565.78342632885</v>
       </c>
       <c r="W83" s="31">
         <v>253.83537337661429</v>
       </c>
       <c r="X83" s="30">
         <v>208811.39054534683</v>
       </c>
       <c r="Y83" s="31">
         <v>257.38850893234979</v>
       </c>
       <c r="Z83" s="30">
         <v>182975.2555986043</v>
       </c>
       <c r="AA83" s="31">
         <v>317.58569194089671</v>
       </c>
       <c r="AB83" s="30">
         <v>230585.86802505539</v>
       </c>
       <c r="AC83" s="31">
         <v>291.56216834180947</v>
       </c>
     </row>
-    <row r="84" spans="1:29">
+    <row r="84" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A84" s="12" t="s">
         <v>97</v>
       </c>
       <c r="B84" s="28">
         <v>172077.82202779676</v>
       </c>
       <c r="C84" s="29">
         <v>211.99003082101916</v>
       </c>
       <c r="D84" s="28">
         <v>205360.71505416601</v>
       </c>
       <c r="E84" s="29">
         <v>250.39055533253264</v>
       </c>
       <c r="F84" s="28">
         <v>213097.9527681061</v>
       </c>
       <c r="G84" s="29">
         <v>244.12423117200163</v>
       </c>
       <c r="H84" s="28">
         <v>193266.39647318458</v>
       </c>
       <c r="I84" s="29">
@@ -8588,51 +8592,51 @@
       <c r="V84" s="28">
         <v>209222.488598219</v>
       </c>
       <c r="W84" s="29">
         <v>266.11810702368513</v>
       </c>
       <c r="X84" s="28">
         <v>208246.31849449506</v>
       </c>
       <c r="Y84" s="29">
         <v>256.69198058574847</v>
       </c>
       <c r="Z84" s="28" t="s">
         <v>116</v>
       </c>
       <c r="AA84" s="29" t="s">
         <v>116</v>
       </c>
       <c r="AB84" s="28">
         <v>228663.66023672631</v>
       </c>
       <c r="AC84" s="29">
         <v>289.13165048063752</v>
       </c>
     </row>
-    <row r="85" spans="1:29">
+    <row r="85" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A85" s="15" t="s">
         <v>98</v>
       </c>
       <c r="B85" s="30">
         <v>178875.5438647838</v>
       </c>
       <c r="C85" s="31">
         <v>220.36443517338719</v>
       </c>
       <c r="D85" s="30">
         <v>214994.75386255403</v>
       </c>
       <c r="E85" s="31">
         <v>262.13706842142204</v>
       </c>
       <c r="F85" s="30">
         <v>216875.62187942161</v>
       </c>
       <c r="G85" s="31">
         <v>248.45191501618049</v>
       </c>
       <c r="H85" s="30">
         <v>196266.1559796514</v>
       </c>
       <c r="I85" s="31">
@@ -8677,51 +8681,51 @@
       <c r="V85" s="30">
         <v>208412.79597510066</v>
       </c>
       <c r="W85" s="31">
         <v>265.08822792426821</v>
       </c>
       <c r="X85" s="30">
         <v>205757.37565400195</v>
       </c>
       <c r="Y85" s="31">
         <v>253.62401918355067</v>
       </c>
       <c r="Z85" s="30" t="s">
         <v>116</v>
       </c>
       <c r="AA85" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AB85" s="30">
         <v>232682.00561173045</v>
       </c>
       <c r="AC85" s="31">
         <v>294.21261012797885</v>
       </c>
     </row>
-    <row r="86" spans="1:29">
+    <row r="86" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A86" s="32" t="s">
         <v>99</v>
       </c>
       <c r="B86" s="30">
         <v>171268.50211063068</v>
       </c>
       <c r="C86" s="31">
         <v>210.99299499058895</v>
       </c>
       <c r="D86" s="30">
         <v>213231.16525940149</v>
       </c>
       <c r="E86" s="31">
         <v>259.98677434202608</v>
       </c>
       <c r="F86" s="30">
         <v>215183.10517099913</v>
       </c>
       <c r="G86" s="31">
         <v>246.51297409806179</v>
       </c>
       <c r="H86" s="30">
         <v>198393.189896564</v>
       </c>
       <c r="I86" s="31">
@@ -8766,51 +8770,51 @@
       <c r="V86" s="30">
         <v>216151.81459399834</v>
       </c>
       <c r="W86" s="31">
         <v>274.93178250045457</v>
       </c>
       <c r="X86" s="30">
         <v>208908.24374996693</v>
       </c>
       <c r="Y86" s="31">
         <v>257.50789371235334</v>
       </c>
       <c r="Z86" s="30">
         <v>175384.16607326176</v>
       </c>
       <c r="AA86" s="31">
         <v>304.41002285053696</v>
       </c>
       <c r="AB86" s="30">
         <v>234656.55163956483</v>
       </c>
       <c r="AC86" s="31">
         <v>296.70930659206374</v>
       </c>
     </row>
-    <row r="87" spans="1:29">
+    <row r="87" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A87" s="32" t="s">
         <v>100</v>
       </c>
       <c r="B87" s="30">
         <v>177947.62372471651</v>
       </c>
       <c r="C87" s="31">
         <v>219.2212906543885</v>
       </c>
       <c r="D87" s="30">
         <v>209234.60283813445</v>
       </c>
       <c r="E87" s="31">
         <v>255.11387796640608</v>
       </c>
       <c r="F87" s="30">
         <v>216202.44146394706</v>
       </c>
       <c r="G87" s="31">
         <v>247.68072200736447</v>
       </c>
       <c r="H87" s="30">
         <v>192401.55644154784</v>
       </c>
       <c r="I87" s="31">
@@ -8855,51 +8859,51 @@
       <c r="V87" s="30">
         <v>205762.90710945541</v>
       </c>
       <c r="W87" s="31">
         <v>261.71773265163597</v>
       </c>
       <c r="X87" s="30">
         <v>206065.263096874</v>
       </c>
       <c r="Y87" s="31">
         <v>254.00353243535588</v>
       </c>
       <c r="Z87" s="30">
         <v>178392.67492532602</v>
       </c>
       <c r="AA87" s="31">
         <v>309.63181834614841</v>
       </c>
       <c r="AB87" s="30">
         <v>229540.73531617975</v>
       </c>
       <c r="AC87" s="31">
         <v>290.24065995356938</v>
       </c>
     </row>
-    <row r="88" spans="1:29">
+    <row r="88" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A88" s="12" t="s">
         <v>101</v>
       </c>
       <c r="B88" s="28">
         <v>173606.60908482451</v>
       </c>
       <c r="C88" s="29">
         <v>213.87340900142019</v>
       </c>
       <c r="D88" s="28">
         <v>200418.44943695306</v>
       </c>
       <c r="E88" s="29">
         <v>244.36458959625037</v>
       </c>
       <c r="F88" s="28">
         <v>210730.13061705307</v>
       </c>
       <c r="G88" s="29">
         <v>241.41166282177031</v>
       </c>
       <c r="H88" s="28">
         <v>192699.6657901401</v>
       </c>
       <c r="I88" s="29">
@@ -8944,51 +8948,51 @@
       <c r="V88" s="28">
         <v>199347.35253980974</v>
       </c>
       <c r="W88" s="29">
         <v>253.55754275512888</v>
       </c>
       <c r="X88" s="28">
         <v>204930.55994180118</v>
       </c>
       <c r="Y88" s="29">
         <v>252.60485608727799</v>
       </c>
       <c r="Z88" s="28" t="s">
         <v>116</v>
       </c>
       <c r="AA88" s="29" t="s">
         <v>116</v>
       </c>
       <c r="AB88" s="28">
         <v>228040.79789451571</v>
       </c>
       <c r="AC88" s="29">
         <v>288.34407795232602</v>
       </c>
     </row>
-    <row r="89" spans="1:29">
+    <row r="89" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A89" s="15" t="s">
         <v>102</v>
       </c>
       <c r="B89" s="30">
         <v>173754.09037947751</v>
       </c>
       <c r="C89" s="31">
         <v>214.05509751787503</v>
       </c>
       <c r="D89" s="30">
         <v>210311.46102522936</v>
       </c>
       <c r="E89" s="31">
         <v>256.42686092621886</v>
       </c>
       <c r="F89" s="30">
         <v>215368.80672237533</v>
       </c>
       <c r="G89" s="31">
         <v>246.7257131125304</v>
       </c>
       <c r="H89" s="30">
         <v>195041.01101463093</v>
       </c>
       <c r="I89" s="31">
@@ -9033,51 +9037,51 @@
       <c r="V89" s="30">
         <v>205469.47806909098</v>
       </c>
       <c r="W89" s="31">
         <v>261.34450900206207</v>
       </c>
       <c r="X89" s="30">
         <v>207572.64698128955</v>
       </c>
       <c r="Y89" s="31">
         <v>255.86158859496044</v>
       </c>
       <c r="Z89" s="30">
         <v>176383.43057501616</v>
       </c>
       <c r="AA89" s="31">
         <v>306.14442189363945</v>
       </c>
       <c r="AB89" s="30">
         <v>231741.08957624261</v>
       </c>
       <c r="AC89" s="31">
         <v>293.02287754859719</v>
       </c>
     </row>
-    <row r="90" spans="1:29">
+    <row r="90" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A90" s="15" t="s">
         <v>103</v>
       </c>
       <c r="B90" s="30">
         <v>176108.33979084762</v>
       </c>
       <c r="C90" s="31">
         <v>216.95539808767248</v>
       </c>
       <c r="D90" s="30">
         <v>199066.62444924802</v>
       </c>
       <c r="E90" s="31">
         <v>242.71634733484913</v>
       </c>
       <c r="F90" s="30">
         <v>216377.40997237901</v>
       </c>
       <c r="G90" s="31">
         <v>247.88116528729938</v>
       </c>
       <c r="H90" s="30">
         <v>192495.05337370458</v>
       </c>
       <c r="I90" s="31">
@@ -9122,51 +9126,51 @@
       <c r="V90" s="30">
         <v>204600.5137866844</v>
       </c>
       <c r="W90" s="31">
         <v>260.23924000610197</v>
       </c>
       <c r="X90" s="30">
         <v>201514.16372968131</v>
       </c>
       <c r="Y90" s="31">
         <v>248.39368195226982</v>
       </c>
       <c r="Z90" s="30">
         <v>170496.15282531461</v>
       </c>
       <c r="AA90" s="31">
         <v>295.9260173794857</v>
       </c>
       <c r="AB90" s="30">
         <v>230103.55532674637</v>
       </c>
       <c r="AC90" s="31">
         <v>290.95231251091144</v>
       </c>
     </row>
-    <row r="91" spans="1:29">
+    <row r="91" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A91" s="36" t="s">
         <v>104</v>
       </c>
       <c r="B91" s="30">
         <v>173990.78972666542</v>
       </c>
       <c r="C91" s="31">
         <v>214.34669757019077</v>
       </c>
       <c r="D91" s="30">
         <v>202830.4309813389</v>
       </c>
       <c r="E91" s="31">
         <v>247.3054509883199</v>
       </c>
       <c r="F91" s="30">
         <v>212756.52111257592</v>
       </c>
       <c r="G91" s="31">
         <v>243.73308832280313</v>
       </c>
       <c r="H91" s="30">
         <v>192837.91063412349</v>
       </c>
       <c r="I91" s="31">
@@ -9211,51 +9215,51 @@
       <c r="V91" s="30">
         <v>203979.95402645061</v>
       </c>
       <c r="W91" s="31">
         <v>259.44992624831741</v>
       </c>
       <c r="X91" s="30">
         <v>203906.85856256902</v>
       </c>
       <c r="Y91" s="31">
         <v>251.3430045622994</v>
       </c>
       <c r="Z91" s="30">
         <v>167931.24330074893</v>
       </c>
       <c r="AA91" s="31">
         <v>291.47416642586853</v>
       </c>
       <c r="AB91" s="30">
         <v>227717.45251085548</v>
       </c>
       <c r="AC91" s="31">
         <v>287.93522687228915</v>
       </c>
     </row>
-    <row r="92" spans="1:29">
+    <row r="92" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A92" s="36" t="s">
         <v>105</v>
       </c>
       <c r="B92" s="30">
         <v>176580.00732847216</v>
       </c>
       <c r="C92" s="31">
         <v>217.53646550623932</v>
       </c>
       <c r="D92" s="30">
         <v>202415.01634919914</v>
       </c>
       <c r="E92" s="31">
         <v>246.79894758815743</v>
       </c>
       <c r="F92" s="30">
         <v>204922.94275636741</v>
       </c>
       <c r="G92" s="31">
         <v>234.75896976045317</v>
       </c>
       <c r="H92" s="30">
         <v>192594.25928540755</v>
       </c>
       <c r="I92" s="31">
@@ -9300,51 +9304,51 @@
       <c r="V92" s="30">
         <v>202083.94421596089</v>
       </c>
       <c r="W92" s="31">
         <v>257.03831865753494</v>
       </c>
       <c r="X92" s="30">
         <v>191750.79044367999</v>
       </c>
       <c r="Y92" s="31">
         <v>236.35899320434882</v>
       </c>
       <c r="Z92" s="30">
         <v>172478.61862191829</v>
       </c>
       <c r="AA92" s="31">
         <v>299.36693494893404</v>
       </c>
       <c r="AB92" s="30">
         <v>226810.17696291054</v>
       </c>
       <c r="AC92" s="31">
         <v>286.78803069627025</v>
       </c>
     </row>
-    <row r="93" spans="1:29">
+    <row r="93" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A93" s="36" t="s">
         <v>106</v>
       </c>
       <c r="B93" s="30">
         <v>173489.80250333768</v>
       </c>
       <c r="C93" s="31">
         <v>213.72950997644594</v>
       </c>
       <c r="D93" s="30">
         <v>198034.37662959946</v>
       </c>
       <c r="E93" s="31">
         <v>241.45775654383814</v>
       </c>
       <c r="F93" s="30">
         <v>214073.2279608626</v>
       </c>
       <c r="G93" s="31">
         <v>245.241502846929</v>
       </c>
       <c r="H93" s="30">
         <v>197022.739420934</v>
       </c>
       <c r="I93" s="31">
@@ -9389,51 +9393,51 @@
       <c r="V93" s="30">
         <v>207706.92627782354</v>
       </c>
       <c r="W93" s="31">
         <v>264.19040518588417</v>
       </c>
       <c r="X93" s="30">
         <v>200003.30429198089</v>
       </c>
       <c r="Y93" s="31">
         <v>246.5313416993724</v>
       </c>
       <c r="Z93" s="30">
         <v>169065.55550203833</v>
       </c>
       <c r="AA93" s="31">
         <v>293.44296446987164</v>
       </c>
       <c r="AB93" s="30">
         <v>231027.6929494568</v>
       </c>
       <c r="AC93" s="31">
         <v>292.12082978142524</v>
       </c>
     </row>
-    <row r="94" spans="1:29">
+    <row r="94" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A94" s="6" t="s">
         <v>107</v>
       </c>
       <c r="B94" s="30">
         <v>181789.78841270471</v>
       </c>
       <c r="C94" s="31">
         <v>223.9546177097163</v>
       </c>
       <c r="D94" s="30">
         <v>204949.83091655443</v>
       </c>
       <c r="E94" s="31">
         <v>249.88957583717615</v>
       </c>
       <c r="F94" s="30">
         <v>215873.59575630282</v>
       </c>
       <c r="G94" s="31">
         <v>247.30399757378802</v>
       </c>
       <c r="H94" s="30">
         <v>200548.60557237171</v>
       </c>
       <c r="I94" s="31">
@@ -9478,51 +9482,51 @@
       <c r="V94" s="30">
         <v>206185.07423070716</v>
       </c>
       <c r="W94" s="31">
         <v>262.25470320345312</v>
       </c>
       <c r="X94" s="30">
         <v>205906.45647939731</v>
       </c>
       <c r="Y94" s="31">
         <v>253.80778162705866</v>
       </c>
       <c r="Z94" s="30">
         <v>173259.82917261301</v>
       </c>
       <c r="AA94" s="31">
         <v>300.72286306326976</v>
       </c>
       <c r="AB94" s="30">
         <v>235963.87499029198</v>
       </c>
       <c r="AC94" s="31">
         <v>298.36233951262619</v>
       </c>
     </row>
-    <row r="95" spans="1:29">
+    <row r="95" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A95" s="6" t="s">
         <v>108</v>
       </c>
       <c r="B95" s="30">
         <v>178973.46487869153</v>
       </c>
       <c r="C95" s="31">
         <v>220.48506825969497</v>
       </c>
       <c r="D95" s="30">
         <v>210462.05403548613</v>
       </c>
       <c r="E95" s="31">
         <v>256.61047475643676</v>
       </c>
       <c r="F95" s="30">
         <v>220036.56915447381</v>
       </c>
       <c r="G95" s="31">
         <v>252.07308459230063</v>
       </c>
       <c r="H95" s="30">
         <v>201292.50218187924</v>
       </c>
       <c r="I95" s="31">
@@ -9567,51 +9571,51 @@
       <c r="V95" s="30">
         <v>210487.73043842326</v>
       </c>
       <c r="W95" s="31">
         <v>267.72741664282893</v>
       </c>
       <c r="X95" s="30">
         <v>199842.87952967559</v>
       </c>
       <c r="Y95" s="31">
         <v>246.33359630695034</v>
       </c>
       <c r="Z95" s="30">
         <v>170598.97380231414</v>
       </c>
       <c r="AA95" s="31">
         <v>296.1044812434634</v>
       </c>
       <c r="AB95" s="30">
         <v>237685.37397318959</v>
       </c>
       <c r="AC95" s="31">
         <v>300.53907298094657</v>
       </c>
     </row>
-    <row r="96" spans="1:29">
+    <row r="96" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A96" s="6" t="s">
         <v>109</v>
       </c>
       <c r="B96" s="30">
         <v>183129.12133805614</v>
       </c>
       <c r="C96" s="31">
         <v>225.60459924004385</v>
       </c>
       <c r="D96" s="30">
         <v>208511.437533427</v>
       </c>
       <c r="E96" s="31">
         <v>254.2321428098297</v>
       </c>
       <c r="F96" s="30">
         <v>220596.34800868441</v>
       </c>
       <c r="G96" s="31">
         <v>252.71436518948781</v>
       </c>
       <c r="H96" s="30">
         <v>203052.32307710178</v>
       </c>
       <c r="I96" s="31">
@@ -9656,51 +9660,51 @@
       <c r="V96" s="30">
         <v>207466.57031780697</v>
       </c>
       <c r="W96" s="31">
         <v>263.88468722258102</v>
       </c>
       <c r="X96" s="30">
         <v>205316.55898977062</v>
       </c>
       <c r="Y96" s="31">
         <v>253.08065254237891</v>
       </c>
       <c r="Z96" s="30">
         <v>167887.99644580641</v>
       </c>
       <c r="AA96" s="31">
         <v>291.39910391369301</v>
       </c>
       <c r="AB96" s="30">
         <v>241723.58410821707</v>
       </c>
       <c r="AC96" s="31">
         <v>305.64515044038802</v>
       </c>
     </row>
-    <row r="97" spans="1:29">
+    <row r="97" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A97" s="6" t="s">
         <v>110</v>
       </c>
       <c r="B97" s="30">
         <v>191691.09301908617</v>
       </c>
       <c r="C97" s="31">
         <v>236.1524584537492</v>
       </c>
       <c r="D97" s="30">
         <v>211623.55193607041</v>
       </c>
       <c r="E97" s="31">
         <v>258.0266565430465</v>
       </c>
       <c r="F97" s="30">
         <v>216577.32866313448</v>
       </c>
       <c r="G97" s="31">
         <v>248.11019140436724</v>
       </c>
       <c r="H97" s="30">
         <v>210022.81954320395</v>
       </c>
       <c r="I97" s="31">
@@ -9745,51 +9749,51 @@
       <c r="V97" s="30">
         <v>221048.28040674527</v>
       </c>
       <c r="W97" s="31">
         <v>281.15978514933187</v>
       </c>
       <c r="X97" s="30">
         <v>210799.93671055767</v>
       </c>
       <c r="Y97" s="31">
         <v>259.83966320640559</v>
       </c>
       <c r="Z97" s="30">
         <v>173036.77961903185</v>
       </c>
       <c r="AA97" s="31">
         <v>300.33572138895187</v>
       </c>
       <c r="AB97" s="30">
         <v>251054.72116386608</v>
       </c>
       <c r="AC97" s="31">
         <v>317.443820395062</v>
       </c>
     </row>
-    <row r="98" spans="1:29">
+    <row r="98" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A98" s="6" t="s">
         <v>111</v>
       </c>
       <c r="B98" s="30">
         <v>180359.04716638761</v>
       </c>
       <c r="C98" s="31">
         <v>222.19202635814358</v>
       </c>
       <c r="D98" s="30">
         <v>214610.89228670186</v>
       </c>
       <c r="E98" s="31">
         <v>261.66903677708785</v>
       </c>
       <c r="F98" s="30">
         <v>223862.27065454432</v>
       </c>
       <c r="G98" s="31">
         <v>256.45579416443155</v>
       </c>
       <c r="H98" s="30">
         <v>213731.14542075861</v>
       </c>
       <c r="I98" s="31">
@@ -9834,51 +9838,51 @@
       <c r="V98" s="30">
         <v>217958.95569913191</v>
       </c>
       <c r="W98" s="31">
         <v>277.23035457674013</v>
       </c>
       <c r="X98" s="30">
         <v>208112.80084222963</v>
       </c>
       <c r="Y98" s="31">
         <v>256.52740187506129</v>
       </c>
       <c r="Z98" s="30">
         <v>179770.77312440955</v>
       </c>
       <c r="AA98" s="31">
         <v>312.02374980533187</v>
       </c>
       <c r="AB98" s="30">
         <v>254978.66225419557</v>
       </c>
       <c r="AC98" s="31">
         <v>322.40541141770734</v>
       </c>
     </row>
-    <row r="99" spans="1:29">
+    <row r="99" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A99" s="6" t="s">
         <v>112</v>
       </c>
       <c r="B99" s="30">
         <v>176997.58587860072</v>
       </c>
       <c r="C99" s="31">
         <v>218.0508983870649</v>
       </c>
       <c r="D99" s="30">
         <v>215900.03696796362</v>
       </c>
       <c r="E99" s="31">
         <v>263.24085470029667</v>
       </c>
       <c r="F99" s="30">
         <v>222832.49087166824</v>
       </c>
       <c r="G99" s="31">
         <v>255.27608223146586</v>
       </c>
       <c r="H99" s="30">
         <v>211017.35948384585</v>
       </c>
       <c r="I99" s="31">
@@ -9923,51 +9927,51 @@
       <c r="V99" s="30">
         <v>211514.63106872136</v>
       </c>
       <c r="W99" s="31">
         <v>269.03357093660156</v>
       </c>
       <c r="X99" s="30">
         <v>212567.03718408672</v>
       </c>
       <c r="Y99" s="31">
         <v>262.01785547277296</v>
       </c>
       <c r="Z99" s="30">
         <v>175654.33947736531</v>
       </c>
       <c r="AA99" s="31">
         <v>304.87895624377393</v>
       </c>
       <c r="AB99" s="30">
         <v>253702.8369411391</v>
       </c>
       <c r="AC99" s="31">
         <v>320.79220589958038</v>
       </c>
     </row>
-    <row r="100" spans="1:29">
+    <row r="100" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A100" s="6" t="s">
         <v>113</v>
       </c>
       <c r="B100" s="30">
         <v>185203.78724077719</v>
       </c>
       <c r="C100" s="31">
         <v>228.16046892434349</v>
       </c>
       <c r="D100" s="30">
         <v>206669.88515782368</v>
       </c>
       <c r="E100" s="31">
         <v>251.98678969114954</v>
       </c>
       <c r="F100" s="30">
         <v>221964.36646670956</v>
       </c>
       <c r="G100" s="31">
         <v>254.28156210506739</v>
       </c>
       <c r="H100" s="30">
         <v>213379.59593716695</v>
       </c>
       <c r="I100" s="31">
@@ -10012,51 +10016,51 @@
       <c r="V100" s="30">
         <v>214717.13890939558</v>
       </c>
       <c r="W100" s="31">
         <v>273.10696347675696</v>
       </c>
       <c r="X100" s="30">
         <v>205662.30277123689</v>
       </c>
       <c r="Y100" s="31">
         <v>253.50682889296888</v>
       </c>
       <c r="Z100" s="30">
         <v>187154.78501691541</v>
       </c>
       <c r="AA100" s="31">
         <v>324.83999929496605</v>
       </c>
       <c r="AB100" s="30">
         <v>255448.40336207702</v>
       </c>
       <c r="AC100" s="31">
         <v>322.99937121735263</v>
       </c>
     </row>
-    <row r="101" spans="1:29">
+    <row r="101" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A101" s="6" t="s">
         <v>114</v>
       </c>
       <c r="B101" s="30">
         <v>188155.60606339015</v>
       </c>
       <c r="C101" s="31">
         <v>231.7969408171752</v>
       </c>
       <c r="D101" s="30">
         <v>213763.23858269476</v>
       </c>
       <c r="E101" s="31">
         <v>260.63551640966983</v>
       </c>
       <c r="F101" s="30">
         <v>225030.00218402556</v>
       </c>
       <c r="G101" s="31">
         <v>257.79354311108676</v>
       </c>
       <c r="H101" s="30">
         <v>216349.67355786546</v>
       </c>
       <c r="I101" s="31">
@@ -10101,51 +10105,51 @@
       <c r="V101" s="30">
         <v>220538.62542982408</v>
       </c>
       <c r="W101" s="31">
         <v>280.51153543869049</v>
       </c>
       <c r="X101" s="30">
         <v>204845.16440528119</v>
       </c>
       <c r="Y101" s="31">
         <v>252.49959444538695</v>
       </c>
       <c r="Z101" s="30">
         <v>182119.405616684</v>
       </c>
       <c r="AA101" s="31">
         <v>316.10021398478432</v>
       </c>
       <c r="AB101" s="30">
         <v>260011.1976740454</v>
       </c>
       <c r="AC101" s="31">
         <v>328.76875428791715</v>
       </c>
     </row>
-    <row r="102" spans="1:29">
+    <row r="102" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A102" s="6" t="s">
         <v>115</v>
       </c>
       <c r="B102" s="30" t="s">
         <v>116</v>
       </c>
       <c r="C102" s="31" t="s">
         <v>116</v>
       </c>
       <c r="D102" s="30" t="s">
         <v>116</v>
       </c>
       <c r="E102" s="31" t="s">
         <v>116</v>
       </c>
       <c r="F102" s="30" t="s">
         <v>116</v>
       </c>
       <c r="G102" s="31" t="s">
         <v>116</v>
       </c>
       <c r="H102" s="30" t="s">
         <v>116</v>
       </c>
       <c r="I102" s="31" t="s">
@@ -10190,51 +10194,51 @@
       <c r="V102" s="30" t="s">
         <v>116</v>
       </c>
       <c r="W102" s="31" t="s">
         <v>116</v>
       </c>
       <c r="X102" s="30" t="s">
         <v>116</v>
       </c>
       <c r="Y102" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Z102" s="30" t="s">
         <v>116</v>
       </c>
       <c r="AA102" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AB102" s="30">
         <v>264673.77588503179</v>
       </c>
       <c r="AC102" s="31">
         <v>334.66430818678293</v>
       </c>
     </row>
-    <row r="103" spans="1:29">
+    <row r="103" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A103" s="6" t="s">
         <v>117</v>
       </c>
       <c r="B103" s="30" t="s">
         <v>116</v>
       </c>
       <c r="C103" s="31" t="s">
         <v>116</v>
       </c>
       <c r="D103" s="30" t="s">
         <v>116</v>
       </c>
       <c r="E103" s="31" t="s">
         <v>116</v>
       </c>
       <c r="F103" s="30" t="s">
         <v>116</v>
       </c>
       <c r="G103" s="31" t="s">
         <v>116</v>
       </c>
       <c r="H103" s="30" t="s">
         <v>116</v>
       </c>
       <c r="I103" s="31" t="s">
@@ -10279,51 +10283,51 @@
       <c r="V103" s="30" t="s">
         <v>116</v>
       </c>
       <c r="W103" s="31" t="s">
         <v>116</v>
       </c>
       <c r="X103" s="30" t="s">
         <v>116</v>
       </c>
       <c r="Y103" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Z103" s="30" t="s">
         <v>116</v>
       </c>
       <c r="AA103" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AB103" s="30">
         <v>266107.24953767593</v>
       </c>
       <c r="AC103" s="31">
         <v>336.47685068995304</v>
       </c>
     </row>
-    <row r="104" spans="1:29">
+    <row r="104" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A104" s="6" t="s">
         <v>118</v>
       </c>
       <c r="B104" s="30" t="s">
         <v>116</v>
       </c>
       <c r="C104" s="31" t="s">
         <v>116</v>
       </c>
       <c r="D104" s="30" t="s">
         <v>116</v>
       </c>
       <c r="E104" s="31" t="s">
         <v>116</v>
       </c>
       <c r="F104" s="30" t="s">
         <v>116</v>
       </c>
       <c r="G104" s="31" t="s">
         <v>116</v>
       </c>
       <c r="H104" s="30" t="s">
         <v>116</v>
       </c>
       <c r="I104" s="31" t="s">
@@ -10368,51 +10372,51 @@
       <c r="V104" s="30" t="s">
         <v>116</v>
       </c>
       <c r="W104" s="31" t="s">
         <v>116</v>
       </c>
       <c r="X104" s="30" t="s">
         <v>116</v>
       </c>
       <c r="Y104" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Z104" s="30" t="s">
         <v>116</v>
       </c>
       <c r="AA104" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AB104" s="30">
         <v>266877.55699464196</v>
       </c>
       <c r="AC104" s="31">
         <v>337.45085883002895</v>
       </c>
     </row>
-    <row r="105" spans="1:29">
+    <row r="105" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A105" s="6" t="s">
         <v>119</v>
       </c>
       <c r="B105" s="30" t="s">
         <v>116</v>
       </c>
       <c r="C105" s="31" t="s">
         <v>116</v>
       </c>
       <c r="D105" s="30" t="s">
         <v>116</v>
       </c>
       <c r="E105" s="31" t="s">
         <v>116</v>
       </c>
       <c r="F105" s="30" t="s">
         <v>116</v>
       </c>
       <c r="G105" s="31" t="s">
         <v>116</v>
       </c>
       <c r="H105" s="30" t="s">
         <v>116</v>
       </c>
       <c r="I105" s="31" t="s">
@@ -10457,51 +10461,51 @@
       <c r="V105" s="30" t="s">
         <v>116</v>
       </c>
       <c r="W105" s="31" t="s">
         <v>116</v>
       </c>
       <c r="X105" s="30" t="s">
         <v>116</v>
       </c>
       <c r="Y105" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Z105" s="30" t="s">
         <v>116</v>
       </c>
       <c r="AA105" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AB105" s="30">
         <v>276481.48524558963</v>
       </c>
       <c r="AC105" s="31">
         <v>349.59445708879645</v>
       </c>
     </row>
-    <row r="106" spans="1:29">
+    <row r="106" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A106" s="6" t="s">
         <v>120</v>
       </c>
       <c r="B106" s="30" t="s">
         <v>116</v>
       </c>
       <c r="C106" s="31" t="s">
         <v>116</v>
       </c>
       <c r="D106" s="30" t="s">
         <v>116</v>
       </c>
       <c r="E106" s="31" t="s">
         <v>116</v>
       </c>
       <c r="F106" s="30" t="s">
         <v>116</v>
       </c>
       <c r="G106" s="31" t="s">
         <v>116</v>
       </c>
       <c r="H106" s="30" t="s">
         <v>116</v>
       </c>
       <c r="I106" s="31" t="s">
@@ -10546,51 +10550,51 @@
       <c r="V106" s="30" t="s">
         <v>116</v>
       </c>
       <c r="W106" s="31" t="s">
         <v>116</v>
       </c>
       <c r="X106" s="30" t="s">
         <v>116</v>
       </c>
       <c r="Y106" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Z106" s="30" t="s">
         <v>116</v>
       </c>
       <c r="AA106" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AB106" s="30">
         <v>280647.18717575778</v>
       </c>
       <c r="AC106" s="31">
         <v>354.861740369546</v>
       </c>
     </row>
-    <row r="107" spans="1:29">
+    <row r="107" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A107" s="6" t="s">
         <v>121</v>
       </c>
       <c r="B107" s="30" t="s">
         <v>116</v>
       </c>
       <c r="C107" s="31" t="s">
         <v>116</v>
       </c>
       <c r="D107" s="30" t="s">
         <v>116</v>
       </c>
       <c r="E107" s="31" t="s">
         <v>116</v>
       </c>
       <c r="F107" s="30" t="s">
         <v>116</v>
       </c>
       <c r="G107" s="31" t="s">
         <v>116</v>
       </c>
       <c r="H107" s="30" t="s">
         <v>116</v>
       </c>
       <c r="I107" s="31" t="s">
@@ -10635,51 +10639,51 @@
       <c r="V107" s="30" t="s">
         <v>116</v>
       </c>
       <c r="W107" s="31" t="s">
         <v>116</v>
       </c>
       <c r="X107" s="30" t="s">
         <v>116</v>
       </c>
       <c r="Y107" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Z107" s="30" t="s">
         <v>116</v>
       </c>
       <c r="AA107" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AB107" s="30">
         <v>281836.60359507112</v>
       </c>
       <c r="AC107" s="31">
         <v>356.36568696109799</v>
       </c>
     </row>
-    <row r="108" spans="1:29">
+    <row r="108" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A108" s="6" t="s">
         <v>122</v>
       </c>
       <c r="B108" s="30" t="s">
         <v>116</v>
       </c>
       <c r="C108" s="31" t="s">
         <v>116</v>
       </c>
       <c r="D108" s="30" t="s">
         <v>116</v>
       </c>
       <c r="E108" s="31" t="s">
         <v>116</v>
       </c>
       <c r="F108" s="30" t="s">
         <v>116</v>
       </c>
       <c r="G108" s="31" t="s">
         <v>116</v>
       </c>
       <c r="H108" s="30" t="s">
         <v>116</v>
       </c>
       <c r="I108" s="31" t="s">
@@ -10724,51 +10728,51 @@
       <c r="V108" s="30" t="s">
         <v>116</v>
       </c>
       <c r="W108" s="31" t="s">
         <v>116</v>
       </c>
       <c r="X108" s="30" t="s">
         <v>116</v>
       </c>
       <c r="Y108" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Z108" s="30" t="s">
         <v>116</v>
       </c>
       <c r="AA108" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AB108" s="30">
         <v>279338.62807577563</v>
       </c>
       <c r="AC108" s="31">
         <v>353.20714491726636</v>
       </c>
     </row>
-    <row r="109" spans="1:29">
+    <row r="109" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A109" s="6" t="s">
         <v>123</v>
       </c>
       <c r="B109" s="30" t="s">
         <v>116</v>
       </c>
       <c r="C109" s="31" t="s">
         <v>116</v>
       </c>
       <c r="D109" s="30" t="s">
         <v>116</v>
       </c>
       <c r="E109" s="31" t="s">
         <v>116</v>
       </c>
       <c r="F109" s="30" t="s">
         <v>116</v>
       </c>
       <c r="G109" s="31" t="s">
         <v>116</v>
       </c>
       <c r="H109" s="30" t="s">
         <v>116</v>
       </c>
       <c r="I109" s="31" t="s">
@@ -10813,51 +10817,51 @@
       <c r="V109" s="30" t="s">
         <v>116</v>
       </c>
       <c r="W109" s="31" t="s">
         <v>116</v>
       </c>
       <c r="X109" s="30" t="s">
         <v>116</v>
       </c>
       <c r="Y109" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Z109" s="30" t="s">
         <v>116</v>
       </c>
       <c r="AA109" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AB109" s="30">
         <v>287607.06238928699</v>
       </c>
       <c r="AC109" s="31">
         <v>363.6620902176316</v>
       </c>
     </row>
-    <row r="110" spans="1:29">
+    <row r="110" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A110" s="6" t="s">
         <v>124</v>
       </c>
       <c r="B110" s="30" t="s">
         <v>116</v>
       </c>
       <c r="C110" s="31" t="s">
         <v>116</v>
       </c>
       <c r="D110" s="30" t="s">
         <v>116</v>
       </c>
       <c r="E110" s="31" t="s">
         <v>116</v>
       </c>
       <c r="F110" s="30" t="s">
         <v>116</v>
       </c>
       <c r="G110" s="31" t="s">
         <v>116</v>
       </c>
       <c r="H110" s="30" t="s">
         <v>116</v>
       </c>
       <c r="I110" s="31" t="s">
@@ -10902,51 +10906,51 @@
       <c r="V110" s="30" t="s">
         <v>116</v>
       </c>
       <c r="W110" s="31" t="s">
         <v>116</v>
       </c>
       <c r="X110" s="30" t="s">
         <v>116</v>
       </c>
       <c r="Y110" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Z110" s="30" t="s">
         <v>116</v>
       </c>
       <c r="AA110" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AB110" s="30">
         <v>289539.85895973502</v>
       </c>
       <c r="AC110" s="31">
         <v>366.10599696642771</v>
       </c>
     </row>
-    <row r="111" spans="1:29">
+    <row r="111" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A111" s="6" t="s">
         <v>125</v>
       </c>
       <c r="B111" s="30" t="s">
         <v>116</v>
       </c>
       <c r="C111" s="31" t="s">
         <v>116</v>
       </c>
       <c r="D111" s="30" t="s">
         <v>116</v>
       </c>
       <c r="E111" s="31" t="s">
         <v>116</v>
       </c>
       <c r="F111" s="30" t="s">
         <v>116</v>
       </c>
       <c r="G111" s="31" t="s">
         <v>116</v>
       </c>
       <c r="H111" s="30" t="s">
         <v>116</v>
       </c>
       <c r="I111" s="31" t="s">
@@ -10991,51 +10995,51 @@
       <c r="V111" s="30" t="s">
         <v>116</v>
       </c>
       <c r="W111" s="31" t="s">
         <v>116</v>
       </c>
       <c r="X111" s="30" t="s">
         <v>116</v>
       </c>
       <c r="Y111" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Z111" s="30" t="s">
         <v>116</v>
       </c>
       <c r="AA111" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AB111" s="30">
         <v>288901.41929386399</v>
       </c>
       <c r="AC111" s="31">
         <v>365.29872783527458</v>
       </c>
     </row>
-    <row r="112" spans="1:29">
+    <row r="112" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A112" s="6" t="s">
         <v>126</v>
       </c>
       <c r="B112" s="30" t="s">
         <v>116</v>
       </c>
       <c r="C112" s="31" t="s">
         <v>116</v>
       </c>
       <c r="D112" s="30" t="s">
         <v>116</v>
       </c>
       <c r="E112" s="31" t="s">
         <v>116</v>
       </c>
       <c r="F112" s="30" t="s">
         <v>116</v>
       </c>
       <c r="G112" s="31" t="s">
         <v>116</v>
       </c>
       <c r="H112" s="30" t="s">
         <v>116</v>
       </c>
       <c r="I112" s="31" t="s">
@@ -11080,51 +11084,51 @@
       <c r="V112" s="30" t="s">
         <v>116</v>
       </c>
       <c r="W112" s="31" t="s">
         <v>116</v>
       </c>
       <c r="X112" s="30" t="s">
         <v>116</v>
       </c>
       <c r="Y112" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Z112" s="30" t="s">
         <v>116</v>
       </c>
       <c r="AA112" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AB112" s="30">
         <v>290452.56021223898</v>
       </c>
       <c r="AC112" s="31">
         <v>367.26005362439878</v>
       </c>
     </row>
-    <row r="113" spans="1:29">
+    <row r="113" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A113" s="6" t="s">
         <v>127</v>
       </c>
       <c r="B113" s="30" t="s">
         <v>116</v>
       </c>
       <c r="C113" s="31" t="s">
         <v>116</v>
       </c>
       <c r="D113" s="30" t="s">
         <v>116</v>
       </c>
       <c r="E113" s="31" t="s">
         <v>116</v>
       </c>
       <c r="F113" s="30" t="s">
         <v>116</v>
       </c>
       <c r="G113" s="31" t="s">
         <v>116</v>
       </c>
       <c r="H113" s="30" t="s">
         <v>116</v>
       </c>
       <c r="I113" s="31" t="s">
@@ -11169,380 +11173,391 @@
       <c r="V113" s="30" t="s">
         <v>116</v>
       </c>
       <c r="W113" s="31" t="s">
         <v>116</v>
       </c>
       <c r="X113" s="30" t="s">
         <v>116</v>
       </c>
       <c r="Y113" s="31" t="s">
         <v>116</v>
       </c>
       <c r="Z113" s="30" t="s">
         <v>116</v>
       </c>
       <c r="AA113" s="31" t="s">
         <v>116</v>
       </c>
       <c r="AB113" s="30">
         <v>293654.32835913397</v>
       </c>
       <c r="AC113" s="31">
         <v>371.30849974744996</v>
       </c>
     </row>
-    <row r="114" spans="1:29">
+    <row r="114" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A114" s="6" t="s">
         <v>128</v>
       </c>
       <c r="AB114" s="30">
         <v>296826.90693048702</v>
       </c>
       <c r="AC114" s="31">
         <v>375.32003738165548</v>
       </c>
     </row>
-    <row r="115" spans="1:29">
+    <row r="115" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A115" s="6" t="s">
         <v>129</v>
       </c>
       <c r="AB115" s="30">
         <v>292778.80989184801</v>
       </c>
       <c r="AC115" s="31">
         <v>370.20145851837754</v>
       </c>
     </row>
-    <row r="116" spans="1:29">
+    <row r="116" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A116" s="6" t="s">
         <v>130</v>
       </c>
       <c r="AB116" s="30">
         <v>291399.21205159603</v>
       </c>
       <c r="AC116" s="31">
         <v>368.45703878793751</v>
       </c>
     </row>
-    <row r="117" spans="1:29">
+    <row r="117" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A117" s="6" t="s">
         <v>131</v>
       </c>
       <c r="AB117" s="30">
         <v>297113.16775856202</v>
       </c>
       <c r="AC117" s="31">
         <v>375.68199723834454</v>
       </c>
     </row>
-    <row r="118" spans="1:29">
+    <row r="118" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A118" s="6" t="s">
         <v>132</v>
       </c>
       <c r="AB118" s="30">
         <v>299851.26565153903</v>
       </c>
       <c r="AC118" s="31">
         <v>379.14415979690068</v>
       </c>
     </row>
-    <row r="119" spans="1:29">
+    <row r="119" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A119" s="6" t="s">
         <v>133</v>
       </c>
       <c r="AB119" s="30">
         <v>298656.19095187099</v>
       </c>
       <c r="AC119" s="31">
         <v>377.63305864508254</v>
       </c>
     </row>
-    <row r="120" spans="1:29">
+    <row r="120" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A120" s="6" t="s">
         <v>134</v>
       </c>
       <c r="AB120" s="30">
         <v>298812.86479552102</v>
       </c>
       <c r="AC120" s="31">
         <v>377.83116343774952</v>
       </c>
     </row>
-    <row r="121" spans="1:29">
+    <row r="121" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A121" s="6" t="s">
         <v>135</v>
       </c>
       <c r="AB121" s="30">
         <v>302349.53048557002</v>
       </c>
       <c r="AC121" s="31">
         <v>382.303067662074</v>
       </c>
     </row>
-    <row r="122" spans="1:29">
+    <row r="122" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A122" s="6" t="s">
         <v>136</v>
       </c>
       <c r="C122" s="37"/>
       <c r="E122" s="37"/>
       <c r="G122" s="37"/>
       <c r="I122" s="37"/>
       <c r="K122" s="37"/>
       <c r="M122" s="37"/>
       <c r="O122" s="37"/>
       <c r="Q122" s="37"/>
       <c r="S122" s="37"/>
       <c r="U122" s="37"/>
       <c r="W122" s="37"/>
       <c r="Y122" s="37"/>
       <c r="AA122" s="37"/>
       <c r="AB122" s="30">
         <v>316127.66990222601</v>
       </c>
       <c r="AC122" s="31">
         <v>399.72470862577552</v>
       </c>
     </row>
-    <row r="123" spans="1:29">
+    <row r="123" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A123" s="6" t="s">
         <v>137</v>
       </c>
       <c r="AB123" s="30">
         <v>323734.04963179101</v>
       </c>
       <c r="AC123" s="31">
         <v>409.34252513022057</v>
       </c>
     </row>
-    <row r="124" spans="1:29">
+    <row r="124" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A124" s="6" t="s">
         <v>138</v>
       </c>
       <c r="AB124" s="30">
         <v>324580.05180002999</v>
       </c>
       <c r="AC124" s="31">
         <v>410.41224474793285</v>
       </c>
     </row>
-    <row r="125" spans="1:29">
+    <row r="125" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A125" s="6" t="s">
         <v>139</v>
       </c>
       <c r="AB125" s="30">
         <v>338418.43543719099</v>
       </c>
       <c r="AC125" s="31">
         <v>427.910060959107</v>
       </c>
     </row>
-    <row r="126" spans="1:29">
+    <row r="126" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A126" s="6" t="s">
         <v>140</v>
       </c>
       <c r="AB126" s="30">
         <v>350204.26155930798</v>
       </c>
       <c r="AC126" s="31">
         <v>442.81253980265251</v>
       </c>
     </row>
-    <row r="127" spans="1:29">
+    <row r="127" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A127" s="6" t="s">
         <v>141</v>
       </c>
       <c r="AB127" s="30">
         <v>355645.91830737999</v>
       </c>
       <c r="AC127" s="31">
         <v>449.69319235273559</v>
       </c>
     </row>
-    <row r="128" spans="1:29">
+    <row r="128" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A128" s="6" t="s">
         <v>142</v>
       </c>
       <c r="AB128" s="30">
         <v>366467.75665167801</v>
       </c>
       <c r="AC128" s="31">
         <v>463.37676576567873</v>
       </c>
     </row>
-    <row r="129" spans="1:29">
+    <row r="129" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A129" s="6" t="s">
         <v>143</v>
       </c>
       <c r="AB129" s="30">
         <v>380954.97411033598</v>
       </c>
       <c r="AC129" s="31">
         <v>481.69499390196108</v>
       </c>
     </row>
-    <row r="130" spans="1:29">
+    <row r="130" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A130" s="6" t="s">
         <v>144</v>
       </c>
       <c r="AB130" s="30">
         <v>383545.79154119798</v>
       </c>
       <c r="AC130" s="31">
         <v>484.9709290422611</v>
       </c>
     </row>
-    <row r="131" spans="1:29">
+    <row r="131" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A131" s="6" t="s">
         <v>145</v>
       </c>
       <c r="AB131" s="30">
         <v>376480.80904485402</v>
       </c>
       <c r="AC131" s="31">
         <v>476.0376772624636</v>
       </c>
     </row>
-    <row r="132" spans="1:29">
+    <row r="132" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A132" s="6" t="s">
         <v>146</v>
       </c>
       <c r="AB132" s="30">
         <v>366638.48990917299</v>
       </c>
       <c r="AC132" s="31">
         <v>463.59264785415905</v>
       </c>
     </row>
-    <row r="133" spans="1:29">
+    <row r="133" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A133" s="6" t="s">
         <v>147</v>
       </c>
       <c r="AB133" s="30">
         <v>368606.06032709201</v>
       </c>
       <c r="AC133" s="31">
         <v>466.08052407279769</v>
       </c>
     </row>
-    <row r="134" spans="1:29">
+    <row r="134" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A134" s="6" t="s">
         <v>148</v>
       </c>
       <c r="AB134" s="30">
         <v>369922.72853820602</v>
       </c>
       <c r="AC134" s="31">
         <v>467.74537301565402</v>
       </c>
     </row>
-    <row r="135" spans="1:29">
+    <row r="135" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A135" s="6" t="s">
         <v>149</v>
       </c>
       <c r="AB135" s="30">
         <v>366315.17808498401</v>
       </c>
       <c r="AC135" s="31">
         <v>463.18383920808526</v>
       </c>
     </row>
-    <row r="136" spans="1:29">
+    <row r="136" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A136" s="6" t="s">
         <v>150</v>
       </c>
       <c r="AB136" s="30">
         <v>362492.16155415401</v>
       </c>
       <c r="AC136" s="31">
         <v>458.34986131133809</v>
       </c>
     </row>
-    <row r="137" spans="1:29">
+    <row r="137" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A137" s="6" t="s">
         <v>151</v>
       </c>
       <c r="AB137" s="30">
         <v>371919.73445101001</v>
       </c>
       <c r="AC137" s="31">
         <v>470.2704686735774</v>
       </c>
     </row>
-    <row r="138" spans="1:29">
+    <row r="138" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A138" s="6" t="s">
         <v>152</v>
       </c>
       <c r="AB138" s="30">
         <v>376181.30006437498</v>
       </c>
       <c r="AC138" s="31">
         <v>475.65896590198759</v>
       </c>
     </row>
-    <row r="139" spans="1:29">
+    <row r="139" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A139" s="6" t="s">
         <v>153</v>
       </c>
       <c r="AB139" s="30">
         <v>378111.22745443002</v>
       </c>
       <c r="AC139" s="31">
         <v>478.0992447421703</v>
       </c>
     </row>
-    <row r="140" spans="1:29">
+    <row r="140" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A140" s="6" t="s">
         <v>154</v>
       </c>
       <c r="AB140" s="30">
         <v>378644.46841314301</v>
       </c>
       <c r="AC140" s="31">
         <v>478.77349634094617</v>
       </c>
     </row>
-    <row r="141" spans="1:29">
+    <row r="141" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A141" s="6" t="s">
         <v>155</v>
       </c>
       <c r="AB141" s="30">
         <v>383735.36199266202</v>
       </c>
       <c r="AC141" s="31">
         <v>485.21062964644727</v>
       </c>
     </row>
-    <row r="142" spans="1:29">
+    <row r="142" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A142" s="6" t="s">
         <v>156</v>
       </c>
       <c r="AB142" s="30">
         <v>385494.80506715702</v>
       </c>
       <c r="AC142" s="31">
         <v>487.43534117047699</v>
+      </c>
+    </row>
+    <row r="143" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A143" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="AB143" s="30">
+        <v>386300.324850031</v>
+      </c>
+      <c r="AC143" s="31">
+        <v>488.45387321039999</v>
       </c>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.78740157480314965" bottom="0.78740157480314965" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="99" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Tahoma,Bold"Detached Properties - Mix-adjusted regional and UK indices</oddHeader>
     <oddFooter>&amp;C&amp;"Tahoma,Regular"&amp;P&amp;R&amp;"Tahoma,Regular"Nationwide Building Society&amp;L&amp;"Calibri"&amp;11&amp;K000000&amp;"Tahoma,Regular"www.nationwide.co.uk/hpi_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;KFF0000NBS Secret</oddFooter>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="39" max="28" man="1"/>
     <brk id="75" max="28" man="1"/>
   </rowBreaks>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="15" max="90" man="1"/>
   </colBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -11571,47 +11586,47 @@
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Nationwide Building Society - Quarterly Detached House Price Series</dc:title>
   <dc:creator>Andrew Harvey</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_SetDate">
-    <vt:lpwstr>2025-09-29T08:54:45Z</vt:lpwstr>
+    <vt:lpwstr>2025-12-31T09:28:52Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Name">
     <vt:lpwstr>NBS Public - No Visible Label</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_SiteId">
     <vt:lpwstr>18ed93f5-e470-4996-b0ef-9554af985d50</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_ActionId">
-    <vt:lpwstr>32e3f5f3-13ae-47df-96a0-462e222e0389</vt:lpwstr>
+    <vt:lpwstr>c8d57080-5f67-4a99-87ae-60fb0dceab69</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>