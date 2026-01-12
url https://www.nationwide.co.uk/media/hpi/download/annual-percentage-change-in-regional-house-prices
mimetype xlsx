--- v0 (2025-10-23)
+++ v1 (2026-01-12)
@@ -2,83 +2,83 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\HPD\Press\Embargo\Internet HP Files\Misc\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{46FD3533-FECA-4679-8910-6493079D0836}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4602413D-AC20-47F9-9443-8DF0B4D6C4A0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13896" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Regional_quarterly" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="232" uniqueCount="219">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="233" uniqueCount="220">
   <si>
     <t>North West</t>
   </si>
   <si>
     <t>East Midlands</t>
   </si>
   <si>
     <t>West Midlands</t>
   </si>
   <si>
     <t>East Anglia</t>
   </si>
   <si>
     <t>Outer South East</t>
   </si>
   <si>
     <t>London</t>
   </si>
   <si>
     <t>South West</t>
   </si>
   <si>
     <t>Wales</t>
   </si>
   <si>
@@ -710,50 +710,53 @@
     <t>Q3 2023</t>
   </si>
   <si>
     <t>Q4 2023</t>
   </si>
   <si>
     <t>Q1 2024</t>
   </si>
   <si>
     <t>Q2 2024</t>
   </si>
   <si>
     <t>Q3 2024</t>
   </si>
   <si>
     <t>Q4 2024</t>
   </si>
   <si>
     <t>Q1 2025</t>
   </si>
   <si>
     <t>Q2 2025</t>
   </si>
   <si>
     <t>Q3 2025</t>
+  </si>
+  <si>
+    <t>Q4 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0%"/>
   </numFmts>
   <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -927,53 +930,53 @@
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>29</xdr:col>
-      <xdr:colOff>19050</xdr:colOff>
+      <xdr:colOff>15240</xdr:colOff>
       <xdr:row>1</xdr:row>
-      <xdr:rowOff>19050</xdr:rowOff>
+      <xdr:rowOff>15240</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="Rectangle 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{472B03AB-3731-4CF5-B590-7BDC73572010}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="17240250" cy="666750"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="tx2"/>
         </a:solidFill>
         <a:ln>
           <a:noFill/>
@@ -987,59 +990,59 @@
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l"/>
           <a:endParaRPr lang="en-GB" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>325755</xdr:colOff>
+      <xdr:colOff>321945</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>211455</xdr:rowOff>
+      <xdr:rowOff>207645</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
-      <xdr:colOff>212090</xdr:colOff>
+      <xdr:colOff>208280</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>438785</xdr:rowOff>
+      <xdr:rowOff>434975</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="Graphic 59">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB4538E1-1BC5-4E05-8ECC-2C2795815FFB}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
             <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
               <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
             </a:ext>
           </a:extLst>
         </a:blip>
@@ -1131,51 +1134,51 @@
               </a:solidFill>
             </a:rPr>
             <a:t> house prices &amp; annual percentage change</a:t>
           </a:r>
           <a:endParaRPr lang="en-GB" sz="1600" b="1">
             <a:solidFill>
               <a:schemeClr val="tx2"/>
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>25</xdr:col>
       <xdr:colOff>323850</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>219075</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>28</xdr:col>
       <xdr:colOff>190747</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>516298</xdr:rowOff>
+      <xdr:rowOff>512488</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Picture 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FBC6E62A-759B-417E-8199-368F8EDD0CD8}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="15173325" y="219075"/>
           <a:ext cx="1771897" cy="304843"/>
         </a:xfrm>
@@ -1468,58 +1471,58 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:AC209"/>
+  <dimension ref="A1:AC210"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="1" ySplit="5" topLeftCell="B200" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="5" topLeftCell="B191" activePane="bottomRight" state="frozen"/>
       <selection activeCell="F8" sqref="F8"/>
       <selection pane="topRight" activeCell="F8" sqref="F8"/>
       <selection pane="bottomLeft" activeCell="F8" sqref="F8"/>
-      <selection pane="bottomRight" activeCell="B209" sqref="B209"/>
+      <selection pane="bottomRight" activeCell="B210" sqref="B210"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="8.5546875" style="2" customWidth="1"/>
     <col min="2" max="2" width="10.6640625" style="2" customWidth="1"/>
     <col min="3" max="3" width="7.109375" style="2" customWidth="1"/>
     <col min="4" max="4" width="10.6640625" style="2" customWidth="1"/>
     <col min="5" max="5" width="7.109375" style="2" customWidth="1"/>
     <col min="6" max="6" width="10.6640625" style="2" customWidth="1"/>
     <col min="7" max="7" width="7.109375" style="2" customWidth="1"/>
     <col min="8" max="8" width="10.6640625" style="2" customWidth="1"/>
     <col min="9" max="9" width="7.109375" style="2" customWidth="1"/>
     <col min="10" max="10" width="10.6640625" style="2" customWidth="1"/>
     <col min="11" max="11" width="7.109375" style="2" customWidth="1"/>
     <col min="12" max="12" width="10.6640625" style="2" customWidth="1"/>
     <col min="13" max="13" width="7.109375" style="2" customWidth="1"/>
     <col min="14" max="14" width="10.6640625" style="2" customWidth="1"/>
     <col min="15" max="15" width="7.109375" style="2" customWidth="1"/>
     <col min="16" max="16" width="10.6640625" style="2" customWidth="1"/>
     <col min="17" max="17" width="7.109375" style="2" customWidth="1"/>
     <col min="18" max="18" width="10.5546875" style="2" customWidth="1"/>
     <col min="19" max="19" width="7.109375" style="2" customWidth="1"/>
     <col min="20" max="20" width="10.6640625" style="2" customWidth="1"/>
     <col min="21" max="21" width="7.109375" style="2" customWidth="1"/>
@@ -19765,51 +19768,51 @@
         <v>212969.42223194701</v>
       </c>
       <c r="W208" s="17">
         <v>2.5617612720541638E-2</v>
       </c>
       <c r="X208" s="13">
         <v>189310.753033785</v>
       </c>
       <c r="Y208" s="17">
         <v>4.4843904902990284E-2</v>
       </c>
       <c r="Z208" s="13">
         <v>208685.59369167499</v>
       </c>
       <c r="AA208" s="17">
         <v>9.6615528093566772E-2</v>
       </c>
       <c r="AB208" s="13">
         <v>272750.67874525499</v>
       </c>
       <c r="AC208" s="17">
         <v>2.9199339646005518E-2</v>
       </c>
     </row>
     <row r="209" spans="1:29" x14ac:dyDescent="0.3">
-      <c r="A209" s="2" t="s">
+      <c r="A209" s="7" t="s">
         <v>218</v>
       </c>
       <c r="B209" s="9">
         <v>169216.45738864201</v>
       </c>
       <c r="C209" s="16">
         <v>5.060081862538568E-2</v>
       </c>
       <c r="D209" s="11">
         <v>214358.58913290699</v>
       </c>
       <c r="E209" s="17">
         <v>3.809289160871776E-2</v>
       </c>
       <c r="F209" s="13">
         <v>222664.319031833</v>
       </c>
       <c r="G209" s="17">
         <v>3.1774442070544584E-2</v>
       </c>
       <c r="H209" s="13">
         <v>238702.29010524901</v>
       </c>
       <c r="I209" s="17">
         <v>2.7161844119318435E-2</v>
@@ -19851,50 +19854,139 @@
         <v>8.6997327097613208E-3</v>
       </c>
       <c r="V209" s="13">
         <v>213359.36659682399</v>
       </c>
       <c r="W209" s="17">
         <v>3.0161379847058356E-2</v>
       </c>
       <c r="X209" s="13">
         <v>189862.85961281601</v>
       </c>
       <c r="Y209" s="17">
         <v>2.922742924256605E-2</v>
       </c>
       <c r="Z209" s="13">
         <v>215122.484038911</v>
       </c>
       <c r="AA209" s="17">
         <v>9.6463158308257357E-2</v>
       </c>
       <c r="AB209" s="13">
         <v>272818.61054448999</v>
       </c>
       <c r="AC209" s="17">
         <v>2.3171550126260598E-2</v>
+      </c>
+    </row>
+    <row r="210" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="A210" s="7" t="s">
+        <v>219</v>
+      </c>
+      <c r="B210" s="9">
+        <v>168316.738951279</v>
+      </c>
+      <c r="C210" s="16">
+        <v>2.1983743946194734E-2</v>
+      </c>
+      <c r="D210" s="11">
+        <v>212110.44887383099</v>
+      </c>
+      <c r="E210" s="17">
+        <v>2.2846349050264614E-2</v>
+      </c>
+      <c r="F210" s="13">
+        <v>225665.36505793899</v>
+      </c>
+      <c r="G210" s="17">
+        <v>3.5107509452294128E-2</v>
+      </c>
+      <c r="H210" s="13">
+        <v>238182.53785858001</v>
+      </c>
+      <c r="I210" s="17">
+        <v>9.7736942573329877E-3</v>
+      </c>
+      <c r="J210" s="13">
+        <v>250864.57574762401</v>
+      </c>
+      <c r="K210" s="17">
+        <v>2.3214183811801403E-2</v>
+      </c>
+      <c r="L210" s="13">
+        <v>269911.50820622902</v>
+      </c>
+      <c r="M210" s="17">
+        <v>-8.2343134076791058E-3</v>
+      </c>
+      <c r="N210" s="13">
+        <v>336561.48975535302</v>
+      </c>
+      <c r="O210" s="17">
+        <v>1.0046134799666095E-3</v>
+      </c>
+      <c r="P210" s="13">
+        <v>428138.65301119501</v>
+      </c>
+      <c r="Q210" s="17">
+        <v>1.3652056894418951E-2</v>
+      </c>
+      <c r="R210" s="13">
+        <v>529372.17222178099</v>
+      </c>
+      <c r="S210" s="17">
+        <v>7.3019301786028112E-3</v>
+      </c>
+      <c r="T210" s="13">
+        <v>308228.28308375197</v>
+      </c>
+      <c r="U210" s="17">
+        <v>4.886269927503184E-3</v>
+      </c>
+      <c r="V210" s="13">
+        <v>213894.122078324</v>
+      </c>
+      <c r="W210" s="17">
+        <v>3.237067290088258E-2</v>
+      </c>
+      <c r="X210" s="13">
+        <v>190648.776717934</v>
+      </c>
+      <c r="Y210" s="17">
+        <v>1.942476696335782E-2</v>
+      </c>
+      <c r="Z210" s="13">
+        <v>216918.61821607701</v>
+      </c>
+      <c r="AA210" s="17">
+        <v>9.7231833150960512E-2</v>
+      </c>
+      <c r="AB210" s="13">
+        <v>273076.912606192</v>
+      </c>
+      <c r="AC210" s="17">
+        <v>1.697790479903527E-2</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="9" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>