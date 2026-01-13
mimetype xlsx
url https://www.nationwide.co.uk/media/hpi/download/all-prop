--- v0 (2025-10-23)
+++ v1 (2026-01-13)
@@ -1,88 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\HPD\Press\Embargo\Internet HP Files\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{80026DB7-6793-4328-AEAA-AFFAAECAD9C1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{B6F2829A-FE84-45D9-B441-577AD35C3E52}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{EBA28CAD-A8B9-4E07-9331-4E3472E3D800}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{9830DF48-DD84-4E6A-A40E-4DBDF6A9AE39}"/>
   </bookViews>
   <sheets>
     <sheet name="All_prop" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">All_prop!$A$1:$AC$160</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">All_prop!$A:$A,All_prop!$1:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="226">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="253" uniqueCount="227">
   <si>
     <t>Q1  1993</t>
   </si>
   <si>
     <t>NORTH</t>
   </si>
   <si>
     <t>YORKS &amp; THE HUMBER</t>
   </si>
   <si>
     <t>NORTH WEST</t>
   </si>
   <si>
     <t>EAST MIDS</t>
   </si>
   <si>
     <t>WEST MIDS</t>
   </si>
   <si>
     <t>EAST ANGLIA</t>
   </si>
   <si>
     <t>OUTER S EAST</t>
   </si>
   <si>
@@ -716,63 +716,67 @@
     <t>Q3 2023</t>
   </si>
   <si>
     <t>Q4 2023</t>
   </si>
   <si>
     <t>Q1 2024</t>
   </si>
   <si>
     <t>Q2 2024</t>
   </si>
   <si>
     <t>Q3 2024</t>
   </si>
   <si>
     <t>Q4 2024</t>
   </si>
   <si>
     <t>Q1 2025</t>
   </si>
   <si>
     <t>Q2 2025</t>
   </si>
   <si>
     <t>Q3 2025</t>
+  </si>
+  <si>
+    <t>Q4 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="166" formatCode="0.0"/>
   </numFmts>
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="11">
     <border>
       <left/>
@@ -1341,52 +1345,52 @@
         <a:extLst>
           <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
             <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:effectLst>
                 <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                   <a:srgbClr val="808080"/>
                 </a:outerShdw>
               </a:effectLst>
             </a14:hiddenEffects>
           </a:ext>
         </a:extLst>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{12DF908C-E3FC-4834-BCAF-426975B69B25}">
-  <dimension ref="A1:AC213"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2371BAFF-8A58-4082-9F47-D007B90F4C61}">
+  <dimension ref="A1:AC214"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="1" ySplit="3" topLeftCell="Q4" activePane="bottomRight" state="frozen"/>
       <selection activeCell="AF67" sqref="AF67"/>
       <selection pane="topRight" activeCell="AF67" sqref="AF67"/>
       <selection pane="bottomLeft" activeCell="AF67" sqref="AF67"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="29" width="9" style="26" customWidth="1"/>
     <col min="30" max="16384" width="9.109375" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:29" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2"/>
       <c r="D1" s="1" t="s">
         <v>2</v>
@@ -20052,108 +20056,197 @@
         <v>213359.36659682399</v>
       </c>
       <c r="W211" s="13">
         <v>440.62513981961399</v>
       </c>
       <c r="X211" s="7">
         <v>189862.85961281601</v>
       </c>
       <c r="Y211" s="13">
         <v>361.85576574365172</v>
       </c>
       <c r="Z211" s="7">
         <v>215122.484038911</v>
       </c>
       <c r="AA211" s="13">
         <v>622.2093548231054</v>
       </c>
       <c r="AB211" s="7">
         <v>272818.61054448999</v>
       </c>
       <c r="AC211" s="13">
         <v>544.23979202789121</v>
       </c>
     </row>
     <row r="212" spans="1:29" x14ac:dyDescent="0.3">
-      <c r="B212" s="7"/>
-[...26 lines deleted...]
-      <c r="AC212" s="12"/>
+      <c r="A212" s="26" t="s">
+        <v>226</v>
+      </c>
+      <c r="B212" s="7">
+        <v>168316.738951279</v>
+      </c>
+      <c r="C212" s="13">
+        <v>368.41650453356999</v>
+      </c>
+      <c r="D212" s="7">
+        <v>212110.44887383099</v>
+      </c>
+      <c r="E212" s="13">
+        <v>432.03860077705684</v>
+      </c>
+      <c r="F212" s="7">
+        <v>225665.36505793899</v>
+      </c>
+      <c r="G212" s="13">
+        <v>436.71740045328403</v>
+      </c>
+      <c r="H212" s="7">
+        <v>238182.53785858001</v>
+      </c>
+      <c r="I212" s="13">
+        <v>525.3123005164781</v>
+      </c>
+      <c r="J212" s="7">
+        <v>250864.57574762401</v>
+      </c>
+      <c r="K212" s="13">
+        <v>481.12833758413751</v>
+      </c>
+      <c r="L212" s="7">
+        <v>269911.50820622902</v>
+      </c>
+      <c r="M212" s="13">
+        <v>533.33193377001078</v>
+      </c>
+      <c r="N212" s="7">
+        <v>336561.48975535302</v>
+      </c>
+      <c r="O212" s="13">
+        <v>618.05414947961071</v>
+      </c>
+      <c r="P212" s="7">
+        <v>428138.65301119501</v>
+      </c>
+      <c r="Q212" s="13">
+        <v>617.82943424987127</v>
+      </c>
+      <c r="R212" s="7">
+        <v>529372.17222178099</v>
+      </c>
+      <c r="S212" s="13">
+        <v>790.72526614244146</v>
+      </c>
+      <c r="T212" s="7">
+        <v>308228.28308375197</v>
+      </c>
+      <c r="U212" s="13">
+        <v>571.27690842764741</v>
+      </c>
+      <c r="V212" s="7">
+        <v>213894.122078324</v>
+      </c>
+      <c r="W212" s="13">
+        <v>441.72950525040625</v>
+      </c>
+      <c r="X212" s="7">
+        <v>190648.776717934</v>
+      </c>
+      <c r="Y212" s="13">
+        <v>363.35362918289127</v>
+      </c>
+      <c r="Z212" s="7">
+        <v>216918.61821607701</v>
+      </c>
+      <c r="AA212" s="13">
+        <v>627.40440215878061</v>
+      </c>
+      <c r="AB212" s="7">
+        <v>273076.912606192</v>
+      </c>
+      <c r="AC212" s="13">
+        <v>544.7550730787716</v>
+      </c>
     </row>
     <row r="213" spans="1:29" x14ac:dyDescent="0.3">
       <c r="B213" s="7"/>
       <c r="C213" s="12"/>
       <c r="D213" s="7"/>
       <c r="E213" s="12"/>
       <c r="F213" s="7"/>
       <c r="G213" s="12"/>
       <c r="H213" s="7"/>
       <c r="I213" s="12"/>
       <c r="J213" s="7"/>
       <c r="K213" s="12"/>
       <c r="L213" s="7"/>
       <c r="M213" s="12"/>
       <c r="N213" s="7"/>
       <c r="O213" s="12"/>
       <c r="P213" s="7"/>
       <c r="Q213" s="12"/>
       <c r="R213" s="7"/>
       <c r="S213" s="12"/>
       <c r="T213" s="7"/>
       <c r="U213" s="12"/>
       <c r="V213" s="7"/>
       <c r="W213" s="12"/>
       <c r="X213" s="7"/>
       <c r="Y213" s="12"/>
       <c r="Z213" s="7"/>
       <c r="AA213" s="12"/>
       <c r="AB213" s="7"/>
       <c r="AC213" s="12"/>
+    </row>
+    <row r="214" spans="1:29" x14ac:dyDescent="0.3">
+      <c r="B214" s="7"/>
+      <c r="C214" s="12"/>
+      <c r="D214" s="7"/>
+      <c r="E214" s="12"/>
+      <c r="F214" s="7"/>
+      <c r="G214" s="12"/>
+      <c r="H214" s="7"/>
+      <c r="I214" s="12"/>
+      <c r="J214" s="7"/>
+      <c r="K214" s="12"/>
+      <c r="L214" s="7"/>
+      <c r="M214" s="12"/>
+      <c r="N214" s="7"/>
+      <c r="O214" s="12"/>
+      <c r="P214" s="7"/>
+      <c r="Q214" s="12"/>
+      <c r="R214" s="7"/>
+      <c r="S214" s="12"/>
+      <c r="T214" s="7"/>
+      <c r="U214" s="12"/>
+      <c r="V214" s="7"/>
+      <c r="W214" s="12"/>
+      <c r="X214" s="7"/>
+      <c r="Y214" s="12"/>
+      <c r="Z214" s="7"/>
+      <c r="AA214" s="12"/>
+      <c r="AB214" s="7"/>
+      <c r="AC214" s="12"/>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup scale="97" fitToWidth="2" fitToHeight="6" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Tahoma,Bold"All Properties - Mix-adjusted regional and UK indices</oddHeader>
     <oddFooter>&amp;C&amp;"Tahoma,Regular"&amp;P&amp;R&amp;"Tahoma,Regular"Nationwide Building Society&amp;L&amp;"Calibri"&amp;11&amp;K000000&amp;"Tahoma,Regular"www.nationwide.co.uk/hpi_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;KFF0000NBS Secret</oddFooter>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="36" max="28" man="1"/>
     <brk id="72" max="28" man="1"/>
   </rowBreaks>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="15" max="159" man="1"/>
   </colBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -20181,47 +20274,47 @@
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Nationwide Building Society - Quarterly Regional All Properties House Price Series</dc:title>
   <dc:creator>Andrew Harvey</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_SetDate">
-    <vt:lpwstr>2025-09-29T08:53:53Z</vt:lpwstr>
+    <vt:lpwstr>2025-12-31T09:28:02Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Name">
     <vt:lpwstr>NBS Public - No Visible Label</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_SiteId">
     <vt:lpwstr>18ed93f5-e470-4996-b0ef-9554af985d50</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_ActionId">
-    <vt:lpwstr>f23556be-3b61-4b9b-b3ea-deb4b03cad98</vt:lpwstr>
+    <vt:lpwstr>3b35bb6b-a759-45d7-9f0f-95e0920def1e</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_cbf5cfb1-7fd2-40da-ab9b-e730b8f47e1d_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>