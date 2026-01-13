--- v0 (2025-10-02)
+++ v1 (2026-01-13)
@@ -4,84 +4,84 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\HPD\Press\Embargo\Internet HP Files\Misc\Affordability files\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8BE775EB-32D9-445B-8EDE-C4E4A4F1C724}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0F24CACD-0B44-4DD7-9FC0-6ADB96C1A36E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13896" xr2:uid="{D4CA6BF1-EEC9-4DEF-8C7A-4161F11BCF03}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{D4CA6BF1-EEC9-4DEF-8C7A-4161F11BCF03}"/>
   </bookViews>
   <sheets>
     <sheet name="House Price Earnings Ratios" sheetId="1" r:id="rId1"/>
     <sheet name="Notes" sheetId="3" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="201" uniqueCount="194">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="202" uniqueCount="195">
   <si>
     <t>●</t>
   </si>
   <si>
     <t>Mean earnings for a full time worker on adult rates are used</t>
   </si>
   <si>
     <t>These series are updated quarterly and are subject to revision</t>
   </si>
   <si>
     <t>Earnings data is sourced from the ONS Annual Survey of Hours &amp; Earnings (ASHE) and pre-1998 the New Earnings Survey (NES)</t>
   </si>
   <si>
     <t>As far as possible, earnings data has been adjusted from any breaks in order to create a consistent series over time</t>
   </si>
   <si>
     <t>Quarterly earnings data calculated using straight line interpolation</t>
   </si>
   <si>
     <t>Data points after the last annual observation extrapolated using average growth rates</t>
   </si>
   <si>
     <t>London</t>
   </si>
   <si>
@@ -142,50 +142,53 @@
     <t>Affordability indicators: All buyers house price to earnings ratios by region</t>
   </si>
   <si>
     <t>Q4 2023</t>
   </si>
   <si>
     <t>Q1 2024</t>
   </si>
   <si>
     <t>Q2 2024</t>
   </si>
   <si>
     <t>Q3 2024</t>
   </si>
   <si>
     <t>Q4 2024</t>
   </si>
   <si>
     <t>Q1 2025</t>
   </si>
   <si>
     <t>Q2 2025</t>
   </si>
   <si>
     <t>Q3 2025</t>
+  </si>
+  <si>
+    <t>Q4 2025</t>
   </si>
   <si>
     <t>Q1 1983</t>
   </si>
   <si>
     <t>Q2 1983</t>
   </si>
   <si>
     <t>Q3 1983</t>
   </si>
   <si>
     <t>Q4 1983</t>
   </si>
   <si>
     <t>Q1 1984</t>
   </si>
   <si>
     <t>Q2 1984</t>
   </si>
   <si>
     <t>Q3 1984</t>
   </si>
   <si>
     <t>Q4 1984</t>
   </si>
@@ -805,53 +808,53 @@
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>15</xdr:col>
-      <xdr:colOff>19050</xdr:colOff>
+      <xdr:colOff>15240</xdr:colOff>
       <xdr:row>1</xdr:row>
-      <xdr:rowOff>19050</xdr:rowOff>
+      <xdr:rowOff>15240</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="3" name="Rectangle 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{54404115-6979-4552-B08B-B52086FA3554}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="9915525" cy="666750"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="tx2"/>
         </a:solidFill>
         <a:ln>
           <a:noFill/>
@@ -865,110 +868,110 @@
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l"/>
           <a:endParaRPr lang="en-GB" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>325755</xdr:colOff>
+      <xdr:colOff>321945</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>211455</xdr:rowOff>
+      <xdr:rowOff>207645</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>76835</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>438785</xdr:rowOff>
+      <xdr:rowOff>434975</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="Graphic 59">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4B360596-E5BB-4036-AFD5-B1D528DE9139}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
             <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
               <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="333375" y="219075"/>
           <a:ext cx="1648460" cy="215900"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>12</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>228600</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
-      <xdr:colOff>478402</xdr:colOff>
+      <xdr:colOff>474592</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>533443</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{046BE1B8-2574-4022-A41B-E7EFFC5BE312}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7953375" y="228600"/>
@@ -1435,55 +1438,55 @@
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3EC8F263-AE6C-4D00-8D3C-1A38FA7081B3}">
-  <dimension ref="A1:O176"/>
+  <dimension ref="A1:O177"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="5" topLeftCell="A158" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="B176" sqref="B176"/>
+      <selection pane="bottomLeft" activeCell="C177" sqref="C177"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="8.5546875" style="2" customWidth="1"/>
     <col min="2" max="15" width="10" style="2" customWidth="1"/>
     <col min="16" max="16384" width="9.109375" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="51.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="G1" s="3"/>
     </row>
     <row r="2" spans="1:15" x14ac:dyDescent="0.3">
       <c r="B2" s="1"/>
     </row>
     <row r="3" spans="1:15" ht="21" x14ac:dyDescent="0.4">
       <c r="B3" s="17" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A4" s="5"/>
       <c r="B4" s="6"/>
       <c r="C4" s="6"/>
       <c r="D4" s="6"/>
@@ -1520,7477 +1523,7477 @@
       </c>
       <c r="I5" s="15" t="s">
         <v>17</v>
       </c>
       <c r="J5" s="15" t="s">
         <v>7</v>
       </c>
       <c r="K5" s="15" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="15" t="s">
         <v>8</v>
       </c>
       <c r="M5" s="15" t="s">
         <v>9</v>
       </c>
       <c r="N5" s="16" t="s">
         <v>19</v>
       </c>
       <c r="O5" s="16" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A6" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B6" s="9">
         <v>2.8750086071916003</v>
       </c>
       <c r="C6" s="9">
         <v>3.5453696008003091</v>
       </c>
       <c r="D6" s="9">
         <v>3.0085757117089251</v>
       </c>
       <c r="E6" s="9">
         <v>3.088681332454001</v>
       </c>
       <c r="F6" s="9">
         <v>3.3178333875713091</v>
       </c>
       <c r="G6" s="9">
         <v>3.7491605162276387</v>
       </c>
       <c r="H6" s="9">
         <v>3.5631434700761604</v>
       </c>
       <c r="I6" s="9">
         <v>3.7585432189592627</v>
       </c>
       <c r="J6" s="9">
         <v>3.9895986271204165</v>
       </c>
       <c r="K6" s="9">
         <v>3.7868453486636899</v>
       </c>
       <c r="L6" s="9">
         <v>3.3181052050326123</v>
       </c>
       <c r="M6" s="9">
         <v>3.5089939987029664</v>
       </c>
       <c r="N6" s="9">
         <v>3.0161793108140791</v>
       </c>
       <c r="O6" s="9">
         <v>3.443701025378866</v>
       </c>
     </row>
     <row r="7" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A7" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B7" s="9">
         <v>2.9381897987721959</v>
       </c>
       <c r="C7" s="9">
         <v>3.6156314301996928</v>
       </c>
       <c r="D7" s="9">
         <v>3.0603273404662974</v>
       </c>
       <c r="E7" s="9">
         <v>3.1865397583096597</v>
       </c>
       <c r="F7" s="9">
         <v>3.317704881864477</v>
       </c>
       <c r="G7" s="9">
         <v>3.8477150314759068</v>
       </c>
       <c r="H7" s="9">
         <v>3.6658605672817712</v>
       </c>
       <c r="I7" s="9">
         <v>3.8948523708193066</v>
       </c>
       <c r="J7" s="9">
         <v>4.1362003686269144</v>
       </c>
       <c r="K7" s="9">
         <v>3.8731375117281006</v>
       </c>
       <c r="L7" s="9">
         <v>3.4044181725207032</v>
       </c>
       <c r="M7" s="9">
         <v>3.5916242574373425</v>
       </c>
       <c r="N7" s="9">
         <v>3.0124203749299343</v>
       </c>
       <c r="O7" s="9">
         <v>3.5186219955414297</v>
       </c>
     </row>
     <row r="8" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A8" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B8" s="9">
         <v>3.0393965389186133</v>
       </c>
       <c r="C8" s="9">
         <v>3.6256753108794153</v>
       </c>
       <c r="D8" s="9">
         <v>3.0489836739621339</v>
       </c>
       <c r="E8" s="9">
         <v>3.1511194574099037</v>
       </c>
       <c r="F8" s="9">
         <v>3.3294018550218172</v>
       </c>
       <c r="G8" s="9">
         <v>3.9070475960796482</v>
       </c>
       <c r="H8" s="9">
         <v>3.7252533853806908</v>
       </c>
       <c r="I8" s="9">
         <v>3.9329224832000542</v>
       </c>
       <c r="J8" s="9">
         <v>4.2367607581147091</v>
       </c>
       <c r="K8" s="9">
         <v>3.9281812969609198</v>
       </c>
       <c r="L8" s="9">
         <v>3.3887385766924059</v>
       </c>
       <c r="M8" s="9">
         <v>3.6083052307735826</v>
       </c>
       <c r="N8" s="9">
         <v>3.0156297515351218</v>
       </c>
       <c r="O8" s="9">
         <v>3.5484133874913568</v>
       </c>
     </row>
     <row r="9" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A9" s="2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B9" s="9">
         <v>2.986938154747393</v>
       </c>
       <c r="C9" s="9">
         <v>3.6001567350658843</v>
       </c>
       <c r="D9" s="9">
         <v>3.0143750787880625</v>
       </c>
       <c r="E9" s="9">
         <v>3.1595510224975736</v>
       </c>
       <c r="F9" s="9">
         <v>3.2815119976392091</v>
       </c>
       <c r="G9" s="9">
         <v>3.8954170527710046</v>
       </c>
       <c r="H9" s="9">
         <v>3.7136507788660436</v>
       </c>
       <c r="I9" s="9">
         <v>3.9928784644762749</v>
       </c>
       <c r="J9" s="9">
         <v>4.2279283786720061</v>
       </c>
       <c r="K9" s="9">
         <v>3.9447578458173558</v>
       </c>
       <c r="L9" s="9">
         <v>3.354104040508012</v>
       </c>
       <c r="M9" s="9">
         <v>3.6084177727695264</v>
       </c>
       <c r="N9" s="9">
         <v>3.0287564904439725</v>
       </c>
       <c r="O9" s="9">
         <v>3.5348722157739005</v>
       </c>
     </row>
     <row r="10" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A10" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B10" s="9">
         <v>3.0216324899465983</v>
       </c>
       <c r="C10" s="9">
         <v>3.6475427552869939</v>
       </c>
       <c r="D10" s="9">
         <v>3.0893064319773518</v>
       </c>
       <c r="E10" s="9">
         <v>3.1755196655532911</v>
       </c>
       <c r="F10" s="9">
         <v>3.3419794266434928</v>
       </c>
       <c r="G10" s="9">
         <v>3.9667353101713534</v>
       </c>
       <c r="H10" s="9">
         <v>3.8379036539774258</v>
       </c>
       <c r="I10" s="9">
         <v>4.1073519594080308</v>
       </c>
       <c r="J10" s="9">
         <v>4.3887485930195789</v>
       </c>
       <c r="K10" s="9">
         <v>4.0253444463259775</v>
       </c>
       <c r="L10" s="9">
         <v>3.4207720397845462</v>
       </c>
       <c r="M10" s="9">
         <v>3.6153519858588776</v>
       </c>
       <c r="N10" s="9">
         <v>3.0624771270123885</v>
       </c>
       <c r="O10" s="9">
         <v>3.5950554310755858</v>
       </c>
     </row>
     <row r="11" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A11" s="2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B11" s="9">
         <v>3.0919389485804674</v>
       </c>
       <c r="C11" s="9">
         <v>3.7274820292218269</v>
       </c>
       <c r="D11" s="9">
         <v>3.1479102706883246</v>
       </c>
       <c r="E11" s="9">
         <v>3.2770562415008753</v>
       </c>
       <c r="F11" s="9">
         <v>3.3789816260117509</v>
       </c>
       <c r="G11" s="9">
         <v>4.0691131626108437</v>
       </c>
       <c r="H11" s="9">
         <v>3.921056557120457</v>
       </c>
       <c r="I11" s="9">
         <v>4.1959073490739236</v>
       </c>
       <c r="J11" s="9">
         <v>4.5084529244763392</v>
       </c>
       <c r="K11" s="9">
         <v>4.0366714758633311</v>
       </c>
       <c r="L11" s="9">
         <v>3.5217071360364671</v>
       </c>
       <c r="M11" s="9">
         <v>3.6991538924178577</v>
       </c>
       <c r="N11" s="9">
         <v>3.083540742374673</v>
       </c>
       <c r="O11" s="9">
         <v>3.665509488026014</v>
       </c>
     </row>
     <row r="12" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A12" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B12" s="9">
         <v>3.0787697969221361</v>
       </c>
       <c r="C12" s="9">
         <v>3.6596031989481292</v>
       </c>
       <c r="D12" s="9">
         <v>3.0823633293702679</v>
       </c>
       <c r="E12" s="9">
         <v>3.2389401710997516</v>
       </c>
       <c r="F12" s="9">
         <v>3.338424106648533</v>
       </c>
       <c r="G12" s="9">
         <v>4.074827624271137</v>
       </c>
       <c r="H12" s="9">
         <v>3.9272055788119125</v>
       </c>
       <c r="I12" s="9">
         <v>4.2378254790904801</v>
       </c>
       <c r="J12" s="9">
         <v>4.5153623595347137</v>
       </c>
       <c r="K12" s="9">
         <v>4.08093710028262</v>
       </c>
       <c r="L12" s="9">
         <v>3.507509513985172</v>
       </c>
       <c r="M12" s="9">
         <v>3.6704540816121343</v>
       </c>
       <c r="N12" s="9">
         <v>3.0690655038386492</v>
       </c>
       <c r="O12" s="9">
         <v>3.6485905517972137</v>
       </c>
     </row>
     <row r="13" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A13" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B13" s="9">
         <v>3.1275258298502968</v>
       </c>
       <c r="C13" s="9">
         <v>3.8357507210050192</v>
       </c>
       <c r="D13" s="9">
         <v>3.1540548372705359</v>
       </c>
       <c r="E13" s="9">
         <v>3.3381266726240972</v>
       </c>
       <c r="F13" s="9">
         <v>3.4191110808353566</v>
       </c>
       <c r="G13" s="9">
         <v>4.1577152604737222</v>
       </c>
       <c r="H13" s="9">
         <v>3.997589830965353</v>
       </c>
       <c r="I13" s="9">
         <v>4.2707625271758136</v>
       </c>
       <c r="J13" s="9">
         <v>4.6261506632635276</v>
       </c>
       <c r="K13" s="9">
         <v>4.1730085234498029</v>
       </c>
       <c r="L13" s="9">
         <v>3.4808225425692672</v>
       </c>
       <c r="M13" s="9">
         <v>3.7627875295586901</v>
       </c>
       <c r="N13" s="9">
         <v>3.069111336517226</v>
       </c>
       <c r="O13" s="9">
         <v>3.7318105296566855</v>
       </c>
     </row>
     <row r="14" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A14" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B14" s="9">
         <v>3.1168333266381465</v>
       </c>
       <c r="C14" s="9">
         <v>3.7917229288542424</v>
       </c>
       <c r="D14" s="9">
         <v>3.1843349379462351</v>
       </c>
       <c r="E14" s="9">
         <v>3.3883580339617869</v>
       </c>
       <c r="F14" s="9">
         <v>3.4695408648978279</v>
       </c>
       <c r="G14" s="9">
         <v>4.2063237880108044</v>
       </c>
       <c r="H14" s="9">
         <v>4.0629954620706288</v>
       </c>
       <c r="I14" s="9">
         <v>4.3756840152242926</v>
       </c>
       <c r="J14" s="9">
         <v>4.7866424484102437</v>
       </c>
       <c r="K14" s="9">
         <v>4.1975831615283479</v>
       </c>
       <c r="L14" s="9">
         <v>3.4768361782949762</v>
       </c>
       <c r="M14" s="9">
         <v>3.7793025101211275</v>
       </c>
       <c r="N14" s="9">
         <v>3.0906055491736897</v>
       </c>
       <c r="O14" s="9">
         <v>3.7409430578382388</v>
       </c>
     </row>
     <row r="15" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A15" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B15" s="9">
         <v>3.1563363255320556</v>
       </c>
       <c r="C15" s="9">
         <v>3.8551182166696361</v>
       </c>
       <c r="D15" s="9">
         <v>3.1981705459401981</v>
       </c>
       <c r="E15" s="9">
         <v>3.4137778035224251</v>
       </c>
       <c r="F15" s="9">
         <v>3.4505801904118552</v>
       </c>
       <c r="G15" s="9">
         <v>4.319998405018878</v>
       </c>
       <c r="H15" s="9">
         <v>4.1315950507644024</v>
       </c>
       <c r="I15" s="9">
         <v>4.4480729779716031</v>
       </c>
       <c r="J15" s="9">
         <v>4.8857098953342959</v>
       </c>
       <c r="K15" s="9">
         <v>4.2121133619251374</v>
       </c>
       <c r="L15" s="9">
         <v>3.5171636535843431</v>
       </c>
       <c r="M15" s="9">
         <v>3.793941512742641</v>
       </c>
       <c r="N15" s="9">
         <v>3.0041198736999051</v>
       </c>
       <c r="O15" s="9">
         <v>3.784749739980068</v>
       </c>
     </row>
     <row r="16" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A16" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B16" s="9">
         <v>3.126749791209241</v>
       </c>
       <c r="C16" s="9">
         <v>3.7812178511863057</v>
       </c>
       <c r="D16" s="9">
         <v>3.1625962057263832</v>
       </c>
       <c r="E16" s="9">
         <v>3.3580697890115014</v>
       </c>
       <c r="F16" s="9">
         <v>3.431082864487093</v>
       </c>
       <c r="G16" s="9">
         <v>4.2245703164568944</v>
       </c>
       <c r="H16" s="9">
         <v>4.2207830964381898</v>
       </c>
       <c r="I16" s="9">
         <v>4.6067515563804138</v>
       </c>
       <c r="J16" s="9">
         <v>4.9351379652110099</v>
       </c>
       <c r="K16" s="9">
         <v>4.250822593095668</v>
       </c>
       <c r="L16" s="9">
         <v>3.4493754394912974</v>
       </c>
       <c r="M16" s="9">
         <v>3.7453070102647534</v>
       </c>
       <c r="N16" s="9">
         <v>3.0563593677242729</v>
       </c>
       <c r="O16" s="9">
         <v>3.7675985756917894</v>
       </c>
     </row>
     <row r="17" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A17" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B17" s="9">
         <v>3.1262221131921213</v>
       </c>
       <c r="C17" s="9">
         <v>3.8184212089810758</v>
       </c>
       <c r="D17" s="9">
         <v>3.1144379611628525</v>
       </c>
       <c r="E17" s="9">
         <v>3.3295956546851313</v>
       </c>
       <c r="F17" s="9">
         <v>3.380378747654103</v>
       </c>
       <c r="G17" s="9">
         <v>4.2156194517787764</v>
       </c>
       <c r="H17" s="9">
         <v>4.3357946065812021</v>
       </c>
       <c r="I17" s="9">
         <v>4.7573626120095742</v>
       </c>
       <c r="J17" s="9">
         <v>5.0183914938928664</v>
       </c>
       <c r="K17" s="9">
         <v>4.2390513047517304</v>
       </c>
       <c r="L17" s="9">
         <v>3.4890795433568007</v>
       </c>
       <c r="M17" s="9">
         <v>3.7156028255490368</v>
       </c>
       <c r="N17" s="9">
         <v>3.0153348803687772</v>
       </c>
       <c r="O17" s="9">
         <v>3.7734330161480707</v>
       </c>
     </row>
     <row r="18" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A18" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B18" s="9">
         <v>3.0298473213299113</v>
       </c>
       <c r="C18" s="9">
         <v>3.7118760786807519</v>
       </c>
       <c r="D18" s="9">
         <v>3.0803791147523092</v>
       </c>
       <c r="E18" s="9">
         <v>3.3509229396004767</v>
       </c>
       <c r="F18" s="9">
         <v>3.3107787779636362</v>
       </c>
       <c r="G18" s="9">
         <v>4.1259720222989138</v>
       </c>
       <c r="H18" s="9">
         <v>4.4740080996307263</v>
       </c>
       <c r="I18" s="9">
         <v>4.8463630761330228</v>
       </c>
       <c r="J18" s="9">
         <v>5.1071419482176781</v>
       </c>
       <c r="K18" s="9">
         <v>4.2786309345609537</v>
       </c>
       <c r="L18" s="9">
         <v>3.4387488216348769</v>
       </c>
       <c r="M18" s="9">
         <v>3.6439510130295565</v>
       </c>
       <c r="N18" s="9">
         <v>2.9456498199226444</v>
       </c>
       <c r="O18" s="9">
         <v>3.7241402969704258</v>
       </c>
     </row>
     <row r="19" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A19" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B19" s="9">
         <v>3.120735809950538</v>
       </c>
       <c r="C19" s="9">
         <v>3.7537769011950881</v>
       </c>
       <c r="D19" s="9">
         <v>3.0952484403559377</v>
       </c>
       <c r="E19" s="9">
         <v>3.3976399769565697</v>
       </c>
       <c r="F19" s="9">
         <v>3.3256953024601414</v>
       </c>
       <c r="G19" s="9">
         <v>4.2089474897330357</v>
       </c>
       <c r="H19" s="9">
         <v>4.6843778601444841</v>
       </c>
       <c r="I19" s="9">
         <v>5.0812763957403257</v>
       </c>
       <c r="J19" s="9">
         <v>5.2360887038248372</v>
       </c>
       <c r="K19" s="9">
         <v>4.3749312006077989</v>
       </c>
       <c r="L19" s="9">
         <v>3.4579146957850329</v>
       </c>
       <c r="M19" s="9">
         <v>3.6926480006668667</v>
       </c>
       <c r="N19" s="9">
         <v>3.0078896237578938</v>
       </c>
       <c r="O19" s="9">
         <v>3.7953471787999269</v>
       </c>
     </row>
     <row r="20" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A20" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B20" s="9">
         <v>2.969299710235016</v>
       </c>
       <c r="C20" s="9">
         <v>3.7288100065702237</v>
       </c>
       <c r="D20" s="9">
         <v>3.0937457626005873</v>
       </c>
       <c r="E20" s="9">
         <v>3.4041375192234886</v>
       </c>
       <c r="F20" s="9">
         <v>3.3266525257421122</v>
       </c>
       <c r="G20" s="9">
         <v>4.2441061012717372</v>
       </c>
       <c r="H20" s="9">
         <v>4.7996233951101912</v>
       </c>
       <c r="I20" s="9">
         <v>5.2975507029515585</v>
       </c>
       <c r="J20" s="9">
         <v>5.4994195705602351</v>
       </c>
       <c r="K20" s="9">
         <v>4.4840496928196156</v>
       </c>
       <c r="L20" s="9">
         <v>3.4305928122507146</v>
       </c>
       <c r="M20" s="9">
         <v>3.6636372696791382</v>
       </c>
       <c r="N20" s="9">
         <v>2.9881635421003132</v>
       </c>
       <c r="O20" s="9">
         <v>3.8481297741701632</v>
       </c>
     </row>
     <row r="21" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A21" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B21" s="9">
         <v>3.0632855008932101</v>
       </c>
       <c r="C21" s="9">
         <v>3.7246037822139542</v>
       </c>
       <c r="D21" s="9">
         <v>3.065630797728327</v>
       </c>
       <c r="E21" s="9">
         <v>3.4791839645469533</v>
       </c>
       <c r="F21" s="9">
         <v>3.3804521348835666</v>
       </c>
       <c r="G21" s="9">
         <v>4.3992888886986572</v>
       </c>
       <c r="H21" s="9">
         <v>4.9393248596688935</v>
       </c>
       <c r="I21" s="9">
         <v>5.5175104275520681</v>
       </c>
       <c r="J21" s="9">
         <v>5.7397158635692591</v>
       </c>
       <c r="K21" s="9">
         <v>4.5299964269369761</v>
       </c>
       <c r="L21" s="9">
         <v>3.4676937308470439</v>
       </c>
       <c r="M21" s="9">
         <v>3.6238693492403637</v>
       </c>
       <c r="N21" s="9">
         <v>2.887663167435627</v>
       </c>
       <c r="O21" s="9">
         <v>3.9094496211644629</v>
       </c>
     </row>
     <row r="22" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A22" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B22" s="9">
         <v>3.0466614959132228</v>
       </c>
       <c r="C22" s="9">
         <v>3.8169575331880483</v>
       </c>
       <c r="D22" s="9">
         <v>3.0998655199452925</v>
       </c>
       <c r="E22" s="9">
         <v>3.5606697297920018</v>
       </c>
       <c r="F22" s="9">
         <v>3.4663511706319161</v>
       </c>
       <c r="G22" s="9">
         <v>4.498394108678478</v>
       </c>
       <c r="H22" s="9">
         <v>5.1072773358758203</v>
       </c>
       <c r="I22" s="9">
         <v>5.8523750857293786</v>
       </c>
       <c r="J22" s="9">
         <v>5.99204131552729</v>
       </c>
       <c r="K22" s="9">
         <v>4.6220088372873978</v>
       </c>
       <c r="L22" s="9">
         <v>3.4302568599270917</v>
       </c>
       <c r="M22" s="9">
         <v>3.6160644715484467</v>
       </c>
       <c r="N22" s="9">
         <v>2.7730873359860584</v>
       </c>
       <c r="O22" s="9">
         <v>3.9632985818474973</v>
       </c>
     </row>
     <row r="23" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A23" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B23" s="9">
         <v>3.0586227270496913</v>
       </c>
       <c r="C23" s="9">
         <v>3.9231394488463027</v>
       </c>
       <c r="D23" s="9">
         <v>3.1166141414789257</v>
       </c>
       <c r="E23" s="9">
         <v>3.6432342369320274</v>
       </c>
       <c r="F23" s="9">
         <v>3.6085565857617024</v>
       </c>
       <c r="G23" s="9">
         <v>4.8492980619528137</v>
       </c>
       <c r="H23" s="9">
         <v>5.370483694176829</v>
       </c>
       <c r="I23" s="9">
         <v>6.0969696128774151</v>
       </c>
       <c r="J23" s="9">
         <v>6.3026043808685221</v>
       </c>
       <c r="K23" s="9">
         <v>4.8005369346800801</v>
       </c>
       <c r="L23" s="9">
         <v>3.4966855455635724</v>
       </c>
       <c r="M23" s="9">
         <v>3.5881023678200124</v>
       </c>
       <c r="N23" s="9">
         <v>2.9069563270479919</v>
       </c>
       <c r="O23" s="9">
         <v>4.0929970638248845</v>
       </c>
     </row>
     <row r="24" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A24" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B24" s="9">
         <v>3.0061312733998169</v>
       </c>
       <c r="C24" s="9">
         <v>3.8225421524823848</v>
       </c>
       <c r="D24" s="9">
         <v>3.0933042420522021</v>
       </c>
       <c r="E24" s="9">
         <v>3.564872342459152</v>
       </c>
       <c r="F24" s="9">
         <v>3.6840407521328205</v>
       </c>
       <c r="G24" s="9">
         <v>5.0140452606955144</v>
       </c>
       <c r="H24" s="9">
         <v>5.5458796681365703</v>
       </c>
       <c r="I24" s="9">
         <v>6.2799530937071353</v>
       </c>
       <c r="J24" s="9">
         <v>6.462180187095087</v>
       </c>
       <c r="K24" s="9">
         <v>4.9275833822403543</v>
       </c>
       <c r="L24" s="9">
         <v>3.4316546121688565</v>
       </c>
       <c r="M24" s="9">
         <v>3.5268696884563937</v>
       </c>
       <c r="N24" s="9">
         <v>2.8179357196281418</v>
       </c>
       <c r="O24" s="9">
         <v>4.1295320449973527</v>
       </c>
     </row>
     <row r="25" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A25" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B25" s="9">
         <v>2.8211261576704287</v>
       </c>
       <c r="C25" s="9">
         <v>3.6836113245906006</v>
       </c>
       <c r="D25" s="9">
         <v>2.9728362383617335</v>
       </c>
       <c r="E25" s="9">
         <v>3.5382558236943127</v>
       </c>
       <c r="F25" s="9">
         <v>3.6178522651348843</v>
       </c>
       <c r="G25" s="9">
         <v>5.0496743239414519</v>
       </c>
       <c r="H25" s="9">
         <v>5.4573934603373848</v>
       </c>
       <c r="I25" s="9">
         <v>6.1204133240646872</v>
       </c>
       <c r="J25" s="9">
         <v>6.2164929610126105</v>
       </c>
       <c r="K25" s="9">
         <v>4.8696891992569027</v>
       </c>
       <c r="L25" s="9">
         <v>3.2725941541265438</v>
       </c>
       <c r="M25" s="9">
         <v>3.3844001646669652</v>
       </c>
       <c r="N25" s="9">
         <v>2.6458162960721365</v>
       </c>
       <c r="O25" s="9">
         <v>4.0259008271545742</v>
       </c>
     </row>
     <row r="26" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A26" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B26" s="9">
         <v>2.7570776653454807</v>
       </c>
       <c r="C26" s="9">
         <v>3.5643259534796803</v>
       </c>
       <c r="D26" s="9">
         <v>2.9639446913934013</v>
       </c>
       <c r="E26" s="9">
         <v>3.5658276597889351</v>
       </c>
       <c r="F26" s="9">
         <v>3.6939620659725616</v>
       </c>
       <c r="G26" s="9">
         <v>5.3721854231543862</v>
       </c>
       <c r="H26" s="9">
         <v>5.6711113390993422</v>
       </c>
       <c r="I26" s="9">
         <v>6.2134686284803342</v>
       </c>
       <c r="J26" s="9">
         <v>6.1557893825330989</v>
       </c>
       <c r="K26" s="9">
         <v>5.0850593798229919</v>
       </c>
       <c r="L26" s="9">
         <v>3.3506157667442746</v>
       </c>
       <c r="M26" s="9">
         <v>3.233711977848269</v>
       </c>
       <c r="N26" s="9">
         <v>2.6212282427179421</v>
       </c>
       <c r="O26" s="9">
         <v>3.9992782481802873</v>
       </c>
     </row>
     <row r="27" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A27" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B27" s="9">
         <v>2.7848833734987539</v>
       </c>
       <c r="C27" s="9">
         <v>3.8057196941861382</v>
       </c>
       <c r="D27" s="9">
         <v>3.0498047789097935</v>
       </c>
       <c r="E27" s="9">
         <v>3.9407087476212257</v>
       </c>
       <c r="F27" s="9">
         <v>4.1207936459109558</v>
       </c>
       <c r="G27" s="9">
         <v>5.9982332692420943</v>
       </c>
       <c r="H27" s="9">
         <v>6.0641523064259228</v>
       </c>
       <c r="I27" s="9">
         <v>6.4119076606615026</v>
       </c>
       <c r="J27" s="9">
         <v>6.3463750820308533</v>
       </c>
       <c r="K27" s="9">
         <v>5.6518295451295719</v>
       </c>
       <c r="L27" s="9">
         <v>3.4591318688900374</v>
       </c>
       <c r="M27" s="9">
         <v>3.2700755250848905</v>
       </c>
       <c r="N27" s="9">
         <v>2.632325550860787</v>
       </c>
       <c r="O27" s="9">
         <v>4.243088634354562</v>
       </c>
     </row>
     <row r="28" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A28" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B28" s="9">
         <v>2.8908479825485056</v>
       </c>
       <c r="C28" s="9">
         <v>4.1654602565146357</v>
       </c>
       <c r="D28" s="9">
         <v>3.2107417510335656</v>
       </c>
       <c r="E28" s="9">
         <v>4.4990293444878207</v>
       </c>
       <c r="F28" s="9">
         <v>4.7511643904750418</v>
       </c>
       <c r="G28" s="9">
         <v>6.72786568063872</v>
       </c>
       <c r="H28" s="9">
         <v>6.5902354108359091</v>
       </c>
       <c r="I28" s="9">
         <v>6.7902592706049569</v>
       </c>
       <c r="J28" s="9">
         <v>6.5937416351015186</v>
       </c>
       <c r="K28" s="9">
         <v>6.3953080609349922</v>
       </c>
       <c r="L28" s="9">
         <v>3.8133284555415763</v>
       </c>
       <c r="M28" s="9">
         <v>3.3418345084245664</v>
       </c>
       <c r="N28" s="9">
         <v>2.4835360369086472</v>
       </c>
       <c r="O28" s="9">
         <v>4.6008751348565813</v>
       </c>
     </row>
     <row r="29" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A29" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B29" s="9">
         <v>3.0604006588137751</v>
       </c>
       <c r="C29" s="9">
         <v>4.6453410931341184</v>
       </c>
       <c r="D29" s="9">
         <v>3.4356016420993267</v>
       </c>
       <c r="E29" s="9">
         <v>4.8694864255730028</v>
       </c>
       <c r="F29" s="9">
         <v>4.9267483406439965</v>
       </c>
       <c r="G29" s="9">
         <v>6.4130763749926878</v>
       </c>
       <c r="H29" s="9">
         <v>6.6496693075720863</v>
       </c>
       <c r="I29" s="9">
         <v>6.7732702537014511</v>
       </c>
       <c r="J29" s="9">
         <v>6.4822200753123598</v>
       </c>
       <c r="K29" s="9">
         <v>6.3943414899972471</v>
       </c>
       <c r="L29" s="9">
         <v>4.296562495621564</v>
       </c>
       <c r="M29" s="9">
         <v>3.3984922646276399</v>
       </c>
       <c r="N29" s="9">
         <v>2.4860659623970962</v>
       </c>
       <c r="O29" s="9">
         <v>4.7331470966816029</v>
       </c>
     </row>
     <row r="30" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A30" s="2" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B30" s="9">
         <v>3.3173990824329183</v>
       </c>
       <c r="C30" s="9">
         <v>4.9900756190965714</v>
       </c>
       <c r="D30" s="9">
         <v>3.6856909266212918</v>
       </c>
       <c r="E30" s="9">
         <v>5.0406402903233767</v>
       </c>
       <c r="F30" s="9">
         <v>5.0085022490388802</v>
       </c>
       <c r="G30" s="9">
         <v>6.380261188559774</v>
       </c>
       <c r="H30" s="9">
         <v>6.562876473561098</v>
       </c>
       <c r="I30" s="9">
         <v>6.7705455042876181</v>
       </c>
       <c r="J30" s="9">
         <v>6.3992411491329309</v>
       </c>
       <c r="K30" s="9">
         <v>6.1755332427115341</v>
       </c>
       <c r="L30" s="9">
         <v>4.5857757473763412</v>
       </c>
       <c r="M30" s="9">
         <v>3.4844611689166345</v>
       </c>
       <c r="N30" s="9">
         <v>2.4058966676280473</v>
       </c>
       <c r="O30" s="9">
         <v>4.8105792026240239</v>
       </c>
     </row>
     <row r="31" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A31" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B31" s="9">
         <v>3.6905302259966741</v>
       </c>
       <c r="C31" s="9">
         <v>5.2626657214126062</v>
       </c>
       <c r="D31" s="9">
         <v>4.0223653553749861</v>
       </c>
       <c r="E31" s="9">
         <v>5.0649130377147555</v>
       </c>
       <c r="F31" s="9">
         <v>5.100449419895126</v>
       </c>
       <c r="G31" s="9">
         <v>6.3133951109370088</v>
       </c>
       <c r="H31" s="9">
         <v>6.5163787882453246</v>
       </c>
       <c r="I31" s="9">
         <v>6.7175666818989104</v>
       </c>
       <c r="J31" s="9">
         <v>6.3626701836331794</v>
       </c>
       <c r="K31" s="9">
         <v>6.1963798021938166</v>
       </c>
       <c r="L31" s="9">
         <v>4.7799225339613782</v>
       </c>
       <c r="M31" s="9">
         <v>3.7469800032336296</v>
       </c>
       <c r="N31" s="9">
         <v>2.4399931925199549</v>
       </c>
       <c r="O31" s="9">
         <v>4.9177748580513754</v>
       </c>
     </row>
     <row r="32" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A32" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B32" s="9">
         <v>3.7158776575586447</v>
       </c>
       <c r="C32" s="9">
         <v>5.480217372908224</v>
       </c>
       <c r="D32" s="9">
         <v>4.3447550203753842</v>
       </c>
       <c r="E32" s="9">
         <v>4.7953393250661396</v>
       </c>
       <c r="F32" s="9">
         <v>5.1614466708257911</v>
       </c>
       <c r="G32" s="9">
         <v>5.8003017141852977</v>
       </c>
       <c r="H32" s="9">
         <v>6.1303471709065001</v>
       </c>
       <c r="I32" s="9">
         <v>6.3787829994075613</v>
       </c>
       <c r="J32" s="9">
         <v>6.0989423171472401</v>
       </c>
       <c r="K32" s="9">
         <v>5.9981172560341411</v>
       </c>
       <c r="L32" s="9">
         <v>4.701937895136064</v>
       </c>
       <c r="M32" s="9">
         <v>3.915100310088238</v>
       </c>
       <c r="N32" s="9">
         <v>2.3479040811563121</v>
       </c>
       <c r="O32" s="9">
         <v>4.8420989716903806</v>
       </c>
     </row>
     <row r="33" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A33" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B33" s="9">
         <v>3.9580706213969719</v>
       </c>
       <c r="C33" s="9">
         <v>5.2410586076101175</v>
       </c>
       <c r="D33" s="9">
         <v>4.1849424298650426</v>
       </c>
       <c r="E33" s="9">
         <v>4.8798761915868551</v>
       </c>
       <c r="F33" s="9">
         <v>4.9525130404815281</v>
       </c>
       <c r="G33" s="9">
         <v>5.3582667058081785</v>
       </c>
       <c r="H33" s="9">
         <v>5.6348222331924633</v>
       </c>
       <c r="I33" s="9">
         <v>5.910272072875288</v>
       </c>
       <c r="J33" s="9">
         <v>5.7911922498541486</v>
       </c>
       <c r="K33" s="9">
         <v>5.4824291623496251</v>
       </c>
       <c r="L33" s="9">
         <v>4.5982999147690711</v>
       </c>
       <c r="M33" s="9">
         <v>3.9247867602382778</v>
       </c>
       <c r="N33" s="9">
         <v>2.3252924320546402</v>
       </c>
       <c r="O33" s="9">
         <v>4.6325194671435037</v>
       </c>
     </row>
     <row r="34" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A34" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B34" s="9">
         <v>3.6087575274155088</v>
       </c>
       <c r="C34" s="9">
         <v>4.9074106171699992</v>
       </c>
       <c r="D34" s="9">
         <v>4.2370061132718382</v>
       </c>
       <c r="E34" s="9">
         <v>4.5739972762737189</v>
       </c>
       <c r="F34" s="9">
         <v>4.8688873403736261</v>
       </c>
       <c r="G34" s="9">
         <v>4.7194717648644762</v>
       </c>
       <c r="H34" s="9">
         <v>5.229977283636007</v>
       </c>
       <c r="I34" s="9">
         <v>5.4133832579320034</v>
       </c>
       <c r="J34" s="9">
         <v>5.5027691399678611</v>
       </c>
       <c r="K34" s="9">
         <v>5.171938143316325</v>
       </c>
       <c r="L34" s="9">
         <v>4.5464553512106392</v>
       </c>
       <c r="M34" s="9">
         <v>3.5702254255550514</v>
       </c>
       <c r="N34" s="9">
         <v>2.3762817296589445</v>
       </c>
       <c r="O34" s="9">
         <v>4.386657473960673</v>
       </c>
     </row>
     <row r="35" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A35" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B35" s="9">
         <v>3.6375971989184639</v>
       </c>
       <c r="C35" s="9">
         <v>4.6652149037511981</v>
       </c>
       <c r="D35" s="9">
         <v>4.310105159130563</v>
       </c>
       <c r="E35" s="9">
         <v>4.3757182267197487</v>
       </c>
       <c r="F35" s="9">
         <v>4.7629681924505913</v>
       </c>
       <c r="G35" s="9">
         <v>4.6514826619413441</v>
       </c>
       <c r="H35" s="9">
         <v>4.9931864217469544</v>
       </c>
       <c r="I35" s="9">
         <v>5.1578211422349538</v>
       </c>
       <c r="J35" s="9">
         <v>5.130976991612604</v>
       </c>
       <c r="K35" s="9">
         <v>5.0436159948042301</v>
       </c>
       <c r="L35" s="9">
         <v>4.3469105504349912</v>
       </c>
       <c r="M35" s="9">
         <v>3.6020055731688028</v>
       </c>
       <c r="N35" s="9">
         <v>2.2785712146192787</v>
       </c>
       <c r="O35" s="9">
         <v>4.2456223502369248</v>
       </c>
     </row>
     <row r="36" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A36" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B36" s="9">
         <v>3.6903042530496641</v>
       </c>
       <c r="C36" s="9">
         <v>4.2236144057135041</v>
       </c>
       <c r="D36" s="9">
         <v>4.1521135605143664</v>
       </c>
       <c r="E36" s="9">
         <v>4.1340393542165899</v>
       </c>
       <c r="F36" s="9">
         <v>4.5181808633652736</v>
       </c>
       <c r="G36" s="9">
         <v>4.4064983159475695</v>
       </c>
       <c r="H36" s="9">
         <v>4.6233927323222561</v>
       </c>
       <c r="I36" s="9">
         <v>4.9189668074585624</v>
       </c>
       <c r="J36" s="9">
         <v>4.7775221949922209</v>
       </c>
       <c r="K36" s="9">
         <v>4.9753290405383908</v>
       </c>
       <c r="L36" s="9">
         <v>4.0255616944394879</v>
       </c>
       <c r="M36" s="9">
         <v>3.6199940434193727</v>
       </c>
       <c r="N36" s="9">
         <v>2.1176073735768988</v>
       </c>
       <c r="O36" s="9">
         <v>4.0377182215825744</v>
       </c>
     </row>
     <row r="37" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A37" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B37" s="9">
         <v>3.655918023776644</v>
       </c>
       <c r="C37" s="9">
         <v>3.8547043307023658</v>
       </c>
       <c r="D37" s="9">
         <v>4.0537588307384862</v>
       </c>
       <c r="E37" s="9">
         <v>3.8483196458895446</v>
       </c>
       <c r="F37" s="9">
         <v>4.3485643715496378</v>
       </c>
       <c r="G37" s="9">
         <v>4.1779433879863159</v>
       </c>
       <c r="H37" s="9">
         <v>4.3229773728007208</v>
       </c>
       <c r="I37" s="9">
         <v>4.5615947647649646</v>
       </c>
       <c r="J37" s="9">
         <v>4.4315042014373418</v>
       </c>
       <c r="K37" s="9">
         <v>4.5312162882985509</v>
       </c>
       <c r="L37" s="9">
         <v>3.8036487327196058</v>
       </c>
       <c r="M37" s="9">
         <v>3.4455099522539965</v>
       </c>
       <c r="N37" s="9">
         <v>2.2341381360618109</v>
       </c>
       <c r="O37" s="9">
         <v>3.7972782297933758</v>
       </c>
     </row>
     <row r="38" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A38" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B38" s="9">
         <v>3.539447294995703</v>
       </c>
       <c r="C38" s="9">
         <v>3.8612258384664515</v>
       </c>
       <c r="D38" s="9">
         <v>4.0460682542957125</v>
       </c>
       <c r="E38" s="9">
         <v>3.7294193040231116</v>
       </c>
       <c r="F38" s="9">
         <v>4.1744220388812021</v>
       </c>
       <c r="G38" s="9">
         <v>4.0703460197017538</v>
       </c>
       <c r="H38" s="9">
         <v>4.1961967013639967</v>
       </c>
       <c r="I38" s="9">
         <v>4.4850732506383792</v>
       </c>
       <c r="J38" s="9">
         <v>4.3133374667404141</v>
       </c>
       <c r="K38" s="9">
         <v>4.3696127562492144</v>
       </c>
       <c r="L38" s="9">
         <v>3.7635586748319332</v>
       </c>
       <c r="M38" s="9">
         <v>3.435299996470051</v>
       </c>
       <c r="N38" s="9">
         <v>2.2588695800144061</v>
       </c>
       <c r="O38" s="9">
         <v>3.6986450782065923</v>
       </c>
     </row>
     <row r="39" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A39" s="2" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B39" s="9">
         <v>3.6163875972149362</v>
       </c>
       <c r="C39" s="9">
         <v>3.8875078919809671</v>
       </c>
       <c r="D39" s="9">
         <v>4.0281335282590289</v>
       </c>
       <c r="E39" s="9">
         <v>3.7312841809557575</v>
       </c>
       <c r="F39" s="9">
         <v>4.2719500882542247</v>
       </c>
       <c r="G39" s="9">
         <v>3.9866261389360993</v>
       </c>
       <c r="H39" s="9">
         <v>4.2040896971080786</v>
       </c>
       <c r="I39" s="9">
         <v>4.5174420136955336</v>
       </c>
       <c r="J39" s="9">
         <v>4.2812326533647296</v>
       </c>
       <c r="K39" s="9">
         <v>4.3137504420153032</v>
       </c>
       <c r="L39" s="9">
         <v>3.793897978966041</v>
       </c>
       <c r="M39" s="9">
         <v>3.4634902732081914</v>
       </c>
       <c r="N39" s="9">
         <v>2.2332258907181783</v>
       </c>
       <c r="O39" s="9">
         <v>3.6864448277554431</v>
       </c>
     </row>
     <row r="40" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A40" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B40" s="9">
         <v>3.4684362922915271</v>
       </c>
       <c r="C40" s="9">
         <v>3.8427265789640708</v>
       </c>
       <c r="D40" s="9">
         <v>3.9615875592257623</v>
       </c>
       <c r="E40" s="9">
         <v>3.6262423687865137</v>
       </c>
       <c r="F40" s="9">
         <v>4.1500824611700189</v>
       </c>
       <c r="G40" s="9">
         <v>3.8843999547783472</v>
       </c>
       <c r="H40" s="9">
         <v>4.0580780301930117</v>
       </c>
       <c r="I40" s="9">
         <v>4.4089057103852953</v>
       </c>
       <c r="J40" s="9">
         <v>4.2032154116066351</v>
       </c>
       <c r="K40" s="9">
         <v>4.3058715455898371</v>
       </c>
       <c r="L40" s="9">
         <v>3.7177295995026993</v>
       </c>
       <c r="M40" s="9">
         <v>3.4317264581205218</v>
       </c>
       <c r="N40" s="9">
         <v>2.2824641475913605</v>
       </c>
       <c r="O40" s="9">
         <v>3.5894490758085671</v>
       </c>
     </row>
     <row r="41" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A41" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B41" s="9">
         <v>3.4096218215666054</v>
       </c>
       <c r="C41" s="9">
         <v>3.6691582680746864</v>
       </c>
       <c r="D41" s="9">
         <v>3.8855564817855952</v>
       </c>
       <c r="E41" s="9">
         <v>3.4898025984232399</v>
       </c>
       <c r="F41" s="9">
         <v>3.9589341668889797</v>
       </c>
       <c r="G41" s="9">
         <v>3.7328997857400532</v>
       </c>
       <c r="H41" s="9">
         <v>3.8494786716550027</v>
       </c>
       <c r="I41" s="9">
         <v>4.1862034417287415</v>
       </c>
       <c r="J41" s="9">
         <v>4.0048625849262054</v>
       </c>
       <c r="K41" s="9">
         <v>4.0586639701611151</v>
       </c>
       <c r="L41" s="9">
         <v>3.6456686638137668</v>
       </c>
       <c r="M41" s="9">
         <v>3.3902024977101677</v>
       </c>
       <c r="N41" s="9">
         <v>2.1949669682319817</v>
       </c>
       <c r="O41" s="9">
         <v>3.4473361009960484</v>
       </c>
     </row>
     <row r="42" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A42" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B42" s="9">
         <v>3.2216261287432464</v>
       </c>
       <c r="C42" s="9">
         <v>3.7191774402260385</v>
       </c>
       <c r="D42" s="9">
         <v>3.6735507911037932</v>
       </c>
       <c r="E42" s="9">
         <v>3.3593679448578584</v>
       </c>
       <c r="F42" s="9">
         <v>3.856666965099957</v>
       </c>
       <c r="G42" s="9">
         <v>3.5582869999060569</v>
       </c>
       <c r="H42" s="9">
         <v>3.630359080077703</v>
       </c>
       <c r="I42" s="9">
         <v>3.9764799631571237</v>
       </c>
       <c r="J42" s="9">
         <v>3.8208049802352613</v>
       </c>
       <c r="K42" s="9">
         <v>3.8506971604916433</v>
       </c>
       <c r="L42" s="9">
         <v>3.4787763341455147</v>
       </c>
       <c r="M42" s="9">
         <v>3.3367223588625921</v>
       </c>
       <c r="N42" s="9">
         <v>2.1874170932479284</v>
       </c>
       <c r="O42" s="9">
         <v>3.2985406819924039</v>
       </c>
     </row>
     <row r="43" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A43" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B43" s="9">
         <v>3.1836075814573479</v>
       </c>
       <c r="C43" s="9">
         <v>3.5745878200734853</v>
       </c>
       <c r="D43" s="9">
         <v>3.7398251666380453</v>
       </c>
       <c r="E43" s="9">
         <v>3.3160863915078025</v>
       </c>
       <c r="F43" s="9">
         <v>3.8553455474744074</v>
       </c>
       <c r="G43" s="9">
         <v>3.5851834898800434</v>
       </c>
       <c r="H43" s="9">
         <v>3.6022019353523462</v>
       </c>
       <c r="I43" s="9">
         <v>3.9318895139657943</v>
       </c>
       <c r="J43" s="9">
         <v>3.7649941156182507</v>
       </c>
       <c r="K43" s="9">
         <v>3.787699098883468</v>
       </c>
       <c r="L43" s="9">
         <v>3.4784588196274369</v>
       </c>
       <c r="M43" s="9">
         <v>3.4394553179606877</v>
       </c>
       <c r="N43" s="9">
         <v>2.2486210351229694</v>
       </c>
       <c r="O43" s="9">
         <v>3.2742864036843327</v>
       </c>
     </row>
     <row r="44" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A44" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B44" s="9">
         <v>3.0567573751491732</v>
       </c>
       <c r="C44" s="9">
         <v>3.5523822872980881</v>
       </c>
       <c r="D44" s="9">
         <v>3.6371441306602605</v>
       </c>
       <c r="E44" s="9">
         <v>3.2732835113963499</v>
       </c>
       <c r="F44" s="9">
         <v>3.705984094244489</v>
       </c>
       <c r="G44" s="9">
         <v>3.421801259875624</v>
       </c>
       <c r="H44" s="9">
         <v>3.4613349705821674</v>
       </c>
       <c r="I44" s="9">
         <v>3.7789014119572042</v>
       </c>
       <c r="J44" s="9">
         <v>3.6000747455792199</v>
       </c>
       <c r="K44" s="9">
         <v>3.737681060137553</v>
       </c>
       <c r="L44" s="9">
         <v>3.4833940749070438</v>
       </c>
       <c r="M44" s="9">
         <v>3.324563490652273</v>
       </c>
       <c r="N44" s="9">
         <v>2.293264543003354</v>
       </c>
       <c r="O44" s="9">
         <v>3.2157109945837039</v>
       </c>
     </row>
     <row r="45" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A45" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B45" s="9">
         <v>2.9026741856002691</v>
       </c>
       <c r="C45" s="9">
         <v>3.3361782236928197</v>
       </c>
       <c r="D45" s="9">
         <v>3.5041472306231856</v>
       </c>
       <c r="E45" s="9">
         <v>3.076571683883206</v>
       </c>
       <c r="F45" s="9">
         <v>3.5062995437884226</v>
       </c>
       <c r="G45" s="9">
         <v>3.2271078477695077</v>
       </c>
       <c r="H45" s="9">
         <v>3.2189756364102902</v>
       </c>
       <c r="I45" s="9">
         <v>3.5723796987629521</v>
       </c>
       <c r="J45" s="9">
         <v>3.326999134473319</v>
       </c>
       <c r="K45" s="9">
         <v>3.442938060762732</v>
       </c>
       <c r="L45" s="9">
         <v>3.3717357508598536</v>
       </c>
       <c r="M45" s="9">
         <v>3.2573610591467919</v>
       </c>
       <c r="N45" s="9">
         <v>2.291089066286808</v>
       </c>
       <c r="O45" s="9">
         <v>3.0574338957722094</v>
       </c>
     </row>
     <row r="46" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A46" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B46" s="9">
         <v>3.03502185189063</v>
       </c>
       <c r="C46" s="9">
         <v>3.2653652143985603</v>
       </c>
       <c r="D46" s="9">
         <v>3.3728935910244675</v>
       </c>
       <c r="E46" s="9">
         <v>2.956942262591697</v>
       </c>
       <c r="F46" s="9">
         <v>3.4197628011862302</v>
       </c>
       <c r="G46" s="9">
         <v>3.138355490044455</v>
       </c>
       <c r="H46" s="9">
         <v>3.2239889637708585</v>
       </c>
       <c r="I46" s="9">
         <v>3.5492600129832428</v>
       </c>
       <c r="J46" s="9">
         <v>3.2970792405518052</v>
       </c>
       <c r="K46" s="9">
         <v>3.4883815661397457</v>
       </c>
       <c r="L46" s="9">
         <v>3.3123716680248427</v>
       </c>
       <c r="M46" s="9">
         <v>3.3517443673775809</v>
       </c>
       <c r="N46" s="9">
         <v>2.3326484960670761</v>
       </c>
       <c r="O46" s="9">
         <v>3.0250801826590905</v>
       </c>
     </row>
     <row r="47" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A47" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B47" s="9">
         <v>3.1190372136517803</v>
       </c>
       <c r="C47" s="9">
         <v>3.418131636574226</v>
       </c>
       <c r="D47" s="9">
         <v>3.3888576833161608</v>
       </c>
       <c r="E47" s="9">
         <v>3.1048942864108624</v>
       </c>
       <c r="F47" s="9">
         <v>3.5798015521263742</v>
       </c>
       <c r="G47" s="9">
         <v>3.1939956528427302</v>
       </c>
       <c r="H47" s="9">
         <v>3.2089726120955349</v>
       </c>
       <c r="I47" s="9">
         <v>3.599640871474409</v>
       </c>
       <c r="J47" s="9">
         <v>3.3269151333125131</v>
       </c>
       <c r="K47" s="9">
         <v>3.5632193211547976</v>
       </c>
       <c r="L47" s="9">
         <v>3.3053690430149216</v>
       </c>
       <c r="M47" s="9">
         <v>3.3170265803099745</v>
       </c>
       <c r="N47" s="9">
         <v>2.4256438343567619</v>
       </c>
       <c r="O47" s="9">
         <v>3.1026844180923585</v>
       </c>
     </row>
     <row r="48" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A48" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B48" s="9">
         <v>2.9810197433674297</v>
       </c>
       <c r="C48" s="9">
         <v>3.3870513245594962</v>
       </c>
       <c r="D48" s="9">
         <v>3.4362324762749381</v>
       </c>
       <c r="E48" s="9">
         <v>3.0510270829425465</v>
       </c>
       <c r="F48" s="9">
         <v>3.4347806687743132</v>
       </c>
       <c r="G48" s="9">
         <v>3.3067907555004039</v>
       </c>
       <c r="H48" s="9">
         <v>3.2450622863700831</v>
       </c>
       <c r="I48" s="9">
         <v>3.5579583176573344</v>
       </c>
       <c r="J48" s="9">
         <v>3.2791760630961155</v>
       </c>
       <c r="K48" s="9">
         <v>3.5035588539529026</v>
       </c>
       <c r="L48" s="9">
         <v>3.1864114109263344</v>
       </c>
       <c r="M48" s="9">
         <v>3.2894538111595573</v>
       </c>
       <c r="N48" s="9">
         <v>2.4144945555034978</v>
       </c>
       <c r="O48" s="9">
         <v>3.0710925020294497</v>
       </c>
     </row>
     <row r="49" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A49" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B49" s="9">
         <v>3.0247674553687514</v>
       </c>
       <c r="C49" s="9">
         <v>3.3888876845500731</v>
       </c>
       <c r="D49" s="9">
         <v>3.3404045157919278</v>
       </c>
       <c r="E49" s="9">
         <v>3.0731536899427279</v>
       </c>
       <c r="F49" s="9">
         <v>3.384907732328934</v>
       </c>
       <c r="G49" s="9">
         <v>3.3025976678759736</v>
       </c>
       <c r="H49" s="9">
         <v>3.1727876489798876</v>
       </c>
       <c r="I49" s="9">
         <v>3.5967334545573402</v>
       </c>
       <c r="J49" s="9">
         <v>3.2435125623358427</v>
       </c>
       <c r="K49" s="9">
         <v>3.3921048733564043</v>
       </c>
       <c r="L49" s="9">
         <v>3.1818844197539131</v>
       </c>
       <c r="M49" s="9">
         <v>3.2587942109441732</v>
       </c>
       <c r="N49" s="9">
         <v>2.3406257028316095</v>
       </c>
       <c r="O49" s="9">
         <v>3.0090172302497087</v>
       </c>
     </row>
     <row r="50" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A50" s="2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B50" s="9">
         <v>2.8763218340112995</v>
       </c>
       <c r="C50" s="9">
         <v>3.2370930115391916</v>
       </c>
       <c r="D50" s="9">
         <v>3.3235514413509417</v>
       </c>
       <c r="E50" s="9">
         <v>3.0144574953422447</v>
       </c>
       <c r="F50" s="9">
         <v>3.2552686896021883</v>
       </c>
       <c r="G50" s="9">
         <v>3.153438719281592</v>
       </c>
       <c r="H50" s="9">
         <v>3.2035237206857161</v>
       </c>
       <c r="I50" s="9">
         <v>3.5377717368251229</v>
       </c>
       <c r="J50" s="9">
         <v>3.2943649216933379</v>
       </c>
       <c r="K50" s="9">
         <v>3.4769192235393693</v>
       </c>
       <c r="L50" s="9">
         <v>3.1905204010162724</v>
       </c>
       <c r="M50" s="9">
         <v>3.254416375106596</v>
       </c>
       <c r="N50" s="9">
         <v>2.4514088910043701</v>
       </c>
       <c r="O50" s="9">
         <v>3.0047602829244364</v>
       </c>
     </row>
     <row r="51" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A51" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B51" s="9">
         <v>2.8357878268121328</v>
       </c>
       <c r="C51" s="9">
         <v>3.2611553924021912</v>
       </c>
       <c r="D51" s="9">
         <v>3.2504610833251686</v>
       </c>
       <c r="E51" s="9">
         <v>3.0156132875618828</v>
       </c>
       <c r="F51" s="9">
         <v>3.3141097538229407</v>
       </c>
       <c r="G51" s="9">
         <v>3.1885185097501818</v>
       </c>
       <c r="H51" s="9">
         <v>3.2896678203998433</v>
       </c>
       <c r="I51" s="9">
         <v>3.6426419968665384</v>
       </c>
       <c r="J51" s="9">
         <v>3.2891748411754018</v>
       </c>
       <c r="K51" s="9">
         <v>3.413231027393699</v>
       </c>
       <c r="L51" s="9">
         <v>3.0598536093117605</v>
       </c>
       <c r="M51" s="9">
         <v>3.3369541537665333</v>
       </c>
       <c r="N51" s="9">
         <v>2.3796922868391595</v>
       </c>
       <c r="O51" s="9">
         <v>2.986510651707142</v>
       </c>
     </row>
     <row r="52" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A52" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B52" s="9">
         <v>2.7586651576329637</v>
       </c>
       <c r="C52" s="9">
         <v>3.125598693613612</v>
       </c>
       <c r="D52" s="9">
         <v>3.2256323785970609</v>
       </c>
       <c r="E52" s="9">
         <v>2.9535135710640725</v>
       </c>
       <c r="F52" s="9">
         <v>3.293883354693572</v>
       </c>
       <c r="G52" s="9">
         <v>3.2279944602749473</v>
       </c>
       <c r="H52" s="9">
         <v>3.215237051036214</v>
       </c>
       <c r="I52" s="9">
         <v>3.5793424441733617</v>
       </c>
       <c r="J52" s="9">
         <v>3.201513920712256</v>
       </c>
       <c r="K52" s="9">
         <v>3.4544143599688142</v>
       </c>
       <c r="L52" s="9">
         <v>3.0573420501972928</v>
       </c>
       <c r="M52" s="9">
         <v>3.4281598532215276</v>
       </c>
       <c r="N52" s="9">
         <v>2.5198140824691224</v>
       </c>
       <c r="O52" s="9">
         <v>2.9837009632777574</v>
       </c>
     </row>
     <row r="53" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A53" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B53" s="9">
         <v>2.6715159919414271</v>
       </c>
       <c r="C53" s="9">
         <v>3.0135115480103751</v>
       </c>
       <c r="D53" s="9">
         <v>3.2172155879614075</v>
       </c>
       <c r="E53" s="9">
         <v>2.98788476213113</v>
       </c>
       <c r="F53" s="9">
         <v>3.2632520965003011</v>
       </c>
       <c r="G53" s="9">
         <v>3.1383100852584214</v>
       </c>
       <c r="H53" s="9">
         <v>3.2155036757418829</v>
       </c>
       <c r="I53" s="9">
         <v>3.5251739598646341</v>
       </c>
       <c r="J53" s="9">
         <v>3.2283114538969282</v>
       </c>
       <c r="K53" s="9">
         <v>3.4372894101075477</v>
       </c>
       <c r="L53" s="9">
         <v>3.1035166808418331</v>
       </c>
       <c r="M53" s="9">
         <v>3.1868744458283653</v>
       </c>
       <c r="N53" s="9">
         <v>2.424710469649479</v>
       </c>
       <c r="O53" s="9">
         <v>2.9816949672997026</v>
       </c>
     </row>
     <row r="54" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A54" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B54" s="9">
         <v>2.9134641153731078</v>
       </c>
       <c r="C54" s="9">
         <v>2.9747299628261348</v>
       </c>
       <c r="D54" s="9">
         <v>3.0106511211914162</v>
       </c>
       <c r="E54" s="9">
         <v>2.8623486730764984</v>
       </c>
       <c r="F54" s="9">
         <v>3.2342917219406191</v>
       </c>
       <c r="G54" s="9">
         <v>3.0100911488485131</v>
       </c>
       <c r="H54" s="9">
         <v>3.1360736344665585</v>
       </c>
       <c r="I54" s="9">
         <v>3.4664113313007916</v>
       </c>
       <c r="J54" s="9">
         <v>3.1388784620743757</v>
       </c>
       <c r="K54" s="9">
         <v>3.4422704239299384</v>
       </c>
       <c r="L54" s="9">
         <v>2.891784858385849</v>
       </c>
       <c r="M54" s="9">
         <v>3.2260268938578607</v>
       </c>
       <c r="N54" s="9">
         <v>2.344109802166896</v>
       </c>
       <c r="O54" s="9">
         <v>2.8995788212595208</v>
       </c>
     </row>
     <row r="55" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A55" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B55" s="9">
         <v>2.8396278610258281</v>
       </c>
       <c r="C55" s="9">
         <v>3.0135722865824497</v>
       </c>
       <c r="D55" s="9">
         <v>3.0205873236067142</v>
       </c>
       <c r="E55" s="9">
         <v>2.8204705918968651</v>
       </c>
       <c r="F55" s="9">
         <v>3.2887810608904049</v>
       </c>
       <c r="G55" s="9">
         <v>3.1385051718006092</v>
       </c>
       <c r="H55" s="9">
         <v>3.3352793467730932</v>
       </c>
       <c r="I55" s="9">
         <v>3.4104204444761521</v>
       </c>
       <c r="J55" s="9">
         <v>3.2991199907008038</v>
       </c>
       <c r="K55" s="9">
         <v>3.4958221150874471</v>
       </c>
       <c r="L55" s="9">
         <v>3.0736326995867205</v>
       </c>
       <c r="M55" s="9">
         <v>3.1117468450024037</v>
       </c>
       <c r="N55" s="9">
         <v>2.4968099515227609</v>
       </c>
       <c r="O55" s="9">
         <v>2.9076449020897797</v>
       </c>
     </row>
     <row r="56" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A56" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B56" s="9">
         <v>2.6420379858595204</v>
       </c>
       <c r="C56" s="9">
         <v>2.9989239502783365</v>
       </c>
       <c r="D56" s="9">
         <v>2.9577491990684885</v>
       </c>
       <c r="E56" s="9">
         <v>2.8378690106079261</v>
       </c>
       <c r="F56" s="9">
         <v>3.2071392733287185</v>
       </c>
       <c r="G56" s="9">
         <v>3.0640245425972963</v>
       </c>
       <c r="H56" s="9">
         <v>3.2147276427568721</v>
       </c>
       <c r="I56" s="9">
         <v>3.3556208829017691</v>
       </c>
       <c r="J56" s="9">
         <v>3.2905768748706787</v>
       </c>
       <c r="K56" s="9">
         <v>3.4292542045825285</v>
       </c>
       <c r="L56" s="9">
         <v>2.9190808050898753</v>
       </c>
       <c r="M56" s="9">
         <v>3.083547499023902</v>
       </c>
       <c r="N56" s="9">
         <v>2.5001981704345067</v>
       </c>
       <c r="O56" s="9">
         <v>2.8585117962264204</v>
       </c>
     </row>
     <row r="57" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A57" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B57" s="9">
         <v>2.6578626813339077</v>
       </c>
       <c r="C57" s="9">
         <v>2.8955727101736302</v>
       </c>
       <c r="D57" s="9">
         <v>2.9138772767782788</v>
       </c>
       <c r="E57" s="9">
         <v>2.7994929212945396</v>
       </c>
       <c r="F57" s="9">
         <v>3.1623315076809333</v>
       </c>
       <c r="G57" s="9">
         <v>3.0448452065844327</v>
       </c>
       <c r="H57" s="9">
         <v>3.1240987357238019</v>
       </c>
       <c r="I57" s="9">
         <v>3.2674268514709057</v>
       </c>
       <c r="J57" s="9">
         <v>3.2833554323911112</v>
       </c>
       <c r="K57" s="9">
         <v>3.3056480976700273</v>
       </c>
       <c r="L57" s="9">
         <v>2.9546730307734004</v>
       </c>
       <c r="M57" s="9">
         <v>3.0625332013172488</v>
       </c>
       <c r="N57" s="9">
         <v>2.5805470178776995</v>
       </c>
       <c r="O57" s="9">
         <v>2.8046707159894799</v>
       </c>
     </row>
     <row r="58" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A58" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B58" s="9">
         <v>2.6409956454145491</v>
       </c>
       <c r="C58" s="9">
         <v>2.8066659000832783</v>
       </c>
       <c r="D58" s="9">
         <v>2.922039310796094</v>
       </c>
       <c r="E58" s="9">
         <v>2.7458582882134928</v>
       </c>
       <c r="F58" s="9">
         <v>3.1847545206652215</v>
       </c>
       <c r="G58" s="9">
         <v>2.9106526242719339</v>
       </c>
       <c r="H58" s="9">
         <v>3.1845209525891272</v>
       </c>
       <c r="I58" s="9">
         <v>3.25974529120142</v>
       </c>
       <c r="J58" s="9">
         <v>3.1100162856231397</v>
       </c>
       <c r="K58" s="9">
         <v>3.3554573991564602</v>
       </c>
       <c r="L58" s="9">
         <v>2.7669707522140126</v>
       </c>
       <c r="M58" s="9">
         <v>3.1103472681264934</v>
       </c>
       <c r="N58" s="9">
         <v>2.5538412864983604</v>
       </c>
       <c r="O58" s="9">
         <v>2.79783643386134</v>
       </c>
     </row>
     <row r="59" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A59" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B59" s="9">
         <v>2.7122613712403982</v>
       </c>
       <c r="C59" s="9">
         <v>2.9233146857075258</v>
       </c>
       <c r="D59" s="9">
         <v>2.9922857499631084</v>
       </c>
       <c r="E59" s="9">
         <v>2.808336013693256</v>
       </c>
       <c r="F59" s="9">
         <v>3.1612786493358112</v>
       </c>
       <c r="G59" s="9">
         <v>3.0538739250612776</v>
       </c>
       <c r="H59" s="9">
         <v>3.293832525936145</v>
       </c>
       <c r="I59" s="9">
         <v>3.2957196446719079</v>
       </c>
       <c r="J59" s="9">
         <v>3.3183294146896078</v>
       </c>
       <c r="K59" s="9">
         <v>3.3622862391145403</v>
       </c>
       <c r="L59" s="9">
         <v>2.8764329666484851</v>
       </c>
       <c r="M59" s="9">
         <v>3.0975024592005598</v>
       </c>
       <c r="N59" s="9">
         <v>2.768567108952861</v>
       </c>
       <c r="O59" s="9">
         <v>2.8572590942391329</v>
       </c>
     </row>
     <row r="60" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A60" s="2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B60" s="9">
         <v>2.6085407603239297</v>
       </c>
       <c r="C60" s="9">
         <v>2.9333174527871679</v>
       </c>
       <c r="D60" s="9">
         <v>2.9737576678907094</v>
       </c>
       <c r="E60" s="9">
         <v>2.7958975101313821</v>
       </c>
       <c r="F60" s="9">
         <v>3.2553019656183615</v>
       </c>
       <c r="G60" s="9">
         <v>3.0384046540396095</v>
       </c>
       <c r="H60" s="9">
         <v>3.2610070006534224</v>
       </c>
       <c r="I60" s="9">
         <v>3.3651549000425014</v>
       </c>
       <c r="J60" s="9">
         <v>3.3448911534448773</v>
       </c>
       <c r="K60" s="9">
         <v>3.4428781008924552</v>
       </c>
       <c r="L60" s="9">
         <v>2.9465158518876065</v>
       </c>
       <c r="M60" s="9">
         <v>3.0426416126822544</v>
       </c>
       <c r="N60" s="9">
         <v>2.8139957679948879</v>
       </c>
       <c r="O60" s="9">
         <v>2.8768999354722418</v>
       </c>
     </row>
     <row r="61" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A61" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B61" s="9">
         <v>2.6847837980715887</v>
       </c>
       <c r="C61" s="9">
         <v>2.9756281434522971</v>
       </c>
       <c r="D61" s="9">
         <v>2.9865715540438496</v>
       </c>
       <c r="E61" s="9">
         <v>2.8875853376825491</v>
       </c>
       <c r="F61" s="9">
         <v>3.276510231778996</v>
       </c>
       <c r="G61" s="9">
         <v>3.0770183378137683</v>
       </c>
       <c r="H61" s="9">
         <v>3.2999676505539353</v>
       </c>
       <c r="I61" s="9">
         <v>3.4396856185770588</v>
       </c>
       <c r="J61" s="9">
         <v>3.414251051185814</v>
       </c>
       <c r="K61" s="9">
         <v>3.406937420587417</v>
       </c>
       <c r="L61" s="9">
         <v>2.8522514388301197</v>
       </c>
       <c r="M61" s="9">
         <v>3.015424877753905</v>
       </c>
       <c r="N61" s="9">
         <v>2.8553598995192639</v>
       </c>
       <c r="O61" s="9">
         <v>2.9058940509447013</v>
       </c>
     </row>
     <row r="62" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A62" s="2" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B62" s="9">
         <v>2.624513142809501</v>
       </c>
       <c r="C62" s="9">
         <v>2.8743137912579222</v>
       </c>
       <c r="D62" s="9">
         <v>3.0076427502275762</v>
       </c>
       <c r="E62" s="9">
         <v>2.8388377940348426</v>
       </c>
       <c r="F62" s="9">
         <v>3.2618053220207761</v>
       </c>
       <c r="G62" s="9">
         <v>3.2067151218651953</v>
       </c>
       <c r="H62" s="9">
         <v>3.3105130666309988</v>
       </c>
       <c r="I62" s="9">
         <v>3.5008298979465979</v>
       </c>
       <c r="J62" s="9">
         <v>3.5761951305773101</v>
       </c>
       <c r="K62" s="9">
         <v>3.4122284543284316</v>
       </c>
       <c r="L62" s="9">
         <v>2.8654451385620026</v>
       </c>
       <c r="M62" s="9">
         <v>2.9862094288133623</v>
       </c>
       <c r="N62" s="9">
         <v>2.873892264489275</v>
       </c>
       <c r="O62" s="9">
         <v>2.9071099634096962</v>
       </c>
     </row>
     <row r="63" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A63" s="2" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B63" s="9">
         <v>2.6394428520040476</v>
       </c>
       <c r="C63" s="9">
         <v>2.985186087330161</v>
       </c>
       <c r="D63" s="9">
         <v>3.0148929625103551</v>
       </c>
       <c r="E63" s="9">
         <v>2.8106063926540217</v>
       </c>
       <c r="F63" s="9">
         <v>3.3706197363281603</v>
       </c>
       <c r="G63" s="9">
         <v>3.1590322263956847</v>
       </c>
       <c r="H63" s="9">
         <v>3.4655686412284674</v>
       </c>
       <c r="I63" s="9">
         <v>3.6741485891154126</v>
       </c>
       <c r="J63" s="9">
         <v>3.6944426672871109</v>
       </c>
       <c r="K63" s="9">
         <v>3.478070952731545</v>
       </c>
       <c r="L63" s="9">
         <v>2.9160877884739786</v>
       </c>
       <c r="M63" s="9">
         <v>3.053274381412046</v>
       </c>
       <c r="N63" s="9">
         <v>3.0076798785090495</v>
       </c>
       <c r="O63" s="9">
         <v>3.0088319507243186</v>
       </c>
     </row>
     <row r="64" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A64" s="2" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B64" s="9">
         <v>2.6972516986403203</v>
       </c>
       <c r="C64" s="9">
         <v>3.0278466646715856</v>
       </c>
       <c r="D64" s="9">
         <v>3.0295858262032906</v>
       </c>
       <c r="E64" s="9">
         <v>2.9988832210840712</v>
       </c>
       <c r="F64" s="9">
         <v>3.3554015148386274</v>
       </c>
       <c r="G64" s="9">
         <v>3.2982101003455222</v>
       </c>
       <c r="H64" s="9">
         <v>3.5055063004758802</v>
       </c>
       <c r="I64" s="9">
         <v>3.8261178767801383</v>
       </c>
       <c r="J64" s="9">
         <v>3.8974859772823303</v>
       </c>
       <c r="K64" s="9">
         <v>3.5447001734551153</v>
       </c>
       <c r="L64" s="9">
         <v>2.9469947587301233</v>
       </c>
       <c r="M64" s="9">
         <v>3.1623539045002933</v>
       </c>
       <c r="N64" s="9">
         <v>3.0489284575235245</v>
       </c>
       <c r="O64" s="9">
         <v>3.0937542497608872</v>
       </c>
     </row>
     <row r="65" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A65" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B65" s="9">
         <v>2.7004866677214121</v>
       </c>
       <c r="C65" s="9">
         <v>2.9759654502798392</v>
       </c>
       <c r="D65" s="9">
         <v>3.0241792344006435</v>
       </c>
       <c r="E65" s="9">
         <v>2.9342254198725541</v>
       </c>
       <c r="F65" s="9">
         <v>3.3168157452895408</v>
       </c>
       <c r="G65" s="9">
         <v>3.2865998034444166</v>
       </c>
       <c r="H65" s="9">
         <v>3.4880609849504438</v>
       </c>
       <c r="I65" s="9">
         <v>3.9171799440693538</v>
       </c>
       <c r="J65" s="9">
         <v>3.7915528798994482</v>
       </c>
       <c r="K65" s="9">
         <v>3.5420791401019094</v>
       </c>
       <c r="L65" s="9">
         <v>2.8971850114854023</v>
       </c>
       <c r="M65" s="9">
         <v>3.142735259747464</v>
       </c>
       <c r="N65" s="9">
         <v>3.0460576398545109</v>
       </c>
       <c r="O65" s="9">
         <v>3.1125489350175162</v>
       </c>
     </row>
     <row r="66" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A66" s="2" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B66" s="9">
         <v>2.6632992456332722</v>
       </c>
       <c r="C66" s="9">
         <v>2.9959429726492415</v>
       </c>
       <c r="D66" s="9">
         <v>3.0136121650731669</v>
       </c>
       <c r="E66" s="9">
         <v>2.9186976444533421</v>
       </c>
       <c r="F66" s="9">
         <v>3.3169425532203909</v>
       </c>
       <c r="G66" s="9">
         <v>3.2382686691783551</v>
       </c>
       <c r="H66" s="9">
         <v>3.5449044342425431</v>
       </c>
       <c r="I66" s="9">
         <v>4.0037816078526056</v>
       </c>
       <c r="J66" s="9">
         <v>3.9175214890917371</v>
       </c>
       <c r="K66" s="9">
         <v>3.5960706140333292</v>
       </c>
       <c r="L66" s="9">
         <v>2.8704311860461331</v>
       </c>
       <c r="M66" s="9">
         <v>3.1344510255286542</v>
       </c>
       <c r="N66" s="9">
         <v>3.0733561141579959</v>
       </c>
       <c r="O66" s="9">
         <v>3.1308150676261581</v>
       </c>
     </row>
     <row r="67" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A67" s="2" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B67" s="9">
         <v>2.7556709144627427</v>
       </c>
       <c r="C67" s="9">
         <v>2.9803643696221309</v>
       </c>
       <c r="D67" s="9">
         <v>3.0244791883198312</v>
       </c>
       <c r="E67" s="9">
         <v>2.9595263731896004</v>
       </c>
       <c r="F67" s="9">
         <v>3.3064960615178771</v>
       </c>
       <c r="G67" s="9">
         <v>3.3808862065178276</v>
       </c>
       <c r="H67" s="9">
         <v>3.632996104953651</v>
       </c>
       <c r="I67" s="9">
         <v>4.0816862562666625</v>
       </c>
       <c r="J67" s="9">
         <v>4.0586084066140318</v>
       </c>
       <c r="K67" s="9">
         <v>3.6786095043351406</v>
       </c>
       <c r="L67" s="9">
         <v>2.8730224990747502</v>
       </c>
       <c r="M67" s="9">
         <v>3.1626863287961533</v>
       </c>
       <c r="N67" s="9">
         <v>3.2447090676531123</v>
       </c>
       <c r="O67" s="9">
         <v>3.2098902911144855</v>
       </c>
     </row>
     <row r="68" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A68" s="2" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B68" s="9">
         <v>2.728782420515961</v>
       </c>
       <c r="C68" s="9">
         <v>2.9404762251343852</v>
       </c>
       <c r="D68" s="9">
         <v>3.0119700178076951</v>
       </c>
       <c r="E68" s="9">
         <v>2.970139260583613</v>
       </c>
       <c r="F68" s="9">
         <v>3.3241033455246431</v>
       </c>
       <c r="G68" s="9">
         <v>3.4552359956549017</v>
       </c>
       <c r="H68" s="9">
         <v>3.5937407637866148</v>
       </c>
       <c r="I68" s="9">
         <v>4.1424085787431046</v>
       </c>
       <c r="J68" s="9">
         <v>4.1391336027534411</v>
       </c>
       <c r="K68" s="9">
         <v>3.7814853519238905</v>
       </c>
       <c r="L68" s="9">
         <v>2.9939038368864357</v>
       </c>
       <c r="M68" s="9">
         <v>3.2811128106745602</v>
       </c>
       <c r="N68" s="9">
         <v>3.0944515293650432</v>
       </c>
       <c r="O68" s="9">
         <v>3.2347310528061377</v>
       </c>
     </row>
     <row r="69" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A69" s="2" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B69" s="9">
         <v>2.6717992782832534</v>
       </c>
       <c r="C69" s="9">
         <v>2.8328150342755554</v>
       </c>
       <c r="D69" s="9">
         <v>2.958280894707201</v>
       </c>
       <c r="E69" s="9">
         <v>2.9294048024312898</v>
       </c>
       <c r="F69" s="9">
         <v>3.3134642599166892</v>
       </c>
       <c r="G69" s="9">
         <v>3.3409265104326771</v>
       </c>
       <c r="H69" s="9">
         <v>3.6138856444152059</v>
       </c>
       <c r="I69" s="9">
         <v>4.1520523075536975</v>
       </c>
       <c r="J69" s="9">
         <v>4.143517551064309</v>
       </c>
       <c r="K69" s="9">
         <v>3.717009468434906</v>
       </c>
       <c r="L69" s="9">
         <v>2.913897283322449</v>
       </c>
       <c r="M69" s="9">
         <v>3.108931733534714</v>
       </c>
       <c r="N69" s="9">
         <v>3.24034968434579</v>
       </c>
       <c r="O69" s="9">
         <v>3.2012221222115853</v>
       </c>
     </row>
     <row r="70" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A70" s="2" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B70" s="9">
         <v>2.6427954101778215</v>
       </c>
       <c r="C70" s="9">
         <v>2.9047853079857333</v>
       </c>
       <c r="D70" s="9">
         <v>3.0207090596865158</v>
       </c>
       <c r="E70" s="9">
         <v>2.9770269672217649</v>
       </c>
       <c r="F70" s="9">
         <v>3.3085383913105346</v>
       </c>
       <c r="G70" s="9">
         <v>3.3918803628688408</v>
       </c>
       <c r="H70" s="9">
         <v>3.6550617535072072</v>
       </c>
       <c r="I70" s="9">
         <v>4.1480759018508797</v>
       </c>
       <c r="J70" s="9">
         <v>4.2623428519835596</v>
       </c>
       <c r="K70" s="9">
         <v>3.7617197206268389</v>
       </c>
       <c r="L70" s="9">
         <v>2.9434597988200273</v>
       </c>
       <c r="M70" s="9">
         <v>3.1371178218164086</v>
       </c>
       <c r="N70" s="9">
         <v>3.2773244212537986</v>
       </c>
       <c r="O70" s="9">
         <v>3.2266049957948737</v>
       </c>
     </row>
     <row r="71" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A71" s="2" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B71" s="9">
         <v>2.7236765495126098</v>
       </c>
       <c r="C71" s="9">
         <v>2.9593943512086032</v>
       </c>
       <c r="D71" s="9">
         <v>3.0582189933556383</v>
       </c>
       <c r="E71" s="9">
         <v>3.060020019586922</v>
       </c>
       <c r="F71" s="9">
         <v>3.3916231577802733</v>
       </c>
       <c r="G71" s="9">
         <v>3.3759828307816293</v>
       </c>
       <c r="H71" s="9">
         <v>3.7082625151637472</v>
       </c>
       <c r="I71" s="9">
         <v>4.2685758586881253</v>
       </c>
       <c r="J71" s="9">
         <v>4.3923714803539946</v>
       </c>
       <c r="K71" s="9">
         <v>3.916246437148224</v>
       </c>
       <c r="L71" s="9">
         <v>2.9896118172666304</v>
       </c>
       <c r="M71" s="9">
         <v>3.1656354178479651</v>
       </c>
       <c r="N71" s="9">
         <v>3.3464195825763388</v>
       </c>
       <c r="O71" s="9">
         <v>3.3162940403843435</v>
       </c>
     </row>
     <row r="72" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A72" s="2" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B72" s="9">
         <v>2.7398357328575402</v>
       </c>
       <c r="C72" s="9">
         <v>2.9694972970729427</v>
       </c>
       <c r="D72" s="9">
         <v>3.0782272412312821</v>
       </c>
       <c r="E72" s="9">
         <v>3.1119875112872819</v>
       </c>
       <c r="F72" s="9">
         <v>3.4454967680917417</v>
       </c>
       <c r="G72" s="9">
         <v>3.518419803217129</v>
       </c>
       <c r="H72" s="9">
         <v>3.8536388631996612</v>
       </c>
       <c r="I72" s="9">
         <v>4.3904971278305736</v>
       </c>
       <c r="J72" s="9">
         <v>4.5510727914684308</v>
       </c>
       <c r="K72" s="9">
         <v>4.0279773633430507</v>
       </c>
       <c r="L72" s="9">
         <v>2.9857368833228732</v>
       </c>
       <c r="M72" s="9">
         <v>3.1730153372012859</v>
       </c>
       <c r="N72" s="9">
         <v>3.4951943100399916</v>
       </c>
       <c r="O72" s="9">
         <v>3.3917479916432098</v>
       </c>
     </row>
     <row r="73" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A73" s="2" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B73" s="9">
         <v>2.7162871844121623</v>
       </c>
       <c r="C73" s="9">
         <v>2.9958607521308558</v>
       </c>
       <c r="D73" s="9">
         <v>3.1050906411983279</v>
       </c>
       <c r="E73" s="9">
         <v>3.1233779119166858</v>
       </c>
       <c r="F73" s="9">
         <v>3.4835730400088405</v>
       </c>
       <c r="G73" s="9">
         <v>3.5991201745781822</v>
       </c>
       <c r="H73" s="9">
         <v>4.0028133450739789</v>
       </c>
       <c r="I73" s="9">
         <v>4.5974191987630526</v>
       </c>
       <c r="J73" s="9">
         <v>4.7818790213719877</v>
       </c>
       <c r="K73" s="9">
         <v>4.153849377343537</v>
       </c>
       <c r="L73" s="9">
         <v>3.0541970243776655</v>
       </c>
       <c r="M73" s="9">
         <v>3.1311580820971656</v>
       </c>
       <c r="N73" s="9">
         <v>3.3280893689493092</v>
       </c>
       <c r="O73" s="9">
         <v>3.4620689649973224</v>
       </c>
     </row>
     <row r="74" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A74" s="2" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B74" s="9">
         <v>2.6605897872785302</v>
       </c>
       <c r="C74" s="9">
         <v>2.9584798892644386</v>
       </c>
       <c r="D74" s="9">
         <v>3.1131704234700948</v>
       </c>
       <c r="E74" s="9">
         <v>3.222835839514298</v>
       </c>
       <c r="F74" s="9">
         <v>3.5393372965172594</v>
       </c>
       <c r="G74" s="9">
         <v>3.7833737500416733</v>
       </c>
       <c r="H74" s="9">
         <v>4.214674017931161</v>
       </c>
       <c r="I74" s="9">
         <v>4.8379562651381072</v>
       </c>
       <c r="J74" s="9">
         <v>5.0517718933929334</v>
       </c>
       <c r="K74" s="9">
         <v>4.3771924573949583</v>
       </c>
       <c r="L74" s="9">
         <v>3.1162538437181286</v>
       </c>
       <c r="M74" s="9">
         <v>3.1577609386634693</v>
       </c>
       <c r="N74" s="9">
         <v>3.4802559687803414</v>
       </c>
       <c r="O74" s="9">
         <v>3.566966611848688</v>
       </c>
     </row>
     <row r="75" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A75" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B75" s="9">
         <v>2.7833256199190175</v>
       </c>
       <c r="C75" s="9">
         <v>3.088450406492349</v>
       </c>
       <c r="D75" s="9">
         <v>3.2186660952498607</v>
       </c>
       <c r="E75" s="9">
         <v>3.3127111470407127</v>
       </c>
       <c r="F75" s="9">
         <v>3.6821930022501679</v>
       </c>
       <c r="G75" s="9">
         <v>3.8951419200199022</v>
       </c>
       <c r="H75" s="9">
         <v>4.3883123697686086</v>
       </c>
       <c r="I75" s="9">
         <v>5.0067530320929619</v>
       </c>
       <c r="J75" s="9">
         <v>5.165658448358271</v>
       </c>
       <c r="K75" s="9">
         <v>4.5175808516639044</v>
       </c>
       <c r="L75" s="9">
         <v>3.1432194273521668</v>
       </c>
       <c r="M75" s="9">
         <v>3.2384309031170631</v>
       </c>
       <c r="N75" s="9">
         <v>3.7123778825987914</v>
       </c>
       <c r="O75" s="9">
         <v>3.6899015022751542</v>
       </c>
     </row>
     <row r="76" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A76" s="2" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B76" s="9">
         <v>2.7248544689092484</v>
       </c>
       <c r="C76" s="9">
         <v>2.9649761941389774</v>
       </c>
       <c r="D76" s="9">
         <v>3.1112803692322308</v>
       </c>
       <c r="E76" s="9">
         <v>3.3110553755721557</v>
       </c>
       <c r="F76" s="9">
         <v>3.7029123063402065</v>
       </c>
       <c r="G76" s="9">
         <v>3.8671122437863437</v>
       </c>
       <c r="H76" s="9">
         <v>4.3503472667317009</v>
       </c>
       <c r="I76" s="9">
         <v>4.9791375363022317</v>
       </c>
       <c r="J76" s="9">
         <v>5.0410157844692538</v>
       </c>
       <c r="K76" s="9">
         <v>4.5286160421345896</v>
       </c>
       <c r="L76" s="9">
         <v>3.1291753055067959</v>
       </c>
       <c r="M76" s="9">
         <v>3.184397719017853</v>
       </c>
       <c r="N76" s="9">
         <v>3.6515018889726973</v>
       </c>
       <c r="O76" s="9">
         <v>3.6253544546785865</v>
       </c>
     </row>
     <row r="77" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A77" s="2" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B77" s="9">
         <v>2.7426564994830076</v>
       </c>
       <c r="C77" s="9">
         <v>3.0385576468093665</v>
       </c>
       <c r="D77" s="9">
         <v>3.0951501395235979</v>
       </c>
       <c r="E77" s="9">
         <v>3.3286300227657635</v>
       </c>
       <c r="F77" s="9">
         <v>3.6151011782270159</v>
       </c>
       <c r="G77" s="9">
         <v>3.7844887898229693</v>
       </c>
       <c r="H77" s="9">
         <v>4.3031997914859641</v>
       </c>
       <c r="I77" s="9">
         <v>4.9450489453862154</v>
       </c>
       <c r="J77" s="9">
         <v>5.0864376371171813</v>
       </c>
       <c r="K77" s="9">
         <v>4.3181566054709428</v>
       </c>
       <c r="L77" s="9">
         <v>3.1093992301477553</v>
       </c>
       <c r="M77" s="9">
         <v>3.135086161365046</v>
       </c>
       <c r="N77" s="9">
         <v>3.6786562862862553</v>
       </c>
       <c r="O77" s="9">
         <v>3.604969825463864</v>
       </c>
     </row>
     <row r="78" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A78" s="2" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B78" s="9">
         <v>2.7852644271699485</v>
       </c>
       <c r="C78" s="9">
         <v>3.0905547585320901</v>
       </c>
       <c r="D78" s="9">
         <v>3.1913327542421515</v>
       </c>
       <c r="E78" s="9">
         <v>3.3733464563832145</v>
       </c>
       <c r="F78" s="9">
         <v>3.6807486159409009</v>
       </c>
       <c r="G78" s="9">
         <v>3.9268509512491199</v>
       </c>
       <c r="H78" s="9">
         <v>4.3505701385219062</v>
       </c>
       <c r="I78" s="9">
         <v>4.9137249680318593</v>
       </c>
       <c r="J78" s="9">
         <v>5.0212273983461193</v>
       </c>
       <c r="K78" s="9">
         <v>4.4850994125108565</v>
       </c>
       <c r="L78" s="9">
         <v>3.2102881320871406</v>
       </c>
       <c r="M78" s="9">
         <v>3.0663395508562723</v>
       </c>
       <c r="N78" s="9">
         <v>3.7245924277396782</v>
       </c>
       <c r="O78" s="9">
         <v>3.6572522478696965</v>
       </c>
     </row>
     <row r="79" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A79" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B79" s="9">
         <v>2.7263796637211599</v>
       </c>
       <c r="C79" s="9">
         <v>3.1649778795139243</v>
       </c>
       <c r="D79" s="9">
         <v>3.232583072653783</v>
       </c>
       <c r="E79" s="9">
         <v>3.4514676753372422</v>
       </c>
       <c r="F79" s="9">
         <v>3.7362925384533336</v>
       </c>
       <c r="G79" s="9">
         <v>4.0383272351033312</v>
       </c>
       <c r="H79" s="9">
         <v>4.5047906943883316</v>
       </c>
       <c r="I79" s="9">
         <v>5.186358109973753</v>
       </c>
       <c r="J79" s="9">
         <v>5.3634112155030289</v>
       </c>
       <c r="K79" s="9">
         <v>4.5976113588803704</v>
       </c>
       <c r="L79" s="9">
         <v>3.2788922601726238</v>
       </c>
       <c r="M79" s="9">
         <v>3.0669555469028595</v>
       </c>
       <c r="N79" s="9">
         <v>3.8721437664580409</v>
       </c>
       <c r="O79" s="9">
         <v>3.764519562408708</v>
       </c>
     </row>
     <row r="80" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A80" s="2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B80" s="9">
         <v>2.9881273826321291</v>
       </c>
       <c r="C80" s="9">
         <v>3.163028916366351</v>
       </c>
       <c r="D80" s="9">
         <v>3.3804294776860915</v>
       </c>
       <c r="E80" s="9">
         <v>3.5487457720725808</v>
       </c>
       <c r="F80" s="9">
         <v>3.8555381121591097</v>
       </c>
       <c r="G80" s="9">
         <v>4.3289925106465086</v>
       </c>
       <c r="H80" s="9">
         <v>4.6568048315904562</v>
       </c>
       <c r="I80" s="9">
         <v>5.2067325968970248</v>
       </c>
       <c r="J80" s="9">
         <v>5.4475270617239246</v>
       </c>
       <c r="K80" s="9">
         <v>4.733437309720105</v>
       </c>
       <c r="L80" s="9">
         <v>3.287666209659962</v>
       </c>
       <c r="M80" s="9">
         <v>3.1702912648400616</v>
       </c>
       <c r="N80" s="9">
         <v>3.8467117847534262</v>
       </c>
       <c r="O80" s="9">
         <v>3.8629354818140884</v>
       </c>
     </row>
     <row r="81" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A81" s="2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B81" s="9">
         <v>2.9454481123019751</v>
       </c>
       <c r="C81" s="9">
         <v>3.2075289898212653</v>
       </c>
       <c r="D81" s="9">
         <v>3.3881220126860021</v>
       </c>
       <c r="E81" s="9">
         <v>3.6356532598601956</v>
       </c>
       <c r="F81" s="9">
         <v>3.8725338830648361</v>
       </c>
       <c r="G81" s="9">
         <v>4.2270786927964599</v>
       </c>
       <c r="H81" s="9">
         <v>4.7123048660090312</v>
       </c>
       <c r="I81" s="9">
         <v>5.2154933740700171</v>
       </c>
       <c r="J81" s="9">
         <v>5.4753741262153008</v>
       </c>
       <c r="K81" s="9">
         <v>4.7612519594756169</v>
       </c>
       <c r="L81" s="9">
         <v>3.3263893317554243</v>
       </c>
       <c r="M81" s="9">
         <v>3.1183392034786905</v>
       </c>
       <c r="N81" s="9">
         <v>3.6628374726815389</v>
       </c>
       <c r="O81" s="9">
         <v>3.8782001270686495</v>
       </c>
     </row>
     <row r="82" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A82" s="2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B82" s="9">
         <v>2.9151540391126622</v>
       </c>
       <c r="C82" s="9">
         <v>3.2853713948122647</v>
       </c>
       <c r="D82" s="9">
         <v>3.4293918740189553</v>
       </c>
       <c r="E82" s="9">
         <v>3.7249657014846571</v>
       </c>
       <c r="F82" s="9">
         <v>4.0544292354831715</v>
       </c>
       <c r="G82" s="9">
         <v>4.3875383137895545</v>
       </c>
       <c r="H82" s="9">
         <v>4.7405854004747257</v>
       </c>
       <c r="I82" s="9">
         <v>5.2717147137903009</v>
       </c>
       <c r="J82" s="9">
         <v>5.4876937969551491</v>
       </c>
       <c r="K82" s="9">
         <v>4.9625075324538788</v>
       </c>
       <c r="L82" s="9">
         <v>3.3727661673738525</v>
       </c>
       <c r="M82" s="9">
         <v>3.1665216359586617</v>
       </c>
       <c r="N82" s="9">
         <v>3.744187549270213</v>
       </c>
       <c r="O82" s="9">
         <v>3.9485502915863133</v>
       </c>
     </row>
     <row r="83" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A83" s="2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B83" s="9">
         <v>3.1931247541319112</v>
       </c>
       <c r="C83" s="9">
         <v>3.5348169717443878</v>
       </c>
       <c r="D83" s="9">
         <v>3.6679406664264174</v>
       </c>
       <c r="E83" s="9">
         <v>4.0190184809589491</v>
       </c>
       <c r="F83" s="9">
         <v>4.2868406133625436</v>
       </c>
       <c r="G83" s="9">
         <v>4.724883808153888</v>
       </c>
       <c r="H83" s="9">
         <v>5.1273087232110237</v>
       </c>
       <c r="I83" s="9">
         <v>5.6162065979945393</v>
       </c>
       <c r="J83" s="9">
         <v>5.799366470362818</v>
       </c>
       <c r="K83" s="9">
         <v>5.2780595842634312</v>
       </c>
       <c r="L83" s="9">
         <v>3.5922944873686595</v>
       </c>
       <c r="M83" s="9">
         <v>3.2909397241432519</v>
       </c>
       <c r="N83" s="9">
         <v>4.0236900679734742</v>
       </c>
       <c r="O83" s="9">
         <v>4.234983183308219</v>
       </c>
     </row>
     <row r="84" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A84" s="2" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B84" s="9">
         <v>3.4097560022712123</v>
       </c>
       <c r="C84" s="9">
         <v>3.7614911870886276</v>
       </c>
       <c r="D84" s="9">
         <v>3.8749496357184094</v>
       </c>
       <c r="E84" s="9">
         <v>4.3262747238228476</v>
       </c>
       <c r="F84" s="9">
         <v>4.6137064968288861</v>
       </c>
       <c r="G84" s="9">
         <v>5.0220408199640874</v>
       </c>
       <c r="H84" s="9">
         <v>5.4825669984231062</v>
       </c>
       <c r="I84" s="9">
         <v>5.894061069322416</v>
       </c>
       <c r="J84" s="9">
         <v>6.1815676873887462</v>
       </c>
       <c r="K84" s="9">
         <v>5.7109347387973761</v>
       </c>
       <c r="L84" s="9">
         <v>3.7814729259318787</v>
       </c>
       <c r="M84" s="9">
         <v>3.4739872124439204</v>
       </c>
       <c r="N84" s="9">
         <v>4.0159302833150452</v>
       </c>
       <c r="O84" s="9">
         <v>4.4993640107350483</v>
       </c>
     </row>
     <row r="85" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A85" s="2" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B85" s="9">
         <v>3.6055392676577132</v>
       </c>
       <c r="C85" s="9">
         <v>4.1303706378363803</v>
       </c>
       <c r="D85" s="9">
         <v>4.0082809078106356</v>
       </c>
       <c r="E85" s="9">
         <v>4.4377322817886569</v>
       </c>
       <c r="F85" s="9">
         <v>4.9102966272518431</v>
       </c>
       <c r="G85" s="9">
         <v>5.2243554377638661</v>
       </c>
       <c r="H85" s="9">
         <v>5.7587265177481939</v>
       </c>
       <c r="I85" s="9">
         <v>6.2866760766802967</v>
       </c>
       <c r="J85" s="9">
         <v>6.3760164589862587</v>
       </c>
       <c r="K85" s="9">
         <v>5.9276157360948645</v>
       </c>
       <c r="L85" s="9">
         <v>4.0591002215403291</v>
       </c>
       <c r="M85" s="9">
         <v>3.4751039665471675</v>
       </c>
       <c r="N85" s="9">
         <v>4.0816619376570236</v>
       </c>
       <c r="O85" s="9">
         <v>4.670263504163958</v>
       </c>
     </row>
     <row r="86" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A86" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B86" s="9">
         <v>3.8377171876548708</v>
       </c>
       <c r="C86" s="9">
         <v>4.0567405658438149</v>
       </c>
       <c r="D86" s="9">
         <v>4.1480238605511168</v>
       </c>
       <c r="E86" s="9">
         <v>4.6918099012153407</v>
       </c>
       <c r="F86" s="9">
         <v>5.1117655554311829</v>
       </c>
       <c r="G86" s="9">
         <v>5.348879040302136</v>
       </c>
       <c r="H86" s="9">
         <v>5.9322844228396079</v>
       </c>
       <c r="I86" s="9">
         <v>6.2803856798901689</v>
       </c>
       <c r="J86" s="9">
         <v>6.5521109775358557</v>
       </c>
       <c r="K86" s="9">
         <v>6.0331566903331462</v>
       </c>
       <c r="L86" s="9">
         <v>4.0562313158901828</v>
       </c>
       <c r="M86" s="9">
         <v>3.417495661852421</v>
       </c>
       <c r="N86" s="9">
         <v>4.1096600024474421</v>
       </c>
       <c r="O86" s="9">
         <v>4.7940578107672387</v>
       </c>
     </row>
     <row r="87" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A87" s="2" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B87" s="9">
         <v>4.0793122841266189</v>
       </c>
       <c r="C87" s="9">
         <v>4.4416451493954057</v>
       </c>
       <c r="D87" s="9">
         <v>4.3989444945997755</v>
       </c>
       <c r="E87" s="9">
         <v>4.9779481628207014</v>
       </c>
       <c r="F87" s="9">
         <v>5.1911315064933756</v>
       </c>
       <c r="G87" s="9">
         <v>5.5218867302535646</v>
       </c>
       <c r="H87" s="9">
         <v>6.0297732619104254</v>
       </c>
       <c r="I87" s="9">
         <v>6.3997136326364776</v>
       </c>
       <c r="J87" s="9">
         <v>6.4837449487684919</v>
       </c>
       <c r="K87" s="9">
         <v>6.144124809493114</v>
       </c>
       <c r="L87" s="9">
         <v>4.4210656253719813</v>
       </c>
       <c r="M87" s="9">
         <v>3.6973821697391687</v>
       </c>
       <c r="N87" s="9">
         <v>4.2426538568907555</v>
       </c>
       <c r="O87" s="9">
         <v>4.9733240206168405</v>
       </c>
     </row>
     <row r="88" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A88" s="2" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B88" s="9">
         <v>4.3173353529026715</v>
       </c>
       <c r="C88" s="9">
         <v>4.6454085643767948</v>
       </c>
       <c r="D88" s="9">
         <v>4.6254698997208088</v>
       </c>
       <c r="E88" s="9">
         <v>5.0665216904439658</v>
       </c>
       <c r="F88" s="9">
         <v>5.4685301327507245</v>
       </c>
       <c r="G88" s="9">
         <v>5.5813160426747803</v>
       </c>
       <c r="H88" s="9">
         <v>6.1041368632141184</v>
       </c>
       <c r="I88" s="9">
         <v>6.4633362898329008</v>
       </c>
       <c r="J88" s="9">
         <v>6.5421591380195965</v>
       </c>
       <c r="K88" s="9">
         <v>6.2787610561664202</v>
       </c>
       <c r="L88" s="9">
         <v>4.5977628531805967</v>
       </c>
       <c r="M88" s="9">
         <v>3.8398438461676685</v>
       </c>
       <c r="N88" s="9">
         <v>4.3199537388990015</v>
       </c>
       <c r="O88" s="9">
         <v>5.1165475706921049</v>
       </c>
     </row>
     <row r="89" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A89" s="2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B89" s="9">
         <v>4.4974997943064503</v>
       </c>
       <c r="C89" s="9">
         <v>4.8267924698119122</v>
       </c>
       <c r="D89" s="9">
         <v>4.7440198243533453</v>
       </c>
       <c r="E89" s="9">
         <v>5.2682687385229965</v>
       </c>
       <c r="F89" s="9">
         <v>5.5985621739954858</v>
       </c>
       <c r="G89" s="9">
         <v>5.6102204431224205</v>
       </c>
       <c r="H89" s="9">
         <v>6.2110321170483225</v>
       </c>
       <c r="I89" s="9">
         <v>6.5241925975956168</v>
       </c>
       <c r="J89" s="9">
         <v>6.7164003288132248</v>
       </c>
       <c r="K89" s="9">
         <v>6.4529784392168477</v>
       </c>
       <c r="L89" s="9">
         <v>4.9396793706189328</v>
       </c>
       <c r="M89" s="9">
         <v>3.9444075193971453</v>
       </c>
       <c r="N89" s="9">
         <v>4.3172251051179371</v>
       </c>
       <c r="O89" s="9">
         <v>5.2487950228475961</v>
       </c>
     </row>
     <row r="90" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A90" s="2" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B90" s="9">
         <v>4.8849756934496815</v>
       </c>
       <c r="C90" s="9">
         <v>5.0387047923110382</v>
       </c>
       <c r="D90" s="9">
         <v>5.1144178682144608</v>
       </c>
       <c r="E90" s="9">
         <v>5.457673589761586</v>
       </c>
       <c r="F90" s="9">
         <v>5.7342745256350485</v>
       </c>
       <c r="G90" s="9">
         <v>5.8627319742397699</v>
       </c>
       <c r="H90" s="9">
         <v>6.4211347293766377</v>
       </c>
       <c r="I90" s="9">
         <v>6.6739064981993668</v>
       </c>
       <c r="J90" s="9">
         <v>6.86590708003017</v>
       </c>
       <c r="K90" s="9">
         <v>6.6452103335684676</v>
       </c>
       <c r="L90" s="9">
         <v>5.3335952692400763</v>
       </c>
       <c r="M90" s="9">
         <v>4.1353702473160476</v>
       </c>
       <c r="N90" s="9">
         <v>4.4164928448183911</v>
       </c>
       <c r="O90" s="9">
         <v>5.417762008919766</v>
       </c>
     </row>
     <row r="91" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A91" s="2" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B91" s="9">
         <v>5.1618205768663517</v>
       </c>
       <c r="C91" s="9">
         <v>5.5320256993176935</v>
       </c>
       <c r="D91" s="9">
         <v>5.4750543812481034</v>
       </c>
       <c r="E91" s="9">
         <v>5.811658305578189</v>
       </c>
       <c r="F91" s="9">
         <v>6.0860292535644307</v>
       </c>
       <c r="G91" s="9">
         <v>6.1472653377358855</v>
       </c>
       <c r="H91" s="9">
         <v>6.7144503190382405</v>
       </c>
       <c r="I91" s="9">
         <v>6.91878034012879</v>
       </c>
       <c r="J91" s="9">
         <v>7.0915758463120717</v>
       </c>
       <c r="K91" s="9">
         <v>7.0202252498480773</v>
       </c>
       <c r="L91" s="9">
         <v>5.663322242579663</v>
       </c>
       <c r="M91" s="9">
         <v>4.5069392524259868</v>
       </c>
       <c r="N91" s="9">
         <v>4.6328841938359195</v>
       </c>
       <c r="O91" s="9">
         <v>5.7518086246737576</v>
       </c>
     </row>
     <row r="92" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A92" s="2" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B92" s="9">
         <v>5.3552197344752601</v>
       </c>
       <c r="C92" s="9">
         <v>5.6680199392725203</v>
       </c>
       <c r="D92" s="9">
         <v>5.7211582791398259</v>
       </c>
       <c r="E92" s="9">
         <v>5.896964312835185</v>
       </c>
       <c r="F92" s="9">
         <v>6.3143991138800972</v>
       </c>
       <c r="G92" s="9">
         <v>6.2998527786546292</v>
       </c>
       <c r="H92" s="9">
         <v>6.8920720597207872</v>
       </c>
       <c r="I92" s="9">
         <v>6.9926600367310288</v>
       </c>
       <c r="J92" s="9">
         <v>7.171730651504812</v>
       </c>
       <c r="K92" s="9">
         <v>7.2383346730382243</v>
       </c>
       <c r="L92" s="9">
         <v>5.8947346755220877</v>
       </c>
       <c r="M92" s="9">
         <v>4.6236959348758653</v>
       </c>
       <c r="N92" s="9">
         <v>4.7659085868936018</v>
       </c>
       <c r="O92" s="9">
         <v>5.8919279154722499</v>
       </c>
     </row>
     <row r="93" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A93" s="2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B93" s="9">
         <v>5.2779247640871496</v>
       </c>
       <c r="C93" s="9">
         <v>5.6131553683943531</v>
       </c>
       <c r="D93" s="9">
         <v>5.7039125605781527</v>
       </c>
       <c r="E93" s="9">
         <v>5.8321253388537695</v>
       </c>
       <c r="F93" s="9">
         <v>6.1393426015262706</v>
       </c>
       <c r="G93" s="9">
         <v>6.2198605120558774</v>
       </c>
       <c r="H93" s="9">
         <v>6.7677161033056317</v>
       </c>
       <c r="I93" s="9">
         <v>6.8655719327079305</v>
       </c>
       <c r="J93" s="9">
         <v>7.0649954337104912</v>
       </c>
       <c r="K93" s="9">
         <v>7.0900826757094935</v>
       </c>
       <c r="L93" s="9">
         <v>5.8839682766779973</v>
       </c>
       <c r="M93" s="9">
         <v>4.4864902975913257</v>
       </c>
       <c r="N93" s="9">
         <v>4.8583339188015042</v>
       </c>
       <c r="O93" s="9">
         <v>5.7998502059805253</v>
       </c>
     </row>
     <row r="94" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A94" s="2" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B94" s="9">
         <v>5.3097429878369207</v>
       </c>
       <c r="C94" s="9">
         <v>5.6107689381131092</v>
       </c>
       <c r="D94" s="9">
         <v>5.6585403039276532</v>
       </c>
       <c r="E94" s="9">
         <v>5.7466511881453597</v>
       </c>
       <c r="F94" s="9">
         <v>6.1486478679338941</v>
       </c>
       <c r="G94" s="9">
         <v>6.1783742828149633</v>
       </c>
       <c r="H94" s="9">
         <v>6.6567895089779086</v>
       </c>
       <c r="I94" s="9">
         <v>6.7700211264646555</v>
       </c>
       <c r="J94" s="9">
         <v>6.9316014901229943</v>
       </c>
       <c r="K94" s="9">
         <v>6.980876002135151</v>
       </c>
       <c r="L94" s="9">
         <v>5.8375422600355238</v>
       </c>
       <c r="M94" s="9">
         <v>4.5564677884226246</v>
       </c>
       <c r="N94" s="9">
         <v>4.7584747740887927</v>
       </c>
       <c r="O94" s="9">
         <v>5.7600638208923609</v>
       </c>
     </row>
     <row r="95" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A95" s="2" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B95" s="9">
         <v>5.3657455188476879</v>
       </c>
       <c r="C95" s="9">
         <v>5.7620882980439001</v>
       </c>
       <c r="D95" s="9">
         <v>5.7401353794100363</v>
       </c>
       <c r="E95" s="9">
         <v>5.7474194310999192</v>
       </c>
       <c r="F95" s="9">
         <v>6.2184753990345119</v>
       </c>
       <c r="G95" s="9">
         <v>6.2209758438091534</v>
       </c>
       <c r="H95" s="9">
         <v>6.7647243766021674</v>
       </c>
       <c r="I95" s="9">
         <v>6.8651298211477023</v>
       </c>
       <c r="J95" s="9">
         <v>7.0973056055818526</v>
       </c>
       <c r="K95" s="9">
         <v>7.1193678815429351</v>
       </c>
       <c r="L95" s="9">
         <v>5.7884913332925514</v>
       </c>
       <c r="M95" s="9">
         <v>4.7149490772746301</v>
       </c>
       <c r="N95" s="9">
         <v>5.0106729006067319</v>
       </c>
       <c r="O95" s="9">
         <v>5.8845648682129506</v>
       </c>
     </row>
     <row r="96" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A96" s="2" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B96" s="9">
         <v>5.2920353260854718</v>
       </c>
       <c r="C96" s="9">
         <v>5.7016225262929208</v>
       </c>
       <c r="D96" s="9">
         <v>5.7727412575383799</v>
       </c>
       <c r="E96" s="9">
         <v>5.7279000435004752</v>
       </c>
       <c r="F96" s="9">
         <v>6.1535517193427669</v>
       </c>
       <c r="G96" s="9">
         <v>6.1626447233610122</v>
       </c>
       <c r="H96" s="9">
         <v>6.718600856527412</v>
       </c>
       <c r="I96" s="9">
         <v>6.771744026610456</v>
       </c>
       <c r="J96" s="9">
         <v>7.0570464810370677</v>
       </c>
       <c r="K96" s="9">
         <v>7.014728485904735</v>
       </c>
       <c r="L96" s="9">
         <v>5.8009570581803445</v>
       </c>
       <c r="M96" s="9">
         <v>4.701107409245477</v>
       </c>
       <c r="N96" s="9">
         <v>5.0680752329449774</v>
       </c>
       <c r="O96" s="9">
         <v>5.8322899843601839</v>
       </c>
     </row>
     <row r="97" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A97" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B97" s="9">
         <v>4.9978794422474895</v>
       </c>
       <c r="C97" s="9">
         <v>5.685431550286558</v>
       </c>
       <c r="D97" s="9">
         <v>5.6817036710558595</v>
       </c>
       <c r="E97" s="9">
         <v>5.5562466556494874</v>
       </c>
       <c r="F97" s="9">
         <v>5.9519000190942686</v>
       </c>
       <c r="G97" s="9">
         <v>6.10254525808572</v>
       </c>
       <c r="H97" s="9">
         <v>6.6450041962105635</v>
       </c>
       <c r="I97" s="9">
         <v>6.707536167550832</v>
       </c>
       <c r="J97" s="9">
         <v>7.0013853857342951</v>
       </c>
       <c r="K97" s="9">
         <v>6.9873308917572192</v>
       </c>
       <c r="L97" s="9">
         <v>5.6422874216330809</v>
       </c>
       <c r="M97" s="9">
         <v>4.6688953536316378</v>
       </c>
       <c r="N97" s="9">
         <v>5.2558620986288815</v>
       </c>
       <c r="O97" s="9">
         <v>5.7673459978003807</v>
       </c>
     </row>
     <row r="98" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A98" s="2" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B98" s="9">
         <v>5.17981616647696</v>
       </c>
       <c r="C98" s="9">
         <v>5.7060863045731267</v>
       </c>
       <c r="D98" s="9">
         <v>5.7581832873259247</v>
       </c>
       <c r="E98" s="9">
         <v>5.5678354452999974</v>
       </c>
       <c r="F98" s="9">
         <v>6.043742794608983</v>
       </c>
       <c r="G98" s="9">
         <v>6.0607602428690326</v>
       </c>
       <c r="H98" s="9">
         <v>6.6402159862601584</v>
       </c>
       <c r="I98" s="9">
         <v>6.7646410883296362</v>
       </c>
       <c r="J98" s="9">
         <v>7.0573994480851221</v>
       </c>
       <c r="K98" s="9">
         <v>7.0280347878906451</v>
       </c>
       <c r="L98" s="9">
         <v>5.7967403192582427</v>
       </c>
       <c r="M98" s="9">
         <v>4.7719569142766254</v>
       </c>
       <c r="N98" s="9">
         <v>5.3545740189427296</v>
       </c>
       <c r="O98" s="9">
         <v>5.8187594365100628</v>
       </c>
     </row>
     <row r="99" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A99" s="2" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B99" s="9">
         <v>5.2760117861700708</v>
       </c>
       <c r="C99" s="9">
         <v>5.8021208978393952</v>
       </c>
       <c r="D99" s="9">
         <v>5.7979063234604817</v>
       </c>
       <c r="E99" s="9">
         <v>5.6107376472271513</v>
       </c>
       <c r="F99" s="9">
         <v>6.0767267481331979</v>
       </c>
       <c r="G99" s="9">
         <v>6.2125822532919797</v>
       </c>
       <c r="H99" s="9">
         <v>6.7498703749684692</v>
       </c>
       <c r="I99" s="9">
         <v>6.9161894487672075</v>
       </c>
       <c r="J99" s="9">
         <v>7.2011700460668866</v>
       </c>
       <c r="K99" s="9">
         <v>7.0689866138172288</v>
       </c>
       <c r="L99" s="9">
         <v>5.8689770591698505</v>
       </c>
       <c r="M99" s="9">
         <v>4.9962769620364886</v>
       </c>
       <c r="N99" s="9">
         <v>5.9964787063613629</v>
       </c>
       <c r="O99" s="9">
         <v>5.9333497878985169</v>
       </c>
     </row>
     <row r="100" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A100" s="2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B100" s="9">
         <v>5.1964077992406503</v>
       </c>
       <c r="C100" s="9">
         <v>5.8517351192131315</v>
       </c>
       <c r="D100" s="9">
         <v>5.7975418609772564</v>
       </c>
       <c r="E100" s="9">
         <v>5.6939823283400886</v>
       </c>
       <c r="F100" s="9">
         <v>6.1317748598173321</v>
       </c>
       <c r="G100" s="9">
         <v>6.3209356666884826</v>
       </c>
       <c r="H100" s="9">
         <v>6.7878112441834864</v>
       </c>
       <c r="I100" s="9">
         <v>6.9864496164891863</v>
       </c>
       <c r="J100" s="9">
         <v>7.3597078427358573</v>
       </c>
       <c r="K100" s="9">
         <v>7.1338228702270552</v>
       </c>
       <c r="L100" s="9">
         <v>5.8889653162507729</v>
       </c>
       <c r="M100" s="9">
         <v>5.20429184020613</v>
       </c>
       <c r="N100" s="9">
         <v>6.5321988386007241</v>
       </c>
       <c r="O100" s="9">
         <v>6.0145989225936995</v>
       </c>
     </row>
     <row r="101" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A101" s="2" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B101" s="9">
         <v>5.2877223033762588</v>
       </c>
       <c r="C101" s="9">
         <v>5.8937047846760073</v>
       </c>
       <c r="D101" s="9">
         <v>5.8443383816549401</v>
       </c>
       <c r="E101" s="9">
         <v>5.6958506239874982</v>
       </c>
       <c r="F101" s="9">
         <v>6.0900866946732384</v>
       </c>
       <c r="G101" s="9">
         <v>6.3562998756598326</v>
       </c>
       <c r="H101" s="9">
         <v>6.8917049425156938</v>
       </c>
       <c r="I101" s="9">
         <v>7.1125851719854261</v>
       </c>
       <c r="J101" s="9">
         <v>7.5943824136144151</v>
       </c>
       <c r="K101" s="9">
         <v>7.2369590407715947</v>
       </c>
       <c r="L101" s="9">
         <v>5.9734754952838474</v>
       </c>
       <c r="M101" s="9">
         <v>5.2244875234187145</v>
       </c>
       <c r="N101" s="9">
         <v>7.3781228007458299</v>
       </c>
       <c r="O101" s="9">
         <v>6.1011040276348645</v>
       </c>
     </row>
     <row r="102" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A102" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B102" s="9">
         <v>5.2900793470935907</v>
       </c>
       <c r="C102" s="9">
         <v>5.8786218849978384</v>
       </c>
       <c r="D102" s="9">
         <v>5.8199655791722202</v>
       </c>
       <c r="E102" s="9">
         <v>5.7164918357050851</v>
       </c>
       <c r="F102" s="9">
         <v>6.149004908956722</v>
       </c>
       <c r="G102" s="9">
         <v>6.4455345588768633</v>
       </c>
       <c r="H102" s="9">
         <v>6.9752333393819494</v>
       </c>
       <c r="I102" s="9">
         <v>7.2484260094055983</v>
       </c>
       <c r="J102" s="9">
         <v>7.8823539262354778</v>
       </c>
       <c r="K102" s="9">
         <v>7.3905556794385889</v>
       </c>
       <c r="L102" s="9">
         <v>5.9940656923054663</v>
       </c>
       <c r="M102" s="9">
         <v>5.3252778661749538</v>
       </c>
       <c r="N102" s="9">
         <v>8.2852050775847328</v>
       </c>
       <c r="O102" s="9">
         <v>6.1823730669876253</v>
       </c>
     </row>
     <row r="103" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A103" s="2" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B103" s="9">
         <v>5.4662314308952888</v>
       </c>
       <c r="C103" s="9">
         <v>5.9748239589313048</v>
       </c>
       <c r="D103" s="9">
         <v>5.9275974522029493</v>
       </c>
       <c r="E103" s="9">
         <v>5.8228605253669112</v>
       </c>
       <c r="F103" s="9">
         <v>6.2735896838950991</v>
       </c>
       <c r="G103" s="9">
         <v>6.5899214601483571</v>
       </c>
       <c r="H103" s="9">
         <v>7.2030790921310066</v>
       </c>
       <c r="I103" s="9">
         <v>7.4429652070219738</v>
       </c>
       <c r="J103" s="9">
         <v>8.1602925076155604</v>
       </c>
       <c r="K103" s="9">
         <v>7.5238241590702426</v>
       </c>
       <c r="L103" s="9">
         <v>6.156094883749037</v>
       </c>
       <c r="M103" s="9">
         <v>5.5768049911860276</v>
       </c>
       <c r="N103" s="9">
         <v>9.1408986513388406</v>
       </c>
       <c r="O103" s="9">
         <v>6.3593200131666823</v>
       </c>
     </row>
     <row r="104" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A104" s="2" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B104" s="9">
         <v>5.3907554920705785</v>
       </c>
       <c r="C104" s="9">
         <v>5.9678647719925593</v>
       </c>
       <c r="D104" s="9">
         <v>5.8956222191166967</v>
       </c>
       <c r="E104" s="9">
         <v>5.7914132939747898</v>
       </c>
       <c r="F104" s="9">
         <v>6.2295372044762756</v>
       </c>
       <c r="G104" s="9">
         <v>6.5904830208380725</v>
       </c>
       <c r="H104" s="9">
         <v>7.2269620289245431</v>
       </c>
       <c r="I104" s="9">
         <v>7.4933167796926989</v>
       </c>
       <c r="J104" s="9">
         <v>8.3476133463803723</v>
       </c>
       <c r="K104" s="9">
         <v>7.5890100942967287</v>
       </c>
       <c r="L104" s="9">
         <v>6.0334921895142894</v>
       </c>
       <c r="M104" s="9">
         <v>5.6528864172659841</v>
       </c>
       <c r="N104" s="9">
         <v>9.1721008071917769</v>
       </c>
       <c r="O104" s="9">
         <v>6.3695255625732896</v>
       </c>
     </row>
     <row r="105" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A105" s="2" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B105" s="9">
         <v>5.2643079099199488</v>
       </c>
       <c r="C105" s="9">
         <v>5.8474879657654055</v>
       </c>
       <c r="D105" s="9">
         <v>5.8484205813417249</v>
       </c>
       <c r="E105" s="9">
         <v>5.6800993648286662</v>
       </c>
       <c r="F105" s="9">
         <v>6.1618725341044902</v>
       </c>
       <c r="G105" s="9">
         <v>6.498184349281245</v>
       </c>
       <c r="H105" s="9">
         <v>7.1404425293858598</v>
       </c>
       <c r="I105" s="9">
         <v>7.4063272018667474</v>
       </c>
       <c r="J105" s="9">
         <v>8.2900040813014009</v>
       </c>
       <c r="K105" s="9">
         <v>7.4725642132757448</v>
       </c>
       <c r="L105" s="9">
         <v>6.0148439559208189</v>
       </c>
       <c r="M105" s="9">
         <v>5.5371307190482737</v>
       </c>
       <c r="N105" s="9">
         <v>8.976202166110566</v>
       </c>
       <c r="O105" s="9">
         <v>6.2942288142110865</v>
       </c>
     </row>
     <row r="106" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A106" s="2" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B106" s="9">
         <v>5.1599726618089727</v>
       </c>
       <c r="C106" s="9">
         <v>5.6844624780612385</v>
       </c>
       <c r="D106" s="9">
         <v>5.6215020022144344</v>
       </c>
       <c r="E106" s="9">
         <v>5.5599533070598142</v>
       </c>
       <c r="F106" s="9">
         <v>5.9510500312931294</v>
       </c>
       <c r="G106" s="9">
         <v>6.2854892686721531</v>
       </c>
       <c r="H106" s="9">
         <v>6.9639210173600885</v>
       </c>
       <c r="I106" s="9">
         <v>7.1576081837513073</v>
       </c>
       <c r="J106" s="9">
         <v>8.0117167425045661</v>
       </c>
       <c r="K106" s="9">
         <v>7.1778317063481971</v>
       </c>
       <c r="L106" s="9">
         <v>5.8146908604399803</v>
       </c>
       <c r="M106" s="9">
         <v>5.4225831286947352</v>
       </c>
       <c r="N106" s="9">
         <v>7.8017628592416157</v>
       </c>
       <c r="O106" s="9">
         <v>6.0708235463860252</v>
       </c>
     </row>
     <row r="107" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A107" s="2" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B107" s="9">
         <v>4.9892818880548759</v>
       </c>
       <c r="C107" s="9">
         <v>5.4219520598497777</v>
       </c>
       <c r="D107" s="9">
         <v>5.4334748251470195</v>
       </c>
       <c r="E107" s="9">
         <v>5.3127336330677615</v>
       </c>
       <c r="F107" s="9">
         <v>5.7310360905504245</v>
       </c>
       <c r="G107" s="9">
         <v>5.9409660381066693</v>
       </c>
       <c r="H107" s="9">
         <v>6.6820469941075231</v>
       </c>
       <c r="I107" s="9">
         <v>6.9061404170099125</v>
       </c>
       <c r="J107" s="9">
         <v>7.626285655201877</v>
       </c>
       <c r="K107" s="9">
         <v>7.045172197652156</v>
       </c>
       <c r="L107" s="9">
         <v>5.43287216808669</v>
       </c>
       <c r="M107" s="9">
         <v>5.3483198936794505</v>
       </c>
       <c r="N107" s="9">
         <v>7.2155070150925722</v>
       </c>
       <c r="O107" s="9">
         <v>5.8437190808107049</v>
       </c>
     </row>
     <row r="108" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A108" s="2" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B108" s="9">
         <v>4.6976176099905853</v>
       </c>
       <c r="C108" s="9">
         <v>5.1837795546410081</v>
       </c>
       <c r="D108" s="9">
         <v>5.1969768854424494</v>
       </c>
       <c r="E108" s="9">
         <v>5.0602286527235698</v>
       </c>
       <c r="F108" s="9">
         <v>5.472489129391799</v>
       </c>
       <c r="G108" s="9">
         <v>5.6088876003132597</v>
       </c>
       <c r="H108" s="9">
         <v>6.2276887793193074</v>
       </c>
       <c r="I108" s="9">
         <v>6.4424948909517781</v>
       </c>
       <c r="J108" s="9">
         <v>7.2706903381931136</v>
       </c>
       <c r="K108" s="9">
         <v>6.5090683385878334</v>
       </c>
       <c r="L108" s="9">
         <v>5.2739214676881989</v>
       </c>
       <c r="M108" s="9">
         <v>5.0261387872625649</v>
       </c>
       <c r="N108" s="9">
         <v>6.2138885316544705</v>
       </c>
       <c r="O108" s="9">
         <v>5.5003047706846919</v>
       </c>
     </row>
     <row r="109" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A109" s="2" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B109" s="9">
         <v>4.4930907749108426</v>
       </c>
       <c r="C109" s="9">
         <v>4.8917013499358344</v>
       </c>
       <c r="D109" s="9">
         <v>4.8641910016174226</v>
       </c>
       <c r="E109" s="9">
         <v>4.7186877335250967</v>
       </c>
       <c r="F109" s="9">
         <v>5.141134774249589</v>
       </c>
       <c r="G109" s="9">
         <v>5.2610013197180079</v>
       </c>
       <c r="H109" s="9">
         <v>5.8439133911179582</v>
       </c>
       <c r="I109" s="9">
         <v>6.0474608960929483</v>
       </c>
       <c r="J109" s="9">
         <v>6.7956405262591968</v>
       </c>
       <c r="K109" s="9">
         <v>6.1711663902376159</v>
       </c>
       <c r="L109" s="9">
         <v>5.1222126283433145</v>
       </c>
       <c r="M109" s="9">
         <v>4.8909954890999821</v>
       </c>
       <c r="N109" s="9">
         <v>5.6728397691311185</v>
       </c>
       <c r="O109" s="9">
         <v>5.1926911724027729</v>
       </c>
     </row>
     <row r="110" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A110" s="2" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B110" s="9">
         <v>4.2522150593518457</v>
       </c>
       <c r="C110" s="9">
         <v>4.6320479110124948</v>
       </c>
       <c r="D110" s="9">
         <v>4.6386569392681025</v>
       </c>
       <c r="E110" s="9">
         <v>4.4544499596094189</v>
       </c>
       <c r="F110" s="9">
         <v>4.9089815526394611</v>
       </c>
       <c r="G110" s="9">
         <v>4.9384669114163753</v>
       </c>
       <c r="H110" s="9">
         <v>5.5075709639158559</v>
       </c>
       <c r="I110" s="9">
         <v>5.8022438268611358</v>
       </c>
       <c r="J110" s="9">
         <v>6.3499361422095983</v>
       </c>
       <c r="K110" s="9">
         <v>5.942861899853213</v>
       </c>
       <c r="L110" s="9">
         <v>4.6432617591940577</v>
       </c>
       <c r="M110" s="9">
         <v>4.5745559538983525</v>
       </c>
       <c r="N110" s="9">
         <v>5.2524338317149315</v>
       </c>
       <c r="O110" s="9">
         <v>4.9294098467766219</v>
       </c>
     </row>
     <row r="111" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A111" s="2" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B111" s="9">
         <v>4.1978990983551814</v>
       </c>
       <c r="C111" s="9">
         <v>4.7544491174739161</v>
       </c>
       <c r="D111" s="9">
         <v>4.6506599291061272</v>
       </c>
       <c r="E111" s="9">
         <v>4.5549249419595208</v>
       </c>
       <c r="F111" s="9">
         <v>4.9557051007004311</v>
       </c>
       <c r="G111" s="9">
         <v>5.2488042148779508</v>
       </c>
       <c r="H111" s="9">
         <v>5.7572253725332994</v>
       </c>
       <c r="I111" s="9">
         <v>5.9988482774625771</v>
       </c>
       <c r="J111" s="9">
         <v>6.6666035454776225</v>
       </c>
       <c r="K111" s="9">
         <v>5.9616591195678827</v>
       </c>
       <c r="L111" s="9">
         <v>5.0068350169107125</v>
       </c>
       <c r="M111" s="9">
         <v>4.6574819121886293</v>
       </c>
       <c r="N111" s="9">
         <v>5.0900576936525788</v>
       </c>
       <c r="O111" s="9">
         <v>5.044795619303728</v>
       </c>
     </row>
     <row r="112" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A112" s="2" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B112" s="9">
         <v>4.3075271790622605</v>
       </c>
       <c r="C112" s="9">
         <v>4.8417415947932509</v>
       </c>
       <c r="D112" s="9">
         <v>4.8467691091851588</v>
       </c>
       <c r="E112" s="9">
         <v>4.6595994774563732</v>
       </c>
       <c r="F112" s="9">
         <v>5.0943233931645286</v>
       </c>
       <c r="G112" s="9">
         <v>5.4112456287845632</v>
       </c>
       <c r="H112" s="9">
         <v>5.9493975538410808</v>
       </c>
       <c r="I112" s="9">
         <v>6.2518481750933388</v>
       </c>
       <c r="J112" s="9">
         <v>6.9605575289059303</v>
       </c>
       <c r="K112" s="9">
         <v>6.2563474168409643</v>
       </c>
       <c r="L112" s="9">
         <v>4.9957726212115539</v>
       </c>
       <c r="M112" s="9">
         <v>4.8270695974440505</v>
       </c>
       <c r="N112" s="9">
         <v>5.5099107240239711</v>
       </c>
       <c r="O112" s="9">
         <v>5.2198533322043525</v>
       </c>
     </row>
     <row r="113" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A113" s="2" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B113" s="9">
         <v>4.2830027578106282</v>
       </c>
       <c r="C113" s="9">
         <v>4.9206044635155841</v>
       </c>
       <c r="D113" s="9">
         <v>4.8918680248180788</v>
       </c>
       <c r="E113" s="9">
         <v>4.7332948551748979</v>
       </c>
       <c r="F113" s="9">
         <v>5.1273039975906514</v>
       </c>
       <c r="G113" s="9">
         <v>5.3988957186225601</v>
       </c>
       <c r="H113" s="9">
         <v>5.9997845603983917</v>
       </c>
       <c r="I113" s="9">
         <v>6.363829514251937</v>
       </c>
       <c r="J113" s="9">
         <v>7.1204846384476115</v>
       </c>
       <c r="K113" s="9">
         <v>6.2718874185429589</v>
       </c>
       <c r="L113" s="9">
         <v>5.0102199393855384</v>
       </c>
       <c r="M113" s="9">
         <v>4.8026275439423767</v>
       </c>
       <c r="N113" s="9">
         <v>5.1587078310250707</v>
       </c>
       <c r="O113" s="9">
         <v>5.2591386473631427</v>
       </c>
     </row>
     <row r="114" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A114" s="2" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B114" s="9">
         <v>4.23271556385063</v>
       </c>
       <c r="C114" s="9">
         <v>4.8646630712281898</v>
       </c>
       <c r="D114" s="9">
         <v>4.771165993045984</v>
       </c>
       <c r="E114" s="9">
         <v>4.8052875281578356</v>
       </c>
       <c r="F114" s="9">
         <v>5.1125129399387559</v>
       </c>
       <c r="G114" s="9">
         <v>5.4298221161286069</v>
       </c>
       <c r="H114" s="9">
         <v>6.0660677232730897</v>
       </c>
       <c r="I114" s="9">
         <v>6.4227487744893832</v>
       </c>
       <c r="J114" s="9">
         <v>7.2139525784113605</v>
       </c>
       <c r="K114" s="9">
         <v>6.3464848183867888</v>
       </c>
       <c r="L114" s="9">
         <v>5.0350096086889753</v>
       </c>
       <c r="M114" s="9">
         <v>4.704472790857217</v>
       </c>
       <c r="N114" s="9">
         <v>5.0226551472608305</v>
       </c>
       <c r="O114" s="9">
         <v>5.2597452806104918</v>
       </c>
     </row>
     <row r="115" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A115" s="2" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B115" s="9">
         <v>4.3330868774795039</v>
       </c>
       <c r="C115" s="9">
         <v>5.0209659968833229</v>
       </c>
       <c r="D115" s="9">
         <v>4.9136334048656378</v>
       </c>
       <c r="E115" s="9">
         <v>4.8988098505511726</v>
       </c>
       <c r="F115" s="9">
         <v>5.2607547172263276</v>
       </c>
       <c r="G115" s="9">
         <v>5.5551867315485719</v>
       </c>
       <c r="H115" s="9">
         <v>6.2556248859087731</v>
       </c>
       <c r="I115" s="9">
         <v>6.6656484891514154</v>
       </c>
       <c r="J115" s="9">
         <v>7.4284214064567955</v>
       </c>
       <c r="K115" s="9">
         <v>6.5922962234820845</v>
       </c>
       <c r="L115" s="9">
         <v>5.1341789830864277</v>
       </c>
       <c r="M115" s="9">
         <v>4.8693833778133619</v>
       </c>
       <c r="N115" s="9">
         <v>4.8094132257843212</v>
       </c>
       <c r="O115" s="9">
         <v>5.4230287195355045</v>
       </c>
     </row>
     <row r="116" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A116" s="2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B116" s="9">
         <v>4.2625163727470881</v>
       </c>
       <c r="C116" s="9">
         <v>4.8708385403265</v>
       </c>
       <c r="D116" s="9">
         <v>4.8790306364402332</v>
       </c>
       <c r="E116" s="9">
         <v>4.8930183115222672</v>
       </c>
       <c r="F116" s="9">
         <v>5.2517823103062149</v>
       </c>
       <c r="G116" s="9">
         <v>5.5029819047937982</v>
       </c>
       <c r="H116" s="9">
         <v>6.2388656496749402</v>
       </c>
       <c r="I116" s="9">
         <v>6.6800283512091863</v>
       </c>
       <c r="J116" s="9">
         <v>7.4803798464236202</v>
       </c>
       <c r="K116" s="9">
         <v>6.5541147494849961</v>
       </c>
       <c r="L116" s="9">
         <v>5.0657002101825848</v>
       </c>
       <c r="M116" s="9">
         <v>4.7018067899838902</v>
       </c>
       <c r="N116" s="9">
         <v>4.8590536645825635</v>
       </c>
       <c r="O116" s="9">
         <v>5.3688315911361384</v>
       </c>
     </row>
     <row r="117" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A117" s="2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B117" s="9">
         <v>4.2438984532931414</v>
       </c>
       <c r="C117" s="9">
         <v>4.7059386393996032</v>
       </c>
       <c r="D117" s="9">
         <v>4.7888503467450096</v>
       </c>
       <c r="E117" s="9">
         <v>4.7923695800612931</v>
       </c>
       <c r="F117" s="9">
         <v>5.1150388053445557</v>
       </c>
       <c r="G117" s="9">
         <v>5.4840605687270072</v>
       </c>
       <c r="H117" s="9">
         <v>6.0093721899398105</v>
       </c>
       <c r="I117" s="9">
         <v>6.4404002625362127</v>
       </c>
       <c r="J117" s="9">
         <v>7.1775550561364119</v>
       </c>
       <c r="K117" s="9">
         <v>6.3149009402515341</v>
       </c>
       <c r="L117" s="9">
         <v>4.873152862697463</v>
       </c>
       <c r="M117" s="9">
         <v>4.631319601436072</v>
       </c>
       <c r="N117" s="9">
         <v>4.6079885638030662</v>
       </c>
       <c r="O117" s="9">
         <v>5.2182211432763479</v>
       </c>
     </row>
     <row r="118" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A118" s="2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B118" s="9">
         <v>4.1318307956681934</v>
       </c>
       <c r="C118" s="9">
         <v>4.7996456156095304</v>
       </c>
       <c r="D118" s="9">
         <v>4.8230848226611203</v>
       </c>
       <c r="E118" s="9">
         <v>4.79101456454159</v>
       </c>
       <c r="F118" s="9">
         <v>5.0742299863648794</v>
       </c>
       <c r="G118" s="9">
         <v>5.3676951288060231</v>
       </c>
       <c r="H118" s="9">
         <v>5.9071581642086475</v>
       </c>
       <c r="I118" s="9">
         <v>6.4996858695168509</v>
       </c>
       <c r="J118" s="9">
         <v>7.2396889413259728</v>
       </c>
       <c r="K118" s="9">
         <v>6.2434043124985088</v>
       </c>
       <c r="L118" s="9">
         <v>4.8877669809846713</v>
       </c>
       <c r="M118" s="9">
         <v>4.5626646348871605</v>
       </c>
       <c r="N118" s="9">
         <v>4.4047935449628195</v>
       </c>
       <c r="O118" s="9">
         <v>5.1893152106286511</v>
       </c>
     </row>
     <row r="119" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A119" s="2" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B119" s="9">
         <v>4.2665732136345653</v>
       </c>
       <c r="C119" s="9">
         <v>4.9144425650352721</v>
       </c>
       <c r="D119" s="9">
         <v>4.9483183169939533</v>
       </c>
       <c r="E119" s="9">
         <v>4.8617438956407426</v>
       </c>
       <c r="F119" s="9">
         <v>5.1483888085301652</v>
       </c>
       <c r="G119" s="9">
         <v>5.4283182110507724</v>
       </c>
       <c r="H119" s="9">
         <v>6.0833825759357589</v>
       </c>
       <c r="I119" s="9">
         <v>6.5581391000843077</v>
       </c>
       <c r="J119" s="9">
         <v>7.5114806852542548</v>
       </c>
       <c r="K119" s="9">
         <v>6.3877391439513529</v>
       </c>
       <c r="L119" s="9">
         <v>5.0989210540484642</v>
       </c>
       <c r="M119" s="9">
         <v>4.6890682763422848</v>
       </c>
       <c r="N119" s="9">
         <v>4.5143469748013736</v>
       </c>
       <c r="O119" s="9">
         <v>5.3192827905874811</v>
       </c>
     </row>
     <row r="120" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A120" s="2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B120" s="9">
         <v>4.2130952811190587</v>
       </c>
       <c r="C120" s="9">
         <v>4.8707198430039247</v>
       </c>
       <c r="D120" s="9">
         <v>4.7940154273387208</v>
       </c>
       <c r="E120" s="9">
         <v>4.8563599180407309</v>
       </c>
       <c r="F120" s="9">
         <v>5.1794206860656429</v>
       </c>
       <c r="G120" s="9">
         <v>5.4969985796039804</v>
       </c>
       <c r="H120" s="9">
         <v>6.0704236534327762</v>
       </c>
       <c r="I120" s="9">
         <v>6.6723092717141634</v>
       </c>
       <c r="J120" s="9">
         <v>7.4514530184372081</v>
       </c>
       <c r="K120" s="9">
         <v>6.432348518588781</v>
       </c>
       <c r="L120" s="9">
         <v>5.0713155634862721</v>
       </c>
       <c r="M120" s="9">
         <v>4.6082144174570985</v>
       </c>
       <c r="N120" s="9">
         <v>4.3159540001993131</v>
       </c>
       <c r="O120" s="9">
         <v>5.3047166849213081</v>
       </c>
     </row>
     <row r="121" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A121" s="2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B121" s="9">
         <v>4.1667130517446971</v>
       </c>
       <c r="C121" s="9">
         <v>4.7569808248808467</v>
       </c>
       <c r="D121" s="9">
         <v>4.7268084663326508</v>
       </c>
       <c r="E121" s="9">
         <v>4.805752481427219</v>
       </c>
       <c r="F121" s="9">
         <v>5.1096420021561695</v>
       </c>
       <c r="G121" s="9">
         <v>5.5097219225149283</v>
       </c>
       <c r="H121" s="9">
         <v>6.0466984328809472</v>
       </c>
       <c r="I121" s="9">
         <v>6.5831833088500691</v>
       </c>
       <c r="J121" s="9">
         <v>7.5658577689620188</v>
       </c>
       <c r="K121" s="9">
         <v>6.28574316261221</v>
       </c>
       <c r="L121" s="9">
         <v>4.9295599500974863</v>
       </c>
       <c r="M121" s="9">
         <v>4.5317151343134618</v>
       </c>
       <c r="N121" s="9">
         <v>4.1092345702579269</v>
       </c>
       <c r="O121" s="9">
         <v>5.2379120874709582</v>
       </c>
     </row>
     <row r="122" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A122" s="2" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B122" s="9">
         <v>4.1208759046426158</v>
       </c>
       <c r="C122" s="9">
         <v>4.6626755326851015</v>
       </c>
       <c r="D122" s="9">
         <v>4.6782253636729489</v>
       </c>
       <c r="E122" s="9">
         <v>4.7738098957756998</v>
       </c>
       <c r="F122" s="9">
         <v>5.0221762631980837</v>
       </c>
       <c r="G122" s="9">
         <v>5.3751253859736989</v>
       </c>
       <c r="H122" s="9">
         <v>5.9690062851605346</v>
       </c>
       <c r="I122" s="9">
         <v>6.4808630356271362</v>
       </c>
       <c r="J122" s="9">
         <v>7.4765765846566614</v>
       </c>
       <c r="K122" s="9">
         <v>6.197928239707907</v>
       </c>
       <c r="L122" s="9">
         <v>4.712772455793667</v>
       </c>
       <c r="M122" s="9">
         <v>4.4691281603057149</v>
       </c>
       <c r="N122" s="9">
         <v>3.9426686260977419</v>
       </c>
       <c r="O122" s="9">
         <v>5.1633810360401897</v>
       </c>
     </row>
     <row r="123" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A123" s="2" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B123" s="9">
         <v>4.1090219350413202</v>
       </c>
       <c r="C123" s="9">
         <v>4.7297911101485877</v>
       </c>
       <c r="D123" s="9">
         <v>4.6726590443119154</v>
       </c>
       <c r="E123" s="9">
         <v>4.8009448750671115</v>
       </c>
       <c r="F123" s="9">
         <v>5.1067555363947035</v>
       </c>
       <c r="G123" s="9">
         <v>5.4323831602111987</v>
       </c>
       <c r="H123" s="9">
         <v>6.0216894679931494</v>
       </c>
       <c r="I123" s="9">
         <v>6.5960024976554061</v>
       </c>
       <c r="J123" s="9">
         <v>7.741438310022688</v>
       </c>
       <c r="K123" s="9">
         <v>6.312119550913164</v>
       </c>
       <c r="L123" s="9">
         <v>4.7792456563040355</v>
       </c>
       <c r="M123" s="9">
         <v>4.4744243240749073</v>
       </c>
       <c r="N123" s="9">
         <v>3.9536462925795517</v>
       </c>
       <c r="O123" s="9">
         <v>5.2251822946654105</v>
       </c>
     </row>
     <row r="124" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A124" s="2" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B124" s="9">
         <v>4.1348229503812375</v>
       </c>
       <c r="C124" s="9">
         <v>4.7168944674995865</v>
       </c>
       <c r="D124" s="9">
         <v>4.6165223586819479</v>
       </c>
       <c r="E124" s="9">
         <v>4.73179392754317</v>
       </c>
       <c r="F124" s="9">
         <v>5.0420404735733024</v>
       </c>
       <c r="G124" s="9">
         <v>5.3571915681737821</v>
       </c>
       <c r="H124" s="9">
         <v>6.0752561666957607</v>
       </c>
       <c r="I124" s="9">
         <v>6.5286469208568034</v>
       </c>
       <c r="J124" s="9">
         <v>7.6891937320337655</v>
       </c>
       <c r="K124" s="9">
         <v>6.2860080119676889</v>
       </c>
       <c r="L124" s="9">
         <v>4.7615179537923282</v>
       </c>
       <c r="M124" s="9">
         <v>4.3176075227095776</v>
       </c>
       <c r="N124" s="9">
         <v>3.850947580748461</v>
       </c>
       <c r="O124" s="9">
         <v>5.1640267736126457</v>
       </c>
     </row>
     <row r="125" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A125" s="2" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B125" s="9">
         <v>4.0160118354903167</v>
       </c>
       <c r="C125" s="9">
         <v>4.5695573878424876</v>
       </c>
       <c r="D125" s="9">
         <v>4.5612519264041635</v>
       </c>
       <c r="E125" s="9">
         <v>4.6908003515664385</v>
       </c>
       <c r="F125" s="9">
         <v>4.9567363559461386</v>
       </c>
       <c r="G125" s="9">
         <v>5.3529086828147916</v>
       </c>
       <c r="H125" s="9">
         <v>5.9944933656837565</v>
       </c>
       <c r="I125" s="9">
         <v>6.4814318193507443</v>
       </c>
       <c r="J125" s="9">
         <v>7.6480222350349694</v>
       </c>
       <c r="K125" s="9">
         <v>6.1952060950714127</v>
       </c>
       <c r="L125" s="9">
         <v>4.6976841882016283</v>
       </c>
       <c r="M125" s="9">
         <v>4.2740695360483381</v>
       </c>
       <c r="N125" s="9">
         <v>3.7223605272067166</v>
       </c>
       <c r="O125" s="9">
         <v>5.1053507129926645</v>
       </c>
     </row>
     <row r="126" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A126" s="2" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B126" s="9">
         <v>3.9370488991330888</v>
       </c>
       <c r="C126" s="9">
         <v>4.5628370626241894</v>
       </c>
       <c r="D126" s="9">
         <v>4.4974229979498626</v>
       </c>
       <c r="E126" s="9">
         <v>4.7082665862390449</v>
       </c>
       <c r="F126" s="9">
         <v>4.9155404492571879</v>
       </c>
       <c r="G126" s="9">
         <v>5.3264675788570308</v>
       </c>
       <c r="H126" s="9">
         <v>5.9690932126507228</v>
       </c>
       <c r="I126" s="9">
         <v>6.4951032306377607</v>
       </c>
       <c r="J126" s="9">
         <v>7.7941200776476425</v>
       </c>
       <c r="K126" s="9">
         <v>6.1623749142034603</v>
       </c>
       <c r="L126" s="9">
         <v>4.7090487813535731</v>
       </c>
       <c r="M126" s="9">
         <v>4.1433526080039078</v>
       </c>
       <c r="N126" s="9">
         <v>3.8709390451101191</v>
       </c>
       <c r="O126" s="9">
         <v>5.082149804250359</v>
       </c>
     </row>
     <row r="127" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A127" s="2" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B127" s="9">
         <v>3.9993381416210672</v>
       </c>
       <c r="C127" s="9">
         <v>4.6041452013135791</v>
       </c>
       <c r="D127" s="9">
         <v>4.5763119264996215</v>
       </c>
       <c r="E127" s="9">
         <v>4.7724636997905652</v>
       </c>
       <c r="F127" s="9">
         <v>4.9919109348614938</v>
       </c>
       <c r="G127" s="9">
         <v>5.5878587505129387</v>
       </c>
       <c r="H127" s="9">
         <v>6.0949510493453252</v>
       </c>
       <c r="I127" s="9">
         <v>6.6315596091645741</v>
       </c>
       <c r="J127" s="9">
         <v>8.0593935968390173</v>
       </c>
       <c r="K127" s="9">
         <v>6.2748340218857042</v>
       </c>
       <c r="L127" s="9">
         <v>4.6893431570711659</v>
       </c>
       <c r="M127" s="9">
         <v>4.3094240324944417</v>
       </c>
       <c r="N127" s="9">
         <v>3.8474388167145435</v>
       </c>
       <c r="O127" s="9">
         <v>5.1865215531361448</v>
       </c>
     </row>
     <row r="128" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A128" s="2" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B128" s="9">
         <v>4.0399415246309696</v>
       </c>
       <c r="C128" s="9">
         <v>4.7531750876018926</v>
       </c>
       <c r="D128" s="9">
         <v>4.6683422427952559</v>
       </c>
       <c r="E128" s="9">
         <v>4.902554782464529</v>
       </c>
       <c r="F128" s="9">
         <v>5.0951963249978123</v>
       </c>
       <c r="G128" s="9">
         <v>5.6650080215786351</v>
       </c>
       <c r="H128" s="9">
         <v>6.2264811897754582</v>
       </c>
       <c r="I128" s="9">
         <v>6.8301952643850115</v>
       </c>
       <c r="J128" s="9">
         <v>8.3915197167444422</v>
       </c>
       <c r="K128" s="9">
         <v>6.344969581653392</v>
       </c>
       <c r="L128" s="9">
         <v>4.8206671054028405</v>
       </c>
       <c r="M128" s="9">
         <v>4.331262315018642</v>
       </c>
       <c r="N128" s="9">
         <v>3.8722144420464506</v>
       </c>
       <c r="O128" s="9">
         <v>5.2977888182143031</v>
       </c>
     </row>
     <row r="129" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A129" s="2" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B129" s="9">
         <v>4.0239286855774656</v>
       </c>
       <c r="C129" s="9">
         <v>4.8572186675669196</v>
       </c>
       <c r="D129" s="9">
         <v>4.7069925612622443</v>
       </c>
       <c r="E129" s="9">
         <v>4.947439760552327</v>
       </c>
       <c r="F129" s="9">
         <v>5.2027322930411355</v>
       </c>
       <c r="G129" s="9">
         <v>5.7050757635932543</v>
       </c>
       <c r="H129" s="9">
         <v>6.3835717426275504</v>
       </c>
       <c r="I129" s="9">
         <v>7.0141166642074175</v>
       </c>
       <c r="J129" s="9">
         <v>8.7419386184249497</v>
       </c>
       <c r="K129" s="9">
         <v>6.4570010000738716</v>
       </c>
       <c r="L129" s="9">
         <v>4.9103750371956982</v>
       </c>
       <c r="M129" s="9">
         <v>4.383787706407178</v>
       </c>
       <c r="N129" s="9">
         <v>3.9821774135809722</v>
       </c>
       <c r="O129" s="9">
         <v>5.4060109797422271</v>
       </c>
     </row>
     <row r="130" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A130" s="2" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B130" s="9">
         <v>4.1385221878851493</v>
       </c>
       <c r="C130" s="9">
         <v>4.8245060021262072</v>
       </c>
       <c r="D130" s="9">
         <v>4.7393425874540966</v>
       </c>
       <c r="E130" s="9">
         <v>5.0504122661794266</v>
       </c>
       <c r="F130" s="9">
         <v>5.235967380916672</v>
       </c>
       <c r="G130" s="9">
         <v>5.7823643560761502</v>
       </c>
       <c r="H130" s="9">
         <v>6.4993546504690443</v>
       </c>
       <c r="I130" s="9">
         <v>7.1914190939034315</v>
       </c>
       <c r="J130" s="9">
         <v>9.1851483135375513</v>
       </c>
       <c r="K130" s="9">
         <v>6.5472532583961538</v>
       </c>
       <c r="L130" s="9">
         <v>4.9170279764548912</v>
       </c>
       <c r="M130" s="9">
         <v>4.4402615848170912</v>
       </c>
       <c r="N130" s="9">
         <v>4.0903434117387585</v>
       </c>
       <c r="O130" s="9">
         <v>5.5189430846119905</v>
       </c>
     </row>
     <row r="131" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A131" s="2" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B131" s="9">
         <v>4.3264541088557111</v>
       </c>
       <c r="C131" s="9">
         <v>4.9228148798364577</v>
       </c>
       <c r="D131" s="9">
         <v>4.8456007910468193</v>
       </c>
       <c r="E131" s="9">
         <v>5.2106208281140809</v>
       </c>
       <c r="F131" s="9">
         <v>5.437753552103703</v>
       </c>
       <c r="G131" s="9">
         <v>6.0668599335173061</v>
       </c>
       <c r="H131" s="9">
         <v>6.8631219873811116</v>
       </c>
       <c r="I131" s="9">
         <v>7.7696933438956144</v>
       </c>
       <c r="J131" s="9">
         <v>10.139686386919553</v>
       </c>
       <c r="K131" s="9">
         <v>6.833736917775834</v>
       </c>
       <c r="L131" s="9">
         <v>5.1244205251054744</v>
       </c>
       <c r="M131" s="9">
         <v>4.5555435236559649</v>
       </c>
       <c r="N131" s="9">
         <v>4.1906343125853311</v>
       </c>
       <c r="O131" s="9">
         <v>5.7786593550677745</v>
       </c>
     </row>
     <row r="132" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A132" s="2" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B132" s="9">
         <v>4.1918541424082489</v>
       </c>
       <c r="C132" s="9">
         <v>4.9967423287481703</v>
       </c>
       <c r="D132" s="9">
         <v>4.9052196944707962</v>
       </c>
       <c r="E132" s="9">
         <v>5.2822331875311601</v>
       </c>
       <c r="F132" s="9">
         <v>5.5423754307497717</v>
       </c>
       <c r="G132" s="9">
         <v>6.2174515282045721</v>
       </c>
       <c r="H132" s="9">
         <v>6.9663959891326579</v>
       </c>
       <c r="I132" s="9">
         <v>7.8387296549326297</v>
       </c>
       <c r="J132" s="9">
         <v>10.166981436674593</v>
       </c>
       <c r="K132" s="9">
         <v>6.8636177668501208</v>
       </c>
       <c r="L132" s="9">
         <v>5.0392412322540014</v>
       </c>
       <c r="M132" s="9">
         <v>4.5523552066668191</v>
       </c>
       <c r="N132" s="9">
         <v>4.2505775639140264</v>
       </c>
       <c r="O132" s="9">
         <v>5.8333470651564507</v>
       </c>
     </row>
     <row r="133" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A133" s="2" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B133" s="9">
         <v>4.1481214228521592</v>
       </c>
       <c r="C133" s="9">
         <v>4.89697733672247</v>
       </c>
       <c r="D133" s="9">
         <v>4.8493276394318405</v>
       </c>
       <c r="E133" s="9">
         <v>5.1962940342083828</v>
       </c>
       <c r="F133" s="9">
         <v>5.5336683626168695</v>
       </c>
       <c r="G133" s="9">
         <v>6.1698747411710144</v>
       </c>
       <c r="H133" s="9">
         <v>6.9864110575907734</v>
       </c>
       <c r="I133" s="9">
         <v>7.908637495004843</v>
       </c>
       <c r="J133" s="9">
         <v>10.3209394071772</v>
       </c>
       <c r="K133" s="9">
         <v>6.8940636634707575</v>
       </c>
       <c r="L133" s="9">
         <v>4.9288203464220155</v>
       </c>
       <c r="M133" s="9">
         <v>4.5435552232684087</v>
       </c>
       <c r="N133" s="9">
         <v>4.2487187417690864</v>
       </c>
       <c r="O133" s="9">
         <v>5.8238184707719549</v>
       </c>
     </row>
     <row r="134" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A134" s="2" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B134" s="9">
         <v>4.2514290980819451</v>
       </c>
       <c r="C134" s="9">
         <v>4.8415496753159193</v>
       </c>
       <c r="D134" s="9">
         <v>4.8095439463310861</v>
       </c>
       <c r="E134" s="9">
         <v>5.2564163729759654</v>
       </c>
       <c r="F134" s="9">
         <v>5.4325628036634317</v>
       </c>
       <c r="G134" s="9">
         <v>6.1236861156280202</v>
       </c>
       <c r="H134" s="9">
         <v>6.9779264874516418</v>
       </c>
       <c r="I134" s="9">
         <v>8.0376761070978855</v>
       </c>
       <c r="J134" s="9">
         <v>10.383595105534873</v>
       </c>
       <c r="K134" s="9">
         <v>6.826991710765884</v>
       </c>
       <c r="L134" s="9">
         <v>4.8196738849848213</v>
       </c>
       <c r="M134" s="9">
         <v>4.452685023886028</v>
       </c>
       <c r="N134" s="9">
         <v>4.2281595501964482</v>
       </c>
       <c r="O134" s="9">
         <v>5.7950628554977826</v>
       </c>
     </row>
     <row r="135" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A135" s="2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B135" s="9">
         <v>4.2211685409959347</v>
       </c>
       <c r="C135" s="9">
         <v>5.0218933349425354</v>
       </c>
       <c r="D135" s="9">
         <v>4.8975333013705704</v>
       </c>
       <c r="E135" s="9">
         <v>5.2854707850408245</v>
       </c>
       <c r="F135" s="9">
         <v>5.5427828613719141</v>
       </c>
       <c r="G135" s="9">
         <v>6.2506790269353321</v>
       </c>
       <c r="H135" s="9">
         <v>7.2106064355622905</v>
       </c>
       <c r="I135" s="9">
         <v>8.2545073830427835</v>
       </c>
       <c r="J135" s="9">
         <v>10.926443289858161</v>
       </c>
       <c r="K135" s="9">
         <v>6.9888602171907248</v>
       </c>
       <c r="L135" s="9">
         <v>4.9869233626700424</v>
       </c>
       <c r="M135" s="9">
         <v>4.4472571244077814</v>
       </c>
       <c r="N135" s="9">
         <v>4.3848860066783164</v>
       </c>
       <c r="O135" s="9">
         <v>5.9543069189150675</v>
       </c>
     </row>
     <row r="136" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A136" s="2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B136" s="9">
         <v>4.1838691533978443</v>
       </c>
       <c r="C136" s="9">
         <v>4.9366259276362445</v>
       </c>
       <c r="D136" s="9">
         <v>4.828553896073208</v>
       </c>
       <c r="E136" s="9">
         <v>5.2495815379060815</v>
       </c>
       <c r="F136" s="9">
         <v>5.5353944868690252</v>
       </c>
       <c r="G136" s="9">
         <v>6.2316179690681714</v>
       </c>
       <c r="H136" s="9">
         <v>7.2562099758591545</v>
       </c>
       <c r="I136" s="9">
         <v>8.5134516054958969</v>
       </c>
       <c r="J136" s="9">
         <v>11.204490677983175</v>
       </c>
       <c r="K136" s="9">
         <v>7.099875421547738</v>
       </c>
       <c r="L136" s="9">
         <v>5.0233270044477401</v>
       </c>
       <c r="M136" s="9">
         <v>4.411830898273096</v>
       </c>
       <c r="N136" s="9">
         <v>4.3766523078429795</v>
       </c>
       <c r="O136" s="9">
         <v>5.960314279822696</v>
       </c>
     </row>
     <row r="137" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A137" s="2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B137" s="9">
         <v>4.1690906987807406</v>
       </c>
       <c r="C137" s="9">
         <v>4.8330562242043626</v>
       </c>
       <c r="D137" s="9">
         <v>4.8053141051849328</v>
       </c>
       <c r="E137" s="9">
         <v>5.2411636713977128</v>
       </c>
       <c r="F137" s="9">
         <v>5.4786361282918259</v>
       </c>
       <c r="G137" s="9">
         <v>6.1713999247755797</v>
       </c>
       <c r="H137" s="9">
         <v>7.325761011216156</v>
       </c>
       <c r="I137" s="9">
         <v>8.681718569010771</v>
       </c>
       <c r="J137" s="9">
         <v>11.45755824103794</v>
       </c>
       <c r="K137" s="9">
         <v>7.0396497540548681</v>
       </c>
       <c r="L137" s="9">
         <v>4.8423894304465849</v>
       </c>
       <c r="M137" s="9">
         <v>4.3615978596030596</v>
       </c>
       <c r="N137" s="9">
         <v>4.3645655369548502</v>
       </c>
       <c r="O137" s="9">
         <v>5.9613094332183127</v>
       </c>
     </row>
     <row r="138" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A138" s="2" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B138" s="9">
         <v>4.150216703686918</v>
       </c>
       <c r="C138" s="9">
         <v>4.8396964008670631</v>
       </c>
       <c r="D138" s="9">
         <v>4.7352589093282145</v>
       </c>
       <c r="E138" s="9">
         <v>5.2267364335937589</v>
       </c>
       <c r="F138" s="9">
         <v>5.4812460212181664</v>
       </c>
       <c r="G138" s="9">
         <v>6.3362167357943981</v>
       </c>
       <c r="H138" s="9">
         <v>7.3949723319392184</v>
       </c>
       <c r="I138" s="9">
         <v>8.9027610773884813</v>
       </c>
       <c r="J138" s="9">
         <v>11.381182099154309</v>
       </c>
       <c r="K138" s="9">
         <v>7.0975945540828294</v>
       </c>
       <c r="L138" s="9">
         <v>4.7697699225510561</v>
       </c>
       <c r="M138" s="9">
         <v>4.3340685371843977</v>
       </c>
       <c r="N138" s="9">
         <v>4.1450139486394892</v>
       </c>
       <c r="O138" s="9">
         <v>5.968575789878706</v>
       </c>
     </row>
     <row r="139" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A139" s="2" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B139" s="9">
         <v>4.1431922065243372</v>
       </c>
       <c r="C139" s="9">
         <v>4.9548198583097136</v>
       </c>
       <c r="D139" s="9">
         <v>4.8553765509791349</v>
       </c>
       <c r="E139" s="9">
         <v>5.3466995010798968</v>
       </c>
       <c r="F139" s="9">
         <v>5.6193756093541234</v>
       </c>
       <c r="G139" s="9">
         <v>6.450267741752933</v>
       </c>
       <c r="H139" s="9">
         <v>7.6441486097681466</v>
       </c>
       <c r="I139" s="9">
         <v>9.1369843332390204</v>
       </c>
       <c r="J139" s="9">
         <v>11.718658035346863</v>
       </c>
       <c r="K139" s="9">
         <v>7.2488771356960093</v>
       </c>
       <c r="L139" s="9">
         <v>4.8837437022535717</v>
       </c>
       <c r="M139" s="9">
         <v>4.3446139674653219</v>
       </c>
       <c r="N139" s="9">
         <v>4.2825952092775861</v>
       </c>
       <c r="O139" s="9">
         <v>6.0997912469741271</v>
       </c>
     </row>
     <row r="140" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A140" s="2" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B140" s="9">
         <v>4.1158922920166763</v>
       </c>
       <c r="C140" s="9">
         <v>5.0035807591806902</v>
       </c>
       <c r="D140" s="9">
         <v>4.9109930159898161</v>
       </c>
       <c r="E140" s="9">
         <v>5.3876135032868131</v>
       </c>
       <c r="F140" s="9">
         <v>5.6068431497009863</v>
       </c>
       <c r="G140" s="9">
         <v>6.5388192057028478</v>
       </c>
       <c r="H140" s="9">
         <v>7.653032738047985</v>
       </c>
       <c r="I140" s="9">
         <v>9.1699419107856546</v>
       </c>
       <c r="J140" s="9">
         <v>11.631460850336138</v>
       </c>
       <c r="K140" s="9">
         <v>7.2829454000996474</v>
       </c>
       <c r="L140" s="9">
         <v>4.867124636447425</v>
       </c>
       <c r="M140" s="9">
         <v>4.3846091514227359</v>
       </c>
       <c r="N140" s="9">
         <v>4.3325880381751443</v>
       </c>
       <c r="O140" s="9">
         <v>6.1218609776010116</v>
       </c>
     </row>
     <row r="141" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A141" s="2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B141" s="9">
         <v>4.0906401417274854</v>
       </c>
       <c r="C141" s="9">
         <v>4.92194644142283</v>
       </c>
       <c r="D141" s="9">
         <v>4.871699393825315</v>
       </c>
       <c r="E141" s="9">
         <v>5.3654614759068791</v>
       </c>
       <c r="F141" s="9">
         <v>5.5402403208203932</v>
       </c>
       <c r="G141" s="9">
         <v>6.6469023268751455</v>
       </c>
       <c r="H141" s="9">
         <v>7.6615939094221304</v>
       </c>
       <c r="I141" s="9">
         <v>9.0959233421559844</v>
       </c>
       <c r="J141" s="9">
         <v>11.449234857053174</v>
       </c>
       <c r="K141" s="9">
         <v>7.1983041318625043</v>
       </c>
       <c r="L141" s="9">
         <v>4.8399822929691672</v>
       </c>
       <c r="M141" s="9">
         <v>4.3508365984036139</v>
       </c>
       <c r="N141" s="9">
         <v>4.2759547982764055</v>
       </c>
       <c r="O141" s="9">
         <v>6.0694648158311546</v>
       </c>
     </row>
     <row r="142" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A142" s="2" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B142" s="9">
         <v>4.02997925289921</v>
       </c>
       <c r="C142" s="9">
         <v>4.8594794185155124</v>
       </c>
       <c r="D142" s="9">
         <v>4.8712342133302302</v>
       </c>
       <c r="E142" s="9">
         <v>5.3604556940357213</v>
       </c>
       <c r="F142" s="9">
         <v>5.5865495743992524</v>
       </c>
       <c r="G142" s="9">
         <v>6.5550645775979062</v>
       </c>
       <c r="H142" s="9">
         <v>7.7124944178514196</v>
       </c>
       <c r="I142" s="9">
         <v>9.030413380577464</v>
       </c>
       <c r="J142" s="9">
         <v>11.447660281013672</v>
       </c>
       <c r="K142" s="9">
         <v>7.3134301483395117</v>
       </c>
       <c r="L142" s="9">
         <v>4.7243767902541762</v>
       </c>
       <c r="M142" s="9">
         <v>4.3612676806077264</v>
       </c>
       <c r="N142" s="9">
         <v>4.2109306596083007</v>
       </c>
       <c r="O142" s="9">
         <v>6.0510602799327815</v>
       </c>
     </row>
     <row r="143" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A143" s="2" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B143" s="9">
         <v>4.0586443648129675</v>
       </c>
       <c r="C143" s="9">
         <v>4.9644233351747626</v>
       </c>
       <c r="D143" s="9">
         <v>4.9638795745267741</v>
       </c>
       <c r="E143" s="9">
         <v>5.4495842049601526</v>
       </c>
       <c r="F143" s="9">
         <v>5.701161047625618</v>
       </c>
       <c r="G143" s="9">
         <v>6.6306611915978415</v>
       </c>
       <c r="H143" s="9">
         <v>7.768116691718701</v>
       </c>
       <c r="I143" s="9">
         <v>9.1177571284749579</v>
       </c>
       <c r="J143" s="9">
         <v>11.296124189046305</v>
       </c>
       <c r="K143" s="9">
         <v>7.3900378351001823</v>
       </c>
       <c r="L143" s="9">
         <v>4.8591791426692295</v>
       </c>
       <c r="M143" s="9">
         <v>4.3306209400344828</v>
       </c>
       <c r="N143" s="9">
         <v>4.3756570374230774</v>
       </c>
       <c r="O143" s="9">
         <v>6.1078626928795527</v>
       </c>
     </row>
     <row r="144" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A144" s="2" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B144" s="9">
         <v>4.0932194220343474</v>
       </c>
       <c r="C144" s="9">
         <v>4.8916661381417175</v>
       </c>
       <c r="D144" s="9">
         <v>4.9335031620068834</v>
       </c>
       <c r="E144" s="9">
         <v>5.5337320067366429</v>
       </c>
       <c r="F144" s="9">
         <v>5.6921243686662475</v>
       </c>
       <c r="G144" s="9">
         <v>6.6336892013025537</v>
       </c>
       <c r="H144" s="9">
         <v>7.7673558722240355</v>
       </c>
       <c r="I144" s="9">
         <v>9.0999378688215362</v>
       </c>
       <c r="J144" s="9">
         <v>11.045959446373612</v>
       </c>
       <c r="K144" s="9">
         <v>7.4325185990249203</v>
       </c>
       <c r="L144" s="9">
         <v>4.8985825532611473</v>
       </c>
       <c r="M144" s="9">
         <v>4.3677212537659011</v>
       </c>
       <c r="N144" s="9">
         <v>4.3620855779225218</v>
       </c>
       <c r="O144" s="9">
         <v>6.1017188646557416</v>
       </c>
     </row>
     <row r="145" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A145" s="2" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B145" s="9">
         <v>3.9786221987885146</v>
       </c>
       <c r="C145" s="9">
         <v>4.8439020479469095</v>
       </c>
       <c r="D145" s="9">
         <v>4.9301098277283604</v>
       </c>
       <c r="E145" s="9">
         <v>5.4731523785690364</v>
       </c>
       <c r="F145" s="9">
         <v>5.6081103902985889</v>
       </c>
       <c r="G145" s="9">
         <v>6.6311865887653951</v>
       </c>
       <c r="H145" s="9">
         <v>7.6786798921448911</v>
       </c>
       <c r="I145" s="9">
         <v>8.9043662747263834</v>
       </c>
       <c r="J145" s="9">
         <v>10.928852321775061</v>
       </c>
       <c r="K145" s="9">
         <v>7.3346098617980457</v>
       </c>
       <c r="L145" s="9">
         <v>4.9038940177707318</v>
       </c>
       <c r="M145" s="9">
         <v>4.3510151553731875</v>
       </c>
       <c r="N145" s="9">
         <v>4.2875926689895074</v>
       </c>
       <c r="O145" s="9">
         <v>6.0402779427865827</v>
       </c>
     </row>
     <row r="146" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A146" s="2" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B146" s="9">
         <v>4.0742486340862589</v>
       </c>
       <c r="C146" s="9">
         <v>4.8637776840781699</v>
       </c>
       <c r="D146" s="9">
         <v>4.8699970036941576</v>
       </c>
       <c r="E146" s="9">
         <v>5.4478246636521668</v>
       </c>
       <c r="F146" s="9">
         <v>5.5875834636198993</v>
       </c>
       <c r="G146" s="9">
         <v>6.5379158391675443</v>
       </c>
       <c r="H146" s="9">
         <v>7.610960648991167</v>
       </c>
       <c r="I146" s="9">
         <v>8.8506603627689024</v>
       </c>
       <c r="J146" s="9">
         <v>10.898748659783831</v>
       </c>
       <c r="K146" s="9">
         <v>7.3002472877438489</v>
       </c>
       <c r="L146" s="9">
         <v>4.9146780996146084</v>
       </c>
       <c r="M146" s="9">
         <v>4.2496008876588123</v>
       </c>
       <c r="N146" s="9">
         <v>4.4609895226792124</v>
       </c>
       <c r="O146" s="9">
         <v>5.996874385060381</v>
       </c>
     </row>
     <row r="147" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A147" s="2" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B147" s="9">
         <v>4.0090072520458433</v>
       </c>
       <c r="C147" s="9">
         <v>4.8388873040819593</v>
       </c>
       <c r="D147" s="9">
         <v>4.9339651950491143</v>
       </c>
       <c r="E147" s="9">
         <v>5.526867465402546</v>
       </c>
       <c r="F147" s="9">
         <v>5.6250005199310733</v>
       </c>
       <c r="G147" s="9">
         <v>6.5996993414821326</v>
       </c>
       <c r="H147" s="9">
         <v>7.6613811051759457</v>
       </c>
       <c r="I147" s="9">
         <v>8.8121778234875094</v>
       </c>
       <c r="J147" s="9">
         <v>10.691626428358374</v>
       </c>
       <c r="K147" s="9">
         <v>7.3277739203485464</v>
       </c>
       <c r="L147" s="9">
         <v>4.9545618746494959</v>
       </c>
       <c r="M147" s="9">
         <v>4.3321305378273642</v>
       </c>
       <c r="N147" s="9">
         <v>4.3840138689787569</v>
       </c>
       <c r="O147" s="9">
         <v>6.0223399976855152</v>
       </c>
     </row>
     <row r="148" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A148" s="2" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B148" s="9">
         <v>3.9170628899057016</v>
       </c>
       <c r="C148" s="9">
         <v>4.9627414056437402</v>
       </c>
       <c r="D148" s="9">
         <v>4.9602560764477657</v>
       </c>
       <c r="E148" s="9">
         <v>5.6388287705297495</v>
       </c>
       <c r="F148" s="9">
         <v>5.6794449647173488</v>
       </c>
       <c r="G148" s="9">
         <v>6.6355927978528699</v>
       </c>
       <c r="H148" s="9">
         <v>7.5596983187534379</v>
       </c>
       <c r="I148" s="9">
         <v>8.7516178162034741</v>
       </c>
       <c r="J148" s="9">
         <v>10.608337216659624</v>
       </c>
       <c r="K148" s="9">
         <v>7.3446833419712716</v>
       </c>
       <c r="L148" s="9">
         <v>4.930230787479795</v>
       </c>
       <c r="M148" s="9">
         <v>4.3327215806273625</v>
       </c>
       <c r="N148" s="9">
         <v>4.4494878555713759</v>
       </c>
       <c r="O148" s="9">
         <v>6.0251072110947117</v>
       </c>
     </row>
     <row r="149" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A149" s="2" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B149" s="9">
         <v>3.916766671423288</v>
       </c>
       <c r="C149" s="9">
         <v>4.8383762622721971</v>
       </c>
       <c r="D149" s="9">
         <v>4.8714429867524887</v>
       </c>
       <c r="E149" s="9">
         <v>5.5390745100922771</v>
       </c>
       <c r="F149" s="9">
         <v>5.5988315306363727</v>
       </c>
       <c r="G149" s="9">
         <v>6.5673199531606006</v>
       </c>
       <c r="H149" s="9">
         <v>7.436605293289559</v>
       </c>
       <c r="I149" s="9">
         <v>8.5341653912131488</v>
       </c>
       <c r="J149" s="9">
         <v>10.498020214429584</v>
       </c>
       <c r="K149" s="9">
         <v>7.2608960236125197</v>
       </c>
       <c r="L149" s="9">
         <v>4.9408561656687073</v>
       </c>
       <c r="M149" s="9">
         <v>4.2667863550516261</v>
       </c>
       <c r="N149" s="9">
         <v>4.4209034357750578</v>
       </c>
       <c r="O149" s="9">
         <v>5.9323246228495776</v>
       </c>
     </row>
     <row r="150" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A150" s="2" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B150" s="9">
         <v>4.0067394423969294</v>
       </c>
       <c r="C150" s="9">
         <v>4.7983019002239766</v>
       </c>
       <c r="D150" s="9">
         <v>4.8489906026138039</v>
       </c>
       <c r="E150" s="9">
         <v>5.4436374627738191</v>
       </c>
       <c r="F150" s="9">
         <v>5.6237174953947466</v>
       </c>
       <c r="G150" s="9">
         <v>6.4602288528242493</v>
       </c>
       <c r="H150" s="9">
         <v>7.3083302663844432</v>
       </c>
       <c r="I150" s="9">
         <v>8.4905731519591825</v>
       </c>
       <c r="J150" s="9">
         <v>10.169671421216023</v>
       </c>
       <c r="K150" s="9">
         <v>7.1341901676535793</v>
       </c>
       <c r="L150" s="9">
         <v>4.7763088369682896</v>
       </c>
       <c r="M150" s="9">
         <v>4.2354418429676022</v>
       </c>
       <c r="N150" s="9">
         <v>4.4763281538354409</v>
       </c>
       <c r="O150" s="9">
         <v>5.8528532397810427</v>
       </c>
     </row>
     <row r="151" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A151" s="2" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B151" s="9">
         <v>3.9865790380780943</v>
       </c>
       <c r="C151" s="9">
         <v>4.8373545976960015</v>
       </c>
       <c r="D151" s="9">
         <v>4.8365375261768131</v>
       </c>
       <c r="E151" s="9">
         <v>5.4947728510479728</v>
       </c>
       <c r="F151" s="9">
         <v>5.7402851480766843</v>
       </c>
       <c r="G151" s="9">
         <v>6.5007575862696463</v>
       </c>
       <c r="H151" s="9">
         <v>7.3433059006385868</v>
       </c>
       <c r="I151" s="9">
         <v>8.5287066709783961</v>
       </c>
       <c r="J151" s="9">
         <v>10.32295016285498</v>
       </c>
       <c r="K151" s="9">
         <v>7.2057977009212841</v>
       </c>
       <c r="L151" s="9">
         <v>4.9458860934784656</v>
       </c>
       <c r="M151" s="9">
         <v>4.2382105111620501</v>
       </c>
       <c r="N151" s="9">
         <v>4.4677312897282757</v>
       </c>
       <c r="O151" s="9">
         <v>5.9029091515535805</v>
       </c>
     </row>
     <row r="152" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A152" s="2" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B152" s="9">
         <v>3.9204473980110062</v>
       </c>
       <c r="C152" s="9">
         <v>4.8555578311973076</v>
       </c>
       <c r="D152" s="9">
         <v>4.9477327421952797</v>
       </c>
       <c r="E152" s="9">
         <v>5.5356129578919848</v>
       </c>
       <c r="F152" s="9">
         <v>5.7629904098721498</v>
       </c>
       <c r="G152" s="9">
         <v>6.5943869273941011</v>
       </c>
       <c r="H152" s="9">
         <v>7.3947822964309919</v>
       </c>
       <c r="I152" s="9">
         <v>8.5120022532728878</v>
       </c>
       <c r="J152" s="9">
         <v>10.149040790713338</v>
       </c>
       <c r="K152" s="9">
         <v>7.1840034833601685</v>
       </c>
       <c r="L152" s="9">
         <v>4.9270688575198118</v>
       </c>
       <c r="M152" s="9">
         <v>4.2651279644603006</v>
       </c>
       <c r="N152" s="9">
         <v>4.5059273313948562</v>
       </c>
       <c r="O152" s="9">
         <v>5.9175152618625262</v>
       </c>
     </row>
     <row r="153" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A153" s="2" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B153" s="9">
         <v>3.9638835646098167</v>
       </c>
       <c r="C153" s="9">
         <v>4.8410093634090439</v>
       </c>
       <c r="D153" s="9">
         <v>4.8530510154770807</v>
       </c>
       <c r="E153" s="9">
         <v>5.4521380204782588</v>
       </c>
       <c r="F153" s="9">
         <v>5.7134140240806017</v>
       </c>
       <c r="G153" s="9">
         <v>6.4635192269886383</v>
       </c>
       <c r="H153" s="9">
         <v>7.3205626980207441</v>
       </c>
       <c r="I153" s="9">
         <v>8.4681116498952314</v>
       </c>
       <c r="J153" s="9">
         <v>10.036628256404322</v>
       </c>
       <c r="K153" s="9">
         <v>7.1824361615994254</v>
       </c>
       <c r="L153" s="9">
         <v>4.9397651925346793</v>
       </c>
       <c r="M153" s="9">
         <v>4.2893890923889062</v>
       </c>
       <c r="N153" s="9">
         <v>4.4267566274890759</v>
       </c>
       <c r="O153" s="9">
         <v>5.8836691388788251</v>
       </c>
     </row>
     <row r="154" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A154" s="2" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B154" s="9">
         <v>3.9568627683734388</v>
       </c>
       <c r="C154" s="9">
         <v>4.9639131988362326</v>
       </c>
       <c r="D154" s="9">
         <v>4.969149059234466</v>
       </c>
       <c r="E154" s="9">
         <v>5.5431328569552409</v>
       </c>
       <c r="F154" s="9">
         <v>5.7286904542624475</v>
       </c>
       <c r="G154" s="9">
         <v>6.475585926379769</v>
       </c>
       <c r="H154" s="9">
         <v>7.4691501627657821</v>
       </c>
       <c r="I154" s="9">
         <v>8.4834326932686182</v>
       </c>
       <c r="J154" s="9">
         <v>10.017574612198304</v>
       </c>
       <c r="K154" s="9">
         <v>7.0517766923973184</v>
       </c>
       <c r="L154" s="9">
         <v>5.0702484513119304</v>
       </c>
       <c r="M154" s="9">
         <v>4.1841505642536587</v>
       </c>
       <c r="N154" s="9">
         <v>4.5190463806190149</v>
       </c>
       <c r="O154" s="9">
         <v>5.927911853656382</v>
       </c>
     </row>
     <row r="155" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A155" s="2" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B155" s="9">
         <v>3.9648182258294109</v>
       </c>
       <c r="C155" s="9">
         <v>4.9247017987087265</v>
       </c>
       <c r="D155" s="9">
         <v>5.0142353036549379</v>
       </c>
       <c r="E155" s="9">
         <v>5.4906931149907328</v>
       </c>
       <c r="F155" s="9">
         <v>5.7346705696164166</v>
       </c>
       <c r="G155" s="9">
         <v>6.5170284486306214</v>
       </c>
       <c r="H155" s="9">
         <v>7.6075010700382535</v>
       </c>
       <c r="I155" s="9">
         <v>8.5978128089901293</v>
       </c>
       <c r="J155" s="9">
         <v>10.286006950655954</v>
       </c>
       <c r="K155" s="9">
         <v>7.1791730278240173</v>
       </c>
       <c r="L155" s="9">
         <v>5.0536502552662634</v>
       </c>
       <c r="M155" s="9">
         <v>4.3277555138447275</v>
       </c>
       <c r="N155" s="9">
         <v>4.5353540616293664</v>
       </c>
       <c r="O155" s="9">
         <v>5.9784258191054871</v>
       </c>
     </row>
     <row r="156" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A156" s="2" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B156" s="9">
         <v>4.0394511132884707</v>
       </c>
       <c r="C156" s="9">
         <v>5.0305703206278904</v>
       </c>
       <c r="D156" s="9">
         <v>5.0239281086924183</v>
       </c>
       <c r="E156" s="9">
         <v>5.6747264889313414</v>
       </c>
       <c r="F156" s="9">
         <v>5.8198314095158699</v>
       </c>
       <c r="G156" s="9">
         <v>6.7136598249045285</v>
       </c>
       <c r="H156" s="9">
         <v>7.7729105831162579</v>
       </c>
       <c r="I156" s="9">
         <v>8.8385504018999832</v>
       </c>
       <c r="J156" s="9">
         <v>10.33962832914534</v>
       </c>
       <c r="K156" s="9">
         <v>7.4384380004987429</v>
       </c>
       <c r="L156" s="9">
         <v>5.1124304336846125</v>
       </c>
       <c r="M156" s="9">
         <v>4.2681635865893828</v>
       </c>
       <c r="N156" s="9">
         <v>4.5431447409465084</v>
       </c>
       <c r="O156" s="9">
         <v>6.0530553846282809</v>
       </c>
     </row>
     <row r="157" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A157" s="2" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B157" s="9">
         <v>4.1504373814587092</v>
       </c>
       <c r="C157" s="9">
         <v>5.1216326786285675</v>
       </c>
       <c r="D157" s="9">
         <v>5.1436640770351287</v>
       </c>
       <c r="E157" s="9">
         <v>5.8362181155747015</v>
       </c>
       <c r="F157" s="9">
         <v>5.9291075703869582</v>
       </c>
       <c r="G157" s="9">
         <v>6.786965535098652</v>
       </c>
       <c r="H157" s="9">
         <v>7.8409416736732211</v>
       </c>
       <c r="I157" s="9">
         <v>8.8163294292609997</v>
       </c>
       <c r="J157" s="9">
         <v>10.398924186849429</v>
       </c>
       <c r="K157" s="9">
         <v>7.5628363918925414</v>
       </c>
       <c r="L157" s="9">
         <v>5.2035602876450655</v>
       </c>
       <c r="M157" s="9">
         <v>4.3412419223067777</v>
       </c>
       <c r="N157" s="9">
         <v>4.5664241091309625</v>
       </c>
       <c r="O157" s="9">
         <v>6.1609959838807082</v>
       </c>
     </row>
     <row r="158" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A158" s="2" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B158" s="9">
         <v>4.1454876647913066</v>
       </c>
       <c r="C158" s="9">
         <v>5.1740805264419345</v>
       </c>
       <c r="D158" s="9">
         <v>5.2567857168950258</v>
       </c>
       <c r="E158" s="9">
         <v>5.79845206769338</v>
       </c>
       <c r="F158" s="9">
         <v>5.8725495405294703</v>
       </c>
       <c r="G158" s="9">
         <v>6.7504335619950764</v>
       </c>
       <c r="H158" s="9">
         <v>7.8456056826366121</v>
       </c>
       <c r="I158" s="9">
         <v>8.8033113621622157</v>
       </c>
       <c r="J158" s="9">
         <v>10.251658651851189</v>
       </c>
       <c r="K158" s="9">
         <v>7.5250210206915309</v>
       </c>
       <c r="L158" s="9">
         <v>5.3085238787360804</v>
       </c>
       <c r="M158" s="9">
         <v>4.3868838128868672</v>
       </c>
       <c r="N158" s="9">
         <v>4.6310131162676882</v>
       </c>
       <c r="O158" s="9">
         <v>6.1701483777662762</v>
       </c>
     </row>
     <row r="159" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A159" s="2" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B159" s="9">
         <v>4.2848995929968359</v>
       </c>
       <c r="C159" s="9">
         <v>5.376244805165423</v>
       </c>
       <c r="D159" s="9">
         <v>5.4160236161926916</v>
       </c>
       <c r="E159" s="9">
         <v>6.0809367834531134</v>
       </c>
       <c r="F159" s="9">
         <v>6.048310710364226</v>
       </c>
       <c r="G159" s="9">
         <v>7.0000512808893784</v>
       </c>
       <c r="H159" s="9">
         <v>8.175784793813472</v>
       </c>
       <c r="I159" s="9">
         <v>9.1105809721263427</v>
       </c>
       <c r="J159" s="9">
         <v>10.7680221563686</v>
       </c>
       <c r="K159" s="9">
         <v>7.9465955534786863</v>
       </c>
       <c r="L159" s="9">
         <v>5.5327651732182765</v>
       </c>
       <c r="M159" s="9">
         <v>4.5436994705980869</v>
       </c>
       <c r="N159" s="9">
         <v>4.8395136674420716</v>
       </c>
       <c r="O159" s="9">
         <v>6.4237232351784117</v>
       </c>
     </row>
     <row r="160" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A160" s="2" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B160" s="9">
         <v>4.3346695311445904</v>
       </c>
       <c r="C160" s="9">
         <v>5.4365958004324026</v>
       </c>
       <c r="D160" s="9">
         <v>5.4267136273605958</v>
       </c>
       <c r="E160" s="9">
         <v>6.1347971810378095</v>
       </c>
       <c r="F160" s="9">
         <v>6.0720905317839229</v>
       </c>
       <c r="G160" s="9">
         <v>7.1087026541885709</v>
       </c>
       <c r="H160" s="9">
         <v>8.23558364191301</v>
       </c>
       <c r="I160" s="9">
         <v>9.2090281262412308</v>
       </c>
       <c r="J160" s="9">
         <v>10.497084928588094</v>
       </c>
       <c r="K160" s="9">
         <v>8.0467024141981742</v>
       </c>
       <c r="L160" s="9">
         <v>5.660959011152169</v>
       </c>
       <c r="M160" s="9">
         <v>4.6380286677231499</v>
       </c>
       <c r="N160" s="9">
         <v>4.8645512982719099</v>
       </c>
       <c r="O160" s="9">
         <v>6.4803288480214354</v>
       </c>
     </row>
     <row r="161" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A161" s="2" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B161" s="9">
         <v>4.3077782571736876</v>
       </c>
       <c r="C161" s="9">
         <v>5.4362574686271712</v>
       </c>
       <c r="D161" s="9">
         <v>5.5180480047826181</v>
       </c>
       <c r="E161" s="9">
         <v>6.2436024702912771</v>
       </c>
       <c r="F161" s="9">
         <v>6.2118219291444987</v>
       </c>
       <c r="G161" s="9">
         <v>7.2427287994202638</v>
       </c>
       <c r="H161" s="9">
         <v>8.385058557389879</v>
       </c>
       <c r="I161" s="9">
         <v>9.320479929822941</v>
       </c>
       <c r="J161" s="9">
         <v>10.546462202085298</v>
       </c>
       <c r="K161" s="9">
         <v>8.1554692738687518</v>
       </c>
       <c r="L161" s="9">
         <v>5.7588207870111452</v>
       </c>
       <c r="M161" s="9">
         <v>4.625264584873519</v>
       </c>
       <c r="N161" s="9">
         <v>4.7984901189945397</v>
       </c>
       <c r="O161" s="9">
         <v>6.5551834907017659</v>
       </c>
     </row>
     <row r="162" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A162" s="2" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B162" s="9">
         <v>4.4016505241496526</v>
       </c>
       <c r="C162" s="9">
         <v>5.6041864884561656</v>
       </c>
       <c r="D162" s="9">
         <v>5.6689863965679779</v>
       </c>
       <c r="E162" s="9">
         <v>6.3201084358920889</v>
       </c>
       <c r="F162" s="9">
         <v>6.3398584897518555</v>
       </c>
       <c r="G162" s="9">
         <v>7.4043658696357717</v>
       </c>
       <c r="H162" s="9">
         <v>8.4657892132048698</v>
       </c>
       <c r="I162" s="9">
         <v>9.4919004095496913</v>
       </c>
       <c r="J162" s="9">
         <v>10.695225129513165</v>
       </c>
       <c r="K162" s="9">
         <v>8.1859082802093432</v>
       </c>
       <c r="L162" s="9">
         <v>5.8159651343992298</v>
       </c>
       <c r="M162" s="9">
         <v>4.7244246094325026</v>
       </c>
       <c r="N162" s="9">
         <v>4.8258731766473089</v>
       </c>
       <c r="O162" s="9">
         <v>6.6817590728455984</v>
       </c>
     </row>
     <row r="163" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A163" s="2" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B163" s="9">
         <v>4.5312591033203278</v>
       </c>
       <c r="C163" s="9">
         <v>5.7151611799525206</v>
       </c>
       <c r="D163" s="9">
         <v>5.8623316609740987</v>
       </c>
       <c r="E163" s="9">
         <v>6.4522337353552714</v>
       </c>
       <c r="F163" s="9">
         <v>6.5994575058675062</v>
       </c>
       <c r="G163" s="9">
         <v>7.6284428716631298</v>
       </c>
       <c r="H163" s="9">
         <v>8.6499352473179538</v>
       </c>
       <c r="I163" s="9">
         <v>9.6534098456804145</v>
       </c>
       <c r="J163" s="9">
         <v>11.066214767110429</v>
       </c>
       <c r="K163" s="9">
         <v>8.5176461343785252</v>
       </c>
       <c r="L163" s="9">
         <v>5.9303468811968054</v>
       </c>
       <c r="M163" s="9">
         <v>4.754539332974689</v>
       </c>
       <c r="N163" s="9">
         <v>5.04237745040653</v>
       </c>
       <c r="O163" s="9">
         <v>6.8569478224174985</v>
       </c>
     </row>
     <row r="164" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A164" s="2" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B164" s="9">
         <v>4.4631879875990608</v>
       </c>
       <c r="C164" s="9">
         <v>5.7299013603229652</v>
       </c>
       <c r="D164" s="9">
         <v>5.7381313590079346</v>
       </c>
       <c r="E164" s="9">
         <v>6.5348314907204568</v>
       </c>
       <c r="F164" s="9">
         <v>6.5644160117304109</v>
       </c>
       <c r="G164" s="9">
         <v>7.4897181170937399</v>
       </c>
       <c r="H164" s="9">
         <v>8.6416897128985006</v>
       </c>
       <c r="I164" s="9">
         <v>9.5387451994198802</v>
       </c>
@@ -9137,466 +9140,513 @@
       </c>
       <c r="J167" s="9">
         <v>9.9239469232094475</v>
       </c>
       <c r="K167" s="9">
         <v>7.6981512352107417</v>
       </c>
       <c r="L167" s="9">
         <v>5.4223914344590121</v>
       </c>
       <c r="M167" s="9">
         <v>4.2294730959790527</v>
       </c>
       <c r="N167" s="9">
         <v>4.7547406214327452</v>
       </c>
       <c r="O167" s="9">
         <v>6.211766481194128</v>
       </c>
     </row>
     <row r="168" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A168" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B168" s="9">
-        <v>4.0979567721587733</v>
+        <v>4.0979451689576445</v>
       </c>
       <c r="C168" s="9">
-        <v>5.1102388062107211</v>
+        <v>5.1047588410018223</v>
       </c>
       <c r="D168" s="9">
-        <v>5.1697077437376819</v>
+        <v>5.1691598812288744</v>
       </c>
       <c r="E168" s="9">
-        <v>5.7931623536758652</v>
+        <v>5.7935444631906519</v>
       </c>
       <c r="F168" s="9">
-        <v>6.0019730911702744</v>
+        <v>6.0023615432504744</v>
       </c>
       <c r="G168" s="9">
-        <v>6.5715618844675632</v>
+        <v>6.5463552110270014</v>
       </c>
       <c r="H168" s="9">
-        <v>7.6914082985710035</v>
+        <v>7.6903291447992075</v>
       </c>
       <c r="I168" s="9">
-        <v>8.5083371816144808</v>
+        <v>8.5038820508401347</v>
       </c>
       <c r="J168" s="9">
-        <v>9.7128835120620014</v>
+        <v>9.7212365250582717</v>
       </c>
       <c r="K168" s="9">
-        <v>7.4850685419020682</v>
+        <v>7.4807241948942247</v>
       </c>
       <c r="L168" s="9">
-        <v>5.279357448479618</v>
+        <v>5.274878406289643</v>
       </c>
       <c r="M168" s="9">
-        <v>4.149192860675341</v>
+        <v>4.149319441500281</v>
       </c>
       <c r="N168" s="9">
-        <v>4.6486330585118916</v>
+        <v>4.6601681281359904</v>
       </c>
       <c r="O168" s="9">
-        <v>6.0651995851730875</v>
+        <v>6.0639132225887451</v>
       </c>
     </row>
     <row r="169" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A169" s="2" t="s">
         <v>27</v>
       </c>
       <c r="B169" s="9">
-        <v>4.005520138557535</v>
+        <v>4.005497899776433</v>
       </c>
       <c r="C169" s="9">
-        <v>5.042552732121945</v>
+        <v>5.0319277444727772</v>
       </c>
       <c r="D169" s="9">
-        <v>5.1010267747887639</v>
+        <v>5.099965405128069</v>
       </c>
       <c r="E169" s="9">
-        <v>5.6377577776740697</v>
+        <v>5.6384892889985379</v>
       </c>
       <c r="F169" s="9">
-        <v>5.7433552648815587</v>
+        <v>5.7440880226341591</v>
       </c>
       <c r="G169" s="9">
-        <v>6.4072030565762788</v>
+        <v>6.3590756568130331</v>
       </c>
       <c r="H169" s="9">
-        <v>7.4232679170190581</v>
+        <v>7.421223779275353</v>
       </c>
       <c r="I169" s="9">
-        <v>8.2692774300477705</v>
+        <v>8.260788769917923</v>
       </c>
       <c r="J169" s="9">
-        <v>9.5718521775456065</v>
+        <v>9.5880646642961924</v>
       </c>
       <c r="K169" s="9">
-        <v>7.3042627793584352</v>
+        <v>7.2959102776095985</v>
       </c>
       <c r="L169" s="9">
-        <v>5.2009889229113249</v>
+        <v>5.1922875427953654</v>
       </c>
       <c r="M169" s="9">
-        <v>4.1697574181746244</v>
+        <v>4.1700096873632129</v>
       </c>
       <c r="N169" s="9">
-        <v>4.6974527038803551</v>
+        <v>4.7205651706414686</v>
       </c>
       <c r="O169" s="9">
-        <v>5.9415613316926654</v>
+        <v>5.9390831734776945</v>
       </c>
     </row>
     <row r="170" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A170" s="2" t="s">
         <v>28</v>
       </c>
       <c r="B170" s="9">
-        <v>4.0035006685052066</v>
+        <v>4.0034679674781204</v>
       </c>
       <c r="C170" s="9">
-        <v>5.0171400620665443</v>
+        <v>5.0015563610940008</v>
       </c>
       <c r="D170" s="9">
-        <v>5.0816666005062938</v>
+        <v>5.0801091092038311</v>
       </c>
       <c r="E170" s="9">
-        <v>5.6319883961296453</v>
+        <v>5.6330668390471397</v>
       </c>
       <c r="F170" s="9">
-        <v>5.707457324563415</v>
+        <v>5.7085341355799351</v>
       </c>
       <c r="G170" s="9">
-        <v>6.2492592707044619</v>
+        <v>6.1802861899561838</v>
       </c>
       <c r="H170" s="9">
-        <v>7.2854334292427669</v>
+        <v>7.2824793583134761</v>
       </c>
       <c r="I170" s="9">
-        <v>8.1493218383697741</v>
+        <v>8.1370168842896984</v>
       </c>
       <c r="J170" s="9">
-        <v>9.5004891182369118</v>
+        <v>9.524264116030297</v>
       </c>
       <c r="K170" s="9">
-        <v>7.1679671775337193</v>
+        <v>7.1558526826012683</v>
       </c>
       <c r="L170" s="9">
-        <v>5.1536349904583325</v>
+        <v>5.1408805728940896</v>
       </c>
       <c r="M170" s="9">
-        <v>4.1333499643432008</v>
+        <v>4.1337219249243287</v>
       </c>
       <c r="N170" s="9">
-        <v>4.5636108129253428</v>
+        <v>4.5970052885160024</v>
       </c>
       <c r="O170" s="9">
-        <v>5.8819032288660926</v>
+        <v>5.8782838082370823</v>
       </c>
     </row>
     <row r="171" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A171" s="2" t="s">
         <v>29</v>
       </c>
       <c r="B171" s="9">
-        <v>3.9261677336056233</v>
+        <v>3.9261257801772325</v>
       </c>
       <c r="C171" s="9">
-        <v>5.0767634478726276</v>
+        <v>5.0560946908329418</v>
       </c>
       <c r="D171" s="9">
-        <v>5.0884250927577268</v>
+        <v>5.0863824087701728</v>
       </c>
       <c r="E171" s="9">
-        <v>5.5973689634677211</v>
+        <v>5.5987753375791458</v>
       </c>
       <c r="F171" s="9">
-        <v>5.7912492115144261</v>
+        <v>5.7926857113808561</v>
       </c>
       <c r="G171" s="9">
-        <v>6.1867731485531046</v>
+        <v>6.0975513013457858</v>
       </c>
       <c r="H171" s="9">
-        <v>7.230255230759532</v>
+        <v>7.2264167152322942</v>
       </c>
       <c r="I171" s="9">
-        <v>8.0837231467956201</v>
+        <v>8.0677581910645664</v>
       </c>
       <c r="J171" s="9">
-        <v>9.4560168267421485</v>
+        <v>9.4871016946801561</v>
       </c>
       <c r="K171" s="9">
-        <v>7.1610306753400286</v>
+        <v>7.1451270908667261</v>
       </c>
       <c r="L171" s="9">
-        <v>5.2158670631654651</v>
+        <v>5.1988905397207139</v>
       </c>
       <c r="M171" s="9">
-        <v>4.1455562084372399</v>
+        <v>4.1460494921364832</v>
       </c>
       <c r="N171" s="9">
-        <v>4.7385852639356472</v>
+        <v>4.7844285518858678</v>
       </c>
       <c r="O171" s="9">
-        <v>5.8815857132266629</v>
+        <v>5.8768381232828686</v>
       </c>
     </row>
     <row r="172" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A172" s="2" t="s">
         <v>30</v>
       </c>
       <c r="B172" s="9">
-        <v>4.0475129402834149</v>
+        <v>3.9408841512596955</v>
       </c>
       <c r="C172" s="9">
-        <v>5.0991480661647657</v>
+        <v>4.9816693559980942</v>
       </c>
       <c r="D172" s="9">
-        <v>5.1938781882836436</v>
+        <v>5.0648611361903848</v>
       </c>
       <c r="E172" s="9">
-        <v>5.6412010307399276</v>
+        <v>5.5214248257562577</v>
       </c>
       <c r="F172" s="9">
-        <v>5.8023074781203308</v>
+        <v>5.7360004673534686</v>
       </c>
       <c r="G172" s="9">
-        <v>6.2388354909964736</v>
+        <v>6.0366177256810092</v>
       </c>
       <c r="H172" s="9">
-        <v>7.4050965656464252</v>
+        <v>7.2154129417837414</v>
       </c>
       <c r="I172" s="9">
-        <v>8.2979884935829471</v>
+        <v>8.04655410502248</v>
       </c>
       <c r="J172" s="9">
-        <v>9.4818446459079411</v>
+        <v>9.3112180355753171</v>
       </c>
       <c r="K172" s="9">
-        <v>7.2084090464659107</v>
+        <v>7.0985603089901606</v>
       </c>
       <c r="L172" s="9">
-        <v>5.1782080778743493</v>
+        <v>5.1066529370174862</v>
       </c>
       <c r="M172" s="9">
-        <v>4.1424766960623494</v>
+        <v>4.146119896896578</v>
       </c>
       <c r="N172" s="9">
-        <v>4.8307997230721762</v>
+        <v>4.8423191197230802</v>
       </c>
       <c r="O172" s="9">
-        <v>5.9481002006638173</v>
+        <v>5.8229560495818857</v>
       </c>
     </row>
     <row r="173" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A173" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B173" s="9">
-        <v>4.0576959500116789</v>
+        <v>3.9801694684366744</v>
       </c>
       <c r="C173" s="9">
-        <v>5.0362361328344694</v>
+        <v>4.9340393275469321</v>
       </c>
       <c r="D173" s="9">
-        <v>5.1513750843238153</v>
+        <v>5.0434282448721746</v>
       </c>
       <c r="E173" s="9">
-        <v>5.6315056696781625</v>
+        <v>5.513003130586271</v>
       </c>
       <c r="F173" s="9">
-        <v>5.7556249860427213</v>
+        <v>5.7004799610132251</v>
       </c>
       <c r="G173" s="9">
-        <v>6.1595671728161898</v>
+        <v>5.997695438397038</v>
       </c>
       <c r="H173" s="9">
-        <v>7.2670583984124146</v>
+        <v>7.1139853950891698</v>
       </c>
       <c r="I173" s="9">
-        <v>8.1001654979748068</v>
+        <v>7.8878222494296688</v>
       </c>
       <c r="J173" s="9">
-        <v>9.3446370680850226</v>
+        <v>9.1660054232062844</v>
       </c>
       <c r="K173" s="9">
-        <v>7.1801004807162858</v>
+        <v>7.0722913645420391</v>
       </c>
       <c r="L173" s="9">
-        <v>5.1116716624709992</v>
+        <v>5.0320430768171107</v>
       </c>
       <c r="M173" s="9">
-        <v>4.164053976701088</v>
+        <v>4.1298296942893771</v>
       </c>
       <c r="N173" s="9">
-        <v>4.814258147045039</v>
+        <v>4.7915444595115293</v>
       </c>
       <c r="O173" s="9">
-        <v>5.8910866520156748</v>
+        <v>5.7760720810712867</v>
       </c>
     </row>
     <row r="174" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A174" s="2" t="s">
         <v>32</v>
       </c>
       <c r="B174" s="9">
-        <v>4.0109050151038907</v>
+        <v>3.962599468670764</v>
       </c>
       <c r="C174" s="9">
-        <v>5.0528583946444376</v>
+        <v>4.9638255651341661</v>
       </c>
       <c r="D174" s="9">
-        <v>5.1493780730763339</v>
+        <v>5.0609156211666733</v>
       </c>
       <c r="E174" s="9">
-        <v>5.5261832615856017</v>
+        <v>5.4109112554384984</v>
       </c>
       <c r="F174" s="9">
-        <v>5.7769583086604381</v>
+        <v>5.732011848553892</v>
       </c>
       <c r="G174" s="9">
-        <v>6.1052586190449745</v>
+        <v>5.9814429902301622</v>
       </c>
       <c r="H174" s="9">
-        <v>7.1824473628415824</v>
+        <v>7.0629454732639809</v>
       </c>
       <c r="I174" s="9">
-        <v>8.0177999161531552</v>
+        <v>7.8393985232560919</v>
       </c>
       <c r="J174" s="9">
-        <v>9.2640051273860013</v>
+        <v>9.0768820119150515</v>
       </c>
       <c r="K174" s="9">
-        <v>7.0481261497703276</v>
+        <v>6.9438333399399754</v>
       </c>
       <c r="L174" s="9">
-        <v>5.1096251834802535</v>
+        <v>5.0213042964896228</v>
       </c>
       <c r="M174" s="9">
-        <v>4.1095423823505675</v>
+        <v>4.0396605666509178</v>
       </c>
       <c r="N174" s="9">
-        <v>4.9570684917548427</v>
+        <v>4.8997175306536631</v>
       </c>
       <c r="O174" s="9">
-        <v>5.8460990845607883</v>
+        <v>5.74056295101503</v>
       </c>
     </row>
     <row r="175" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A175" s="2" t="s">
         <v>33</v>
       </c>
       <c r="B175" s="9">
-        <v>3.9655695259037356</v>
+        <v>3.9451448520065107</v>
       </c>
       <c r="C175" s="9">
-        <v>4.9678267092612867</v>
+        <v>4.8932106100784747</v>
       </c>
       <c r="D175" s="9">
-        <v>5.0759353353127432</v>
+        <v>5.0073669279075599</v>
       </c>
       <c r="E175" s="9">
-        <v>5.4622329093702309</v>
+        <v>5.3492657548851268</v>
       </c>
       <c r="F175" s="9">
-        <v>5.6719792622252356</v>
+        <v>5.6378129288347232</v>
       </c>
       <c r="G175" s="9">
-        <v>5.9833146579638559</v>
+        <v>5.8970966484136751</v>
       </c>
       <c r="H175" s="9">
-        <v>7.1010688962260016</v>
+        <v>7.0134954259021578</v>
       </c>
       <c r="I175" s="9">
-        <v>7.96026842741019</v>
+        <v>7.8137738323589412</v>
       </c>
       <c r="J175" s="9">
-        <v>9.1728853197416349</v>
+        <v>8.9779987049387753</v>
       </c>
       <c r="K175" s="9">
-        <v>7.0167447550173563</v>
+        <v>6.9144022273026469</v>
       </c>
       <c r="L175" s="9">
-        <v>5.1191245220970973</v>
+        <v>5.0221530498501865</v>
       </c>
       <c r="M175" s="9">
-        <v>4.1449369730319621</v>
+        <v>4.0392670636811996</v>
       </c>
       <c r="N175" s="9">
-        <v>4.9726374943800788</v>
+        <v>4.8822195791614025</v>
       </c>
       <c r="O175" s="9">
-        <v>5.7926546718892462</v>
+        <v>5.6963568206838326</v>
       </c>
     </row>
     <row r="176" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A176" s="2" t="s">
         <v>34</v>
       </c>
       <c r="B176" s="9">
-        <v>4.0692061324962658</v>
+        <v>3.9620058520777452</v>
       </c>
       <c r="C176" s="9">
-        <v>5.065444364350224</v>
+        <v>4.9487421500541631</v>
       </c>
       <c r="D176" s="9">
-        <v>5.1281442774150507</v>
+        <v>5.0007600698159038</v>
       </c>
       <c r="E176" s="9">
-        <v>5.5449056973996393</v>
+        <v>5.4271740729090752</v>
       </c>
       <c r="F176" s="9">
-        <v>5.7200299099439667</v>
+        <v>5.6546631422820264</v>
       </c>
       <c r="G176" s="9">
-        <v>6.0371626614423173</v>
+        <v>5.8414816655249462</v>
       </c>
       <c r="H176" s="9">
-        <v>7.1061907242241933</v>
+        <v>6.9241636572601362</v>
       </c>
       <c r="I176" s="9">
-        <v>8.0166456995530631</v>
+        <v>7.7737361786093082</v>
       </c>
       <c r="J176" s="9">
-        <v>9.1255600000350334</v>
+        <v>8.9613447625638187</v>
       </c>
       <c r="K176" s="9">
-        <v>6.9580098358208513</v>
+        <v>6.8519769246913835</v>
       </c>
       <c r="L176" s="9">
-        <v>5.1046794053954301</v>
+        <v>5.034140321529156</v>
       </c>
       <c r="M176" s="9">
-        <v>4.0799527661105168</v>
+        <v>4.0835409787696815</v>
       </c>
       <c r="N176" s="9">
-        <v>5.0687023172386336</v>
+        <v>5.0807890100938078</v>
       </c>
       <c r="O176" s="9">
-        <v>5.8238534953296854</v>
+        <v>5.7013234139404654</v>
+      </c>
+    </row>
+    <row r="177" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="A177" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="B177" s="9">
+        <v>3.8925057367399503</v>
+      </c>
+      <c r="C177" s="9">
+        <v>4.8294393418677535</v>
+      </c>
+      <c r="D177" s="9">
+        <v>4.9956846408143454</v>
+      </c>
+      <c r="E177" s="9">
+        <v>5.3271631938988904</v>
+      </c>
+      <c r="F177" s="9">
+        <v>5.5816382302810306</v>
+      </c>
+      <c r="G177" s="9">
+        <v>5.6921612769698262</v>
+      </c>
+      <c r="H177" s="9">
+        <v>6.8144805748453221</v>
+      </c>
+      <c r="I177" s="9">
+        <v>7.6512031077052116</v>
+      </c>
+      <c r="J177" s="9">
+        <v>8.8353444543762993</v>
+      </c>
+      <c r="K177" s="9">
+        <v>6.8008119513446328</v>
+      </c>
+      <c r="L177" s="9">
+        <v>4.9712284184496722</v>
+      </c>
+      <c r="M177" s="9">
+        <v>4.0287566255495735</v>
+      </c>
+      <c r="N177" s="9">
+        <v>5.0310383836690562</v>
+      </c>
+      <c r="O177" s="9">
+        <v>5.6211843856230432</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="8" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C9C89AE6-0ACE-4650-B001-4D6A9C2624CA}">
   <dimension ref="A1:N19"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="N17" sqref="N17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="8.5546875" style="2" customWidth="1"/>
     <col min="2" max="15" width="10" style="2" customWidth="1"/>
     <col min="16" max="16384" width="9.109375" style="2"/>
   </cols>
   <sheetData>